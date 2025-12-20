--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,136 +1,134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2025\08_August 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2025\11_November 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CACC22FA-1362-4785-BF82-105CD235A3F3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F2FDF0C9-B609-469B-90A5-0A4F47C6D126}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="_CIQHiddenCacheSheet" sheetId="14" state="veryHidden" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="TSXV CT Issuers August 2025" sheetId="2" r:id="rId3"/>
+    <sheet name="TSX CT Issuers November 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="TSXV CT Issuers November 2025" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'TSX CT Issuers August 2025'!$A$10:$AA$40</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'TSXV CT Issuers August 2025'!$A$10:$Y$63</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'TSX CT Issuers November 2025'!$A$10:$AA$39</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'TSXV CT Issuers November 2025'!$A$10:$X$63</definedName>
     <definedName name="CIQWBGuid" hidden="1">"5a656fc2-e634-467d-ae07-9931c0de23ac"</definedName>
     <definedName name="IQ_ADDIN" hidden="1">"AUTO"</definedName>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_DNTM" hidden="1">700000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
     <definedName name="IQ_LTMMONTH" hidden="1">120000</definedName>
     <definedName name="IQ_MONTH">15000</definedName>
     <definedName name="IQ_MTD" hidden="1">800000</definedName>
     <definedName name="IQ_NAMES_REVISION_DATE_" hidden="1">45719.8028125</definedName>
     <definedName name="IQ_NTM">6000</definedName>
     <definedName name="IQ_QTD" hidden="1">750000</definedName>
     <definedName name="IQ_TODAY" hidden="1">0</definedName>
     <definedName name="IQ_WEEK">50000</definedName>
     <definedName name="IQ_YTD">3000</definedName>
     <definedName name="IQ_YTDMONTH" hidden="1">130000</definedName>
-    <definedName name="TSX_2012">'TSX CT Issuers August 2025'!$B$10:$AA$10</definedName>
-    <definedName name="TSXV_2012">'TSXV CT Issuers August 2025'!$10:$10</definedName>
+    <definedName name="TSX_2012">'TSX CT Issuers November 2025'!$B$10:$AA$10</definedName>
+    <definedName name="TSXV_2012">'TSXV CT Issuers November 2025'!$10:$10</definedName>
   </definedNames>
   <calcPr calcId="191029" iterateDelta="9.9999999999994451E-4"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D8" i="2" l="1"/>
   <c r="F8" i="2"/>
   <c r="C8" i="1"/>
   <c r="E8" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="984" uniqueCount="352">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="966" uniqueCount="344">
   <si>
     <t>Exchange</t>
   </si>
   <si>
     <t xml:space="preserve">and we are not responsible for any errors or omissions in or your use of, or reliance on, the information provided. </t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Root
 Ticker</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>Listing Type</t>
   </si>
   <si>
     <t>HQ
 Location</t>
   </si>
   <si>
     <t>HQ
@@ -145,53 +143,50 @@
     <t>Former
 CPC</t>
   </si>
   <si>
     <t>Clean Technology Sub-Sector</t>
   </si>
   <si>
     <t>Sub
 Sector</t>
   </si>
   <si>
     <t>SP_Type</t>
   </si>
   <si>
     <t>SP_Sub</t>
   </si>
   <si>
     <t>Number of
 Months of 
 Trading Data</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
-    <t>Interlisted</t>
-[...1 lines deleted...]
-  <si>
     <t>CPC/
 Former
 CPC</t>
   </si>
   <si>
     <t>USA City</t>
   </si>
   <si>
     <t>Number of
 Months in
 Trading Data</t>
   </si>
   <si>
     <t xml:space="preserve">This information is provided for information purposes only.  Neither TMX Group Limited nor any of its affiliated companies represents, warrants or guarantees the accuracy or completeness of the information contained in this document </t>
   </si>
   <si>
     <t>Sub-Sector</t>
   </si>
   <si>
     <t>Cleantech Sub-Sector</t>
   </si>
   <si>
     <t>Clean Technology Primary Industry</t>
   </si>
   <si>
@@ -205,62 +200,50 @@
   </si>
   <si>
     <t>S&amp;P/TSX Index</t>
   </si>
   <si>
     <t>Interlisted I</t>
   </si>
   <si>
     <t>Trading 
 on OTC</t>
   </si>
   <si>
     <t>Listing Date</t>
   </si>
   <si>
     <t>Number of Issuers</t>
   </si>
   <si>
     <t>Total Market Cap (C$)</t>
   </si>
   <si>
     <t>S&amp;P/TSX Venture 
 Composite Index</t>
   </si>
   <si>
-    <t>AwABTANDQUQBSP////8BUB8AAAAtQ0lRLklRMTY4MzU3MDU2OC5JUV9DTE9TRVBSSUNFLjA2LzI5LzIwMjMuQ0FEAQAAAIg/WWQDAAAAAAAhn9yefYjbCH3nRz1+iNsILUNJUS5JUTE2ODM1NzA1NjguSVFfQ0xPU0VQUklDRS4wNi8zMC8yMDIzLkNBRAEAAACIP1lkAwAAAAAAxhS6mn2I2wg228GafYjbCCxDSVEuSVEyMjU0MTIyNTYuSVFfQ0xPU0VQUklDRS4wNi8zMC8yMDIzLkNBRAEAAACghG8NAgAAAAQ4LjY1AMYUupp9iNsI2kPQeX+I2wgsQ0lRLklRNjk4NDAwMjUwLklRX0NMT1NFUFJJQ0UuMDYvMzAvMjAyMy5DQUQBAAAA+r2gKQIAAAABMwDGFLqafYjbCDvACel/iNsIK0NJUS5JUTIyOTU1NzUwLklRX0NMT1NFUFJJQ0UuMDYvMzAvMjAyMy5DQUQBAAAA5kZeAQIAAAAEOC4yNgDGFLqafYjbCGCXznl/iNsILENJUS5JUTYzMDQ5MTI5NC5JUV9DTE9TRVBSSUNFLjA2LzMwLzIwMjMuQ0FEAQAAAJ6IlCUCAAAABDMuNjcAxhS6mn2I2whFDM95f4jbCCxDSVEuSVE3MDg2ODEzODguSVFfQ0xPU0VQUklDRS4wNi8zMC8yMDIzLkNBRAEAAACsnj0qAgAAAAQ4LjE3AMYUupp9iNsIIVrPeX+I2wgqQ0lRLklRNjM3MDI2Ny5JUV9DTE9TRVBSSUNFLjA2LzMwLzIwMjMuQ0FEAQAAANszYQACAAAACTIwLjEwMTM1NgDGFLqafYjbCOAd0Hl/iNsIKkNJUS5JUTk0MTI3NzYuSVFfQ0xPU0VQUklDRS4wNi8zMC8y</t>
-[...10 lines deleted...]
-  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>ON</t>
   </si>
   <si>
     <t>IPO</t>
   </si>
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>TSX</t>
   </si>
   <si>
     <t>TSX Comedown</t>
   </si>
   <si>
     <t>TSXV</t>
   </si>
   <si>
     <t>© 2025 TSX Inc. All Rights Reserved. Do not copy, distribute, sell or modify this document without TSX Inc.'s prior written consent.</t>
   </si>
   <si>
     <t>Blockchain/Cryptocurrency</t>
@@ -505,59 +488,50 @@
   <si>
     <t>dynaCERT Inc.</t>
   </si>
   <si>
     <t>DYA</t>
   </si>
   <si>
     <t>ECO0007</t>
   </si>
   <si>
     <t>EcoSynthetix Inc.</t>
   </si>
   <si>
     <t>ECO</t>
   </si>
   <si>
     <t>ELE0009</t>
   </si>
   <si>
     <t>Electrovaya Inc.</t>
   </si>
   <si>
     <t>ELVA</t>
   </si>
   <si>
-    <t>V-04663</t>
-[...7 lines deleted...]
-  <si>
     <t>NC</t>
   </si>
   <si>
     <t>V-04501</t>
   </si>
   <si>
     <t>Greenlane Renewables Inc.</t>
   </si>
   <si>
     <t>GRN</t>
   </si>
   <si>
     <t>KIW0002</t>
   </si>
   <si>
     <t>Kiwetinohk Energy Corp.</t>
   </si>
   <si>
     <t>KEC</t>
   </si>
   <si>
     <t>KPT0001</t>
   </si>
   <si>
     <t>KP Tissue Inc.</t>
@@ -937,59 +911,50 @@
   <si>
     <t>First Hydrogen Corp.</t>
   </si>
   <si>
     <t>FHYD</t>
   </si>
   <si>
     <t>V-03011</t>
   </si>
   <si>
     <t>Greenbriar Sustainable Living Inc.</t>
   </si>
   <si>
     <t>GRB</t>
   </si>
   <si>
     <t>V-03094</t>
   </si>
   <si>
     <t>Sato Technologies Corp.</t>
   </si>
   <si>
     <t>SATO</t>
   </si>
   <si>
-    <t>V-03798</t>
-[...7 lines deleted...]
-  <si>
     <t>V-04027</t>
   </si>
   <si>
     <t>Green Impact Partners Inc.</t>
   </si>
   <si>
     <t>GIP</t>
   </si>
   <si>
     <t>V-04175</t>
   </si>
   <si>
     <t>CHAR Technologies Ltd.</t>
   </si>
   <si>
     <t>YES</t>
   </si>
   <si>
     <t>V-04268</t>
   </si>
   <si>
     <t>BQE Water Inc.</t>
   </si>
   <si>
     <t>BQE</t>
@@ -1117,96 +1082,105 @@
   <si>
     <t>EverGen Infrastructure Corp.</t>
   </si>
   <si>
     <t>EVGN</t>
   </si>
   <si>
     <t>V-04784</t>
   </si>
   <si>
     <t>Full Circle Lithium Corp.</t>
   </si>
   <si>
     <t>FCLI</t>
   </si>
   <si>
     <t>V-04839</t>
   </si>
   <si>
     <t>Hempalta Corp.</t>
   </si>
   <si>
     <t>HEMP</t>
   </si>
   <si>
+    <t>V-04918</t>
+  </si>
+  <si>
     <t>V-05004</t>
   </si>
   <si>
     <t>Hypercharge Networks Corp.</t>
   </si>
   <si>
     <t>HC</t>
   </si>
   <si>
     <t>V-5030</t>
   </si>
   <si>
     <t>International Battery Metals Ltd.</t>
   </si>
   <si>
     <t>IBAT</t>
   </si>
   <si>
     <t>2025 Venture 50</t>
   </si>
   <si>
     <t>CVW Sustainable Royalties Inc.</t>
   </si>
   <si>
     <t>2025 TSX30</t>
   </si>
   <si>
+    <t>RZL</t>
+  </si>
+  <si>
     <t>Market Cap (C$)
-31-August-2025</t>
+30-November-2025</t>
   </si>
   <si>
     <t>O/S Shares
-31-August-2025</t>
+30-November-2025</t>
   </si>
   <si>
     <t>Volume YTD
-31-August-2025</t>
+30-November-2025</t>
   </si>
   <si>
     <t>Value (C$) YTD
-31-August-2025</t>
+30-November-2025</t>
   </si>
   <si>
     <t>Number of 
 Trades YTD
-31-August-2025</t>
+30-November-2025</t>
+  </si>
+  <si>
+    <t>RZOLV Technologies Inc.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -1510,51 +1484,51 @@
     <cellStyle name="TextNormal" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFF00"/>
           <bgColor rgb="FF000000"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1798,128 +1772,98 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...28 lines deleted...]
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:AA40"/>
+  <dimension ref="A1:AA39"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1"/>
+      <selection activeCell="B10" sqref="B10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="17" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="12.5703125" style="17" customWidth="1"/>
     <col min="3" max="3" width="71.140625" style="17" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.85546875" style="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.7109375" style="20" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="33.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="44" style="18" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="32.28515625" style="19" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="22.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="13.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="13" max="15" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.42578125" style="18" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="12.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="11.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="17.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="17.140625" style="18" customWidth="1"/>
     <col min="21" max="21" width="15.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="21.85546875" style="18" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="20.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="17.7109375" style="19" bestFit="1" customWidth="1"/>
     <col min="25" max="26" width="17.7109375" style="20" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="15.28515625" style="20" bestFit="1" customWidth="1"/>
     <col min="28" max="16384" width="9.140625" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:27" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B1" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="6"/>
       <c r="F1" s="4"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="6"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="6"/>
       <c r="Y1" s="6"/>
       <c r="Z1" s="6"/>
       <c r="AA1" s="6"/>
@@ -1933,51 +1877,51 @@
       <c r="F2" s="6"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="6"/>
       <c r="Y2" s="6"/>
       <c r="Z2" s="6"/>
       <c r="AA2" s="6"/>
     </row>
     <row r="3" spans="1:27" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B3" s="2" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D3" s="1"/>
       <c r="E3" s="4"/>
       <c r="F3" s="6"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
       <c r="X3" s="6"/>
       <c r="Y3" s="6"/>
       <c r="Z3" s="6"/>
       <c r="AA3" s="6"/>
@@ -2019,55 +1963,55 @@
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
       <c r="X5" s="6"/>
       <c r="Y5" s="6"/>
       <c r="Z5" s="6"/>
       <c r="AA5" s="6"/>
     </row>
     <row r="6" spans="1:27" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B6" s="1"/>
       <c r="C6" s="37" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D6" s="43"/>
       <c r="E6" s="43" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F6" s="44"/>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
       <c r="X6" s="6"/>
       <c r="Y6" s="6"/>
       <c r="Z6" s="6"/>
       <c r="AA6" s="6"/>
     </row>
     <row r="7" spans="1:27" s="7" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
@@ -2079,57 +2023,57 @@
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
     </row>
     <row r="8" spans="1:27" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="1"/>
       <c r="C8" s="38">
-        <f>SUBTOTAL(3,C11:C40)</f>
-        <v>30</v>
+        <f>SUBTOTAL(3,C11:C39)</f>
+        <v>29</v>
       </c>
       <c r="D8" s="39"/>
       <c r="E8" s="40">
-        <f>SUBTOTAL(9,E11:E40)</f>
-        <v>43782594743.525002</v>
+        <f>SUBTOTAL(9,E11:E39)</f>
+        <v>46755318403.605011</v>
       </c>
       <c r="F8" s="41"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="58"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="6"/>
       <c r="Y8" s="6"/>
       <c r="Z8" s="6"/>
       <c r="AA8" s="6"/>
     </row>
     <row r="9" spans="1:27" s="7" customFormat="1" x14ac:dyDescent="0.2">
@@ -2140,5306 +2084,5234 @@
       <c r="F9" s="6"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
       <c r="X9" s="6"/>
       <c r="Y9" s="6"/>
       <c r="Z9" s="6"/>
       <c r="AA9" s="6"/>
     </row>
     <row r="10" spans="1:27" s="13" customFormat="1" ht="39" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="13" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B10" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>3</v>
       </c>
       <c r="E10" s="16" t="s">
-        <v>347</v>
+        <v>338</v>
       </c>
       <c r="F10" s="16" t="s">
-        <v>348</v>
+        <v>339</v>
       </c>
       <c r="G10" s="13" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>10</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>4</v>
       </c>
       <c r="J10" s="15" t="s">
         <v>11</v>
       </c>
       <c r="K10" s="15" t="s">
         <v>6</v>
       </c>
       <c r="L10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="M10" s="13" t="s">
         <v>5</v>
       </c>
       <c r="N10" s="15" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O10" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="P10" s="15" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="Q10" s="15" t="s">
         <v>8</v>
       </c>
       <c r="R10" s="15" t="s">
         <v>9</v>
       </c>
       <c r="S10" s="13" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="T10" s="13" t="s">
-        <v>346</v>
+        <v>336</v>
       </c>
       <c r="U10" s="13" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="V10" s="13" t="s">
         <v>12</v>
       </c>
       <c r="W10" s="13" t="s">
         <v>13</v>
       </c>
       <c r="X10" s="16" t="s">
-        <v>349</v>
+        <v>340</v>
       </c>
       <c r="Y10" s="16" t="s">
-        <v>350</v>
+        <v>341</v>
       </c>
       <c r="Z10" s="16" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="AA10" s="16" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:27" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A11" s="17" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="B11" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C11" s="17" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D11" s="18" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="E11" s="20">
-        <v>1337892246.02</v>
+        <v>1771682874.3900001</v>
       </c>
       <c r="F11" s="20">
         <v>89074051</v>
       </c>
       <c r="G11" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="H11" s="18" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="I11" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K11" s="18" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="L11" s="18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="M11" s="18" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="N11" s="18">
         <v>20071219</v>
       </c>
       <c r="T11" s="18" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="X11" s="19">
-        <v>54837881</v>
+        <v>76518017</v>
       </c>
       <c r="Y11" s="20">
-        <v>490964154.5</v>
+        <v>892129588.5</v>
       </c>
       <c r="Z11" s="20">
-        <v>170107</v>
+        <v>271371</v>
       </c>
       <c r="AA11" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A12" s="17" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="B12" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C12" s="17" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D12" s="18" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E12" s="20">
-        <v>6335506194.3599997</v>
+        <v>6792348236.4499998</v>
       </c>
       <c r="F12" s="20">
-        <v>776813341</v>
+        <v>777041899</v>
       </c>
       <c r="G12" s="18" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="H12" s="18" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="I12" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K12" s="18" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="L12" s="18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N12" s="18">
         <v>19971223</v>
       </c>
       <c r="O12" s="18" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="S12" s="18">
         <v>60</v>
       </c>
       <c r="X12" s="19">
-        <v>367466696</v>
+        <v>507968353</v>
       </c>
       <c r="Y12" s="20">
-        <v>2715091033</v>
+        <v>3849070519</v>
       </c>
       <c r="Z12" s="20">
-        <v>639543</v>
+        <v>838576</v>
       </c>
       <c r="AA12" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A13" s="17" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="B13" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C13" s="17" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="D13" s="18" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="E13" s="20">
-        <v>416636523.80000001</v>
+        <v>366553664.25999999</v>
       </c>
       <c r="F13" s="20">
-        <v>170055724</v>
+        <v>171286759</v>
       </c>
       <c r="G13" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="H13" s="18" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="I13" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K13" s="18" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="L13" s="18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="M13" s="18" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="N13" s="18">
         <v>20210622</v>
       </c>
       <c r="X13" s="19">
-        <v>12908347</v>
+        <v>25234264</v>
       </c>
       <c r="Y13" s="20">
-        <v>17043229.5</v>
+        <v>49276370.5</v>
       </c>
       <c r="Z13" s="20">
-        <v>13078</v>
+        <v>29557</v>
       </c>
       <c r="AA13" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A14" s="17" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="B14" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C14" s="17" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D14" s="18" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="E14" s="20">
-        <v>826588785</v>
+        <v>1184910304.6400001</v>
       </c>
       <c r="F14" s="20">
-        <v>300577740</v>
+        <v>300738656</v>
       </c>
       <c r="G14" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="H14" s="18" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="I14" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="K14" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="K14" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L14" s="18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="M14" s="18" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="N14" s="18">
         <v>19930609</v>
       </c>
       <c r="O14" s="18" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="X14" s="19">
-        <v>136579342</v>
+        <v>216092097</v>
       </c>
       <c r="Y14" s="20">
-        <v>284484161.5</v>
+        <v>625223153</v>
       </c>
       <c r="Z14" s="20">
-        <v>215663</v>
+        <v>385211</v>
       </c>
       <c r="AA14" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A15" s="17" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="B15" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C15" s="17" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="D15" s="18" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="E15" s="20">
-        <v>80398870.469999999</v>
+        <v>116239330.8</v>
       </c>
       <c r="F15" s="20">
         <v>96866109</v>
       </c>
       <c r="G15" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="H15" s="18" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="I15" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K15" s="18" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="L15" s="18" t="s">
         <v>15</v>
       </c>
       <c r="M15" s="18" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="N15" s="18">
         <v>20241112</v>
       </c>
       <c r="P15" s="18" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="Q15" s="18" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="U15" s="18" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="X15" s="19">
-        <v>1740063</v>
+        <v>2838435</v>
       </c>
       <c r="Y15" s="20">
-        <v>1372834</v>
+        <v>2499337.5</v>
       </c>
       <c r="Z15" s="20">
-        <v>1290</v>
+        <v>2565</v>
       </c>
       <c r="AA15" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A16" s="17" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="B16" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C16" s="17" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="D16" s="18" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="E16" s="20">
-        <v>2967574825.6799998</v>
+        <v>2564773810.5599999</v>
       </c>
       <c r="F16" s="20">
         <v>102755361</v>
       </c>
       <c r="G16" s="18" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="H16" s="18" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="I16" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K16" s="18" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="L16" s="18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N16" s="18">
         <v>19991206</v>
       </c>
       <c r="S16" s="18" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="X16" s="19">
-        <v>55281807</v>
+        <v>78256155</v>
       </c>
       <c r="Y16" s="20">
-        <v>1618106610.5</v>
+        <v>2244145717</v>
       </c>
       <c r="Z16" s="20">
-        <v>298626</v>
+        <v>412948</v>
       </c>
       <c r="AA16" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A17" s="17" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="B17" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C17" s="17" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="D17" s="18" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="E17" s="20">
-        <v>6706749933.8699999</v>
+        <v>8414927188.8000002</v>
       </c>
       <c r="F17" s="20">
-        <v>144885503</v>
+        <v>144885110</v>
       </c>
       <c r="G17" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="H17" s="18" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="I17" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K17" s="18" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="L17" s="18" t="s">
         <v>15</v>
       </c>
       <c r="M17" s="18" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="N17" s="18">
         <v>20200724</v>
       </c>
       <c r="O17" s="18" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="U17" s="18" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="X17" s="19">
-        <v>51755844</v>
+        <v>69753112</v>
       </c>
       <c r="Y17" s="20">
-        <v>2124708143.5</v>
+        <v>3103890499.5</v>
       </c>
       <c r="Z17" s="20">
-        <v>255696</v>
+        <v>350462</v>
       </c>
       <c r="AA17" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A18" s="17" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="B18" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C18" s="17" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="D18" s="18" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="E18" s="20">
-        <v>10448296670.040001</v>
+        <v>12780199433.6</v>
       </c>
       <c r="F18" s="20">
-        <v>306832281</v>
+        <v>328922080</v>
       </c>
       <c r="G18" s="18" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="H18" s="18" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="I18" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K18" s="18" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="L18" s="18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N18" s="18">
         <v>19991118</v>
       </c>
       <c r="O18" s="18" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="S18" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="V18" s="18" t="s">
         <v>65</v>
       </c>
-      <c r="V18" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W18" s="18" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="X18" s="19">
-        <v>57419749</v>
+        <v>76313479</v>
       </c>
       <c r="Y18" s="20">
-        <v>1857007060.5</v>
+        <v>2584841983.5</v>
       </c>
       <c r="Z18" s="20">
-        <v>254134</v>
+        <v>341161</v>
       </c>
       <c r="AA18" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A19" s="17" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B19" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C19" s="17" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="D19" s="18" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="E19" s="20">
-        <v>721424995.54999995</v>
+        <v>774802724.94000006</v>
       </c>
       <c r="F19" s="20">
-        <v>32398686</v>
+        <v>33921463</v>
       </c>
       <c r="G19" s="18" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="H19" s="18" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="I19" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K19" s="18" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="L19" s="18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="M19" s="18" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="N19" s="18">
         <v>20100309</v>
       </c>
       <c r="X19" s="19">
-        <v>4966169</v>
+        <v>6464127</v>
       </c>
       <c r="Y19" s="20">
-        <v>104483597.5</v>
+        <v>138837004</v>
       </c>
       <c r="Z19" s="20">
-        <v>7608</v>
+        <v>9293</v>
       </c>
       <c r="AA19" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A20" s="17" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="B20" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C20" s="17" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="D20" s="18" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="E20" s="20">
-        <v>33242759.120000001</v>
+        <v>22838536.800000001</v>
       </c>
       <c r="F20" s="20">
         <v>12688076</v>
       </c>
       <c r="G20" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="H20" s="18" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="I20" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="J20" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="K20" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="J20" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L20" s="18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="M20" s="18" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="N20" s="18">
         <v>20090618</v>
       </c>
       <c r="Q20" s="18" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="X20" s="19">
-        <v>21675608</v>
+        <v>22100578</v>
       </c>
       <c r="Y20" s="20">
-        <v>3644202</v>
+        <v>4590776.5</v>
       </c>
       <c r="Z20" s="20">
-        <v>4425</v>
+        <v>5675</v>
       </c>
       <c r="AA20" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A21" s="17" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="B21" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C21" s="17" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="D21" s="18" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="E21" s="20">
-        <v>52680000</v>
+        <v>56010000</v>
       </c>
       <c r="F21" s="20">
         <v>3000000</v>
       </c>
       <c r="G21" s="18" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="H21" s="18" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="I21" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K21" s="18" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="L21" s="18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="M21" s="18" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="N21" s="18">
         <v>20040429</v>
       </c>
       <c r="X21" s="19">
-        <v>165343</v>
+        <v>246941</v>
       </c>
       <c r="Y21" s="20">
-        <v>2604167</v>
+        <v>4108485.5</v>
       </c>
       <c r="Z21" s="20">
-        <v>581</v>
+        <v>805</v>
       </c>
       <c r="AA21" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A22" s="17" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B22" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C22" s="17" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="D22" s="18" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="E22" s="20">
-        <v>995359023.08000004</v>
+        <v>1275841677.5999999</v>
       </c>
       <c r="F22" s="20">
         <v>101257276</v>
       </c>
       <c r="G22" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="H22" s="18" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="I22" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K22" s="18" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="L22" s="18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N22" s="18">
         <v>19841016</v>
       </c>
       <c r="X22" s="19">
-        <v>39735171</v>
+        <v>52159804</v>
       </c>
       <c r="Y22" s="20">
-        <v>400574950.5</v>
+        <v>537676135</v>
       </c>
       <c r="Z22" s="20">
-        <v>194926</v>
+        <v>253313</v>
       </c>
       <c r="AA22" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A23" s="17" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="B23" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C23" s="17" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="D23" s="18" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="E23" s="20">
-        <v>166997433.72</v>
+        <v>226628599.58000001</v>
       </c>
       <c r="F23" s="20">
-        <v>190527691</v>
+        <v>192146169</v>
       </c>
       <c r="G23" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="H23" s="18" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="I23" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K23" s="18" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="L23" s="18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="M23" s="18" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="N23" s="18">
         <v>20131128</v>
       </c>
       <c r="X23" s="19">
-        <v>7195471</v>
+        <v>10338305</v>
       </c>
       <c r="Y23" s="20">
-        <v>10086971</v>
+        <v>13502422.5</v>
       </c>
       <c r="Z23" s="20">
-        <v>8277</v>
+        <v>10394</v>
       </c>
       <c r="AA23" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A24" s="17" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="B24" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C24" s="17" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="D24" s="18" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="E24" s="20">
-        <v>66077268.659999996</v>
+        <v>45745801.380000003</v>
       </c>
       <c r="F24" s="20">
         <v>508286682</v>
       </c>
       <c r="G24" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="H24" s="18" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="I24" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K24" s="18" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="L24" s="18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="M24" s="18" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="N24" s="18">
         <v>20200707</v>
       </c>
       <c r="Q24" s="18" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="X24" s="19">
-        <v>48975795</v>
+        <v>61270531</v>
       </c>
       <c r="Y24" s="20">
-        <v>7620410.5</v>
+        <v>9206375</v>
       </c>
       <c r="Z24" s="20">
-        <v>4289</v>
+        <v>5741</v>
       </c>
       <c r="AA24" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A25" s="17" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="B25" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C25" s="17" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="D25" s="18" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="E25" s="20">
-        <v>251192943.19999999</v>
+        <v>255356937.80000001</v>
       </c>
       <c r="F25" s="20">
-        <v>58689940</v>
+        <v>58568105</v>
       </c>
       <c r="G25" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="H25" s="18" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="I25" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K25" s="18" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="L25" s="18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="M25" s="18" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="N25" s="18">
         <v>20110804</v>
       </c>
       <c r="X25" s="19">
-        <v>4462419</v>
+        <v>6899295</v>
       </c>
       <c r="Y25" s="20">
-        <v>18896233</v>
+        <v>29382359</v>
       </c>
       <c r="Z25" s="20">
-        <v>4444</v>
+        <v>7293</v>
       </c>
       <c r="AA25" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A26" s="17" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="B26" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C26" s="17" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="D26" s="18" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="E26" s="20">
-        <v>335293809.39999998</v>
+        <v>310265897.60000002</v>
       </c>
       <c r="F26" s="20">
-        <v>40106915</v>
+        <v>47513920</v>
       </c>
       <c r="G26" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="H26" s="18" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="I26" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K26" s="18" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="L26" s="18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N26" s="18">
         <v>20001110</v>
       </c>
       <c r="O26" s="18" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="X26" s="19">
-        <v>4859797</v>
+        <v>12230252</v>
       </c>
       <c r="Y26" s="20">
-        <v>25288319.5</v>
+        <v>88235690.5</v>
       </c>
       <c r="Z26" s="20">
-        <v>24165</v>
+        <v>64147</v>
       </c>
       <c r="AA26" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A27" s="17" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="B27" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C27" s="17" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="D27" s="18" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="E27" s="20">
-        <v>28640022.699999999</v>
+        <v>37130098.935000002</v>
       </c>
       <c r="F27" s="20">
-        <v>572800454</v>
+        <v>158000421</v>
       </c>
       <c r="G27" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="H27" s="18" t="s">
-        <v>113</v>
+        <v>71</v>
       </c>
       <c r="I27" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="K27" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="K27" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L27" s="18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="M27" s="18" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="N27" s="18">
-        <v>20210708</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>20210217</v>
       </c>
       <c r="Q27" s="18" t="s">
-        <v>59</v>
+        <v>54</v>
+      </c>
+      <c r="R27" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="X27" s="19">
-        <v>64957742</v>
+        <v>45480558</v>
       </c>
       <c r="Y27" s="20">
-        <v>5759087</v>
+        <v>9130307.5</v>
       </c>
       <c r="Z27" s="20">
-        <v>14119</v>
+        <v>11232</v>
       </c>
       <c r="AA27" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A28" s="17" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="B28" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C28" s="17" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="D28" s="18" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="E28" s="20">
-        <v>41590102.759999998</v>
+        <v>1074319440.3</v>
       </c>
       <c r="F28" s="20">
-        <v>156943784</v>
+        <v>43760466</v>
       </c>
       <c r="G28" s="18" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="H28" s="18" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="I28" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K28" s="18" t="s">
         <v>55</v>
       </c>
       <c r="L28" s="18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="M28" s="18" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="N28" s="18">
-        <v>20210217</v>
-[...5 lines deleted...]
-        <v>59</v>
+        <v>20220114</v>
       </c>
       <c r="X28" s="19">
-        <v>31942012</v>
+        <v>5219852</v>
       </c>
       <c r="Y28" s="20">
-        <v>5633918.5</v>
+        <v>108748546.5</v>
       </c>
       <c r="Z28" s="20">
-        <v>7042</v>
+        <v>9632</v>
       </c>
       <c r="AA28" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A29" s="17" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="B29" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C29" s="17" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="D29" s="18" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="E29" s="20">
-        <v>1031455652.64</v>
+        <v>103158269.8</v>
       </c>
       <c r="F29" s="20">
-        <v>43854407</v>
+        <v>10015366</v>
       </c>
       <c r="G29" s="18" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="H29" s="18" t="s">
-        <v>88</v>
+        <v>108</v>
       </c>
       <c r="I29" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K29" s="18" t="s">
-        <v>60</v>
+        <v>34</v>
       </c>
       <c r="L29" s="18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="M29" s="18" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="N29" s="18">
-        <v>20220114</v>
+        <v>20121213</v>
       </c>
       <c r="X29" s="19">
-        <v>2566469</v>
+        <v>3882297</v>
       </c>
       <c r="Y29" s="20">
-        <v>44254676.5</v>
+        <v>34425444</v>
       </c>
       <c r="Z29" s="20">
-        <v>3860</v>
+        <v>12984</v>
       </c>
       <c r="AA29" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A30" s="17" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="B30" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C30" s="17" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="D30" s="18" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="E30" s="20">
-        <v>94877347.319999993</v>
+        <v>176123338.56</v>
       </c>
       <c r="F30" s="20">
-        <v>10008159</v>
+        <v>112899576</v>
       </c>
       <c r="G30" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="H30" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="I30" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="K30" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="L30" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="M30" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="N30" s="18">
+        <v>20210608</v>
+      </c>
+      <c r="Q30" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="H30" s="18" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X30" s="19">
-        <v>2749482</v>
+        <v>24053877</v>
       </c>
       <c r="Y30" s="20">
-        <v>23624182</v>
+        <v>27395578.5</v>
       </c>
       <c r="Z30" s="20">
-        <v>9262</v>
+        <v>25895</v>
       </c>
       <c r="AA30" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A31" s="17" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="B31" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C31" s="17" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="D31" s="18" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="E31" s="20">
-        <v>125990650.63</v>
+        <v>406400469.44</v>
       </c>
       <c r="F31" s="20">
-        <v>111496151</v>
+        <v>181428781</v>
       </c>
       <c r="G31" s="18" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="H31" s="18" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="I31" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K31" s="18" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="L31" s="18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="M31" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="N31" s="18">
+        <v>20210715</v>
+      </c>
+      <c r="P31" s="18" t="s">
         <v>58</v>
       </c>
-      <c r="N31" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="Q31" s="18" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="X31" s="19">
-        <v>12676347</v>
+        <v>27695299</v>
       </c>
       <c r="Y31" s="20">
-        <v>10243135.5</v>
+        <v>70341297.5</v>
       </c>
       <c r="Z31" s="20">
-        <v>9078</v>
+        <v>36862</v>
       </c>
       <c r="AA31" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A32" s="17" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="B32" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C32" s="17" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D32" s="18" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="E32" s="20">
-        <v>539122641.96000004</v>
+        <v>1973624070</v>
       </c>
       <c r="F32" s="20">
-        <v>170608431</v>
+        <v>122472136</v>
       </c>
       <c r="G32" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="H32" s="18" t="s">
-        <v>113</v>
+        <v>83</v>
       </c>
       <c r="I32" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K32" s="18" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="L32" s="18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="M32" s="18" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
       <c r="N32" s="18">
-        <v>20210715</v>
-[...5 lines deleted...]
-        <v>59</v>
+        <v>20050818</v>
+      </c>
+      <c r="S32" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="X32" s="19">
-        <v>16372691</v>
+        <v>66560756.399999999</v>
       </c>
       <c r="Y32" s="20">
-        <v>41978316.5</v>
+        <v>1027222170.5</v>
       </c>
       <c r="Z32" s="20">
-        <v>21678</v>
+        <v>355962</v>
       </c>
       <c r="AA32" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A33" s="17" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="B33" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C33" s="17" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="D33" s="18" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="E33" s="20">
-        <v>2532914171.8800001</v>
+        <v>4687282838.1700001</v>
       </c>
       <c r="F33" s="20">
-        <v>122455877</v>
+        <v>267502044</v>
       </c>
       <c r="G33" s="18" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="H33" s="18" t="s">
-        <v>88</v>
+        <v>71</v>
       </c>
       <c r="I33" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K33" s="18" t="s">
-        <v>67</v>
+        <v>34</v>
       </c>
       <c r="L33" s="18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="M33" s="18" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="N33" s="18">
-        <v>20050818</v>
+        <v>19970415</v>
       </c>
       <c r="S33" s="18" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="X33" s="19">
-        <v>47308628.399999999</v>
+        <v>236795811</v>
       </c>
       <c r="Y33" s="20">
-        <v>719512394.5</v>
+        <v>4792055500.5</v>
       </c>
       <c r="Z33" s="20">
-        <v>265160</v>
+        <v>1006935</v>
       </c>
       <c r="AA33" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A34" s="17" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B34" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C34" s="17" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="D34" s="18" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="E34" s="20">
-        <v>5958596631.9399996</v>
+        <v>252687489.31999999</v>
       </c>
       <c r="F34" s="20">
-        <v>267502044</v>
+        <v>20987333</v>
       </c>
       <c r="G34" s="18" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="H34" s="18" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="I34" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K34" s="18" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="L34" s="18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="M34" s="18" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="N34" s="18">
-        <v>19970415</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>20070118</v>
+      </c>
+      <c r="Q34" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="X34" s="19">
-        <v>153031124</v>
+        <v>8380255</v>
       </c>
       <c r="Y34" s="20">
-        <v>3027488382.5</v>
+        <v>104885873</v>
       </c>
       <c r="Z34" s="20">
-        <v>662271</v>
+        <v>41883</v>
       </c>
       <c r="AA34" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A35" s="17" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="B35" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C35" s="17" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="D35" s="18" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="E35" s="20">
-        <v>266164176.11000001</v>
+        <v>36764176.539999999</v>
       </c>
       <c r="F35" s="20">
-        <v>21007433</v>
+        <v>193495666</v>
       </c>
       <c r="G35" s="18" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="H35" s="18" t="s">
         <v>76</v>
       </c>
       <c r="I35" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K35" s="18" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="L35" s="18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="M35" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="N35" s="18">
+        <v>20201120</v>
+      </c>
+      <c r="P35" s="18" t="s">
         <v>58</v>
       </c>
-      <c r="N35" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="Q35" s="18" t="s">
-        <v>59</v>
+        <v>54</v>
+      </c>
+      <c r="R35" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="X35" s="19">
-        <v>5179827</v>
+        <v>28951511</v>
       </c>
       <c r="Y35" s="20">
-        <v>63184846</v>
+        <v>10090477</v>
       </c>
       <c r="Z35" s="20">
-        <v>26300</v>
+        <v>12400</v>
       </c>
       <c r="AA35" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A36" s="17" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="B36" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C36" s="17" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="D36" s="18" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="E36" s="20">
-        <v>57197043.145000003</v>
+        <v>641209825.25999999</v>
       </c>
       <c r="F36" s="20">
-        <v>187531289</v>
+        <v>120755146</v>
       </c>
       <c r="G36" s="18" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="H36" s="18" t="s">
-        <v>81</v>
+        <v>108</v>
       </c>
       <c r="I36" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
+      </c>
+      <c r="J36" s="18" t="s">
+        <v>61</v>
       </c>
       <c r="K36" s="18" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L36" s="18" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="N36" s="18">
-        <v>20201120</v>
-[...8 lines deleted...]
-        <v>59</v>
+        <v>20011106</v>
+      </c>
+      <c r="O36" s="18" t="s">
+        <v>92</v>
       </c>
       <c r="X36" s="19">
-        <v>14560717</v>
+        <v>15423346</v>
       </c>
       <c r="Y36" s="20">
-        <v>6702426.5</v>
+        <v>115933786.5</v>
       </c>
       <c r="Z36" s="20">
-        <v>8067</v>
+        <v>86710</v>
       </c>
       <c r="AA36" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A37" s="17" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="B37" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C37" s="17" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="D37" s="18" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="E37" s="20">
-        <v>1027496604.42</v>
+        <v>221738319.86000001</v>
       </c>
       <c r="F37" s="20">
-        <v>119754849</v>
+        <v>51447406</v>
       </c>
       <c r="G37" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="H37" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="I37" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="K37" s="18" t="s">
+        <v>129</v>
+      </c>
+      <c r="L37" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="M37" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="N37" s="18">
+        <v>20210510</v>
+      </c>
+      <c r="Q37" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="H37" s="18" t="s">
-[...18 lines deleted...]
-        <v>97</v>
+      <c r="R37" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="U37" s="18" t="s">
+        <v>164</v>
       </c>
       <c r="X37" s="19">
-        <v>8470748</v>
+        <v>18978016</v>
       </c>
       <c r="Y37" s="20">
-        <v>70894838.5</v>
+        <v>56329650</v>
       </c>
       <c r="Z37" s="20">
-        <v>52331</v>
+        <v>30690</v>
       </c>
       <c r="AA37" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A38" s="17" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="B38" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C38" s="17" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D38" s="18" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="E38" s="20">
-        <v>147078000.30000001</v>
+        <v>142377535.72</v>
       </c>
       <c r="F38" s="20">
-        <v>51246690</v>
+        <v>36413692</v>
       </c>
       <c r="G38" s="18" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="H38" s="18" t="s">
-        <v>88</v>
+        <v>71</v>
       </c>
       <c r="I38" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K38" s="18" t="s">
-        <v>137</v>
+        <v>55</v>
       </c>
       <c r="L38" s="18" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="M38" s="18" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
       <c r="N38" s="18">
-        <v>20210510</v>
-[...8 lines deleted...]
-        <v>172</v>
+        <v>20210818</v>
       </c>
       <c r="X38" s="19">
-        <v>12168555</v>
+        <v>5011273</v>
       </c>
       <c r="Y38" s="20">
-        <v>30650701</v>
+        <v>11004930.5</v>
       </c>
       <c r="Z38" s="20">
-        <v>16041</v>
+        <v>8250</v>
       </c>
       <c r="AA38" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A39" s="17" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="B39" s="17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C39" s="17" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="D39" s="18" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="E39" s="20">
-        <v>123799106.8</v>
+        <v>43377512.5</v>
       </c>
       <c r="F39" s="20">
-        <v>36411502</v>
+        <v>17351005</v>
       </c>
       <c r="G39" s="18" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="H39" s="18" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="I39" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="K39" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="K39" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L39" s="18" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="M39" s="18" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="N39" s="18">
-        <v>20210818</v>
+        <v>19990630</v>
+      </c>
+      <c r="O39" s="18" t="s">
+        <v>92</v>
+      </c>
+      <c r="Q39" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="R39" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="X39" s="19">
-        <v>4432031</v>
+        <v>1899781</v>
       </c>
       <c r="Y39" s="20">
-        <v>8621172</v>
+        <v>7739227</v>
       </c>
       <c r="Z39" s="20">
-        <v>6943</v>
+        <v>12370</v>
       </c>
       <c r="AA39" s="20">
-        <v>8</v>
-[...61 lines deleted...]
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A10:AA40" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
+  <autoFilter ref="A10:AA39" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:AH10">
     <sortCondition sortBy="cellColor" ref="O8:O10" dxfId="0"/>
   </sortState>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:Y63"/>
+  <dimension ref="A1:X63"/>
   <sheetViews>
     <sheetView topLeftCell="C1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="C1" sqref="C1"/>
+      <selection activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.28515625" style="17" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="8.140625" style="28" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" style="23" customWidth="1"/>
     <col min="4" max="4" width="44.140625" style="28" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.85546875" style="24" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="16.28515625" style="24" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="33.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="44" style="18" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="31.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="22.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="16.85546875" style="18" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.140625" style="32" bestFit="1" customWidth="1"/>
     <col min="14" max="15" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
-    <col min="16" max="16" width="13.7109375" style="18" bestFit="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="26" max="16384" width="9" style="17"/>
+    <col min="16" max="16" width="17.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="11.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="19.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="18.85546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="18.42578125" style="18" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="16.28515625" style="34" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="17.5703125" style="34" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="16.28515625" style="20" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="15.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="25" max="16384" width="9" style="17"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:24" x14ac:dyDescent="0.2">
       <c r="C1" s="2" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:25" x14ac:dyDescent="0.2">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2" spans="1:24" x14ac:dyDescent="0.2">
       <c r="C2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="1"/>
       <c r="F2" s="26"/>
       <c r="G2" s="26"/>
       <c r="H2" s="19"/>
       <c r="I2" s="19"/>
       <c r="J2" s="1"/>
       <c r="K2" s="19"/>
       <c r="L2" s="1"/>
       <c r="M2" s="29"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
-    <row r="3" spans="1:25" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:24" x14ac:dyDescent="0.2">
       <c r="C3" s="3" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="1"/>
       <c r="F3" s="26"/>
       <c r="G3" s="26"/>
       <c r="H3" s="19"/>
       <c r="I3" s="19"/>
       <c r="J3" s="1"/>
       <c r="K3" s="19"/>
       <c r="L3" s="1"/>
       <c r="M3" s="29"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
-    <row r="4" spans="1:25" s="12" customFormat="1" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:24" s="12" customFormat="1" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="9"/>
       <c r="C4" s="21"/>
       <c r="D4" s="9"/>
       <c r="E4" s="8"/>
       <c r="F4" s="25"/>
       <c r="G4" s="25"/>
       <c r="H4" s="11"/>
       <c r="I4" s="11"/>
       <c r="J4" s="8"/>
       <c r="K4" s="11"/>
       <c r="L4" s="8"/>
       <c r="M4" s="30"/>
       <c r="N4" s="8"/>
       <c r="O4" s="8"/>
       <c r="P4" s="8"/>
       <c r="Q4" s="8"/>
       <c r="R4" s="8"/>
       <c r="S4" s="8"/>
       <c r="T4" s="8"/>
-      <c r="U4" s="8"/>
+      <c r="U4" s="35"/>
       <c r="V4" s="35"/>
-      <c r="W4" s="35"/>
-[...3 lines deleted...]
-    <row r="5" spans="1:25" s="7" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="W4" s="57"/>
+      <c r="X4" s="8"/>
+    </row>
+    <row r="5" spans="1:24" s="7" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B5" s="2"/>
       <c r="C5" s="22"/>
       <c r="D5" s="2"/>
       <c r="E5" s="1"/>
       <c r="F5" s="26"/>
       <c r="G5" s="26"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="29"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
-      <c r="U5" s="1"/>
+      <c r="U5" s="36"/>
       <c r="V5" s="36"/>
       <c r="W5" s="36"/>
-      <c r="X5" s="36"/>
-[...2 lines deleted...]
-    <row r="6" spans="1:25" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="X5" s="5"/>
+    </row>
+    <row r="6" spans="1:24" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B6" s="2"/>
       <c r="C6" s="22"/>
       <c r="D6" s="42" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="E6" s="48"/>
       <c r="F6" s="48" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G6" s="52"/>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="29"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
-      <c r="U6" s="1"/>
+      <c r="U6" s="36"/>
       <c r="V6" s="36"/>
       <c r="W6" s="36"/>
       <c r="X6" s="36"/>
-      <c r="Y6" s="36"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:25" s="7" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="7" spans="1:24" s="7" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="2"/>
       <c r="C7" s="22"/>
       <c r="D7" s="49"/>
       <c r="E7" s="50"/>
       <c r="F7" s="50"/>
       <c r="G7" s="53"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="29"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
-      <c r="U7" s="1"/>
+      <c r="U7" s="36"/>
       <c r="V7" s="36"/>
       <c r="W7" s="36"/>
       <c r="X7" s="36"/>
-      <c r="Y7" s="36"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:25" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    </row>
+    <row r="8" spans="1:24" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="2"/>
       <c r="C8" s="22"/>
       <c r="D8" s="56">
         <f>SUBTOTAL(3,D11:D63)</f>
         <v>53</v>
       </c>
       <c r="E8" s="51"/>
       <c r="F8" s="54">
         <f>SUBTOTAL(9,F11:F63)</f>
-        <v>1497877120.6950009</v>
+        <v>1556247300.1449995</v>
       </c>
       <c r="G8" s="55"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="29"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
-      <c r="U8" s="1"/>
+      <c r="U8" s="36"/>
       <c r="V8" s="36"/>
       <c r="W8" s="36"/>
       <c r="X8" s="36"/>
-      <c r="Y8" s="36"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:25" s="7" customFormat="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="9" spans="1:24" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B9" s="2"/>
       <c r="C9" s="22"/>
       <c r="D9" s="2"/>
       <c r="E9" s="1"/>
       <c r="F9" s="26"/>
       <c r="G9" s="26"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="29"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
-      <c r="U9" s="1"/>
+      <c r="U9" s="36"/>
       <c r="V9" s="36"/>
       <c r="W9" s="36"/>
       <c r="X9" s="36"/>
-      <c r="Y9" s="36"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:25" s="15" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="10" spans="1:24" s="15" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="33" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>0</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>2</v>
       </c>
       <c r="E10" s="16" t="s">
         <v>3</v>
       </c>
       <c r="F10" s="16" t="s">
-        <v>347</v>
+        <v>338</v>
       </c>
       <c r="G10" s="16" t="s">
-        <v>348</v>
+        <v>339</v>
       </c>
       <c r="H10" s="15" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I10" s="13" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J10" s="15" t="s">
         <v>4</v>
       </c>
       <c r="K10" s="27" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L10" s="15" t="s">
         <v>6</v>
       </c>
       <c r="M10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="N10" s="15" t="s">
         <v>5</v>
       </c>
       <c r="O10" s="31" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="P10" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q10" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="Q10" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R10" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="S10" s="15" t="s">
+        <v>334</v>
+      </c>
+      <c r="T10" s="15" t="s">
         <v>17</v>
       </c>
-      <c r="S10" s="15" t="s">
-[...5 lines deleted...]
-      <c r="U10" s="15" t="s">
+      <c r="U10" s="16" t="s">
+        <v>340</v>
+      </c>
+      <c r="V10" s="16" t="s">
+        <v>341</v>
+      </c>
+      <c r="W10" s="16" t="s">
+        <v>342</v>
+      </c>
+      <c r="X10" s="16" t="s">
         <v>18</v>
       </c>
-      <c r="V10" s="16" t="s">
-[...12 lines deleted...]
-    <row r="11" spans="1:25" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="11" spans="1:24" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A11" s="17" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
       <c r="B11" s="28">
         <v>1099471</v>
       </c>
       <c r="C11" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D11" s="28" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="E11" s="18" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="F11" s="24">
-        <v>11551523.4</v>
+        <v>9783019.5</v>
       </c>
       <c r="G11" s="24">
-        <v>128350260</v>
+        <v>130440260</v>
       </c>
       <c r="H11" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I11" s="18" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="J11" s="18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K11" s="18" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="L11" s="18" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="M11" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N11" s="18" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="O11" s="18">
         <v>20060119</v>
       </c>
-      <c r="R11" s="18" t="s">
-        <v>59</v>
+      <c r="Q11" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="U11" s="34">
+        <v>4836079</v>
       </c>
       <c r="V11" s="34">
-        <v>3712875</v>
-[...11 lines deleted...]
-    <row r="12" spans="1:25" x14ac:dyDescent="0.2">
+        <v>443636</v>
+      </c>
+      <c r="W11" s="20">
+        <v>582</v>
+      </c>
+      <c r="X11" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="12" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A12" s="17" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="B12" s="28">
         <v>1112689</v>
       </c>
       <c r="C12" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D12" s="28" t="s">
-        <v>267</v>
+        <v>259</v>
       </c>
       <c r="E12" s="18" t="s">
-        <v>268</v>
+        <v>260</v>
       </c>
       <c r="F12" s="24">
-        <v>4443881.5199999996</v>
+        <v>2221940.7599999998</v>
       </c>
       <c r="G12" s="24">
         <v>222194076</v>
       </c>
       <c r="H12" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I12" s="18" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="J12" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L12" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="L12" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M12" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N12" s="18" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="O12" s="18">
         <v>20111107</v>
       </c>
-      <c r="R12" s="18" t="s">
-        <v>59</v>
+      <c r="Q12" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="U12" s="34">
+        <v>35435804</v>
       </c>
       <c r="V12" s="34">
-        <v>18429904</v>
-[...11 lines deleted...]
-    <row r="13" spans="1:25" x14ac:dyDescent="0.2">
+        <v>503796.5</v>
+      </c>
+      <c r="W12" s="20">
+        <v>1537</v>
+      </c>
+      <c r="X12" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="13" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A13" s="17" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
       <c r="B13" s="28">
         <v>1094145</v>
       </c>
       <c r="C13" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D13" s="28" t="s">
-        <v>189</v>
+        <v>181</v>
       </c>
       <c r="E13" s="18" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="F13" s="24">
-        <v>33690229.43</v>
+        <v>43073032.359999999</v>
       </c>
       <c r="G13" s="24">
-        <v>16119727</v>
+        <v>16072027</v>
       </c>
       <c r="H13" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I13" s="18" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="J13" s="18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="L13" s="18" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="M13" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N13" s="18" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="O13" s="18">
         <v>20050107</v>
       </c>
-      <c r="R13" s="18" t="s">
-[...3 lines deleted...]
-        <v>59</v>
+      <c r="Q13" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="S13" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="U13" s="34">
+        <v>13836142</v>
       </c>
       <c r="V13" s="34">
-        <v>11611429</v>
-[...11 lines deleted...]
-    <row r="14" spans="1:25" x14ac:dyDescent="0.2">
+        <v>31181850</v>
+      </c>
+      <c r="W13" s="20">
+        <v>15205</v>
+      </c>
+      <c r="X13" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="14" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A14" s="17" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="B14" s="28">
         <v>1023700</v>
       </c>
       <c r="C14" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D14" s="28" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
       <c r="E14" s="18" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="F14" s="24">
-        <v>46461838.75</v>
+        <v>50634558</v>
       </c>
       <c r="G14" s="24">
-        <v>37169471</v>
+        <v>37507080</v>
       </c>
       <c r="H14" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I14" s="18" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="J14" s="18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="L14" s="18" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="M14" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N14" s="18" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="O14" s="18">
         <v>20121107</v>
       </c>
-      <c r="Q14" s="18" t="s">
-        <v>63</v>
+      <c r="P14" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="U14" s="34">
+        <v>16807065</v>
       </c>
       <c r="V14" s="34">
-        <v>13661817</v>
-[...11 lines deleted...]
-    <row r="15" spans="1:25" x14ac:dyDescent="0.2">
+        <v>21703641.5</v>
+      </c>
+      <c r="W14" s="20">
+        <v>10757</v>
+      </c>
+      <c r="X14" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A15" s="17" t="s">
-        <v>287</v>
+        <v>276</v>
       </c>
       <c r="B15" s="28">
         <v>1176201</v>
       </c>
       <c r="C15" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D15" s="28" t="s">
-        <v>288</v>
+        <v>277</v>
       </c>
       <c r="E15" s="18" t="s">
-        <v>289</v>
+        <v>278</v>
       </c>
       <c r="F15" s="24">
-        <v>68707504</v>
+        <v>70490522.400000006</v>
       </c>
       <c r="G15" s="24">
-        <v>1296368</v>
+        <v>1298168</v>
       </c>
       <c r="H15" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I15" s="18" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="J15" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L15" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="L15" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M15" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="N15" s="18" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="O15" s="18">
         <v>20151113</v>
       </c>
+      <c r="U15" s="34">
+        <v>160841</v>
+      </c>
       <c r="V15" s="34">
-        <v>104546</v>
-[...11 lines deleted...]
-    <row r="16" spans="1:25" x14ac:dyDescent="0.2">
+        <v>8703451</v>
+      </c>
+      <c r="W15" s="20">
+        <v>1665</v>
+      </c>
+      <c r="X15" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A16" s="17" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="B16" s="28">
         <v>1094744</v>
       </c>
       <c r="C16" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D16" s="28" t="s">
-        <v>249</v>
+        <v>241</v>
       </c>
       <c r="E16" s="18" t="s">
-        <v>250</v>
+        <v>242</v>
       </c>
       <c r="F16" s="24">
-        <v>15499991.65</v>
+        <v>16782819.949999999</v>
       </c>
       <c r="G16" s="24">
-        <v>47692282</v>
+        <v>50097970</v>
       </c>
       <c r="H16" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I16" s="18" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="J16" s="18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="L16" s="18" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="M16" s="32" t="s">
         <v>15</v>
       </c>
       <c r="N16" s="18" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="O16" s="18">
         <v>20070228</v>
       </c>
-      <c r="R16" s="18" t="s">
-        <v>59</v>
+      <c r="Q16" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="S16" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="T16" s="18" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>213</v>
+      </c>
+      <c r="U16" s="34">
+        <v>13536829</v>
       </c>
       <c r="V16" s="34">
-        <v>10223366</v>
-[...11 lines deleted...]
-    <row r="17" spans="1:25" x14ac:dyDescent="0.2">
+        <v>7410047.5</v>
+      </c>
+      <c r="W16" s="20">
+        <v>6141</v>
+      </c>
+      <c r="X16" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="17" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A17" s="17" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="B17" s="28">
         <v>30332</v>
       </c>
       <c r="C17" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D17" s="28" t="s">
-        <v>192</v>
+        <v>184</v>
       </c>
       <c r="E17" s="18" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="F17" s="24">
         <v>712245.61499999999</v>
       </c>
       <c r="G17" s="24">
         <v>142449123</v>
       </c>
       <c r="H17" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I17" s="18" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="J17" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L17" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="L17" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M17" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N17" s="18" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="O17" s="18">
         <v>20220720</v>
       </c>
+      <c r="U17" s="34">
+        <v>30223127</v>
+      </c>
       <c r="V17" s="34">
-        <v>30223127</v>
-[...1 lines deleted...]
-      <c r="W17" s="34">
         <v>473032.5</v>
       </c>
-      <c r="X17" s="20">
+      <c r="W17" s="20">
         <v>693</v>
       </c>
-      <c r="Y17" s="18">
+      <c r="X17" s="18">
         <v>7</v>
       </c>
     </row>
-    <row r="18" spans="1:25" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A18" s="17" t="s">
-        <v>284</v>
+        <v>273</v>
       </c>
       <c r="B18" s="28">
         <v>1167845</v>
       </c>
       <c r="C18" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D18" s="28" t="s">
-        <v>285</v>
+        <v>274</v>
       </c>
       <c r="E18" s="18" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="F18" s="24">
-        <v>30950913.359999999</v>
+        <v>30960000</v>
       </c>
       <c r="G18" s="24">
-        <v>128962139</v>
+        <v>129000000</v>
       </c>
       <c r="H18" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I18" s="18" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="J18" s="18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="L18" s="18" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="M18" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N18" s="18" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="O18" s="18">
         <v>20160408</v>
       </c>
-      <c r="R18" s="18" t="s">
-        <v>59</v>
+      <c r="Q18" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="U18" s="34">
+        <v>14935421</v>
       </c>
       <c r="V18" s="34">
-        <v>10331990</v>
-[...11 lines deleted...]
-    <row r="19" spans="1:25" x14ac:dyDescent="0.2">
+        <v>3222751</v>
+      </c>
+      <c r="W18" s="20">
+        <v>2043</v>
+      </c>
+      <c r="X18" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="19" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A19" s="17" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="B19" s="28">
         <v>1181623</v>
       </c>
       <c r="C19" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D19" s="28" t="s">
-        <v>303</v>
+        <v>292</v>
       </c>
       <c r="E19" s="18" t="s">
-        <v>304</v>
+        <v>293</v>
       </c>
       <c r="F19" s="24">
-        <v>7793794.9100000001</v>
+        <v>33323537.975000001</v>
       </c>
       <c r="G19" s="24">
-        <v>141705362</v>
+        <v>190420217</v>
       </c>
       <c r="H19" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I19" s="18" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="J19" s="18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="L19" s="18" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="M19" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N19" s="18" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="O19" s="18">
         <v>20220503</v>
       </c>
+      <c r="P19" s="18" t="s">
+        <v>72</v>
+      </c>
       <c r="Q19" s="18" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>54</v>
+      </c>
+      <c r="U19" s="34">
+        <v>98444824</v>
       </c>
       <c r="V19" s="34">
-        <v>49200734</v>
-[...11 lines deleted...]
-    <row r="20" spans="1:25" x14ac:dyDescent="0.2">
+        <v>9229000</v>
+      </c>
+      <c r="W19" s="20">
+        <v>9827</v>
+      </c>
+      <c r="X19" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="20" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A20" s="17" t="s">
-        <v>320</v>
+        <v>309</v>
       </c>
       <c r="B20" s="28">
         <v>1184961</v>
       </c>
       <c r="C20" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D20" s="28" t="s">
-        <v>321</v>
+        <v>310</v>
       </c>
       <c r="E20" s="18" t="s">
-        <v>322</v>
+        <v>311</v>
       </c>
       <c r="F20" s="24">
-        <v>8101159.2199999997</v>
+        <v>18912670.350000001</v>
       </c>
       <c r="G20" s="24">
-        <v>147293804</v>
+        <v>180120670</v>
       </c>
       <c r="H20" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I20" s="18" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="J20" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L20" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="L20" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M20" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N20" s="18" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="O20" s="18">
         <v>20210624</v>
       </c>
+      <c r="U20" s="34">
+        <v>21189126</v>
+      </c>
       <c r="V20" s="34">
-        <v>10874276</v>
-[...11 lines deleted...]
-    <row r="21" spans="1:25" x14ac:dyDescent="0.2">
+        <v>1864851.5</v>
+      </c>
+      <c r="W20" s="20">
+        <v>4567</v>
+      </c>
+      <c r="X20" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A21" s="17" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="B21" s="28">
         <v>1023681</v>
       </c>
       <c r="C21" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D21" s="28" t="s">
-        <v>204</v>
+        <v>196</v>
       </c>
       <c r="E21" s="18" t="s">
-        <v>205</v>
+        <v>197</v>
       </c>
       <c r="F21" s="24">
-        <v>10260381.949999999</v>
+        <v>14657688.5</v>
       </c>
       <c r="G21" s="24">
         <v>29315377</v>
       </c>
       <c r="H21" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I21" s="18" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="J21" s="18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="L21" s="18" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="M21" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N21" s="18" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="O21" s="18">
         <v>20211110</v>
       </c>
+      <c r="U21" s="34">
+        <v>9041553</v>
+      </c>
       <c r="V21" s="34">
-        <v>7853551</v>
-[...11 lines deleted...]
-    <row r="22" spans="1:25" x14ac:dyDescent="0.2">
+        <v>3250621.5</v>
+      </c>
+      <c r="W21" s="20">
+        <v>1057</v>
+      </c>
+      <c r="X21" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="22" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A22" s="17" t="s">
-        <v>299</v>
+        <v>288</v>
       </c>
       <c r="B22" s="28">
         <v>1181704</v>
       </c>
       <c r="C22" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D22" s="28" t="s">
-        <v>300</v>
+        <v>289</v>
       </c>
       <c r="E22" s="18" t="s">
-        <v>301</v>
+        <v>290</v>
       </c>
       <c r="F22" s="24">
-        <v>5109124.7350000003</v>
+        <v>3930095.95</v>
       </c>
       <c r="G22" s="24">
         <v>78601919</v>
       </c>
       <c r="H22" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I22" s="18" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="J22" s="18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="L22" s="18" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="M22" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N22" s="18" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="O22" s="18">
         <v>20180719</v>
       </c>
+      <c r="U22" s="34">
+        <v>12798383</v>
+      </c>
       <c r="V22" s="34">
-        <v>8879008</v>
-[...11 lines deleted...]
-    <row r="23" spans="1:25" x14ac:dyDescent="0.2">
+        <v>662810.5</v>
+      </c>
+      <c r="W22" s="20">
+        <v>1006</v>
+      </c>
+      <c r="X22" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="23" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A23" s="17" t="s">
-        <v>200</v>
+        <v>192</v>
       </c>
       <c r="B23" s="28">
         <v>1062291</v>
       </c>
       <c r="C23" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D23" s="28" t="s">
-        <v>201</v>
+        <v>193</v>
       </c>
       <c r="E23" s="18" t="s">
-        <v>202</v>
+        <v>194</v>
       </c>
       <c r="F23" s="24">
-        <v>4931800.74</v>
+        <v>6164750.9249999998</v>
       </c>
       <c r="G23" s="24">
         <v>246590037</v>
       </c>
       <c r="H23" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I23" s="18" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="J23" s="18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="L23" s="18" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="M23" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
+      </c>
+      <c r="U23" s="34">
+        <v>26039564</v>
       </c>
       <c r="V23" s="34">
-        <v>12470106</v>
-[...11 lines deleted...]
-    <row r="24" spans="1:25" x14ac:dyDescent="0.2">
+        <v>562508.5</v>
+      </c>
+      <c r="W23" s="20">
+        <v>1702</v>
+      </c>
+      <c r="X23" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="24" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A24" s="17" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="B24" s="28">
         <v>1078346</v>
       </c>
       <c r="C24" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D24" s="28" t="s">
-        <v>345</v>
+        <v>335</v>
       </c>
       <c r="E24" s="18" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="F24" s="24">
-        <v>143920944.09</v>
+        <v>119639772.84</v>
       </c>
       <c r="G24" s="24">
-        <v>145374691</v>
+        <v>145902162</v>
       </c>
       <c r="H24" s="18" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="I24" s="18" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="J24" s="18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="L24" s="18" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="M24" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="O24" s="18">
         <v>20011001</v>
       </c>
-      <c r="Q24" s="18" t="s">
-[...3 lines deleted...]
-        <v>59</v>
+      <c r="P24" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="R24" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="U24" s="34">
+        <v>13184391</v>
       </c>
       <c r="V24" s="34">
-        <v>9635467</v>
-[...11 lines deleted...]
-    <row r="25" spans="1:25" x14ac:dyDescent="0.2">
+        <v>12391667.5</v>
+      </c>
+      <c r="W24" s="20">
+        <v>6117</v>
+      </c>
+      <c r="X24" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="25" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A25" s="17" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
       <c r="B25" s="28">
         <v>29301</v>
       </c>
       <c r="C25" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D25" s="28" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="E25" s="18" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="F25" s="24">
-        <v>3921317.16</v>
+        <v>2629211.44</v>
       </c>
       <c r="G25" s="24">
-        <v>130710572</v>
+        <v>131460572</v>
       </c>
       <c r="H25" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I25" s="18" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="J25" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L25" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="L25" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M25" s="32" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>33</v>
+      </c>
+      <c r="P25" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="U25" s="34">
+        <v>18974472</v>
       </c>
       <c r="V25" s="34">
-        <v>15137287</v>
-[...11 lines deleted...]
-    <row r="26" spans="1:25" x14ac:dyDescent="0.2">
+        <v>594948.5</v>
+      </c>
+      <c r="W25" s="20">
+        <v>662</v>
+      </c>
+      <c r="X25" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="26" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A26" s="17" t="s">
-        <v>290</v>
+        <v>279</v>
       </c>
       <c r="B26" s="28">
         <v>1176710</v>
       </c>
       <c r="C26" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D26" s="28" t="s">
-        <v>291</v>
+        <v>280</v>
       </c>
       <c r="E26" s="18" t="s">
-        <v>292</v>
+        <v>281</v>
       </c>
       <c r="F26" s="24">
-        <v>47627933.850000001</v>
+        <v>41957941.725000001</v>
       </c>
       <c r="G26" s="24">
         <v>226799685</v>
       </c>
       <c r="H26" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I26" s="18" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="J26" s="18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="L26" s="18" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="M26" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N26" s="18" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="O26" s="18">
         <v>20171031</v>
       </c>
+      <c r="P26" s="18" t="s">
+        <v>72</v>
+      </c>
       <c r="Q26" s="18" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>54</v>
+      </c>
+      <c r="U26" s="34">
+        <v>8097419</v>
       </c>
       <c r="V26" s="34">
-        <v>6111791</v>
-[...11 lines deleted...]
-    <row r="27" spans="1:25" x14ac:dyDescent="0.2">
+        <v>1560027</v>
+      </c>
+      <c r="W26" s="20">
+        <v>1835</v>
+      </c>
+      <c r="X26" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="27" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A27" s="17" t="s">
-        <v>317</v>
+        <v>306</v>
       </c>
       <c r="B27" s="28">
         <v>1184650</v>
       </c>
       <c r="C27" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D27" s="28" t="s">
-        <v>318</v>
+        <v>307</v>
       </c>
       <c r="E27" s="18" t="s">
-        <v>319</v>
+        <v>308</v>
       </c>
       <c r="F27" s="24">
-        <v>11521811.24</v>
+        <v>12195959.77</v>
       </c>
       <c r="G27" s="24">
         <v>6128623</v>
       </c>
       <c r="H27" s="18" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I27" s="18" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="J27" s="18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="L27" s="18" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="M27" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N27" s="18" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="O27" s="18">
         <v>20220127</v>
       </c>
-      <c r="R27" s="18" t="s">
-        <v>59</v>
+      <c r="Q27" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="U27" s="34">
+        <v>217229</v>
       </c>
       <c r="V27" s="34">
-        <v>148612</v>
-[...11 lines deleted...]
-    <row r="28" spans="1:25" x14ac:dyDescent="0.2">
+        <v>467381</v>
+      </c>
+      <c r="W27" s="20">
+        <v>288</v>
+      </c>
+      <c r="X27" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="28" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A28" s="17" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="B28" s="28">
         <v>1023266</v>
       </c>
       <c r="C28" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D28" s="28" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="E28" s="18" t="s">
-        <v>239</v>
+        <v>231</v>
       </c>
       <c r="F28" s="24">
-        <v>3615648.16</v>
+        <v>5875428.2599999998</v>
       </c>
       <c r="G28" s="24">
         <v>45195602</v>
       </c>
       <c r="H28" s="18" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I28" s="18" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="J28" s="18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="L28" s="18" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="M28" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
+      </c>
+      <c r="U28" s="34">
+        <v>10800881</v>
       </c>
       <c r="V28" s="34">
-        <v>9607640</v>
-[...11 lines deleted...]
-    <row r="29" spans="1:25" x14ac:dyDescent="0.2">
+        <v>458315</v>
+      </c>
+      <c r="W28" s="20">
+        <v>1350</v>
+      </c>
+      <c r="X28" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="29" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A29" s="17" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="B29" s="28">
         <v>1024014</v>
       </c>
       <c r="C29" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D29" s="28" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
       <c r="E29" s="18" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="F29" s="24">
-        <v>43842861.770000003</v>
+        <v>42065448.454999998</v>
       </c>
       <c r="G29" s="24">
         <v>118494221</v>
       </c>
       <c r="H29" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I29" s="18" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="J29" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L29" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="L29" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M29" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="O29" s="18">
         <v>19990809</v>
       </c>
+      <c r="U29" s="34">
+        <v>12071184</v>
+      </c>
       <c r="V29" s="34">
-        <v>8575416</v>
-[...11 lines deleted...]
-    <row r="30" spans="1:25" x14ac:dyDescent="0.2">
+        <v>3953191</v>
+      </c>
+      <c r="W29" s="20">
+        <v>3549</v>
+      </c>
+      <c r="X29" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="30" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A30" s="17" t="s">
-        <v>329</v>
+        <v>318</v>
       </c>
       <c r="B30" s="28">
         <v>1184887</v>
       </c>
       <c r="C30" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D30" s="28" t="s">
-        <v>330</v>
+        <v>319</v>
       </c>
       <c r="E30" s="18" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F30" s="24">
-        <v>9419433.6600000001</v>
+        <v>8185936.3949999996</v>
       </c>
       <c r="G30" s="24">
         <v>22427223</v>
       </c>
       <c r="H30" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I30" s="18" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="J30" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L30" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="L30" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M30" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N30" s="18" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="O30" s="18">
         <v>20210804</v>
       </c>
-      <c r="Q30" s="18" t="s">
-        <v>63</v>
+      <c r="P30" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="U30" s="34">
+        <v>3059975</v>
       </c>
       <c r="V30" s="34">
-        <v>1796554</v>
-[...11 lines deleted...]
-    <row r="31" spans="1:25" x14ac:dyDescent="0.2">
+        <v>1761494</v>
+      </c>
+      <c r="W30" s="20">
+        <v>1575</v>
+      </c>
+      <c r="X30" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="31" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A31" s="17" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="B31" s="28">
         <v>1117566</v>
       </c>
       <c r="C31" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D31" s="28" t="s">
-        <v>270</v>
+        <v>262</v>
       </c>
       <c r="E31" s="18" t="s">
-        <v>271</v>
+        <v>263</v>
       </c>
       <c r="F31" s="24">
-        <v>40464417.780000001</v>
+        <v>33204013.48</v>
       </c>
       <c r="G31" s="24">
-        <v>74934107</v>
+        <v>75463667</v>
       </c>
       <c r="H31" s="18" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="I31" s="18" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="J31" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L31" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="L31" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M31" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N31" s="18" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="O31" s="18">
         <v>20200616</v>
       </c>
-      <c r="R31" s="18" t="s">
-        <v>59</v>
+      <c r="Q31" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="U31" s="34">
+        <v>15882534</v>
       </c>
       <c r="V31" s="34">
-        <v>11153661</v>
-[...11 lines deleted...]
-    <row r="32" spans="1:25" x14ac:dyDescent="0.2">
+        <v>10010887.5</v>
+      </c>
+      <c r="W31" s="20">
+        <v>6709</v>
+      </c>
+      <c r="X31" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="32" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A32" s="17" t="s">
-        <v>293</v>
+        <v>282</v>
       </c>
       <c r="B32" s="28">
         <v>1179000</v>
       </c>
       <c r="C32" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D32" s="28" t="s">
-        <v>294</v>
+        <v>283</v>
       </c>
       <c r="E32" s="18" t="s">
-        <v>295</v>
+        <v>284</v>
       </c>
       <c r="F32" s="24">
-        <v>2704602.56</v>
+        <v>2212856.64</v>
       </c>
       <c r="G32" s="24">
         <v>49174592</v>
       </c>
       <c r="H32" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I32" s="18" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="J32" s="18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="L32" s="18" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="M32" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N32" s="18" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="O32" s="18">
         <v>20211026</v>
       </c>
-      <c r="R32" s="18" t="s">
-        <v>59</v>
+      <c r="Q32" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="U32" s="34">
+        <v>3125863</v>
       </c>
       <c r="V32" s="34">
-        <v>1721695</v>
-[...11 lines deleted...]
-    <row r="33" spans="1:25" x14ac:dyDescent="0.2">
+        <v>185148</v>
+      </c>
+      <c r="W32" s="20">
+        <v>277</v>
+      </c>
+      <c r="X32" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="33" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A33" s="17" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="B33" s="28">
         <v>1099174</v>
       </c>
       <c r="C33" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D33" s="28" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="E33" s="18" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="F33" s="24">
-        <v>41300696.625</v>
+        <v>38547316.850000001</v>
       </c>
       <c r="G33" s="24">
         <v>550675955</v>
       </c>
       <c r="H33" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I33" s="18" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="J33" s="18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="L33" s="18" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="M33" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N33" s="18" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="O33" s="18">
         <v>20060206</v>
       </c>
+      <c r="P33" s="18" t="s">
+        <v>72</v>
+      </c>
       <c r="Q33" s="18" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>54</v>
+      </c>
+      <c r="U33" s="34">
+        <v>38059657</v>
       </c>
       <c r="V33" s="34">
-        <v>29280592</v>
-[...11 lines deleted...]
-    <row r="34" spans="1:25" x14ac:dyDescent="0.2">
+        <v>2189662.5</v>
+      </c>
+      <c r="W33" s="20">
+        <v>2532</v>
+      </c>
+      <c r="X33" s="18">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="34" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A34" s="17" t="s">
-        <v>332</v>
+        <v>321</v>
       </c>
       <c r="B34" s="28">
         <v>1185045</v>
       </c>
       <c r="C34" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D34" s="28" t="s">
-        <v>333</v>
+        <v>322</v>
       </c>
       <c r="E34" s="18" t="s">
-        <v>334</v>
+        <v>323</v>
       </c>
       <c r="F34" s="24">
-        <v>17078666.850000001</v>
+        <v>35917892.890000001</v>
       </c>
       <c r="G34" s="24">
-        <v>75905186</v>
+        <v>98405186</v>
       </c>
       <c r="H34" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I34" s="18" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="J34" s="18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="L34" s="18" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="M34" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N34" s="18" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="O34" s="18">
         <v>20230501</v>
       </c>
+      <c r="P34" s="18" t="s">
+        <v>72</v>
+      </c>
       <c r="Q34" s="18" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>54</v>
+      </c>
+      <c r="U34" s="34">
+        <v>20866761</v>
       </c>
       <c r="V34" s="34">
-        <v>8836560</v>
-[...11 lines deleted...]
-    <row r="35" spans="1:25" x14ac:dyDescent="0.2">
+        <v>6179332</v>
+      </c>
+      <c r="W34" s="20">
+        <v>3617</v>
+      </c>
+      <c r="X34" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="35" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A35" s="17" t="s">
-        <v>305</v>
+        <v>294</v>
       </c>
       <c r="B35" s="28">
         <v>1182815</v>
       </c>
       <c r="C35" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D35" s="28" t="s">
-        <v>306</v>
+        <v>295</v>
       </c>
       <c r="E35" s="18" t="s">
-        <v>307</v>
+        <v>296</v>
       </c>
       <c r="F35" s="24">
-        <v>103880478.40000001</v>
+        <v>142498313.21000001</v>
       </c>
       <c r="G35" s="24">
-        <v>109347872</v>
+        <v>117767201</v>
       </c>
       <c r="H35" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I35" s="18" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="J35" s="18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="L35" s="18" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="M35" s="32" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="N35" s="18" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="O35" s="18">
         <v>20210415</v>
       </c>
+      <c r="P35" s="18" t="s">
+        <v>58</v>
+      </c>
       <c r="Q35" s="18" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>54</v>
+      </c>
+      <c r="U35" s="34">
+        <v>36415380</v>
       </c>
       <c r="V35" s="34">
-        <v>23820389</v>
-[...11 lines deleted...]
-    <row r="36" spans="1:25" x14ac:dyDescent="0.2">
+        <v>31624079</v>
+      </c>
+      <c r="W35" s="20">
+        <v>25790</v>
+      </c>
+      <c r="X35" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="36" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A36" s="17" t="s">
-        <v>281</v>
+        <v>270</v>
       </c>
       <c r="B36" s="28">
         <v>1150585</v>
       </c>
       <c r="C36" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D36" s="28" t="s">
-        <v>282</v>
+        <v>271</v>
       </c>
       <c r="E36" s="18" t="s">
-        <v>283</v>
+        <v>272</v>
       </c>
       <c r="F36" s="24">
-        <v>77785736.400000006</v>
+        <v>72383949.150000006</v>
       </c>
       <c r="G36" s="24">
         <v>21607149</v>
       </c>
       <c r="H36" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I36" s="18" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="J36" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L36" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="L36" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M36" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N36" s="18" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="O36" s="18">
         <v>20210601</v>
       </c>
+      <c r="U36" s="34">
+        <v>3489919</v>
+      </c>
       <c r="V36" s="34">
-        <v>2549712</v>
-[...11 lines deleted...]
-    <row r="37" spans="1:25" x14ac:dyDescent="0.2">
+        <v>13387404.5</v>
+      </c>
+      <c r="W36" s="20">
+        <v>5628</v>
+      </c>
+      <c r="X36" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="37" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A37" s="17" t="s">
-        <v>272</v>
+        <v>264</v>
       </c>
       <c r="B37" s="28">
         <v>1124660</v>
       </c>
       <c r="C37" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D37" s="28" t="s">
-        <v>273</v>
+        <v>265</v>
       </c>
       <c r="E37" s="18" t="s">
-        <v>274</v>
+        <v>266</v>
       </c>
       <c r="F37" s="24">
-        <v>17243470.420000002</v>
+        <v>19404269.649999999</v>
       </c>
       <c r="G37" s="24">
-        <v>40101094</v>
+        <v>40851094</v>
       </c>
       <c r="H37" s="18" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="I37" s="18" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="J37" s="18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="L37" s="18" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="M37" s="32" t="s">
         <v>15</v>
       </c>
       <c r="N37" s="18" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="O37" s="18">
         <v>20111006</v>
       </c>
-      <c r="R37" s="18" t="s">
-[...3 lines deleted...]
-        <v>180</v>
+      <c r="Q37" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="T37" s="18" t="s">
+        <v>172</v>
+      </c>
+      <c r="U37" s="34">
+        <v>3797949</v>
       </c>
       <c r="V37" s="34">
-        <v>2753028</v>
-[...11 lines deleted...]
-    <row r="38" spans="1:25" x14ac:dyDescent="0.2">
+        <v>1818386.5</v>
+      </c>
+      <c r="W37" s="20">
+        <v>1101</v>
+      </c>
+      <c r="X37" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="38" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A38" s="17" t="s">
-        <v>278</v>
+        <v>324</v>
       </c>
       <c r="B38" s="28">
-        <v>1136240</v>
+        <v>1185986</v>
       </c>
       <c r="C38" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D38" s="28" t="s">
-        <v>279</v>
+        <v>325</v>
       </c>
       <c r="E38" s="18" t="s">
-        <v>280</v>
+        <v>326</v>
       </c>
       <c r="F38" s="24">
-        <v>16754146.199999999</v>
+        <v>1424162.64</v>
       </c>
       <c r="G38" s="24">
-        <v>30462084</v>
+        <v>94944176</v>
       </c>
       <c r="H38" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I38" s="18" t="s">
-        <v>53</v>
+        <v>108</v>
       </c>
       <c r="J38" s="18" t="s">
-        <v>50</v>
+        <v>45</v>
+      </c>
+      <c r="K38" s="18" t="s">
+        <v>61</v>
       </c>
       <c r="L38" s="18" t="s">
         <v>55</v>
       </c>
       <c r="M38" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N38" s="18" t="s">
-        <v>187</v>
+        <v>173</v>
       </c>
       <c r="O38" s="18">
-        <v>20141230</v>
-[...1 lines deleted...]
-      <c r="P38" s="18" t="s">
+        <v>20240322</v>
+      </c>
+      <c r="Q38" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="U38" s="34">
+        <v>8098777</v>
+      </c>
+      <c r="V38" s="34">
+        <v>317242</v>
+      </c>
+      <c r="W38" s="20">
+        <v>605</v>
+      </c>
+      <c r="X38" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="39" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A39" s="17" t="s">
+        <v>220</v>
+      </c>
+      <c r="B39" s="28">
+        <v>1074329</v>
+      </c>
+      <c r="C39" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="D39" s="28" t="s">
+        <v>221</v>
+      </c>
+      <c r="E39" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="F39" s="24">
+        <v>76050045.900000006</v>
+      </c>
+      <c r="G39" s="24">
+        <v>422500255</v>
+      </c>
+      <c r="H39" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="I39" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="J39" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L39" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="M39" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="O39" s="18">
+        <v>19961220</v>
+      </c>
+      <c r="P39" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="U39" s="34">
+        <v>57098205</v>
+      </c>
+      <c r="V39" s="34">
+        <v>10537963</v>
+      </c>
+      <c r="W39" s="20">
+        <v>12470</v>
+      </c>
+      <c r="X39" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="40" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A40" s="17" t="s">
+        <v>328</v>
+      </c>
+      <c r="B40" s="28">
+        <v>1188065</v>
+      </c>
+      <c r="C40" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="D40" s="28" t="s">
+        <v>329</v>
+      </c>
+      <c r="E40" s="18" t="s">
+        <v>330</v>
+      </c>
+      <c r="F40" s="24">
+        <v>8080920.5599999996</v>
+      </c>
+      <c r="G40" s="24">
+        <v>101011507</v>
+      </c>
+      <c r="H40" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="I40" s="18" t="s">
         <v>83</v>
       </c>
-      <c r="R38" s="18" t="s">
-[...43 lines deleted...]
-      <c r="J39" s="18" t="s">
+      <c r="J40" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L40" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="K39" s="18" t="s">
-[...58 lines deleted...]
-      <c r="J40" s="18" t="s">
+      <c r="M40" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="N40" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="O40" s="18">
+        <v>20240328</v>
+      </c>
+      <c r="P40" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="U40" s="34">
+        <v>23914611</v>
+      </c>
+      <c r="V40" s="34">
+        <v>2114095</v>
+      </c>
+      <c r="W40" s="20">
+        <v>4358</v>
+      </c>
+      <c r="X40" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="41" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A41" s="17" t="s">
+        <v>331</v>
+      </c>
+      <c r="B41" s="28">
+        <v>1187765</v>
+      </c>
+      <c r="C41" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="D41" s="28" t="s">
+        <v>332</v>
+      </c>
+      <c r="E41" s="18" t="s">
+        <v>333</v>
+      </c>
+      <c r="F41" s="24">
+        <v>52575505.090000004</v>
+      </c>
+      <c r="G41" s="24">
+        <v>309267677</v>
+      </c>
+      <c r="H41" s="18" t="s">
+        <v>56</v>
+      </c>
+      <c r="I41" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="J41" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L41" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="M41" s="32" t="s">
+        <v>15</v>
+      </c>
+      <c r="N41" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="O41" s="18">
+        <v>20241007</v>
+      </c>
+      <c r="T41" s="18" t="s">
+        <v>151</v>
+      </c>
+      <c r="U41" s="34">
+        <v>5118889</v>
+      </c>
+      <c r="V41" s="34">
+        <v>1751452.5</v>
+      </c>
+      <c r="W41" s="20">
+        <v>1803</v>
+      </c>
+      <c r="X41" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="42" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A42" s="17" t="s">
+        <v>232</v>
+      </c>
+      <c r="B42" s="28">
+        <v>19348</v>
+      </c>
+      <c r="C42" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="D42" s="28" t="s">
+        <v>233</v>
+      </c>
+      <c r="E42" s="18" t="s">
+        <v>234</v>
+      </c>
+      <c r="F42" s="24">
+        <v>16319832.505000001</v>
+      </c>
+      <c r="G42" s="24">
+        <v>141911587</v>
+      </c>
+      <c r="H42" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="I42" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="J42" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L42" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="L40" s="18" t="s">
+      <c r="M42" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="N42" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="O42" s="18">
+        <v>20080703</v>
+      </c>
+      <c r="P42" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="U42" s="34">
+        <v>16028439</v>
+      </c>
+      <c r="V42" s="34">
+        <v>2295122</v>
+      </c>
+      <c r="W42" s="20">
+        <v>3810</v>
+      </c>
+      <c r="X42" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="43" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A43" s="17" t="s">
+        <v>252</v>
+      </c>
+      <c r="B43" s="28">
+        <v>1106330</v>
+      </c>
+      <c r="C43" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="D43" s="28" t="s">
+        <v>253</v>
+      </c>
+      <c r="E43" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="F43" s="24">
+        <v>69502831.370000005</v>
+      </c>
+      <c r="G43" s="24">
+        <v>141842513</v>
+      </c>
+      <c r="H43" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="I43" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="J43" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L43" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="M43" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="N43" s="18" t="s">
+        <v>177</v>
+      </c>
+      <c r="O43" s="18">
+        <v>20240111</v>
+      </c>
+      <c r="Q43" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="U43" s="34">
+        <v>24813550</v>
+      </c>
+      <c r="V43" s="34">
+        <v>17350579</v>
+      </c>
+      <c r="W43" s="20">
+        <v>9069</v>
+      </c>
+      <c r="X43" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="44" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A44" s="17" t="s">
+        <v>303</v>
+      </c>
+      <c r="B44" s="28">
+        <v>1183755</v>
+      </c>
+      <c r="C44" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="D44" s="28" t="s">
+        <v>304</v>
+      </c>
+      <c r="E44" s="18" t="s">
+        <v>305</v>
+      </c>
+      <c r="F44" s="24">
+        <v>14593994.550000001</v>
+      </c>
+      <c r="G44" s="24">
+        <v>97293297</v>
+      </c>
+      <c r="H44" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="I44" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="J44" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L44" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="M44" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="N44" s="18" t="s">
+        <v>173</v>
+      </c>
+      <c r="O44" s="18">
+        <v>20201218</v>
+      </c>
+      <c r="P44" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q44" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="U44" s="34">
+        <v>16361450</v>
+      </c>
+      <c r="V44" s="34">
+        <v>4123765.5</v>
+      </c>
+      <c r="W44" s="20">
+        <v>5297</v>
+      </c>
+      <c r="X44" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="45" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A45" s="17" t="s">
+        <v>312</v>
+      </c>
+      <c r="B45" s="28">
+        <v>1184755</v>
+      </c>
+      <c r="C45" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="D45" s="28" t="s">
+        <v>313</v>
+      </c>
+      <c r="E45" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="F45" s="24">
+        <v>14804889.6</v>
+      </c>
+      <c r="G45" s="24">
+        <v>23132640</v>
+      </c>
+      <c r="H45" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="I45" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="J45" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L45" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="M45" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="N45" s="18" t="s">
         <v>51</v>
       </c>
-      <c r="M40" s="32" t="s">
-[...43 lines deleted...]
-      <c r="H41" s="18" t="s">
+      <c r="O45" s="18">
+        <v>20210630</v>
+      </c>
+      <c r="P45" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="U45" s="34">
+        <v>1582773</v>
+      </c>
+      <c r="V45" s="34">
+        <v>1073925</v>
+      </c>
+      <c r="W45" s="20">
+        <v>1091</v>
+      </c>
+      <c r="X45" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="46" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A46" s="17" t="s">
+        <v>315</v>
+      </c>
+      <c r="B46" s="28">
+        <v>1184705</v>
+      </c>
+      <c r="C46" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="D46" s="28" t="s">
+        <v>316</v>
+      </c>
+      <c r="E46" s="18" t="s">
+        <v>317</v>
+      </c>
+      <c r="F46" s="24">
+        <v>39269522.5</v>
+      </c>
+      <c r="G46" s="24">
+        <v>151036625</v>
+      </c>
+      <c r="H46" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="I46" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="J46" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L46" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="M46" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="N46" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="O46" s="18">
+        <v>20210713</v>
+      </c>
+      <c r="P46" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="S46" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="I41" s="18" t="s">
-[...2 lines deleted...]
-      <c r="J41" s="18" t="s">
+      <c r="U46" s="34">
+        <v>53608876</v>
+      </c>
+      <c r="V46" s="34">
+        <v>18336034</v>
+      </c>
+      <c r="W46" s="20">
+        <v>11095</v>
+      </c>
+      <c r="X46" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="47" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A47" s="17" t="s">
+        <v>246</v>
+      </c>
+      <c r="B47" s="28">
+        <v>1104859</v>
+      </c>
+      <c r="C47" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="D47" s="28" t="s">
+        <v>247</v>
+      </c>
+      <c r="E47" s="18" t="s">
+        <v>248</v>
+      </c>
+      <c r="F47" s="24">
+        <v>3993188.9550000001</v>
+      </c>
+      <c r="G47" s="24">
+        <v>114091113</v>
+      </c>
+      <c r="H47" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="I47" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="J47" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L47" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="L41" s="18" t="s">
-[...49 lines deleted...]
-      <c r="H42" s="18" t="s">
+      <c r="M47" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="N47" s="18" t="s">
+        <v>173</v>
+      </c>
+      <c r="O47" s="18">
+        <v>20080728</v>
+      </c>
+      <c r="Q47" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="U47" s="34">
+        <v>5931978</v>
+      </c>
+      <c r="V47" s="34">
+        <v>236834.5</v>
+      </c>
+      <c r="W47" s="20">
+        <v>249</v>
+      </c>
+      <c r="X47" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="48" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A48" s="17" t="s">
+        <v>204</v>
+      </c>
+      <c r="B48" s="28">
+        <v>1062448</v>
+      </c>
+      <c r="C48" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="D48" s="28" t="s">
+        <v>205</v>
+      </c>
+      <c r="E48" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="F48" s="24">
+        <v>840626.19</v>
+      </c>
+      <c r="G48" s="24">
+        <v>56041746</v>
+      </c>
+      <c r="H48" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="I48" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="J48" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L48" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="M48" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="N48" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="O48" s="18">
+        <v>20060405</v>
+      </c>
+      <c r="Q48" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="U48" s="34">
+        <v>4204766</v>
+      </c>
+      <c r="V48" s="34">
+        <v>53505</v>
+      </c>
+      <c r="W48" s="20">
+        <v>194</v>
+      </c>
+      <c r="X48" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="49" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A49" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B49" s="28">
+        <v>39779</v>
+      </c>
+      <c r="C49" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="D49" s="28" t="s">
+        <v>202</v>
+      </c>
+      <c r="E49" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="F49" s="24">
+        <v>427961.125</v>
+      </c>
+      <c r="G49" s="24">
+        <v>85592225</v>
+      </c>
+      <c r="H49" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="I49" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="J49" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="K49" s="18" t="s">
         <v>61</v>
       </c>
-      <c r="I42" s="18" t="s">
-[...2 lines deleted...]
-      <c r="J42" s="18" t="s">
+      <c r="L49" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="M49" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="N49" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="O49" s="18">
+        <v>20180218</v>
+      </c>
+      <c r="P49" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="U49" s="34">
+        <v>12954786</v>
+      </c>
+      <c r="V49" s="34">
+        <v>149618</v>
+      </c>
+      <c r="W49" s="20">
+        <v>667</v>
+      </c>
+      <c r="X49" s="18">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="50" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A50" s="17" t="s">
+        <v>255</v>
+      </c>
+      <c r="B50" s="28">
+        <v>1113857</v>
+      </c>
+      <c r="C50" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="D50" s="28" t="s">
+        <v>256</v>
+      </c>
+      <c r="E50" s="18" t="s">
+        <v>257</v>
+      </c>
+      <c r="F50" s="24">
+        <v>29635724.609999999</v>
+      </c>
+      <c r="G50" s="24">
+        <v>109761943</v>
+      </c>
+      <c r="H50" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="I50" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="J50" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L50" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="L42" s="18" t="s">
-[...238 lines deleted...]
-      <c r="L46" s="18" t="s">
+      <c r="M50" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="N50" s="18" t="s">
+        <v>173</v>
+      </c>
+      <c r="O50" s="18">
+        <v>20090119</v>
+      </c>
+      <c r="P50" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q50" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="U50" s="34">
+        <v>16931103</v>
+      </c>
+      <c r="V50" s="34">
+        <v>3774152</v>
+      </c>
+      <c r="W50" s="20">
+        <v>2285</v>
+      </c>
+      <c r="X50" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="51" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A51" s="17" t="s">
+        <v>223</v>
+      </c>
+      <c r="B51" s="28">
+        <v>1023585</v>
+      </c>
+      <c r="C51" s="23" t="s">
         <v>39</v>
       </c>
-      <c r="M46" s="32" t="s">
-[...275 lines deleted...]
-      </c>
       <c r="D51" s="28" t="s">
-        <v>264</v>
+        <v>224</v>
       </c>
       <c r="E51" s="18" t="s">
-        <v>265</v>
+        <v>225</v>
       </c>
       <c r="F51" s="24">
-        <v>25245246.890000001</v>
+        <v>10788617.970000001</v>
       </c>
       <c r="G51" s="24">
-        <v>109761943</v>
+        <v>27663123</v>
       </c>
       <c r="H51" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I51" s="18" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="J51" s="18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="L51" s="18" t="s">
         <v>55</v>
       </c>
       <c r="M51" s="32" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>181</v>
+        <v>33</v>
       </c>
       <c r="O51" s="18">
-        <v>20090119</v>
-[...5 lines deleted...]
-        <v>59</v>
+        <v>19980303</v>
+      </c>
+      <c r="U51" s="34">
+        <v>6238207</v>
       </c>
       <c r="V51" s="34">
-        <v>10841319</v>
-[...11 lines deleted...]
-    <row r="52" spans="1:25" x14ac:dyDescent="0.2">
+        <v>2592062.5</v>
+      </c>
+      <c r="W51" s="20">
+        <v>1997</v>
+      </c>
+      <c r="X51" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="52" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A52" s="17" t="s">
-        <v>231</v>
+        <v>285</v>
       </c>
       <c r="B52" s="28">
-        <v>1023585</v>
+        <v>1179305</v>
       </c>
       <c r="C52" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D52" s="28" t="s">
-        <v>232</v>
+        <v>286</v>
       </c>
       <c r="E52" s="18" t="s">
-        <v>233</v>
+        <v>287</v>
       </c>
       <c r="F52" s="24">
-        <v>15695725.199999999</v>
+        <v>10844201</v>
       </c>
       <c r="G52" s="24">
-        <v>27536360</v>
+        <v>43376804</v>
       </c>
       <c r="H52" s="18" t="s">
         <v>52</v>
       </c>
       <c r="I52" s="18" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="J52" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L52" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="L52" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M52" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
+      </c>
+      <c r="N52" s="18" t="s">
+        <v>173</v>
       </c>
       <c r="O52" s="18">
-        <v>19980303</v>
+        <v>20181113</v>
+      </c>
+      <c r="P52" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q52" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="U52" s="34">
+        <v>5298010</v>
       </c>
       <c r="V52" s="34">
-        <v>4096508</v>
-[...11 lines deleted...]
-    <row r="53" spans="1:25" x14ac:dyDescent="0.2">
+        <v>1997717</v>
+      </c>
+      <c r="W52" s="20">
+        <v>2046</v>
+      </c>
+      <c r="X52" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="53" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A53" s="17" t="s">
-        <v>296</v>
+        <v>174</v>
       </c>
       <c r="B53" s="28">
-        <v>1179305</v>
+        <v>28374</v>
       </c>
       <c r="C53" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D53" s="28" t="s">
-        <v>297</v>
+        <v>175</v>
       </c>
       <c r="E53" s="18" t="s">
-        <v>298</v>
+        <v>176</v>
       </c>
       <c r="F53" s="24">
-        <v>14964997.380000001</v>
+        <v>46618942.859999999</v>
       </c>
       <c r="G53" s="24">
-        <v>43376804</v>
+        <v>258994127</v>
       </c>
       <c r="H53" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="I53" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="J53" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L53" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="M53" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="N53" s="18" t="s">
+        <v>177</v>
+      </c>
+      <c r="O53" s="18">
+        <v>20240110</v>
+      </c>
+      <c r="P53" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="U53" s="34">
+        <v>61888554</v>
+      </c>
+      <c r="V53" s="34">
+        <v>6470140.5</v>
+      </c>
+      <c r="W53" s="20">
+        <v>7501</v>
+      </c>
+      <c r="X53" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="54" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A54" s="17" t="s">
+        <v>198</v>
+      </c>
+      <c r="B54" s="28">
+        <v>25900</v>
+      </c>
+      <c r="C54" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="D54" s="28" t="s">
+        <v>199</v>
+      </c>
+      <c r="E54" s="18" t="s">
+        <v>200</v>
+      </c>
+      <c r="F54" s="24">
+        <v>21525572</v>
+      </c>
+      <c r="G54" s="24">
+        <v>134534825</v>
+      </c>
+      <c r="H54" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="I54" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="J54" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="K54" s="18" t="s">
         <v>57</v>
       </c>
-      <c r="I53" s="18" t="s">
-[...2 lines deleted...]
-      <c r="J53" s="18" t="s">
+      <c r="L54" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="L53" s="18" t="s">
-[...58 lines deleted...]
-      <c r="J54" s="18" t="s">
+      <c r="M54" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="N54" s="18" t="s">
+        <v>171</v>
+      </c>
+      <c r="O54" s="18">
+        <v>20110621</v>
+      </c>
+      <c r="P54" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="U54" s="34">
+        <v>14776018</v>
+      </c>
+      <c r="V54" s="34">
+        <v>3380632.5</v>
+      </c>
+      <c r="W54" s="20">
+        <v>2712</v>
+      </c>
+      <c r="X54" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="55" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A55" s="17" t="s">
+        <v>210</v>
+      </c>
+      <c r="B55" s="28">
+        <v>1023872</v>
+      </c>
+      <c r="C55" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="D55" s="28" t="s">
+        <v>211</v>
+      </c>
+      <c r="E55" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="F55" s="24">
+        <v>13029111.869999999</v>
+      </c>
+      <c r="G55" s="24">
+        <v>68574273</v>
+      </c>
+      <c r="H55" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="I55" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="J55" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L55" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="L54" s="18" t="s">
-[...63 lines deleted...]
-      </c>
       <c r="M55" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N55" s="18" t="s">
         <v>179</v>
       </c>
       <c r="O55" s="18">
-        <v>20110621</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>20220317</v>
+      </c>
+      <c r="P55" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="U55" s="34">
+        <v>5783191</v>
       </c>
       <c r="V55" s="34">
-        <v>11132590</v>
-[...11 lines deleted...]
-    <row r="56" spans="1:25" x14ac:dyDescent="0.2">
+        <v>1256680.5</v>
+      </c>
+      <c r="W55" s="20">
+        <v>2279</v>
+      </c>
+      <c r="X55" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="56" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A56" s="17" t="s">
-        <v>218</v>
+        <v>327</v>
       </c>
       <c r="B56" s="28">
-        <v>1023872</v>
+        <v>1186585</v>
       </c>
       <c r="C56" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D56" s="28" t="s">
-        <v>219</v>
+        <v>343</v>
       </c>
       <c r="E56" s="18" t="s">
-        <v>220</v>
+        <v>337</v>
       </c>
       <c r="F56" s="24">
-        <v>15602306.68</v>
+        <v>30856028.5</v>
       </c>
       <c r="G56" s="24">
-        <v>67836116</v>
+        <v>61712057</v>
       </c>
       <c r="H56" s="18" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="I56" s="18" t="s">
-        <v>76</v>
+        <v>108</v>
       </c>
       <c r="J56" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L56" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="L56" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M56" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N56" s="18" t="s">
-        <v>187</v>
+        <v>173</v>
       </c>
       <c r="O56" s="18">
-        <v>20220317</v>
+        <v>20251022</v>
       </c>
       <c r="Q56" s="18" t="s">
-        <v>77</v>
+        <v>54</v>
+      </c>
+      <c r="U56" s="34">
+        <v>5600525</v>
       </c>
       <c r="V56" s="34">
-        <v>3540115</v>
-[...11 lines deleted...]
-    <row r="57" spans="1:25" x14ac:dyDescent="0.2">
+        <v>2552258</v>
+      </c>
+      <c r="W56" s="20">
+        <v>1188</v>
+      </c>
+      <c r="X56" s="18">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="57" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A57" s="17" t="s">
-        <v>275</v>
+        <v>267</v>
       </c>
       <c r="B57" s="28">
         <v>1119347</v>
       </c>
       <c r="C57" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D57" s="28" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="E57" s="18" t="s">
-        <v>277</v>
+        <v>269</v>
       </c>
       <c r="F57" s="24">
-        <v>9526098.4000000004</v>
+        <v>13190000.4</v>
       </c>
       <c r="G57" s="24">
-        <v>73277680</v>
+        <v>73277780</v>
       </c>
       <c r="H57" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="I57" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="J57" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="K57" s="18" t="s">
         <v>41</v>
       </c>
-      <c r="I57" s="18" t="s">
-[...5 lines deleted...]
-      <c r="K57" s="18" t="s">
+      <c r="L57" s="18" t="s">
         <v>46</v>
       </c>
-      <c r="L57" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M57" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N57" s="18" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="O57" s="18">
         <v>20210916</v>
       </c>
+      <c r="P57" s="18" t="s">
+        <v>72</v>
+      </c>
       <c r="Q57" s="18" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>54</v>
+      </c>
+      <c r="U57" s="34">
+        <v>7674130</v>
       </c>
       <c r="V57" s="34">
-        <v>4417545</v>
-[...11 lines deleted...]
-    <row r="58" spans="1:25" x14ac:dyDescent="0.2">
+        <v>1281172.5</v>
+      </c>
+      <c r="W57" s="20">
+        <v>2875</v>
+      </c>
+      <c r="X57" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="58" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A58" s="17" t="s">
-        <v>257</v>
+        <v>249</v>
       </c>
       <c r="B58" s="28">
         <v>1104075</v>
       </c>
       <c r="C58" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D58" s="28" t="s">
-        <v>258</v>
+        <v>250</v>
       </c>
       <c r="E58" s="18" t="s">
-        <v>259</v>
+        <v>251</v>
       </c>
       <c r="F58" s="24">
-        <v>4427909.07</v>
+        <v>5903878.7599999998</v>
       </c>
       <c r="G58" s="24">
         <v>295193938</v>
       </c>
       <c r="H58" s="18" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="I58" s="18" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="J58" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L58" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="L58" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M58" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N58" s="18" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="O58" s="18">
         <v>20070104</v>
       </c>
-      <c r="R58" s="18" t="s">
-        <v>59</v>
+      <c r="Q58" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="U58" s="34">
+        <v>18388686</v>
       </c>
       <c r="V58" s="34">
-        <v>8921755</v>
-[...11 lines deleted...]
-    <row r="59" spans="1:25" x14ac:dyDescent="0.2">
+        <v>380438.5</v>
+      </c>
+      <c r="W58" s="20">
+        <v>2006</v>
+      </c>
+      <c r="X58" s="18">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="59" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A59" s="17" t="s">
-        <v>311</v>
+        <v>300</v>
       </c>
       <c r="B59" s="28">
         <v>1183155</v>
       </c>
       <c r="C59" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D59" s="28" t="s">
-        <v>312</v>
+        <v>301</v>
       </c>
       <c r="E59" s="18" t="s">
-        <v>313</v>
+        <v>302</v>
       </c>
       <c r="F59" s="24">
-        <v>81714578.400000006</v>
+        <v>75877822.799999997</v>
       </c>
       <c r="G59" s="24">
         <v>116735112</v>
       </c>
       <c r="H59" s="18" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I59" s="18" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="J59" s="18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="L59" s="18" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="M59" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N59" s="18" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="O59" s="18">
         <v>20220107</v>
       </c>
+      <c r="P59" s="18" t="s">
+        <v>72</v>
+      </c>
       <c r="Q59" s="18" t="s">
-        <v>77</v>
-[...5 lines deleted...]
-        <v>59</v>
+        <v>54</v>
+      </c>
+      <c r="S59" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="U59" s="34">
+        <v>14744346</v>
       </c>
       <c r="V59" s="34">
-        <v>13093036</v>
-[...11 lines deleted...]
-    <row r="60" spans="1:25" x14ac:dyDescent="0.2">
+        <v>13417256.5</v>
+      </c>
+      <c r="W59" s="20">
+        <v>8109</v>
+      </c>
+      <c r="X59" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="60" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A60" s="17" t="s">
-        <v>308</v>
+        <v>297</v>
       </c>
       <c r="B60" s="28">
         <v>1182755</v>
       </c>
       <c r="C60" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D60" s="28" t="s">
-        <v>309</v>
+        <v>298</v>
       </c>
       <c r="E60" s="18" t="s">
-        <v>310</v>
+        <v>299</v>
       </c>
       <c r="F60" s="24">
-        <v>8880013.9000000004</v>
+        <v>8920988.2050000001</v>
       </c>
       <c r="G60" s="24">
-        <v>88800139</v>
+        <v>93905139</v>
       </c>
       <c r="H60" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I60" s="18" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="J60" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L60" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="L60" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M60" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N60" s="18" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="O60" s="18">
         <v>20241007</v>
       </c>
-      <c r="R60" s="18" t="s">
-        <v>59</v>
+      <c r="Q60" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="U60" s="34">
+        <v>16708778</v>
       </c>
       <c r="V60" s="34">
-        <v>10956091</v>
-[...11 lines deleted...]
-    <row r="61" spans="1:25" x14ac:dyDescent="0.2">
+        <v>1963646.5</v>
+      </c>
+      <c r="W60" s="20">
+        <v>2796</v>
+      </c>
+      <c r="X60" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="61" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A61" s="17" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="B61" s="28">
         <v>1023629</v>
       </c>
       <c r="C61" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D61" s="28" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="E61" s="18" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="F61" s="24">
-        <v>25967145.75</v>
+        <v>21639288.125</v>
       </c>
       <c r="G61" s="24">
         <v>173114305</v>
       </c>
       <c r="H61" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I61" s="18" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="J61" s="18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="L61" s="18" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="M61" s="32" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>33</v>
+      </c>
+      <c r="P61" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="U61" s="34">
+        <v>37234924</v>
       </c>
       <c r="V61" s="34">
-        <v>30601707</v>
-[...11 lines deleted...]
-    <row r="62" spans="1:25" x14ac:dyDescent="0.2">
+        <v>5298798</v>
+      </c>
+      <c r="W61" s="20">
+        <v>6537</v>
+      </c>
+      <c r="X61" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="62" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A62" s="17" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="B62" s="28">
         <v>1023802</v>
       </c>
       <c r="C62" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D62" s="28" t="s">
-        <v>252</v>
+        <v>244</v>
       </c>
       <c r="E62" s="18" t="s">
-        <v>253</v>
+        <v>245</v>
       </c>
       <c r="F62" s="24">
-        <v>38016522</v>
+        <v>38333326.350000001</v>
       </c>
       <c r="G62" s="24">
         <v>6336087</v>
       </c>
       <c r="H62" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I62" s="18" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="J62" s="18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="L62" s="18" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="M62" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
+      </c>
+      <c r="U62" s="34">
+        <v>543053</v>
       </c>
       <c r="V62" s="34">
-        <v>405133</v>
-[...11 lines deleted...]
-    <row r="63" spans="1:25" x14ac:dyDescent="0.2">
+        <v>3053436.5</v>
+      </c>
+      <c r="W62" s="20">
+        <v>1357</v>
+      </c>
+      <c r="X62" s="18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="63" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A63" s="17" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="B63" s="28">
         <v>15722</v>
       </c>
       <c r="C63" s="23" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D63" s="28" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="E63" s="18" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="F63" s="24">
-        <v>55632416.399999999</v>
+        <v>52835122.670000002</v>
       </c>
       <c r="G63" s="24">
-        <v>25287462</v>
+        <v>25279963</v>
       </c>
       <c r="H63" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I63" s="18" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="J63" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L63" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="L63" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M63" s="32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N63" s="18" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="O63" s="18">
         <v>20210621</v>
       </c>
-      <c r="Q63" s="18" t="s">
-        <v>63</v>
+      <c r="P63" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="U63" s="34">
+        <v>9657230</v>
       </c>
       <c r="V63" s="34">
-        <v>7635019</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>10811573</v>
+      </c>
+      <c r="W63" s="20">
+        <v>8951</v>
+      </c>
+      <c r="X63" s="18">
+        <v>11</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A10:Y63" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
+  <autoFilter ref="A10:X63" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>TSX CT Issuers August 2025</vt:lpstr>
-      <vt:lpstr>TSXV CT Issuers August 2025</vt:lpstr>
+      <vt:lpstr>TSX CT Issuers November 2025</vt:lpstr>
+      <vt:lpstr>TSXV CT Issuers November 2025</vt:lpstr>
       <vt:lpstr>TSX_2012</vt:lpstr>
       <vt:lpstr>TSXV_2012</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>TSX Group Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>TSX Group Inc.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="{A44787D4-0540-4523-9961-78E4036D8C6D}">
     <vt:lpwstr>{F923EDEE-0537-42CE-BA9F-51E936965D43}</vt:lpwstr>