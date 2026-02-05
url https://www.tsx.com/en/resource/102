--- v1 (2025-12-20)
+++ v2 (2026-02-05)
@@ -5,130 +5,130 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2025\11_November 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2025\12_December 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F2FDF0C9-B609-469B-90A5-0A4F47C6D126}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D9148BB5-6E48-4621-87D6-708429BC9476}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="TSX CT Issuers November 2025" sheetId="1" r:id="rId1"/>
-    <sheet name="TSXV CT Issuers November 2025" sheetId="2" r:id="rId2"/>
+    <sheet name="TSX CT Issuers December 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="TSXV CT Issuers December 2025" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'TSX CT Issuers November 2025'!$A$10:$AA$39</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'TSXV CT Issuers November 2025'!$A$10:$X$63</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'TSX CT Issuers December 2025'!$A$10:$AA$38</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'TSXV CT Issuers December 2025'!$A$10:$X$64</definedName>
     <definedName name="CIQWBGuid" hidden="1">"5a656fc2-e634-467d-ae07-9931c0de23ac"</definedName>
     <definedName name="IQ_ADDIN" hidden="1">"AUTO"</definedName>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_DNTM" hidden="1">700000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
     <definedName name="IQ_LTMMONTH" hidden="1">120000</definedName>
     <definedName name="IQ_MONTH">15000</definedName>
     <definedName name="IQ_MTD" hidden="1">800000</definedName>
     <definedName name="IQ_NAMES_REVISION_DATE_" hidden="1">45719.8028125</definedName>
     <definedName name="IQ_NTM">6000</definedName>
     <definedName name="IQ_QTD" hidden="1">750000</definedName>
     <definedName name="IQ_TODAY" hidden="1">0</definedName>
     <definedName name="IQ_WEEK">50000</definedName>
     <definedName name="IQ_YTD">3000</definedName>
     <definedName name="IQ_YTDMONTH" hidden="1">130000</definedName>
-    <definedName name="TSX_2012">'TSX CT Issuers November 2025'!$B$10:$AA$10</definedName>
-    <definedName name="TSXV_2012">'TSXV CT Issuers November 2025'!$10:$10</definedName>
+    <definedName name="TSX_2012">'TSX CT Issuers December 2025'!$B$10:$AA$10</definedName>
+    <definedName name="TSXV_2012">'TSXV CT Issuers December 2025'!$10:$10</definedName>
   </definedNames>
-  <calcPr calcId="191029" iterateDelta="9.9999999999994451E-4"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D8" i="2" l="1"/>
   <c r="F8" i="2"/>
   <c r="C8" i="1"/>
   <c r="E8" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="966" uniqueCount="344">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="969" uniqueCount="346">
   <si>
     <t>Exchange</t>
   </si>
   <si>
     <t xml:space="preserve">and we are not responsible for any errors or omissions in or your use of, or reliance on, the information provided. </t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Root
 Ticker</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>Listing Type</t>
   </si>
   <si>
     <t>HQ
 Location</t>
   </si>
   <si>
     <t>HQ
@@ -221,53 +221,50 @@
     <t>S&amp;P/TSX Venture 
 Composite Index</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>ON</t>
   </si>
   <si>
     <t>IPO</t>
   </si>
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>TSX</t>
   </si>
   <si>
     <t>TSX Comedown</t>
   </si>
   <si>
     <t>TSXV</t>
   </si>
   <si>
-    <t>© 2025 TSX Inc. All Rights Reserved. Do not copy, distribute, sell or modify this document without TSX Inc.'s prior written consent.</t>
-[...1 lines deleted...]
-  <si>
     <t>Blockchain/Cryptocurrency</t>
   </si>
   <si>
     <t>FIV0003</t>
   </si>
   <si>
     <t>5N Plus Inc.</t>
   </si>
   <si>
     <t>VNP</t>
   </si>
   <si>
     <t>Clean Technology &amp; Renewable Energy</t>
   </si>
   <si>
     <t>QC</t>
   </si>
   <si>
     <t>Industrial Products &amp; Services</t>
   </si>
   <si>
     <t>Renewable Energy Equipment Manufacturing and Tech</t>
   </si>
   <si>
     <t>Consumer Products &amp; Services</t>
@@ -500,59 +497,50 @@
   <si>
     <t>ECO</t>
   </si>
   <si>
     <t>ELE0009</t>
   </si>
   <si>
     <t>Electrovaya Inc.</t>
   </si>
   <si>
     <t>ELVA</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>V-04501</t>
   </si>
   <si>
     <t>Greenlane Renewables Inc.</t>
   </si>
   <si>
     <t>GRN</t>
   </si>
   <si>
-    <t>KIW0002</t>
-[...7 lines deleted...]
-  <si>
     <t>KPT0001</t>
   </si>
   <si>
     <t>KP Tissue Inc.</t>
   </si>
   <si>
     <t>KPT</t>
   </si>
   <si>
     <t>V-00579</t>
   </si>
   <si>
     <t>Nano One Materials Corp.</t>
   </si>
   <si>
     <t>NANO</t>
   </si>
   <si>
     <t>V-00854</t>
   </si>
   <si>
     <t>NanoXplore Inc.</t>
   </si>
   <si>
     <t>GRA</t>
@@ -788,50 +776,56 @@
   <si>
     <t>HPQ Silicon Inc.</t>
   </si>
   <si>
     <t>HPQ</t>
   </si>
   <si>
     <t>V-01625</t>
   </si>
   <si>
     <t>Questor Technology Inc.</t>
   </si>
   <si>
     <t>QST</t>
   </si>
   <si>
     <t>V-01766</t>
   </si>
   <si>
     <t>BluMetric Environmental Inc.</t>
   </si>
   <si>
     <t>BLM</t>
   </si>
   <si>
+    <t>IL</t>
+  </si>
+  <si>
+    <t>Chicago</t>
+  </si>
+  <si>
     <t>V-01900</t>
   </si>
   <si>
     <t>Eguana Technologies Inc.</t>
   </si>
   <si>
     <t>EGT</t>
   </si>
   <si>
     <t>V-01959</t>
   </si>
   <si>
     <t>Legend Power Systems Inc.</t>
   </si>
   <si>
     <t>LPS</t>
   </si>
   <si>
     <t>V-01963</t>
   </si>
   <si>
     <t>Thermal Energy International Inc.</t>
   </si>
   <si>
     <t>TMG</t>
@@ -1115,72 +1109,84 @@
   <si>
     <t>HC</t>
   </si>
   <si>
     <t>V-5030</t>
   </si>
   <si>
     <t>International Battery Metals Ltd.</t>
   </si>
   <si>
     <t>IBAT</t>
   </si>
   <si>
     <t>2025 Venture 50</t>
   </si>
   <si>
     <t>CVW Sustainable Royalties Inc.</t>
   </si>
   <si>
     <t>2025 TSX30</t>
   </si>
   <si>
     <t>RZL</t>
   </si>
   <si>
+    <t>RZOLV Technologies Inc.</t>
+  </si>
+  <si>
     <t>Market Cap (C$)
-30-November-2025</t>
+31-December-2025</t>
   </si>
   <si>
     <t>O/S Shares
-30-November-2025</t>
+31-December-2025</t>
   </si>
   <si>
     <t>Volume YTD
-30-November-2025</t>
+31-December-2025</t>
   </si>
   <si>
     <t>Value (C$) YTD
-30-November-2025</t>
+31-December-2025</t>
   </si>
   <si>
     <t>Number of 
 Trades YTD
-30-November-2025</t>
-[...2 lines deleted...]
-    <t>RZOLV Technologies Inc.</t>
+31-December-2025</t>
+  </si>
+  <si>
+    <t>V-04548</t>
+  </si>
+  <si>
+    <t>Syntholene Energy Corp.</t>
+  </si>
+  <si>
+    <t>ESAF</t>
+  </si>
+  <si>
+    <t>© 2026 TSX Inc. All Rights Reserved. Do not copy, distribute, sell or modify this document without TSX Inc.'s prior written consent.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -1782,51 +1788,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:AA39"/>
+  <dimension ref="A1:AA38"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="B10" sqref="B10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="17" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="12.5703125" style="17" customWidth="1"/>
     <col min="3" max="3" width="71.140625" style="17" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.85546875" style="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.7109375" style="20" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="33.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="44" style="18" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="32.28515625" style="19" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="22.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="13.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="13" max="15" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.42578125" style="18" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="12.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="11.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="17.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="17.140625" style="18" customWidth="1"/>
@@ -1877,51 +1883,51 @@
       <c r="F2" s="6"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="6"/>
       <c r="Y2" s="6"/>
       <c r="Z2" s="6"/>
       <c r="AA2" s="6"/>
     </row>
     <row r="3" spans="1:27" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B3" s="2" t="s">
-        <v>40</v>
+        <v>345</v>
       </c>
       <c r="D3" s="1"/>
       <c r="E3" s="4"/>
       <c r="F3" s="6"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
       <c r="X3" s="6"/>
       <c r="Y3" s="6"/>
       <c r="Z3" s="6"/>
       <c r="AA3" s="6"/>
@@ -2023,57 +2029,57 @@
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
     </row>
     <row r="8" spans="1:27" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="1"/>
       <c r="C8" s="38">
-        <f>SUBTOTAL(3,C11:C39)</f>
-        <v>29</v>
+        <f>SUBTOTAL(3,C11:C38)</f>
+        <v>28</v>
       </c>
       <c r="D8" s="39"/>
       <c r="E8" s="40">
-        <f>SUBTOTAL(9,E11:E39)</f>
-        <v>46755318403.605011</v>
+        <f>SUBTOTAL(9,E11:E38)</f>
+        <v>44203487153.170021</v>
       </c>
       <c r="F8" s="41"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="58"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="6"/>
       <c r="Y8" s="6"/>
       <c r="Z8" s="6"/>
       <c r="AA8" s="6"/>
     </row>
     <row r="9" spans="1:27" s="7" customFormat="1" x14ac:dyDescent="0.2">
@@ -2096,1764 +2102,1714 @@
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
       <c r="X9" s="6"/>
       <c r="Y9" s="6"/>
       <c r="Z9" s="6"/>
       <c r="AA9" s="6"/>
     </row>
     <row r="10" spans="1:27" s="13" customFormat="1" ht="39" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>3</v>
       </c>
       <c r="E10" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="F10" s="16" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="G10" s="13" t="s">
         <v>22</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>10</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>4</v>
       </c>
       <c r="J10" s="15" t="s">
         <v>11</v>
       </c>
       <c r="K10" s="15" t="s">
         <v>6</v>
       </c>
       <c r="L10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="M10" s="13" t="s">
         <v>5</v>
       </c>
       <c r="N10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="O10" s="15" t="s">
         <v>27</v>
       </c>
       <c r="P10" s="15" t="s">
         <v>28</v>
       </c>
       <c r="Q10" s="15" t="s">
         <v>8</v>
       </c>
       <c r="R10" s="15" t="s">
         <v>9</v>
       </c>
       <c r="S10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="T10" s="13" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="U10" s="13" t="s">
         <v>17</v>
       </c>
       <c r="V10" s="13" t="s">
         <v>12</v>
       </c>
       <c r="W10" s="13" t="s">
         <v>13</v>
       </c>
       <c r="X10" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="Y10" s="16" t="s">
         <v>340</v>
       </c>
-      <c r="Y10" s="16" t="s">
+      <c r="Z10" s="16" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="AA10" s="16" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:27" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A11" s="17" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B11" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C11" s="17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D11" s="18" t="s">
         <v>43</v>
       </c>
-      <c r="D11" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" s="20">
-        <v>1771682874.3900001</v>
+        <v>1578392183.72</v>
       </c>
       <c r="F11" s="20">
         <v>89074051</v>
       </c>
       <c r="G11" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="H11" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="H11" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I11" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="K11" s="18" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="L11" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="18" t="s">
         <v>35</v>
       </c>
       <c r="N11" s="18">
         <v>20071219</v>
       </c>
+      <c r="S11" s="18" t="s">
+        <v>59</v>
+      </c>
       <c r="T11" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="X11" s="19">
-        <v>76518017</v>
+        <v>84300682</v>
       </c>
       <c r="Y11" s="20">
-        <v>892129588.5</v>
+        <v>1035504967</v>
       </c>
       <c r="Z11" s="20">
-        <v>271371</v>
+        <v>307098</v>
       </c>
       <c r="AA11" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A12" s="17" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B12" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C12" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="D12" s="18" t="s">
         <v>68</v>
       </c>
-      <c r="D12" s="18" t="s">
+      <c r="E12" s="20">
+        <v>6707813191.3199997</v>
+      </c>
+      <c r="F12" s="20">
+        <v>777072653</v>
+      </c>
+      <c r="G12" s="18" t="s">
         <v>69</v>
       </c>
-      <c r="E12" s="20">
-[...5 lines deleted...]
-      <c r="G12" s="18" t="s">
+      <c r="H12" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="H12" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I12" s="19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K12" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="18" t="s">
         <v>33</v>
       </c>
       <c r="N12" s="18">
         <v>19971223</v>
       </c>
       <c r="O12" s="18" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>62</v>
+      </c>
+      <c r="S12" s="18" t="s">
+        <v>59</v>
       </c>
       <c r="X12" s="19">
-        <v>507968353</v>
+        <v>574519972</v>
       </c>
       <c r="Y12" s="20">
-        <v>3849070519</v>
+        <v>4409944243</v>
       </c>
       <c r="Z12" s="20">
-        <v>838576</v>
+        <v>914760</v>
       </c>
       <c r="AA12" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A13" s="17" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B13" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="17" t="s">
+        <v>73</v>
+      </c>
+      <c r="D13" s="18" t="s">
         <v>74</v>
       </c>
-      <c r="D13" s="18" t="s">
+      <c r="E13" s="20">
+        <v>387258740.5</v>
+      </c>
+      <c r="F13" s="20">
+        <v>171353425</v>
+      </c>
+      <c r="G13" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="H13" s="18" t="s">
         <v>75</v>
       </c>
-      <c r="E13" s="20">
-[...10 lines deleted...]
-      </c>
       <c r="I13" s="19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K13" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M13" s="18" t="s">
         <v>35</v>
       </c>
       <c r="N13" s="18">
         <v>20210622</v>
       </c>
       <c r="X13" s="19">
-        <v>25234264</v>
+        <v>31387983</v>
       </c>
       <c r="Y13" s="20">
-        <v>49276370.5</v>
+        <v>64059274</v>
       </c>
       <c r="Z13" s="20">
-        <v>29557</v>
+        <v>40181</v>
       </c>
       <c r="AA13" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A14" s="17" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B14" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" s="18" t="s">
         <v>81</v>
       </c>
-      <c r="D14" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" s="20">
-        <v>1184910304.6400001</v>
+        <v>1052585296</v>
       </c>
       <c r="F14" s="20">
         <v>300738656</v>
       </c>
       <c r="G14" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="H14" s="18" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I14" s="19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K14" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="L14" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="18" t="s">
         <v>35</v>
       </c>
       <c r="N14" s="18">
         <v>19930609</v>
       </c>
       <c r="O14" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="X14" s="19">
-        <v>216092097</v>
+        <v>228869232</v>
       </c>
       <c r="Y14" s="20">
-        <v>625223153</v>
+        <v>672820364.5</v>
       </c>
       <c r="Z14" s="20">
-        <v>385211</v>
+        <v>418802</v>
       </c>
       <c r="AA14" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A15" s="17" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B15" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" s="18" t="s">
         <v>86</v>
       </c>
-      <c r="D15" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" s="20">
-        <v>116239330.8</v>
+        <v>96889749.540000007</v>
       </c>
       <c r="F15" s="20">
-        <v>96866109</v>
+        <v>19455773</v>
       </c>
       <c r="G15" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="H15" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="I15" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="K15" s="18" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
       <c r="L15" s="18" t="s">
         <v>15</v>
       </c>
       <c r="M15" s="18" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="N15" s="18">
         <v>20241112</v>
       </c>
       <c r="P15" s="18" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="Q15" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U15" s="18" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="X15" s="19">
-        <v>2838435</v>
+        <v>4207403</v>
       </c>
       <c r="Y15" s="20">
-        <v>2499337.5</v>
+        <v>4139131</v>
       </c>
       <c r="Z15" s="20">
-        <v>2565</v>
+        <v>4171</v>
       </c>
       <c r="AA15" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A16" s="17" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B16" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="17" t="s">
+        <v>89</v>
+      </c>
+      <c r="D16" s="18" t="s">
         <v>90</v>
       </c>
-      <c r="D16" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" s="20">
-        <v>2564773810.5599999</v>
+        <v>2602793294.1300001</v>
       </c>
       <c r="F16" s="20">
         <v>102755361</v>
       </c>
       <c r="G16" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="H16" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="H16" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I16" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="K16" s="18" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="L16" s="18" t="s">
         <v>33</v>
       </c>
       <c r="N16" s="18">
         <v>19991206</v>
       </c>
       <c r="S16" s="18" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="X16" s="19">
-        <v>78256155</v>
+        <v>87673428</v>
       </c>
       <c r="Y16" s="20">
-        <v>2244145717</v>
+        <v>2477216005</v>
       </c>
       <c r="Z16" s="20">
-        <v>412948</v>
+        <v>457079</v>
       </c>
       <c r="AA16" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A17" s="17" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B17" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="D17" s="18" t="s">
         <v>96</v>
       </c>
-      <c r="D17" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" s="20">
-        <v>8414927188.8000002</v>
+        <v>7628201041.5</v>
       </c>
       <c r="F17" s="20">
         <v>144885110</v>
       </c>
       <c r="G17" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="H17" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="H17" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I17" s="19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K17" s="18" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="L17" s="18" t="s">
         <v>15</v>
       </c>
       <c r="M17" s="18" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N17" s="18">
         <v>20200724</v>
       </c>
       <c r="O17" s="18" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="U17" s="18" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="X17" s="19">
-        <v>69753112</v>
+        <v>75439740</v>
       </c>
       <c r="Y17" s="20">
-        <v>3103890499.5</v>
+        <v>3410781755</v>
       </c>
       <c r="Z17" s="20">
-        <v>350462</v>
+        <v>376846</v>
       </c>
       <c r="AA17" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A18" s="17" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B18" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="17" t="s">
+        <v>98</v>
+      </c>
+      <c r="D18" s="18" t="s">
         <v>99</v>
       </c>
-      <c r="D18" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" s="20">
-        <v>12780199433.6</v>
+        <v>11919039947.200001</v>
       </c>
       <c r="F18" s="20">
         <v>328922080</v>
       </c>
       <c r="G18" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="H18" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="H18" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I18" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="K18" s="18" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="L18" s="18" t="s">
         <v>33</v>
       </c>
       <c r="N18" s="18">
         <v>19991118</v>
       </c>
       <c r="O18" s="18" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="S18" s="18" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="V18" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="W18" s="18" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="X18" s="19">
-        <v>76313479</v>
+        <v>81735307</v>
       </c>
       <c r="Y18" s="20">
-        <v>2584841983.5</v>
+        <v>2785659605.5</v>
       </c>
       <c r="Z18" s="20">
-        <v>341161</v>
+        <v>363159</v>
       </c>
       <c r="AA18" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A19" s="17" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B19" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C19" s="17" t="s">
+        <v>102</v>
+      </c>
+      <c r="D19" s="18" t="s">
         <v>103</v>
       </c>
-      <c r="D19" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" s="20">
-        <v>774802724.94000006</v>
+        <v>792938060.07000005</v>
       </c>
       <c r="F19" s="20">
         <v>33921463</v>
       </c>
       <c r="G19" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="H19" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="H19" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I19" s="19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K19" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L19" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="18" t="s">
         <v>35</v>
       </c>
       <c r="N19" s="18">
         <v>20100309</v>
       </c>
       <c r="X19" s="19">
-        <v>6464127</v>
+        <v>6775001</v>
       </c>
       <c r="Y19" s="20">
-        <v>138837004</v>
+        <v>146199088.5</v>
       </c>
       <c r="Z19" s="20">
-        <v>9293</v>
+        <v>9893</v>
       </c>
       <c r="AA19" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A20" s="17" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B20" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C20" s="17" t="s">
+        <v>105</v>
+      </c>
+      <c r="D20" s="18" t="s">
         <v>106</v>
       </c>
-      <c r="D20" s="18" t="s">
+      <c r="E20" s="20">
+        <v>20688409.879999999</v>
+      </c>
+      <c r="F20" s="20">
+        <v>12692276</v>
+      </c>
+      <c r="G20" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="H20" s="18" t="s">
         <v>107</v>
       </c>
-      <c r="E20" s="20">
-[...10 lines deleted...]
-      </c>
       <c r="I20" s="19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="J20" s="18" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K20" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="L20" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="18" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="N20" s="18">
         <v>20090618</v>
       </c>
       <c r="Q20" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="X20" s="19">
-        <v>22100578</v>
+        <v>22354910</v>
       </c>
       <c r="Y20" s="20">
-        <v>4590776.5</v>
+        <v>5017562</v>
       </c>
       <c r="Z20" s="20">
-        <v>5675</v>
+        <v>6129</v>
       </c>
       <c r="AA20" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A21" s="17" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B21" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C21" s="17" t="s">
+        <v>109</v>
+      </c>
+      <c r="D21" s="18" t="s">
         <v>110</v>
       </c>
-      <c r="D21" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" s="20">
-        <v>56010000</v>
+        <v>57000000</v>
       </c>
       <c r="F21" s="20">
         <v>3000000</v>
       </c>
       <c r="G21" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="H21" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="H21" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I21" s="19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K21" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L21" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="18" t="s">
         <v>35</v>
       </c>
       <c r="N21" s="18">
         <v>20040429</v>
       </c>
       <c r="X21" s="19">
-        <v>246941</v>
+        <v>257420</v>
       </c>
       <c r="Y21" s="20">
-        <v>4108485.5</v>
+        <v>4303049</v>
       </c>
       <c r="Z21" s="20">
-        <v>805</v>
+        <v>853</v>
       </c>
       <c r="AA21" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A22" s="17" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B22" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C22" s="17" t="s">
+        <v>112</v>
+      </c>
+      <c r="D22" s="18" t="s">
         <v>113</v>
       </c>
-      <c r="D22" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" s="20">
-        <v>1275841677.5999999</v>
+        <v>1261808562.7</v>
       </c>
       <c r="F22" s="20">
-        <v>101257276</v>
+        <v>101268745</v>
       </c>
       <c r="G22" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="H22" s="18" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="I22" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="K22" s="18" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="L22" s="18" t="s">
         <v>33</v>
       </c>
       <c r="N22" s="18">
         <v>19841016</v>
       </c>
       <c r="X22" s="19">
-        <v>52159804</v>
+        <v>54881526</v>
       </c>
       <c r="Y22" s="20">
-        <v>537676135</v>
+        <v>571148415</v>
       </c>
       <c r="Z22" s="20">
-        <v>253313</v>
+        <v>267130</v>
       </c>
       <c r="AA22" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A23" s="17" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B23" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C23" s="17" t="s">
+        <v>116</v>
+      </c>
+      <c r="D23" s="18" t="s">
         <v>117</v>
       </c>
-      <c r="D23" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" s="20">
-        <v>226628599.58000001</v>
+        <v>205745184.43000001</v>
       </c>
       <c r="F23" s="20">
-        <v>192146169</v>
+        <v>192223913</v>
       </c>
       <c r="G23" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="H23" s="18" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="I23" s="19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K23" s="18" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="L23" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="18" t="s">
         <v>35</v>
       </c>
       <c r="N23" s="18">
         <v>20131128</v>
       </c>
       <c r="X23" s="19">
-        <v>10338305</v>
+        <v>11417249</v>
       </c>
       <c r="Y23" s="20">
-        <v>13502422.5</v>
+        <v>14618180.5</v>
       </c>
       <c r="Z23" s="20">
-        <v>10394</v>
+        <v>11314</v>
       </c>
       <c r="AA23" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A24" s="17" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B24" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C24" s="17" t="s">
+        <v>120</v>
+      </c>
+      <c r="D24" s="18" t="s">
         <v>121</v>
       </c>
-      <c r="D24" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24" s="20">
-        <v>45745801.380000003</v>
+        <v>45790801.380000003</v>
       </c>
       <c r="F24" s="20">
-        <v>508286682</v>
+        <v>508786682</v>
       </c>
       <c r="G24" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="H24" s="18" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I24" s="19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K24" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L24" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="18" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="N24" s="18">
         <v>20200707</v>
       </c>
       <c r="Q24" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="X24" s="19">
-        <v>61270531</v>
+        <v>65641237</v>
       </c>
       <c r="Y24" s="20">
-        <v>9206375</v>
+        <v>9603467.5</v>
       </c>
       <c r="Z24" s="20">
-        <v>5741</v>
+        <v>6140</v>
       </c>
       <c r="AA24" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A25" s="17" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B25" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C25" s="17" t="s">
+        <v>123</v>
+      </c>
+      <c r="D25" s="18" t="s">
         <v>124</v>
       </c>
-      <c r="D25" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25" s="20">
-        <v>255356937.80000001</v>
+        <v>234122020</v>
       </c>
       <c r="F25" s="20">
-        <v>58568105</v>
+        <v>58530505</v>
       </c>
       <c r="G25" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="H25" s="18" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="I25" s="19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K25" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L25" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="18" t="s">
         <v>35</v>
       </c>
       <c r="N25" s="18">
         <v>20110804</v>
       </c>
       <c r="X25" s="19">
-        <v>6899295</v>
+        <v>7167640</v>
       </c>
       <c r="Y25" s="20">
-        <v>29382359</v>
+        <v>30466231.5</v>
       </c>
       <c r="Z25" s="20">
-        <v>7293</v>
+        <v>7901</v>
       </c>
       <c r="AA25" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A26" s="17" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B26" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C26" s="17" t="s">
+        <v>126</v>
+      </c>
+      <c r="D26" s="18" t="s">
         <v>127</v>
       </c>
-      <c r="D26" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E26" s="20">
-        <v>310265897.60000002</v>
+        <v>515050892.80000001</v>
       </c>
       <c r="F26" s="20">
         <v>47513920</v>
       </c>
       <c r="G26" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="H26" s="18" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I26" s="19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K26" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L26" s="18" t="s">
         <v>33</v>
       </c>
       <c r="N26" s="18">
         <v>20001110</v>
       </c>
       <c r="O26" s="18" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X26" s="19">
-        <v>12230252</v>
+        <v>14837353</v>
       </c>
       <c r="Y26" s="20">
-        <v>88235690.5</v>
+        <v>110907536</v>
       </c>
       <c r="Z26" s="20">
-        <v>64147</v>
+        <v>78273</v>
       </c>
       <c r="AA26" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A27" s="17" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B27" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C27" s="17" t="s">
+        <v>130</v>
+      </c>
+      <c r="D27" s="18" t="s">
         <v>131</v>
       </c>
-      <c r="D27" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E27" s="20">
-        <v>37130098.935000002</v>
+        <v>36340096.829999998</v>
       </c>
       <c r="F27" s="20">
         <v>158000421</v>
       </c>
       <c r="G27" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="H27" s="18" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I27" s="19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K27" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="L27" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="18" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="N27" s="18">
         <v>20210217</v>
       </c>
       <c r="Q27" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="R27" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="X27" s="19">
-        <v>45480558</v>
+        <v>47505826</v>
       </c>
       <c r="Y27" s="20">
-        <v>9130307.5</v>
+        <v>9612725</v>
       </c>
       <c r="Z27" s="20">
-        <v>11232</v>
+        <v>12024</v>
       </c>
       <c r="AA27" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A28" s="17" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B28" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C28" s="17" t="s">
+        <v>133</v>
+      </c>
+      <c r="D28" s="18" t="s">
         <v>134</v>
       </c>
-      <c r="D28" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E28" s="20">
-        <v>1074319440.3</v>
+        <v>102657501.5</v>
       </c>
       <c r="F28" s="20">
-        <v>43760466</v>
+        <v>10015366</v>
       </c>
       <c r="G28" s="18" t="s">
-        <v>59</v>
+        <v>48</v>
       </c>
       <c r="H28" s="18" t="s">
-        <v>83</v>
+        <v>107</v>
       </c>
       <c r="I28" s="19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K28" s="18" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="L28" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="18" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="N28" s="18">
-        <v>20220114</v>
+        <v>20121213</v>
       </c>
       <c r="X28" s="19">
-        <v>5219852</v>
+        <v>4113040</v>
       </c>
       <c r="Y28" s="20">
-        <v>108748546.5</v>
+        <v>36817309.5</v>
       </c>
       <c r="Z28" s="20">
-        <v>9632</v>
+        <v>13921</v>
       </c>
       <c r="AA28" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A29" s="17" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B29" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C29" s="17" t="s">
+        <v>136</v>
+      </c>
+      <c r="D29" s="18" t="s">
         <v>137</v>
       </c>
-      <c r="D29" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E29" s="20">
-        <v>103158269.8</v>
+        <v>126715842.47</v>
       </c>
       <c r="F29" s="20">
-        <v>10015366</v>
+        <v>118426021</v>
       </c>
       <c r="G29" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="H29" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="I29" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="K29" s="18" t="s">
         <v>49</v>
-      </c>
-[...7 lines deleted...]
-        <v>34</v>
       </c>
       <c r="L29" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="18" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="N29" s="18">
-        <v>20121213</v>
+        <v>20210608</v>
+      </c>
+      <c r="Q29" s="18" t="s">
+        <v>53</v>
       </c>
       <c r="X29" s="19">
-        <v>3882297</v>
+        <v>29018042</v>
       </c>
       <c r="Y29" s="20">
-        <v>34425444</v>
+        <v>33403938</v>
       </c>
       <c r="Z29" s="20">
-        <v>12984</v>
+        <v>32430</v>
       </c>
       <c r="AA29" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A30" s="17" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B30" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="17" t="s">
+        <v>139</v>
+      </c>
+      <c r="D30" s="18" t="s">
         <v>140</v>
       </c>
-      <c r="D30" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E30" s="20">
-        <v>176123338.56</v>
+        <v>464457679.36000001</v>
       </c>
       <c r="F30" s="20">
-        <v>112899576</v>
+        <v>181428781</v>
       </c>
       <c r="G30" s="18" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H30" s="18" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="I30" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="K30" s="18" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="L30" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="N30" s="18">
+        <v>20210715</v>
+      </c>
+      <c r="P30" s="18" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q30" s="18" t="s">
         <v>53</v>
       </c>
-      <c r="N30" s="18">
-[...4 lines deleted...]
-      </c>
       <c r="X30" s="19">
-        <v>24053877</v>
+        <v>30305879</v>
       </c>
       <c r="Y30" s="20">
-        <v>27395578.5</v>
+        <v>76349993.5</v>
       </c>
       <c r="Z30" s="20">
-        <v>25895</v>
+        <v>39866</v>
       </c>
       <c r="AA30" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A31" s="17" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B31" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C31" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D31" s="18" t="s">
         <v>143</v>
       </c>
-      <c r="D31" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" s="20">
-        <v>406400469.44</v>
+        <v>2184619950.7199998</v>
       </c>
       <c r="F31" s="20">
-        <v>181428781</v>
+        <v>122472136</v>
       </c>
       <c r="G31" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="H31" s="18" t="s">
-        <v>108</v>
+        <v>82</v>
       </c>
       <c r="I31" s="19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K31" s="18" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="L31" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="18" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="N31" s="18">
-        <v>20210715</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>20050818</v>
+      </c>
+      <c r="S31" s="18" t="s">
+        <v>59</v>
       </c>
       <c r="X31" s="19">
-        <v>27695299</v>
+        <v>74307058.400000006</v>
       </c>
       <c r="Y31" s="20">
-        <v>70341297.5</v>
+        <v>1146475325.5</v>
       </c>
       <c r="Z31" s="20">
-        <v>36862</v>
+        <v>383991</v>
       </c>
       <c r="AA31" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A32" s="17" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B32" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C32" s="17" t="s">
+        <v>145</v>
+      </c>
+      <c r="D32" s="18" t="s">
         <v>146</v>
       </c>
-      <c r="D32" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E32" s="20">
-        <v>1973624070</v>
+        <v>4809637448.21</v>
       </c>
       <c r="F32" s="20">
-        <v>122472136</v>
+        <v>267502044</v>
       </c>
       <c r="G32" s="18" t="s">
-        <v>47</v>
+        <v>69</v>
       </c>
       <c r="H32" s="18" t="s">
-        <v>83</v>
+        <v>70</v>
       </c>
       <c r="I32" s="19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K32" s="18" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="L32" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="18" t="s">
         <v>35</v>
       </c>
       <c r="N32" s="18">
-        <v>20050818</v>
+        <v>19970415</v>
       </c>
       <c r="S32" s="18" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="X32" s="19">
-        <v>66560756.399999999</v>
+        <v>267500517</v>
       </c>
       <c r="Y32" s="20">
-        <v>1027222170.5</v>
+        <v>5324991328</v>
       </c>
       <c r="Z32" s="20">
-        <v>355962</v>
+        <v>1109557</v>
       </c>
       <c r="AA32" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A33" s="17" t="s">
         <v>148</v>
       </c>
       <c r="B33" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>149</v>
       </c>
       <c r="D33" s="18" t="s">
         <v>150</v>
       </c>
       <c r="E33" s="20">
-        <v>4687282838.1700001</v>
+        <v>247570289.40000001</v>
       </c>
       <c r="F33" s="20">
-        <v>267502044</v>
+        <v>20980533</v>
       </c>
       <c r="G33" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="H33" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="H33" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I33" s="19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K33" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L33" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="18" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="N33" s="18">
-        <v>19970415</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>20070118</v>
+      </c>
+      <c r="Q33" s="18" t="s">
+        <v>53</v>
       </c>
       <c r="X33" s="19">
-        <v>236795811</v>
+        <v>9168744</v>
       </c>
       <c r="Y33" s="20">
-        <v>4792055500.5</v>
+        <v>114178772.5</v>
       </c>
       <c r="Z33" s="20">
-        <v>1006935</v>
+        <v>46035</v>
       </c>
       <c r="AA33" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A34" s="17" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B34" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C34" s="17" t="s">
+        <v>152</v>
+      </c>
+      <c r="D34" s="18" t="s">
         <v>153</v>
       </c>
-      <c r="D34" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E34" s="20">
-        <v>252687489.31999999</v>
+        <v>60637824</v>
       </c>
       <c r="F34" s="20">
-        <v>20987333</v>
+        <v>202126080</v>
       </c>
       <c r="G34" s="18" t="s">
-        <v>70</v>
+        <v>46</v>
       </c>
       <c r="H34" s="18" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="I34" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="K34" s="18" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="L34" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="N34" s="18">
+        <v>20201120</v>
+      </c>
+      <c r="P34" s="18" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q34" s="18" t="s">
         <v>53</v>
       </c>
-      <c r="N34" s="18">
-[...3 lines deleted...]
-        <v>54</v>
+      <c r="R34" s="18" t="s">
+        <v>53</v>
       </c>
       <c r="X34" s="19">
-        <v>8380255</v>
+        <v>36618718</v>
       </c>
       <c r="Y34" s="20">
-        <v>104885873</v>
+        <v>12391506</v>
       </c>
       <c r="Z34" s="20">
-        <v>41883</v>
+        <v>15089</v>
       </c>
       <c r="AA34" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A35" s="17" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B35" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C35" s="17" t="s">
+        <v>155</v>
+      </c>
+      <c r="D35" s="18" t="s">
         <v>156</v>
       </c>
-      <c r="D35" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E35" s="20">
-        <v>36764176.539999999</v>
+        <v>631549413.58000004</v>
       </c>
       <c r="F35" s="20">
-        <v>193495666</v>
+        <v>120755146</v>
       </c>
       <c r="G35" s="18" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H35" s="18" t="s">
-        <v>76</v>
+        <v>107</v>
       </c>
       <c r="I35" s="19" t="s">
-        <v>45</v>
+        <v>44</v>
+      </c>
+      <c r="J35" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="K35" s="18" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="L35" s="18" t="s">
         <v>33</v>
       </c>
-      <c r="M35" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N35" s="18">
-        <v>20201120</v>
-[...8 lines deleted...]
-        <v>54</v>
+        <v>20011106</v>
+      </c>
+      <c r="O35" s="18" t="s">
+        <v>91</v>
       </c>
       <c r="X35" s="19">
-        <v>28951511</v>
+        <v>17663763</v>
       </c>
       <c r="Y35" s="20">
-        <v>10090477</v>
+        <v>127611311</v>
       </c>
       <c r="Z35" s="20">
-        <v>12400</v>
+        <v>97463</v>
       </c>
       <c r="AA35" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A36" s="17" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C36" s="17" t="s">
+        <v>158</v>
+      </c>
+      <c r="D36" s="18" t="s">
         <v>159</v>
       </c>
-      <c r="D36" s="18" t="s">
+      <c r="E36" s="20">
+        <v>240773860.08000001</v>
+      </c>
+      <c r="F36" s="20">
+        <v>51447406</v>
+      </c>
+      <c r="G36" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="H36" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="I36" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="K36" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="L36" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="M36" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="N36" s="18">
+        <v>20210510</v>
+      </c>
+      <c r="Q36" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="R36" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="U36" s="18" t="s">
         <v>160</v>
       </c>
-      <c r="E36" s="20">
-[...28 lines deleted...]
-      </c>
       <c r="X36" s="19">
-        <v>15423346</v>
+        <v>21779785</v>
       </c>
       <c r="Y36" s="20">
-        <v>115933786.5</v>
+        <v>69191136.5</v>
       </c>
       <c r="Z36" s="20">
-        <v>86710</v>
+        <v>35138</v>
       </c>
       <c r="AA36" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A37" s="17" t="s">
         <v>161</v>
       </c>
       <c r="B37" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C37" s="17" t="s">
         <v>162</v>
       </c>
       <c r="D37" s="18" t="s">
         <v>163</v>
       </c>
       <c r="E37" s="20">
-        <v>221738319.86000001</v>
+        <v>154758191</v>
       </c>
       <c r="F37" s="20">
-        <v>51447406</v>
+        <v>36413692</v>
       </c>
       <c r="G37" s="18" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="H37" s="18" t="s">
-        <v>83</v>
+        <v>70</v>
       </c>
       <c r="I37" s="19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K37" s="18" t="s">
-        <v>129</v>
+        <v>54</v>
       </c>
       <c r="L37" s="18" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="M37" s="18" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="N37" s="18">
-        <v>20210510</v>
-[...8 lines deleted...]
-        <v>164</v>
+        <v>20210818</v>
       </c>
       <c r="X37" s="19">
-        <v>18978016</v>
+        <v>5181905</v>
       </c>
       <c r="Y37" s="20">
-        <v>56329650</v>
+        <v>11696525</v>
       </c>
       <c r="Z37" s="20">
-        <v>30690</v>
+        <v>8627</v>
       </c>
       <c r="AA37" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A38" s="17" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="B38" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C38" s="17" t="s">
+        <v>165</v>
+      </c>
+      <c r="D38" s="18" t="s">
         <v>166</v>
       </c>
-      <c r="D38" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38" s="20">
-        <v>142377535.72</v>
+        <v>37651680.850000001</v>
       </c>
       <c r="F38" s="20">
-        <v>36413692</v>
+        <v>17351005</v>
       </c>
       <c r="G38" s="18" t="s">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="H38" s="18" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="I38" s="19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K38" s="18" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="L38" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="18" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="N38" s="18">
-        <v>20210818</v>
+        <v>19990630</v>
+      </c>
+      <c r="O38" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q38" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="R38" s="18" t="s">
+        <v>53</v>
       </c>
       <c r="X38" s="19">
-        <v>5011273</v>
+        <v>2120033</v>
       </c>
       <c r="Y38" s="20">
-        <v>11004930.5</v>
+        <v>8239821.5</v>
       </c>
       <c r="Z38" s="20">
-        <v>8250</v>
+        <v>13657</v>
       </c>
       <c r="AA38" s="20">
-        <v>11</v>
-[...61 lines deleted...]
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A10:AA39" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
+  <autoFilter ref="A10:AA38" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:AH10">
     <sortCondition sortBy="cellColor" ref="O8:O10" dxfId="0"/>
   </sortState>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:X63"/>
+  <dimension ref="A1:X64"/>
   <sheetViews>
     <sheetView topLeftCell="C1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.28515625" style="17" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="8.140625" style="28" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" style="23" customWidth="1"/>
     <col min="4" max="4" width="44.140625" style="28" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.85546875" style="24" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="16.28515625" style="24" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="33.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="44" style="18" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="31.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="22.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="16.85546875" style="18" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.140625" style="32" bestFit="1" customWidth="1"/>
     <col min="14" max="15" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="17.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="11.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="19.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="18.85546875" style="18" bestFit="1" customWidth="1"/>
@@ -3867,51 +3823,51 @@
   <sheetData>
     <row r="1" spans="1:24" x14ac:dyDescent="0.2">
       <c r="C1" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:24" x14ac:dyDescent="0.2">
       <c r="C2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="1"/>
       <c r="F2" s="26"/>
       <c r="G2" s="26"/>
       <c r="H2" s="19"/>
       <c r="I2" s="19"/>
       <c r="J2" s="1"/>
       <c r="K2" s="19"/>
       <c r="L2" s="1"/>
       <c r="M2" s="29"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:24" x14ac:dyDescent="0.2">
       <c r="C3" s="3" t="s">
-        <v>40</v>
+        <v>345</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="1"/>
       <c r="F3" s="26"/>
       <c r="G3" s="26"/>
       <c r="H3" s="19"/>
       <c r="I3" s="19"/>
       <c r="J3" s="1"/>
       <c r="K3" s="19"/>
       <c r="L3" s="1"/>
       <c r="M3" s="29"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:24" s="12" customFormat="1" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="9"/>
       <c r="C4" s="21"/>
       <c r="D4" s="9"/>
       <c r="E4" s="8"/>
       <c r="F4" s="25"/>
       <c r="G4" s="25"/>
       <c r="H4" s="11"/>
       <c r="I4" s="11"/>
       <c r="J4" s="8"/>
       <c r="K4" s="11"/>
@@ -3990,57 +3946,57 @@
       <c r="E7" s="50"/>
       <c r="F7" s="50"/>
       <c r="G7" s="53"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="29"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="36"/>
       <c r="V7" s="36"/>
       <c r="W7" s="36"/>
       <c r="X7" s="36"/>
     </row>
     <row r="8" spans="1:24" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="2"/>
       <c r="C8" s="22"/>
       <c r="D8" s="56">
-        <f>SUBTOTAL(3,D11:D63)</f>
-        <v>53</v>
+        <f>SUBTOTAL(3,D11:D64)</f>
+        <v>54</v>
       </c>
       <c r="E8" s="51"/>
       <c r="F8" s="54">
-        <f>SUBTOTAL(9,F11:F63)</f>
-        <v>1556247300.1449995</v>
+        <f>SUBTOTAL(9,F11:F64)</f>
+        <v>1792753152.1450007</v>
       </c>
       <c r="G8" s="55"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="29"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="36"/>
       <c r="V8" s="36"/>
       <c r="W8" s="36"/>
       <c r="X8" s="36"/>
     </row>
     <row r="9" spans="1:24" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B9" s="2"/>
       <c r="C9" s="22"/>
       <c r="D9" s="2"/>
       <c r="E9" s="1"/>
@@ -4059,3259 +4015,3318 @@
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="36"/>
       <c r="V9" s="36"/>
       <c r="W9" s="36"/>
       <c r="X9" s="36"/>
     </row>
     <row r="10" spans="1:24" s="15" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="14" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="33" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>0</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>2</v>
       </c>
       <c r="E10" s="16" t="s">
         <v>3</v>
       </c>
       <c r="F10" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="G10" s="16" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>21</v>
       </c>
       <c r="J10" s="15" t="s">
         <v>4</v>
       </c>
       <c r="K10" s="27" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="15" t="s">
         <v>6</v>
       </c>
       <c r="M10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="N10" s="15" t="s">
         <v>5</v>
       </c>
       <c r="O10" s="31" t="s">
         <v>29</v>
       </c>
       <c r="P10" s="15" t="s">
         <v>25</v>
       </c>
       <c r="Q10" s="15" t="s">
         <v>16</v>
       </c>
       <c r="R10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="S10" s="15" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="T10" s="15" t="s">
         <v>17</v>
       </c>
       <c r="U10" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="V10" s="16" t="s">
         <v>340</v>
       </c>
-      <c r="V10" s="16" t="s">
+      <c r="W10" s="16" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="X10" s="16" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:24" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A11" s="17" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="B11" s="28">
         <v>1099471</v>
       </c>
       <c r="C11" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D11" s="28" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="E11" s="18" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="F11" s="24">
-        <v>9783019.5</v>
+        <v>10435220.800000001</v>
       </c>
       <c r="G11" s="24">
         <v>130440260</v>
       </c>
       <c r="H11" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I11" s="18" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J11" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K11" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L11" s="18" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="M11" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N11" s="18" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="O11" s="18">
         <v>20060119</v>
       </c>
       <c r="Q11" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U11" s="34">
-        <v>4836079</v>
+        <v>5287757</v>
       </c>
       <c r="V11" s="34">
-        <v>443636</v>
+        <v>482381</v>
       </c>
       <c r="W11" s="20">
-        <v>582</v>
+        <v>670</v>
       </c>
       <c r="X11" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A12" s="17" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="B12" s="28">
         <v>1112689</v>
       </c>
       <c r="C12" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="28" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="E12" s="18" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="F12" s="24">
-        <v>2221940.7599999998</v>
+        <v>1110970.3799999999</v>
       </c>
       <c r="G12" s="24">
         <v>222194076</v>
       </c>
       <c r="H12" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="I12" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="I12" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J12" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L12" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M12" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N12" s="18" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="O12" s="18">
         <v>20111107</v>
       </c>
       <c r="Q12" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U12" s="34">
-        <v>35435804</v>
+        <v>39553009</v>
       </c>
       <c r="V12" s="34">
-        <v>503796.5</v>
+        <v>546684.5</v>
       </c>
       <c r="W12" s="20">
-        <v>1537</v>
+        <v>1790</v>
       </c>
       <c r="X12" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A13" s="17" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="B13" s="28">
         <v>1094145</v>
       </c>
       <c r="C13" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="28" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="E13" s="18" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="F13" s="24">
-        <v>43073032.359999999</v>
+        <v>43515972.899999999</v>
       </c>
       <c r="G13" s="24">
-        <v>16072027</v>
+        <v>16117027</v>
       </c>
       <c r="H13" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I13" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J13" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L13" s="18" t="s">
         <v>34</v>
       </c>
       <c r="M13" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N13" s="18" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="O13" s="18">
         <v>20050107</v>
       </c>
       <c r="Q13" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="S13" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U13" s="34">
-        <v>13836142</v>
+        <v>14140447</v>
       </c>
       <c r="V13" s="34">
-        <v>31181850</v>
+        <v>31979591</v>
       </c>
       <c r="W13" s="20">
-        <v>15205</v>
+        <v>15707</v>
       </c>
       <c r="X13" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A14" s="17" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="B14" s="28">
         <v>1023700</v>
       </c>
       <c r="C14" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D14" s="28" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="E14" s="18" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="F14" s="24">
-        <v>50634558</v>
+        <v>85493012.359999999</v>
       </c>
       <c r="G14" s="24">
-        <v>37507080</v>
+        <v>54454148</v>
       </c>
       <c r="H14" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I14" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J14" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L14" s="18" t="s">
         <v>34</v>
       </c>
       <c r="M14" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N14" s="18" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="O14" s="18">
         <v>20121107</v>
       </c>
       <c r="P14" s="18" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="U14" s="34">
-        <v>16807065</v>
+        <v>18710962</v>
       </c>
       <c r="V14" s="34">
-        <v>21703641.5</v>
+        <v>24318065.5</v>
       </c>
       <c r="W14" s="20">
-        <v>10757</v>
+        <v>12085</v>
       </c>
       <c r="X14" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A15" s="17" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="B15" s="28">
         <v>1176201</v>
       </c>
       <c r="C15" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D15" s="28" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="E15" s="18" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F15" s="24">
-        <v>70490522.400000006</v>
+        <v>83082752</v>
       </c>
       <c r="G15" s="24">
         <v>1298168</v>
       </c>
       <c r="H15" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I15" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J15" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L15" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M15" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N15" s="18" t="s">
         <v>38</v>
       </c>
       <c r="O15" s="18">
         <v>20151113</v>
       </c>
       <c r="U15" s="34">
-        <v>160841</v>
+        <v>188478</v>
       </c>
       <c r="V15" s="34">
-        <v>8703451</v>
+        <v>10291717</v>
       </c>
       <c r="W15" s="20">
-        <v>1665</v>
+        <v>1903</v>
       </c>
       <c r="X15" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A16" s="17" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="B16" s="28">
         <v>1094744</v>
       </c>
       <c r="C16" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D16" s="28" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="E16" s="18" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="F16" s="24">
-        <v>16782819.949999999</v>
+        <v>16532330.1</v>
       </c>
       <c r="G16" s="24">
         <v>50097970</v>
       </c>
       <c r="H16" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I16" s="18" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J16" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L16" s="18" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M16" s="32" t="s">
         <v>15</v>
       </c>
       <c r="N16" s="18" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="O16" s="18">
         <v>20070228</v>
       </c>
       <c r="Q16" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="S16" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="T16" s="18" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="U16" s="34">
-        <v>13536829</v>
+        <v>14638693</v>
       </c>
       <c r="V16" s="34">
-        <v>7410047.5</v>
+        <v>7762170.5</v>
       </c>
       <c r="W16" s="20">
-        <v>6141</v>
+        <v>6414</v>
       </c>
       <c r="X16" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A17" s="17" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="B17" s="28">
         <v>30332</v>
       </c>
       <c r="C17" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D17" s="28" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="E17" s="18" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="F17" s="24">
         <v>712245.61499999999</v>
       </c>
       <c r="G17" s="24">
         <v>142449123</v>
       </c>
       <c r="H17" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I17" s="18" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="J17" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L17" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M17" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N17" s="18" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="O17" s="18">
         <v>20220720</v>
       </c>
       <c r="U17" s="34">
         <v>30223127</v>
       </c>
       <c r="V17" s="34">
         <v>473032.5</v>
       </c>
       <c r="W17" s="20">
         <v>693</v>
       </c>
       <c r="X17" s="18">
         <v>7</v>
       </c>
     </row>
     <row r="18" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A18" s="17" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="B18" s="28">
         <v>1167845</v>
       </c>
       <c r="C18" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D18" s="28" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="E18" s="18" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="F18" s="24">
-        <v>30960000</v>
+        <v>42774788.479999997</v>
       </c>
       <c r="G18" s="24">
-        <v>129000000</v>
+        <v>133671214</v>
       </c>
       <c r="H18" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I18" s="18" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J18" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L18" s="18" t="s">
         <v>34</v>
       </c>
       <c r="M18" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N18" s="18" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="O18" s="18">
         <v>20160408</v>
       </c>
       <c r="Q18" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U18" s="34">
-        <v>14935421</v>
+        <v>17212029</v>
       </c>
       <c r="V18" s="34">
-        <v>3222751</v>
+        <v>3858359</v>
       </c>
       <c r="W18" s="20">
-        <v>2043</v>
+        <v>3231</v>
       </c>
       <c r="X18" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A19" s="17" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="B19" s="28">
         <v>1181623</v>
       </c>
       <c r="C19" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D19" s="28" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="E19" s="18" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="F19" s="24">
-        <v>33323537.975000001</v>
+        <v>46000331.505000003</v>
       </c>
       <c r="G19" s="24">
-        <v>190420217</v>
+        <v>224391861</v>
       </c>
       <c r="H19" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I19" s="18" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J19" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="L19" s="18" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="M19" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N19" s="18" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="O19" s="18">
         <v>20220503</v>
       </c>
       <c r="P19" s="18" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="Q19" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U19" s="34">
-        <v>98444824</v>
+        <v>138635746</v>
       </c>
       <c r="V19" s="34">
-        <v>9229000</v>
+        <v>19895247</v>
       </c>
       <c r="W19" s="20">
-        <v>9827</v>
+        <v>18173</v>
       </c>
       <c r="X19" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A20" s="17" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="B20" s="28">
         <v>1184961</v>
       </c>
       <c r="C20" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D20" s="28" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="E20" s="18" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="F20" s="24">
-        <v>18912670.350000001</v>
+        <v>11409011.445</v>
       </c>
       <c r="G20" s="24">
-        <v>180120670</v>
+        <v>175523253</v>
       </c>
       <c r="H20" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="I20" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="I20" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J20" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L20" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M20" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N20" s="18" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O20" s="18">
         <v>20210624</v>
       </c>
       <c r="U20" s="34">
-        <v>21189126</v>
+        <v>23541160</v>
       </c>
       <c r="V20" s="34">
-        <v>1864851.5</v>
+        <v>2052708.5</v>
       </c>
       <c r="W20" s="20">
-        <v>4567</v>
+        <v>5231</v>
       </c>
       <c r="X20" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A21" s="17" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="B21" s="28">
         <v>1023681</v>
       </c>
       <c r="C21" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D21" s="28" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="E21" s="18" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="F21" s="24">
-        <v>14657688.5</v>
+        <v>13045342.765000001</v>
       </c>
       <c r="G21" s="24">
         <v>29315377</v>
       </c>
       <c r="H21" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I21" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J21" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L21" s="18" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="M21" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N21" s="18" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="O21" s="18">
         <v>20211110</v>
       </c>
       <c r="U21" s="34">
-        <v>9041553</v>
+        <v>9390437</v>
       </c>
       <c r="V21" s="34">
-        <v>3250621.5</v>
+        <v>3423854</v>
       </c>
       <c r="W21" s="20">
-        <v>1057</v>
+        <v>1125</v>
       </c>
       <c r="X21" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A22" s="17" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="B22" s="28">
         <v>1181704</v>
       </c>
       <c r="C22" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D22" s="28" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="E22" s="18" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="F22" s="24">
-        <v>3930095.95</v>
+        <v>5342515.1399999997</v>
       </c>
       <c r="G22" s="24">
-        <v>78601919</v>
+        <v>89041919</v>
       </c>
       <c r="H22" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="I22" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="I22" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J22" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L22" s="18" t="s">
         <v>34</v>
       </c>
       <c r="M22" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N22" s="18" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O22" s="18">
         <v>20180719</v>
       </c>
       <c r="U22" s="34">
-        <v>12798383</v>
+        <v>13443873</v>
       </c>
       <c r="V22" s="34">
-        <v>662810.5</v>
+        <v>698409</v>
       </c>
       <c r="W22" s="20">
-        <v>1006</v>
+        <v>1114</v>
       </c>
       <c r="X22" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A23" s="17" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="B23" s="28">
         <v>1062291</v>
       </c>
       <c r="C23" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D23" s="28" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="E23" s="18" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="F23" s="24">
-        <v>6164750.9249999998</v>
+        <v>4931800.74</v>
       </c>
       <c r="G23" s="24">
         <v>246590037</v>
       </c>
       <c r="H23" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I23" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J23" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L23" s="18" t="s">
         <v>34</v>
       </c>
       <c r="M23" s="32" t="s">
         <v>33</v>
       </c>
       <c r="U23" s="34">
-        <v>26039564</v>
+        <v>27823147</v>
       </c>
       <c r="V23" s="34">
-        <v>562508.5</v>
+        <v>596416</v>
       </c>
       <c r="W23" s="20">
-        <v>1702</v>
+        <v>1884</v>
       </c>
       <c r="X23" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A24" s="17" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="B24" s="28">
         <v>1078346</v>
       </c>
       <c r="C24" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D24" s="28" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="E24" s="18" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F24" s="24">
-        <v>119639772.84</v>
+        <v>115199439.73999999</v>
       </c>
       <c r="G24" s="24">
-        <v>145902162</v>
+        <v>149609662</v>
       </c>
       <c r="H24" s="18" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I24" s="18" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="J24" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L24" s="18" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="M24" s="32" t="s">
         <v>33</v>
       </c>
       <c r="O24" s="18">
         <v>20011001</v>
       </c>
       <c r="P24" s="18" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="R24" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U24" s="34">
-        <v>13184391</v>
+        <v>13973833</v>
       </c>
       <c r="V24" s="34">
-        <v>12391667.5</v>
+        <v>13035080</v>
       </c>
       <c r="W24" s="20">
-        <v>6117</v>
+        <v>6522</v>
       </c>
       <c r="X24" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A25" s="17" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="B25" s="28">
         <v>29301</v>
       </c>
       <c r="C25" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D25" s="28" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="E25" s="18" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="F25" s="24">
-        <v>2629211.44</v>
+        <v>657302.86</v>
       </c>
       <c r="G25" s="24">
         <v>131460572</v>
       </c>
       <c r="H25" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I25" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J25" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L25" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M25" s="32" t="s">
         <v>33</v>
       </c>
       <c r="P25" s="18" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="U25" s="34">
-        <v>18974472</v>
+        <v>24295795</v>
       </c>
       <c r="V25" s="34">
-        <v>594948.5</v>
+        <v>648314</v>
       </c>
       <c r="W25" s="20">
-        <v>662</v>
+        <v>759</v>
       </c>
       <c r="X25" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A26" s="17" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="B26" s="28">
         <v>1176710</v>
       </c>
       <c r="C26" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D26" s="28" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="E26" s="18" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="F26" s="24">
-        <v>41957941.725000001</v>
+        <v>39689944.875</v>
       </c>
       <c r="G26" s="24">
         <v>226799685</v>
       </c>
       <c r="H26" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I26" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J26" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="L26" s="18" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="M26" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N26" s="18" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="O26" s="18">
         <v>20171031</v>
       </c>
       <c r="P26" s="18" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="Q26" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U26" s="34">
-        <v>8097419</v>
+        <v>8350420</v>
       </c>
       <c r="V26" s="34">
-        <v>1560027</v>
+        <v>1604608.5</v>
       </c>
       <c r="W26" s="20">
-        <v>1835</v>
+        <v>1954</v>
       </c>
       <c r="X26" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A27" s="17" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="B27" s="28">
         <v>1184650</v>
       </c>
       <c r="C27" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D27" s="28" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="E27" s="18" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="F27" s="24">
-        <v>12195959.77</v>
+        <v>10112227.949999999</v>
       </c>
       <c r="G27" s="24">
         <v>6128623</v>
       </c>
       <c r="H27" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I27" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J27" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L27" s="18" t="s">
         <v>34</v>
       </c>
       <c r="M27" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N27" s="18" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="O27" s="18">
         <v>20220127</v>
       </c>
       <c r="Q27" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U27" s="34">
-        <v>217229</v>
+        <v>244905</v>
       </c>
       <c r="V27" s="34">
-        <v>467381</v>
+        <v>512991</v>
       </c>
       <c r="W27" s="20">
-        <v>288</v>
+        <v>314</v>
       </c>
       <c r="X27" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A28" s="17" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="B28" s="28">
         <v>1023266</v>
       </c>
       <c r="C28" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D28" s="28" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="E28" s="18" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="F28" s="24">
-        <v>5875428.2599999998</v>
+        <v>5423472.2400000002</v>
       </c>
       <c r="G28" s="24">
         <v>45195602</v>
       </c>
       <c r="H28" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I28" s="18" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="J28" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L28" s="18" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="M28" s="32" t="s">
         <v>33</v>
       </c>
       <c r="U28" s="34">
-        <v>10800881</v>
+        <v>11688487</v>
       </c>
       <c r="V28" s="34">
-        <v>458315</v>
+        <v>568855.5</v>
       </c>
       <c r="W28" s="20">
-        <v>1350</v>
+        <v>1549</v>
       </c>
       <c r="X28" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A29" s="17" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="B29" s="28">
         <v>1024014</v>
       </c>
       <c r="C29" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D29" s="28" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="E29" s="18" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="F29" s="24">
-        <v>42065448.454999998</v>
+        <v>46299521.189999998</v>
       </c>
       <c r="G29" s="24">
-        <v>118494221</v>
+        <v>118716721</v>
       </c>
       <c r="H29" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I29" s="18" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J29" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L29" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M29" s="32" t="s">
         <v>33</v>
       </c>
       <c r="O29" s="18">
         <v>19990809</v>
       </c>
       <c r="U29" s="34">
-        <v>12071184</v>
+        <v>13441908</v>
       </c>
       <c r="V29" s="34">
-        <v>3953191</v>
+        <v>4486994</v>
       </c>
       <c r="W29" s="20">
-        <v>3549</v>
+        <v>3971</v>
       </c>
       <c r="X29" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A30" s="17" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="B30" s="28">
         <v>1184887</v>
       </c>
       <c r="C30" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D30" s="28" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="E30" s="18" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="F30" s="24">
-        <v>8185936.3949999996</v>
+        <v>8074100.1600000001</v>
       </c>
       <c r="G30" s="24">
-        <v>22427223</v>
+        <v>22428056</v>
       </c>
       <c r="H30" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I30" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J30" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L30" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M30" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N30" s="18" t="s">
         <v>35</v>
       </c>
       <c r="O30" s="18">
         <v>20210804</v>
       </c>
       <c r="P30" s="18" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="U30" s="34">
-        <v>3059975</v>
+        <v>4710820</v>
       </c>
       <c r="V30" s="34">
-        <v>1761494</v>
+        <v>2272680</v>
       </c>
       <c r="W30" s="20">
-        <v>1575</v>
+        <v>1984</v>
       </c>
       <c r="X30" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A31" s="17" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="B31" s="28">
         <v>1117566</v>
       </c>
       <c r="C31" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D31" s="28" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="E31" s="18" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="F31" s="24">
-        <v>33204013.48</v>
+        <v>28175486.309999999</v>
       </c>
       <c r="G31" s="24">
-        <v>75463667</v>
+        <v>76149963</v>
       </c>
       <c r="H31" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="I31" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="J31" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="L31" s="18" t="s">
         <v>49</v>
-      </c>
-[...7 lines deleted...]
-        <v>50</v>
       </c>
       <c r="M31" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N31" s="18" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="O31" s="18">
         <v>20200616</v>
       </c>
       <c r="Q31" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U31" s="34">
-        <v>15882534</v>
+        <v>16178210</v>
       </c>
       <c r="V31" s="34">
-        <v>10010887.5</v>
+        <v>10134478.5</v>
       </c>
       <c r="W31" s="20">
-        <v>6709</v>
+        <v>6931</v>
       </c>
       <c r="X31" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A32" s="17" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="B32" s="28">
         <v>1179000</v>
       </c>
       <c r="C32" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D32" s="28" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="E32" s="18" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="F32" s="24">
-        <v>2212856.64</v>
+        <v>2458729.6</v>
       </c>
       <c r="G32" s="24">
         <v>49174592</v>
       </c>
       <c r="H32" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I32" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J32" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L32" s="18" t="s">
         <v>34</v>
       </c>
       <c r="M32" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N32" s="18" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="O32" s="18">
         <v>20211026</v>
       </c>
       <c r="Q32" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U32" s="34">
-        <v>3125863</v>
+        <v>3763368</v>
       </c>
       <c r="V32" s="34">
-        <v>185148</v>
+        <v>221319</v>
       </c>
       <c r="W32" s="20">
-        <v>277</v>
+        <v>330</v>
       </c>
       <c r="X32" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A33" s="17" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="B33" s="28">
         <v>1099174</v>
       </c>
       <c r="C33" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="28" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="E33" s="18" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="F33" s="24">
         <v>38547316.850000001</v>
       </c>
       <c r="G33" s="24">
         <v>550675955</v>
       </c>
       <c r="H33" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I33" s="18" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J33" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L33" s="18" t="s">
         <v>34</v>
       </c>
       <c r="M33" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N33" s="18" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="O33" s="18">
         <v>20060206</v>
       </c>
       <c r="P33" s="18" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="Q33" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U33" s="34">
-        <v>38059657</v>
+        <v>41865922</v>
       </c>
       <c r="V33" s="34">
-        <v>2189662.5</v>
+        <v>2450123.5</v>
       </c>
       <c r="W33" s="20">
-        <v>2532</v>
+        <v>2919</v>
       </c>
       <c r="X33" s="18">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A34" s="17" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="B34" s="28">
         <v>1185045</v>
       </c>
       <c r="C34" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D34" s="28" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="E34" s="18" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="F34" s="24">
-        <v>35917892.890000001</v>
+        <v>40346126.259999998</v>
       </c>
       <c r="G34" s="24">
         <v>98405186</v>
       </c>
       <c r="H34" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="I34" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="I34" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J34" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L34" s="18" t="s">
         <v>34</v>
       </c>
       <c r="M34" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N34" s="18" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="O34" s="18">
         <v>20230501</v>
       </c>
       <c r="P34" s="18" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="Q34" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U34" s="34">
-        <v>20866761</v>
+        <v>22189453</v>
       </c>
       <c r="V34" s="34">
-        <v>6179332</v>
+        <v>6653215</v>
       </c>
       <c r="W34" s="20">
-        <v>3617</v>
+        <v>3975</v>
       </c>
       <c r="X34" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A35" s="17" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="B35" s="28">
         <v>1182815</v>
       </c>
       <c r="C35" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D35" s="28" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="E35" s="18" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="F35" s="24">
-        <v>142498313.21000001</v>
+        <v>271620326.25</v>
       </c>
       <c r="G35" s="24">
-        <v>117767201</v>
+        <v>120720145</v>
       </c>
       <c r="H35" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="I35" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="I35" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J35" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L35" s="18" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="M35" s="32" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="N35" s="18" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="O35" s="18">
         <v>20210415</v>
       </c>
       <c r="P35" s="18" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="Q35" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U35" s="34">
-        <v>36415380</v>
+        <v>43046453</v>
       </c>
       <c r="V35" s="34">
-        <v>31624079</v>
+        <v>42787696</v>
       </c>
       <c r="W35" s="20">
-        <v>25790</v>
+        <v>34813</v>
       </c>
       <c r="X35" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A36" s="17" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="B36" s="28">
         <v>1150585</v>
       </c>
       <c r="C36" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D36" s="28" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="E36" s="18" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="F36" s="24">
-        <v>72383949.150000006</v>
+        <v>69714304.450000003</v>
       </c>
       <c r="G36" s="24">
-        <v>21607149</v>
+        <v>22857149</v>
       </c>
       <c r="H36" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="I36" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="I36" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J36" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L36" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M36" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N36" s="18" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="O36" s="18">
         <v>20210601</v>
       </c>
       <c r="U36" s="34">
-        <v>3489919</v>
+        <v>3630083</v>
       </c>
       <c r="V36" s="34">
-        <v>13387404.5</v>
+        <v>13821164</v>
       </c>
       <c r="W36" s="20">
-        <v>5628</v>
+        <v>5928</v>
       </c>
       <c r="X36" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A37" s="17" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="B37" s="28">
         <v>1124660</v>
       </c>
       <c r="C37" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D37" s="28" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="E37" s="18" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="F37" s="24">
-        <v>19404269.649999999</v>
+        <v>15931926.66</v>
       </c>
       <c r="G37" s="24">
         <v>40851094</v>
       </c>
       <c r="H37" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="I37" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="I37" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J37" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L37" s="18" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="M37" s="32" t="s">
         <v>15</v>
       </c>
       <c r="N37" s="18" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="O37" s="18">
         <v>20111006</v>
       </c>
       <c r="Q37" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="T37" s="18" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="U37" s="34">
-        <v>3797949</v>
+        <v>4142196</v>
       </c>
       <c r="V37" s="34">
-        <v>1818386.5</v>
+        <v>1987007</v>
       </c>
       <c r="W37" s="20">
-        <v>1101</v>
+        <v>1257</v>
       </c>
       <c r="X37" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A38" s="17" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="B38" s="28">
         <v>1185986</v>
       </c>
       <c r="C38" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D38" s="28" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="E38" s="18" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="F38" s="24">
-        <v>1424162.64</v>
+        <v>1679685.2849999999</v>
       </c>
       <c r="G38" s="24">
-        <v>94944176</v>
+        <v>111979019</v>
       </c>
       <c r="H38" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I38" s="18" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J38" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K38" s="18" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L38" s="18" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="M38" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N38" s="18" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="O38" s="18">
         <v>20240322</v>
       </c>
       <c r="Q38" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U38" s="34">
-        <v>8098777</v>
+        <v>9863505</v>
       </c>
       <c r="V38" s="34">
-        <v>317242</v>
+        <v>337389</v>
       </c>
       <c r="W38" s="20">
-        <v>605</v>
+        <v>655</v>
       </c>
       <c r="X38" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A39" s="17" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="B39" s="28">
         <v>1074329</v>
       </c>
       <c r="C39" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D39" s="28" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="E39" s="18" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="F39" s="24">
-        <v>76050045.900000006</v>
+        <v>75395650.75</v>
       </c>
       <c r="G39" s="24">
-        <v>422500255</v>
+        <v>430832290</v>
       </c>
       <c r="H39" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I39" s="18" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J39" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="L39" s="18" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="M39" s="32" t="s">
         <v>33</v>
       </c>
       <c r="O39" s="18">
         <v>19961220</v>
       </c>
       <c r="P39" s="18" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="U39" s="34">
-        <v>57098205</v>
+        <v>62343935</v>
       </c>
       <c r="V39" s="34">
-        <v>10537963</v>
+        <v>11464847</v>
       </c>
       <c r="W39" s="20">
-        <v>12470</v>
+        <v>13519</v>
       </c>
       <c r="X39" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A40" s="17" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="B40" s="28">
         <v>1188065</v>
       </c>
       <c r="C40" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D40" s="28" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="E40" s="18" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="F40" s="24">
-        <v>8080920.5599999996</v>
+        <v>8585978.0950000007</v>
       </c>
       <c r="G40" s="24">
         <v>101011507</v>
       </c>
       <c r="H40" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="I40" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="J40" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="L40" s="18" t="s">
         <v>49</v>
-      </c>
-[...7 lines deleted...]
-        <v>50</v>
       </c>
       <c r="M40" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N40" s="18" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O40" s="18">
         <v>20240328</v>
       </c>
       <c r="P40" s="18" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="U40" s="34">
-        <v>23914611</v>
+        <v>25691597</v>
       </c>
       <c r="V40" s="34">
-        <v>2114095</v>
+        <v>2255245</v>
       </c>
       <c r="W40" s="20">
-        <v>4358</v>
+        <v>4662</v>
       </c>
       <c r="X40" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A41" s="17" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="B41" s="28">
         <v>1187765</v>
       </c>
       <c r="C41" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D41" s="28" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="E41" s="18" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="F41" s="24">
-        <v>52575505.090000004</v>
+        <v>48355862.585000001</v>
       </c>
       <c r="G41" s="24">
-        <v>309267677</v>
+        <v>311973307</v>
       </c>
       <c r="H41" s="18" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="I41" s="18" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J41" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L41" s="18" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="M41" s="32" t="s">
         <v>15</v>
       </c>
       <c r="N41" s="18" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O41" s="18">
         <v>20241007</v>
       </c>
       <c r="T41" s="18" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="U41" s="34">
-        <v>5118889</v>
+        <v>6659922</v>
       </c>
       <c r="V41" s="34">
-        <v>1751452.5</v>
+        <v>1991551</v>
       </c>
       <c r="W41" s="20">
-        <v>1803</v>
+        <v>1982</v>
       </c>
       <c r="X41" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A42" s="17" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="B42" s="28">
         <v>19348</v>
       </c>
       <c r="C42" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D42" s="28" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="E42" s="18" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="F42" s="24">
         <v>16319832.505000001</v>
       </c>
       <c r="G42" s="24">
         <v>141911587</v>
       </c>
       <c r="H42" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I42" s="18" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J42" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L42" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M42" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N42" s="18" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="O42" s="18">
         <v>20080703</v>
       </c>
       <c r="P42" s="18" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="U42" s="34">
-        <v>16028439</v>
+        <v>17792115</v>
       </c>
       <c r="V42" s="34">
-        <v>2295122</v>
+        <v>2489116</v>
       </c>
       <c r="W42" s="20">
-        <v>3810</v>
+        <v>4400</v>
       </c>
       <c r="X42" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A43" s="17" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="B43" s="28">
         <v>1106330</v>
       </c>
       <c r="C43" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D43" s="28" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="E43" s="18" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="F43" s="24">
-        <v>69502831.370000005</v>
+        <v>80850232.409999996</v>
       </c>
       <c r="G43" s="24">
         <v>141842513</v>
       </c>
       <c r="H43" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I43" s="18" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J43" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L43" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M43" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N43" s="18" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="O43" s="18">
         <v>20240111</v>
       </c>
       <c r="Q43" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U43" s="34">
-        <v>24813550</v>
+        <v>26450409</v>
       </c>
       <c r="V43" s="34">
-        <v>17350579</v>
+        <v>18223920</v>
       </c>
       <c r="W43" s="20">
-        <v>9069</v>
+        <v>9663</v>
       </c>
       <c r="X43" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A44" s="17" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="B44" s="28">
         <v>1183755</v>
       </c>
       <c r="C44" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D44" s="28" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="E44" s="18" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="F44" s="24">
-        <v>14593994.550000001</v>
+        <v>11188729.154999999</v>
       </c>
       <c r="G44" s="24">
         <v>97293297</v>
       </c>
       <c r="H44" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I44" s="18" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J44" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L44" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M44" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N44" s="18" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="O44" s="18">
         <v>20201218</v>
       </c>
       <c r="P44" s="18" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="Q44" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U44" s="34">
-        <v>16361450</v>
+        <v>18993207</v>
       </c>
       <c r="V44" s="34">
-        <v>4123765.5</v>
+        <v>4466396.5</v>
       </c>
       <c r="W44" s="20">
-        <v>5297</v>
+        <v>5811</v>
       </c>
       <c r="X44" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A45" s="17" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="B45" s="28">
         <v>1184755</v>
       </c>
       <c r="C45" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D45" s="28" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="E45" s="18" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="F45" s="24">
-        <v>14804889.6</v>
+        <v>38122121.950000003</v>
       </c>
       <c r="G45" s="24">
-        <v>23132640</v>
+        <v>69312949</v>
       </c>
       <c r="H45" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="I45" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="I45" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J45" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L45" s="18" t="s">
         <v>34</v>
       </c>
       <c r="M45" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N45" s="18" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O45" s="18">
         <v>20210630</v>
       </c>
       <c r="P45" s="18" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="U45" s="34">
-        <v>1582773</v>
+        <v>1741934</v>
       </c>
       <c r="V45" s="34">
-        <v>1073925</v>
+        <v>1173950.5</v>
       </c>
       <c r="W45" s="20">
-        <v>1091</v>
+        <v>1186</v>
       </c>
       <c r="X45" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A46" s="17" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="B46" s="28">
         <v>1184705</v>
       </c>
       <c r="C46" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D46" s="28" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="E46" s="18" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="F46" s="24">
-        <v>39269522.5</v>
+        <v>38031483.524999999</v>
       </c>
       <c r="G46" s="24">
-        <v>151036625</v>
+        <v>155230545</v>
       </c>
       <c r="H46" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I46" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J46" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L46" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M46" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N46" s="18" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O46" s="18">
         <v>20210713</v>
       </c>
       <c r="P46" s="18" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="S46" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U46" s="34">
-        <v>53608876</v>
+        <v>58024551</v>
       </c>
       <c r="V46" s="34">
-        <v>18336034</v>
+        <v>19463399.5</v>
       </c>
       <c r="W46" s="20">
-        <v>11095</v>
+        <v>11954</v>
       </c>
       <c r="X46" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A47" s="17" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="B47" s="28">
         <v>1104859</v>
       </c>
       <c r="C47" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D47" s="28" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="E47" s="18" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F47" s="24">
-        <v>3993188.9550000001</v>
+        <v>5134100.085</v>
       </c>
       <c r="G47" s="24">
         <v>114091113</v>
       </c>
       <c r="H47" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I47" s="18" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J47" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L47" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M47" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N47" s="18" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="O47" s="18">
         <v>20080728</v>
       </c>
       <c r="Q47" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U47" s="34">
-        <v>5931978</v>
+        <v>6258702</v>
       </c>
       <c r="V47" s="34">
-        <v>236834.5</v>
+        <v>250887.5</v>
       </c>
       <c r="W47" s="20">
-        <v>249</v>
+        <v>282</v>
       </c>
       <c r="X47" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A48" s="17" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="B48" s="28">
         <v>1062448</v>
       </c>
       <c r="C48" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D48" s="28" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="E48" s="18" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="F48" s="24">
-        <v>840626.19</v>
+        <v>560417.46</v>
       </c>
       <c r="G48" s="24">
         <v>56041746</v>
       </c>
       <c r="H48" s="18" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="I48" s="18" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J48" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L48" s="18" t="s">
         <v>34</v>
       </c>
       <c r="M48" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N48" s="18" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="O48" s="18">
         <v>20060405</v>
       </c>
       <c r="Q48" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U48" s="34">
-        <v>4204766</v>
+        <v>4390298</v>
       </c>
       <c r="V48" s="34">
-        <v>53505</v>
+        <v>55365.5</v>
       </c>
       <c r="W48" s="20">
-        <v>194</v>
+        <v>210</v>
       </c>
       <c r="X48" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A49" s="17" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="B49" s="28">
         <v>39779</v>
       </c>
       <c r="C49" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D49" s="28" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="E49" s="18" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="F49" s="24">
         <v>427961.125</v>
       </c>
       <c r="G49" s="24">
         <v>85592225</v>
       </c>
       <c r="H49" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I49" s="18" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J49" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K49" s="18" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L49" s="18" t="s">
         <v>34</v>
       </c>
       <c r="M49" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N49" s="18" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="O49" s="18">
         <v>20180218</v>
       </c>
       <c r="P49" s="18" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="U49" s="34">
         <v>12954786</v>
       </c>
       <c r="V49" s="34">
         <v>149618</v>
       </c>
       <c r="W49" s="20">
         <v>667</v>
       </c>
       <c r="X49" s="18">
         <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A50" s="17" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="B50" s="28">
         <v>1113857</v>
       </c>
       <c r="C50" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D50" s="28" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="E50" s="18" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="F50" s="24">
-        <v>29635724.609999999</v>
+        <v>38416680.049999997</v>
       </c>
       <c r="G50" s="24">
         <v>109761943</v>
       </c>
       <c r="H50" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I50" s="18" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J50" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L50" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M50" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N50" s="18" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="O50" s="18">
         <v>20090119</v>
       </c>
       <c r="P50" s="18" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="Q50" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U50" s="34">
-        <v>16931103</v>
+        <v>21888085</v>
       </c>
       <c r="V50" s="34">
-        <v>3774152</v>
+        <v>5398724.5</v>
       </c>
       <c r="W50" s="20">
-        <v>2285</v>
+        <v>2987</v>
       </c>
       <c r="X50" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A51" s="17" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="B51" s="28">
         <v>1023585</v>
       </c>
       <c r="C51" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D51" s="28" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="E51" s="18" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="F51" s="24">
-        <v>10788617.970000001</v>
+        <v>11109249.199999999</v>
       </c>
       <c r="G51" s="24">
-        <v>27663123</v>
+        <v>27773123</v>
       </c>
       <c r="H51" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I51" s="18" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J51" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L51" s="18" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="M51" s="32" t="s">
         <v>33</v>
       </c>
       <c r="O51" s="18">
         <v>19980303</v>
       </c>
       <c r="U51" s="34">
-        <v>6238207</v>
+        <v>6597086</v>
       </c>
       <c r="V51" s="34">
-        <v>2592062.5</v>
+        <v>2748022</v>
       </c>
       <c r="W51" s="20">
-        <v>1997</v>
+        <v>2123</v>
       </c>
       <c r="X51" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A52" s="17" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="B52" s="28">
         <v>1179305</v>
       </c>
       <c r="C52" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D52" s="28" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="E52" s="18" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="F52" s="24">
-        <v>10844201</v>
+        <v>10880491.75</v>
       </c>
       <c r="G52" s="24">
-        <v>43376804</v>
+        <v>43521967</v>
       </c>
       <c r="H52" s="18" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I52" s="18" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="J52" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L52" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M52" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N52" s="18" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="O52" s="18">
         <v>20181113</v>
       </c>
       <c r="P52" s="18" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="Q52" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U52" s="34">
-        <v>5298010</v>
+        <v>6478049</v>
       </c>
       <c r="V52" s="34">
-        <v>1997717</v>
+        <v>2291863.5</v>
       </c>
       <c r="W52" s="20">
-        <v>2046</v>
+        <v>2425</v>
       </c>
       <c r="X52" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A53" s="17" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="B53" s="28">
         <v>28374</v>
       </c>
       <c r="C53" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D53" s="28" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="E53" s="18" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="F53" s="24">
-        <v>46618942.859999999</v>
+        <v>32374265.875</v>
       </c>
       <c r="G53" s="24">
         <v>258994127</v>
       </c>
       <c r="H53" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I53" s="18" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J53" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L53" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M53" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N53" s="18" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="O53" s="18">
         <v>20240110</v>
       </c>
       <c r="P53" s="18" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="U53" s="34">
-        <v>61888554</v>
+        <v>64609970</v>
       </c>
       <c r="V53" s="34">
-        <v>6470140.5</v>
+        <v>6862152.5</v>
       </c>
       <c r="W53" s="20">
-        <v>7501</v>
+        <v>8131</v>
       </c>
       <c r="X53" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A54" s="17" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="B54" s="28">
         <v>25900</v>
       </c>
       <c r="C54" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D54" s="28" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="E54" s="18" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="F54" s="24">
-        <v>21525572</v>
+        <v>18162201.375</v>
       </c>
       <c r="G54" s="24">
         <v>134534825</v>
       </c>
       <c r="H54" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I54" s="18" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J54" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K54" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L54" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M54" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N54" s="18" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="O54" s="18">
         <v>20110621</v>
       </c>
       <c r="P54" s="18" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="U54" s="34">
-        <v>14776018</v>
+        <v>16766224</v>
       </c>
       <c r="V54" s="34">
-        <v>3380632.5</v>
+        <v>3670078</v>
       </c>
       <c r="W54" s="20">
-        <v>2712</v>
+        <v>2960</v>
       </c>
       <c r="X54" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A55" s="17" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="B55" s="28">
         <v>1023872</v>
       </c>
       <c r="C55" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D55" s="28" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="E55" s="18" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="F55" s="24">
-        <v>13029111.869999999</v>
+        <v>12343369.140000001</v>
       </c>
       <c r="G55" s="24">
         <v>68574273</v>
       </c>
       <c r="H55" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I55" s="18" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J55" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L55" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M55" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N55" s="18" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="O55" s="18">
         <v>20220317</v>
       </c>
       <c r="P55" s="18" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="U55" s="34">
-        <v>5783191</v>
+        <v>6519991</v>
       </c>
       <c r="V55" s="34">
-        <v>1256680.5</v>
+        <v>1383932</v>
       </c>
       <c r="W55" s="20">
-        <v>2279</v>
+        <v>2403</v>
       </c>
       <c r="X55" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A56" s="17" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="B56" s="28">
         <v>1186585</v>
       </c>
       <c r="C56" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D56" s="28" t="s">
-        <v>343</v>
+        <v>336</v>
       </c>
       <c r="E56" s="18" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="F56" s="24">
-        <v>30856028.5</v>
+        <v>25919063.940000001</v>
       </c>
       <c r="G56" s="24">
         <v>61712057</v>
       </c>
       <c r="H56" s="18" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="I56" s="18" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J56" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L56" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M56" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N56" s="18" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="O56" s="18">
         <v>20251022</v>
       </c>
       <c r="Q56" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U56" s="34">
-        <v>5600525</v>
+        <v>7533019</v>
       </c>
       <c r="V56" s="34">
-        <v>2552258</v>
+        <v>3460375.5</v>
       </c>
       <c r="W56" s="20">
-        <v>1188</v>
+        <v>1806</v>
       </c>
       <c r="X56" s="18">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="57" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A57" s="17" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="B57" s="28">
         <v>1119347</v>
       </c>
       <c r="C57" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D57" s="28" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="E57" s="18" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F57" s="24">
-        <v>13190000.4</v>
+        <v>7694166.9000000004</v>
       </c>
       <c r="G57" s="24">
         <v>73277780</v>
       </c>
       <c r="H57" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I57" s="18" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J57" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="K57" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="L57" s="18" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="M57" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N57" s="18" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="O57" s="18">
         <v>20210916</v>
       </c>
       <c r="P57" s="18" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="Q57" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U57" s="34">
-        <v>7674130</v>
+        <v>7952472</v>
       </c>
       <c r="V57" s="34">
-        <v>1281172.5</v>
+        <v>1318315</v>
       </c>
       <c r="W57" s="20">
-        <v>2875</v>
+        <v>2960</v>
       </c>
       <c r="X57" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A58" s="17" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="B58" s="28">
         <v>1104075</v>
       </c>
       <c r="C58" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D58" s="28" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="E58" s="18" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="F58" s="24">
-        <v>5903878.7599999998</v>
+        <v>4427909.07</v>
       </c>
       <c r="G58" s="24">
         <v>295193938</v>
       </c>
       <c r="H58" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="I58" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="I58" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J58" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L58" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M58" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N58" s="18" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="O58" s="18">
         <v>20070104</v>
       </c>
       <c r="Q58" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U58" s="34">
-        <v>18388686</v>
+        <v>19638740</v>
       </c>
       <c r="V58" s="34">
-        <v>380438.5</v>
+        <v>400900.5</v>
       </c>
       <c r="W58" s="20">
-        <v>2006</v>
+        <v>2299</v>
       </c>
       <c r="X58" s="18">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A59" s="17" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="B59" s="28">
         <v>1183155</v>
       </c>
       <c r="C59" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D59" s="28" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="E59" s="18" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="F59" s="24">
-        <v>75877822.799999997</v>
+        <v>93388089.599999994</v>
       </c>
       <c r="G59" s="24">
         <v>116735112</v>
       </c>
       <c r="H59" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I59" s="18" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="J59" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L59" s="18" t="s">
         <v>34</v>
       </c>
       <c r="M59" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N59" s="18" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="O59" s="18">
         <v>20220107</v>
       </c>
       <c r="P59" s="18" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="Q59" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="S59" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U59" s="34">
-        <v>14744346</v>
+        <v>15153895</v>
       </c>
       <c r="V59" s="34">
-        <v>13417256.5</v>
+        <v>13707511.5</v>
       </c>
       <c r="W59" s="20">
-        <v>8109</v>
+        <v>8255</v>
       </c>
       <c r="X59" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A60" s="17" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="B60" s="28">
         <v>1182755</v>
       </c>
       <c r="C60" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D60" s="28" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="E60" s="18" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="F60" s="24">
-        <v>8920988.2050000001</v>
+        <v>9879313.9000000004</v>
       </c>
       <c r="G60" s="24">
-        <v>93905139</v>
+        <v>98793139</v>
       </c>
       <c r="H60" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="I60" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="I60" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J60" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L60" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M60" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N60" s="18" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="O60" s="18">
         <v>20241007</v>
       </c>
       <c r="Q60" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U60" s="34">
-        <v>16708778</v>
+        <v>18335324</v>
       </c>
       <c r="V60" s="34">
-        <v>1963646.5</v>
+        <v>2115409.5</v>
       </c>
       <c r="W60" s="20">
-        <v>2796</v>
+        <v>3055</v>
       </c>
       <c r="X60" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A61" s="17" t="s">
-        <v>235</v>
+        <v>342</v>
       </c>
       <c r="B61" s="28">
-        <v>1023629</v>
+        <v>1182550</v>
       </c>
       <c r="C61" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D61" s="28" t="s">
-        <v>236</v>
+        <v>343</v>
       </c>
       <c r="E61" s="18" t="s">
-        <v>237</v>
+        <v>344</v>
       </c>
       <c r="F61" s="24">
-        <v>21639288.125</v>
+        <v>23442757.239999998</v>
       </c>
       <c r="G61" s="24">
-        <v>173114305</v>
+        <v>68949286</v>
       </c>
       <c r="H61" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I61" s="18" t="s">
-        <v>83</v>
+        <v>70</v>
       </c>
       <c r="J61" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L61" s="18" t="s">
-        <v>34</v>
+        <v>225</v>
       </c>
       <c r="M61" s="32" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>15</v>
+      </c>
+      <c r="N61" s="18" t="s">
+        <v>167</v>
+      </c>
+      <c r="O61" s="18">
+        <v>20251212</v>
+      </c>
+      <c r="T61" s="18" t="s">
+        <v>226</v>
       </c>
       <c r="U61" s="34">
-        <v>37234924</v>
+        <v>2071206</v>
       </c>
       <c r="V61" s="34">
-        <v>5298798</v>
+        <v>644760.5</v>
       </c>
       <c r="W61" s="20">
-        <v>6537</v>
+        <v>612</v>
       </c>
       <c r="X61" s="18">
-        <v>11</v>
+        <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A62" s="17" t="s">
-        <v>243</v>
+        <v>233</v>
       </c>
       <c r="B62" s="28">
-        <v>1023802</v>
+        <v>1023629</v>
       </c>
       <c r="C62" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D62" s="28" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="E62" s="18" t="s">
-        <v>245</v>
+        <v>235</v>
       </c>
       <c r="F62" s="24">
-        <v>38333326.350000001</v>
+        <v>22504859.649999999</v>
       </c>
       <c r="G62" s="24">
-        <v>6336087</v>
+        <v>173114305</v>
       </c>
       <c r="H62" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I62" s="18" t="s">
-        <v>108</v>
+        <v>82</v>
       </c>
       <c r="J62" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L62" s="18" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="M62" s="32" t="s">
         <v>33</v>
       </c>
+      <c r="P62" s="18" t="s">
+        <v>71</v>
+      </c>
       <c r="U62" s="34">
-        <v>543053</v>
+        <v>39886041</v>
       </c>
       <c r="V62" s="34">
-        <v>3053436.5</v>
+        <v>5629311</v>
       </c>
       <c r="W62" s="20">
-        <v>1357</v>
+        <v>6912</v>
       </c>
       <c r="X62" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A63" s="17" t="s">
-        <v>214</v>
+        <v>241</v>
       </c>
       <c r="B63" s="28">
-        <v>15722</v>
+        <v>1023802</v>
       </c>
       <c r="C63" s="23" t="s">
         <v>39</v>
       </c>
       <c r="D63" s="28" t="s">
-        <v>215</v>
+        <v>242</v>
       </c>
       <c r="E63" s="18" t="s">
-        <v>216</v>
+        <v>243</v>
       </c>
       <c r="F63" s="24">
-        <v>52835122.670000002</v>
+        <v>46570239.450000003</v>
       </c>
       <c r="G63" s="24">
-        <v>25279963</v>
+        <v>6336087</v>
       </c>
       <c r="H63" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I63" s="18" t="s">
-        <v>48</v>
+        <v>107</v>
       </c>
       <c r="J63" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L63" s="18" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="M63" s="32" t="s">
         <v>33</v>
       </c>
-      <c r="N63" s="18" t="s">
-[...2 lines deleted...]
-      <c r="O63" s="18">
+      <c r="U63" s="34">
+        <v>613950</v>
+      </c>
+      <c r="V63" s="34">
+        <v>3536399.5</v>
+      </c>
+      <c r="W63" s="20">
+        <v>1560</v>
+      </c>
+      <c r="X63" s="18">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="64" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A64" s="17" t="s">
+        <v>210</v>
+      </c>
+      <c r="B64" s="28">
+        <v>15722</v>
+      </c>
+      <c r="C64" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="D64" s="28" t="s">
+        <v>211</v>
+      </c>
+      <c r="E64" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="F64" s="24">
+        <v>54351920.450000003</v>
+      </c>
+      <c r="G64" s="24">
+        <v>25279963</v>
+      </c>
+      <c r="H64" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="I64" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="J64" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="L64" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="M64" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="N64" s="18" t="s">
+        <v>167</v>
+      </c>
+      <c r="O64" s="18">
         <v>20210621</v>
       </c>
-      <c r="P63" s="18" t="s">
-[...12 lines deleted...]
-        <v>11</v>
+      <c r="P64" s="18" t="s">
+        <v>57</v>
+      </c>
+      <c r="U64" s="34">
+        <v>10200580</v>
+      </c>
+      <c r="V64" s="34">
+        <v>11965079</v>
+      </c>
+      <c r="W64" s="20">
+        <v>10063</v>
+      </c>
+      <c r="X64" s="18">
+        <v>12</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A10:X63" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
+  <autoFilter ref="A10:X64" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>TSX CT Issuers November 2025</vt:lpstr>
-      <vt:lpstr>TSXV CT Issuers November 2025</vt:lpstr>
+      <vt:lpstr>TSX CT Issuers December 2025</vt:lpstr>
+      <vt:lpstr>TSXV CT Issuers December 2025</vt:lpstr>
       <vt:lpstr>TSX_2012</vt:lpstr>
       <vt:lpstr>TSXV_2012</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>TSX Group Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>TSX Group Inc.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="{A44787D4-0540-4523-9961-78E4036D8C6D}">
     <vt:lpwstr>{F923EDEE-0537-42CE-BA9F-51E936965D43}</vt:lpwstr>