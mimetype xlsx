--- v0 (2025-11-03)
+++ v1 (2026-02-04)
@@ -1,136 +1,134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2025\08_August 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2025\12_December 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B59B5DE2-CCB1-4504-B08A-793973554996}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A3662ABA-215C-4A43-87D5-C3C4BF1B940F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="_CIQHiddenCacheSheet" sheetId="14" state="veryHidden" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="TSXV Tech Issuers August 2025" sheetId="2" r:id="rId3"/>
+    <sheet name="TSX Tech Issuers December 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="TSXV Tech Issuers December 2025" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'TSX Tech Issuers August 2025'!$A$10:$Y$65</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'TSXV Tech Issuers August 2025'!$A$10:$Z$147</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'TSX Tech Issuers December 2025'!$A$10:$Y$64</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'TSXV Tech Issuers December 2025'!$A$10:$Z$146</definedName>
     <definedName name="CIQWBGuid" hidden="1">"5a656fc2-e634-467d-ae07-9931c0de23ac"</definedName>
     <definedName name="IQ_ADDIN" hidden="1">"AUTO"</definedName>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_DNTM" hidden="1">700000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
     <definedName name="IQ_LTMMONTH" hidden="1">120000</definedName>
     <definedName name="IQ_MONTH">15000</definedName>
     <definedName name="IQ_MTD" hidden="1">800000</definedName>
     <definedName name="IQ_NAMES_REVISION_DATE_" hidden="1">45719.8028125</definedName>
     <definedName name="IQ_NTM">6000</definedName>
     <definedName name="IQ_QTD" hidden="1">750000</definedName>
     <definedName name="IQ_TODAY" hidden="1">0</definedName>
     <definedName name="IQ_WEEK">50000</definedName>
     <definedName name="IQ_YTD">3000</definedName>
     <definedName name="IQ_YTDMONTH" hidden="1">130000</definedName>
-    <definedName name="TSX_2012">'TSX Tech Issuers August 2025'!$B$10:$Y$10</definedName>
-    <definedName name="TSXV_2012">'TSXV Tech Issuers August 2025'!$10:$10</definedName>
+    <definedName name="TSX_2012">'TSX Tech Issuers December 2025'!$B$10:$Y$10</definedName>
+    <definedName name="TSXV_2012">'TSXV Tech Issuers December 2025'!$10:$10</definedName>
   </definedNames>
-  <calcPr calcId="191029" iterateDelta="9.9999999999994451E-4"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D8" i="2" l="1"/>
   <c r="F8" i="2"/>
   <c r="C8" i="1"/>
   <c r="E8" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2040" uniqueCount="700">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2015" uniqueCount="688">
   <si>
     <t>Exchange</t>
   </si>
   <si>
     <t xml:space="preserve">and we are not responsible for any errors or omissions in or your use of, or reliance on, the information provided. </t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Root
 Ticker</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>Listing Type</t>
   </si>
   <si>
     <t>HQ
 Location</t>
   </si>
   <si>
     <t>HQ
@@ -202,98 +200,80 @@
   </si>
   <si>
     <t>S&amp;P/TSX Index</t>
   </si>
   <si>
     <t>Interlisted I</t>
   </si>
   <si>
     <t>Trading 
 on OTC</t>
   </si>
   <si>
     <t>Listing Date</t>
   </si>
   <si>
     <t>Number of Issuers</t>
   </si>
   <si>
     <t>Total Market Cap (C$)</t>
   </si>
   <si>
     <t>S&amp;P/TSX Venture 
 Composite Index</t>
   </si>
   <si>
-    <t>AwABTANDQUQBSP////8BUB8AAAAtQ0lRLklRMTY4MzU3MDU2OC5JUV9DTE9TRVBSSUNFLjA2LzI5LzIwMjMuQ0FEAQAAAIg/WWQDAAAAAAAhn9yefYjbCH3nRz1+iNsILUNJUS5JUTE2ODM1NzA1NjguSVFfQ0xPU0VQUklDRS4wNi8zMC8yMDIzLkNBRAEAAACIP1lkAwAAAAAAxhS6mn2I2wg228GafYjbCCxDSVEuSVEyMjU0MTIyNTYuSVFfQ0xPU0VQUklDRS4wNi8zMC8yMDIzLkNBRAEAAACghG8NAgAAAAQ4LjY1AMYUupp9iNsI2kPQeX+I2wgsQ0lRLklRNjk4NDAwMjUwLklRX0NMT1NFUFJJQ0UuMDYvMzAvMjAyMy5DQUQBAAAA+r2gKQIAAAABMwDGFLqafYjbCDvACel/iNsIK0NJUS5JUTIyOTU1NzUwLklRX0NMT1NFUFJJQ0UuMDYvMzAvMjAyMy5DQUQBAAAA5kZeAQIAAAAEOC4yNgDGFLqafYjbCGCXznl/iNsILENJUS5JUTYzMDQ5MTI5NC5JUV9DTE9TRVBSSUNFLjA2LzMwLzIwMjMuQ0FEAQAAAJ6IlCUCAAAABDMuNjcAxhS6mn2I2whFDM95f4jbCCxDSVEuSVE3MDg2ODEzODguSVFfQ0xPU0VQUklDRS4wNi8zMC8yMDIzLkNBRAEAAACsnj0qAgAAAAQ4LjE3AMYUupp9iNsIIVrPeX+I2wgqQ0lRLklRNjM3MDI2Ny5JUV9DTE9TRVBSSUNFLjA2LzMwLzIwMjMuQ0FEAQAAANszYQACAAAACTIwLjEwMTM1NgDGFLqafYjbCOAd0Hl/iNsIKkNJUS5JUTk0MTI3NzYuSVFfQ0xPU0VQUklDRS4wNi8zMC8y</t>
-[...10 lines deleted...]
-  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>ON</t>
   </si>
   <si>
     <t>IPO</t>
   </si>
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Software</t>
   </si>
   <si>
     <t>TSX</t>
   </si>
   <si>
     <t>TSX Comedown</t>
   </si>
   <si>
     <t>V-04204</t>
   </si>
   <si>
-    <t>01 Communique Laboratory Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>ONE</t>
   </si>
   <si>
     <t>TSXV</t>
   </si>
   <si>
-    <t>© 2025 TSX Inc. All Rights Reserved. Do not copy, distribute, sell or modify this document without TSX Inc.'s prior written consent.</t>
-[...1 lines deleted...]
-  <si>
     <t>Blockchain/Cryptocurrency</t>
   </si>
   <si>
     <t>QC</t>
   </si>
   <si>
     <t>BC</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>TSXV Grad</t>
   </si>
   <si>
     <t>Y</t>
   </si>
   <si>
     <t>AB</t>
   </si>
   <si>
     <t>Latin America</t>
   </si>
   <si>
     <t>Energy Services</t>
@@ -625,53 +605,50 @@
   <si>
     <t>Enthusiast Gaming Holdings Inc.</t>
   </si>
   <si>
     <t>EGLX</t>
   </si>
   <si>
     <t>EVE0007</t>
   </si>
   <si>
     <t>Evertz Technologies Limited</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>CIR0004</t>
   </si>
   <si>
     <t>Firan Technology Group Corporation</t>
   </si>
   <si>
     <t>FTG</t>
   </si>
   <si>
-    <t>KY</t>
-[...1 lines deleted...]
-  <si>
     <t>Mining Services</t>
   </si>
   <si>
     <t>HAI0001</t>
   </si>
   <si>
     <t>Haivision Systems Inc.</t>
   </si>
   <si>
     <t>HAI</t>
   </si>
   <si>
     <t>V-04063</t>
   </si>
   <si>
     <t>Hut 8 Corp.</t>
   </si>
   <si>
     <t>HUT</t>
   </si>
   <si>
     <t>Reno</t>
   </si>
   <si>
     <t>V-04034</t>
@@ -820,59 +797,50 @@
   <si>
     <t>Sylogist Ltd.</t>
   </si>
   <si>
     <t>SYZ</t>
   </si>
   <si>
     <t>TEC0013</t>
   </si>
   <si>
     <t>TECSYS Inc.</t>
   </si>
   <si>
     <t>TCS</t>
   </si>
   <si>
     <t>TEL0025</t>
   </si>
   <si>
     <t>Telesat Corporation</t>
   </si>
   <si>
     <t>TSAT</t>
   </si>
   <si>
-    <t>TEL0024</t>
-[...7 lines deleted...]
-  <si>
     <t>THI0005</t>
   </si>
   <si>
     <t>Thinkific Labs Inc.</t>
   </si>
   <si>
     <t>THNC</t>
   </si>
   <si>
     <t>TUC0002</t>
   </si>
   <si>
     <t>Tucows Inc.</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>VA</t>
   </si>
   <si>
     <t>VCO0001</t>
   </si>
   <si>
     <t>Vecima Networks Inc.</t>
@@ -970,53 +938,50 @@
   <si>
     <t>CMI</t>
   </si>
   <si>
     <t>V-00309</t>
   </si>
   <si>
     <t>Visionstate Corp.</t>
   </si>
   <si>
     <t>VIS</t>
   </si>
   <si>
     <t>V-00385</t>
   </si>
   <si>
     <t>Namsys Inc.</t>
   </si>
   <si>
     <t>CTZ</t>
   </si>
   <si>
     <t>V-00418</t>
   </si>
   <si>
-    <t>Identillect Technologies Corp.</t>
-[...1 lines deleted...]
-  <si>
     <t>San Juan Capistrano</t>
   </si>
   <si>
     <t>V-00489</t>
   </si>
   <si>
     <t>LQWD Technologies Corp.</t>
   </si>
   <si>
     <t>LQWD</t>
   </si>
   <si>
     <t>V-00540</t>
   </si>
   <si>
     <t>Martello Technologies Group Inc.</t>
   </si>
   <si>
     <t>MTLO</t>
   </si>
   <si>
     <t>V-00550</t>
   </si>
   <si>
     <t>DIAGNOS Inc.</t>
@@ -1084,59 +1049,50 @@
   <si>
     <t>BlockchainK2 Corp.</t>
   </si>
   <si>
     <t>BITK</t>
   </si>
   <si>
     <t>V-01123</t>
   </si>
   <si>
     <t>Playgon Games Inc.</t>
   </si>
   <si>
     <t>DEAL</t>
   </si>
   <si>
     <t>V-01124</t>
   </si>
   <si>
     <t>Jackpot Digital Inc.</t>
   </si>
   <si>
     <t>JJ</t>
   </si>
   <si>
-    <t>V-01290</t>
-[...7 lines deleted...]
-  <si>
     <t>V-01320</t>
   </si>
   <si>
     <t>ZoomAway Technologies Inc.</t>
   </si>
   <si>
     <t>ZMA</t>
   </si>
   <si>
     <t>V-01323</t>
   </si>
   <si>
     <t>Yangaroo Inc.</t>
   </si>
   <si>
     <t>YOO</t>
   </si>
   <si>
     <t>V-01335</t>
   </si>
   <si>
     <t>NTG Clarity Networks Inc.</t>
   </si>
   <si>
     <t>NCI</t>
@@ -1156,107 +1112,86 @@
   <si>
     <t>AnalytixInsight Inc.</t>
   </si>
   <si>
     <t>ALY</t>
   </si>
   <si>
     <t>V-01482</t>
   </si>
   <si>
     <t>Enablence Technologies Inc.</t>
   </si>
   <si>
     <t>ENA</t>
   </si>
   <si>
     <t>V-01553</t>
   </si>
   <si>
     <t>Hive Digital Technologies Ltd.</t>
   </si>
   <si>
     <t>HIVE</t>
   </si>
   <si>
-    <t>V-01631</t>
-[...7 lines deleted...]
-  <si>
     <t>V-01675</t>
   </si>
   <si>
     <t>RenoWorks Software Inc.</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>V-01683</t>
   </si>
   <si>
     <t>Fintech Select Ltd.</t>
   </si>
   <si>
     <t>FTEC</t>
   </si>
   <si>
     <t>V-01718</t>
   </si>
   <si>
     <t>Route1 Inc.</t>
   </si>
   <si>
     <t>ROI</t>
   </si>
   <si>
     <t>V-01730</t>
   </si>
   <si>
     <t>BlockMint Technologies Inc.</t>
   </si>
   <si>
     <t>BKMT</t>
   </si>
   <si>
-    <t>V-01751</t>
-[...10 lines deleted...]
-  <si>
     <t>V-01794</t>
   </si>
   <si>
     <t>BeWhere Holdings Inc.</t>
   </si>
   <si>
     <t>BEW</t>
   </si>
   <si>
     <t>V-01833</t>
   </si>
   <si>
     <t>BlueRush Inc.</t>
   </si>
   <si>
     <t>BTV</t>
   </si>
   <si>
     <t>V-01875</t>
   </si>
   <si>
     <t>Venzee Technologies Inc.</t>
   </si>
   <si>
     <t>VENZ</t>
@@ -1273,83 +1208,80 @@
   <si>
     <t>Total Telcom Inc.</t>
   </si>
   <si>
     <t>TTZ</t>
   </si>
   <si>
     <t>V-01988</t>
   </si>
   <si>
     <t>Totally Hip Technologies Inc.</t>
   </si>
   <si>
     <t>THP</t>
   </si>
   <si>
     <t>V-02040</t>
   </si>
   <si>
     <t>Oculus Inc.</t>
   </si>
   <si>
     <t>OVT</t>
   </si>
   <si>
+    <t>V-02046</t>
+  </si>
+  <si>
+    <t>Uniserve Communications Corporation</t>
+  </si>
+  <si>
+    <t>USS</t>
+  </si>
+  <si>
     <t>V-02333</t>
   </si>
   <si>
     <t>Darelle Online Solutions Inc.</t>
   </si>
   <si>
     <t>DAR</t>
   </si>
   <si>
     <t>V-02434</t>
   </si>
   <si>
     <t>Avante Corp.</t>
   </si>
   <si>
     <t>XX</t>
   </si>
   <si>
-    <t>V-02599</t>
-[...7 lines deleted...]
-  <si>
     <t>V-02601</t>
   </si>
   <si>
-    <t>Personas Social Incorporated</t>
-[...1 lines deleted...]
-  <si>
     <t>V-02744</t>
   </si>
   <si>
     <t>Water Ways Technologies Inc.</t>
   </si>
   <si>
     <t>WWT</t>
   </si>
   <si>
     <t>V-02833</t>
   </si>
   <si>
     <t>DeepMarkit Corp.</t>
   </si>
   <si>
     <t>MKT</t>
   </si>
   <si>
     <t>V-02875</t>
   </si>
   <si>
     <t>Quantum eMotion Corp.</t>
   </si>
   <si>
     <t>QNC</t>
@@ -1546,53 +1478,50 @@
   <si>
     <t>DMGI</t>
   </si>
   <si>
     <t>V-04106</t>
   </si>
   <si>
     <t>Ameritrust Financial Technologies Inc.</t>
   </si>
   <si>
     <t>AMT</t>
   </si>
   <si>
     <t>V-04130</t>
   </si>
   <si>
     <t>Liberty Defense Holdings, Ltd.</t>
   </si>
   <si>
     <t>SCAN</t>
   </si>
   <si>
     <t>V-04138</t>
   </si>
   <si>
-    <t>Carbeeza Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>AUTO</t>
   </si>
   <si>
     <t>San Diego</t>
   </si>
   <si>
     <t>V-04198</t>
   </si>
   <si>
     <t>Zoomd Technologies Ltd.</t>
   </si>
   <si>
     <t>ZOMD</t>
   </si>
   <si>
     <t>V-04242</t>
   </si>
   <si>
     <t>EQ Inc.</t>
   </si>
   <si>
     <t>EQ</t>
   </si>
   <si>
     <t>V-04259</t>
@@ -1606,56 +1535,50 @@
   <si>
     <t>Zonetail Inc.</t>
   </si>
   <si>
     <t>ZONE</t>
   </si>
   <si>
     <t>V-04277</t>
   </si>
   <si>
     <t>Novra Technologies Inc.</t>
   </si>
   <si>
     <t>NVI</t>
   </si>
   <si>
     <t>WI</t>
   </si>
   <si>
     <t>V-04292</t>
   </si>
   <si>
     <t>V-04320</t>
   </si>
   <si>
-    <t>Lite Access Technologies Inc.</t>
-[...4 lines deleted...]
-  <si>
     <t>V-04339</t>
   </si>
   <si>
     <t>Cryptostar Corp.</t>
   </si>
   <si>
     <t>CSTR</t>
   </si>
   <si>
     <t>V-04361</t>
   </si>
   <si>
     <t>EarthLabs Inc.</t>
   </si>
   <si>
     <t>SPOT</t>
   </si>
   <si>
     <t>V-04375</t>
   </si>
   <si>
     <t>Astron Connect Inc.</t>
   </si>
   <si>
     <t>AST</t>
@@ -2026,50 +1949,53 @@
   <si>
     <t>CyberCatch Holdings, Inc.</t>
   </si>
   <si>
     <t>CYBE</t>
   </si>
   <si>
     <t>V-04787</t>
   </si>
   <si>
     <t>Minehub Technologies Inc.</t>
   </si>
   <si>
     <t>MHUB</t>
   </si>
   <si>
     <t>V-04798</t>
   </si>
   <si>
     <t>Rivalry Corp.</t>
   </si>
   <si>
     <t>RVLY</t>
   </si>
   <si>
+    <t>V-04806</t>
+  </si>
+  <si>
     <t>V-04814</t>
   </si>
   <si>
     <t>Wellfield Technologies Inc.</t>
   </si>
   <si>
     <t>WFLD</t>
   </si>
   <si>
     <t>V-04869</t>
   </si>
   <si>
     <t>FRNT Financial Inc.</t>
   </si>
   <si>
     <t>FRNT</t>
   </si>
   <si>
     <t>V-04884</t>
   </si>
   <si>
     <t>Clip Money Inc.</t>
   </si>
   <si>
     <t>CLIP</t>
@@ -2188,69 +2114,105 @@
   <si>
     <t>KDOZ</t>
   </si>
   <si>
     <t>KEEK</t>
   </si>
   <si>
     <t>DEFSEC Technologies Inc.</t>
   </si>
   <si>
     <t>DFSC</t>
   </si>
   <si>
     <t>V-5071</t>
   </si>
   <si>
     <t>xTAO Inc.</t>
   </si>
   <si>
     <t>XTAO</t>
   </si>
   <si>
     <t>2025 TSX30</t>
   </si>
   <si>
+    <t>Agereh Technologies Inc.</t>
+  </si>
+  <si>
+    <t>01 Quantum Inc.</t>
+  </si>
+  <si>
+    <t>Secure Blockchain Development Corp.</t>
+  </si>
+  <si>
+    <t>Keek Social Inc.</t>
+  </si>
+  <si>
+    <t>Ironman International Ltd.</t>
+  </si>
+  <si>
+    <t>IMI</t>
+  </si>
+  <si>
     <t>Market Cap (C$)
-31-August-2025</t>
+31-December-2025</t>
   </si>
   <si>
     <t>O/S Shares
-31-August-2025</t>
+31-December-2025</t>
   </si>
   <si>
     <t>Volume YTD
-31-August-2025</t>
+31-December-2025</t>
   </si>
   <si>
     <t>Value (C$) YTD
-31-August-2025</t>
+31-December-2025</t>
   </si>
   <si>
     <t>Number of 
 Trades YTD
-31-August-2025</t>
+31-December-2025</t>
+  </si>
+  <si>
+    <t>V-5085</t>
+  </si>
+  <si>
+    <t>TenX Protocols Inc.</t>
+  </si>
+  <si>
+    <t>TNX</t>
+  </si>
+  <si>
+    <t>Paragon Advanced Labs Inc.</t>
+  </si>
+  <si>
+    <t>PALS</t>
+  </si>
+  <si>
+    <t>© 2026 TSX Inc. All Rights Reserved. Do not copy, distribute, sell or modify this document without TSX Inc.'s prior written consent.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -2554,51 +2516,51 @@
     <cellStyle name="TextNormal" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFF00"/>
           <bgColor rgb="FF000000"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2842,105 +2804,75 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...28 lines deleted...]
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:Y65"/>
+  <dimension ref="A1:Y64"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1"/>
+      <selection activeCell="B10" sqref="B10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="17" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="12.5703125" style="17" customWidth="1"/>
     <col min="3" max="3" width="71.140625" style="17" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.85546875" style="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.7109375" style="20" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="25.85546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="23.42578125" style="18" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="32.28515625" style="19" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="22.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="13.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="12" max="14" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="11.42578125" style="18" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="12.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="11.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="17.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="17.140625" style="18" customWidth="1"/>
     <col min="20" max="20" width="15.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="16.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="17.7109375" style="19" bestFit="1" customWidth="1"/>
     <col min="23" max="24" width="17.7109375" style="20" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="15.28515625" style="20" bestFit="1" customWidth="1"/>
     <col min="26" max="16384" width="9.140625" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B1" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="6"/>
       <c r="F1" s="4"/>
@@ -2971,51 +2903,51 @@
       <c r="D2" s="1"/>
       <c r="E2" s="4"/>
       <c r="F2" s="6"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="6"/>
       <c r="W2" s="6"/>
       <c r="X2" s="6"/>
       <c r="Y2" s="6"/>
     </row>
     <row r="3" spans="1:25" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B3" s="2" t="s">
-        <v>48</v>
+        <v>687</v>
       </c>
       <c r="D3" s="1"/>
       <c r="E3" s="4"/>
       <c r="F3" s="6"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="6"/>
       <c r="W3" s="6"/>
       <c r="X3" s="6"/>
       <c r="Y3" s="6"/>
     </row>
     <row r="4" spans="1:25" s="12" customFormat="1" ht="3.4" customHeight="1" x14ac:dyDescent="0.2">
@@ -3107,57 +3039,57 @@
       <c r="E7" s="45"/>
       <c r="F7" s="46"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="6"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
     </row>
     <row r="8" spans="1:25" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="1"/>
       <c r="C8" s="38">
-        <f>SUBTOTAL(3,C11:C65)</f>
-        <v>55</v>
+        <f>SUBTOTAL(3,C11:C64)</f>
+        <v>54</v>
       </c>
       <c r="D8" s="39"/>
       <c r="E8" s="40">
-        <f>SUBTOTAL(9,E11:E65)</f>
-        <v>480278037619.10498</v>
+        <f>SUBTOTAL(9,E11:E64)</f>
+        <v>500260692279.97498</v>
       </c>
       <c r="F8" s="41"/>
       <c r="G8" s="1"/>
       <c r="H8" s="58"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="6"/>
       <c r="W8" s="6"/>
       <c r="X8" s="6"/>
       <c r="Y8" s="6"/>
     </row>
     <row r="9" spans="1:25" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B9" s="1"/>
       <c r="C9" s="3"/>
@@ -3176,3178 +3108,3128 @@
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="6"/>
       <c r="W9" s="6"/>
       <c r="X9" s="6"/>
       <c r="Y9" s="6"/>
     </row>
     <row r="10" spans="1:25" s="13" customFormat="1" ht="39" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>3</v>
       </c>
       <c r="E10" s="16" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="F10" s="16" t="s">
-        <v>696</v>
+        <v>678</v>
       </c>
       <c r="G10" s="15" t="s">
         <v>10</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>4</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>11</v>
       </c>
       <c r="J10" s="15" t="s">
         <v>6</v>
       </c>
       <c r="K10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="L10" s="13" t="s">
         <v>5</v>
       </c>
       <c r="M10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="15" t="s">
         <v>27</v>
       </c>
       <c r="O10" s="15" t="s">
         <v>28</v>
       </c>
       <c r="P10" s="15" t="s">
         <v>8</v>
       </c>
       <c r="Q10" s="15" t="s">
         <v>9</v>
       </c>
       <c r="R10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="S10" s="13" t="s">
-        <v>694</v>
+        <v>670</v>
       </c>
       <c r="T10" s="13" t="s">
         <v>16</v>
       </c>
       <c r="U10" s="13" t="s">
         <v>24</v>
       </c>
       <c r="V10" s="16" t="s">
-        <v>697</v>
+        <v>679</v>
       </c>
       <c r="W10" s="16" t="s">
-        <v>698</v>
+        <v>680</v>
       </c>
       <c r="X10" s="16" t="s">
-        <v>699</v>
+        <v>681</v>
       </c>
       <c r="Y10" s="16" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:25" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A11" s="17" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="B11" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C11" s="17" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="D11" s="18" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="E11" s="20">
-        <v>15171763.75</v>
+        <v>8501787.6999999993</v>
       </c>
       <c r="F11" s="20">
-        <v>60687055</v>
+        <v>60727055</v>
       </c>
       <c r="G11" s="18" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="H11" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J11" s="18" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="K11" s="18" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="L11" s="18" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="M11" s="18">
         <v>20210304</v>
       </c>
       <c r="O11" s="18" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="P11" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="Q11" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="U11" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="V11" s="19">
-        <v>6142281</v>
+        <v>8159540</v>
       </c>
       <c r="W11" s="20">
-        <v>1717856.5</v>
+        <v>2132668</v>
       </c>
       <c r="X11" s="20">
-        <v>1717</v>
+        <v>2286</v>
       </c>
       <c r="Y11" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A12" s="17" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="B12" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C12" s="17" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="D12" s="18" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="E12" s="20">
-        <v>162143226</v>
+        <v>154032924.28</v>
       </c>
       <c r="F12" s="20">
-        <v>92653272</v>
+        <v>92235284</v>
       </c>
       <c r="G12" s="18" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="H12" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J12" s="18" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="K12" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L12" s="18" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="M12" s="18">
         <v>20181102</v>
       </c>
       <c r="V12" s="19">
-        <v>9044528</v>
+        <v>15763194</v>
       </c>
       <c r="W12" s="20">
-        <v>19180695.5</v>
+        <v>30952486</v>
       </c>
       <c r="X12" s="20">
-        <v>15008</v>
+        <v>27751</v>
       </c>
       <c r="Y12" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A13" s="17" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="B13" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C13" s="17" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D13" s="18" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="E13" s="20">
-        <v>2660856299.8800001</v>
+        <v>2452643304.2800002</v>
       </c>
       <c r="F13" s="20">
-        <v>43188708</v>
+        <v>43248868</v>
       </c>
       <c r="G13" s="18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H13" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J13" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K13" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L13" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M13" s="18">
         <v>20050518</v>
       </c>
       <c r="R13" s="18" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="V13" s="19">
-        <v>21296463</v>
+        <v>38467419</v>
       </c>
       <c r="W13" s="20">
-        <v>1163125712</v>
+        <v>2113379450</v>
       </c>
       <c r="X13" s="20">
-        <v>152347</v>
+        <v>252606</v>
       </c>
       <c r="Y13" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A14" s="17" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="B14" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C14" s="17" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D14" s="18" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="E14" s="20">
-        <v>53509209.659999996</v>
+        <v>44036238.060000002</v>
       </c>
       <c r="F14" s="20">
-        <v>152579388</v>
+        <v>152699181</v>
       </c>
       <c r="G14" s="18" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="H14" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J14" s="18" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="K14" s="18" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="L14" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M14" s="18">
         <v>20131127</v>
       </c>
       <c r="O14" s="18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="U14" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="V14" s="19">
-        <v>7733850</v>
+        <v>13457714</v>
       </c>
       <c r="W14" s="20">
-        <v>2427663</v>
+        <v>4453024</v>
       </c>
       <c r="X14" s="20">
-        <v>2121</v>
+        <v>4171</v>
       </c>
       <c r="Y14" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A15" s="17" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="B15" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C15" s="17" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="D15" s="18" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="E15" s="20">
-        <v>1017759080.49</v>
+        <v>1931309009.78</v>
       </c>
       <c r="F15" s="20">
-        <v>556152503</v>
+        <v>597928486</v>
       </c>
       <c r="G15" s="18" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="H15" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I15" s="18" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="J15" s="18" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="K15" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L15" s="18" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="M15" s="18">
         <v>20220408</v>
       </c>
       <c r="N15" s="18" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="P15" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
+      </c>
+      <c r="R15" s="18" t="s">
+        <v>58</v>
       </c>
       <c r="U15" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="V15" s="19">
-        <v>368742631</v>
+        <v>1105964476</v>
       </c>
       <c r="W15" s="20">
-        <v>631105398.5</v>
+        <v>4222540493</v>
       </c>
       <c r="X15" s="20">
-        <v>261402</v>
+        <v>1042915</v>
       </c>
       <c r="Y15" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A16" s="17" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="B16" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C16" s="17" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="D16" s="18" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="E16" s="20">
-        <v>3125104108.1399999</v>
+        <v>3058231109.0799999</v>
       </c>
       <c r="F16" s="20">
-        <v>592998882</v>
+        <v>590392106</v>
       </c>
       <c r="G16" s="18" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="H16" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J16" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K16" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L16" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M16" s="18">
         <v>19971028</v>
       </c>
       <c r="N16" s="18" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="R16" s="18" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="V16" s="19">
-        <v>385842413</v>
+        <v>579767591</v>
       </c>
       <c r="W16" s="20">
-        <v>2295788366.5</v>
+        <v>3470606761</v>
       </c>
       <c r="X16" s="20">
-        <v>628453</v>
+        <v>926680</v>
       </c>
       <c r="Y16" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A17" s="17" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="B17" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C17" s="17" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="D17" s="18" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="E17" s="20">
-        <v>600292810.72000003</v>
+        <v>560996244.89999998</v>
       </c>
       <c r="F17" s="20">
-        <v>86747516</v>
+        <v>86976162</v>
       </c>
       <c r="G17" s="18" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="H17" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J17" s="18" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="K17" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L17" s="18" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="M17" s="18">
         <v>20210611</v>
       </c>
       <c r="P17" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="Q17" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="V17" s="19">
-        <v>11118760</v>
+        <v>15899859</v>
       </c>
       <c r="W17" s="20">
-        <v>75726139</v>
+        <v>109605399</v>
       </c>
       <c r="X17" s="20">
-        <v>24435</v>
+        <v>42403</v>
       </c>
       <c r="Y17" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A18" s="17" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="B18" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C18" s="17" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="D18" s="18" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="E18" s="20">
-        <v>92659033.400000006</v>
+        <v>72123788.159999996</v>
       </c>
       <c r="F18" s="20">
         <v>25042982</v>
       </c>
       <c r="G18" s="18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H18" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I18" s="18" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="J18" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K18" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L18" s="18" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="M18" s="18">
         <v>20210127</v>
       </c>
       <c r="N18" s="18" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="P18" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="Q18" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="V18" s="19">
-        <v>3175876</v>
+        <v>4644417</v>
       </c>
       <c r="W18" s="20">
-        <v>18873164</v>
+        <v>23865837</v>
       </c>
       <c r="X18" s="20">
-        <v>16464</v>
+        <v>22964</v>
       </c>
       <c r="Y18" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A19" s="17" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="B19" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C19" s="17" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="D19" s="18" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="E19" s="20">
-        <v>11876491667.389999</v>
+        <v>13419692329.360001</v>
       </c>
       <c r="F19" s="20">
-        <v>320726213</v>
+        <v>321506764</v>
       </c>
       <c r="G19" s="18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H19" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J19" s="18" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="K19" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L19" s="18" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="M19" s="18">
         <v>19610320</v>
       </c>
       <c r="N19" s="18" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="R19" s="18">
         <v>60</v>
       </c>
       <c r="V19" s="19">
-        <v>113819316</v>
+        <v>168948422</v>
       </c>
       <c r="W19" s="20">
-        <v>4092511507</v>
+        <v>6234913390.5</v>
       </c>
       <c r="X19" s="20">
-        <v>586480</v>
+        <v>842130</v>
       </c>
       <c r="Y19" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A20" s="17" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="B20" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C20" s="17" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="D20" s="18" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="E20" s="20">
-        <v>603619223.20000005</v>
+        <v>633048145.27999997</v>
       </c>
       <c r="F20" s="20">
-        <v>11346226</v>
+        <v>11402164</v>
       </c>
       <c r="G20" s="18" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="H20" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J20" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K20" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M20" s="18">
         <v>19930915</v>
       </c>
       <c r="V20" s="19">
-        <v>5837994</v>
+        <v>8235295</v>
       </c>
       <c r="W20" s="20">
-        <v>264284631.5</v>
+        <v>391067285.5</v>
       </c>
       <c r="X20" s="20">
-        <v>36248</v>
+        <v>51932</v>
       </c>
       <c r="Y20" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A21" s="17" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="B21" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C21" s="17" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D21" s="18" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="E21" s="20">
-        <v>30771243237.5</v>
+        <v>46690007081.849998</v>
       </c>
       <c r="F21" s="20">
-        <v>115032685</v>
+        <v>114997185</v>
       </c>
       <c r="G21" s="18" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="H21" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J21" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K21" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M21" s="18">
         <v>19980707</v>
       </c>
       <c r="N21" s="18" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>61</v>
+      </c>
+      <c r="R21" s="18">
+        <v>60</v>
       </c>
       <c r="S21" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="V21" s="19">
-        <v>158082742</v>
+        <v>225444874</v>
       </c>
       <c r="W21" s="20">
-        <v>27215386085</v>
+        <v>53498370856.5</v>
       </c>
       <c r="X21" s="20">
-        <v>1167285</v>
+        <v>1716147</v>
       </c>
       <c r="Y21" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A22" s="17" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="B22" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C22" s="17" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="D22" s="18" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="E22" s="20">
-        <v>26492507842.080002</v>
+        <v>24482644021.439999</v>
       </c>
       <c r="F22" s="20">
-        <v>198654078</v>
+        <v>193111248</v>
       </c>
       <c r="G22" s="18" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="H22" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J22" s="18" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="K22" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M22" s="18">
         <v>19920421</v>
       </c>
       <c r="N22" s="18" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="R22" s="18">
         <v>60</v>
       </c>
       <c r="V22" s="19">
-        <v>72667724</v>
+        <v>116679641</v>
       </c>
       <c r="W22" s="20">
-        <v>10643433209.5</v>
+        <v>16153093858.5</v>
       </c>
       <c r="X22" s="20">
-        <v>468003</v>
+        <v>715688</v>
       </c>
       <c r="Y22" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A23" s="17" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="B23" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C23" s="17" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="D23" s="18" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="E23" s="20">
-        <v>513692732.31999999</v>
+        <v>431848042.19999999</v>
       </c>
       <c r="F23" s="20">
-        <v>82587256</v>
+        <v>82729510</v>
       </c>
       <c r="G23" s="18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H23" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J23" s="18" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="K23" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L23" s="18" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="M23" s="18">
         <v>20031020</v>
       </c>
       <c r="P23" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="V23" s="19">
-        <v>33643729</v>
+        <v>56388997</v>
       </c>
       <c r="W23" s="20">
-        <v>261640031</v>
+        <v>387675335</v>
       </c>
       <c r="X23" s="20">
-        <v>149675</v>
+        <v>243109</v>
       </c>
       <c r="Y23" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A24" s="17" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="B24" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C24" s="17" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="D24" s="18" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="E24" s="20">
-        <v>97019388019.160004</v>
+        <v>70546295514</v>
       </c>
       <c r="F24" s="20">
         <v>26145584</v>
       </c>
       <c r="G24" s="18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H24" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J24" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K24" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L24" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M24" s="18">
         <v>20060517</v>
       </c>
       <c r="R24" s="18">
         <v>60</v>
       </c>
       <c r="V24" s="19">
-        <v>5964146.0599999996</v>
+        <v>11447519.282</v>
       </c>
       <c r="W24" s="20">
-        <v>28024522500.5</v>
+        <v>48007518525</v>
       </c>
       <c r="X24" s="20">
-        <v>119760</v>
+        <v>229276</v>
       </c>
       <c r="Y24" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A25" s="17" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="B25" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C25" s="17" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="D25" s="18" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="E25" s="20">
-        <v>494044855.92000002</v>
+        <v>366336758.98000002</v>
       </c>
       <c r="F25" s="20">
-        <v>56014156</v>
+        <v>55337879</v>
       </c>
       <c r="G25" s="18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H25" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J25" s="18" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="K25" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L25" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M25" s="18">
         <v>20211124</v>
       </c>
       <c r="V25" s="19">
-        <v>22787199</v>
+        <v>42474029</v>
       </c>
       <c r="W25" s="20">
-        <v>162524153</v>
+        <v>299323721</v>
       </c>
       <c r="X25" s="20">
-        <v>93306</v>
+        <v>169654</v>
       </c>
       <c r="Y25" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A26" s="17" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="B26" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C26" s="17" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="D26" s="18" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="E26" s="20">
-        <v>440951302.63</v>
+        <v>368503083.19999999</v>
       </c>
       <c r="F26" s="20">
-        <v>27439409</v>
+        <v>27276320</v>
       </c>
       <c r="G26" s="18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H26" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J26" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K26" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L26" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M26" s="18">
         <v>20211103</v>
       </c>
       <c r="V26" s="19">
-        <v>6247943</v>
+        <v>9255095</v>
       </c>
       <c r="W26" s="20">
-        <v>97421622.5</v>
+        <v>148769108</v>
       </c>
       <c r="X26" s="20">
-        <v>20402</v>
+        <v>32694</v>
       </c>
       <c r="Y26" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A27" s="17" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="B27" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C27" s="17" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="D27" s="18" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="E27" s="20">
-        <v>15108687467.459999</v>
+        <v>15007628629.440001</v>
       </c>
       <c r="F27" s="20">
-        <v>157743657</v>
+        <v>158174838</v>
       </c>
       <c r="G27" s="18" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="H27" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J27" s="18" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="K27" s="18" t="s">
         <v>13</v>
       </c>
       <c r="L27" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M27" s="18">
         <v>20180430</v>
       </c>
       <c r="N27" s="18" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="T27" s="18" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="V27" s="19">
-        <v>3794776</v>
+        <v>4424580</v>
       </c>
       <c r="W27" s="20">
-        <v>321068414.5</v>
+        <v>381374791.5</v>
       </c>
       <c r="X27" s="20">
-        <v>32726</v>
+        <v>37841</v>
       </c>
       <c r="Y27" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A28" s="17" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="B28" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C28" s="17" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="D28" s="18" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="E28" s="20">
-        <v>94481568.525000006</v>
+        <v>209336345.59999999</v>
       </c>
       <c r="F28" s="20">
-        <v>222309573</v>
+        <v>222698240</v>
       </c>
       <c r="G28" s="18" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="H28" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J28" s="18" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="K28" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L28" s="18" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="M28" s="18">
         <v>20110401</v>
       </c>
       <c r="P28" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="V28" s="19">
-        <v>74959378</v>
+        <v>138017681</v>
       </c>
       <c r="W28" s="20">
-        <v>19995834.5</v>
+        <v>60565445.5</v>
       </c>
       <c r="X28" s="20">
-        <v>11100</v>
+        <v>26309</v>
       </c>
       <c r="Y28" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A29" s="17" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="B29" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C29" s="17" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="D29" s="18" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="E29" s="20">
-        <v>11794402109.25</v>
+        <v>10353673357.43</v>
       </c>
       <c r="F29" s="20">
-        <v>85933713</v>
+        <v>85986823</v>
       </c>
       <c r="G29" s="18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H29" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J29" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K29" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M29" s="18">
         <v>19980121</v>
       </c>
       <c r="N29" s="18" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="R29" s="18" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="V29" s="19">
-        <v>26561775</v>
+        <v>45618532</v>
       </c>
       <c r="W29" s="20">
-        <v>3919191215.5</v>
+        <v>6353643407.5</v>
       </c>
       <c r="X29" s="20">
-        <v>204389</v>
+        <v>334027</v>
       </c>
       <c r="Y29" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A30" s="17" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="B30" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C30" s="17" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="D30" s="18" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="E30" s="20">
-        <v>1229337059.3900001</v>
+        <v>876202075.90999997</v>
       </c>
       <c r="F30" s="20">
-        <v>28729541</v>
+        <v>28737359</v>
       </c>
       <c r="G30" s="18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H30" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J30" s="18" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="K30" s="18" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="L30" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M30" s="18">
         <v>20191008</v>
       </c>
       <c r="N30" s="18" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="V30" s="19">
-        <v>10760526</v>
+        <v>15133320</v>
       </c>
       <c r="W30" s="20">
-        <v>468323109</v>
+        <v>617721722.5</v>
       </c>
       <c r="X30" s="20">
-        <v>84053</v>
+        <v>117476</v>
       </c>
       <c r="Y30" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A31" s="17" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="B31" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C31" s="17" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="D31" s="18" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="E31" s="20">
-        <v>785228767.88999999</v>
+        <v>280104554.51999998</v>
       </c>
       <c r="F31" s="20">
-        <v>67170981</v>
+        <v>67171356</v>
       </c>
       <c r="G31" s="18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H31" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J31" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K31" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L31" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M31" s="18">
         <v>20200717</v>
       </c>
       <c r="V31" s="19">
-        <v>37950509</v>
+        <v>83824364</v>
       </c>
       <c r="W31" s="20">
-        <v>422877475.5</v>
+        <v>660494172</v>
       </c>
       <c r="X31" s="20">
-        <v>179080</v>
+        <v>335072</v>
       </c>
       <c r="Y31" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A32" s="17" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="B32" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C32" s="17" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="D32" s="18" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="E32" s="20">
-        <v>31644119.800000001</v>
+        <v>23488745.399999999</v>
       </c>
       <c r="F32" s="20">
-        <v>77180780</v>
+        <v>77012280</v>
       </c>
       <c r="G32" s="18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H32" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I32" s="18" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="J32" s="18" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K32" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L32" s="18" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="M32" s="18">
         <v>20210210</v>
       </c>
       <c r="O32" s="18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="P32" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="Q32" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="V32" s="19">
-        <v>13713751</v>
+        <v>18495216</v>
       </c>
       <c r="W32" s="20">
-        <v>5961322.5</v>
+        <v>7770241</v>
       </c>
       <c r="X32" s="20">
-        <v>2757</v>
+        <v>3955</v>
       </c>
       <c r="Y32" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A33" s="17" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="B33" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C33" s="17" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="D33" s="18" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="E33" s="20">
-        <v>1259837563.0899999</v>
+        <v>1114805345.8800001</v>
       </c>
       <c r="F33" s="20">
-        <v>55086907</v>
+        <v>54754683</v>
       </c>
       <c r="G33" s="18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H33" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J33" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K33" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M33" s="18">
         <v>19980226</v>
       </c>
-      <c r="R33" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V33" s="19">
-        <v>20409327</v>
+        <v>36318005</v>
       </c>
       <c r="W33" s="20">
-        <v>503576247.5</v>
+        <v>833314379.5</v>
       </c>
       <c r="X33" s="20">
-        <v>119387</v>
+        <v>198925</v>
       </c>
       <c r="Y33" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A34" s="17" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="B34" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C34" s="17" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="D34" s="18" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="E34" s="20">
-        <v>13529365.255000001</v>
+        <v>6366760.1200000001</v>
       </c>
       <c r="F34" s="20">
         <v>159169003</v>
       </c>
       <c r="G34" s="18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H34" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I34" s="18" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="J34" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K34" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L34" s="18" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="M34" s="18">
         <v>20200127</v>
       </c>
       <c r="P34" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="Q34" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="V34" s="19">
-        <v>21424714</v>
+        <v>32650611</v>
       </c>
       <c r="W34" s="20">
-        <v>1905091.5</v>
+        <v>2590907</v>
       </c>
       <c r="X34" s="20">
-        <v>3563</v>
+        <v>4964</v>
       </c>
       <c r="Y34" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A35" s="17" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="B35" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C35" s="17" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="D35" s="18" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="E35" s="20">
-        <v>913488786</v>
+        <v>1044706172</v>
       </c>
       <c r="F35" s="20">
-        <v>75432600</v>
+        <v>75484550</v>
       </c>
       <c r="G35" s="18" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="H35" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J35" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K35" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L35" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M35" s="18">
         <v>20060629</v>
       </c>
       <c r="V35" s="19">
-        <v>3974998</v>
+        <v>6930424</v>
       </c>
       <c r="W35" s="20">
-        <v>46347608</v>
+        <v>84343693.5</v>
       </c>
       <c r="X35" s="20">
-        <v>21518</v>
+        <v>35292</v>
       </c>
       <c r="Y35" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A36" s="17" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="B36" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C36" s="17" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="D36" s="18" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="E36" s="20">
-        <v>297918292.35000002</v>
+        <v>290752654.5</v>
       </c>
       <c r="F36" s="20">
-        <v>25225935</v>
+        <v>25173390</v>
       </c>
       <c r="G36" s="18" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="H36" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J36" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K36" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M36" s="18">
         <v>19830812</v>
       </c>
       <c r="O36" s="18" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="V36" s="19">
-        <v>7392407</v>
+        <v>12396892</v>
       </c>
       <c r="W36" s="20">
-        <v>71462031.5</v>
+        <v>126841947.5</v>
       </c>
       <c r="X36" s="20">
-        <v>25506</v>
+        <v>48863</v>
       </c>
       <c r="Y36" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A37" s="17" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="B37" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C37" s="17" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="D37" s="18" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="E37" s="20">
-        <v>128229566.40000001</v>
+        <v>142495407.19999999</v>
       </c>
       <c r="F37" s="20">
-        <v>27399480</v>
+        <v>27193780</v>
       </c>
       <c r="G37" s="18" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="H37" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J37" s="18" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="K37" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L37" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M37" s="18">
         <v>20201216</v>
       </c>
       <c r="V37" s="19">
-        <v>4938101</v>
+        <v>6475428</v>
       </c>
       <c r="W37" s="20">
-        <v>23119391</v>
+        <v>30944728</v>
       </c>
       <c r="X37" s="20">
-        <v>10875</v>
+        <v>14570</v>
       </c>
       <c r="Y37" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A38" s="17" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="B38" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C38" s="17" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="D38" s="18" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="E38" s="20">
-        <v>3871729971.27</v>
+        <v>6901346832.2399998</v>
       </c>
       <c r="F38" s="20">
-        <v>105525483</v>
+        <v>109336927</v>
       </c>
       <c r="G38" s="18" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="H38" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I38" s="18" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="J38" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K38" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L38" s="18" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="M38" s="18">
         <v>20191008</v>
       </c>
       <c r="N38" s="18" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="P38" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="Q38" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="V38" s="19">
-        <v>249836039</v>
+        <v>387367692</v>
       </c>
       <c r="W38" s="20">
-        <v>6329676970</v>
+        <v>14180560161</v>
       </c>
       <c r="X38" s="20">
-        <v>993203</v>
+        <v>1786759</v>
       </c>
       <c r="Y38" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A39" s="17" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
       <c r="B39" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C39" s="17" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
       <c r="D39" s="18" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="E39" s="20">
-        <v>76902960.25</v>
+        <v>53636400.479999997</v>
       </c>
       <c r="F39" s="20">
-        <v>51612725</v>
+        <v>51573462</v>
       </c>
       <c r="G39" s="18" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="H39" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J39" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K39" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L39" s="18" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="M39" s="18">
         <v>20190626</v>
       </c>
       <c r="O39" s="18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="P39" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="Q39" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="V39" s="19">
-        <v>14344318</v>
+        <v>20680922</v>
       </c>
       <c r="W39" s="20">
-        <v>29470303.5</v>
+        <v>37086956.5</v>
       </c>
       <c r="X39" s="20">
-        <v>23981</v>
+        <v>36957</v>
       </c>
       <c r="Y39" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A40" s="17" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="B40" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C40" s="17" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="D40" s="18" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="E40" s="20">
-        <v>599543440.79999995</v>
+        <v>869572366.5</v>
       </c>
       <c r="F40" s="20">
-        <v>18689010</v>
+        <v>18700481</v>
       </c>
       <c r="G40" s="18" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="H40" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J40" s="18" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="K40" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L40" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M40" s="18">
         <v>20130709</v>
       </c>
       <c r="V40" s="19">
-        <v>1683816</v>
+        <v>2631455</v>
       </c>
       <c r="W40" s="20">
-        <v>49927507</v>
+        <v>86607367</v>
       </c>
       <c r="X40" s="20">
-        <v>4542</v>
+        <v>8219</v>
       </c>
       <c r="Y40" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A41" s="17" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="B41" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C41" s="17" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="D41" s="18" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="E41" s="20">
-        <v>192062658.69999999</v>
+        <v>132185578.40000001</v>
       </c>
       <c r="F41" s="20">
-        <v>60207730</v>
+        <v>71451664</v>
       </c>
       <c r="G41" s="18" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="H41" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J41" s="18" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="K41" s="18" t="s">
         <v>13</v>
       </c>
       <c r="L41" s="18" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="M41" s="18">
         <v>20040708</v>
       </c>
       <c r="O41" s="18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="P41" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="Q41" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="T41" s="18" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="V41" s="19">
-        <v>13291698</v>
+        <v>24122444</v>
       </c>
       <c r="W41" s="20">
-        <v>32724128</v>
+        <v>62578474</v>
       </c>
       <c r="X41" s="20">
-        <v>33088</v>
+        <v>57835</v>
       </c>
       <c r="Y41" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A42" s="17" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="B42" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C42" s="17" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="D42" s="18" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="E42" s="20">
-        <v>5358865611.2399998</v>
+        <v>4839482956.8000002</v>
       </c>
       <c r="F42" s="20">
-        <v>28268532</v>
+        <v>27960960</v>
       </c>
       <c r="G42" s="18" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="H42" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J42" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K42" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L42" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M42" s="18">
         <v>20140610</v>
       </c>
       <c r="R42" s="18" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="V42" s="19">
-        <v>12557482</v>
+        <v>17479060</v>
       </c>
       <c r="W42" s="20">
-        <v>2225488353</v>
+        <v>3102768574.5</v>
       </c>
       <c r="X42" s="20">
-        <v>100097</v>
+        <v>140853</v>
       </c>
       <c r="Y42" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A43" s="17" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="B43" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C43" s="17" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="D43" s="18" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="E43" s="20">
-        <v>514052670.98000002</v>
+        <v>469878287.63999999</v>
       </c>
       <c r="F43" s="20">
-        <v>95018978</v>
+        <v>95503717</v>
       </c>
       <c r="G43" s="18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H43" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J43" s="18" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="K43" s="18" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="L43" s="18" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="M43" s="18">
         <v>20211115</v>
       </c>
       <c r="O43" s="18" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="P43" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="V43" s="19">
-        <v>15966883</v>
+        <v>25857593</v>
       </c>
       <c r="W43" s="20">
-        <v>96453870</v>
+        <v>146382192</v>
       </c>
       <c r="X43" s="20">
-        <v>31830</v>
+        <v>55339</v>
       </c>
       <c r="Y43" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A44" s="17" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="B44" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C44" s="17" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="D44" s="18" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="E44" s="20">
-        <v>2339451524.2800002</v>
+        <v>2297969447.7600002</v>
       </c>
       <c r="F44" s="20">
-        <v>137776886</v>
+        <v>138766271</v>
       </c>
       <c r="G44" s="18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H44" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J44" s="18" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="K44" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L44" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M44" s="18">
         <v>20190315</v>
       </c>
       <c r="N44" s="18" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="R44" s="18" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="V44" s="19">
-        <v>102308895</v>
+        <v>146874460</v>
       </c>
       <c r="W44" s="20">
-        <v>1669072949.5</v>
+        <v>2410508137</v>
       </c>
       <c r="X44" s="20">
-        <v>469881</v>
+        <v>678672</v>
       </c>
       <c r="Y44" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A45" s="17" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
       <c r="B45" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C45" s="17" t="s">
-        <v>204</v>
+        <v>197</v>
       </c>
       <c r="D45" s="18" t="s">
-        <v>205</v>
+        <v>198</v>
       </c>
       <c r="E45" s="20">
-        <v>5545576622.5</v>
+        <v>3365191466.6399999</v>
       </c>
       <c r="F45" s="20">
-        <v>124872250</v>
+        <v>126321001</v>
       </c>
       <c r="G45" s="18" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="H45" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J45" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K45" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L45" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M45" s="18">
         <v>20210407</v>
       </c>
       <c r="R45" s="18" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="S45" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="V45" s="19">
-        <v>86041449</v>
+        <v>167992826</v>
       </c>
       <c r="W45" s="20">
-        <v>2688568367.5</v>
+        <v>5083762747.5</v>
       </c>
       <c r="X45" s="20">
-        <v>513443</v>
+        <v>930094</v>
       </c>
       <c r="Y45" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A46" s="17" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="B46" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C46" s="17" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="D46" s="18" t="s">
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="E46" s="20">
-        <v>74095180</v>
+        <v>40712971.950000003</v>
       </c>
       <c r="F46" s="20">
-        <v>108963500</v>
+        <v>116322777</v>
       </c>
       <c r="G46" s="18" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="H46" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I46" s="18" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="J46" s="18" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="K46" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L46" s="18" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="M46" s="18">
         <v>20160322</v>
       </c>
       <c r="O46" s="18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="P46" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="V46" s="19">
-        <v>4860697</v>
+        <v>5576518</v>
       </c>
       <c r="W46" s="20">
-        <v>2381152</v>
+        <v>2716709.5</v>
       </c>
       <c r="X46" s="20">
-        <v>1223</v>
+        <v>1508</v>
       </c>
       <c r="Y46" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A47" s="17" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="B47" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C47" s="17" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
       <c r="D47" s="18" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
       <c r="E47" s="20">
-        <v>11551064059.799999</v>
+        <v>11259109173.9</v>
       </c>
       <c r="F47" s="20">
-        <v>254316690</v>
+        <v>251881637</v>
       </c>
       <c r="G47" s="18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H47" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J47" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K47" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M47" s="18">
         <v>19980626</v>
       </c>
       <c r="N47" s="18" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="R47" s="18">
         <v>60</v>
       </c>
       <c r="V47" s="19">
-        <v>152057198</v>
+        <v>237369080</v>
       </c>
       <c r="W47" s="20">
-        <v>5958101979</v>
+        <v>10192128709</v>
       </c>
       <c r="X47" s="20">
-        <v>685981</v>
+        <v>1036608</v>
       </c>
       <c r="Y47" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A48" s="17" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="B48" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C48" s="17" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
       <c r="D48" s="18" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="E48" s="20">
-        <v>2552677.63</v>
+        <v>1525380.5349999999</v>
       </c>
       <c r="F48" s="20">
         <v>6226043</v>
       </c>
       <c r="G48" s="18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H48" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J48" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K48" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L48" s="18" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="M48" s="18">
         <v>20081022</v>
       </c>
       <c r="V48" s="19">
-        <v>1395591</v>
+        <v>3520643</v>
       </c>
       <c r="W48" s="20">
-        <v>1594839</v>
+        <v>2149325</v>
       </c>
       <c r="X48" s="20">
-        <v>2329</v>
+        <v>3114</v>
       </c>
       <c r="Y48" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A49" s="17" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="B49" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C49" s="17" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="D49" s="18" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="E49" s="20">
-        <v>1258553956.3199999</v>
+        <v>981921346.75</v>
       </c>
       <c r="F49" s="20">
-        <v>39073392</v>
+        <v>39355565</v>
       </c>
       <c r="G49" s="18" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="H49" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J49" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K49" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L49" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M49" s="18">
         <v>20211020</v>
       </c>
       <c r="S49" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="V49" s="19">
-        <v>28271424</v>
+        <v>49260036</v>
       </c>
       <c r="W49" s="20">
-        <v>877889015</v>
+        <v>1415307715.5</v>
       </c>
       <c r="X49" s="20">
-        <v>184844</v>
+        <v>305027</v>
       </c>
       <c r="Y49" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A50" s="17" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="B50" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C50" s="17" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="D50" s="18" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="E50" s="20">
-        <v>182560165.12</v>
+        <v>168518200.80000001</v>
       </c>
       <c r="F50" s="20">
         <v>117436264</v>
       </c>
       <c r="G50" s="18" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="H50" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J50" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K50" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L50" s="18" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="M50" s="18">
         <v>19991028</v>
       </c>
       <c r="O50" s="18" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="P50" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="V50" s="19">
-        <v>13606517</v>
+        <v>24800035</v>
       </c>
       <c r="W50" s="20">
-        <v>23953987.5</v>
+        <v>41407351</v>
       </c>
       <c r="X50" s="20">
-        <v>15868</v>
+        <v>24780</v>
       </c>
       <c r="Y50" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A51" s="17" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="B51" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C51" s="17" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="D51" s="18" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="E51" s="20">
-        <v>475296609.17000002</v>
+        <v>430863532.80000001</v>
       </c>
       <c r="F51" s="20">
-        <v>74149237</v>
+        <v>74286816</v>
       </c>
       <c r="G51" s="18" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="H51" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J51" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K51" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L51" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M51" s="18">
         <v>20170511</v>
       </c>
       <c r="V51" s="19">
-        <v>8690358</v>
+        <v>13338366</v>
       </c>
       <c r="W51" s="20">
-        <v>52286350</v>
+        <v>84272413.5</v>
       </c>
       <c r="X51" s="20">
-        <v>27463</v>
+        <v>45483</v>
       </c>
       <c r="Y51" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A52" s="17" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="B52" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C52" s="17" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="D52" s="18" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="E52" s="20">
-        <v>283251625.92000002</v>
+        <v>228291923.34</v>
       </c>
       <c r="F52" s="20">
-        <v>33245496</v>
+        <v>33133806</v>
       </c>
       <c r="G52" s="18" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="H52" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J52" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K52" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L52" s="18" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="M52" s="18">
         <v>20211101</v>
       </c>
       <c r="N52" s="18" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="P52" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="V52" s="19">
-        <v>4744752</v>
+        <v>6917158</v>
       </c>
       <c r="W52" s="20">
-        <v>38633573</v>
+        <v>54103394</v>
       </c>
       <c r="X52" s="20">
-        <v>13938</v>
+        <v>20205</v>
       </c>
       <c r="Y52" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A53" s="17" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="B53" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C53" s="17" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="D53" s="18" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="E53" s="20">
-        <v>236748240386.45999</v>
+        <v>270434470527</v>
       </c>
       <c r="F53" s="20">
-        <v>1220477577</v>
+        <v>1223685387</v>
       </c>
       <c r="G53" s="18" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="H53" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J53" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K53" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L53" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M53" s="18">
         <v>20150521</v>
       </c>
       <c r="N53" s="18" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="R53" s="18">
         <v>60</v>
       </c>
       <c r="S53" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="V53" s="19">
-        <v>345541206</v>
+        <v>482520810</v>
       </c>
       <c r="W53" s="20">
-        <v>52338831874.5</v>
+        <v>82253158622</v>
       </c>
       <c r="X53" s="20">
-        <v>1995187</v>
+        <v>2710913</v>
       </c>
       <c r="Y53" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A54" s="17" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="B54" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C54" s="17" t="s">
-        <v>231</v>
+        <v>224</v>
       </c>
       <c r="D54" s="18" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="E54" s="20">
-        <v>188286094.84999999</v>
+        <v>134957859.28999999</v>
       </c>
       <c r="F54" s="20">
         <v>23389577</v>
       </c>
       <c r="G54" s="18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H54" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J54" s="18" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="K54" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L54" s="18" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="M54" s="18">
         <v>20210331</v>
       </c>
       <c r="P54" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="V54" s="19">
-        <v>8409746</v>
+        <v>11677250</v>
       </c>
       <c r="W54" s="20">
-        <v>75193840</v>
+        <v>95996480</v>
       </c>
       <c r="X54" s="20">
-        <v>18870</v>
+        <v>30394</v>
       </c>
       <c r="Y54" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A55" s="17" t="s">
-        <v>233</v>
+        <v>226</v>
       </c>
       <c r="B55" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C55" s="17" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="D55" s="18" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="E55" s="20">
-        <v>536160049.60000002</v>
+        <v>451012573.85000002</v>
       </c>
       <c r="F55" s="20">
-        <v>14827435</v>
+        <v>14714929</v>
       </c>
       <c r="G55" s="18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H55" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J55" s="18" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="K55" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M55" s="18">
         <v>19980727</v>
       </c>
       <c r="V55" s="19">
-        <v>1693536</v>
+        <v>4828738</v>
       </c>
       <c r="W55" s="20">
-        <v>70137131</v>
+        <v>177217953.5</v>
       </c>
       <c r="X55" s="20">
-        <v>7211</v>
+        <v>18138</v>
       </c>
       <c r="Y55" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A56" s="17" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="B56" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C56" s="17" t="s">
-        <v>237</v>
+        <v>230</v>
       </c>
       <c r="D56" s="18" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="E56" s="20">
-        <v>417124768.01999998</v>
+        <v>581494247.66999996</v>
       </c>
       <c r="F56" s="20">
-        <v>14682322</v>
+        <v>14695331</v>
       </c>
       <c r="G56" s="18" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="H56" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J56" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K56" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L56" s="18" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="M56" s="18">
         <v>20211119</v>
       </c>
       <c r="N56" s="18" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="V56" s="19">
-        <v>1813918</v>
+        <v>3419298</v>
       </c>
       <c r="W56" s="20">
-        <v>53170557.5</v>
+        <v>117200161.5</v>
       </c>
       <c r="X56" s="20">
-        <v>12304</v>
+        <v>24497</v>
       </c>
       <c r="Y56" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A57" s="17" t="s">
-        <v>239</v>
+        <v>232</v>
       </c>
       <c r="B57" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C57" s="17" t="s">
-        <v>240</v>
+        <v>233</v>
       </c>
       <c r="D57" s="18" t="s">
-        <v>241</v>
+        <v>234</v>
       </c>
       <c r="E57" s="20">
-        <v>607098189.32000005</v>
+        <v>131734665.98</v>
       </c>
       <c r="F57" s="20">
-        <v>114116201</v>
+        <v>67904467</v>
       </c>
       <c r="G57" s="18" t="s">
-        <v>97</v>
+        <v>37</v>
       </c>
       <c r="H57" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J57" s="18" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K57" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L57" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M57" s="18">
-        <v>20210203</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>20210427</v>
       </c>
       <c r="V57" s="19">
-        <v>45118439</v>
+        <v>10769953</v>
       </c>
       <c r="W57" s="20">
-        <v>209734672.5</v>
+        <v>22986438</v>
       </c>
       <c r="X57" s="20">
-        <v>171319</v>
+        <v>17258</v>
       </c>
       <c r="Y57" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A58" s="17" t="s">
-        <v>242</v>
+        <v>558</v>
       </c>
       <c r="B58" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C58" s="17" t="s">
-        <v>243</v>
+        <v>559</v>
       </c>
       <c r="D58" s="18" t="s">
-        <v>244</v>
+        <v>560</v>
       </c>
       <c r="E58" s="20">
-        <v>126541445.09999999</v>
+        <v>282377548.80000001</v>
       </c>
       <c r="F58" s="20">
-        <v>68033035</v>
+        <v>29414328</v>
       </c>
       <c r="G58" s="18" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="H58" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J58" s="18" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K58" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L58" s="18" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="M58" s="18">
-        <v>20210427</v>
+        <v>20251001</v>
+      </c>
+      <c r="P58" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q58" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="V58" s="19">
-        <v>5428430</v>
+        <v>629813</v>
       </c>
       <c r="W58" s="20">
-        <v>12580402.5</v>
+        <v>3821057.5</v>
       </c>
       <c r="X58" s="20">
-        <v>7188</v>
+        <v>2136</v>
       </c>
       <c r="Y58" s="20">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="59" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A59" s="17" t="s">
-        <v>245</v>
+        <v>235</v>
       </c>
       <c r="B59" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C59" s="17" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
       <c r="D59" s="18" t="s">
-        <v>247</v>
+        <v>237</v>
       </c>
       <c r="E59" s="20">
-        <v>278480607.38999999</v>
+        <v>336395486.39999998</v>
       </c>
       <c r="F59" s="20">
-        <v>11011491</v>
+        <v>11065641</v>
       </c>
       <c r="G59" s="18" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="H59" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J59" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K59" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L59" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M59" s="18">
         <v>20050818</v>
       </c>
       <c r="N59" s="18" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="V59" s="19">
-        <v>470932</v>
+        <v>701527</v>
       </c>
       <c r="W59" s="20">
-        <v>11882474.5</v>
+        <v>18162361.5</v>
       </c>
       <c r="X59" s="20">
-        <v>3764</v>
+        <v>5908</v>
       </c>
       <c r="Y59" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A60" s="17" t="s">
-        <v>249</v>
+        <v>239</v>
       </c>
       <c r="B60" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C60" s="17" t="s">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="D60" s="18" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
       <c r="E60" s="20">
-        <v>237067291.5</v>
+        <v>255546382.94</v>
       </c>
       <c r="F60" s="20">
         <v>24314594</v>
       </c>
       <c r="G60" s="18" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="H60" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J60" s="18" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K60" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L60" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M60" s="18">
         <v>20051111</v>
       </c>
       <c r="V60" s="19">
-        <v>694913</v>
+        <v>973802</v>
       </c>
       <c r="W60" s="20">
-        <v>7561604</v>
+        <v>10366141</v>
       </c>
       <c r="X60" s="20">
-        <v>2956</v>
+        <v>4502</v>
       </c>
       <c r="Y60" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A61" s="17" t="s">
-        <v>252</v>
+        <v>242</v>
       </c>
       <c r="B61" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C61" s="17" t="s">
-        <v>253</v>
+        <v>243</v>
       </c>
       <c r="D61" s="18" t="s">
-        <v>254</v>
+        <v>244</v>
       </c>
       <c r="E61" s="20">
-        <v>62260195.200000003</v>
+        <v>59182025.210000001</v>
       </c>
       <c r="F61" s="20">
-        <v>18529820</v>
+        <v>18552359</v>
       </c>
       <c r="G61" s="18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H61" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J61" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K61" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L61" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M61" s="18">
         <v>20210618</v>
       </c>
       <c r="O61" s="18" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="V61" s="19">
-        <v>10194573</v>
+        <v>11975216</v>
       </c>
       <c r="W61" s="20">
-        <v>67650476.5</v>
+        <v>73558309</v>
       </c>
       <c r="X61" s="20">
-        <v>20761</v>
+        <v>24339</v>
       </c>
       <c r="Y61" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A62" s="17" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="B62" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C62" s="17" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="D62" s="18" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="E62" s="20">
-        <v>11366451.32</v>
+        <v>597753341.50999999</v>
       </c>
       <c r="F62" s="20">
-        <v>55446104</v>
+        <v>63120733</v>
       </c>
       <c r="G62" s="18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H62" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J62" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K62" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L62" s="18" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="M62" s="18">
-        <v>20210121</v>
+        <v>20210923</v>
+      </c>
+      <c r="O62" s="18" t="s">
+        <v>56</v>
       </c>
       <c r="P62" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
+      </c>
+      <c r="Q62" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="S62" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="V62" s="19">
-        <v>7023356</v>
+        <v>39670124</v>
       </c>
       <c r="W62" s="20">
-        <v>1549878.5</v>
+        <v>434168253</v>
       </c>
       <c r="X62" s="20">
-        <v>1955</v>
+        <v>170635</v>
       </c>
       <c r="Y62" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A63" s="17" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="B63" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C63" s="17" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="D63" s="18" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
       <c r="E63" s="20">
-        <v>790171527.60000002</v>
+        <v>199401141.59999999</v>
       </c>
       <c r="F63" s="20">
-        <v>62712026</v>
+        <v>664670472</v>
       </c>
       <c r="G63" s="18" t="s">
-        <v>41</v>
+        <v>87</v>
       </c>
       <c r="H63" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="I63" s="18" t="s">
+        <v>43</v>
       </c>
       <c r="J63" s="18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="K63" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L63" s="18" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="M63" s="18">
-        <v>20210923</v>
+        <v>20220622</v>
       </c>
       <c r="O63" s="18" t="s">
-        <v>62</v>
-[...8 lines deleted...]
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="V63" s="19">
-        <v>25350943</v>
+        <v>335359655</v>
       </c>
       <c r="W63" s="20">
-        <v>287895082.5</v>
+        <v>101590477</v>
       </c>
       <c r="X63" s="20">
-        <v>105731</v>
+        <v>56444</v>
       </c>
       <c r="Y63" s="20">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A64" s="17" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="B64" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C64" s="17" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="D64" s="18" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="E64" s="20">
-        <v>229115767.875</v>
+        <v>186351182.63999999</v>
       </c>
       <c r="F64" s="20">
-        <v>664103675</v>
+        <v>258821087</v>
       </c>
       <c r="G64" s="18" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="H64" s="19" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="J64" s="18" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K64" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L64" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="M64" s="18">
-        <v>20220622</v>
+        <v>20190409</v>
       </c>
       <c r="O64" s="18" t="s">
-        <v>76</v>
+        <v>56</v>
+      </c>
+      <c r="P64" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="V64" s="19">
-        <v>281524254</v>
+        <v>71842248</v>
       </c>
       <c r="W64" s="20">
-        <v>85377522.5</v>
+        <v>41224524</v>
       </c>
       <c r="X64" s="20">
-        <v>46970</v>
+        <v>34627</v>
       </c>
       <c r="Y64" s="20">
-        <v>8</v>
-[...55 lines deleted...]
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A10:Y65" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
+  <autoFilter ref="A10:Y64" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:AF10">
     <sortCondition sortBy="cellColor" ref="N8:N10" dxfId="0"/>
   </sortState>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:Z147"/>
+  <dimension ref="A1:Z146"/>
   <sheetViews>
     <sheetView topLeftCell="C1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="C1" sqref="C1"/>
+      <selection activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.28515625" style="17" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="8.140625" style="28" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" style="23" customWidth="1"/>
     <col min="4" max="4" width="44.140625" style="28" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.85546875" style="24" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="16.28515625" style="24" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="27.140625" style="19" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="24.7109375" style="19" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="31.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="22.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="16.85546875" style="18" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.140625" style="32" bestFit="1" customWidth="1"/>
     <col min="13" max="14" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="13.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="17.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="11.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="19.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="18.85546875" style="18" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="18.42578125" style="18" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="16.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="16.28515625" style="34" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="17.5703125" style="34" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="20" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="15.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="C1" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2" spans="1:26" x14ac:dyDescent="0.2">
       <c r="C2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="1"/>
       <c r="F2" s="26"/>
       <c r="G2" s="26"/>
       <c r="I2" s="1"/>
       <c r="J2" s="19"/>
       <c r="K2" s="1"/>
       <c r="L2" s="29"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="U2" s="19"/>
       <c r="V2" s="19"/>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="C3" s="3" t="s">
-        <v>48</v>
+        <v>687</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="1"/>
       <c r="F3" s="26"/>
       <c r="G3" s="26"/>
       <c r="I3" s="1"/>
       <c r="J3" s="19"/>
       <c r="K3" s="1"/>
       <c r="L3" s="29"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="U3" s="19"/>
       <c r="V3" s="19"/>
     </row>
     <row r="4" spans="1:26" s="12" customFormat="1" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="9"/>
       <c r="C4" s="21"/>
       <c r="D4" s="9"/>
       <c r="E4" s="8"/>
       <c r="F4" s="25"/>
       <c r="G4" s="25"/>
       <c r="H4" s="11"/>
       <c r="I4" s="8"/>
       <c r="J4" s="11"/>
       <c r="K4" s="8"/>
@@ -6434,57 +6316,57 @@
       <c r="G7" s="53"/>
       <c r="H7" s="6"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="29"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="36"/>
       <c r="X7" s="36"/>
       <c r="Y7" s="36"/>
       <c r="Z7" s="36"/>
     </row>
     <row r="8" spans="1:26" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="2"/>
       <c r="C8" s="22"/>
       <c r="D8" s="56">
-        <f>SUBTOTAL(3,D11:D147)</f>
-        <v>137</v>
+        <f>SUBTOTAL(3,D11:D146)</f>
+        <v>136</v>
       </c>
       <c r="E8" s="51"/>
       <c r="F8" s="54">
-        <f>SUBTOTAL(9,F11:F147)</f>
-        <v>32902557604.23</v>
+        <f>SUBTOTAL(9,F11:F146)</f>
+        <v>25164043553.730003</v>
       </c>
       <c r="G8" s="55"/>
       <c r="H8" s="6"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="29"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="36"/>
       <c r="X8" s="36"/>
       <c r="Y8" s="36"/>
       <c r="Z8" s="36"/>
     </row>
     <row r="9" spans="1:26" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B9" s="2"/>
       <c r="C9" s="22"/>
@@ -6507,7708 +6389,7688 @@
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="36"/>
       <c r="X9" s="36"/>
       <c r="Y9" s="36"/>
       <c r="Z9" s="36"/>
     </row>
     <row r="10" spans="1:26" s="15" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="33" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>0</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>2</v>
       </c>
       <c r="E10" s="16" t="s">
         <v>3</v>
       </c>
       <c r="F10" s="16" t="s">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="G10" s="16" t="s">
-        <v>696</v>
+        <v>678</v>
       </c>
       <c r="H10" s="27" t="s">
         <v>20</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>4</v>
       </c>
       <c r="J10" s="27" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="15" t="s">
         <v>6</v>
       </c>
       <c r="L10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="M10" s="15" t="s">
         <v>5</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>29</v>
       </c>
       <c r="O10" s="15" t="s">
         <v>14</v>
       </c>
       <c r="P10" s="15" t="s">
         <v>25</v>
       </c>
       <c r="Q10" s="15" t="s">
         <v>15</v>
       </c>
       <c r="R10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="S10" s="15" t="s">
-        <v>678</v>
+        <v>654</v>
       </c>
       <c r="T10" s="15" t="s">
         <v>16</v>
       </c>
       <c r="U10" s="15" t="s">
         <v>21</v>
       </c>
       <c r="V10" s="15" t="s">
         <v>24</v>
       </c>
       <c r="W10" s="16" t="s">
-        <v>697</v>
+        <v>679</v>
       </c>
       <c r="X10" s="16" t="s">
-        <v>698</v>
+        <v>680</v>
       </c>
       <c r="Y10" s="16" t="s">
-        <v>699</v>
+        <v>681</v>
       </c>
       <c r="Z10" s="16" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:26" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A11" s="17" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="B11" s="28">
         <v>1171065</v>
       </c>
       <c r="C11" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D11" s="28" t="s">
-        <v>45</v>
+        <v>672</v>
       </c>
       <c r="E11" s="18" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F11" s="24">
-        <v>41951017.140000001</v>
+        <v>80114535.640000001</v>
       </c>
       <c r="G11" s="24">
-        <v>102319554</v>
+        <v>108262886</v>
       </c>
       <c r="H11" s="19" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I11" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K11" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L11" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M11" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="N11" s="18">
         <v>20140731</v>
       </c>
       <c r="W11" s="34">
-        <v>31343295</v>
+        <v>68923069</v>
       </c>
       <c r="X11" s="34">
-        <v>12962564</v>
+        <v>42803910.5</v>
       </c>
       <c r="Y11" s="20">
-        <v>12576</v>
+        <v>30579</v>
       </c>
       <c r="Z11" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="17" t="s">
-        <v>269</v>
+        <v>259</v>
       </c>
       <c r="B12" s="28">
         <v>10983</v>
       </c>
       <c r="C12" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D12" s="28" t="s">
-        <v>270</v>
+        <v>260</v>
       </c>
       <c r="E12" s="18" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="F12" s="24">
-        <v>7519373.1900000004</v>
+        <v>7041952.6699999999</v>
       </c>
       <c r="G12" s="24">
         <v>11935513</v>
       </c>
       <c r="H12" s="19" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="I12" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K12" s="18" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="L12" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="W12" s="34">
-        <v>52492</v>
+        <v>108287</v>
       </c>
       <c r="X12" s="34">
-        <v>32828</v>
+        <v>78483</v>
       </c>
       <c r="Y12" s="20">
-        <v>43</v>
+        <v>68</v>
       </c>
       <c r="Z12" s="18">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="17" t="s">
-        <v>651</v>
+        <v>627</v>
       </c>
       <c r="B13" s="28">
         <v>1186895</v>
       </c>
       <c r="C13" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D13" s="28" t="s">
-        <v>652</v>
+        <v>628</v>
       </c>
       <c r="E13" s="18" t="s">
-        <v>653</v>
+        <v>629</v>
       </c>
       <c r="F13" s="24">
-        <v>2119160</v>
+        <v>1751496</v>
       </c>
       <c r="G13" s="24">
-        <v>42383200</v>
+        <v>11676640</v>
       </c>
       <c r="H13" s="19" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I13" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K13" s="18" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="L13" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M13" s="18" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="N13" s="18">
         <v>20240325</v>
       </c>
       <c r="Q13" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W13" s="34">
-        <v>461028</v>
+        <v>513308</v>
       </c>
       <c r="X13" s="34">
-        <v>22165</v>
+        <v>26242</v>
       </c>
       <c r="Y13" s="20">
-        <v>107</v>
+        <v>141</v>
       </c>
       <c r="Z13" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="17" t="s">
-        <v>413</v>
+        <v>458</v>
       </c>
       <c r="B14" s="28">
-        <v>1124605</v>
+        <v>1162590</v>
       </c>
       <c r="C14" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D14" s="28" t="s">
+        <v>671</v>
+      </c>
+      <c r="E14" s="18" t="s">
+        <v>459</v>
+      </c>
+      <c r="F14" s="24">
+        <v>12004286.805</v>
+      </c>
+      <c r="G14" s="24">
+        <v>114326541</v>
+      </c>
+      <c r="H14" s="19" t="s">
+        <v>87</v>
+      </c>
+      <c r="I14" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="K14" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="L14" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="M14" s="18" t="s">
+        <v>268</v>
+      </c>
+      <c r="N14" s="18">
+        <v>20210714</v>
+      </c>
+      <c r="P14" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q14" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="W14" s="34">
+        <v>2460020</v>
+      </c>
+      <c r="X14" s="34">
+        <v>225889</v>
+      </c>
+      <c r="Y14" s="20">
         <v>414</v>
       </c>
-      <c r="E14" s="18" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Z14" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="17" t="s">
-        <v>531</v>
+        <v>391</v>
       </c>
       <c r="B15" s="28">
-        <v>1180570</v>
+        <v>1124605</v>
       </c>
       <c r="C15" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D15" s="28" t="s">
-        <v>532</v>
+        <v>392</v>
       </c>
       <c r="E15" s="18" t="s">
-        <v>533</v>
+        <v>393</v>
       </c>
       <c r="F15" s="24">
-        <v>3465417.48</v>
+        <v>14523537</v>
       </c>
       <c r="G15" s="24">
-        <v>115513916</v>
+        <v>29047074</v>
       </c>
       <c r="H15" s="19" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I15" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K15" s="18" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L15" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M15" s="18" t="s">
-        <v>272</v>
+        <v>39</v>
       </c>
       <c r="N15" s="18">
-        <v>20190605</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>20090909</v>
       </c>
       <c r="W15" s="34">
-        <v>127443909</v>
+        <v>3517667</v>
       </c>
       <c r="X15" s="34">
-        <v>5365466</v>
+        <v>1350088.5</v>
       </c>
       <c r="Y15" s="20">
-        <v>5352</v>
+        <v>945</v>
       </c>
       <c r="Z15" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="17" t="s">
-        <v>474</v>
+        <v>506</v>
       </c>
       <c r="B16" s="28">
-        <v>1130350</v>
+        <v>1180570</v>
       </c>
       <c r="C16" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D16" s="28" t="s">
-        <v>475</v>
+        <v>507</v>
       </c>
       <c r="E16" s="18" t="s">
-        <v>476</v>
+        <v>508</v>
       </c>
       <c r="F16" s="24">
-        <v>53711103.039999999</v>
+        <v>2288337.87</v>
       </c>
       <c r="G16" s="24">
-        <v>671388788</v>
+        <v>152555858</v>
       </c>
       <c r="H16" s="19" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="I16" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K16" s="18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="L16" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M16" s="18" t="s">
-        <v>277</v>
+        <v>262</v>
       </c>
       <c r="N16" s="18">
-        <v>20180209</v>
+        <v>20190605</v>
+      </c>
+      <c r="P16" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="Q16" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W16" s="34">
-        <v>57529824</v>
+        <v>139783357</v>
       </c>
       <c r="X16" s="34">
-        <v>4311600</v>
+        <v>5617789.5</v>
       </c>
       <c r="Y16" s="20">
-        <v>3679</v>
+        <v>5857</v>
       </c>
       <c r="Z16" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="17" t="s">
-        <v>342</v>
+        <v>452</v>
       </c>
       <c r="B17" s="28">
-        <v>1064945</v>
+        <v>1130350</v>
       </c>
       <c r="C17" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D17" s="28" t="s">
-        <v>343</v>
+        <v>453</v>
       </c>
       <c r="E17" s="18" t="s">
-        <v>344</v>
+        <v>454</v>
       </c>
       <c r="F17" s="24">
-        <v>607183.70499999996</v>
+        <v>59156967.240000002</v>
       </c>
       <c r="G17" s="24">
-        <v>121436741</v>
+        <v>985949454</v>
       </c>
       <c r="H17" s="19" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="I17" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K17" s="18" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L17" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
+      </c>
+      <c r="M17" s="18" t="s">
+        <v>267</v>
+      </c>
+      <c r="N17" s="18">
+        <v>20180209</v>
+      </c>
+      <c r="Q17" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W17" s="34">
-        <v>2256473</v>
+        <v>84534253</v>
       </c>
       <c r="X17" s="34">
-        <v>105292</v>
+        <v>5902319</v>
       </c>
       <c r="Y17" s="20">
-        <v>193</v>
+        <v>5262</v>
       </c>
       <c r="Z17" s="18">
-        <v>2</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="17" t="s">
-        <v>537</v>
+        <v>328</v>
       </c>
       <c r="B18" s="28">
-        <v>1181270</v>
+        <v>1064945</v>
       </c>
       <c r="C18" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D18" s="28" t="s">
-        <v>538</v>
+        <v>329</v>
       </c>
       <c r="E18" s="18" t="s">
-        <v>539</v>
+        <v>330</v>
       </c>
       <c r="F18" s="24">
-        <v>108692650</v>
+        <v>2428734.8199999998</v>
       </c>
       <c r="G18" s="24">
-        <v>197623000</v>
+        <v>121436741</v>
       </c>
       <c r="H18" s="19" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="I18" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K18" s="18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="L18" s="32" t="s">
-        <v>37</v>
-[...11 lines deleted...]
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="W18" s="34">
-        <v>20218272</v>
+        <v>3048573</v>
       </c>
       <c r="X18" s="34">
-        <v>9923924.5</v>
+        <v>125717</v>
       </c>
       <c r="Y18" s="20">
-        <v>5504</v>
+        <v>256</v>
       </c>
       <c r="Z18" s="18">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="17" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="B19" s="28">
-        <v>1179775</v>
+        <v>1181270</v>
       </c>
       <c r="C19" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D19" s="28" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="E19" s="18" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F19" s="24">
-        <v>908137.2</v>
+        <v>75096740</v>
       </c>
       <c r="G19" s="24">
-        <v>30271240</v>
+        <v>197623000</v>
       </c>
       <c r="H19" s="19" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="I19" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K19" s="18" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L19" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M19" s="18" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="N19" s="18">
-        <v>20180830</v>
+        <v>20190919</v>
+      </c>
+      <c r="P19" s="18" t="s">
+        <v>56</v>
       </c>
       <c r="Q19" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W19" s="34">
-        <v>468315</v>
+        <v>25008897</v>
       </c>
       <c r="X19" s="34">
-        <v>14385.5</v>
+        <v>12024764.5</v>
       </c>
       <c r="Y19" s="20">
-        <v>92</v>
+        <v>7079</v>
       </c>
       <c r="Z19" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="17" t="s">
-        <v>393</v>
+        <v>484</v>
       </c>
       <c r="B20" s="28">
-        <v>1109863</v>
+        <v>1179775</v>
       </c>
       <c r="C20" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D20" s="28" t="s">
-        <v>394</v>
+        <v>485</v>
       </c>
       <c r="E20" s="18" t="s">
-        <v>395</v>
+        <v>486</v>
       </c>
       <c r="F20" s="24">
-        <v>22384940.760000002</v>
+        <v>605424.80000000005</v>
       </c>
       <c r="G20" s="24">
-        <v>26648739</v>
+        <v>30271240</v>
       </c>
       <c r="H20" s="19" t="s">
-        <v>89</v>
+        <v>57</v>
       </c>
       <c r="I20" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K20" s="18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="L20" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M20" s="18" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="N20" s="18">
-        <v>20080404</v>
+        <v>20180830</v>
       </c>
       <c r="Q20" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W20" s="34">
-        <v>3501465</v>
+        <v>468315</v>
       </c>
       <c r="X20" s="34">
-        <v>3655297</v>
+        <v>14385.5</v>
       </c>
       <c r="Y20" s="20">
-        <v>2023</v>
+        <v>92</v>
       </c>
       <c r="Z20" s="18">
         <v>8</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="17" t="s">
-        <v>554</v>
+        <v>375</v>
       </c>
       <c r="B21" s="28">
-        <v>1181275</v>
+        <v>1109863</v>
       </c>
       <c r="C21" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D21" s="28" t="s">
-        <v>555</v>
+        <v>376</v>
       </c>
       <c r="E21" s="18" t="s">
-        <v>556</v>
+        <v>377</v>
       </c>
       <c r="F21" s="24">
-        <v>63048137.280000001</v>
+        <v>30646049.850000001</v>
       </c>
       <c r="G21" s="24">
-        <v>45687056</v>
+        <v>26648739</v>
       </c>
       <c r="H21" s="19" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I21" s="18" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="K21" s="18" t="s">
-        <v>68</v>
+        <v>34</v>
       </c>
       <c r="L21" s="32" t="s">
-        <v>125</v>
+        <v>33</v>
       </c>
       <c r="M21" s="18" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="N21" s="18">
-        <v>20210106</v>
+        <v>20080404</v>
       </c>
       <c r="Q21" s="18" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W21" s="34">
-        <v>13146776</v>
+        <v>4971180</v>
       </c>
       <c r="X21" s="34">
-        <v>14572077</v>
+        <v>5085969.5</v>
       </c>
       <c r="Y21" s="20">
-        <v>7255</v>
+        <v>2798</v>
       </c>
       <c r="Z21" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="17" t="s">
-        <v>623</v>
+        <v>529</v>
       </c>
       <c r="B22" s="28">
-        <v>1184785</v>
+        <v>1181275</v>
       </c>
       <c r="C22" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D22" s="28" t="s">
-        <v>624</v>
+        <v>530</v>
       </c>
       <c r="E22" s="18" t="s">
-        <v>625</v>
+        <v>531</v>
       </c>
       <c r="F22" s="24">
-        <v>1700122.38</v>
+        <v>67579842.879999995</v>
       </c>
       <c r="G22" s="24">
-        <v>56670746</v>
+        <v>45662056</v>
       </c>
       <c r="H22" s="19" t="s">
-        <v>104</v>
+        <v>87</v>
       </c>
       <c r="I22" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J22" s="18" t="s">
-        <v>104</v>
+        <v>43</v>
       </c>
       <c r="K22" s="18" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="L22" s="32" t="s">
-        <v>37</v>
+        <v>119</v>
       </c>
       <c r="M22" s="18" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="N22" s="18">
-        <v>20211102</v>
+        <v>20210106</v>
       </c>
       <c r="Q22" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
+      </c>
+      <c r="V22" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W22" s="34">
-        <v>1164832</v>
+        <v>17590490</v>
       </c>
       <c r="X22" s="34">
-        <v>67791</v>
+        <v>20380716</v>
       </c>
       <c r="Y22" s="20">
-        <v>124</v>
+        <v>9480</v>
       </c>
       <c r="Z22" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="17" t="s">
-        <v>370</v>
+        <v>598</v>
       </c>
       <c r="B23" s="28">
-        <v>1062186</v>
+        <v>1184785</v>
       </c>
       <c r="C23" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D23" s="28" t="s">
-        <v>371</v>
+        <v>599</v>
       </c>
       <c r="E23" s="18" t="s">
-        <v>372</v>
+        <v>600</v>
       </c>
       <c r="F23" s="24">
-        <v>69450421.560000002</v>
+        <v>1194284.48</v>
       </c>
       <c r="G23" s="24">
-        <v>89039002</v>
+        <v>59714224</v>
       </c>
       <c r="H23" s="19" t="s">
-        <v>41</v>
+        <v>98</v>
       </c>
       <c r="I23" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J23" s="18" t="s">
+        <v>98</v>
       </c>
       <c r="K23" s="18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="L23" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M23" s="18" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="N23" s="18">
-        <v>20160209</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>20211102</v>
+      </c>
+      <c r="Q23" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W23" s="34">
-        <v>7380034</v>
+        <v>1865529</v>
       </c>
       <c r="X23" s="34">
-        <v>5384857.5</v>
+        <v>89175</v>
       </c>
       <c r="Y23" s="20">
-        <v>2975</v>
+        <v>170</v>
       </c>
       <c r="Z23" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="17" t="s">
-        <v>667</v>
+        <v>349</v>
       </c>
       <c r="B24" s="28">
-        <v>1188195</v>
+        <v>1062186</v>
       </c>
       <c r="C24" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D24" s="28" t="s">
-        <v>668</v>
+        <v>350</v>
       </c>
       <c r="E24" s="18" t="s">
-        <v>669</v>
+        <v>351</v>
       </c>
       <c r="F24" s="24">
-        <v>40914794.299999997</v>
+        <v>71432401.599999994</v>
       </c>
       <c r="G24" s="24">
-        <v>355780820</v>
+        <v>89290502</v>
       </c>
       <c r="H24" s="19" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I24" s="18" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="K24" s="18" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L24" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M24" s="18" t="s">
-        <v>52</v>
+        <v>258</v>
       </c>
       <c r="N24" s="18">
-        <v>20240917</v>
+        <v>20160209</v>
       </c>
       <c r="P24" s="18" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="W24" s="34">
-        <v>37456520</v>
+        <v>9861914</v>
       </c>
       <c r="X24" s="34">
-        <v>5183731.5</v>
+        <v>7366567.5</v>
       </c>
       <c r="Y24" s="20">
-        <v>5939</v>
+        <v>4120</v>
       </c>
       <c r="Z24" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="17" t="s">
-        <v>548</v>
+        <v>643</v>
       </c>
       <c r="B25" s="28">
-        <v>1181030</v>
+        <v>1188195</v>
       </c>
       <c r="C25" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D25" s="28" t="s">
-        <v>549</v>
+        <v>644</v>
       </c>
       <c r="E25" s="18" t="s">
-        <v>550</v>
+        <v>645</v>
       </c>
       <c r="F25" s="24">
-        <v>30431548.800000001</v>
+        <v>21346849.199999999</v>
       </c>
       <c r="G25" s="24">
-        <v>225418880</v>
+        <v>355780820</v>
       </c>
       <c r="H25" s="19" t="s">
-        <v>93</v>
+        <v>43</v>
       </c>
       <c r="I25" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J25" s="18" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="K25" s="18" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="L25" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M25" s="18" t="s">
-        <v>272</v>
+        <v>46</v>
       </c>
       <c r="N25" s="18">
-        <v>20210730</v>
+        <v>20240917</v>
       </c>
       <c r="P25" s="18" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="W25" s="34">
-        <v>54426875</v>
+        <v>61079767</v>
       </c>
       <c r="X25" s="34">
-        <v>9112550.5</v>
+        <v>7450044</v>
       </c>
       <c r="Y25" s="20">
-        <v>11143</v>
+        <v>9086</v>
       </c>
       <c r="Z25" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="17" t="s">
-        <v>435</v>
+        <v>523</v>
       </c>
       <c r="B26" s="28">
-        <v>1134646</v>
+        <v>1181030</v>
       </c>
       <c r="C26" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D26" s="28" t="s">
-        <v>436</v>
+        <v>524</v>
       </c>
       <c r="E26" s="18" t="s">
-        <v>437</v>
+        <v>525</v>
       </c>
       <c r="F26" s="24">
-        <v>84487399.189999998</v>
+        <v>36794466.765000001</v>
       </c>
       <c r="G26" s="24">
-        <v>50591257</v>
+        <v>350423493</v>
       </c>
       <c r="H26" s="19" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="I26" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J26" s="18" t="s">
+        <v>43</v>
       </c>
       <c r="K26" s="18" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="L26" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M26" s="18" t="s">
-        <v>277</v>
+        <v>262</v>
       </c>
       <c r="N26" s="18">
-        <v>20220809</v>
+        <v>20210730</v>
       </c>
       <c r="P26" s="18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="Q26" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W26" s="34">
-        <v>12791036</v>
+        <v>70005431</v>
       </c>
       <c r="X26" s="34">
-        <v>13579534.5</v>
+        <v>10966831.5</v>
       </c>
       <c r="Y26" s="20">
-        <v>10028</v>
+        <v>14172</v>
       </c>
       <c r="Z26" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="17" t="s">
-        <v>318</v>
+        <v>413</v>
       </c>
       <c r="B27" s="28">
-        <v>18596</v>
+        <v>1134646</v>
       </c>
       <c r="C27" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D27" s="28" t="s">
-        <v>319</v>
+        <v>414</v>
       </c>
       <c r="E27" s="18" t="s">
-        <v>320</v>
+        <v>415</v>
       </c>
       <c r="F27" s="24">
-        <v>2720932.02</v>
+        <v>50919606.719999999</v>
       </c>
       <c r="G27" s="24">
-        <v>30232578</v>
+        <v>53041257</v>
       </c>
       <c r="H27" s="19" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="I27" s="18" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="K27" s="18" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L27" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M27" s="18" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="N27" s="18">
-        <v>20180530</v>
+        <v>20220809</v>
       </c>
       <c r="P27" s="18" t="s">
-        <v>76</v>
+        <v>70</v>
+      </c>
+      <c r="Q27" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W27" s="34">
-        <v>2623662</v>
+        <v>19878392</v>
       </c>
       <c r="X27" s="34">
-        <v>231644.5</v>
+        <v>22611960.5</v>
       </c>
       <c r="Y27" s="20">
-        <v>667</v>
+        <v>18539</v>
       </c>
       <c r="Z27" s="18">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="17" t="s">
-        <v>441</v>
+        <v>307</v>
       </c>
       <c r="B28" s="28">
-        <v>1139625</v>
+        <v>18596</v>
       </c>
       <c r="C28" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D28" s="28" t="s">
-        <v>442</v>
+        <v>308</v>
       </c>
       <c r="E28" s="18" t="s">
-        <v>443</v>
+        <v>309</v>
       </c>
       <c r="F28" s="24">
-        <v>13641740.08</v>
+        <v>3705744.23</v>
       </c>
       <c r="G28" s="24">
-        <v>143597264</v>
+        <v>39007834</v>
       </c>
       <c r="H28" s="19" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="I28" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J28" s="18" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="K28" s="18" t="s">
-        <v>161</v>
+        <v>45</v>
       </c>
       <c r="L28" s="32" t="s">
-        <v>153</v>
+        <v>33</v>
       </c>
       <c r="M28" s="18" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="N28" s="18">
-        <v>20130501</v>
+        <v>20180530</v>
       </c>
       <c r="P28" s="18" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="W28" s="34">
-        <v>130529466</v>
+        <v>5962430</v>
       </c>
       <c r="X28" s="34">
-        <v>28747955</v>
+        <v>569926</v>
       </c>
       <c r="Y28" s="20">
-        <v>19416</v>
+        <v>1478</v>
       </c>
       <c r="Z28" s="18">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="17" t="s">
-        <v>363</v>
+        <v>419</v>
       </c>
       <c r="B29" s="28">
-        <v>1092769</v>
+        <v>1139625</v>
       </c>
       <c r="C29" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D29" s="28" t="s">
-        <v>364</v>
+        <v>420</v>
       </c>
       <c r="E29" s="18" t="s">
-        <v>365</v>
+        <v>421</v>
       </c>
       <c r="F29" s="24">
-        <v>2894556.3</v>
+        <v>12125648.08</v>
       </c>
       <c r="G29" s="24">
-        <v>48242605</v>
+        <v>151570601</v>
       </c>
       <c r="H29" s="19" t="s">
-        <v>93</v>
+        <v>57</v>
       </c>
       <c r="I29" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J29" s="18" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="K29" s="18" t="s">
-        <v>38</v>
+        <v>155</v>
       </c>
       <c r="L29" s="32" t="s">
-        <v>37</v>
+        <v>147</v>
       </c>
       <c r="M29" s="18" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="N29" s="18">
-        <v>20190221</v>
+        <v>20130501</v>
+      </c>
+      <c r="P29" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q29" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W29" s="34">
-        <v>9321665</v>
+        <v>154422493</v>
       </c>
       <c r="X29" s="34">
-        <v>966078.5</v>
+        <v>31165795.5</v>
       </c>
       <c r="Y29" s="20">
-        <v>1399</v>
+        <v>21724</v>
       </c>
       <c r="Z29" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="17" t="s">
-        <v>373</v>
+        <v>346</v>
       </c>
       <c r="B30" s="28">
-        <v>1097409</v>
+        <v>1092769</v>
       </c>
       <c r="C30" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D30" s="28" t="s">
-        <v>374</v>
+        <v>347</v>
       </c>
       <c r="E30" s="18" t="s">
-        <v>375</v>
+        <v>348</v>
       </c>
       <c r="F30" s="24">
-        <v>342643.95500000002</v>
+        <v>1929704.2</v>
       </c>
       <c r="G30" s="24">
-        <v>68528791</v>
+        <v>48242605</v>
       </c>
       <c r="H30" s="19" t="s">
-        <v>41</v>
+        <v>87</v>
       </c>
       <c r="I30" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J30" s="18" t="s">
+        <v>43</v>
       </c>
       <c r="K30" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L30" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M30" s="18" t="s">
-        <v>272</v>
+        <v>258</v>
       </c>
       <c r="N30" s="18">
-        <v>20070508</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>20190221</v>
+      </c>
+      <c r="W30" s="34">
+        <v>11444789</v>
+      </c>
+      <c r="X30" s="34">
+        <v>1070310</v>
+      </c>
+      <c r="Y30" s="20">
+        <v>1637</v>
+      </c>
+      <c r="Z30" s="18">
+        <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="17" t="s">
-        <v>540</v>
+        <v>352</v>
       </c>
       <c r="B31" s="28">
-        <v>1181491</v>
+        <v>1097409</v>
       </c>
       <c r="C31" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D31" s="28" t="s">
-        <v>541</v>
+        <v>353</v>
       </c>
       <c r="E31" s="18" t="s">
-        <v>542</v>
+        <v>354</v>
       </c>
       <c r="F31" s="24">
-        <v>5625700.8799999999</v>
+        <v>342643.95500000002</v>
       </c>
       <c r="G31" s="24">
-        <v>70321261</v>
+        <v>68528791</v>
       </c>
       <c r="H31" s="19" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I31" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K31" s="18" t="s">
-        <v>82</v>
+        <v>34</v>
       </c>
       <c r="L31" s="32" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="M31" s="18" t="s">
-        <v>52</v>
+        <v>262</v>
       </c>
       <c r="N31" s="18">
-        <v>20180611</v>
-[...17 lines deleted...]
-        <v>8</v>
+        <v>20070508</v>
+      </c>
+      <c r="Q31" s="18" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="17" t="s">
-        <v>612</v>
+        <v>515</v>
       </c>
       <c r="B32" s="28">
-        <v>1184145</v>
+        <v>1181491</v>
       </c>
       <c r="C32" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D32" s="28" t="s">
-        <v>613</v>
+        <v>516</v>
       </c>
       <c r="E32" s="18" t="s">
-        <v>614</v>
+        <v>517</v>
       </c>
       <c r="F32" s="24">
-        <v>119922874.53</v>
+        <v>2447782.5750000002</v>
       </c>
       <c r="G32" s="24">
-        <v>48161797</v>
+        <v>69936645</v>
       </c>
       <c r="H32" s="19" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I32" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K32" s="18" t="s">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="L32" s="32" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="M32" s="18" t="s">
-        <v>272</v>
+        <v>46</v>
       </c>
       <c r="N32" s="18">
-        <v>20210818</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>20180611</v>
+      </c>
+      <c r="P32" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="T32" s="18" t="s">
+        <v>518</v>
       </c>
       <c r="W32" s="34">
-        <v>2222368</v>
+        <v>16098795</v>
       </c>
       <c r="X32" s="34">
-        <v>2787617</v>
+        <v>995118</v>
       </c>
       <c r="Y32" s="20">
-        <v>1865</v>
+        <v>1557</v>
       </c>
       <c r="Z32" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="17" t="s">
-        <v>626</v>
+        <v>587</v>
       </c>
       <c r="B33" s="28">
-        <v>1184565</v>
+        <v>1184145</v>
       </c>
       <c r="C33" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D33" s="28" t="s">
-        <v>627</v>
+        <v>588</v>
       </c>
       <c r="E33" s="18" t="s">
-        <v>628</v>
+        <v>589</v>
       </c>
       <c r="F33" s="24">
-        <v>6855745.7199999997</v>
+        <v>115678312.8</v>
       </c>
       <c r="G33" s="24">
-        <v>40327916</v>
+        <v>48199297</v>
       </c>
       <c r="H33" s="19" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I33" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K33" s="18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="L33" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M33" s="18" t="s">
-        <v>278</v>
+        <v>262</v>
       </c>
       <c r="N33" s="18">
-        <v>20240627</v>
+        <v>20210818</v>
+      </c>
+      <c r="Q33" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W33" s="34">
-        <v>934466</v>
+        <v>2910877</v>
       </c>
       <c r="X33" s="34">
-        <v>228696</v>
+        <v>4259950</v>
       </c>
       <c r="Y33" s="20">
-        <v>529</v>
+        <v>3003</v>
       </c>
       <c r="Z33" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="17" t="s">
-        <v>480</v>
+        <v>601</v>
       </c>
       <c r="B34" s="28">
-        <v>1162590</v>
+        <v>1184565</v>
       </c>
       <c r="C34" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D34" s="28" t="s">
-        <v>481</v>
+        <v>602</v>
       </c>
       <c r="E34" s="18" t="s">
-        <v>482</v>
+        <v>603</v>
       </c>
       <c r="F34" s="24">
-        <v>10634312.4</v>
+        <v>16131166.4</v>
       </c>
       <c r="G34" s="24">
-        <v>106343124</v>
+        <v>40327916</v>
       </c>
       <c r="H34" s="19" t="s">
-        <v>93</v>
+        <v>37</v>
       </c>
       <c r="I34" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K34" s="18" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="L34" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M34" s="18" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
       <c r="N34" s="18">
-        <v>20210714</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>20240627</v>
       </c>
       <c r="W34" s="34">
-        <v>1790014</v>
+        <v>3451917</v>
       </c>
       <c r="X34" s="34">
-        <v>154578.5</v>
+        <v>894241.5</v>
       </c>
       <c r="Y34" s="20">
-        <v>260</v>
+        <v>1291</v>
       </c>
       <c r="Z34" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="17" t="s">
-        <v>654</v>
+        <v>630</v>
       </c>
       <c r="B35" s="28">
         <v>1187140</v>
       </c>
       <c r="C35" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D35" s="28" t="s">
-        <v>676</v>
+        <v>652</v>
       </c>
       <c r="E35" s="18" t="s">
-        <v>677</v>
+        <v>653</v>
       </c>
       <c r="F35" s="24">
-        <v>9613194.4800000004</v>
+        <v>35980260.030000001</v>
       </c>
       <c r="G35" s="24">
-        <v>13351659</v>
+        <v>25161021</v>
       </c>
       <c r="H35" s="19" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="I35" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K35" s="18" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="L35" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M35" s="18" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="N35" s="18">
         <v>20250221</v>
       </c>
       <c r="Q35" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W35" s="34">
-        <v>4014120</v>
+        <v>7002245</v>
       </c>
       <c r="X35" s="34">
-        <v>2151823</v>
+        <v>4880231</v>
       </c>
       <c r="Y35" s="20">
-        <v>2179</v>
+        <v>4382</v>
       </c>
       <c r="Z35" s="18">
-        <v>7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="17" t="s">
-        <v>462</v>
+        <v>440</v>
       </c>
       <c r="B36" s="28">
         <v>1153360</v>
       </c>
       <c r="C36" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D36" s="28" t="s">
-        <v>463</v>
+        <v>441</v>
       </c>
       <c r="E36" s="18" t="s">
-        <v>464</v>
+        <v>442</v>
       </c>
       <c r="F36" s="24">
-        <v>14592453.359999999</v>
+        <v>8280794.9400000004</v>
       </c>
       <c r="G36" s="24">
-        <v>243207556</v>
+        <v>8536902</v>
       </c>
       <c r="H36" s="19" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="I36" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J36" s="18" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="K36" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L36" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M36" s="18" t="s">
-        <v>277</v>
+        <v>267</v>
       </c>
       <c r="N36" s="18">
         <v>20180822</v>
       </c>
       <c r="P36" s="18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="Q36" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W36" s="34">
-        <v>75109102</v>
+        <v>88182096</v>
       </c>
       <c r="X36" s="34">
-        <v>3871698</v>
+        <v>5905533.5</v>
       </c>
       <c r="Y36" s="20">
-        <v>4326</v>
+        <v>7794</v>
       </c>
       <c r="Z36" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="17" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="B37" s="28">
         <v>1054309</v>
       </c>
       <c r="C37" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D37" s="28" t="s">
-        <v>280</v>
+        <v>270</v>
       </c>
       <c r="E37" s="18" t="s">
-        <v>281</v>
+        <v>271</v>
       </c>
       <c r="F37" s="24">
-        <v>41833935</v>
+        <v>34227765</v>
       </c>
       <c r="G37" s="24">
         <v>42256500</v>
       </c>
       <c r="H37" s="19" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="I37" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K37" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L37" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="P37" s="18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="W37" s="34">
-        <v>1540930</v>
+        <v>2791576</v>
       </c>
       <c r="X37" s="34">
-        <v>1583801</v>
+        <v>2615199</v>
       </c>
       <c r="Y37" s="20">
-        <v>1359</v>
+        <v>1996</v>
       </c>
       <c r="Z37" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="17" t="s">
-        <v>366</v>
+        <v>623</v>
       </c>
       <c r="B38" s="28">
-        <v>1098927</v>
+        <v>1186236</v>
       </c>
       <c r="C38" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D38" s="28" t="s">
-        <v>367</v>
+        <v>624</v>
       </c>
       <c r="E38" s="18" t="s">
-        <v>368</v>
+        <v>625</v>
       </c>
       <c r="F38" s="24">
-        <v>766209.5</v>
+        <v>18441650.675000001</v>
       </c>
       <c r="G38" s="24">
-        <v>76620950</v>
+        <v>105380861</v>
       </c>
       <c r="H38" s="19" t="s">
-        <v>104</v>
+        <v>87</v>
       </c>
       <c r="I38" s="18" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>36</v>
       </c>
       <c r="K38" s="18" t="s">
-        <v>174</v>
+        <v>34</v>
       </c>
       <c r="L38" s="32" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="M38" s="18" t="s">
-        <v>268</v>
+        <v>46</v>
       </c>
       <c r="N38" s="18">
-        <v>20211202</v>
-[...5 lines deleted...]
-        <v>369</v>
+        <v>20220526</v>
+      </c>
+      <c r="P38" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="W38" s="34">
+        <v>5190039</v>
+      </c>
+      <c r="X38" s="34">
+        <v>1213827</v>
+      </c>
+      <c r="Y38" s="20">
+        <v>1076</v>
+      </c>
+      <c r="Z38" s="18">
+        <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="17" t="s">
-        <v>647</v>
+        <v>304</v>
       </c>
       <c r="B39" s="28">
-        <v>1186236</v>
+        <v>15624</v>
       </c>
       <c r="C39" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D39" s="28" t="s">
-        <v>648</v>
+        <v>305</v>
       </c>
       <c r="E39" s="18" t="s">
-        <v>649</v>
+        <v>306</v>
       </c>
       <c r="F39" s="24">
-        <v>26345215.25</v>
+        <v>471103.72499999998</v>
       </c>
       <c r="G39" s="24">
-        <v>105380861</v>
+        <v>94220745</v>
       </c>
       <c r="H39" s="19" t="s">
-        <v>93</v>
+        <v>37</v>
       </c>
       <c r="I39" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J39" s="18" t="s">
+        <v>98</v>
       </c>
       <c r="K39" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L39" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M39" s="18" t="s">
-        <v>52</v>
+        <v>268</v>
       </c>
       <c r="N39" s="18">
-        <v>20220526</v>
-[...14 lines deleted...]
-        <v>8</v>
+        <v>20140923</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="17" t="s">
-        <v>315</v>
+        <v>478</v>
       </c>
       <c r="B40" s="28">
-        <v>15624</v>
+        <v>1179390</v>
       </c>
       <c r="C40" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D40" s="28" t="s">
-        <v>316</v>
+        <v>479</v>
       </c>
       <c r="E40" s="18" t="s">
-        <v>317</v>
+        <v>480</v>
       </c>
       <c r="F40" s="24">
-        <v>942207.45</v>
+        <v>2117986.8450000002</v>
       </c>
       <c r="G40" s="24">
-        <v>94220745</v>
+        <v>423597369</v>
       </c>
       <c r="H40" s="19" t="s">
-        <v>41</v>
+        <v>87</v>
       </c>
       <c r="I40" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J40" s="18" t="s">
-        <v>104</v>
+        <v>43</v>
       </c>
       <c r="K40" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L40" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M40" s="18" t="s">
-        <v>278</v>
+        <v>262</v>
       </c>
       <c r="N40" s="18">
-        <v>20140923</v>
+        <v>20181002</v>
+      </c>
+      <c r="P40" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q40" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="W40" s="34">
+        <v>83525776</v>
+      </c>
+      <c r="X40" s="34">
+        <v>1305777</v>
+      </c>
+      <c r="Y40" s="20">
+        <v>4773</v>
+      </c>
+      <c r="Z40" s="18">
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="17" t="s">
-        <v>503</v>
+        <v>552</v>
       </c>
       <c r="B41" s="28">
-        <v>1179390</v>
+        <v>1187950</v>
       </c>
       <c r="C41" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D41" s="28" t="s">
-        <v>504</v>
+        <v>553</v>
       </c>
       <c r="E41" s="18" t="s">
-        <v>505</v>
+        <v>554</v>
       </c>
       <c r="F41" s="24">
-        <v>6353960.5350000001</v>
+        <v>4783035.2</v>
       </c>
       <c r="G41" s="24">
-        <v>423597369</v>
+        <v>47830352</v>
       </c>
       <c r="H41" s="19" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I41" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J41" s="18" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="K41" s="18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="L41" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M41" s="18" t="s">
-        <v>272</v>
+        <v>39</v>
       </c>
       <c r="N41" s="18">
-        <v>20181002</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>20231219</v>
       </c>
       <c r="W41" s="34">
-        <v>33960956</v>
+        <v>6032088</v>
       </c>
       <c r="X41" s="34">
-        <v>622451</v>
+        <v>1248592.5</v>
       </c>
       <c r="Y41" s="20">
-        <v>2519</v>
+        <v>1449</v>
       </c>
       <c r="Z41" s="18">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="17" t="s">
-        <v>577</v>
+        <v>607</v>
       </c>
       <c r="B42" s="28">
-        <v>1187950</v>
+        <v>1185346</v>
       </c>
       <c r="C42" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D42" s="28" t="s">
-        <v>578</v>
+        <v>608</v>
       </c>
       <c r="E42" s="18" t="s">
-        <v>579</v>
+        <v>609</v>
       </c>
       <c r="F42" s="24">
-        <v>4783035.2</v>
+        <v>30874685.489999998</v>
       </c>
       <c r="G42" s="24">
-        <v>47830352</v>
+        <v>25516269</v>
       </c>
       <c r="H42" s="19" t="s">
-        <v>89</v>
+        <v>37</v>
       </c>
       <c r="I42" s="18" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>36</v>
       </c>
       <c r="K42" s="18" t="s">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="L42" s="32" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="M42" s="18" t="s">
-        <v>43</v>
+        <v>262</v>
       </c>
       <c r="N42" s="18">
-        <v>20231219</v>
+        <v>20230424</v>
+      </c>
+      <c r="Q42" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="R42" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="T42" s="18" t="s">
+        <v>460</v>
       </c>
       <c r="W42" s="34">
-        <v>6032088</v>
+        <v>10056493</v>
       </c>
       <c r="X42" s="34">
-        <v>1248592.5</v>
+        <v>28874626</v>
       </c>
       <c r="Y42" s="20">
-        <v>1449</v>
+        <v>23867</v>
       </c>
       <c r="Z42" s="18">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="17" t="s">
-        <v>632</v>
+        <v>372</v>
       </c>
       <c r="B43" s="28">
-        <v>1185346</v>
+        <v>1104706</v>
       </c>
       <c r="C43" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D43" s="28" t="s">
-        <v>633</v>
+        <v>373</v>
       </c>
       <c r="E43" s="18" t="s">
-        <v>634</v>
+        <v>374</v>
       </c>
       <c r="F43" s="24">
-        <v>153984249.30000001</v>
+        <v>1254590.08</v>
       </c>
       <c r="G43" s="24">
-        <v>25284770</v>
+        <v>7841188</v>
       </c>
       <c r="H43" s="19" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="I43" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J43" s="18" t="s">
+        <v>98</v>
       </c>
       <c r="K43" s="18" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="L43" s="32" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="M43" s="18" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="N43" s="18">
-        <v>20230424</v>
+        <v>20071102</v>
       </c>
       <c r="Q43" s="18" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>483</v>
+        <v>48</v>
       </c>
       <c r="W43" s="34">
-        <v>5478450</v>
+        <v>822344</v>
       </c>
       <c r="X43" s="34">
-        <v>15260261</v>
+        <v>166828.5</v>
       </c>
       <c r="Y43" s="20">
-        <v>10983</v>
+        <v>227</v>
       </c>
       <c r="Z43" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="17" t="s">
-        <v>390</v>
+        <v>437</v>
       </c>
       <c r="B44" s="28">
-        <v>1104706</v>
+        <v>1150876</v>
       </c>
       <c r="C44" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D44" s="28" t="s">
-        <v>391</v>
+        <v>438</v>
       </c>
       <c r="E44" s="18" t="s">
-        <v>392</v>
+        <v>439</v>
       </c>
       <c r="F44" s="24">
-        <v>3920594</v>
+        <v>6913560.5099999998</v>
       </c>
       <c r="G44" s="24">
-        <v>7841188</v>
+        <v>81336006</v>
       </c>
       <c r="H44" s="19" t="s">
-        <v>63</v>
+        <v>83</v>
       </c>
       <c r="I44" s="18" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>36</v>
       </c>
       <c r="K44" s="18" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L44" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M44" s="18" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="N44" s="18">
-        <v>20071102</v>
+        <v>20170612</v>
       </c>
       <c r="Q44" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W44" s="34">
-        <v>805990</v>
+        <v>45363147</v>
       </c>
       <c r="X44" s="34">
-        <v>163112.5</v>
+        <v>1739955.5</v>
       </c>
       <c r="Y44" s="20">
-        <v>211</v>
+        <v>3928</v>
       </c>
       <c r="Z44" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="17" t="s">
-        <v>459</v>
+        <v>382</v>
       </c>
       <c r="B45" s="28">
-        <v>1150876</v>
+        <v>1117857</v>
       </c>
       <c r="C45" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D45" s="28" t="s">
-        <v>460</v>
+        <v>383</v>
       </c>
       <c r="E45" s="18" t="s">
-        <v>461</v>
+        <v>384</v>
       </c>
       <c r="F45" s="24">
-        <v>2914740.54</v>
+        <v>36337635.600000001</v>
       </c>
       <c r="G45" s="24">
-        <v>32386006</v>
+        <v>60562726</v>
       </c>
       <c r="H45" s="19" t="s">
-        <v>89</v>
+        <v>57</v>
       </c>
       <c r="I45" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K45" s="18" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="L45" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M45" s="18" t="s">
-        <v>277</v>
+        <v>262</v>
       </c>
       <c r="N45" s="18">
-        <v>20170612</v>
+        <v>20091215</v>
+      </c>
+      <c r="P45" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="Q45" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W45" s="34">
-        <v>36643881</v>
+        <v>9600223</v>
       </c>
       <c r="X45" s="34">
-        <v>928736</v>
+        <v>2242586.5</v>
       </c>
       <c r="Y45" s="20">
-        <v>2770</v>
+        <v>1420</v>
       </c>
       <c r="Z45" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="17" t="s">
-        <v>404</v>
+        <v>519</v>
       </c>
       <c r="B46" s="28">
-        <v>1117857</v>
+        <v>1180950</v>
       </c>
       <c r="C46" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D46" s="28" t="s">
-        <v>405</v>
+        <v>665</v>
       </c>
       <c r="E46" s="18" t="s">
-        <v>406</v>
+        <v>666</v>
       </c>
       <c r="F46" s="24">
-        <v>1111776.21</v>
+        <v>4685021.0999999996</v>
       </c>
       <c r="G46" s="24">
-        <v>12353069</v>
+        <v>1993626</v>
       </c>
       <c r="H46" s="19" t="s">
-        <v>63</v>
+        <v>83</v>
       </c>
       <c r="I46" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K46" s="18" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="L46" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M46" s="18" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="N46" s="18">
-        <v>20091215</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>20200922</v>
+      </c>
+      <c r="O46" s="18" t="s">
+        <v>77</v>
       </c>
       <c r="Q46" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W46" s="34">
-        <v>2533798</v>
+        <v>1943605</v>
       </c>
       <c r="X46" s="34">
-        <v>175568.5</v>
+        <v>4596480.5</v>
       </c>
       <c r="Y46" s="20">
-        <v>243</v>
+        <v>5336</v>
       </c>
       <c r="Z46" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="17" t="s">
-        <v>544</v>
+        <v>487</v>
       </c>
       <c r="B47" s="28">
-        <v>1180950</v>
+        <v>1179320</v>
       </c>
       <c r="C47" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D47" s="28" t="s">
-        <v>689</v>
+        <v>488</v>
       </c>
       <c r="E47" s="18" t="s">
-        <v>690</v>
+        <v>489</v>
       </c>
       <c r="F47" s="24">
-        <v>6860280</v>
+        <v>10755009.15</v>
       </c>
       <c r="G47" s="24">
-        <v>1372056</v>
+        <v>215100183</v>
       </c>
       <c r="H47" s="19" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="I47" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J47" s="18" t="s">
+        <v>43</v>
       </c>
       <c r="K47" s="18" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L47" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M47" s="18" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="N47" s="18">
-        <v>20200922</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>20180427</v>
+      </c>
+      <c r="P47" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="Q47" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W47" s="34">
-        <v>1745698</v>
+        <v>9920749</v>
       </c>
       <c r="X47" s="34">
-        <v>3690188</v>
+        <v>658680.5</v>
       </c>
       <c r="Y47" s="20">
-        <v>4021</v>
+        <v>1438</v>
       </c>
       <c r="Z47" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="17" t="s">
-        <v>512</v>
+        <v>410</v>
       </c>
       <c r="B48" s="28">
-        <v>1179320</v>
+        <v>1116662</v>
       </c>
       <c r="C48" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D48" s="28" t="s">
-        <v>513</v>
+        <v>411</v>
       </c>
       <c r="E48" s="18" t="s">
-        <v>514</v>
+        <v>412</v>
       </c>
       <c r="F48" s="24">
-        <v>12141010.98</v>
+        <v>6363058</v>
       </c>
       <c r="G48" s="24">
-        <v>202350183</v>
+        <v>9789320</v>
       </c>
       <c r="H48" s="19" t="s">
-        <v>93</v>
+        <v>57</v>
       </c>
       <c r="I48" s="18" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="K48" s="18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="L48" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M48" s="18" t="s">
-        <v>272</v>
+        <v>46</v>
       </c>
       <c r="N48" s="18">
-        <v>20180427</v>
+        <v>20101012</v>
       </c>
       <c r="P48" s="18" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="W48" s="34">
-        <v>6208436</v>
+        <v>363469</v>
       </c>
       <c r="X48" s="34">
-        <v>491108.5</v>
+        <v>244478.5</v>
       </c>
       <c r="Y48" s="20">
-        <v>1028</v>
+        <v>277</v>
       </c>
       <c r="Z48" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="17" t="s">
-        <v>432</v>
+        <v>575</v>
       </c>
       <c r="B49" s="28">
-        <v>1116662</v>
+        <v>1180410</v>
       </c>
       <c r="C49" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D49" s="28" t="s">
-        <v>433</v>
+        <v>576</v>
       </c>
       <c r="E49" s="18" t="s">
-        <v>434</v>
+        <v>577</v>
       </c>
       <c r="F49" s="24">
-        <v>3915728</v>
+        <v>8537795.5199999996</v>
       </c>
       <c r="G49" s="24">
-        <v>9789320</v>
+        <v>213444888</v>
       </c>
       <c r="H49" s="19" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="I49" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J49" s="18" t="s">
+        <v>59</v>
       </c>
       <c r="K49" s="18" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L49" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M49" s="18" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="N49" s="18">
-        <v>20101012</v>
-[...14 lines deleted...]
-        <v>8</v>
+        <v>20200921</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="17" t="s">
-        <v>600</v>
+        <v>286</v>
       </c>
       <c r="B50" s="28">
-        <v>1180410</v>
+        <v>1064895</v>
       </c>
       <c r="C50" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D50" s="28" t="s">
-        <v>601</v>
+        <v>287</v>
       </c>
       <c r="E50" s="18" t="s">
-        <v>602</v>
+        <v>288</v>
       </c>
       <c r="F50" s="24">
-        <v>8537795.5199999996</v>
+        <v>44728569.75</v>
       </c>
       <c r="G50" s="24">
-        <v>213444888</v>
+        <v>119276186</v>
       </c>
       <c r="H50" s="19" t="s">
-        <v>41</v>
+        <v>69</v>
       </c>
       <c r="I50" s="18" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>36</v>
       </c>
       <c r="K50" s="18" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="L50" s="32" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>20200921</v>
+        <v>33</v>
+      </c>
+      <c r="P50" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="W50" s="34">
+        <v>56902472</v>
+      </c>
+      <c r="X50" s="34">
+        <v>16890324</v>
+      </c>
+      <c r="Y50" s="20">
+        <v>13247</v>
+      </c>
+      <c r="Z50" s="18">
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="17" t="s">
-        <v>297</v>
+        <v>496</v>
       </c>
       <c r="B51" s="28">
-        <v>1064895</v>
+        <v>1180620</v>
       </c>
       <c r="C51" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D51" s="28" t="s">
-        <v>298</v>
+        <v>655</v>
       </c>
       <c r="E51" s="18" t="s">
-        <v>299</v>
+        <v>656</v>
       </c>
       <c r="F51" s="24">
-        <v>27503003.789999999</v>
+        <v>241608691.80000001</v>
       </c>
       <c r="G51" s="24">
-        <v>101862977</v>
+        <v>69427785</v>
       </c>
       <c r="H51" s="19" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="I51" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J51" s="18" t="s">
+        <v>43</v>
       </c>
       <c r="K51" s="18" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="L51" s="32" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>13</v>
+      </c>
+      <c r="M51" s="18" t="s">
+        <v>268</v>
+      </c>
+      <c r="N51" s="18">
+        <v>20200220</v>
+      </c>
+      <c r="O51" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="T51" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="W51" s="34">
-        <v>30738697</v>
+        <v>9659469</v>
       </c>
       <c r="X51" s="34">
-        <v>8524787.5</v>
+        <v>40820988.5</v>
       </c>
       <c r="Y51" s="20">
-        <v>7354</v>
+        <v>40723</v>
       </c>
       <c r="Z51" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="17" t="s">
-        <v>521</v>
+        <v>449</v>
       </c>
       <c r="B52" s="28">
-        <v>1180620</v>
+        <v>1157850</v>
       </c>
       <c r="C52" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D52" s="28" t="s">
-        <v>679</v>
+        <v>450</v>
       </c>
       <c r="E52" s="18" t="s">
-        <v>680</v>
+        <v>451</v>
       </c>
       <c r="F52" s="24">
-        <v>135024837.22</v>
+        <v>47226102.170000002</v>
       </c>
       <c r="G52" s="24">
-        <v>44710211</v>
+        <v>205330879</v>
       </c>
       <c r="H52" s="19" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="I52" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J52" s="18" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="K52" s="18" t="s">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="L52" s="32" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="M52" s="18" t="s">
-        <v>278</v>
+        <v>262</v>
       </c>
       <c r="N52" s="18">
-        <v>20200220</v>
-[...4 lines deleted...]
-      <c r="T52" s="18" t="s">
+        <v>20180213</v>
+      </c>
+      <c r="P52" s="18" t="s">
         <v>70</v>
       </c>
+      <c r="Q52" s="18" t="s">
+        <v>48</v>
+      </c>
       <c r="W52" s="34">
-        <v>5465796</v>
+        <v>129561522</v>
       </c>
       <c r="X52" s="34">
-        <v>17557542.5</v>
+        <v>45564528</v>
       </c>
       <c r="Y52" s="20">
-        <v>24043</v>
+        <v>35726</v>
       </c>
       <c r="Z52" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="17" t="s">
-        <v>471</v>
+        <v>481</v>
       </c>
       <c r="B53" s="28">
-        <v>1157850</v>
+        <v>1179987</v>
       </c>
       <c r="C53" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D53" s="28" t="s">
-        <v>472</v>
+        <v>482</v>
       </c>
       <c r="E53" s="18" t="s">
-        <v>473</v>
+        <v>483</v>
       </c>
       <c r="F53" s="24">
-        <v>50810504.5</v>
+        <v>47191692.299999997</v>
       </c>
       <c r="G53" s="24">
-        <v>203242018</v>
+        <v>138799095</v>
       </c>
       <c r="H53" s="19" t="s">
-        <v>93</v>
+        <v>148</v>
       </c>
       <c r="I53" s="18" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="K53" s="18" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L53" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M53" s="18" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="N53" s="18">
-        <v>20180213</v>
+        <v>20230216</v>
       </c>
       <c r="P53" s="18" t="s">
-        <v>76</v>
+        <v>56</v>
       </c>
       <c r="Q53" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W53" s="34">
-        <v>54446750</v>
+        <v>34013522</v>
       </c>
       <c r="X53" s="34">
-        <v>15291147.5</v>
+        <v>8386569</v>
       </c>
       <c r="Y53" s="20">
-        <v>15774</v>
+        <v>5531</v>
       </c>
       <c r="Z53" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="17" t="s">
-        <v>506</v>
+        <v>564</v>
       </c>
       <c r="B54" s="28">
-        <v>1179987</v>
+        <v>1183515</v>
       </c>
       <c r="C54" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D54" s="28" t="s">
-        <v>507</v>
+        <v>565</v>
       </c>
       <c r="E54" s="18" t="s">
-        <v>508</v>
+        <v>566</v>
       </c>
       <c r="F54" s="24">
-        <v>26371828.050000001</v>
+        <v>31516905.690000001</v>
       </c>
       <c r="G54" s="24">
-        <v>138799095</v>
+        <v>55292817</v>
       </c>
       <c r="H54" s="19" t="s">
-        <v>154</v>
+        <v>37</v>
       </c>
       <c r="I54" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K54" s="18" t="s">
-        <v>38</v>
+        <v>238</v>
       </c>
       <c r="L54" s="32" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="M54" s="18" t="s">
-        <v>273</v>
+        <v>262</v>
       </c>
       <c r="N54" s="18">
-        <v>20230216</v>
+        <v>20220124</v>
       </c>
       <c r="P54" s="18" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="Q54" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
+      </c>
+      <c r="T54" s="18" t="s">
+        <v>567</v>
       </c>
       <c r="W54" s="34">
-        <v>15372825</v>
+        <v>32563859</v>
       </c>
       <c r="X54" s="34">
-        <v>3006848.5</v>
+        <v>16869161</v>
       </c>
       <c r="Y54" s="20">
-        <v>2284</v>
+        <v>10818</v>
       </c>
       <c r="Z54" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="17" t="s">
-        <v>589</v>
+        <v>301</v>
       </c>
       <c r="B55" s="28">
-        <v>1183515</v>
+        <v>1024001</v>
       </c>
       <c r="C55" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D55" s="28" t="s">
-        <v>590</v>
+        <v>302</v>
       </c>
       <c r="E55" s="18" t="s">
-        <v>591</v>
+        <v>303</v>
       </c>
       <c r="F55" s="24">
-        <v>29251020.699999999</v>
+        <v>10761053.895</v>
       </c>
       <c r="G55" s="24">
-        <v>53183674</v>
+        <v>239134531</v>
       </c>
       <c r="H55" s="19" t="s">
-        <v>41</v>
+        <v>91</v>
       </c>
       <c r="I55" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K55" s="18" t="s">
-        <v>248</v>
+        <v>34</v>
       </c>
       <c r="L55" s="32" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="M55" s="18" t="s">
-        <v>272</v>
+        <v>258</v>
       </c>
       <c r="N55" s="18">
-        <v>20220124</v>
-[...8 lines deleted...]
-        <v>592</v>
+        <v>20111102</v>
       </c>
       <c r="W55" s="34">
-        <v>24310696</v>
+        <v>28923135</v>
       </c>
       <c r="X55" s="34">
-        <v>11624145</v>
+        <v>1701689</v>
       </c>
       <c r="Y55" s="20">
-        <v>8037</v>
+        <v>2510</v>
       </c>
       <c r="Z55" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="17" t="s">
-        <v>312</v>
+        <v>500</v>
       </c>
       <c r="B56" s="28">
-        <v>1024001</v>
+        <v>1181080</v>
       </c>
       <c r="C56" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D56" s="28" t="s">
-        <v>313</v>
+        <v>501</v>
       </c>
       <c r="E56" s="18" t="s">
-        <v>314</v>
+        <v>502</v>
       </c>
       <c r="F56" s="24">
-        <v>15463658.925000001</v>
+        <v>20179068.164999999</v>
       </c>
       <c r="G56" s="24">
-        <v>237902445</v>
+        <v>149474579</v>
       </c>
       <c r="H56" s="19" t="s">
-        <v>97</v>
+        <v>57</v>
       </c>
       <c r="I56" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K56" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L56" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M56" s="18" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="N56" s="18">
-        <v>20111102</v>
+        <v>20201214</v>
+      </c>
+      <c r="Q56" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W56" s="34">
-        <v>21432041</v>
+        <v>48996771</v>
       </c>
       <c r="X56" s="34">
-        <v>1331399.5</v>
+        <v>4231678</v>
       </c>
       <c r="Y56" s="20">
-        <v>1906</v>
+        <v>3873</v>
       </c>
       <c r="Z56" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="17" t="s">
-        <v>525</v>
+        <v>331</v>
       </c>
       <c r="B57" s="28">
-        <v>1181080</v>
+        <v>817378</v>
       </c>
       <c r="C57" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D57" s="28" t="s">
-        <v>526</v>
+        <v>332</v>
       </c>
       <c r="E57" s="18" t="s">
-        <v>527</v>
+        <v>333</v>
       </c>
       <c r="F57" s="24">
-        <v>14200085.005000001</v>
+        <v>36258253.439999998</v>
       </c>
       <c r="G57" s="24">
-        <v>149474579</v>
+        <v>20958528</v>
       </c>
       <c r="H57" s="19" t="s">
-        <v>63</v>
+        <v>83</v>
       </c>
       <c r="I57" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K57" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L57" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M57" s="18" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="N57" s="18">
-        <v>20201214</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>20060727</v>
       </c>
       <c r="W57" s="34">
-        <v>25554676</v>
+        <v>187420</v>
       </c>
       <c r="X57" s="34">
-        <v>1818791</v>
+        <v>315675.5</v>
       </c>
       <c r="Y57" s="20">
-        <v>1608</v>
+        <v>398</v>
       </c>
       <c r="Z57" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="17" t="s">
-        <v>345</v>
+        <v>464</v>
       </c>
       <c r="B58" s="28">
-        <v>817378</v>
+        <v>1174145</v>
       </c>
       <c r="C58" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D58" s="28" t="s">
-        <v>346</v>
+        <v>465</v>
       </c>
       <c r="E58" s="18" t="s">
-        <v>347</v>
+        <v>466</v>
       </c>
       <c r="F58" s="24">
-        <v>26198160</v>
+        <v>68046911.519999996</v>
       </c>
       <c r="G58" s="24">
-        <v>20958528</v>
+        <v>69435624</v>
       </c>
       <c r="H58" s="19" t="s">
-        <v>89</v>
+        <v>57</v>
       </c>
       <c r="I58" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K58" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L58" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M58" s="18" t="s">
-        <v>278</v>
+        <v>39</v>
       </c>
       <c r="N58" s="18">
-        <v>20060727</v>
+        <v>20150331</v>
       </c>
       <c r="W58" s="34">
-        <v>85839</v>
+        <v>3067963</v>
       </c>
       <c r="X58" s="34">
-        <v>157958</v>
+        <v>2953976</v>
       </c>
       <c r="Y58" s="20">
-        <v>176</v>
+        <v>2962</v>
       </c>
       <c r="Z58" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="17" t="s">
-        <v>487</v>
+        <v>581</v>
       </c>
       <c r="B59" s="28">
-        <v>1174145</v>
+        <v>1184280</v>
       </c>
       <c r="C59" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D59" s="28" t="s">
-        <v>488</v>
+        <v>582</v>
       </c>
       <c r="E59" s="18" t="s">
-        <v>489</v>
+        <v>583</v>
       </c>
       <c r="F59" s="24">
-        <v>67352555.280000001</v>
+        <v>77460981.599999994</v>
       </c>
       <c r="G59" s="24">
-        <v>69435624</v>
+        <v>129101636</v>
       </c>
       <c r="H59" s="19" t="s">
-        <v>63</v>
+        <v>87</v>
       </c>
       <c r="I59" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K59" s="18" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="L59" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M59" s="18" t="s">
-        <v>43</v>
+        <v>262</v>
       </c>
       <c r="N59" s="18">
-        <v>20150331</v>
+        <v>20220908</v>
+      </c>
+      <c r="P59" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q59" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W59" s="34">
-        <v>1701313</v>
+        <v>16816079</v>
       </c>
       <c r="X59" s="34">
-        <v>1672884</v>
+        <v>12610145.5</v>
       </c>
       <c r="Y59" s="20">
-        <v>1877</v>
+        <v>5400</v>
       </c>
       <c r="Z59" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="17" t="s">
-        <v>606</v>
+        <v>340</v>
       </c>
       <c r="B60" s="28">
-        <v>1184280</v>
+        <v>1095337</v>
       </c>
       <c r="C60" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D60" s="28" t="s">
-        <v>607</v>
+        <v>341</v>
       </c>
       <c r="E60" s="18" t="s">
-        <v>608</v>
+        <v>342</v>
       </c>
       <c r="F60" s="24">
-        <v>100226422.92</v>
+        <v>4402723.3250000002</v>
       </c>
       <c r="G60" s="24">
-        <v>128495414</v>
+        <v>80049515</v>
       </c>
       <c r="H60" s="19" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="I60" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K60" s="18" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="L60" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M60" s="18" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="N60" s="18">
-        <v>20220908</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>20061011</v>
       </c>
       <c r="Q60" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W60" s="34">
-        <v>13719561</v>
+        <v>19790672</v>
       </c>
       <c r="X60" s="34">
-        <v>10462032</v>
+        <v>676856</v>
       </c>
       <c r="Y60" s="20">
-        <v>4442</v>
+        <v>1685</v>
       </c>
       <c r="Z60" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="17" t="s">
-        <v>357</v>
+        <v>401</v>
       </c>
       <c r="B61" s="28">
-        <v>1095337</v>
+        <v>1118769</v>
       </c>
       <c r="C61" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D61" s="28" t="s">
-        <v>358</v>
+        <v>402</v>
       </c>
       <c r="E61" s="18" t="s">
-        <v>359</v>
+        <v>403</v>
       </c>
       <c r="F61" s="24">
-        <v>3201980.6</v>
+        <v>8983919.0800000001</v>
       </c>
       <c r="G61" s="24">
-        <v>80049515</v>
+        <v>224597977</v>
       </c>
       <c r="H61" s="19" t="s">
-        <v>93</v>
+        <v>37</v>
       </c>
       <c r="I61" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K61" s="18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="L61" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M61" s="18" t="s">
-        <v>272</v>
+        <v>258</v>
       </c>
       <c r="N61" s="18">
-        <v>20061011</v>
-[...14 lines deleted...]
-        <v>8</v>
+        <v>20190619</v>
+      </c>
+      <c r="P61" s="18" t="s">
+        <v>70</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="17" t="s">
-        <v>423</v>
+        <v>620</v>
       </c>
       <c r="B62" s="28">
-        <v>1118769</v>
+        <v>1185485</v>
       </c>
       <c r="C62" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D62" s="28" t="s">
-        <v>424</v>
+        <v>621</v>
       </c>
       <c r="E62" s="18" t="s">
-        <v>425</v>
+        <v>622</v>
       </c>
       <c r="F62" s="24">
-        <v>8983919.0800000001</v>
+        <v>10636476</v>
       </c>
       <c r="G62" s="24">
-        <v>224597977</v>
+        <v>42545904</v>
       </c>
       <c r="H62" s="19" t="s">
-        <v>41</v>
+        <v>87</v>
       </c>
       <c r="I62" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J62" s="18" t="s">
+        <v>43</v>
       </c>
       <c r="K62" s="18" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L62" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M62" s="18" t="s">
-        <v>268</v>
+        <v>35</v>
       </c>
       <c r="N62" s="18">
-        <v>20190619</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>20220419</v>
+      </c>
+      <c r="W62" s="34">
+        <v>3638090</v>
+      </c>
+      <c r="X62" s="34">
+        <v>1355460</v>
+      </c>
+      <c r="Y62" s="20">
+        <v>1365</v>
+      </c>
+      <c r="Z62" s="18">
+        <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="17" t="s">
-        <v>644</v>
+        <v>476</v>
       </c>
       <c r="B63" s="28">
-        <v>1185485</v>
+        <v>1176730</v>
       </c>
       <c r="C63" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D63" s="28" t="s">
-        <v>645</v>
+        <v>657</v>
       </c>
       <c r="E63" s="18" t="s">
-        <v>646</v>
+        <v>658</v>
       </c>
       <c r="F63" s="24">
-        <v>15741984.48</v>
+        <v>36353925.850000001</v>
       </c>
       <c r="G63" s="24">
-        <v>42545904</v>
+        <v>125358365</v>
       </c>
       <c r="H63" s="19" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="I63" s="18" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="K63" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L63" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M63" s="18" t="s">
-        <v>39</v>
+        <v>267</v>
       </c>
       <c r="N63" s="18">
-        <v>20220419</v>
+        <v>20211020</v>
+      </c>
+      <c r="Q63" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W63" s="34">
-        <v>2008455</v>
+        <v>24360812</v>
       </c>
       <c r="X63" s="34">
-        <v>869878.5</v>
+        <v>5718392</v>
       </c>
       <c r="Y63" s="20">
-        <v>826</v>
+        <v>3883</v>
       </c>
       <c r="Z63" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="17" t="s">
-        <v>499</v>
+        <v>422</v>
       </c>
       <c r="B64" s="28">
-        <v>1176730</v>
+        <v>1140775</v>
       </c>
       <c r="C64" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D64" s="28" t="s">
-        <v>681</v>
+        <v>423</v>
       </c>
       <c r="E64" s="18" t="s">
-        <v>682</v>
+        <v>424</v>
       </c>
       <c r="F64" s="24">
-        <v>32946677.440000001</v>
+        <v>204267973.84999999</v>
       </c>
       <c r="G64" s="24">
-        <v>102958367</v>
+        <v>110415121</v>
       </c>
       <c r="H64" s="19" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I64" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K64" s="18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="L64" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M64" s="18" t="s">
-        <v>277</v>
+        <v>262</v>
       </c>
       <c r="N64" s="18">
-        <v>20211020</v>
+        <v>20130226</v>
       </c>
       <c r="Q64" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
+      </c>
+      <c r="R64" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W64" s="34">
-        <v>10783370</v>
+        <v>73313879</v>
       </c>
       <c r="X64" s="34">
-        <v>1553950.5</v>
+        <v>111956906.5</v>
       </c>
       <c r="Y64" s="20">
-        <v>1305</v>
+        <v>71410</v>
       </c>
       <c r="Z64" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="17" t="s">
-        <v>444</v>
+        <v>416</v>
       </c>
       <c r="B65" s="28">
-        <v>1140775</v>
+        <v>1137059</v>
       </c>
       <c r="C65" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D65" s="28" t="s">
-        <v>445</v>
+        <v>417</v>
       </c>
       <c r="E65" s="18" t="s">
-        <v>446</v>
+        <v>418</v>
       </c>
       <c r="F65" s="24">
-        <v>180716652.30000001</v>
+        <v>3720965.5350000001</v>
       </c>
       <c r="G65" s="24">
-        <v>103860145</v>
+        <v>82688123</v>
       </c>
       <c r="H65" s="19" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="I65" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K65" s="18" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="L65" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M65" s="18" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="N65" s="18">
-        <v>20130226</v>
+        <v>20201014</v>
       </c>
       <c r="Q65" s="18" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W65" s="34">
-        <v>38865367</v>
+        <v>15098735</v>
       </c>
       <c r="X65" s="34">
-        <v>35412596.5</v>
+        <v>702255</v>
       </c>
       <c r="Y65" s="20">
-        <v>22160</v>
+        <v>513</v>
       </c>
       <c r="Z65" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="17" t="s">
-        <v>438</v>
+        <v>398</v>
       </c>
       <c r="B66" s="28">
-        <v>1137059</v>
+        <v>1121856</v>
       </c>
       <c r="C66" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D66" s="28" t="s">
-        <v>439</v>
+        <v>399</v>
       </c>
       <c r="E66" s="18" t="s">
-        <v>440</v>
+        <v>400</v>
       </c>
       <c r="F66" s="24">
-        <v>3624215.5350000001</v>
+        <v>935591.84</v>
       </c>
       <c r="G66" s="24">
-        <v>80538123</v>
+        <v>187118368</v>
       </c>
       <c r="H66" s="19" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="I66" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K66" s="18" t="s">
-        <v>50</v>
+        <v>113</v>
       </c>
       <c r="L66" s="32" t="s">
-        <v>37</v>
+        <v>114</v>
       </c>
       <c r="M66" s="18" t="s">
-        <v>277</v>
+        <v>35</v>
       </c>
       <c r="N66" s="18">
-        <v>20201014</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>20091218</v>
+      </c>
+      <c r="U66" s="18" t="s">
+        <v>113</v>
       </c>
       <c r="W66" s="34">
-        <v>8937715</v>
+        <v>221666</v>
       </c>
       <c r="X66" s="34">
-        <v>410605.5</v>
+        <v>1186</v>
       </c>
       <c r="Y66" s="20">
-        <v>260</v>
+        <v>43</v>
       </c>
       <c r="Z66" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="17" t="s">
-        <v>420</v>
+        <v>431</v>
       </c>
       <c r="B67" s="28">
-        <v>1121856</v>
+        <v>1148770</v>
       </c>
       <c r="C67" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D67" s="28" t="s">
-        <v>421</v>
+        <v>432</v>
       </c>
       <c r="E67" s="18" t="s">
-        <v>422</v>
+        <v>433</v>
       </c>
       <c r="F67" s="24">
-        <v>935591.84</v>
+        <v>681078.24</v>
       </c>
       <c r="G67" s="24">
-        <v>187118368</v>
+        <v>4256739</v>
       </c>
       <c r="H67" s="19" t="s">
-        <v>97</v>
+        <v>57</v>
       </c>
       <c r="I67" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J67" s="18" t="s">
+        <v>98</v>
       </c>
       <c r="K67" s="18" t="s">
-        <v>119</v>
+        <v>45</v>
       </c>
       <c r="L67" s="32" t="s">
-        <v>120</v>
+        <v>33</v>
       </c>
       <c r="M67" s="18" t="s">
-        <v>39</v>
+        <v>267</v>
       </c>
       <c r="N67" s="18">
-        <v>20091218</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>20211021</v>
+      </c>
+      <c r="P67" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q67" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W67" s="34">
-        <v>73250</v>
+        <v>3788331</v>
       </c>
       <c r="X67" s="34">
-        <v>443</v>
+        <v>111238</v>
       </c>
       <c r="Y67" s="20">
-        <v>26</v>
+        <v>365</v>
       </c>
       <c r="Z67" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="17" t="s">
-        <v>453</v>
+        <v>578</v>
       </c>
       <c r="B68" s="28">
-        <v>1148770</v>
+        <v>1184225</v>
       </c>
       <c r="C68" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D68" s="28" t="s">
-        <v>454</v>
+        <v>579</v>
       </c>
       <c r="E68" s="18" t="s">
-        <v>455</v>
+        <v>580</v>
       </c>
       <c r="F68" s="24">
-        <v>1064189.3999999999</v>
+        <v>10546833.734999999</v>
       </c>
       <c r="G68" s="24">
-        <v>42567576</v>
+        <v>234374083</v>
       </c>
       <c r="H68" s="19" t="s">
-        <v>63</v>
+        <v>83</v>
       </c>
       <c r="I68" s="18" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>36</v>
       </c>
       <c r="K68" s="18" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="L68" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M68" s="18" t="s">
-        <v>277</v>
+        <v>46</v>
       </c>
       <c r="N68" s="18">
-        <v>20211021</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>20201030</v>
       </c>
       <c r="W68" s="34">
-        <v>929868</v>
+        <v>18453423</v>
       </c>
       <c r="X68" s="34">
-        <v>44076</v>
+        <v>1502052</v>
       </c>
       <c r="Y68" s="20">
-        <v>184</v>
+        <v>3779</v>
       </c>
       <c r="Z68" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="17" t="s">
-        <v>603</v>
+        <v>334</v>
       </c>
       <c r="B69" s="28">
-        <v>1184225</v>
+        <v>16826</v>
       </c>
       <c r="C69" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D69" s="28" t="s">
-        <v>604</v>
+        <v>335</v>
       </c>
       <c r="E69" s="18" t="s">
-        <v>605</v>
+        <v>336</v>
       </c>
       <c r="F69" s="24">
-        <v>15798935.810000001</v>
+        <v>860346402.77999997</v>
       </c>
       <c r="G69" s="24">
-        <v>225699083</v>
+        <v>243035707</v>
       </c>
       <c r="H69" s="19" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="I69" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J69" s="18" t="s">
+        <v>43</v>
       </c>
       <c r="K69" s="18" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="L69" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M69" s="18" t="s">
-        <v>52</v>
+        <v>258</v>
       </c>
       <c r="N69" s="18">
-        <v>20201030</v>
+        <v>20170918</v>
+      </c>
+      <c r="O69" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="R69" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W69" s="34">
-        <v>13777720</v>
+        <v>386947629</v>
       </c>
       <c r="X69" s="34">
-        <v>1228327</v>
+        <v>1856111405</v>
       </c>
       <c r="Y69" s="20">
-        <v>3360</v>
+        <v>509190</v>
       </c>
       <c r="Z69" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="17" t="s">
-        <v>348</v>
+        <v>626</v>
       </c>
       <c r="B70" s="28">
-        <v>16826</v>
+        <v>1186725</v>
       </c>
       <c r="C70" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D70" s="28" t="s">
-        <v>349</v>
+        <v>661</v>
       </c>
       <c r="E70" s="18" t="s">
-        <v>350</v>
+        <v>662</v>
       </c>
       <c r="F70" s="24">
-        <v>930333329.08000004</v>
+        <v>4523400.18</v>
       </c>
       <c r="G70" s="24">
-        <v>230280527</v>
+        <v>25130001</v>
       </c>
       <c r="H70" s="19" t="s">
-        <v>93</v>
+        <v>57</v>
       </c>
       <c r="I70" s="18" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="K70" s="18" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="L70" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M70" s="18" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="N70" s="18">
-        <v>20170918</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>20250523</v>
+      </c>
+      <c r="Q70" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W70" s="34">
-        <v>174960612</v>
+        <v>1640504</v>
       </c>
       <c r="X70" s="34">
-        <v>544054652</v>
+        <v>283331</v>
       </c>
       <c r="Y70" s="20">
-        <v>208674</v>
+        <v>279</v>
       </c>
       <c r="Z70" s="18">
         <v>8</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="17" t="s">
+        <v>593</v>
+      </c>
+      <c r="B71" s="28">
+        <v>1184365</v>
+      </c>
+      <c r="C71" s="23" t="s">
+        <v>42</v>
+      </c>
+      <c r="D71" s="28" t="s">
         <v>650</v>
       </c>
-      <c r="B71" s="28">
-[...7 lines deleted...]
-      </c>
       <c r="E71" s="18" t="s">
-        <v>686</v>
+        <v>651</v>
       </c>
       <c r="F71" s="24">
-        <v>3769500.15</v>
+        <v>19651472.16</v>
       </c>
       <c r="G71" s="24">
-        <v>25130001</v>
+        <v>40940567</v>
       </c>
       <c r="H71" s="19" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="I71" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K71" s="18" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="L71" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M71" s="18" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="N71" s="18">
-        <v>20250523</v>
+        <v>20250225</v>
       </c>
       <c r="Q71" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
+      </c>
+      <c r="V71" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W71" s="34">
-        <v>608187</v>
+        <v>1885413</v>
       </c>
       <c r="X71" s="34">
-        <v>95993</v>
+        <v>1068789</v>
       </c>
       <c r="Y71" s="20">
-        <v>94</v>
+        <v>753</v>
       </c>
       <c r="Z71" s="18">
-        <v>4</v>
+        <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="17" t="s">
-        <v>618</v>
+        <v>425</v>
       </c>
       <c r="B72" s="28">
-        <v>1184365</v>
+        <v>1122416</v>
       </c>
       <c r="C72" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D72" s="28" t="s">
-        <v>674</v>
+        <v>426</v>
       </c>
       <c r="E72" s="18" t="s">
-        <v>675</v>
+        <v>427</v>
       </c>
       <c r="F72" s="24">
-        <v>21724246.050000001</v>
+        <v>4870370.5199999996</v>
       </c>
       <c r="G72" s="24">
-        <v>33421917</v>
+        <v>324691368</v>
       </c>
       <c r="H72" s="19" t="s">
-        <v>63</v>
+        <v>83</v>
       </c>
       <c r="I72" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K72" s="18" t="s">
-        <v>66</v>
+        <v>45</v>
       </c>
       <c r="L72" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M72" s="18" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="N72" s="18">
-        <v>20250225</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>20200129</v>
+      </c>
+      <c r="P72" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="W72" s="34">
-        <v>949202</v>
+        <v>33073246</v>
       </c>
       <c r="X72" s="34">
-        <v>615141</v>
+        <v>741771</v>
       </c>
       <c r="Y72" s="20">
-        <v>405</v>
+        <v>825</v>
       </c>
       <c r="Z72" s="18">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="17" t="s">
-        <v>288</v>
+        <v>446</v>
       </c>
       <c r="B73" s="28">
-        <v>38980</v>
+        <v>1152882</v>
       </c>
       <c r="C73" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D73" s="28" t="s">
-        <v>289</v>
+        <v>447</v>
       </c>
       <c r="E73" s="18" t="s">
-        <v>81</v>
+        <v>448</v>
       </c>
       <c r="F73" s="24">
-        <v>1471913.15</v>
+        <v>852669.11</v>
       </c>
       <c r="G73" s="24">
-        <v>294382630</v>
+        <v>170533822</v>
       </c>
       <c r="H73" s="19" t="s">
-        <v>63</v>
+        <v>87</v>
       </c>
       <c r="I73" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K73" s="18" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="L73" s="32" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="M73" s="18" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="N73" s="18">
-        <v>20160525</v>
-[...2 lines deleted...]
-        <v>290</v>
+        <v>20200228</v>
+      </c>
+      <c r="P73" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="W73" s="34">
-        <v>6769570</v>
+        <v>14009512</v>
       </c>
       <c r="X73" s="34">
-        <v>37569.5</v>
+        <v>496092</v>
       </c>
       <c r="Y73" s="20">
-        <v>233</v>
+        <v>587</v>
       </c>
       <c r="Z73" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="17" t="s">
-        <v>447</v>
+        <v>295</v>
       </c>
       <c r="B74" s="28">
-        <v>1122416</v>
+        <v>1023824</v>
       </c>
       <c r="C74" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D74" s="28" t="s">
-        <v>448</v>
+        <v>296</v>
       </c>
       <c r="E74" s="18" t="s">
-        <v>449</v>
+        <v>297</v>
       </c>
       <c r="F74" s="24">
-        <v>8117284.2000000002</v>
+        <v>7674905.4000000004</v>
       </c>
       <c r="G74" s="24">
-        <v>162345684</v>
+        <v>25583018</v>
       </c>
       <c r="H74" s="19" t="s">
-        <v>89</v>
+        <v>37</v>
       </c>
       <c r="I74" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K74" s="18" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L74" s="32" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>20200129</v>
+        <v>33</v>
       </c>
       <c r="P74" s="18" t="s">
-        <v>76</v>
+        <v>56</v>
       </c>
       <c r="W74" s="34">
-        <v>6739713</v>
+        <v>4881921</v>
       </c>
       <c r="X74" s="34">
-        <v>354593.5</v>
+        <v>2014705.5</v>
       </c>
       <c r="Y74" s="20">
-        <v>499</v>
+        <v>1379</v>
       </c>
       <c r="Z74" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="17" t="s">
-        <v>468</v>
+        <v>555</v>
       </c>
       <c r="B75" s="28">
-        <v>1152882</v>
+        <v>1183445</v>
       </c>
       <c r="C75" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D75" s="28" t="s">
-        <v>469</v>
+        <v>556</v>
       </c>
       <c r="E75" s="18" t="s">
-        <v>470</v>
+        <v>557</v>
       </c>
       <c r="F75" s="24">
-        <v>2558007.33</v>
+        <v>26954740.649999999</v>
       </c>
       <c r="G75" s="24">
-        <v>170533822</v>
+        <v>359396542</v>
       </c>
       <c r="H75" s="19" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="I75" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J75" s="18" t="s">
+        <v>98</v>
       </c>
       <c r="K75" s="18" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L75" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M75" s="18" t="s">
-        <v>273</v>
+        <v>262</v>
       </c>
       <c r="N75" s="18">
-        <v>20200228</v>
+        <v>20200708</v>
       </c>
       <c r="P75" s="18" t="s">
-        <v>76</v>
+        <v>70</v>
+      </c>
+      <c r="Q75" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W75" s="34">
-        <v>9058030</v>
+        <v>10618886</v>
       </c>
       <c r="X75" s="34">
-        <v>442939</v>
+        <v>1027462</v>
       </c>
       <c r="Y75" s="20">
-        <v>476</v>
+        <v>935</v>
       </c>
       <c r="Z75" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="17" t="s">
-        <v>306</v>
+        <v>477</v>
       </c>
       <c r="B76" s="28">
-        <v>1023824</v>
+        <v>1177337</v>
       </c>
       <c r="C76" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D76" s="28" t="s">
-        <v>307</v>
+        <v>675</v>
       </c>
       <c r="E76" s="18" t="s">
-        <v>308</v>
+        <v>676</v>
       </c>
       <c r="F76" s="24">
-        <v>8459390.9399999995</v>
+        <v>20722209.120000001</v>
       </c>
       <c r="G76" s="24">
-        <v>25634518</v>
+        <v>172685076</v>
       </c>
       <c r="H76" s="19" t="s">
-        <v>41</v>
+        <v>83</v>
       </c>
       <c r="I76" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K76" s="18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="L76" s="32" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>33</v>
+      </c>
+      <c r="M76" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="N76" s="18">
+        <v>20161213</v>
       </c>
       <c r="W76" s="34">
-        <v>3036549</v>
+        <v>8852167</v>
       </c>
       <c r="X76" s="34">
-        <v>1410542.5</v>
+        <v>1047565</v>
       </c>
       <c r="Y76" s="20">
-        <v>951</v>
+        <v>1225</v>
       </c>
       <c r="Z76" s="18">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="17" t="s">
-        <v>580</v>
+        <v>313</v>
       </c>
       <c r="B77" s="28">
-        <v>1183445</v>
+        <v>11243</v>
       </c>
       <c r="C77" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D77" s="28" t="s">
-        <v>581</v>
+        <v>314</v>
       </c>
       <c r="E77" s="18" t="s">
-        <v>582</v>
+        <v>315</v>
       </c>
       <c r="F77" s="24">
-        <v>39159043</v>
+        <v>25021507.969999999</v>
       </c>
       <c r="G77" s="24">
-        <v>355991300</v>
+        <v>294370682</v>
       </c>
       <c r="H77" s="19" t="s">
-        <v>104</v>
+        <v>57</v>
       </c>
       <c r="I77" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J77" s="18" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="K77" s="18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="L77" s="32" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>20200708</v>
+        <v>33</v>
       </c>
       <c r="P77" s="18" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="W77" s="34">
-        <v>6370730</v>
+        <v>33156721</v>
       </c>
       <c r="X77" s="34">
-        <v>694803</v>
+        <v>2807538.5</v>
       </c>
       <c r="Y77" s="20">
-        <v>671</v>
+        <v>2476</v>
       </c>
       <c r="Z77" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="17" t="s">
-        <v>324</v>
+        <v>298</v>
       </c>
       <c r="B78" s="28">
-        <v>11243</v>
+        <v>1023969</v>
       </c>
       <c r="C78" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D78" s="28" t="s">
-        <v>325</v>
+        <v>299</v>
       </c>
       <c r="E78" s="18" t="s">
-        <v>326</v>
+        <v>300</v>
       </c>
       <c r="F78" s="24">
-        <v>32083157</v>
+        <v>2710838.63</v>
       </c>
       <c r="G78" s="24">
-        <v>256665256</v>
+        <v>2794679</v>
       </c>
       <c r="H78" s="19" t="s">
-        <v>63</v>
+        <v>83</v>
       </c>
       <c r="I78" s="18" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>36</v>
       </c>
       <c r="K78" s="18" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="L78" s="32" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>33</v>
       </c>
       <c r="W78" s="34">
-        <v>18047274</v>
+        <v>243169</v>
       </c>
       <c r="X78" s="34">
-        <v>1387098.5</v>
+        <v>216251.5</v>
       </c>
       <c r="Y78" s="20">
-        <v>1359</v>
+        <v>228</v>
       </c>
       <c r="Z78" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="17" t="s">
-        <v>309</v>
+        <v>378</v>
       </c>
       <c r="B79" s="28">
-        <v>1023969</v>
+        <v>1109696</v>
       </c>
       <c r="C79" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D79" s="28" t="s">
-        <v>310</v>
+        <v>674</v>
       </c>
       <c r="E79" s="18" t="s">
-        <v>311</v>
+        <v>664</v>
       </c>
       <c r="F79" s="24">
-        <v>2319583.5699999998</v>
+        <v>24231492.289999999</v>
       </c>
       <c r="G79" s="24">
-        <v>2794679</v>
+        <v>6943121</v>
       </c>
       <c r="H79" s="19" t="s">
-        <v>89</v>
+        <v>57</v>
       </c>
       <c r="I79" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K79" s="18" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L79" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
+      </c>
+      <c r="M79" s="18" t="s">
+        <v>268</v>
+      </c>
+      <c r="N79" s="18">
+        <v>20140310</v>
       </c>
       <c r="W79" s="34">
-        <v>122025</v>
+        <v>14533090</v>
       </c>
       <c r="X79" s="34">
-        <v>102828.5</v>
+        <v>1022787</v>
       </c>
       <c r="Y79" s="20">
-        <v>87</v>
+        <v>1207</v>
       </c>
       <c r="Z79" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="17" t="s">
-        <v>490</v>
+        <v>467</v>
       </c>
       <c r="B80" s="28">
         <v>1174675</v>
       </c>
       <c r="C80" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D80" s="28" t="s">
-        <v>491</v>
+        <v>468</v>
       </c>
       <c r="E80" s="18" t="s">
-        <v>687</v>
+        <v>663</v>
       </c>
       <c r="F80" s="24">
-        <v>28886989.780000001</v>
+        <v>55147889.579999998</v>
       </c>
       <c r="G80" s="24">
         <v>131304499</v>
       </c>
       <c r="H80" s="19" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="I80" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K80" s="18" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="L80" s="32" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="M80" s="18" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="N80" s="18">
         <v>20150702</v>
       </c>
       <c r="V80" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W80" s="34">
-        <v>1841488</v>
+        <v>3685232</v>
       </c>
       <c r="X80" s="34">
-        <v>443998.5</v>
+        <v>1018456.5</v>
       </c>
       <c r="Y80" s="20">
-        <v>686</v>
+        <v>1695</v>
       </c>
       <c r="Z80" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="17" t="s">
-        <v>429</v>
+        <v>407</v>
       </c>
       <c r="B81" s="28">
         <v>1119285</v>
       </c>
       <c r="C81" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D81" s="28" t="s">
-        <v>430</v>
+        <v>408</v>
       </c>
       <c r="E81" s="18" t="s">
-        <v>431</v>
+        <v>409</v>
       </c>
       <c r="F81" s="24">
-        <v>1041249439</v>
+        <v>1962056224</v>
       </c>
       <c r="G81" s="24">
-        <v>306249835</v>
+        <v>306571285</v>
       </c>
       <c r="H81" s="19" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="I81" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K81" s="18" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="L81" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M81" s="18" t="s">
-        <v>277</v>
+        <v>267</v>
       </c>
       <c r="N81" s="18">
         <v>20150224</v>
       </c>
       <c r="P81" s="18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="Q81" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="R81" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="S81" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W81" s="34">
-        <v>172160576</v>
+        <v>311215829</v>
       </c>
       <c r="X81" s="34">
-        <v>490055378</v>
+        <v>1280253621</v>
       </c>
       <c r="Y81" s="20">
-        <v>239841</v>
+        <v>585570</v>
       </c>
       <c r="Z81" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="17" t="s">
-        <v>410</v>
+        <v>388</v>
       </c>
       <c r="B82" s="28">
         <v>1121870</v>
       </c>
       <c r="C82" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D82" s="28" t="s">
-        <v>411</v>
+        <v>389</v>
       </c>
       <c r="E82" s="18" t="s">
-        <v>412</v>
+        <v>390</v>
       </c>
       <c r="F82" s="24">
         <v>104504.98</v>
       </c>
       <c r="G82" s="24">
         <v>20900996</v>
       </c>
       <c r="H82" s="19" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="I82" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J82" s="18" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="K82" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L82" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M82" s="18" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="N82" s="18">
         <v>20101105</v>
       </c>
       <c r="Q82" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="17" t="s">
-        <v>477</v>
+        <v>455</v>
       </c>
       <c r="B83" s="28">
         <v>1163680</v>
       </c>
       <c r="C83" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D83" s="28" t="s">
-        <v>478</v>
+        <v>456</v>
       </c>
       <c r="E83" s="18" t="s">
-        <v>479</v>
+        <v>457</v>
       </c>
       <c r="F83" s="24">
-        <v>20155582.16</v>
+        <v>15481754.6</v>
       </c>
       <c r="G83" s="24">
-        <v>71984222</v>
+        <v>77408773</v>
       </c>
       <c r="H83" s="19" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="I83" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K83" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L83" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M83" s="18" t="s">
-        <v>277</v>
+        <v>267</v>
       </c>
       <c r="N83" s="18">
         <v>20190409</v>
       </c>
       <c r="P83" s="18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="Q83" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W83" s="34">
-        <v>33383031</v>
+        <v>91144015</v>
       </c>
       <c r="X83" s="34">
-        <v>18944404.5</v>
+        <v>37870252.5</v>
       </c>
       <c r="Y83" s="20">
-        <v>15752</v>
+        <v>26428</v>
       </c>
       <c r="Z83" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="17" t="s">
-        <v>500</v>
+        <v>280</v>
       </c>
       <c r="B84" s="28">
-        <v>1177337</v>
+        <v>1060776</v>
       </c>
       <c r="C84" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D84" s="28" t="s">
-        <v>501</v>
+        <v>281</v>
       </c>
       <c r="E84" s="18" t="s">
-        <v>502</v>
+        <v>282</v>
       </c>
       <c r="F84" s="24">
-        <v>7856328.4199999999</v>
+        <v>28946023.920000002</v>
       </c>
       <c r="G84" s="24">
-        <v>87292538</v>
+        <v>29238408</v>
       </c>
       <c r="H84" s="19" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="I84" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J84" s="18" t="s">
+        <v>43</v>
       </c>
       <c r="K84" s="18" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="L84" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M84" s="18" t="s">
-        <v>52</v>
+        <v>268</v>
       </c>
       <c r="N84" s="18">
-        <v>20161213</v>
+        <v>20210609</v>
+      </c>
+      <c r="P84" s="18" t="s">
+        <v>56</v>
+      </c>
+      <c r="S84" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="W84" s="34">
+        <v>23998957</v>
+      </c>
+      <c r="X84" s="34">
+        <v>90640034</v>
+      </c>
+      <c r="Y84" s="20">
+        <v>46524</v>
+      </c>
+      <c r="Z84" s="18">
+        <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="17" t="s">
-        <v>291</v>
+        <v>634</v>
       </c>
       <c r="B85" s="28">
-        <v>1060776</v>
+        <v>1187045</v>
       </c>
       <c r="C85" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D85" s="28" t="s">
-        <v>292</v>
+        <v>635</v>
       </c>
       <c r="E85" s="18" t="s">
-        <v>293</v>
+        <v>636</v>
       </c>
       <c r="F85" s="24">
-        <v>52110590.490000002</v>
+        <v>6964677330.3199997</v>
       </c>
       <c r="G85" s="24">
-        <v>27571741</v>
+        <v>256620388</v>
       </c>
       <c r="H85" s="19" t="s">
-        <v>93</v>
+        <v>148</v>
       </c>
       <c r="I85" s="18" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="K85" s="18" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L85" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M85" s="18" t="s">
-        <v>278</v>
+        <v>46</v>
       </c>
       <c r="N85" s="18">
-        <v>20210609</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>20230324</v>
+      </c>
+      <c r="R85" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="S85" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W85" s="34">
-        <v>17852530</v>
+        <v>21146824</v>
       </c>
       <c r="X85" s="34">
-        <v>81393748.5</v>
+        <v>808602359</v>
       </c>
       <c r="Y85" s="20">
-        <v>37468</v>
+        <v>132744</v>
       </c>
       <c r="Z85" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="17" t="s">
-        <v>658</v>
+        <v>283</v>
       </c>
       <c r="B86" s="28">
-        <v>1187045</v>
+        <v>17297</v>
       </c>
       <c r="C86" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D86" s="28" t="s">
-        <v>659</v>
+        <v>284</v>
       </c>
       <c r="E86" s="18" t="s">
-        <v>660</v>
+        <v>285</v>
       </c>
       <c r="F86" s="24">
-        <v>12415294371.440001</v>
+        <v>5837074.2999999998</v>
       </c>
       <c r="G86" s="24">
-        <v>256620388</v>
+        <v>583707430</v>
       </c>
       <c r="H86" s="19" t="s">
-        <v>154</v>
+        <v>57</v>
       </c>
       <c r="I86" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K86" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L86" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M86" s="18" t="s">
-        <v>52</v>
+        <v>258</v>
       </c>
       <c r="N86" s="18">
-        <v>20230324</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>20180912</v>
       </c>
       <c r="W86" s="34">
-        <v>10395762</v>
+        <v>20054199</v>
       </c>
       <c r="X86" s="34">
-        <v>460226158</v>
+        <v>219205.5</v>
       </c>
       <c r="Y86" s="20">
-        <v>65693</v>
+        <v>1024</v>
       </c>
       <c r="Z86" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="17" t="s">
-        <v>294</v>
+        <v>631</v>
       </c>
       <c r="B87" s="28">
-        <v>17297</v>
+        <v>1187020</v>
       </c>
       <c r="C87" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D87" s="28" t="s">
-        <v>295</v>
+        <v>632</v>
       </c>
       <c r="E87" s="18" t="s">
-        <v>296</v>
+        <v>633</v>
       </c>
       <c r="F87" s="24">
-        <v>5837074.2999999998</v>
+        <v>23027596.715</v>
       </c>
       <c r="G87" s="24">
-        <v>583707430</v>
+        <v>107105101</v>
       </c>
       <c r="H87" s="19" t="s">
-        <v>63</v>
+        <v>148</v>
       </c>
       <c r="I87" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J87" s="18" t="s">
+        <v>43</v>
       </c>
       <c r="K87" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L87" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M87" s="18" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="N87" s="18">
-        <v>20180912</v>
+        <v>20241216</v>
+      </c>
+      <c r="Q87" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W87" s="34">
-        <v>13620822</v>
+        <v>37141094</v>
       </c>
       <c r="X87" s="34">
-        <v>159038</v>
+        <v>26814566.5</v>
       </c>
       <c r="Y87" s="20">
-        <v>603</v>
+        <v>22887</v>
       </c>
       <c r="Z87" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="17" t="s">
-        <v>655</v>
+        <v>646</v>
       </c>
       <c r="B88" s="28">
-        <v>1187020</v>
+        <v>1187620</v>
       </c>
       <c r="C88" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D88" s="28" t="s">
-        <v>656</v>
+        <v>647</v>
       </c>
       <c r="E88" s="18" t="s">
-        <v>657</v>
+        <v>648</v>
       </c>
       <c r="F88" s="24">
-        <v>48505320.954999998</v>
+        <v>92184423.299999997</v>
       </c>
       <c r="G88" s="24">
-        <v>106605101</v>
+        <v>113807930</v>
       </c>
       <c r="H88" s="19" t="s">
-        <v>154</v>
+        <v>83</v>
       </c>
       <c r="I88" s="18" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="K88" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L88" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M88" s="18" t="s">
-        <v>272</v>
+        <v>46</v>
       </c>
       <c r="N88" s="18">
-        <v>20241216</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>20241028</v>
       </c>
       <c r="W88" s="34">
-        <v>27982600</v>
+        <v>13105000</v>
       </c>
       <c r="X88" s="34">
-        <v>24278830</v>
+        <v>29153341</v>
       </c>
       <c r="Y88" s="20">
-        <v>19403</v>
+        <v>11605</v>
       </c>
       <c r="Z88" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="17" t="s">
-        <v>670</v>
+        <v>289</v>
       </c>
       <c r="B89" s="28">
-        <v>1187620</v>
+        <v>29078</v>
       </c>
       <c r="C89" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D89" s="28" t="s">
-        <v>671</v>
+        <v>290</v>
       </c>
       <c r="E89" s="18" t="s">
-        <v>672</v>
+        <v>291</v>
       </c>
       <c r="F89" s="24">
-        <v>228753939.30000001</v>
+        <v>16419034.5</v>
       </c>
       <c r="G89" s="24">
-        <v>113807930</v>
+        <v>29852790</v>
       </c>
       <c r="H89" s="19" t="s">
-        <v>89</v>
+        <v>57</v>
       </c>
       <c r="I89" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K89" s="18" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="L89" s="32" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>20241028</v>
+        <v>33</v>
       </c>
       <c r="W89" s="34">
-        <v>10827580</v>
+        <v>442311</v>
       </c>
       <c r="X89" s="34">
-        <v>26079290.5</v>
+        <v>218894.5</v>
       </c>
       <c r="Y89" s="20">
-        <v>9976</v>
+        <v>135</v>
       </c>
       <c r="Z89" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="17" t="s">
-        <v>300</v>
+        <v>539</v>
       </c>
       <c r="B90" s="28">
-        <v>29078</v>
+        <v>1181905</v>
       </c>
       <c r="C90" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D90" s="28" t="s">
-        <v>301</v>
+        <v>540</v>
       </c>
       <c r="E90" s="18" t="s">
-        <v>302</v>
+        <v>541</v>
       </c>
       <c r="F90" s="24">
-        <v>17300076.300000001</v>
+        <v>19632383.350000001</v>
       </c>
       <c r="G90" s="24">
-        <v>26615502</v>
+        <v>64368470</v>
       </c>
       <c r="H90" s="19" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="I90" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K90" s="18" t="s">
-        <v>55</v>
+        <v>100</v>
       </c>
       <c r="L90" s="32" t="s">
-        <v>37</v>
+        <v>13</v>
+      </c>
+      <c r="M90" s="18" t="s">
+        <v>262</v>
+      </c>
+      <c r="N90" s="18">
+        <v>20220322</v>
+      </c>
+      <c r="P90" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q90" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="T90" s="18" t="s">
+        <v>101</v>
       </c>
       <c r="W90" s="34">
-        <v>273595</v>
+        <v>47445920</v>
       </c>
       <c r="X90" s="34">
-        <v>122513.5</v>
+        <v>26908228</v>
       </c>
       <c r="Y90" s="20">
-        <v>74</v>
+        <v>14728</v>
       </c>
       <c r="Z90" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="17" t="s">
-        <v>564</v>
+        <v>610</v>
       </c>
       <c r="B91" s="28">
-        <v>1181905</v>
+        <v>1185315</v>
       </c>
       <c r="C91" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D91" s="28" t="s">
-        <v>565</v>
+        <v>611</v>
       </c>
       <c r="E91" s="18" t="s">
-        <v>566</v>
+        <v>612</v>
       </c>
       <c r="F91" s="24">
-        <v>40300136.100000001</v>
+        <v>81848681.540000007</v>
       </c>
       <c r="G91" s="24">
-        <v>63968470</v>
+        <v>103605926</v>
       </c>
       <c r="H91" s="19" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="I91" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J91" s="18" t="s">
+        <v>168</v>
       </c>
       <c r="K91" s="18" t="s">
-        <v>106</v>
+        <v>45</v>
       </c>
       <c r="L91" s="32" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="M91" s="18" t="s">
-        <v>272</v>
+        <v>46</v>
       </c>
       <c r="N91" s="18">
-        <v>20220322</v>
+        <v>20210907</v>
       </c>
       <c r="P91" s="18" t="s">
-        <v>76</v>
-[...5 lines deleted...]
-        <v>107</v>
+        <v>70</v>
       </c>
       <c r="W91" s="34">
-        <v>39163681</v>
+        <v>21504215</v>
       </c>
       <c r="X91" s="34">
-        <v>23013076</v>
+        <v>14327279.5</v>
       </c>
       <c r="Y91" s="20">
-        <v>11601</v>
+        <v>11474</v>
       </c>
       <c r="Z91" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="17" t="s">
-        <v>635</v>
+        <v>275</v>
       </c>
       <c r="B92" s="28">
-        <v>1185315</v>
+        <v>1023852</v>
       </c>
       <c r="C92" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D92" s="28" t="s">
-        <v>636</v>
+        <v>276</v>
       </c>
       <c r="E92" s="18" t="s">
-        <v>637</v>
+        <v>277</v>
       </c>
       <c r="F92" s="24">
-        <v>44524718.880000003</v>
+        <v>38818043.609999999</v>
       </c>
       <c r="G92" s="24">
-        <v>92759831</v>
+        <v>26863698</v>
       </c>
       <c r="H92" s="19" t="s">
-        <v>41</v>
+        <v>87</v>
       </c>
       <c r="I92" s="18" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>36</v>
       </c>
       <c r="K92" s="18" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L92" s="32" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>76</v>
+        <v>33</v>
       </c>
       <c r="W92" s="34">
-        <v>12207578</v>
+        <v>3433361</v>
       </c>
       <c r="X92" s="34">
-        <v>6195147</v>
+        <v>4407162.5</v>
       </c>
       <c r="Y92" s="20">
-        <v>5842</v>
+        <v>2587</v>
       </c>
       <c r="Z92" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="17" t="s">
-        <v>327</v>
+        <v>497</v>
       </c>
       <c r="B93" s="28">
-        <v>1023196</v>
+        <v>1180740</v>
       </c>
       <c r="C93" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D93" s="28" t="s">
-        <v>328</v>
+        <v>498</v>
       </c>
       <c r="E93" s="18" t="s">
-        <v>329</v>
+        <v>499</v>
       </c>
       <c r="F93" s="24">
-        <v>7080000</v>
+        <v>109038931.59999999</v>
       </c>
       <c r="G93" s="24">
-        <v>236000000</v>
+        <v>128281096</v>
       </c>
       <c r="H93" s="19" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="I93" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J93" s="18" t="s">
+        <v>43</v>
       </c>
       <c r="K93" s="18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="L93" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
+      </c>
+      <c r="M93" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="N93" s="18">
+        <v>20180119</v>
+      </c>
+      <c r="P93" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="R93" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="S93" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="W93" s="34">
+        <v>149149830</v>
+      </c>
+      <c r="X93" s="34">
+        <v>230203741</v>
+      </c>
+      <c r="Y93" s="20">
+        <v>143222</v>
+      </c>
+      <c r="Z93" s="18">
+        <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="17" t="s">
-        <v>285</v>
+        <v>428</v>
       </c>
       <c r="B94" s="28">
-        <v>1023852</v>
+        <v>1141830</v>
       </c>
       <c r="C94" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D94" s="28" t="s">
-        <v>286</v>
+        <v>429</v>
       </c>
       <c r="E94" s="18" t="s">
-        <v>287</v>
+        <v>430</v>
       </c>
       <c r="F94" s="24">
-        <v>42263979.240000002</v>
+        <v>1952176.75</v>
       </c>
       <c r="G94" s="24">
-        <v>26919732</v>
+        <v>195217675</v>
       </c>
       <c r="H94" s="19" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I94" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K94" s="18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="L94" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
+      </c>
+      <c r="M94" s="18" t="s">
+        <v>263</v>
+      </c>
+      <c r="N94" s="18">
+        <v>20160217</v>
       </c>
       <c r="W94" s="34">
-        <v>1646476</v>
+        <v>11470399</v>
       </c>
       <c r="X94" s="34">
-        <v>2048714</v>
+        <v>166473</v>
       </c>
       <c r="Y94" s="20">
-        <v>1615</v>
+        <v>861</v>
       </c>
       <c r="Z94" s="18">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="17" t="s">
-        <v>522</v>
+        <v>637</v>
       </c>
       <c r="B95" s="28">
-        <v>1180740</v>
+        <v>1186880</v>
       </c>
       <c r="C95" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D95" s="28" t="s">
-        <v>523</v>
+        <v>638</v>
       </c>
       <c r="E95" s="18" t="s">
-        <v>524</v>
+        <v>639</v>
       </c>
       <c r="F95" s="24">
-        <v>133319650.8</v>
+        <v>4135294.34</v>
       </c>
       <c r="G95" s="24">
-        <v>126971096</v>
+        <v>206764717</v>
       </c>
       <c r="H95" s="19" t="s">
-        <v>93</v>
+        <v>37</v>
       </c>
       <c r="I95" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J95" s="18" t="s">
-        <v>49</v>
+        <v>98</v>
       </c>
       <c r="K95" s="18" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L95" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M95" s="18" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="N95" s="18">
-        <v>20180119</v>
+        <v>20230308</v>
       </c>
       <c r="P95" s="18" t="s">
-        <v>76</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="W95" s="34">
-        <v>118117133</v>
+        <v>48479287</v>
       </c>
       <c r="X95" s="34">
-        <v>199444173.5</v>
+        <v>2122566.5</v>
       </c>
       <c r="Y95" s="20">
-        <v>123110</v>
+        <v>3290</v>
       </c>
       <c r="Z95" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="17" t="s">
-        <v>450</v>
+        <v>472</v>
       </c>
       <c r="B96" s="28">
-        <v>1141830</v>
+        <v>1000849</v>
       </c>
       <c r="C96" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D96" s="28" t="s">
-        <v>451</v>
+        <v>473</v>
       </c>
       <c r="E96" s="18" t="s">
-        <v>452</v>
+        <v>474</v>
       </c>
       <c r="F96" s="24">
-        <v>1952176.75</v>
+        <v>2302319.0449999999</v>
       </c>
       <c r="G96" s="24">
-        <v>195217675</v>
+        <v>35420293</v>
       </c>
       <c r="H96" s="19" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="I96" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K96" s="18" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="L96" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M96" s="18" t="s">
-        <v>273</v>
+        <v>39</v>
       </c>
       <c r="N96" s="18">
-        <v>20160217</v>
+        <v>20151214</v>
+      </c>
+      <c r="P96" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="W96" s="34">
-        <v>11470399</v>
+        <v>4104448</v>
       </c>
       <c r="X96" s="34">
-        <v>166473</v>
+        <v>325839</v>
       </c>
       <c r="Y96" s="20">
-        <v>861</v>
+        <v>509</v>
       </c>
       <c r="Z96" s="18">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="17" t="s">
-        <v>661</v>
+        <v>520</v>
       </c>
       <c r="B97" s="28">
-        <v>1186880</v>
+        <v>1181436</v>
       </c>
       <c r="C97" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D97" s="28" t="s">
-        <v>662</v>
+        <v>521</v>
       </c>
       <c r="E97" s="18" t="s">
-        <v>663</v>
+        <v>522</v>
       </c>
       <c r="F97" s="24">
-        <v>9304412.2650000006</v>
+        <v>26722677.800000001</v>
       </c>
       <c r="G97" s="24">
-        <v>206764717</v>
+        <v>95438135</v>
       </c>
       <c r="H97" s="19" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I97" s="18" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>36</v>
       </c>
       <c r="K97" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L97" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M97" s="18" t="s">
-        <v>52</v>
+        <v>262</v>
       </c>
       <c r="N97" s="18">
-        <v>20230308</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>20210705</v>
+      </c>
+      <c r="Q97" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W97" s="34">
-        <v>27420119</v>
+        <v>36275193</v>
       </c>
       <c r="X97" s="34">
-        <v>1570084.5</v>
+        <v>15134747</v>
       </c>
       <c r="Y97" s="20">
-        <v>2331</v>
+        <v>6220</v>
       </c>
       <c r="Z97" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="17" t="s">
-        <v>495</v>
+        <v>322</v>
       </c>
       <c r="B98" s="28">
-        <v>1000849</v>
+        <v>1057676</v>
       </c>
       <c r="C98" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D98" s="28" t="s">
-        <v>496</v>
+        <v>323</v>
       </c>
       <c r="E98" s="18" t="s">
-        <v>497</v>
+        <v>324</v>
       </c>
       <c r="F98" s="24">
-        <v>3187826.37</v>
+        <v>63811742.020000003</v>
       </c>
       <c r="G98" s="24">
-        <v>35420293</v>
+        <v>47620703</v>
       </c>
       <c r="H98" s="19" t="s">
-        <v>97</v>
+        <v>69</v>
       </c>
       <c r="I98" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K98" s="18" t="s">
-        <v>66</v>
+        <v>34</v>
       </c>
       <c r="L98" s="32" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>76</v>
+        <v>33</v>
+      </c>
+      <c r="Q98" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="S98" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W98" s="34">
-        <v>2101008</v>
+        <v>41106589</v>
       </c>
       <c r="X98" s="34">
-        <v>157951.5</v>
+        <v>78832549</v>
       </c>
       <c r="Y98" s="20">
-        <v>318</v>
+        <v>45745</v>
       </c>
       <c r="Z98" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="17" t="s">
-        <v>545</v>
+        <v>490</v>
       </c>
       <c r="B99" s="28">
-        <v>1181436</v>
+        <v>1179385</v>
       </c>
       <c r="C99" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D99" s="28" t="s">
-        <v>546</v>
+        <v>491</v>
       </c>
       <c r="E99" s="18" t="s">
-        <v>547</v>
+        <v>492</v>
       </c>
       <c r="F99" s="24">
-        <v>37043173.439999998</v>
+        <v>13333018.77</v>
       </c>
       <c r="G99" s="24">
-        <v>94982496</v>
+        <v>70173783</v>
       </c>
       <c r="H99" s="19" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="I99" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K99" s="18" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="L99" s="32" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="M99" s="18" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="N99" s="18">
-        <v>20210705</v>
+        <v>20180302</v>
       </c>
       <c r="Q99" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
+      </c>
+      <c r="T99" s="18" t="s">
+        <v>257</v>
       </c>
       <c r="W99" s="34">
-        <v>24282893</v>
+        <v>16295219</v>
       </c>
       <c r="X99" s="34">
-        <v>11567245</v>
+        <v>2034853.5</v>
       </c>
       <c r="Y99" s="20">
-        <v>4397</v>
+        <v>3116</v>
       </c>
       <c r="Z99" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="17" t="s">
-        <v>336</v>
+        <v>366</v>
       </c>
       <c r="B100" s="28">
-        <v>1057676</v>
+        <v>1023809</v>
       </c>
       <c r="C100" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D100" s="28" t="s">
-        <v>337</v>
+        <v>367</v>
       </c>
       <c r="E100" s="18" t="s">
-        <v>338</v>
+        <v>368</v>
       </c>
       <c r="F100" s="24">
-        <v>84201303.340000004</v>
+        <v>3656902.76</v>
       </c>
       <c r="G100" s="24">
-        <v>47304103</v>
+        <v>91422569</v>
       </c>
       <c r="H100" s="19" t="s">
-        <v>75</v>
+        <v>57</v>
       </c>
       <c r="I100" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K100" s="18" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="L100" s="32" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>13</v>
+      </c>
+      <c r="P100" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="T100" s="18" t="s">
+        <v>460</v>
       </c>
       <c r="W100" s="34">
-        <v>29769462</v>
+        <v>2640038</v>
       </c>
       <c r="X100" s="34">
-        <v>61405168.5</v>
+        <v>145311.5</v>
       </c>
       <c r="Y100" s="20">
-        <v>31538</v>
+        <v>595</v>
       </c>
       <c r="Z100" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="17" t="s">
-        <v>515</v>
+        <v>682</v>
       </c>
       <c r="B101" s="28">
-        <v>1179385</v>
+        <v>1189010</v>
       </c>
       <c r="C101" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D101" s="28" t="s">
-        <v>516</v>
+        <v>685</v>
       </c>
       <c r="E101" s="18" t="s">
-        <v>517</v>
+        <v>686</v>
       </c>
       <c r="F101" s="24">
-        <v>5613902.6399999997</v>
+        <v>90723533.599999994</v>
       </c>
       <c r="G101" s="24">
-        <v>70173783</v>
+        <v>32401262</v>
       </c>
       <c r="H101" s="19" t="s">
-        <v>63</v>
+        <v>83</v>
       </c>
       <c r="I101" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J101" s="18" t="s">
+        <v>168</v>
       </c>
       <c r="K101" s="18" t="s">
-        <v>82</v>
+        <v>34</v>
       </c>
       <c r="L101" s="32" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="M101" s="18" t="s">
-        <v>272</v>
+        <v>46</v>
       </c>
       <c r="N101" s="18">
-        <v>20180302</v>
-[...5 lines deleted...]
-        <v>267</v>
+        <v>20251211</v>
       </c>
       <c r="W101" s="34">
-        <v>10889110</v>
+        <v>3256064</v>
       </c>
       <c r="X101" s="34">
-        <v>1151872.5</v>
+        <v>6640054</v>
       </c>
       <c r="Y101" s="20">
-        <v>1792</v>
+        <v>1186</v>
       </c>
       <c r="Z101" s="18">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="17" t="s">
-        <v>387</v>
+        <v>604</v>
       </c>
       <c r="B102" s="28">
-        <v>1023809</v>
+        <v>1185245</v>
       </c>
       <c r="C102" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D102" s="28" t="s">
-        <v>388</v>
+        <v>605</v>
       </c>
       <c r="E102" s="18" t="s">
-        <v>389</v>
+        <v>606</v>
       </c>
       <c r="F102" s="24">
-        <v>4571128.45</v>
+        <v>4777883.55</v>
       </c>
       <c r="G102" s="24">
-        <v>91422569</v>
+        <v>31852557</v>
       </c>
       <c r="H102" s="19" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="I102" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K102" s="18" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="L102" s="32" t="s">
-        <v>13</v>
-[...5 lines deleted...]
-        <v>483</v>
+        <v>33</v>
+      </c>
+      <c r="M102" s="18" t="s">
+        <v>262</v>
+      </c>
+      <c r="N102" s="18">
+        <v>20230310</v>
+      </c>
+      <c r="Q102" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W102" s="34">
-        <v>1577806</v>
+        <v>5772341</v>
       </c>
       <c r="X102" s="34">
-        <v>96616</v>
+        <v>567792.5</v>
       </c>
       <c r="Y102" s="20">
-        <v>372</v>
+        <v>682</v>
       </c>
       <c r="Z102" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="17" t="s">
-        <v>629</v>
+        <v>584</v>
       </c>
       <c r="B103" s="28">
-        <v>1185245</v>
+        <v>1184315</v>
       </c>
       <c r="C103" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D103" s="28" t="s">
-        <v>630</v>
+        <v>585</v>
       </c>
       <c r="E103" s="18" t="s">
-        <v>631</v>
+        <v>586</v>
       </c>
       <c r="F103" s="24">
-        <v>2409456.2400000002</v>
+        <v>47383700.399999999</v>
       </c>
       <c r="G103" s="24">
-        <v>26771736</v>
+        <v>26324278</v>
       </c>
       <c r="H103" s="19" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="I103" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K103" s="18" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L103" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M103" s="18" t="s">
-        <v>272</v>
+        <v>35</v>
       </c>
       <c r="N103" s="18">
-        <v>20230310</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>20201030</v>
       </c>
       <c r="W103" s="34">
-        <v>2804224</v>
+        <v>2708330</v>
       </c>
       <c r="X103" s="34">
-        <v>214351</v>
+        <v>3378143</v>
       </c>
       <c r="Y103" s="20">
-        <v>270</v>
+        <v>2013</v>
       </c>
       <c r="Z103" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="17" t="s">
-        <v>399</v>
+        <v>310</v>
       </c>
       <c r="B104" s="28">
-        <v>1109696</v>
+        <v>33516</v>
       </c>
       <c r="C104" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D104" s="28" t="s">
-        <v>400</v>
+        <v>311</v>
       </c>
       <c r="E104" s="18" t="s">
-        <v>688</v>
+        <v>312</v>
       </c>
       <c r="F104" s="24">
-        <v>18039414.745000001</v>
+        <v>4861941.51</v>
       </c>
       <c r="G104" s="24">
-        <v>327989359</v>
+        <v>486194151</v>
       </c>
       <c r="H104" s="19" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="I104" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J104" s="18" t="s">
+        <v>98</v>
       </c>
       <c r="K104" s="18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="L104" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M104" s="18" t="s">
-        <v>278</v>
+        <v>263</v>
       </c>
       <c r="N104" s="18">
-        <v>20140310</v>
+        <v>20160711</v>
       </c>
       <c r="W104" s="34">
-        <v>13722998</v>
+        <v>16278872</v>
       </c>
       <c r="X104" s="34">
-        <v>665405.5</v>
+        <v>200300.5</v>
       </c>
       <c r="Y104" s="20">
-        <v>753</v>
+        <v>547</v>
       </c>
       <c r="Z104" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="17" t="s">
-        <v>609</v>
+        <v>545</v>
       </c>
       <c r="B105" s="28">
-        <v>1184315</v>
+        <v>1182681</v>
       </c>
       <c r="C105" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D105" s="28" t="s">
-        <v>610</v>
+        <v>546</v>
       </c>
       <c r="E105" s="18" t="s">
-        <v>611</v>
+        <v>547</v>
       </c>
       <c r="F105" s="24">
-        <v>47527682.399999999</v>
+        <v>16139008.145</v>
       </c>
       <c r="G105" s="24">
-        <v>26404268</v>
+        <v>78726869</v>
       </c>
       <c r="H105" s="19" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="I105" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K105" s="18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="L105" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M105" s="18" t="s">
-        <v>39</v>
+        <v>262</v>
       </c>
       <c r="N105" s="18">
-        <v>20201030</v>
+        <v>20200924</v>
+      </c>
+      <c r="P105" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q105" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W105" s="34">
-        <v>1950423</v>
+        <v>32119129</v>
       </c>
       <c r="X105" s="34">
-        <v>2192506</v>
+        <v>8523645</v>
       </c>
       <c r="Y105" s="20">
-        <v>1068</v>
+        <v>8554</v>
       </c>
       <c r="Z105" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="17" t="s">
-        <v>321</v>
+        <v>532</v>
       </c>
       <c r="B106" s="28">
-        <v>33516</v>
+        <v>1181910</v>
       </c>
       <c r="C106" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D106" s="28" t="s">
-        <v>322</v>
+        <v>533</v>
       </c>
       <c r="E106" s="18" t="s">
-        <v>323</v>
+        <v>534</v>
       </c>
       <c r="F106" s="24">
-        <v>4719084.32</v>
+        <v>31848428.399999999</v>
       </c>
       <c r="G106" s="24">
-        <v>471908432</v>
+        <v>53080714</v>
       </c>
       <c r="H106" s="19" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="I106" s="18" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>36</v>
       </c>
       <c r="K106" s="18" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="L106" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M106" s="18" t="s">
-        <v>273</v>
+        <v>262</v>
       </c>
       <c r="N106" s="18">
-        <v>20160711</v>
+        <v>20210806</v>
+      </c>
+      <c r="Q106" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W106" s="34">
-        <v>11425873</v>
+        <v>5272355</v>
       </c>
       <c r="X106" s="34">
-        <v>143536</v>
+        <v>1724023</v>
       </c>
       <c r="Y106" s="20">
-        <v>313</v>
+        <v>1143</v>
       </c>
       <c r="Z106" s="18">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="17" t="s">
-        <v>570</v>
+        <v>394</v>
       </c>
       <c r="B107" s="28">
-        <v>1182681</v>
+        <v>1122101</v>
       </c>
       <c r="C107" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D107" s="28" t="s">
-        <v>571</v>
+        <v>395</v>
       </c>
       <c r="E107" s="18" t="s">
-        <v>572</v>
+        <v>396</v>
       </c>
       <c r="F107" s="24">
-        <v>18846448.559999999</v>
+        <v>25032980.5</v>
       </c>
       <c r="G107" s="24">
-        <v>78526869</v>
+        <v>161503100</v>
       </c>
       <c r="H107" s="19" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I107" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K107" s="18" t="s">
-        <v>51</v>
+        <v>120</v>
       </c>
       <c r="L107" s="32" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="M107" s="18" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="N107" s="18">
-        <v>20200924</v>
+        <v>20210111</v>
       </c>
       <c r="P107" s="18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="Q107" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
+      </c>
+      <c r="T107" s="18" t="s">
+        <v>397</v>
       </c>
       <c r="W107" s="34">
-        <v>22403470</v>
+        <v>12473982</v>
       </c>
       <c r="X107" s="34">
-        <v>6577785</v>
+        <v>1625058.5</v>
       </c>
       <c r="Y107" s="20">
-        <v>6420</v>
+        <v>1735</v>
       </c>
       <c r="Z107" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="17" t="s">
-        <v>557</v>
+        <v>385</v>
       </c>
       <c r="B108" s="28">
-        <v>1181910</v>
+        <v>1116050</v>
       </c>
       <c r="C108" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D108" s="28" t="s">
-        <v>558</v>
+        <v>386</v>
       </c>
       <c r="E108" s="18" t="s">
-        <v>559</v>
+        <v>387</v>
       </c>
       <c r="F108" s="24">
-        <v>14489402.1</v>
+        <v>1095129236.7</v>
       </c>
       <c r="G108" s="24">
-        <v>48298007</v>
+        <v>218588670</v>
       </c>
       <c r="H108" s="19" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="I108" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K108" s="18" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="L108" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M108" s="18" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="N108" s="18">
-        <v>20210806</v>
+        <v>20161206</v>
+      </c>
+      <c r="P108" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="Q108" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
+      </c>
+      <c r="R108" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W108" s="34">
-        <v>3087378</v>
+        <v>595559133</v>
       </c>
       <c r="X108" s="34">
-        <v>679549.5</v>
+        <v>1100248479.5</v>
       </c>
       <c r="Y108" s="20">
-        <v>488</v>
+        <v>431061</v>
       </c>
       <c r="Z108" s="18">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="17" t="s">
-        <v>416</v>
+        <v>640</v>
       </c>
       <c r="B109" s="28">
-        <v>1122101</v>
+        <v>1188130</v>
       </c>
       <c r="C109" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D109" s="28" t="s">
-        <v>417</v>
+        <v>641</v>
       </c>
       <c r="E109" s="18" t="s">
-        <v>418</v>
+        <v>642</v>
       </c>
       <c r="F109" s="24">
-        <v>18572856.5</v>
+        <v>94089298.459999993</v>
       </c>
       <c r="G109" s="24">
-        <v>161503100</v>
+        <v>218812322</v>
       </c>
       <c r="H109" s="19" t="s">
-        <v>41</v>
+        <v>148</v>
       </c>
       <c r="I109" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J109" s="18" t="s">
+        <v>43</v>
       </c>
       <c r="K109" s="18" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="L109" s="32" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="M109" s="18" t="s">
-        <v>278</v>
+        <v>46</v>
       </c>
       <c r="N109" s="18">
-        <v>20210111</v>
+        <v>20240328</v>
       </c>
       <c r="P109" s="18" t="s">
-        <v>76</v>
-[...5 lines deleted...]
-        <v>419</v>
+        <v>70</v>
       </c>
       <c r="W109" s="34">
-        <v>7560123</v>
+        <v>146711294</v>
       </c>
       <c r="X109" s="34">
-        <v>987565</v>
+        <v>66771176</v>
       </c>
       <c r="Y109" s="20">
-        <v>898</v>
+        <v>49134</v>
       </c>
       <c r="Z109" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="17" t="s">
-        <v>407</v>
+        <v>264</v>
       </c>
       <c r="B110" s="28">
-        <v>1116050</v>
+        <v>1023278</v>
       </c>
       <c r="C110" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D110" s="28" t="s">
-        <v>408</v>
+        <v>265</v>
       </c>
       <c r="E110" s="18" t="s">
-        <v>409</v>
+        <v>266</v>
       </c>
       <c r="F110" s="24">
-        <v>241116217.30000001</v>
+        <v>7179469.4950000001</v>
       </c>
       <c r="G110" s="24">
-        <v>202618670</v>
+        <v>130535809</v>
       </c>
       <c r="H110" s="19" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I110" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K110" s="18" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="L110" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M110" s="18" t="s">
-        <v>273</v>
+        <v>258</v>
       </c>
       <c r="N110" s="18">
-        <v>20161206</v>
-[...8 lines deleted...]
-        <v>54</v>
+        <v>20190619</v>
       </c>
       <c r="W110" s="34">
-        <v>386168409</v>
+        <v>23197200</v>
       </c>
       <c r="X110" s="34">
-        <v>426586322.5</v>
+        <v>2090723</v>
       </c>
       <c r="Y110" s="20">
-        <v>183260</v>
+        <v>2336</v>
       </c>
       <c r="Z110" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="17" t="s">
-        <v>351</v>
+        <v>337</v>
       </c>
       <c r="B111" s="28">
-        <v>1058073</v>
+        <v>1057101</v>
       </c>
       <c r="C111" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D111" s="28" t="s">
-        <v>352</v>
+        <v>338</v>
       </c>
       <c r="E111" s="18" t="s">
-        <v>353</v>
+        <v>339</v>
       </c>
       <c r="F111" s="24">
-        <v>58915772.799999997</v>
+        <v>18799265.280000001</v>
       </c>
       <c r="G111" s="24">
-        <v>73644716</v>
+        <v>40867968</v>
       </c>
       <c r="H111" s="19" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I111" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K111" s="18" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="L111" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="Q111" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W111" s="34">
-        <v>3587425</v>
+        <v>10590238</v>
       </c>
       <c r="X111" s="34">
-        <v>3009633</v>
+        <v>4659435.5</v>
       </c>
       <c r="Y111" s="20">
-        <v>855</v>
+        <v>2023</v>
       </c>
       <c r="Z111" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="17" t="s">
-        <v>664</v>
+        <v>509</v>
       </c>
       <c r="B112" s="28">
-        <v>1188130</v>
+        <v>1179255</v>
       </c>
       <c r="C112" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D112" s="28" t="s">
-        <v>665</v>
+        <v>510</v>
       </c>
       <c r="E112" s="18" t="s">
-        <v>666</v>
+        <v>511</v>
       </c>
       <c r="F112" s="24">
-        <v>88011205.480000004</v>
+        <v>31214430.780000001</v>
       </c>
       <c r="G112" s="24">
-        <v>200025467</v>
+        <v>80037002</v>
       </c>
       <c r="H112" s="19" t="s">
-        <v>154</v>
+        <v>57</v>
       </c>
       <c r="I112" s="18" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="K112" s="18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="L112" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M112" s="18" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="N112" s="18">
-        <v>20240328</v>
+        <v>20180404</v>
       </c>
       <c r="P112" s="18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="W112" s="34">
-        <v>106373656</v>
+        <v>6912452</v>
       </c>
       <c r="X112" s="34">
-        <v>48649004.5</v>
+        <v>2483799.5</v>
       </c>
       <c r="Y112" s="20">
-        <v>35467</v>
+        <v>3051</v>
       </c>
       <c r="Z112" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="17" t="s">
-        <v>274</v>
+        <v>292</v>
       </c>
       <c r="B113" s="28">
-        <v>1023278</v>
+        <v>22778</v>
       </c>
       <c r="C113" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D113" s="28" t="s">
-        <v>275</v>
+        <v>293</v>
       </c>
       <c r="E113" s="18" t="s">
-        <v>276</v>
+        <v>294</v>
       </c>
       <c r="F113" s="24">
-        <v>11415712.949999999</v>
+        <v>4505858.12</v>
       </c>
       <c r="G113" s="24">
-        <v>126841255</v>
+        <v>225292906</v>
       </c>
       <c r="H113" s="19" t="s">
-        <v>41</v>
+        <v>87</v>
       </c>
       <c r="I113" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K113" s="18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="L113" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M113" s="18" t="s">
         <v>268</v>
       </c>
       <c r="N113" s="18">
-        <v>20190619</v>
-[...11 lines deleted...]
-        <v>8</v>
+        <v>20160321</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="17" t="s">
-        <v>354</v>
+        <v>613</v>
       </c>
       <c r="B114" s="28">
-        <v>1057101</v>
+        <v>1185220</v>
       </c>
       <c r="C114" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D114" s="28" t="s">
-        <v>355</v>
+        <v>614</v>
       </c>
       <c r="E114" s="18" t="s">
-        <v>356</v>
+        <v>615</v>
       </c>
       <c r="F114" s="24">
-        <v>21580523.039999999</v>
+        <v>3927102.6150000002</v>
       </c>
       <c r="G114" s="24">
-        <v>40717968</v>
+        <v>87268947</v>
       </c>
       <c r="H114" s="19" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="I114" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J114" s="18" t="s">
+        <v>98</v>
       </c>
       <c r="K114" s="18" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="L114" s="32" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>33</v>
+      </c>
+      <c r="M114" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="N114" s="18">
+        <v>20211005</v>
       </c>
       <c r="W114" s="34">
-        <v>4565854</v>
+        <v>10557576</v>
       </c>
       <c r="X114" s="34">
-        <v>1504442</v>
+        <v>582077.5</v>
       </c>
       <c r="Y114" s="20">
-        <v>844</v>
+        <v>1014</v>
       </c>
       <c r="Z114" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="115" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A115" s="17" t="s">
-        <v>534</v>
+        <v>568</v>
       </c>
       <c r="B115" s="28">
-        <v>1179255</v>
+        <v>1184005</v>
       </c>
       <c r="C115" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D115" s="28" t="s">
-        <v>535</v>
+        <v>569</v>
       </c>
       <c r="E115" s="18" t="s">
-        <v>536</v>
+        <v>570</v>
       </c>
       <c r="F115" s="24">
-        <v>29613690.739999998</v>
+        <v>6625594.0800000001</v>
       </c>
       <c r="G115" s="24">
-        <v>80037002</v>
+        <v>18404428</v>
       </c>
       <c r="H115" s="19" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="I115" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K115" s="18" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L115" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M115" s="18" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="N115" s="18">
-        <v>20180404</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>20200727</v>
       </c>
       <c r="W115" s="34">
-        <v>4276294</v>
+        <v>752132</v>
       </c>
       <c r="X115" s="34">
-        <v>1488761</v>
+        <v>381784</v>
       </c>
       <c r="Y115" s="20">
-        <v>1866</v>
+        <v>313</v>
       </c>
       <c r="Z115" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="17" t="s">
-        <v>303</v>
+        <v>343</v>
       </c>
       <c r="B116" s="28">
-        <v>22778</v>
+        <v>1023743</v>
       </c>
       <c r="C116" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D116" s="28" t="s">
-        <v>304</v>
+        <v>344</v>
       </c>
       <c r="E116" s="18" t="s">
-        <v>305</v>
+        <v>345</v>
       </c>
       <c r="F116" s="24">
-        <v>4505858.12</v>
+        <v>3515536.5750000002</v>
       </c>
       <c r="G116" s="24">
-        <v>225292906</v>
+        <v>46873821</v>
       </c>
       <c r="H116" s="19" t="s">
-        <v>93</v>
+        <v>37</v>
       </c>
       <c r="I116" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K116" s="18" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L116" s="32" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>20160321</v>
+        <v>33</v>
+      </c>
+      <c r="W116" s="34">
+        <v>6791724</v>
+      </c>
+      <c r="X116" s="34">
+        <v>436374.5</v>
+      </c>
+      <c r="Y116" s="20">
+        <v>1067</v>
+      </c>
+      <c r="Z116" s="18">
+        <v>12</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="17" t="s">
-        <v>638</v>
+        <v>535</v>
       </c>
       <c r="B117" s="28">
-        <v>1185220</v>
+        <v>1181035</v>
       </c>
       <c r="C117" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D117" s="28" t="s">
-        <v>639</v>
+        <v>536</v>
       </c>
       <c r="E117" s="18" t="s">
-        <v>640</v>
+        <v>537</v>
       </c>
       <c r="F117" s="24">
-        <v>3490757.88</v>
+        <v>16826582.850000001</v>
       </c>
       <c r="G117" s="24">
-        <v>87268947</v>
+        <v>50989645</v>
       </c>
       <c r="H117" s="19" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="I117" s="18" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>36</v>
       </c>
       <c r="K117" s="18" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="L117" s="32" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="M117" s="18" t="s">
-        <v>52</v>
+        <v>262</v>
       </c>
       <c r="N117" s="18">
-        <v>20211005</v>
+        <v>20211126</v>
+      </c>
+      <c r="P117" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q117" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="T117" s="18" t="s">
+        <v>538</v>
       </c>
       <c r="W117" s="34">
-        <v>5322919</v>
+        <v>9473948</v>
       </c>
       <c r="X117" s="34">
-        <v>341402.5</v>
+        <v>4444839</v>
       </c>
       <c r="Y117" s="20">
-        <v>629</v>
+        <v>3286</v>
       </c>
       <c r="Z117" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="118" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A118" s="17" t="s">
-        <v>593</v>
+        <v>278</v>
       </c>
       <c r="B118" s="28">
-        <v>1184005</v>
+        <v>38980</v>
       </c>
       <c r="C118" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D118" s="28" t="s">
-        <v>594</v>
+        <v>673</v>
       </c>
       <c r="E118" s="18" t="s">
-        <v>595</v>
+        <v>75</v>
       </c>
       <c r="F118" s="24">
-        <v>8101992.5999999996</v>
+        <v>1128466.71</v>
       </c>
       <c r="G118" s="24">
-        <v>18004428</v>
+        <v>9812754</v>
       </c>
       <c r="H118" s="19" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="I118" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K118" s="18" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="L118" s="32" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="M118" s="18" t="s">
-        <v>52</v>
+        <v>258</v>
       </c>
       <c r="N118" s="18">
-        <v>20200727</v>
+        <v>20160525</v>
+      </c>
+      <c r="T118" s="18" t="s">
+        <v>279</v>
       </c>
       <c r="W118" s="34">
-        <v>418783</v>
+        <v>8231318</v>
       </c>
       <c r="X118" s="34">
-        <v>242616.5</v>
+        <v>118350.5</v>
       </c>
       <c r="Y118" s="20">
-        <v>168</v>
+        <v>554</v>
       </c>
       <c r="Z118" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="119" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A119" s="17" t="s">
-        <v>360</v>
+        <v>404</v>
       </c>
       <c r="B119" s="28">
-        <v>1023743</v>
+        <v>1132880</v>
       </c>
       <c r="C119" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D119" s="28" t="s">
-        <v>361</v>
+        <v>405</v>
       </c>
       <c r="E119" s="18" t="s">
-        <v>362</v>
+        <v>406</v>
       </c>
       <c r="F119" s="24">
-        <v>2549829.36</v>
+        <v>14355691.449999999</v>
       </c>
       <c r="G119" s="24">
-        <v>42497156</v>
+        <v>287113829</v>
       </c>
       <c r="H119" s="19" t="s">
-        <v>41</v>
+        <v>91</v>
       </c>
       <c r="I119" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K119" s="18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="L119" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
+      </c>
+      <c r="M119" s="18" t="s">
+        <v>262</v>
+      </c>
+      <c r="N119" s="18">
+        <v>20120306</v>
+      </c>
+      <c r="Q119" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W119" s="34">
-        <v>4205362</v>
+        <v>38336884</v>
       </c>
       <c r="X119" s="34">
-        <v>242184</v>
+        <v>2665170.5</v>
       </c>
       <c r="Y119" s="20">
-        <v>665</v>
+        <v>2162</v>
       </c>
       <c r="Z119" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="17" t="s">
-        <v>560</v>
+        <v>590</v>
       </c>
       <c r="B120" s="28">
-        <v>1181035</v>
+        <v>1184290</v>
       </c>
       <c r="C120" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D120" s="28" t="s">
-        <v>561</v>
+        <v>591</v>
       </c>
       <c r="E120" s="18" t="s">
-        <v>562</v>
+        <v>592</v>
       </c>
       <c r="F120" s="24">
-        <v>20537888.510000002</v>
+        <v>3569943.02</v>
       </c>
       <c r="G120" s="24">
-        <v>50092411</v>
+        <v>25499593</v>
       </c>
       <c r="H120" s="19" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="I120" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K120" s="18" t="s">
-        <v>82</v>
+        <v>55</v>
       </c>
       <c r="L120" s="32" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="M120" s="18" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="N120" s="18">
-        <v>20211126</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>20220714</v>
       </c>
       <c r="Q120" s="18" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>563</v>
+        <v>48</v>
+      </c>
+      <c r="V120" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W120" s="34">
-        <v>6253851</v>
+        <v>26375865</v>
       </c>
       <c r="X120" s="34">
-        <v>3292124.5</v>
+        <v>6006579</v>
       </c>
       <c r="Y120" s="20">
-        <v>2253</v>
+        <v>2507</v>
       </c>
       <c r="Z120" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="17" t="s">
-        <v>426</v>
+        <v>616</v>
       </c>
       <c r="B121" s="28">
-        <v>1132880</v>
+        <v>1185750</v>
       </c>
       <c r="C121" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D121" s="28" t="s">
-        <v>427</v>
+        <v>683</v>
       </c>
       <c r="E121" s="18" t="s">
-        <v>428</v>
+        <v>684</v>
       </c>
       <c r="F121" s="24">
-        <v>15736260.595000001</v>
+        <v>17538844.68</v>
       </c>
       <c r="G121" s="24">
-        <v>286113829</v>
+        <v>62638731</v>
       </c>
       <c r="H121" s="19" t="s">
-        <v>97</v>
+        <v>43</v>
       </c>
       <c r="I121" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J121" s="18" t="s">
+        <v>43</v>
       </c>
       <c r="K121" s="18" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L121" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M121" s="18" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="N121" s="18">
-        <v>20120306</v>
+        <v>20251210</v>
       </c>
       <c r="Q121" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W121" s="34">
-        <v>26356763</v>
+        <v>899838</v>
       </c>
       <c r="X121" s="34">
-        <v>2024385.5</v>
+        <v>341696.5</v>
       </c>
       <c r="Y121" s="20">
-        <v>1479</v>
+        <v>259</v>
       </c>
       <c r="Z121" s="18">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="122" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A122" s="17" t="s">
-        <v>615</v>
+        <v>594</v>
       </c>
       <c r="B122" s="28">
-        <v>1184290</v>
+        <v>1184230</v>
       </c>
       <c r="C122" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D122" s="28" t="s">
-        <v>616</v>
+        <v>595</v>
       </c>
       <c r="E122" s="18" t="s">
-        <v>617</v>
+        <v>596</v>
       </c>
       <c r="F122" s="24">
-        <v>13259788.359999999</v>
+        <v>10596537701.950001</v>
       </c>
       <c r="G122" s="24">
-        <v>25499593</v>
+        <v>83338873</v>
       </c>
       <c r="H122" s="19" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="I122" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K122" s="18" t="s">
-        <v>61</v>
+        <v>597</v>
       </c>
       <c r="L122" s="32" t="s">
-        <v>52</v>
+        <v>147</v>
       </c>
       <c r="M122" s="18" t="s">
-        <v>272</v>
+        <v>46</v>
       </c>
       <c r="N122" s="18">
-        <v>20220714</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>20210201</v>
+      </c>
+      <c r="R122" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W122" s="34">
-        <v>17135809</v>
+        <v>11983052</v>
       </c>
       <c r="X122" s="34">
-        <v>3529452.5</v>
+        <v>1788352058.5</v>
       </c>
       <c r="Y122" s="20">
-        <v>1262</v>
+        <v>111628</v>
       </c>
       <c r="Z122" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="123" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A123" s="17" t="s">
-        <v>583</v>
+        <v>360</v>
       </c>
       <c r="B123" s="28">
-        <v>1183446</v>
+        <v>1023538</v>
       </c>
       <c r="C123" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D123" s="28" t="s">
-        <v>584</v>
+        <v>361</v>
       </c>
       <c r="E123" s="18" t="s">
-        <v>585</v>
+        <v>362</v>
       </c>
       <c r="F123" s="24">
-        <v>206191427.19999999</v>
+        <v>7134214.0499999998</v>
       </c>
       <c r="G123" s="24">
-        <v>234308440</v>
+        <v>26423015</v>
       </c>
       <c r="H123" s="19" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="I123" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K123" s="18" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="L123" s="32" t="s">
-        <v>37</v>
-[...11 lines deleted...]
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="W123" s="34">
-        <v>9367459</v>
+        <v>7347387</v>
       </c>
       <c r="X123" s="34">
-        <v>8912047</v>
+        <v>1550469.5</v>
       </c>
       <c r="Y123" s="20">
-        <v>8369</v>
+        <v>1096</v>
       </c>
       <c r="Z123" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="124" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A124" s="17" t="s">
-        <v>619</v>
+        <v>363</v>
       </c>
       <c r="B124" s="28">
-        <v>1184230</v>
+        <v>1023552</v>
       </c>
       <c r="C124" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D124" s="28" t="s">
-        <v>620</v>
+        <v>364</v>
       </c>
       <c r="E124" s="18" t="s">
-        <v>621</v>
+        <v>365</v>
       </c>
       <c r="F124" s="24">
-        <v>14210944623.959999</v>
+        <v>9194304.75</v>
       </c>
       <c r="G124" s="24">
-        <v>83338873</v>
+        <v>122590730</v>
       </c>
       <c r="H124" s="19" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="I124" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K124" s="18" t="s">
-        <v>622</v>
+        <v>45</v>
       </c>
       <c r="L124" s="32" t="s">
-        <v>153</v>
-[...20 lines deleted...]
-        <v>8</v>
+        <v>33</v>
       </c>
     </row>
     <row r="125" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A125" s="17" t="s">
-        <v>381</v>
+        <v>526</v>
       </c>
       <c r="B125" s="28">
-        <v>1023538</v>
+        <v>1180630</v>
       </c>
       <c r="C125" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D125" s="28" t="s">
-        <v>382</v>
+        <v>527</v>
       </c>
       <c r="E125" s="18" t="s">
-        <v>383</v>
+        <v>528</v>
       </c>
       <c r="F125" s="24">
-        <v>5152487.9249999998</v>
+        <v>14506014.6</v>
       </c>
       <c r="G125" s="24">
-        <v>26423015</v>
+        <v>50020740</v>
       </c>
       <c r="H125" s="19" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I125" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K125" s="18" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="L125" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
+      </c>
+      <c r="M125" s="18" t="s">
+        <v>262</v>
+      </c>
+      <c r="N125" s="18">
+        <v>20210325</v>
+      </c>
+      <c r="P125" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q125" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W125" s="34">
-        <v>3287461</v>
+        <v>12234588</v>
       </c>
       <c r="X125" s="34">
-        <v>645699</v>
+        <v>4699906</v>
       </c>
       <c r="Y125" s="20">
-        <v>542</v>
+        <v>1828</v>
       </c>
       <c r="Z125" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="126" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A126" s="17" t="s">
-        <v>384</v>
+        <v>548</v>
       </c>
       <c r="B126" s="28">
-        <v>1023552</v>
+        <v>1181645</v>
       </c>
       <c r="C126" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D126" s="28" t="s">
-        <v>385</v>
+        <v>549</v>
       </c>
       <c r="E126" s="18" t="s">
-        <v>386</v>
+        <v>550</v>
       </c>
       <c r="F126" s="24">
-        <v>2451814.6</v>
+        <v>2784186.6</v>
       </c>
       <c r="G126" s="24">
-        <v>122590730</v>
+        <v>139209330</v>
       </c>
       <c r="H126" s="19" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="I126" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K126" s="18" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="L126" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
+      </c>
+      <c r="M126" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="N126" s="18">
+        <v>20190429</v>
+      </c>
+      <c r="W126" s="34">
+        <v>11021568</v>
+      </c>
+      <c r="X126" s="34">
+        <v>306537.5</v>
+      </c>
+      <c r="Y126" s="20">
+        <v>818</v>
+      </c>
+      <c r="Z126" s="18">
+        <v>12</v>
       </c>
     </row>
     <row r="127" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A127" s="17" t="s">
-        <v>551</v>
+        <v>503</v>
       </c>
       <c r="B127" s="28">
-        <v>1180630</v>
+        <v>1180840</v>
       </c>
       <c r="C127" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D127" s="28" t="s">
-        <v>552</v>
+        <v>504</v>
       </c>
       <c r="E127" s="18" t="s">
-        <v>553</v>
+        <v>505</v>
       </c>
       <c r="F127" s="24">
-        <v>19257984.899999999</v>
+        <v>18475714.5</v>
       </c>
       <c r="G127" s="24">
-        <v>50020740</v>
+        <v>184757145</v>
       </c>
       <c r="H127" s="19" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="I127" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K127" s="18" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="L127" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M127" s="18" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="N127" s="18">
-        <v>20210325</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>20220622</v>
       </c>
       <c r="Q127" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W127" s="34">
-        <v>8237819</v>
+        <v>32068766</v>
       </c>
       <c r="X127" s="34">
-        <v>3454091</v>
+        <v>2075156.5</v>
       </c>
       <c r="Y127" s="20">
-        <v>1353</v>
+        <v>1977</v>
       </c>
       <c r="Z127" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="128" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A128" s="17" t="s">
-        <v>573</v>
+        <v>369</v>
       </c>
       <c r="B128" s="28">
-        <v>1181645</v>
+        <v>1050964</v>
       </c>
       <c r="C128" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D128" s="28" t="s">
-        <v>574</v>
+        <v>370</v>
       </c>
       <c r="E128" s="18" t="s">
-        <v>575</v>
+        <v>371</v>
       </c>
       <c r="F128" s="24">
-        <v>4312326.55</v>
+        <v>22968910.199999999</v>
       </c>
       <c r="G128" s="24">
-        <v>123209330</v>
+        <v>38281517</v>
       </c>
       <c r="H128" s="19" t="s">
-        <v>41</v>
+        <v>69</v>
       </c>
       <c r="I128" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K128" s="18" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="L128" s="32" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>20190429</v>
+        <v>33</v>
       </c>
       <c r="W128" s="34">
-        <v>9492376</v>
+        <v>4148393</v>
       </c>
       <c r="X128" s="34">
-        <v>265917.5</v>
+        <v>1851294</v>
       </c>
       <c r="Y128" s="20">
-        <v>707</v>
+        <v>864</v>
       </c>
       <c r="Z128" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="129" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A129" s="17" t="s">
-        <v>528</v>
+        <v>434</v>
       </c>
       <c r="B129" s="28">
-        <v>1180840</v>
+        <v>1147385</v>
       </c>
       <c r="C129" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D129" s="28" t="s">
-        <v>529</v>
+        <v>435</v>
       </c>
       <c r="E129" s="18" t="s">
-        <v>530</v>
+        <v>436</v>
       </c>
       <c r="F129" s="24">
-        <v>14780571.6</v>
+        <v>1460714.6</v>
       </c>
       <c r="G129" s="24">
-        <v>184757145</v>
+        <v>73035730</v>
       </c>
       <c r="H129" s="19" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="I129" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K129" s="18" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="L129" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M129" s="18" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="N129" s="18">
-        <v>20220622</v>
+        <v>20121015</v>
       </c>
       <c r="Q129" s="18" t="s">
-        <v>54</v>
-[...11 lines deleted...]
-        <v>8</v>
+        <v>48</v>
       </c>
     </row>
     <row r="130" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A130" s="17" t="s">
-        <v>456</v>
+        <v>355</v>
       </c>
       <c r="B130" s="28">
-        <v>1147385</v>
+        <v>14569</v>
       </c>
       <c r="C130" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D130" s="28" t="s">
-        <v>457</v>
+        <v>356</v>
       </c>
       <c r="E130" s="18" t="s">
-        <v>458</v>
+        <v>357</v>
       </c>
       <c r="F130" s="24">
-        <v>1460714.6</v>
+        <v>2938505.5150000001</v>
       </c>
       <c r="G130" s="24">
-        <v>73035730</v>
+        <v>30931637</v>
       </c>
       <c r="H130" s="19" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="I130" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K130" s="18" t="s">
-        <v>50</v>
+        <v>358</v>
       </c>
       <c r="L130" s="32" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="M130" s="18" t="s">
-        <v>272</v>
+        <v>258</v>
       </c>
       <c r="N130" s="18">
-        <v>20121015</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>20180105</v>
+      </c>
+      <c r="T130" s="18" t="s">
+        <v>359</v>
+      </c>
+      <c r="W130" s="34">
+        <v>3344598</v>
+      </c>
+      <c r="X130" s="34">
+        <v>329551</v>
+      </c>
+      <c r="Y130" s="20">
+        <v>561</v>
+      </c>
+      <c r="Z130" s="18">
+        <v>12</v>
       </c>
     </row>
     <row r="131" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A131" s="17" t="s">
-        <v>376</v>
+        <v>561</v>
       </c>
       <c r="B131" s="28">
-        <v>14569</v>
+        <v>1183196</v>
       </c>
       <c r="C131" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D131" s="28" t="s">
-        <v>377</v>
+        <v>562</v>
       </c>
       <c r="E131" s="18" t="s">
-        <v>378</v>
+        <v>563</v>
       </c>
       <c r="F131" s="24">
-        <v>2783847.33</v>
+        <v>194656.26</v>
       </c>
       <c r="G131" s="24">
-        <v>30931637</v>
+        <v>38931252</v>
       </c>
       <c r="H131" s="19" t="s">
-        <v>41</v>
+        <v>98</v>
       </c>
       <c r="I131" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J131" s="18" t="s">
+        <v>98</v>
       </c>
       <c r="K131" s="18" t="s">
-        <v>379</v>
+        <v>49</v>
       </c>
       <c r="L131" s="32" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="M131" s="18" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="N131" s="18">
-        <v>20180105</v>
-[...14 lines deleted...]
-        <v>8</v>
+        <v>20220714</v>
+      </c>
+      <c r="Q131" s="18" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="132" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A132" s="17" t="s">
-        <v>586</v>
+        <v>245</v>
       </c>
       <c r="B132" s="28">
-        <v>1183196</v>
+        <v>1099342</v>
       </c>
       <c r="C132" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D132" s="28" t="s">
-        <v>587</v>
+        <v>246</v>
       </c>
       <c r="E132" s="18" t="s">
-        <v>588</v>
+        <v>247</v>
       </c>
       <c r="F132" s="24">
-        <v>194656.26</v>
+        <v>13522246.140000001</v>
       </c>
       <c r="G132" s="24">
-        <v>38931252</v>
+        <v>69344852</v>
       </c>
       <c r="H132" s="19" t="s">
-        <v>104</v>
+        <v>37</v>
       </c>
       <c r="I132" s="18" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>36</v>
       </c>
       <c r="K132" s="18" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="L132" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M132" s="18" t="s">
-        <v>272</v>
+        <v>39</v>
       </c>
       <c r="N132" s="18">
-        <v>20220714</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>20251021</v>
+      </c>
+      <c r="W132" s="34">
+        <v>2875981</v>
+      </c>
+      <c r="X132" s="34">
+        <v>533748.5</v>
+      </c>
+      <c r="Y132" s="20">
+        <v>505</v>
+      </c>
+      <c r="Z132" s="18">
+        <v>3</v>
       </c>
     </row>
     <row r="133" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A133" s="17" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="B133" s="28">
         <v>1052334</v>
       </c>
       <c r="C133" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D133" s="28" t="s">
-        <v>283</v>
+        <v>273</v>
       </c>
       <c r="E133" s="18" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="F133" s="24">
-        <v>3874895.0249999999</v>
+        <v>5166526.7</v>
       </c>
       <c r="G133" s="24">
         <v>258326335</v>
       </c>
       <c r="H133" s="19" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I133" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K133" s="18" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="L133" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="Q133" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W133" s="34">
-        <v>23062906</v>
+        <v>49010865</v>
       </c>
       <c r="X133" s="34">
-        <v>582680.5</v>
+        <v>1039537.5</v>
       </c>
       <c r="Y133" s="20">
-        <v>653</v>
+        <v>1098</v>
       </c>
       <c r="Z133" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A134" s="17" t="s">
-        <v>576</v>
+        <v>551</v>
       </c>
       <c r="B134" s="28">
         <v>1182960</v>
       </c>
       <c r="C134" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D134" s="28" t="s">
-        <v>683</v>
+        <v>659</v>
       </c>
       <c r="E134" s="18" t="s">
-        <v>684</v>
+        <v>660</v>
       </c>
       <c r="F134" s="24">
-        <v>63852098.75</v>
+        <v>53124946.159999996</v>
       </c>
       <c r="G134" s="24">
         <v>51081679</v>
       </c>
       <c r="H134" s="19" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="I134" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K134" s="18" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="L134" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M134" s="18" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="N134" s="18">
         <v>20210622</v>
       </c>
       <c r="Q134" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W134" s="34">
-        <v>341365</v>
+        <v>538112</v>
       </c>
       <c r="X134" s="34">
-        <v>241855.5</v>
+        <v>447524</v>
       </c>
       <c r="Y134" s="20">
-        <v>246</v>
+        <v>534</v>
       </c>
       <c r="Z134" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="135" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A135" s="17" t="s">
-        <v>518</v>
+        <v>493</v>
       </c>
       <c r="B135" s="28">
         <v>1180051</v>
       </c>
       <c r="C135" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D135" s="28" t="s">
-        <v>519</v>
+        <v>494</v>
       </c>
       <c r="E135" s="18" t="s">
-        <v>520</v>
+        <v>495</v>
       </c>
       <c r="F135" s="24">
-        <v>329282593.36000001</v>
+        <v>367504843.19999999</v>
       </c>
       <c r="G135" s="24">
-        <v>588004631</v>
+        <v>668190624</v>
       </c>
       <c r="H135" s="19" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="I135" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K135" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L135" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M135" s="18" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="N135" s="18">
         <v>20171227</v>
       </c>
       <c r="P135" s="18" t="s">
-        <v>62</v>
+        <v>56</v>
+      </c>
+      <c r="R135" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W135" s="34">
-        <v>292362753</v>
+        <v>418419733</v>
       </c>
       <c r="X135" s="34">
-        <v>143854694.5</v>
+        <v>226989024.5</v>
       </c>
       <c r="Y135" s="20">
-        <v>55281</v>
+        <v>94775</v>
       </c>
       <c r="Z135" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="136" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A136" s="17" t="s">
-        <v>396</v>
+        <v>379</v>
       </c>
       <c r="B136" s="28">
-        <v>1115128</v>
+        <v>1115369</v>
       </c>
       <c r="C136" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D136" s="28" t="s">
-        <v>397</v>
+        <v>380</v>
       </c>
       <c r="E136" s="18" t="s">
-        <v>398</v>
+        <v>381</v>
       </c>
       <c r="F136" s="24">
-        <v>3888438.82</v>
+        <v>446355.99</v>
       </c>
       <c r="G136" s="24">
-        <v>777687764</v>
+        <v>14878533</v>
       </c>
       <c r="H136" s="19" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I136" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J136" s="18" t="s">
+        <v>59</v>
       </c>
       <c r="K136" s="18" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
       <c r="L136" s="32" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="M136" s="18" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="N136" s="18">
-        <v>20080407</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>20190319</v>
       </c>
       <c r="Q136" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
+      </c>
+      <c r="V136" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W136" s="34">
-        <v>84904612</v>
+        <v>18984527</v>
       </c>
       <c r="X136" s="34">
-        <v>2278163.5</v>
+        <v>122905</v>
       </c>
       <c r="Y136" s="20">
-        <v>2187</v>
+        <v>729</v>
       </c>
       <c r="Z136" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="137" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A137" s="17" t="s">
-        <v>401</v>
+        <v>617</v>
       </c>
       <c r="B137" s="28">
-        <v>1115369</v>
+        <v>1185615</v>
       </c>
       <c r="C137" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D137" s="28" t="s">
-        <v>402</v>
+        <v>618</v>
       </c>
       <c r="E137" s="18" t="s">
-        <v>403</v>
+        <v>619</v>
       </c>
       <c r="F137" s="24">
-        <v>743926.65</v>
+        <v>1037156.35</v>
       </c>
       <c r="G137" s="24">
-        <v>14878533</v>
+        <v>207431270</v>
       </c>
       <c r="H137" s="19" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="I137" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J137" s="18" t="s">
-        <v>65</v>
+        <v>43</v>
       </c>
       <c r="K137" s="18" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="L137" s="32" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="M137" s="18" t="s">
-        <v>277</v>
+        <v>46</v>
       </c>
       <c r="N137" s="18">
-        <v>20190319</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>20211130</v>
       </c>
       <c r="V137" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W137" s="34">
-        <v>18630936</v>
+        <v>25445581</v>
       </c>
       <c r="X137" s="34">
-        <v>107818.5</v>
+        <v>494441</v>
       </c>
       <c r="Y137" s="20">
-        <v>577</v>
+        <v>865</v>
       </c>
       <c r="Z137" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="138" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A138" s="17" t="s">
-        <v>641</v>
+        <v>443</v>
       </c>
       <c r="B138" s="28">
-        <v>1185615</v>
+        <v>1023697</v>
       </c>
       <c r="C138" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D138" s="28" t="s">
-        <v>642</v>
+        <v>444</v>
       </c>
       <c r="E138" s="18" t="s">
-        <v>643</v>
+        <v>445</v>
       </c>
       <c r="F138" s="24">
-        <v>3111469.05</v>
+        <v>4955825.3250000002</v>
       </c>
       <c r="G138" s="24">
-        <v>207431270</v>
+        <v>198233013</v>
       </c>
       <c r="H138" s="19" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I138" s="18" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="K138" s="18" t="s">
-        <v>61</v>
+        <v>475</v>
       </c>
       <c r="L138" s="32" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="M138" s="18" t="s">
-        <v>52</v>
+        <v>258</v>
       </c>
       <c r="N138" s="18">
-        <v>20211130</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>20130205</v>
+      </c>
+      <c r="T138" s="18" t="s">
+        <v>649</v>
       </c>
       <c r="W138" s="34">
-        <v>24016342</v>
+        <v>31647001</v>
       </c>
       <c r="X138" s="34">
-        <v>479909</v>
+        <v>923654</v>
       </c>
       <c r="Y138" s="20">
-        <v>802</v>
+        <v>639</v>
       </c>
       <c r="Z138" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="139" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A139" s="17" t="s">
-        <v>465</v>
+        <v>542</v>
       </c>
       <c r="B139" s="28">
-        <v>1023697</v>
+        <v>1182370</v>
       </c>
       <c r="C139" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D139" s="28" t="s">
-        <v>466</v>
+        <v>543</v>
       </c>
       <c r="E139" s="18" t="s">
-        <v>467</v>
+        <v>544</v>
       </c>
       <c r="F139" s="24">
-        <v>5946990.3899999997</v>
+        <v>7967916.6050000004</v>
       </c>
       <c r="G139" s="24">
-        <v>198233013</v>
+        <v>54951149</v>
       </c>
       <c r="H139" s="19" t="s">
-        <v>89</v>
+        <v>37</v>
       </c>
       <c r="I139" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K139" s="18" t="s">
-        <v>498</v>
+        <v>45</v>
       </c>
       <c r="L139" s="32" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="M139" s="18" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="N139" s="18">
-        <v>20130205</v>
-[...2 lines deleted...]
-        <v>673</v>
+        <v>20201211</v>
+      </c>
+      <c r="P139" s="18" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q139" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W139" s="34">
-        <v>25415571</v>
+        <v>7473715</v>
       </c>
       <c r="X139" s="34">
-        <v>799150.5</v>
+        <v>1389345</v>
       </c>
       <c r="Y139" s="20">
-        <v>489</v>
+        <v>1445</v>
       </c>
       <c r="Z139" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="140" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A140" s="17" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="B140" s="28">
-        <v>1182370</v>
+        <v>1184070</v>
       </c>
       <c r="C140" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D140" s="28" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="E140" s="18" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="F140" s="24">
-        <v>7418405.1150000002</v>
+        <v>2859999.74</v>
       </c>
       <c r="G140" s="24">
-        <v>54951149</v>
+        <v>10999999</v>
       </c>
       <c r="H140" s="19" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="I140" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K140" s="18" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="L140" s="32" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="M140" s="18" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="N140" s="18">
-        <v>20201211</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>20231115</v>
       </c>
       <c r="Q140" s="18" t="s">
-        <v>54</v>
+        <v>48</v>
+      </c>
+      <c r="T140" s="18" t="s">
+        <v>574</v>
       </c>
       <c r="W140" s="34">
-        <v>4600571</v>
+        <v>1117159</v>
       </c>
       <c r="X140" s="34">
-        <v>967852.5</v>
+        <v>181349</v>
       </c>
       <c r="Y140" s="20">
-        <v>1024</v>
+        <v>281</v>
       </c>
       <c r="Z140" s="18">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="141" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A141" s="17" t="s">
-        <v>596</v>
+        <v>667</v>
       </c>
       <c r="B141" s="28">
-        <v>1184070</v>
+        <v>1188745</v>
       </c>
       <c r="C141" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D141" s="28" t="s">
-        <v>597</v>
+        <v>668</v>
       </c>
       <c r="E141" s="18" t="s">
-        <v>598</v>
+        <v>669</v>
       </c>
       <c r="F141" s="24">
-        <v>2529999.77</v>
+        <v>15132663.35</v>
       </c>
       <c r="G141" s="24">
-        <v>10999999</v>
+        <v>28552195</v>
       </c>
       <c r="H141" s="19" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="I141" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
+      </c>
+      <c r="J141" s="18" t="s">
+        <v>43</v>
       </c>
       <c r="K141" s="18" t="s">
-        <v>69</v>
+        <v>109</v>
       </c>
       <c r="L141" s="32" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="M141" s="18" t="s">
-        <v>272</v>
+        <v>46</v>
       </c>
       <c r="N141" s="18">
-        <v>20231115</v>
-[...5 lines deleted...]
-        <v>599</v>
+        <v>20250722</v>
       </c>
       <c r="W141" s="34">
-        <v>1117159</v>
+        <v>7934923</v>
       </c>
       <c r="X141" s="34">
-        <v>181349</v>
+        <v>8614301</v>
       </c>
       <c r="Y141" s="20">
-        <v>281</v>
+        <v>6513</v>
       </c>
       <c r="Z141" s="18">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A142" s="17" t="s">
-        <v>691</v>
+        <v>319</v>
       </c>
       <c r="B142" s="28">
-        <v>1188745</v>
+        <v>1089804</v>
       </c>
       <c r="C142" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D142" s="28" t="s">
-        <v>692</v>
+        <v>320</v>
       </c>
       <c r="E142" s="18" t="s">
-        <v>693</v>
+        <v>321</v>
       </c>
       <c r="F142" s="24">
-        <v>29123238.899999999</v>
+        <v>2849412.375</v>
       </c>
       <c r="G142" s="24">
-        <v>28552195</v>
+        <v>63320275</v>
       </c>
       <c r="H142" s="19" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="I142" s="18" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="K142" s="18" t="s">
-        <v>115</v>
+        <v>34</v>
       </c>
       <c r="L142" s="32" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-        <v>20250722</v>
+        <v>33</v>
       </c>
       <c r="W142" s="34">
-        <v>3336764</v>
+        <v>5779750</v>
       </c>
       <c r="X142" s="34">
-        <v>4621033.5</v>
+        <v>369148</v>
       </c>
       <c r="Y142" s="20">
-        <v>4033</v>
+        <v>326</v>
       </c>
       <c r="Z142" s="18">
-        <v>2</v>
+        <v>12</v>
       </c>
     </row>
     <row r="143" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A143" s="17" t="s">
-        <v>333</v>
+        <v>325</v>
       </c>
       <c r="B143" s="28">
-        <v>1089804</v>
+        <v>11587</v>
       </c>
       <c r="C143" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D143" s="28" t="s">
-        <v>334</v>
+        <v>326</v>
       </c>
       <c r="E143" s="18" t="s">
-        <v>335</v>
+        <v>327</v>
       </c>
       <c r="F143" s="24">
-        <v>4103936.85</v>
+        <v>18943251.210000001</v>
       </c>
       <c r="G143" s="24">
-        <v>63137490</v>
+        <v>145717317</v>
       </c>
       <c r="H143" s="19" t="s">
-        <v>63</v>
+        <v>83</v>
       </c>
       <c r="I143" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K143" s="18" t="s">
-        <v>38</v>
+        <v>78</v>
       </c>
       <c r="L143" s="32" t="s">
-        <v>37</v>
+        <v>147</v>
+      </c>
+      <c r="M143" s="18" t="s">
+        <v>268</v>
+      </c>
+      <c r="N143" s="18">
+        <v>20180112</v>
+      </c>
+      <c r="P143" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="W143" s="34">
-        <v>4389612</v>
+        <v>13162367</v>
       </c>
       <c r="X143" s="34">
-        <v>292722</v>
+        <v>2510158.5</v>
       </c>
       <c r="Y143" s="20">
-        <v>265</v>
+        <v>2086</v>
       </c>
       <c r="Z143" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="144" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A144" s="17" t="s">
-        <v>339</v>
+        <v>469</v>
       </c>
       <c r="B144" s="28">
-        <v>11587</v>
+        <v>1173415</v>
       </c>
       <c r="C144" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D144" s="28" t="s">
-        <v>340</v>
+        <v>470</v>
       </c>
       <c r="E144" s="18" t="s">
-        <v>341</v>
+        <v>471</v>
       </c>
       <c r="F144" s="24">
-        <v>26957703.645</v>
+        <v>4505935.08</v>
       </c>
       <c r="G144" s="24">
-        <v>145717317</v>
+        <v>300395672</v>
       </c>
       <c r="H144" s="19" t="s">
-        <v>89</v>
+        <v>37</v>
       </c>
       <c r="I144" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K144" s="18" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="L144" s="32" t="s">
-        <v>153</v>
+        <v>33</v>
       </c>
       <c r="M144" s="18" t="s">
-        <v>278</v>
+        <v>267</v>
       </c>
       <c r="N144" s="18">
-        <v>20180112</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>20181122</v>
+      </c>
+      <c r="Q144" s="18" t="s">
+        <v>48</v>
       </c>
       <c r="W144" s="34">
-        <v>9913551</v>
+        <v>6682630</v>
       </c>
       <c r="X144" s="34">
-        <v>2014106.5</v>
+        <v>101690.5</v>
       </c>
       <c r="Y144" s="20">
-        <v>1511</v>
+        <v>369</v>
       </c>
       <c r="Z144" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A145" s="17" t="s">
-        <v>492</v>
+        <v>316</v>
       </c>
       <c r="B145" s="28">
-        <v>1173415</v>
+        <v>22292</v>
       </c>
       <c r="C145" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D145" s="28" t="s">
-        <v>493</v>
+        <v>317</v>
       </c>
       <c r="E145" s="18" t="s">
-        <v>494</v>
+        <v>318</v>
       </c>
       <c r="F145" s="24">
-        <v>4076560.08</v>
+        <v>193310.32</v>
       </c>
       <c r="G145" s="24">
-        <v>271770672</v>
+        <v>19331032</v>
       </c>
       <c r="H145" s="19" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I145" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K145" s="18" t="s">
-        <v>38</v>
+        <v>79</v>
       </c>
       <c r="L145" s="32" t="s">
-        <v>37</v>
-[...20 lines deleted...]
-        <v>8</v>
+        <v>13</v>
+      </c>
+      <c r="T145" s="18" t="s">
+        <v>175</v>
       </c>
     </row>
     <row r="146" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A146" s="17" t="s">
-        <v>330</v>
+        <v>461</v>
       </c>
       <c r="B146" s="28">
-        <v>22292</v>
+        <v>1167685</v>
       </c>
       <c r="C146" s="23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D146" s="28" t="s">
-        <v>331</v>
+        <v>462</v>
       </c>
       <c r="E146" s="18" t="s">
-        <v>332</v>
+        <v>463</v>
       </c>
       <c r="F146" s="24">
-        <v>773241.28</v>
+        <v>120953222.40000001</v>
       </c>
       <c r="G146" s="24">
-        <v>19331032</v>
+        <v>100794352</v>
       </c>
       <c r="H146" s="19" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="I146" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K146" s="18" t="s">
-        <v>85</v>
+        <v>55</v>
       </c>
       <c r="L146" s="32" t="s">
-        <v>13</v>
-[...42 lines deleted...]
-      <c r="N147" s="18">
+        <v>46</v>
+      </c>
+      <c r="M146" s="18" t="s">
+        <v>267</v>
+      </c>
+      <c r="N146" s="18">
         <v>20190903</v>
       </c>
-      <c r="Q147" s="18" t="s">
-[...18 lines deleted...]
-        <v>8</v>
+      <c r="Q146" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="R146" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="V146" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="W146" s="34">
+        <v>79363949</v>
+      </c>
+      <c r="X146" s="34">
+        <v>105752096.5</v>
+      </c>
+      <c r="Y146" s="20">
+        <v>60680</v>
+      </c>
+      <c r="Z146" s="18">
+        <v>12</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A10:Z147" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
+  <autoFilter ref="A10:Z146" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>TSX Tech Issuers August 2025</vt:lpstr>
-      <vt:lpstr>TSXV Tech Issuers August 2025</vt:lpstr>
+      <vt:lpstr>TSX Tech Issuers December 2025</vt:lpstr>
+      <vt:lpstr>TSXV Tech Issuers December 2025</vt:lpstr>
       <vt:lpstr>TSX_2012</vt:lpstr>
       <vt:lpstr>TSXV_2012</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>TSX Group Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>TSX Group Inc.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="{A44787D4-0540-4523-9961-78E4036D8C6D}">
     <vt:lpwstr>{F923EDEE-0537-42CE-BA9F-51E936965D43}</vt:lpwstr>