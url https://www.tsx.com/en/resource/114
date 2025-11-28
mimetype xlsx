--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -1,136 +1,134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2025\08_August 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2025\10_October 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1C4263A2-4073-49D9-9A59-A9E3B5F7A6D0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{026B9623-FE01-403D-A77A-418E1B81C432}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="_CIQHiddenCacheSheet" sheetId="14" state="veryHidden" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="TSXV DI Issuers August 2025" sheetId="2" r:id="rId3"/>
+    <sheet name="TSX DI Issuers October 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="TSXV DI Issuers October 2025" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'TSX DI Issuers August 2025'!$A$10:$AD$317</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'TSXV DI Issuers August 2025'!$A$10:$AB$150</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'TSX DI Issuers October 2025'!$A$10:$AD$318</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'TSXV DI Issuers October 2025'!$A$10:$AB$145</definedName>
     <definedName name="CIQWBGuid" hidden="1">"5a656fc2-e634-467d-ae07-9931c0de23ac"</definedName>
     <definedName name="IQ_ADDIN" hidden="1">"AUTO"</definedName>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_DNTM" hidden="1">700000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
     <definedName name="IQ_LTMMONTH" hidden="1">120000</definedName>
     <definedName name="IQ_MONTH">15000</definedName>
     <definedName name="IQ_MTD" hidden="1">800000</definedName>
     <definedName name="IQ_NAMES_REVISION_DATE_" hidden="1">45719.8028125</definedName>
     <definedName name="IQ_NTM">6000</definedName>
     <definedName name="IQ_QTD" hidden="1">750000</definedName>
     <definedName name="IQ_TODAY" hidden="1">0</definedName>
     <definedName name="IQ_WEEK">50000</definedName>
     <definedName name="IQ_YTD">3000</definedName>
     <definedName name="IQ_YTDMONTH" hidden="1">130000</definedName>
-    <definedName name="TSX_2012">'TSX DI Issuers August 2025'!$B$10:$AD$10</definedName>
-    <definedName name="TSXV_2012">'TSXV DI Issuers August 2025'!$10:$10</definedName>
+    <definedName name="TSX_2012">'TSX DI Issuers October 2025'!$B$10:$AD$10</definedName>
+    <definedName name="TSXV_2012">'TSXV DI Issuers October 2025'!$10:$10</definedName>
   </definedNames>
   <calcPr calcId="191029" iterateDelta="9.9999999999994451E-4"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D8" i="2" l="1"/>
   <c r="F8" i="2"/>
   <c r="C8" i="1"/>
   <c r="E8" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4158" uniqueCount="1479">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4113" uniqueCount="1463">
   <si>
     <t>Exchange</t>
   </si>
   <si>
     <t xml:space="preserve">and we are not responsible for any errors or omissions in or your use of, or reliance on, the information provided. </t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Root
 Ticker</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>Listing Type</t>
   </si>
   <si>
     <t>HQ
 Location</t>
   </si>
   <si>
     <t>HQ
@@ -218,62 +216,50 @@
   </si>
   <si>
     <t>Interlisted I</t>
   </si>
   <si>
     <t>Interlisted II</t>
   </si>
   <si>
     <t>Trading 
 on OTC</t>
   </si>
   <si>
     <t>Listing Date</t>
   </si>
   <si>
     <t>Number of Issuers</t>
   </si>
   <si>
     <t>Total Market Cap (C$)</t>
   </si>
   <si>
     <t>S&amp;P/TSX Venture 
 Composite Index</t>
   </si>
   <si>
-    <t>AwABTANDQUQBSP////8BUB8AAAAtQ0lRLklRMTY4MzU3MDU2OC5JUV9DTE9TRVBSSUNFLjA2LzI5LzIwMjMuQ0FEAQAAAIg/WWQDAAAAAAAhn9yefYjbCH3nRz1+iNsILUNJUS5JUTE2ODM1NzA1NjguSVFfQ0xPU0VQUklDRS4wNi8zMC8yMDIzLkNBRAEAAACIP1lkAwAAAAAAxhS6mn2I2wg228GafYjbCCxDSVEuSVEyMjU0MTIyNTYuSVFfQ0xPU0VQUklDRS4wNi8zMC8yMDIzLkNBRAEAAACghG8NAgAAAAQ4LjY1AMYUupp9iNsI2kPQeX+I2wgsQ0lRLklRNjk4NDAwMjUwLklRX0NMT1NFUFJJQ0UuMDYvMzAvMjAyMy5DQUQBAAAA+r2gKQIAAAABMwDGFLqafYjbCDvACel/iNsIK0NJUS5JUTIyOTU1NzUwLklRX0NMT1NFUFJJQ0UuMDYvMzAvMjAyMy5DQUQBAAAA5kZeAQIAAAAEOC4yNgDGFLqafYjbCGCXznl/iNsILENJUS5JUTYzMDQ5MTI5NC5JUV9DTE9TRVBSSUNFLjA2LzMwLzIwMjMuQ0FEAQAAAJ6IlCUCAAAABDMuNjcAxhS6mn2I2whFDM95f4jbCCxDSVEuSVE3MDg2ODEzODguSVFfQ0xPU0VQUklDRS4wNi8zMC8yMDIzLkNBRAEAAACsnj0qAgAAAAQ4LjE3AMYUupp9iNsIIVrPeX+I2wgqQ0lRLklRNjM3MDI2Ny5JUV9DTE9TRVBSSUNFLjA2LzMwLzIwMjMuQ0FEAQAAANszYQACAAAACTIwLjEwMTM1NgDGFLqafYjbCOAd0Hl/iNsIKkNJUS5JUTk0MTI3NzYuSVFfQ0xPU0VQUklDRS4wNi8zMC8y</t>
-[...10 lines deleted...]
-  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>ON</t>
   </si>
   <si>
     <t>IPO</t>
   </si>
   <si>
     <t>TSX</t>
   </si>
   <si>
     <t>TSX Comedown</t>
   </si>
   <si>
     <t>TSXV</t>
   </si>
   <si>
     <t>© 2025 TSX Inc. All Rights Reserved. Do not copy, distribute, sell or modify this document without TSX Inc.'s prior written consent.</t>
   </si>
   <si>
     <t>Blockchain/Cryptocurrency</t>
   </si>
   <si>
     <t>QC</t>
@@ -1601,59 +1587,50 @@
   <si>
     <t>FLA0005</t>
   </si>
   <si>
     <t>Flagship Communities Real Estate Investment Trust</t>
   </si>
   <si>
     <t>MHC</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Erlanger</t>
   </si>
   <si>
     <t>NEW0052</t>
   </si>
   <si>
     <t>FLINT Corp.</t>
   </si>
   <si>
     <t>FLNT</t>
   </si>
   <si>
-    <t>FLO0008</t>
-[...7 lines deleted...]
-  <si>
     <t>FOR0021</t>
   </si>
   <si>
     <t>Foraco International SA</t>
   </si>
   <si>
     <t>FAR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>V-03106</t>
   </si>
   <si>
     <t>GLXY</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>GAM0005</t>
   </si>
   <si>
     <t>Gamehost Inc.</t>
@@ -3482,59 +3459,50 @@
   <si>
     <t>Lanesborough Real Estate Investment Trust</t>
   </si>
   <si>
     <t>LRT</t>
   </si>
   <si>
     <t>V-01145</t>
   </si>
   <si>
     <t>Everybody Loves Languages Corp.</t>
   </si>
   <si>
     <t>ELL</t>
   </si>
   <si>
     <t>V-01173</t>
   </si>
   <si>
     <t>CoTec Holdings Corp.</t>
   </si>
   <si>
     <t>CTH</t>
   </si>
   <si>
-    <t>V-01209</t>
-[...7 lines deleted...]
-  <si>
     <t>V-01286</t>
   </si>
   <si>
     <t>Minaean SP Construction Corp.</t>
   </si>
   <si>
     <t>MSP</t>
   </si>
   <si>
     <t>V-01416</t>
   </si>
   <si>
     <t>Northfield Capital Corporation</t>
   </si>
   <si>
     <t>NFD</t>
   </si>
   <si>
     <t>V-01442</t>
   </si>
   <si>
     <t>Omni-Lite Industries Canada Inc.</t>
   </si>
   <si>
     <t>OML</t>
@@ -3731,59 +3699,50 @@
   <si>
     <t>Spackman Equities Group Inc.</t>
   </si>
   <si>
     <t>SQG</t>
   </si>
   <si>
     <t>V-02768</t>
   </si>
   <si>
     <t>Right Season Investments Corp.</t>
   </si>
   <si>
     <t>LITT</t>
   </si>
   <si>
     <t>V-02778</t>
   </si>
   <si>
     <t>Montfort Capital Corp.</t>
   </si>
   <si>
     <t>MONT</t>
   </si>
   <si>
-    <t>V-02780</t>
-[...7 lines deleted...]
-  <si>
     <t>V-02794</t>
   </si>
   <si>
     <t>Rocky Mountain Liquor Inc.</t>
   </si>
   <si>
     <t>RUM</t>
   </si>
   <si>
     <t>V-02866</t>
   </si>
   <si>
     <t>Regent Pacific Properties Inc.</t>
   </si>
   <si>
     <t>RPP</t>
   </si>
   <si>
     <t>V-02898</t>
   </si>
   <si>
     <t>Organto Foods Inc.</t>
   </si>
   <si>
     <t>OGO</t>
@@ -3914,59 +3873,50 @@
   <si>
     <t>DLC Holdings Corp.</t>
   </si>
   <si>
     <t>DLC</t>
   </si>
   <si>
     <t>V-03914</t>
   </si>
   <si>
     <t>Element Lifestyle Retirement Inc.</t>
   </si>
   <si>
     <t>ELM</t>
   </si>
   <si>
     <t>V-03949</t>
   </si>
   <si>
     <t>Braille Energy Systems Inc.</t>
   </si>
   <si>
     <t>BES</t>
   </si>
   <si>
-    <t>V-03961</t>
-[...7 lines deleted...]
-  <si>
     <t>V-03970</t>
   </si>
   <si>
     <t>NexLiving Communities Inc.</t>
   </si>
   <si>
     <t>NXLV</t>
   </si>
   <si>
     <t>V-03981</t>
   </si>
   <si>
     <t>Diamond Estates Wines &amp; Spirits Inc.</t>
   </si>
   <si>
     <t>DWS</t>
   </si>
   <si>
     <t>V-03995</t>
   </si>
   <si>
     <t>SSC Security Services Corp.</t>
   </si>
   <si>
     <t>SECU</t>
@@ -4190,77 +4140,59 @@
   <si>
     <t>CSOC</t>
   </si>
   <si>
     <t>V-04503</t>
   </si>
   <si>
     <t>Pathfinder Ventures Inc.</t>
   </si>
   <si>
     <t>RV</t>
   </si>
   <si>
     <t>V-04535</t>
   </si>
   <si>
     <t>V-04557</t>
   </si>
   <si>
     <t>ESE Entertainment Inc.</t>
   </si>
   <si>
     <t>ESE</t>
   </si>
   <si>
-    <t>V-04588</t>
-[...7 lines deleted...]
-  <si>
     <t>V-04589</t>
   </si>
   <si>
     <t>Overactive Media Corp.</t>
   </si>
   <si>
     <t>OAM</t>
   </si>
   <si>
-    <t>V-04597</t>
-[...7 lines deleted...]
-  <si>
     <t>V-04613</t>
   </si>
   <si>
     <t>Plantify Foods Inc.</t>
   </si>
   <si>
     <t>PTFY</t>
   </si>
   <si>
     <t>V-04635</t>
   </si>
   <si>
     <t>V-04664</t>
   </si>
   <si>
     <t>Marwest Apartment Real Estate Investment Trust</t>
   </si>
   <si>
     <t>MAR</t>
   </si>
   <si>
     <t>V-04670</t>
   </si>
   <si>
     <t>Kadestone Capital Corp.</t>
@@ -4527,68 +4459,86 @@
     <t>X-1186</t>
   </si>
   <si>
     <t>GO Residential Real Estate Investment Trust</t>
   </si>
   <si>
     <t>GO</t>
   </si>
   <si>
     <t>Fort Technology Inc.</t>
   </si>
   <si>
     <t>FORT</t>
   </si>
   <si>
     <t>2025 TSX30</t>
   </si>
   <si>
     <t>Blue Ant Media Corporation</t>
   </si>
   <si>
     <t>BAMI</t>
   </si>
   <si>
     <t>Market Cap (C$)
-31-August-2025</t>
+31-October-2025</t>
   </si>
   <si>
     <t>O/S Shares
-31-August-2025</t>
+31-October-2025</t>
   </si>
   <si>
     <t>Volume YTD
-31-August-2025</t>
+31-October-2025</t>
   </si>
   <si>
     <t>Value (C$) YTD
-31-August-2025</t>
+31-October-2025</t>
   </si>
   <si>
     <t>Number of 
 Trades YTD
-31-August-2025</t>
+31-October-2025</t>
+  </si>
+  <si>
+    <t>X-1267</t>
+  </si>
+  <si>
+    <t>Canada Packers Inc.</t>
+  </si>
+  <si>
+    <t>CPKR</t>
+  </si>
+  <si>
+    <t>X-1274</t>
+  </si>
+  <si>
+    <t>Rockpoint Gas Storage Inc.</t>
+  </si>
+  <si>
+    <t>RGSI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -4900,51 +4850,51 @@
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFF00"/>
           <bgColor rgb="FF000000"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5188,94 +5138,64 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...28 lines deleted...]
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:AD317"/>
+  <dimension ref="A1:AD318"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1"/>
+      <selection activeCell="B10" sqref="B10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="17" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="12.5703125" style="17" customWidth="1"/>
     <col min="3" max="3" width="71.140625" style="17" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.85546875" style="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.7109375" style="20" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="32.28515625" style="19" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="22.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="13.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="11" max="13" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="11.42578125" style="18" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="12.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="11.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="17.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="17.140625" style="18" customWidth="1"/>
     <col min="20" max="20" width="29.85546875" style="18" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="30.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="15.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
@@ -5332,51 +5252,51 @@
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
       <c r="AA2" s="6"/>
       <c r="AB2" s="6"/>
       <c r="AC2" s="6"/>
       <c r="AD2" s="6"/>
     </row>
     <row r="3" spans="1:30" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B3" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D3" s="1"/>
       <c r="E3" s="4"/>
       <c r="F3" s="6"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
       <c r="X3" s="1"/>
       <c r="Y3" s="1"/>
       <c r="Z3" s="1"/>
       <c r="AA3" s="6"/>
@@ -5493,57 +5413,57 @@
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
       <c r="X7" s="1"/>
       <c r="Y7" s="1"/>
       <c r="Z7" s="1"/>
       <c r="AA7" s="6"/>
       <c r="AB7" s="6"/>
       <c r="AC7" s="6"/>
       <c r="AD7" s="6"/>
     </row>
     <row r="8" spans="1:30" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="1"/>
       <c r="C8" s="38">
-        <f>SUBTOTAL(3,C11:C317)</f>
-        <v>307</v>
+        <f>SUBTOTAL(3,C11:C318)</f>
+        <v>308</v>
       </c>
       <c r="D8" s="39"/>
       <c r="E8" s="40">
-        <f>SUBTOTAL(9,E11:E317)</f>
-        <v>2843843735090.4106</v>
+        <f>SUBTOTAL(9,E11:E318)</f>
+        <v>2894050207447.5562</v>
       </c>
       <c r="F8" s="41"/>
       <c r="G8" s="58"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="1"/>
       <c r="Y8" s="1"/>
       <c r="Z8" s="1"/>
       <c r="AA8" s="6"/>
       <c r="AB8" s="6"/>
       <c r="AC8" s="6"/>
@@ -5572,15695 +5492,15745 @@
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
       <c r="X9" s="1"/>
       <c r="Y9" s="1"/>
       <c r="Z9" s="1"/>
       <c r="AA9" s="6"/>
       <c r="AB9" s="6"/>
       <c r="AC9" s="6"/>
       <c r="AD9" s="6"/>
     </row>
     <row r="10" spans="1:30" s="13" customFormat="1" ht="39" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>3</v>
       </c>
       <c r="E10" s="16" t="s">
-        <v>1474</v>
+        <v>1452</v>
       </c>
       <c r="F10" s="16" t="s">
-        <v>1475</v>
+        <v>1453</v>
       </c>
       <c r="G10" s="13" t="s">
         <v>4</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>11</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>6</v>
       </c>
       <c r="J10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="K10" s="13" t="s">
         <v>5</v>
       </c>
       <c r="L10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="M10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="N10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="O10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="P10" s="15" t="s">
         <v>8</v>
       </c>
       <c r="Q10" s="15" t="s">
         <v>9</v>
       </c>
       <c r="R10" s="13" t="s">
         <v>30</v>
       </c>
       <c r="S10" s="13" t="s">
-        <v>1471</v>
+        <v>1449</v>
       </c>
       <c r="T10" s="15" t="s">
         <v>26</v>
       </c>
       <c r="U10" s="15" t="s">
         <v>10</v>
       </c>
       <c r="V10" s="13" t="s">
         <v>18</v>
       </c>
       <c r="W10" s="13" t="s">
         <v>24</v>
       </c>
       <c r="X10" s="13" t="s">
-        <v>1450</v>
+        <v>1428</v>
       </c>
       <c r="Y10" s="13" t="s">
         <v>12</v>
       </c>
       <c r="Z10" s="13" t="s">
         <v>13</v>
       </c>
       <c r="AA10" s="16" t="s">
-        <v>1476</v>
+        <v>1454</v>
       </c>
       <c r="AB10" s="16" t="s">
-        <v>1477</v>
+        <v>1455</v>
       </c>
       <c r="AC10" s="16" t="s">
-        <v>1478</v>
+        <v>1456</v>
       </c>
       <c r="AD10" s="16" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:30" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A11" s="17" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="B11" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C11" s="17" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D11" s="18" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="E11" s="20">
-        <v>915515345.14999998</v>
+        <v>877118895.54999995</v>
       </c>
       <c r="F11" s="20">
         <v>23997781</v>
       </c>
       <c r="G11" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I11" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J11" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K11" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L11" s="18">
         <v>20241018</v>
       </c>
       <c r="T11" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA11" s="19">
-        <v>2092327</v>
+        <v>2409168</v>
       </c>
       <c r="AB11" s="20">
-        <v>72127865</v>
+        <v>84108631.5</v>
       </c>
       <c r="AC11" s="20">
-        <v>14852</v>
+        <v>17232</v>
       </c>
       <c r="AD11" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A12" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="B12" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C12" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="D12" s="18" t="s">
+        <v>57</v>
+      </c>
+      <c r="E12" s="20">
+        <v>4805618.46</v>
+      </c>
+      <c r="F12" s="20">
+        <v>160187282</v>
+      </c>
+      <c r="G12" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="I12" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J12" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K12" s="18" t="s">
         <v>59</v>
-      </c>
-[...25 lines deleted...]
-        <v>63</v>
       </c>
       <c r="L12" s="18">
         <v>20080130</v>
       </c>
       <c r="P12" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="AA12" s="19">
-        <v>9675101</v>
+        <v>11208945</v>
       </c>
       <c r="AB12" s="20">
-        <v>344989</v>
+        <v>392932.5</v>
       </c>
       <c r="AC12" s="20">
-        <v>466</v>
+        <v>626</v>
       </c>
       <c r="AD12" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A13" s="17" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B13" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C13" s="17" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="D13" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="E13" s="20">
-        <v>322230531.56</v>
+        <v>262049356.78</v>
       </c>
       <c r="F13" s="20">
-        <v>18123202</v>
+        <v>18286766</v>
       </c>
       <c r="G13" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H13" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="I13" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J13" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K13" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L13" s="18">
         <v>20060130</v>
       </c>
       <c r="AA13" s="19">
-        <v>1186359</v>
+        <v>2044405</v>
       </c>
       <c r="AB13" s="20">
-        <v>20900332</v>
+        <v>34578499</v>
       </c>
       <c r="AC13" s="20">
-        <v>7091</v>
+        <v>12067</v>
       </c>
       <c r="AD13" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A14" s="17" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="B14" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C14" s="17" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D14" s="18" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E14" s="20">
-        <v>50293730.280000001</v>
+        <v>47008086.600000001</v>
       </c>
       <c r="F14" s="20">
         <v>8765413</v>
       </c>
       <c r="G14" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I14" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J14" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L14" s="18">
         <v>19920617</v>
       </c>
       <c r="AA14" s="19">
-        <v>336444</v>
+        <v>418320</v>
       </c>
       <c r="AB14" s="20">
-        <v>2583273</v>
+        <v>3135760.5</v>
       </c>
       <c r="AC14" s="20">
-        <v>1055</v>
+        <v>1284</v>
       </c>
       <c r="AD14" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A15" s="17" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B15" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C15" s="17" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D15" s="18" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="E15" s="20">
-        <v>160173091.44</v>
+        <v>178645769.69999999</v>
       </c>
       <c r="F15" s="20">
-        <v>33934977</v>
+        <v>33706749</v>
       </c>
       <c r="G15" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H15" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="I15" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J15" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L15" s="18">
         <v>19870925</v>
       </c>
       <c r="AA15" s="19">
-        <v>8885436</v>
+        <v>10400035</v>
       </c>
       <c r="AB15" s="20">
-        <v>49711524</v>
+        <v>57244116</v>
       </c>
       <c r="AC15" s="20">
-        <v>15120</v>
+        <v>17576</v>
       </c>
       <c r="AD15" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A16" s="17" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B16" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C16" s="17" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D16" s="18" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="E16" s="20">
-        <v>838950665.55999994</v>
+        <v>855826357.96000004</v>
       </c>
       <c r="F16" s="20">
-        <v>24409388</v>
+        <v>24333988</v>
       </c>
       <c r="G16" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I16" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J16" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K16" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L16" s="18">
         <v>20040322</v>
       </c>
       <c r="AA16" s="19">
-        <v>11311385</v>
+        <v>13166973</v>
       </c>
       <c r="AB16" s="20">
-        <v>338968504.5</v>
+        <v>403431303.5</v>
       </c>
       <c r="AC16" s="20">
-        <v>62210</v>
+        <v>75352</v>
       </c>
       <c r="AD16" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A17" s="17" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="B17" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C17" s="17" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D17" s="18" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="E17" s="20">
-        <v>138628290.80000001</v>
+        <v>118464855.84</v>
       </c>
       <c r="F17" s="20">
-        <v>16026392</v>
+        <v>16476336</v>
       </c>
       <c r="G17" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I17" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J17" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L17" s="18">
         <v>19990720</v>
       </c>
       <c r="AA17" s="19">
-        <v>12925561</v>
+        <v>15906718</v>
       </c>
       <c r="AB17" s="20">
-        <v>101246219</v>
+        <v>125814031</v>
       </c>
       <c r="AC17" s="20">
-        <v>57847</v>
+        <v>71255</v>
       </c>
       <c r="AD17" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A18" s="17" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="B18" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C18" s="17" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="D18" s="18" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="E18" s="20">
-        <v>1298270241.97</v>
+        <v>1956839481.9200001</v>
       </c>
       <c r="F18" s="20">
-        <v>63609517</v>
+        <v>63287176</v>
       </c>
       <c r="G18" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I18" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J18" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L18" s="18">
         <v>19871231</v>
       </c>
       <c r="R18" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="AA18" s="19">
-        <v>67903480</v>
+        <v>87058898</v>
       </c>
       <c r="AB18" s="20">
-        <v>1351664946.5</v>
+        <v>1840024264.5</v>
       </c>
       <c r="AC18" s="20">
-        <v>329636</v>
+        <v>441493</v>
       </c>
       <c r="AD18" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A19" s="17" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="B19" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C19" s="17" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="D19" s="18" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="E19" s="20">
-        <v>29850508.449999999</v>
+        <v>24733278.43</v>
       </c>
       <c r="F19" s="20">
         <v>85287167</v>
       </c>
       <c r="G19" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I19" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J19" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K19" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L19" s="18">
         <v>20041201</v>
       </c>
       <c r="T19" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA19" s="19">
-        <v>784485</v>
+        <v>1083397</v>
       </c>
       <c r="AB19" s="20">
-        <v>286205.5</v>
+        <v>384436</v>
       </c>
       <c r="AC19" s="20">
-        <v>410</v>
+        <v>521</v>
       </c>
       <c r="AD19" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A20" s="17" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="B20" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C20" s="17" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="D20" s="18" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="E20" s="20">
-        <v>1222238140.9000001</v>
+        <v>1100856590.2</v>
       </c>
       <c r="F20" s="20">
         <v>22816690</v>
       </c>
       <c r="G20" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H20" s="18" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="I20" s="18" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="J20" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L20" s="18">
         <v>20040517</v>
       </c>
       <c r="AA20" s="19">
-        <v>15089065</v>
+        <v>17986962</v>
       </c>
       <c r="AB20" s="20">
-        <v>649529340.5</v>
+        <v>766979034</v>
       </c>
       <c r="AC20" s="20">
-        <v>99693</v>
+        <v>119117</v>
       </c>
       <c r="AD20" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A21" s="17" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B21" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C21" s="17" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D21" s="18" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="E21" s="20">
-        <v>796220955.38</v>
+        <v>906080972.82000005</v>
       </c>
       <c r="F21" s="20">
-        <v>64944613</v>
+        <v>64812659</v>
       </c>
       <c r="G21" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I21" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J21" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L21" s="18">
         <v>19680819</v>
       </c>
       <c r="AA21" s="19">
-        <v>11611030</v>
+        <v>16930874</v>
       </c>
       <c r="AB21" s="20">
-        <v>131489142</v>
+        <v>204790653.5</v>
       </c>
       <c r="AC21" s="20">
-        <v>59295</v>
+        <v>89487</v>
       </c>
       <c r="AD21" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A22" s="17" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B22" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C22" s="17" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="D22" s="18" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="E22" s="20">
-        <v>313924148.25</v>
+        <v>286082230.565</v>
       </c>
       <c r="F22" s="20">
-        <v>92613457</v>
+        <v>92320157</v>
       </c>
       <c r="G22" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I22" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J22" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K22" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L22" s="18">
         <v>20050628</v>
       </c>
       <c r="T22" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA22" s="19">
-        <v>13601870</v>
+        <v>17499229</v>
       </c>
       <c r="AB22" s="20">
-        <v>44882552</v>
+        <v>57765214.5</v>
       </c>
       <c r="AC22" s="20">
-        <v>20230</v>
+        <v>31193</v>
       </c>
       <c r="AD22" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A23" s="17" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="B23" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C23" s="17" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D23" s="18" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="E23" s="20">
-        <v>5775358602</v>
+        <v>5461980756.8400002</v>
       </c>
       <c r="F23" s="20">
-        <v>296172236</v>
+        <v>296202861</v>
       </c>
       <c r="G23" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I23" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J23" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K23" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L23" s="18">
         <v>20061123</v>
       </c>
       <c r="O23" s="18" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="R23" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="T23" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA23" s="19">
-        <v>569838793</v>
+        <v>675482605</v>
       </c>
       <c r="AB23" s="20">
-        <v>10280325968</v>
+        <v>12228880423</v>
       </c>
       <c r="AC23" s="20">
-        <v>1921354</v>
+        <v>2249669</v>
       </c>
       <c r="AD23" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A24" s="17" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="B24" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C24" s="17" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D24" s="18" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="E24" s="20">
-        <v>143076410.47999999</v>
+        <v>125700907.12</v>
       </c>
       <c r="F24" s="20">
         <v>27149224</v>
       </c>
       <c r="G24" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I24" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J24" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L24" s="18">
         <v>19920603</v>
       </c>
       <c r="O24" s="18" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="AA24" s="19">
-        <v>4107175</v>
+        <v>4536211</v>
       </c>
       <c r="AB24" s="20">
-        <v>17853336.5</v>
+        <v>20057454</v>
       </c>
       <c r="AC24" s="20">
-        <v>9363</v>
+        <v>10999</v>
       </c>
       <c r="AD24" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A25" s="17" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B25" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C25" s="17" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="D25" s="18" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="E25" s="20">
-        <v>80478057.739999995</v>
+        <v>82587400.879999995</v>
       </c>
       <c r="F25" s="20">
-        <v>39734191</v>
+        <v>39649825</v>
       </c>
       <c r="G25" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H25" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="I25" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J25" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L25" s="18">
         <v>19930108</v>
       </c>
       <c r="AA25" s="19">
-        <v>4191225</v>
+        <v>5342354</v>
       </c>
       <c r="AB25" s="20">
-        <v>8234527.5</v>
+        <v>10574140.5</v>
       </c>
       <c r="AC25" s="20">
-        <v>8640</v>
+        <v>11237</v>
       </c>
       <c r="AD25" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A26" s="17" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="B26" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C26" s="17" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="D26" s="18" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="E26" s="20">
-        <v>1008619797.26</v>
+        <v>1051813919.38</v>
       </c>
       <c r="F26" s="20">
-        <v>46991211</v>
+        <v>46908811</v>
       </c>
       <c r="G26" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I26" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J26" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K26" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L26" s="18">
         <v>20081118</v>
       </c>
       <c r="Y26" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="Z26" s="18" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="AA26" s="19">
-        <v>11894515</v>
+        <v>14994137</v>
       </c>
       <c r="AB26" s="20">
-        <v>253933243</v>
+        <v>317163601.5</v>
       </c>
       <c r="AC26" s="20">
-        <v>59149</v>
+        <v>75011</v>
       </c>
       <c r="AD26" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A27" s="17" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="B27" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C27" s="17" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D27" s="18" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="E27" s="20">
-        <v>701823216.79999995</v>
+        <v>705879998.39999998</v>
       </c>
       <c r="F27" s="20">
         <v>40567816</v>
       </c>
       <c r="G27" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I27" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J27" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L27" s="18">
         <v>19580527</v>
       </c>
       <c r="AA27" s="19">
-        <v>1317256</v>
+        <v>1700051</v>
       </c>
       <c r="AB27" s="20">
-        <v>20572542</v>
+        <v>27156182</v>
       </c>
       <c r="AC27" s="20">
-        <v>5881</v>
+        <v>7543</v>
       </c>
       <c r="AD27" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A28" s="17" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="B28" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C28" s="17" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D28" s="18" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="E28" s="20">
-        <v>700957797.36000001</v>
+        <v>614912079.72000003</v>
       </c>
       <c r="F28" s="20">
         <v>104933802</v>
       </c>
       <c r="G28" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I28" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J28" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K28" s="18" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="L28" s="18">
         <v>20211020</v>
       </c>
       <c r="M28" s="18" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="AA28" s="19">
-        <v>44890205</v>
+        <v>91121943</v>
       </c>
       <c r="AB28" s="20">
-        <v>366757980</v>
+        <v>628173848</v>
       </c>
       <c r="AC28" s="20">
-        <v>202624</v>
+        <v>342919</v>
       </c>
       <c r="AD28" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A29" s="17" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="B29" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C29" s="17" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="D29" s="18" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="E29" s="20">
-        <v>65880886840.849998</v>
+        <v>66608467041.599998</v>
       </c>
       <c r="F29" s="20">
-        <v>946428485</v>
+        <v>934462220</v>
       </c>
       <c r="G29" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I29" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J29" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K29" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L29" s="18">
         <v>19991206</v>
       </c>
       <c r="R29" s="18">
         <v>60</v>
       </c>
       <c r="T29" s="18" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="AA29" s="19">
-        <v>231542851</v>
+        <v>294949628</v>
       </c>
       <c r="AB29" s="20">
-        <v>16597875766.5</v>
+        <v>21247182615.5</v>
       </c>
       <c r="AC29" s="20">
-        <v>1171061</v>
+        <v>1444894</v>
       </c>
       <c r="AD29" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A30" s="17" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="B30" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C30" s="17" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D30" s="18" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="E30" s="20">
-        <v>2379981283.8000002</v>
+        <v>1891189428.74</v>
       </c>
       <c r="F30" s="20">
         <v>127955983</v>
       </c>
       <c r="G30" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I30" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J30" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K30" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L30" s="18">
         <v>20030219</v>
       </c>
       <c r="R30" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="U30" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="Y30" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA30" s="19">
-        <v>96294748</v>
+        <v>134977340</v>
       </c>
       <c r="AB30" s="20">
-        <v>1600042730.5</v>
+        <v>2342117342.5</v>
       </c>
       <c r="AC30" s="20">
-        <v>325102</v>
+        <v>464734</v>
       </c>
       <c r="AD30" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A31" s="17" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="B31" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C31" s="17" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D31" s="18" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="E31" s="20">
-        <v>78284299.125</v>
+        <v>73258045.140000001</v>
       </c>
       <c r="F31" s="20">
-        <v>77933645</v>
+        <v>75670721</v>
       </c>
       <c r="G31" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I31" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J31" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K31" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L31" s="18">
         <v>20130220</v>
       </c>
       <c r="O31" s="18" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="U31" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="Y31" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA31" s="19">
-        <v>9230143</v>
+        <v>11203785</v>
       </c>
       <c r="AB31" s="20">
-        <v>7695689.5</v>
+        <v>8948864</v>
       </c>
       <c r="AC31" s="20">
-        <v>6726</v>
+        <v>8037</v>
       </c>
       <c r="AD31" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A32" s="17" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B32" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C32" s="17" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="D32" s="18" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="E32" s="20">
-        <v>977825560.74000001</v>
+        <v>997818617.60000002</v>
       </c>
       <c r="F32" s="20">
         <v>18342254</v>
       </c>
       <c r="G32" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I32" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J32" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K32" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L32" s="18">
         <v>20191211</v>
       </c>
       <c r="AA32" s="19">
-        <v>11905705</v>
+        <v>13492475</v>
       </c>
       <c r="AB32" s="20">
-        <v>603468266.5</v>
+        <v>687931119.5</v>
       </c>
       <c r="AC32" s="20">
-        <v>64702</v>
+        <v>73640</v>
       </c>
       <c r="AD32" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A33" s="17" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="B33" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C33" s="17" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="D33" s="18" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="E33" s="20">
-        <v>237460108.88</v>
+        <v>228588618.41</v>
       </c>
       <c r="F33" s="20">
-        <v>43320975</v>
+        <v>43658298</v>
       </c>
       <c r="G33" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I33" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J33" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L33" s="18">
         <v>19720829</v>
       </c>
       <c r="T33" s="18" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="AA33" s="19">
-        <v>5633145</v>
+        <v>6554848</v>
       </c>
       <c r="AB33" s="20">
-        <v>27179682</v>
+        <v>31914625.5</v>
       </c>
       <c r="AC33" s="20">
-        <v>14116</v>
+        <v>17394</v>
       </c>
       <c r="AD33" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A34" s="17" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="B34" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C34" s="17" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D34" s="18" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="E34" s="20">
-        <v>7847971846.9200001</v>
+        <v>9366526286.0200005</v>
       </c>
       <c r="F34" s="20">
-        <v>95450886</v>
+        <v>95606066</v>
       </c>
       <c r="G34" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I34" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J34" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K34" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L34" s="18">
         <v>20161003</v>
       </c>
       <c r="R34" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="T34" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA34" s="19">
-        <v>104333354</v>
+        <v>127591811</v>
       </c>
       <c r="AB34" s="20">
-        <v>6400400155.5</v>
+        <v>8428360887.5</v>
       </c>
       <c r="AC34" s="20">
-        <v>669237</v>
+        <v>823761</v>
       </c>
       <c r="AD34" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A35" s="17" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="B35" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C35" s="17" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D35" s="18" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="E35" s="20">
-        <v>858227079.62</v>
+        <v>733219475.5</v>
       </c>
       <c r="F35" s="20">
-        <v>103883710</v>
+        <v>103100838</v>
       </c>
       <c r="G35" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I35" s="18" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="J35" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K35" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L35" s="18">
         <v>20060417</v>
       </c>
       <c r="O35" s="18" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="P35" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Q35" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="U35" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="Y35" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA35" s="19">
-        <v>23218726</v>
+        <v>36489191</v>
       </c>
       <c r="AB35" s="20">
-        <v>187790682.5</v>
+        <v>281092282.5</v>
       </c>
       <c r="AC35" s="20">
-        <v>103197</v>
+        <v>138214</v>
       </c>
       <c r="AD35" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A36" s="17" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="B36" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C36" s="17" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D36" s="18" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="E36" s="20">
-        <v>15660617356.200001</v>
+        <v>16393562881.290001</v>
       </c>
       <c r="F36" s="20">
-        <v>165826105</v>
+        <v>165742219</v>
       </c>
       <c r="G36" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I36" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J36" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L36" s="18">
         <v>19861010</v>
       </c>
       <c r="R36" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="S36" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="AA36" s="19">
-        <v>100574567</v>
+        <v>127200707</v>
       </c>
       <c r="AB36" s="20">
-        <v>8326681229.5</v>
+        <v>10992629030.5</v>
       </c>
       <c r="AC36" s="20">
-        <v>580680</v>
+        <v>731108</v>
       </c>
       <c r="AD36" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A37" s="17" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B37" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C37" s="17" t="s">
-        <v>1451</v>
+        <v>1429</v>
       </c>
       <c r="D37" s="18" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="E37" s="20">
-        <v>660369012</v>
+        <v>647185176.86000001</v>
       </c>
       <c r="F37" s="20">
-        <v>48719445</v>
+        <v>48855311</v>
       </c>
       <c r="G37" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I37" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J37" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K37" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L37" s="18">
         <v>20120904</v>
       </c>
       <c r="AA37" s="19">
-        <v>15660801</v>
+        <v>20010173</v>
       </c>
       <c r="AB37" s="20">
-        <v>194856056</v>
+        <v>252033134.5</v>
       </c>
       <c r="AC37" s="20">
-        <v>59874</v>
+        <v>77271</v>
       </c>
       <c r="AD37" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A38" s="17" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="B38" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C38" s="17" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="D38" s="18" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="E38" s="20">
-        <v>3712776450.9400001</v>
+        <v>3782993882.8200002</v>
       </c>
       <c r="F38" s="20">
-        <v>97653247</v>
+        <v>98055829</v>
       </c>
       <c r="G38" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I38" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J38" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L38" s="18">
         <v>19931221</v>
       </c>
       <c r="M38" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="R38" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="AA38" s="19">
-        <v>38646504</v>
+        <v>46131344</v>
       </c>
       <c r="AB38" s="20">
-        <v>1510933142</v>
+        <v>1791194052</v>
       </c>
       <c r="AC38" s="20">
-        <v>261284</v>
+        <v>309843</v>
       </c>
       <c r="AD38" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A39" s="17" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="B39" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C39" s="17" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D39" s="18" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="E39" s="20">
-        <v>769976749.58000004</v>
+        <v>585469392.57000005</v>
       </c>
       <c r="F39" s="20">
         <v>23150233</v>
       </c>
       <c r="G39" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I39" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J39" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K39" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L39" s="18">
         <v>20060510</v>
       </c>
       <c r="T39" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA39" s="19">
-        <v>5150105</v>
+        <v>7042878</v>
       </c>
       <c r="AB39" s="20">
-        <v>121026358</v>
+        <v>179052353</v>
       </c>
       <c r="AC39" s="20">
-        <v>28484</v>
+        <v>40544</v>
       </c>
       <c r="AD39" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A40" s="17" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="B40" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C40" s="17" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D40" s="18" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="E40" s="20">
-        <v>581055446.78999996</v>
+        <v>591967915.63999999</v>
       </c>
       <c r="F40" s="20">
-        <v>49117113</v>
+        <v>54259204</v>
       </c>
       <c r="G40" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I40" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J40" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K40" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L40" s="18">
         <v>20150722</v>
       </c>
       <c r="U40" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="Y40" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA40" s="19">
-        <v>3749699</v>
+        <v>5643004</v>
       </c>
       <c r="AB40" s="20">
-        <v>39641197</v>
+        <v>60726648</v>
       </c>
       <c r="AC40" s="20">
-        <v>17201</v>
+        <v>22636</v>
       </c>
       <c r="AD40" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A41" s="17" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="B41" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C41" s="17" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="D41" s="18" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="E41" s="20">
-        <v>204984562.25999999</v>
+        <v>215749427.03999999</v>
       </c>
       <c r="F41" s="20">
-        <v>1344161064</v>
+        <v>1348433919</v>
       </c>
       <c r="G41" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="H41" s="18" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="I41" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J41" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K41" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L41" s="18">
         <v>20210420</v>
       </c>
       <c r="O41" s="18" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="P41" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="T41" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA41" s="19">
-        <v>134877245</v>
+        <v>172195251</v>
       </c>
       <c r="AB41" s="20">
-        <v>13250784.5</v>
+        <v>18562991</v>
       </c>
       <c r="AC41" s="20">
-        <v>14138</v>
+        <v>20015</v>
       </c>
       <c r="AD41" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A42" s="17" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="B42" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C42" s="17" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="D42" s="18" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="E42" s="20">
-        <v>1944449915.9400001</v>
+        <v>2482944114.4200001</v>
       </c>
       <c r="F42" s="20">
         <v>33740238</v>
       </c>
       <c r="G42" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H42" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="I42" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J42" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L42" s="18">
         <v>19970605</v>
       </c>
       <c r="R42" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="AA42" s="19">
-        <v>16171728</v>
+        <v>20144629</v>
       </c>
       <c r="AB42" s="20">
-        <v>718764206.5</v>
+        <v>975432589</v>
       </c>
       <c r="AC42" s="20">
-        <v>104466</v>
+        <v>132137</v>
       </c>
       <c r="AD42" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A43" s="17" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="B43" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C43" s="17" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="D43" s="18" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="E43" s="20">
-        <v>119475313987.85001</v>
+        <v>124553442626.53999</v>
       </c>
       <c r="F43" s="20">
-        <v>732360515</v>
+        <v>728382498</v>
       </c>
       <c r="G43" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I43" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J43" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L43" s="18">
         <v>19220609</v>
       </c>
       <c r="M43" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="R43" s="18">
         <v>60</v>
       </c>
       <c r="AA43" s="19">
-        <v>495344506</v>
+        <v>593656849</v>
       </c>
       <c r="AB43" s="20">
-        <v>70480414686.5</v>
+        <v>87881399069</v>
       </c>
       <c r="AC43" s="20">
-        <v>1602335</v>
+        <v>1997526</v>
       </c>
       <c r="AD43" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A44" s="17" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="B44" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C44" s="17" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D44" s="18" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="E44" s="20">
-        <v>106565819845.23</v>
+        <v>113883736735.31</v>
       </c>
       <c r="F44" s="20">
-        <v>1242460299</v>
+        <v>1238001269</v>
       </c>
       <c r="G44" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I44" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J44" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L44" s="18">
         <v>19190516</v>
       </c>
       <c r="M44" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="R44" s="18">
         <v>60</v>
       </c>
       <c r="AA44" s="19">
-        <v>799015056</v>
+        <v>1009252541</v>
       </c>
       <c r="AB44" s="20">
-        <v>58025567851</v>
+        <v>76885816962.5</v>
       </c>
       <c r="AC44" s="20">
-        <v>2132920</v>
+        <v>2633435</v>
       </c>
       <c r="AD44" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A45" s="17" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="B45" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C45" s="17" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D45" s="18" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="E45" s="20">
-        <v>34638952661.589996</v>
+        <v>32569194656.060001</v>
       </c>
       <c r="F45" s="20">
-        <v>1068674827</v>
+        <v>1066285354</v>
       </c>
       <c r="G45" s="19" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="I45" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J45" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L45" s="18">
         <v>19050711</v>
       </c>
       <c r="M45" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="R45" s="18">
         <v>60</v>
       </c>
       <c r="AA45" s="19">
-        <v>651286515</v>
+        <v>805524741</v>
       </c>
       <c r="AB45" s="20">
-        <v>20668089825</v>
+        <v>25656675993.5</v>
       </c>
       <c r="AC45" s="20">
-        <v>2251756</v>
+        <v>2709753</v>
       </c>
       <c r="AD45" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A46" s="17" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="B46" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C46" s="17" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D46" s="18" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="E46" s="20">
-        <v>16859213</v>
+        <v>16162027.5</v>
       </c>
       <c r="F46" s="20">
         <v>1267610</v>
       </c>
       <c r="G46" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I46" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J46" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L46" s="18">
         <v>19670525</v>
       </c>
       <c r="U46" s="18" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="AA46" s="19">
-        <v>58891</v>
+        <v>69119</v>
       </c>
       <c r="AB46" s="20">
-        <v>756638.5</v>
+        <v>888601</v>
       </c>
       <c r="AC46" s="20">
-        <v>319</v>
+        <v>387</v>
       </c>
       <c r="AD46" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A47" s="17" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="B47" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C47" s="17" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="D47" s="18" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="E47" s="20">
-        <v>26366594.039999999</v>
+        <v>23311587.350000001</v>
       </c>
       <c r="F47" s="20">
-        <v>24413513</v>
+        <v>24538513</v>
       </c>
       <c r="G47" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I47" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J47" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L47" s="18">
         <v>19970225</v>
       </c>
       <c r="T47" s="18" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="AA47" s="19">
-        <v>581404</v>
+        <v>665529</v>
       </c>
       <c r="AB47" s="20">
-        <v>649092</v>
+        <v>732701.5</v>
       </c>
       <c r="AC47" s="20">
-        <v>756</v>
+        <v>842</v>
       </c>
       <c r="AD47" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A48" s="17" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="B48" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C48" s="17" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="D48" s="18" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="E48" s="20">
-        <v>1252205808.9100001</v>
+        <v>1668130869.72</v>
       </c>
       <c r="F48" s="20">
         <v>55382831</v>
       </c>
       <c r="G48" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I48" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J48" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K48" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L48" s="18">
         <v>20060227</v>
       </c>
       <c r="P48" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="R48" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="S48" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="AA48" s="19">
-        <v>34689859</v>
+        <v>45164681</v>
       </c>
       <c r="AB48" s="20">
-        <v>841287164</v>
+        <v>1136444217.5</v>
       </c>
       <c r="AC48" s="20">
-        <v>205976</v>
+        <v>265428</v>
       </c>
       <c r="AD48" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A49" s="17" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="B49" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C49" s="17" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="D49" s="18" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="E49" s="20">
-        <v>773093897.80999994</v>
+        <v>999793703.35000002</v>
       </c>
       <c r="F49" s="20">
-        <v>66818833</v>
+        <v>66875833</v>
       </c>
       <c r="G49" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I49" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J49" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K49" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L49" s="18">
         <v>20060925</v>
       </c>
       <c r="O49" s="18" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="AA49" s="19">
-        <v>9162349</v>
+        <v>15373725</v>
       </c>
       <c r="AB49" s="20">
-        <v>91956139.5</v>
+        <v>178438825.5</v>
       </c>
       <c r="AC49" s="20">
-        <v>30745</v>
+        <v>56416</v>
       </c>
       <c r="AD49" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A50" s="17" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="B50" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C50" s="17" t="s">
-        <v>1472</v>
+        <v>1450</v>
       </c>
       <c r="D50" s="18" t="s">
-        <v>1473</v>
+        <v>1451</v>
       </c>
       <c r="E50" s="20">
-        <v>181012292.63999999</v>
+        <v>184130920.03</v>
       </c>
       <c r="F50" s="20">
-        <v>21861388</v>
+        <v>21894283</v>
       </c>
       <c r="G50" s="19" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="I50" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J50" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K50" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L50" s="18">
         <v>20250806</v>
       </c>
       <c r="AA50" s="19">
-        <v>5674494</v>
+        <v>5904609</v>
       </c>
       <c r="AB50" s="20">
-        <v>4896523.5</v>
+        <v>6533555</v>
       </c>
       <c r="AC50" s="20">
-        <v>2294</v>
+        <v>2706</v>
       </c>
       <c r="AD50" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A51" s="17" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="B51" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C51" s="17" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D51" s="18" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="E51" s="20">
-        <v>408981760</v>
+        <v>414568700</v>
       </c>
       <c r="F51" s="20">
-        <v>31951700</v>
+        <v>31889900</v>
       </c>
       <c r="G51" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I51" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J51" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L51" s="18">
         <v>19991206</v>
       </c>
       <c r="T51" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA51" s="19">
-        <v>259002</v>
+        <v>361404</v>
       </c>
       <c r="AB51" s="20">
-        <v>3412340.5</v>
+        <v>4738933</v>
       </c>
       <c r="AC51" s="20">
-        <v>873</v>
+        <v>1020</v>
       </c>
       <c r="AD51" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A52" s="17" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="B52" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C52" s="17" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="D52" s="18" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="E52" s="20">
-        <v>3458234020.2199998</v>
+        <v>3176321049.4499998</v>
       </c>
       <c r="F52" s="20">
-        <v>49108691</v>
+        <v>49115835</v>
       </c>
       <c r="G52" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I52" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J52" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K52" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L52" s="18">
         <v>19951106</v>
       </c>
       <c r="P52" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Q52" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="R52" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="U52" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="Y52" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA52" s="19">
-        <v>19933991</v>
+        <v>24267248</v>
       </c>
       <c r="AB52" s="20">
-        <v>1322644243.5</v>
+        <v>1618571140</v>
       </c>
       <c r="AC52" s="20">
-        <v>131875</v>
+        <v>161637</v>
       </c>
       <c r="AD52" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A53" s="17" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="B53" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C53" s="17" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D53" s="18" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="E53" s="20">
-        <v>16517052406.77</v>
+        <v>20063847113.740002</v>
       </c>
       <c r="F53" s="20">
-        <v>121621463</v>
+        <v>121668756</v>
       </c>
       <c r="G53" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I53" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J53" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L53" s="18">
         <v>19460502</v>
       </c>
       <c r="O53" s="18" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="R53" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="S53" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="AA53" s="19">
-        <v>100767388</v>
+        <v>118718104</v>
       </c>
       <c r="AB53" s="20">
-        <v>10884439975.5</v>
+        <v>14062311588.5</v>
       </c>
       <c r="AC53" s="20">
-        <v>649731</v>
+        <v>773839</v>
       </c>
       <c r="AD53" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A54" s="17" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="B54" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C54" s="17" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D54" s="18" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="E54" s="20">
-        <v>459829746.43000001</v>
+        <v>438338397.80000001</v>
       </c>
       <c r="F54" s="20">
         <v>21278563</v>
       </c>
       <c r="G54" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I54" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J54" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L54" s="18">
         <v>20020716</v>
       </c>
       <c r="T54" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="Y54" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="Z54" s="18" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="AA54" s="19">
-        <v>6288230</v>
+        <v>7487904</v>
       </c>
       <c r="AB54" s="20">
-        <v>114445250</v>
+        <v>139839468</v>
       </c>
       <c r="AC54" s="20">
-        <v>31698</v>
+        <v>38967</v>
       </c>
       <c r="AD54" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A55" s="17" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="B55" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C55" s="17" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D55" s="18" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="E55" s="20">
-        <v>4840584346.8000002</v>
+        <v>4809480744.6300001</v>
       </c>
       <c r="F55" s="20">
-        <v>21467910</v>
+        <v>21468021</v>
       </c>
       <c r="G55" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I55" s="18" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="J55" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K55" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L55" s="18">
         <v>19991116</v>
       </c>
+      <c r="M55" s="18" t="s">
+        <v>97</v>
+      </c>
       <c r="R55" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="AA55" s="19">
-        <v>8234960</v>
+        <v>10847388</v>
       </c>
       <c r="AB55" s="20">
-        <v>1781151193</v>
+        <v>2368474885.5</v>
       </c>
       <c r="AC55" s="20">
-        <v>69139</v>
+        <v>90430</v>
       </c>
       <c r="AD55" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A56" s="17" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="B56" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C56" s="17" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="D56" s="18" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="E56" s="20">
-        <v>7136904.8700000001</v>
+        <v>6476080.3449999997</v>
       </c>
       <c r="F56" s="20">
         <v>26432981</v>
       </c>
       <c r="G56" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H56" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="I56" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J56" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K56" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L56" s="18">
         <v>20110704</v>
       </c>
       <c r="O56" s="18" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="P56" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="AA56" s="19">
-        <v>1172346</v>
+        <v>1378330</v>
       </c>
       <c r="AB56" s="20">
-        <v>359026.5</v>
+        <v>412101.5</v>
       </c>
       <c r="AC56" s="20">
-        <v>467</v>
+        <v>582</v>
       </c>
       <c r="AD56" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="57" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A57" s="17" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="B57" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C57" s="17" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="D57" s="18" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="E57" s="20">
-        <v>144628712.5</v>
+        <v>132773900</v>
       </c>
       <c r="F57" s="20">
         <v>9483850</v>
       </c>
       <c r="G57" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I57" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J57" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L57" s="18">
         <v>20030806</v>
       </c>
       <c r="U57" s="18" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="AA57" s="19">
-        <v>1511971</v>
+        <v>2075434</v>
       </c>
       <c r="AB57" s="20">
-        <v>21519746.5</v>
+        <v>29488804.5</v>
       </c>
       <c r="AC57" s="20">
-        <v>7656</v>
+        <v>10563</v>
       </c>
       <c r="AD57" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A58" s="17" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="B58" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C58" s="17" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="D58" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="E58" s="20">
+        <v>124263633446.91</v>
+      </c>
+      <c r="F58" s="20">
+        <v>1637849393</v>
+      </c>
+      <c r="G58" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="I58" s="18" t="s">
         <v>229</v>
-      </c>
-[...10 lines deleted...]
-        <v>233</v>
       </c>
       <c r="J58" s="18" t="s">
         <v>15</v>
       </c>
       <c r="K58" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L58" s="18">
         <v>20221201</v>
       </c>
       <c r="M58" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="R58" s="18">
         <v>60</v>
       </c>
       <c r="V58" s="18" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="AA58" s="19">
-        <v>232324372</v>
+        <v>287442936</v>
       </c>
       <c r="AB58" s="20">
-        <v>18075094711</v>
+        <v>22474476220</v>
       </c>
       <c r="AC58" s="20">
-        <v>753861</v>
+        <v>932802</v>
       </c>
       <c r="AD58" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="59" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A59" s="17" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="B59" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C59" s="17" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D59" s="18" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="E59" s="20">
-        <v>3175052035.6799998</v>
+        <v>3578233246.5599999</v>
       </c>
       <c r="F59" s="20">
         <v>69996738</v>
       </c>
       <c r="G59" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I59" s="18" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="J59" s="18" t="s">
         <v>15</v>
       </c>
       <c r="K59" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L59" s="18">
         <v>20220315</v>
       </c>
       <c r="M59" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="V59" s="18" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="AA59" s="19">
-        <v>7195214</v>
+        <v>9689117</v>
       </c>
       <c r="AB59" s="20">
-        <v>279629719.5</v>
+        <v>399437690.5</v>
       </c>
       <c r="AC59" s="20">
-        <v>46576</v>
+        <v>61271</v>
       </c>
       <c r="AD59" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A60" s="17" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="B60" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C60" s="17" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D60" s="18" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="E60" s="20">
-        <v>3278660377.9200001</v>
+        <v>4396552411.0799999</v>
       </c>
       <c r="F60" s="20">
-        <v>88828512</v>
+        <v>88675926</v>
       </c>
       <c r="G60" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I60" s="18" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="J60" s="18" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="K60" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L60" s="18">
         <v>20160531</v>
       </c>
       <c r="M60" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="R60" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="U60" s="18" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="AA60" s="19">
-        <v>7424774</v>
+        <v>9482288</v>
       </c>
       <c r="AB60" s="20">
-        <v>246627373</v>
+        <v>338930764</v>
       </c>
       <c r="AC60" s="20">
-        <v>36635</v>
+        <v>51150</v>
       </c>
       <c r="AD60" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="61" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A61" s="17" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="B61" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C61" s="17" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="D61" s="18" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="E61" s="20">
-        <v>152820248947.98001</v>
+        <v>163888813342.35999</v>
       </c>
       <c r="F61" s="20">
-        <v>1834004978</v>
+        <v>2659961236</v>
       </c>
       <c r="G61" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I61" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J61" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L61" s="18">
         <v>19790820</v>
       </c>
       <c r="M61" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="R61" s="18">
         <v>60</v>
       </c>
       <c r="AA61" s="19">
-        <v>318080274</v>
+        <v>400127023</v>
       </c>
       <c r="AB61" s="20">
-        <v>24138800611</v>
+        <v>30699516494.5</v>
       </c>
       <c r="AC61" s="20">
-        <v>1580158</v>
+        <v>1927584</v>
       </c>
       <c r="AD61" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="62" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A62" s="17" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="B62" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C62" s="17" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D62" s="18" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="E62" s="20">
-        <v>6584112563</v>
+        <v>7566734922.3000002</v>
       </c>
       <c r="F62" s="20">
-        <v>119061710</v>
+        <v>119067426</v>
       </c>
       <c r="G62" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I62" s="18" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="J62" s="18" t="s">
         <v>15</v>
       </c>
       <c r="K62" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L62" s="18">
         <v>20200319</v>
       </c>
       <c r="M62" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="V62" s="18" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="AA62" s="19">
-        <v>30751035</v>
+        <v>39637403</v>
       </c>
       <c r="AB62" s="20">
-        <v>1690288536</v>
+        <v>2215124626.5</v>
       </c>
       <c r="AC62" s="20">
-        <v>166639</v>
+        <v>218688</v>
       </c>
       <c r="AD62" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A63" s="17" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="B63" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C63" s="17" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D63" s="18" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="E63" s="20">
-        <v>20474340470.330002</v>
+        <v>22656936430.599998</v>
       </c>
       <c r="F63" s="20">
-        <v>484051862</v>
+        <v>484145871</v>
       </c>
       <c r="G63" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I63" s="18" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="J63" s="18" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="K63" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L63" s="18">
         <v>20090910</v>
       </c>
       <c r="M63" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="R63" s="18">
         <v>60</v>
       </c>
       <c r="AA63" s="19">
-        <v>77610495</v>
+        <v>95842241</v>
       </c>
       <c r="AB63" s="20">
-        <v>3310870116.5</v>
+        <v>4126227917.5</v>
       </c>
       <c r="AC63" s="20">
-        <v>339145</v>
+        <v>412369</v>
       </c>
       <c r="AD63" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="64" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A64" s="17" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B64" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C64" s="17" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="D64" s="18" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="E64" s="20">
-        <v>1837895563.5599999</v>
+        <v>1883976309.1099999</v>
       </c>
       <c r="F64" s="20">
         <v>102336127</v>
       </c>
       <c r="G64" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I64" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J64" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L64" s="18">
         <v>19850627</v>
       </c>
       <c r="U64" s="18" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="AA64" s="19">
-        <v>10967176</v>
+        <v>13896833</v>
       </c>
       <c r="AB64" s="20">
-        <v>177749644.5</v>
+        <v>231265356.5</v>
       </c>
       <c r="AC64" s="20">
-        <v>24303</v>
+        <v>30885</v>
       </c>
       <c r="AD64" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A65" s="17" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="B65" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C65" s="17" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="D65" s="18" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="E65" s="20">
-        <v>584576322</v>
+        <v>573947661.60000002</v>
       </c>
       <c r="F65" s="20">
         <v>26571651</v>
       </c>
       <c r="G65" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I65" s="18" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="J65" s="18" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="K65" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L65" s="18">
         <v>20210727</v>
       </c>
       <c r="M65" s="18" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="U65" s="18" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="AA65" s="19">
-        <v>980982</v>
+        <v>1159270</v>
       </c>
       <c r="AB65" s="20">
-        <v>21129144.5</v>
+        <v>25069610.5</v>
       </c>
       <c r="AC65" s="20">
-        <v>5313</v>
+        <v>6351</v>
       </c>
       <c r="AD65" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A66" s="17" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="B66" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C66" s="17" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D66" s="18" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="E66" s="20">
-        <v>34519217.130000003</v>
+        <v>34201248.950000003</v>
       </c>
       <c r="F66" s="20">
-        <v>1372874</v>
+        <v>1365474</v>
       </c>
       <c r="G66" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I66" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J66" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K66" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L66" s="18">
         <v>20140611</v>
       </c>
       <c r="X66" s="18" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="AA66" s="19">
-        <v>106437</v>
+        <v>118913</v>
       </c>
       <c r="AB66" s="20">
-        <v>2667223</v>
+        <v>2980592</v>
       </c>
       <c r="AC66" s="20">
-        <v>273</v>
+        <v>333</v>
       </c>
       <c r="AD66" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A67" s="17" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="B67" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C67" s="17" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D67" s="18" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="E67" s="20">
-        <v>3919455782.4000001</v>
+        <v>4223314380.73</v>
       </c>
       <c r="F67" s="20">
-        <v>43491520</v>
+        <v>65305619</v>
       </c>
       <c r="G67" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I67" s="18" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="J67" s="18" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="K67" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L67" s="18">
         <v>20210628</v>
       </c>
       <c r="M67" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="AA67" s="19">
-        <v>4969266</v>
+        <v>7517887</v>
       </c>
       <c r="AB67" s="20">
-        <v>397586557.5</v>
+        <v>609848914</v>
       </c>
       <c r="AC67" s="20">
-        <v>39687</v>
+        <v>56701</v>
       </c>
       <c r="AD67" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A68" s="17" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="B68" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C68" s="17" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="D68" s="18" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="E68" s="20">
-        <v>2984577078.1799998</v>
+        <v>3182244254.2600002</v>
       </c>
       <c r="F68" s="20">
-        <v>34531726</v>
+        <v>36170087</v>
       </c>
       <c r="G68" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I68" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J68" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K68" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L68" s="18">
         <v>20130529</v>
       </c>
       <c r="M68" s="18" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="R68" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="T68" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA68" s="19">
-        <v>30368207</v>
+        <v>40058503</v>
       </c>
       <c r="AB68" s="20">
-        <v>1874390653.5</v>
+        <v>2748233203</v>
       </c>
       <c r="AC68" s="20">
-        <v>225885</v>
+        <v>295670</v>
       </c>
       <c r="AD68" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A69" s="17" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="B69" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C69" s="17" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="D69" s="18" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="E69" s="20">
-        <v>421435346.5</v>
+        <v>400061544.48000002</v>
       </c>
       <c r="F69" s="20">
-        <v>33500425</v>
+        <v>33505992</v>
       </c>
       <c r="G69" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I69" s="18" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="J69" s="18" t="s">
         <v>15</v>
       </c>
       <c r="K69" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L69" s="18">
         <v>20180518</v>
       </c>
       <c r="U69" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="V69" s="18" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="Y69" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA69" s="19">
-        <v>4677101</v>
+        <v>7426930</v>
       </c>
       <c r="AB69" s="20">
-        <v>70810841.5</v>
+        <v>113097888</v>
       </c>
       <c r="AC69" s="20">
-        <v>23128</v>
+        <v>28986</v>
       </c>
       <c r="AD69" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A70" s="17" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="B70" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C70" s="17" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="D70" s="18" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="E70" s="20">
-        <v>368187884.39999998</v>
+        <v>385876354.60000002</v>
       </c>
       <c r="F70" s="20">
         <v>88631640</v>
       </c>
       <c r="G70" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I70" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J70" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K70" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L70" s="18">
         <v>20120607</v>
       </c>
       <c r="P70" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Q70" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="U70" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="Y70" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA70" s="19">
-        <v>14430114</v>
+        <v>18645840</v>
       </c>
       <c r="AB70" s="20">
-        <v>62716458</v>
+        <v>80778228.5</v>
       </c>
       <c r="AC70" s="20">
-        <v>36686</v>
+        <v>46137</v>
       </c>
       <c r="AD70" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A71" s="17" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="B71" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C71" s="17" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D71" s="18" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="E71" s="20">
-        <v>20641132.399999999</v>
+        <v>20624192.399999999</v>
       </c>
       <c r="F71" s="20">
-        <v>29487332</v>
+        <v>29463132</v>
       </c>
       <c r="G71" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I71" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J71" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L71" s="18">
         <v>19890627</v>
       </c>
       <c r="O71" s="18" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="AA71" s="19">
-        <v>1783928</v>
+        <v>2151370</v>
       </c>
       <c r="AB71" s="20">
-        <v>1569253.5</v>
+        <v>1829894.5</v>
       </c>
       <c r="AC71" s="20">
-        <v>1495</v>
+        <v>1770</v>
       </c>
       <c r="AD71" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A72" s="17" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="B72" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C72" s="17" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="D72" s="18" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="E72" s="20">
-        <v>290306371.42000002</v>
+        <v>262821744.53999999</v>
       </c>
       <c r="F72" s="20">
         <v>85889459</v>
       </c>
       <c r="G72" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H72" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="I72" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J72" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L72" s="18">
         <v>19600408</v>
       </c>
       <c r="AA72" s="19">
-        <v>10584818</v>
+        <v>11461285</v>
       </c>
       <c r="AB72" s="20">
-        <v>38588707.5</v>
+        <v>41440844.5</v>
       </c>
       <c r="AC72" s="20">
-        <v>12968</v>
+        <v>15066</v>
       </c>
       <c r="AD72" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A73" s="17" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="B73" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C73" s="17" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="D73" s="18" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="E73" s="20">
-        <v>1230539672.5599999</v>
+        <v>1401220367.6800001</v>
       </c>
       <c r="F73" s="20">
         <v>111069368</v>
       </c>
       <c r="G73" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I73" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J73" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K73" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L73" s="18">
         <v>20040629</v>
       </c>
       <c r="AA73" s="19">
-        <v>25060949</v>
+        <v>30974127</v>
       </c>
       <c r="AB73" s="20">
-        <v>240211526.5</v>
+        <v>306267896</v>
       </c>
       <c r="AC73" s="20">
-        <v>119730</v>
+        <v>150091</v>
       </c>
       <c r="AD73" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A74" s="17" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="B74" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C74" s="17" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="D74" s="18" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="E74" s="20">
-        <v>819941781</v>
+        <v>899679135.60000002</v>
       </c>
       <c r="F74" s="20">
-        <v>46064145</v>
+        <v>46066520</v>
       </c>
       <c r="G74" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I74" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J74" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K74" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L74" s="18">
         <v>20170321</v>
       </c>
       <c r="M74" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="T74" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA74" s="19">
-        <v>46440419</v>
+        <v>51729833</v>
       </c>
       <c r="AB74" s="20">
-        <v>697023117.5</v>
+        <v>798837257</v>
       </c>
       <c r="AC74" s="20">
-        <v>265381</v>
+        <v>303454</v>
       </c>
       <c r="AD74" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A75" s="17" t="s">
-        <v>286</v>
+        <v>1457</v>
       </c>
       <c r="B75" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C75" s="17" t="s">
-        <v>287</v>
+        <v>1458</v>
       </c>
       <c r="D75" s="18" t="s">
-        <v>288</v>
+        <v>1459</v>
       </c>
       <c r="E75" s="20">
-        <v>6656995235</v>
+        <v>497507689.06999999</v>
       </c>
       <c r="F75" s="20">
-        <v>156635182</v>
+        <v>29737459</v>
       </c>
       <c r="G75" s="19" t="s">
-        <v>136</v>
+        <v>51</v>
       </c>
       <c r="I75" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J75" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K75" s="18" t="s">
+        <v>53</v>
       </c>
       <c r="L75" s="18">
-        <v>19970521</v>
-[...8 lines deleted...]
-        <v>119</v>
+        <v>20251001</v>
+      </c>
+      <c r="R75" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="T75" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="AA75" s="19">
-        <v>81106210</v>
+        <v>4151216</v>
       </c>
       <c r="AB75" s="20">
-        <v>3402837813.5</v>
+        <v>64091580.5</v>
       </c>
       <c r="AC75" s="20">
-        <v>425797</v>
+        <v>15884</v>
       </c>
       <c r="AD75" s="20">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A76" s="17" t="s">
-        <v>289</v>
+        <v>282</v>
       </c>
       <c r="B76" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C76" s="17" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="D76" s="18" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
       <c r="E76" s="20">
-        <v>99072795774.919998</v>
+        <v>6028327000.3599997</v>
       </c>
       <c r="F76" s="20">
-        <v>947487188</v>
+        <v>156295748</v>
       </c>
       <c r="G76" s="19" t="s">
-        <v>62</v>
+        <v>132</v>
       </c>
       <c r="I76" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J76" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L76" s="18">
-        <v>19610602</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>19970521</v>
       </c>
       <c r="R76" s="18">
         <v>60</v>
       </c>
+      <c r="U76" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="Y76" s="18" t="s">
+        <v>115</v>
+      </c>
       <c r="AA76" s="19">
-        <v>609761666</v>
+        <v>99793232</v>
       </c>
       <c r="AB76" s="20">
-        <v>53765802313</v>
+        <v>4159399186</v>
       </c>
       <c r="AC76" s="20">
-        <v>1883956</v>
+        <v>516241</v>
       </c>
       <c r="AD76" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A77" s="17" t="s">
-        <v>292</v>
+        <v>285</v>
       </c>
       <c r="B77" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C77" s="17" t="s">
-        <v>293</v>
+        <v>286</v>
       </c>
       <c r="D77" s="18" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="E77" s="20">
-        <v>82999305111.949997</v>
+        <v>108403215078.62</v>
       </c>
       <c r="F77" s="20">
-        <v>624289621</v>
+        <v>946768222</v>
       </c>
       <c r="G77" s="19" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="I77" s="18" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="J77" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="L77" s="18">
-        <v>19951117</v>
+        <v>19610602</v>
       </c>
       <c r="M77" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="R77" s="18">
         <v>60</v>
       </c>
       <c r="AA77" s="19">
-        <v>235701795</v>
+        <v>740952292</v>
       </c>
       <c r="AB77" s="20">
-        <v>33023269719.5</v>
+        <v>68423137740</v>
       </c>
       <c r="AC77" s="20">
-        <v>1077483</v>
+        <v>2268428</v>
       </c>
       <c r="AD77" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="78" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A78" s="17" t="s">
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="B78" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C78" s="17" t="s">
-        <v>296</v>
+        <v>289</v>
       </c>
       <c r="D78" s="18" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="E78" s="20">
-        <v>95574381338.699997</v>
+        <v>83212002474</v>
       </c>
       <c r="F78" s="20">
-        <v>913625670</v>
+        <v>618722600</v>
       </c>
       <c r="G78" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I78" s="18" t="s">
-        <v>69</v>
+        <v>46</v>
       </c>
       <c r="J78" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K78" s="18" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="L78" s="18">
-        <v>20011003</v>
+        <v>19951117</v>
       </c>
       <c r="M78" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="R78" s="18">
         <v>60</v>
       </c>
       <c r="AA78" s="19">
-        <v>266466609</v>
+        <v>315408410</v>
       </c>
       <c r="AB78" s="20">
-        <v>28495488327.5</v>
+        <v>43516385240</v>
       </c>
       <c r="AC78" s="20">
-        <v>1436840</v>
+        <v>1391632</v>
       </c>
       <c r="AD78" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A79" s="17" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="B79" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C79" s="17" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="D79" s="18" t="s">
-        <v>300</v>
+        <v>293</v>
       </c>
       <c r="E79" s="20">
-        <v>9486574471.25</v>
+        <v>90886763536.5</v>
       </c>
       <c r="F79" s="20">
-        <v>53921759</v>
+        <v>900493050</v>
       </c>
       <c r="G79" s="19" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="I79" s="18" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="J79" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K79" s="18" t="s">
+        <v>53</v>
       </c>
       <c r="L79" s="18">
-        <v>19450102</v>
+        <v>20011003</v>
+      </c>
+      <c r="M79" s="18" t="s">
+        <v>97</v>
       </c>
       <c r="R79" s="18">
         <v>60</v>
       </c>
-      <c r="T79" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA79" s="19">
-        <v>50421863</v>
+        <v>337557617</v>
       </c>
       <c r="AB79" s="20">
-        <v>8128699063</v>
+        <v>35964004448.5</v>
       </c>
       <c r="AC79" s="20">
-        <v>231463</v>
+        <v>1773190</v>
       </c>
       <c r="AD79" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="80" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A80" s="17" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
       <c r="B80" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C80" s="17" t="s">
-        <v>302</v>
+        <v>295</v>
       </c>
       <c r="D80" s="18" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="E80" s="20">
-        <v>1519954201.0799999</v>
+        <v>8884155995.8500004</v>
       </c>
       <c r="F80" s="20">
-        <v>116739954</v>
+        <v>53420307</v>
       </c>
       <c r="G80" s="19" t="s">
         <v>51</v>
       </c>
-      <c r="H80" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I80" s="18" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="J80" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L80" s="18">
-        <v>19841003</v>
+        <v>19450102</v>
+      </c>
+      <c r="R80" s="18">
+        <v>60</v>
+      </c>
+      <c r="T80" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="AA80" s="19">
-        <v>26039001</v>
+        <v>61799109</v>
       </c>
       <c r="AB80" s="20">
-        <v>370456928.5</v>
+        <v>10048865923</v>
       </c>
       <c r="AC80" s="20">
-        <v>155496</v>
+        <v>279996</v>
       </c>
       <c r="AD80" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="81" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A81" s="17" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="B81" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C81" s="17" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
       <c r="D81" s="18" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
       <c r="E81" s="20">
-        <v>40444806.579999998</v>
+        <v>1425760509.5799999</v>
       </c>
       <c r="F81" s="20">
-        <v>65233559</v>
+        <v>116578946</v>
       </c>
       <c r="G81" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H81" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="I81" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J81" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L81" s="18">
-        <v>20060706</v>
+        <v>19841003</v>
       </c>
       <c r="AA81" s="19">
-        <v>2629752</v>
+        <v>34608227</v>
       </c>
       <c r="AB81" s="20">
-        <v>1866151.5</v>
+        <v>479675621</v>
       </c>
       <c r="AC81" s="20">
-        <v>1487</v>
+        <v>201728</v>
       </c>
       <c r="AD81" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A82" s="17" t="s">
-        <v>307</v>
+        <v>300</v>
       </c>
       <c r="B82" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C82" s="17" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
       <c r="D82" s="18" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="E82" s="20">
-        <v>54281585.93</v>
+        <v>25441088.010000002</v>
       </c>
       <c r="F82" s="20">
-        <v>13336999</v>
+        <v>65233559</v>
       </c>
       <c r="G82" s="19" t="s">
-        <v>136</v>
+        <v>47</v>
+      </c>
+      <c r="H82" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="I82" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J82" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K82" s="18" t="s">
+        <v>53</v>
       </c>
       <c r="L82" s="18">
-        <v>19900301</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>20060706</v>
       </c>
       <c r="AA82" s="19">
-        <v>148980</v>
+        <v>4752917</v>
       </c>
       <c r="AB82" s="20">
-        <v>626176.5</v>
+        <v>2789860</v>
       </c>
       <c r="AC82" s="20">
-        <v>459</v>
+        <v>2438</v>
       </c>
       <c r="AD82" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A83" s="17" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="B83" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C83" s="17" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="D83" s="18" t="s">
-        <v>312</v>
+        <v>305</v>
       </c>
       <c r="E83" s="20">
-        <v>1637232340.4000001</v>
+        <v>58682795.600000001</v>
       </c>
       <c r="F83" s="20">
-        <v>16237310</v>
+        <v>13336999</v>
       </c>
       <c r="G83" s="19" t="s">
-        <v>51</v>
+        <v>132</v>
       </c>
       <c r="I83" s="18" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="J83" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="L83" s="18">
-        <v>20050608</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>19900301</v>
+      </c>
+      <c r="U83" s="18" t="s">
+        <v>188</v>
       </c>
       <c r="AA83" s="19">
-        <v>14262554.708000001</v>
+        <v>286217</v>
       </c>
       <c r="AB83" s="20">
-        <v>1402905665</v>
+        <v>1244101.5</v>
       </c>
       <c r="AC83" s="20">
-        <v>111108</v>
+        <v>760</v>
       </c>
       <c r="AD83" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="84" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A84" s="17" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
       <c r="B84" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C84" s="17" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="D84" s="18" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="E84" s="20">
-        <v>14288640844.52</v>
+        <v>1233236719.4000001</v>
       </c>
       <c r="F84" s="20">
-        <v>174390878</v>
+        <v>15087310</v>
       </c>
       <c r="G84" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I84" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J84" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K84" s="18" t="s">
+        <v>40</v>
       </c>
       <c r="L84" s="18">
-        <v>19800627</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>20050608</v>
+      </c>
+      <c r="R84" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="AA84" s="19">
-        <v>47662085</v>
+        <v>18452463.708000001</v>
       </c>
       <c r="AB84" s="20">
-        <v>3543969424</v>
+        <v>1784643679</v>
       </c>
       <c r="AC84" s="20">
-        <v>287759</v>
+        <v>142265</v>
       </c>
       <c r="AD84" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="85" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A85" s="17" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="B85" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C85" s="17" t="s">
-        <v>317</v>
+        <v>310</v>
       </c>
       <c r="D85" s="18" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
       <c r="E85" s="20">
-        <v>45811788.119999997</v>
+        <v>13531047100.26</v>
       </c>
       <c r="F85" s="20">
-        <v>150202584</v>
+        <v>173234087</v>
       </c>
       <c r="G85" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I85" s="18" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="J85" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="L85" s="18">
-        <v>20240716</v>
-[...8 lines deleted...]
-        <v>64</v>
+        <v>19800627</v>
+      </c>
+      <c r="R85" s="18">
+        <v>60</v>
       </c>
       <c r="AA85" s="19">
-        <v>28566044</v>
+        <v>61343346</v>
       </c>
       <c r="AB85" s="20">
-        <v>6814863</v>
+        <v>4624600253.5</v>
       </c>
       <c r="AC85" s="20">
-        <v>5902</v>
+        <v>364585</v>
       </c>
       <c r="AD85" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="86" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A86" s="17" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="B86" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C86" s="17" t="s">
-        <v>322</v>
+        <v>313</v>
       </c>
       <c r="D86" s="18" t="s">
-        <v>323</v>
+        <v>314</v>
       </c>
       <c r="E86" s="20">
-        <v>1815819042.9100001</v>
+        <v>56325969</v>
       </c>
       <c r="F86" s="20">
-        <v>219037279</v>
+        <v>150202584</v>
       </c>
       <c r="G86" s="19" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>47</v>
       </c>
       <c r="I86" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J86" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K86" s="18" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="L86" s="18">
-        <v>20060301</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>20240716</v>
+      </c>
+      <c r="O86" s="18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P86" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q86" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="AA86" s="19">
-        <v>103635722</v>
+        <v>37707286</v>
       </c>
       <c r="AB86" s="20">
-        <v>761675608</v>
+        <v>9905961</v>
       </c>
       <c r="AC86" s="20">
-        <v>437715</v>
+        <v>7989</v>
       </c>
       <c r="AD86" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="87" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A87" s="17" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="B87" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C87" s="17" t="s">
-        <v>326</v>
+        <v>318</v>
       </c>
       <c r="D87" s="18" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="E87" s="20">
-        <v>5361306166.4799995</v>
+        <v>2073248676.3599999</v>
       </c>
       <c r="F87" s="20">
-        <v>289487374</v>
+        <v>215738676</v>
       </c>
       <c r="G87" s="19" t="s">
-        <v>136</v>
+        <v>47</v>
+      </c>
+      <c r="H87" s="18" t="s">
+        <v>73</v>
       </c>
       <c r="I87" s="18" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="J87" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K87" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L87" s="18">
-        <v>20031113</v>
+        <v>20060301</v>
       </c>
       <c r="R87" s="18" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>328</v>
+        <v>82</v>
       </c>
       <c r="AA87" s="19">
-        <v>68510525</v>
+        <v>127854514</v>
       </c>
       <c r="AB87" s="20">
-        <v>1192810721</v>
+        <v>979944786</v>
       </c>
       <c r="AC87" s="20">
-        <v>229833</v>
+        <v>530825</v>
       </c>
       <c r="AD87" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="88" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A88" s="17" t="s">
-        <v>329</v>
+        <v>321</v>
       </c>
       <c r="B88" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C88" s="17" t="s">
-        <v>330</v>
+        <v>322</v>
       </c>
       <c r="D88" s="18" t="s">
-        <v>331</v>
+        <v>323</v>
       </c>
       <c r="E88" s="20">
-        <v>1868142632.5999999</v>
+        <v>6277906579.6199999</v>
       </c>
       <c r="F88" s="20">
-        <v>116306332</v>
+        <v>303720686</v>
       </c>
       <c r="G88" s="19" t="s">
-        <v>51</v>
+        <v>132</v>
       </c>
       <c r="I88" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J88" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K88" s="18" t="s">
+        <v>40</v>
       </c>
       <c r="L88" s="18">
-        <v>20010717</v>
-[...5 lines deleted...]
-        <v>120</v>
+        <v>20031113</v>
+      </c>
+      <c r="R88" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="U88" s="18" t="s">
+        <v>324</v>
       </c>
       <c r="AA88" s="19">
-        <v>44744944.600000001</v>
+        <v>85048769</v>
       </c>
       <c r="AB88" s="20">
-        <v>524230338.5</v>
+        <v>1519642461.5</v>
       </c>
       <c r="AC88" s="20">
-        <v>154279</v>
+        <v>292430</v>
       </c>
       <c r="AD88" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="89" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A89" s="17" t="s">
-        <v>333</v>
+        <v>325</v>
       </c>
       <c r="B89" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C89" s="17" t="s">
-        <v>334</v>
+        <v>326</v>
       </c>
       <c r="D89" s="18" t="s">
-        <v>335</v>
+        <v>327</v>
       </c>
       <c r="E89" s="20">
-        <v>4759632186.7200003</v>
+        <v>1811002889.9000001</v>
       </c>
       <c r="F89" s="20">
-        <v>328024272</v>
+        <v>114381370</v>
       </c>
       <c r="G89" s="19" t="s">
-        <v>136</v>
+        <v>47</v>
       </c>
       <c r="I89" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J89" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="L89" s="18">
-        <v>20130705</v>
-[...5 lines deleted...]
-        <v>137</v>
+        <v>20010717</v>
       </c>
       <c r="Y89" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
+      </c>
+      <c r="Z89" s="18" t="s">
+        <v>116</v>
       </c>
       <c r="AA89" s="19">
-        <v>74080887</v>
+        <v>55021223.700000003</v>
       </c>
       <c r="AB89" s="20">
-        <v>1048560937</v>
+        <v>756144620</v>
       </c>
       <c r="AC89" s="20">
-        <v>270656</v>
+        <v>188321</v>
       </c>
       <c r="AD89" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="90" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A90" s="17" t="s">
-        <v>336</v>
+        <v>329</v>
       </c>
       <c r="B90" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C90" s="17" t="s">
-        <v>337</v>
+        <v>330</v>
       </c>
       <c r="D90" s="18" t="s">
-        <v>338</v>
+        <v>331</v>
       </c>
       <c r="E90" s="20">
-        <v>599362438.82000005</v>
+        <v>4867880196.4799995</v>
       </c>
       <c r="F90" s="20">
-        <v>26486796</v>
+        <v>328024272</v>
       </c>
       <c r="G90" s="19" t="s">
-        <v>51</v>
+        <v>132</v>
       </c>
       <c r="I90" s="18" t="s">
-        <v>149</v>
+        <v>39</v>
       </c>
       <c r="J90" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K90" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L90" s="18">
-        <v>20060201</v>
+        <v>20130705</v>
+      </c>
+      <c r="R90" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="U90" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="Y90" s="18" t="s">
+        <v>115</v>
       </c>
       <c r="AA90" s="19">
-        <v>17708308</v>
+        <v>94635749</v>
       </c>
       <c r="AB90" s="20">
-        <v>185796625.5</v>
+        <v>1352905824.5</v>
       </c>
       <c r="AC90" s="20">
-        <v>64395</v>
+        <v>339113</v>
       </c>
       <c r="AD90" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="91" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A91" s="17" t="s">
-        <v>339</v>
+        <v>332</v>
       </c>
       <c r="B91" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C91" s="17" t="s">
-        <v>340</v>
+        <v>333</v>
       </c>
       <c r="D91" s="18" t="s">
-        <v>341</v>
+        <v>334</v>
       </c>
       <c r="E91" s="20">
-        <v>1041803879.04</v>
+        <v>637675768.62</v>
       </c>
       <c r="F91" s="20">
-        <v>65602972</v>
+        <v>25949266</v>
       </c>
       <c r="G91" s="19" t="s">
-        <v>188</v>
+        <v>47</v>
       </c>
       <c r="I91" s="18" t="s">
-        <v>43</v>
+        <v>145</v>
       </c>
       <c r="J91" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K91" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L91" s="18">
-        <v>20031125</v>
+        <v>20060201</v>
       </c>
       <c r="AA91" s="19">
-        <v>46008849</v>
+        <v>20204743</v>
       </c>
       <c r="AB91" s="20">
-        <v>524042387.5</v>
+        <v>242212720.5</v>
       </c>
       <c r="AC91" s="20">
-        <v>213594</v>
+        <v>78197</v>
       </c>
       <c r="AD91" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="92" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A92" s="17" t="s">
-        <v>342</v>
+        <v>335</v>
       </c>
       <c r="B92" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C92" s="17" t="s">
-        <v>343</v>
+        <v>336</v>
       </c>
       <c r="D92" s="18" t="s">
-        <v>344</v>
+        <v>337</v>
       </c>
       <c r="E92" s="20">
-        <v>1003379727.9</v>
+        <v>1104637566.0799999</v>
       </c>
       <c r="F92" s="20">
-        <v>14344242</v>
+        <v>65602972</v>
       </c>
       <c r="G92" s="19" t="s">
-        <v>62</v>
+        <v>184</v>
       </c>
       <c r="I92" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J92" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K92" s="18" t="s">
+        <v>40</v>
       </c>
       <c r="L92" s="18">
-        <v>19870506</v>
+        <v>20031125</v>
       </c>
       <c r="AA92" s="19">
-        <v>147237</v>
+        <v>57655818</v>
       </c>
       <c r="AB92" s="20">
-        <v>10426511.5</v>
+        <v>664487691</v>
       </c>
       <c r="AC92" s="20">
-        <v>534</v>
+        <v>264769</v>
       </c>
       <c r="AD92" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="93" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A93" s="17" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="B93" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C93" s="17" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
       <c r="D93" s="18" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
       <c r="E93" s="20">
-        <v>389049424.5</v>
+        <v>989267282</v>
       </c>
       <c r="F93" s="20">
-        <v>13650857</v>
+        <v>13933342</v>
       </c>
       <c r="G93" s="19" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="I93" s="18" t="s">
-        <v>149</v>
+        <v>39</v>
       </c>
       <c r="J93" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L93" s="18">
-        <v>19980316</v>
+        <v>19870506</v>
       </c>
       <c r="AA93" s="19">
-        <v>285046</v>
+        <v>163346</v>
       </c>
       <c r="AB93" s="20">
-        <v>6961173</v>
+        <v>11565431.5</v>
       </c>
       <c r="AC93" s="20">
-        <v>783</v>
+        <v>837</v>
       </c>
       <c r="AD93" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="94" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A94" s="17" t="s">
-        <v>348</v>
+        <v>341</v>
       </c>
       <c r="B94" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C94" s="17" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
       <c r="D94" s="18" t="s">
-        <v>350</v>
+        <v>343</v>
       </c>
       <c r="E94" s="20">
-        <v>1945943876.1199999</v>
+        <v>341271425</v>
       </c>
       <c r="F94" s="20">
-        <v>30272929</v>
+        <v>13650857</v>
       </c>
       <c r="G94" s="19" t="s">
-        <v>188</v>
+        <v>47</v>
       </c>
       <c r="I94" s="18" t="s">
-        <v>50</v>
+        <v>145</v>
       </c>
       <c r="J94" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L94" s="18">
-        <v>19930705</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>19980316</v>
       </c>
       <c r="AA94" s="19">
-        <v>13377053</v>
+        <v>339877</v>
       </c>
       <c r="AB94" s="20">
-        <v>879242147.5</v>
+        <v>8450265.5</v>
       </c>
       <c r="AC94" s="20">
-        <v>87913</v>
+        <v>939</v>
       </c>
       <c r="AD94" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="95" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A95" s="17" t="s">
-        <v>351</v>
+        <v>344</v>
       </c>
       <c r="B95" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C95" s="17" t="s">
-        <v>352</v>
+        <v>345</v>
       </c>
       <c r="D95" s="18" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
       <c r="E95" s="20">
-        <v>484685077.36000001</v>
+        <v>1933530792.8599999</v>
       </c>
       <c r="F95" s="20">
-        <v>8040562</v>
+        <v>30277651</v>
       </c>
       <c r="G95" s="19" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="I95" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J95" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L95" s="18">
-        <v>19861203</v>
+        <v>19930705</v>
+      </c>
+      <c r="R95" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="AA95" s="19">
-        <v>3928392</v>
+        <v>16346155</v>
       </c>
       <c r="AB95" s="20">
-        <v>232978468.5</v>
+        <v>1071619706.5</v>
       </c>
       <c r="AC95" s="20">
-        <v>29153</v>
+        <v>108747</v>
       </c>
       <c r="AD95" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="96" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A96" s="17" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
       <c r="B96" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C96" s="17" t="s">
-        <v>355</v>
+        <v>348</v>
       </c>
       <c r="D96" s="18" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="E96" s="20">
-        <v>73452885.840000004</v>
+        <v>471418150.06</v>
       </c>
       <c r="F96" s="20">
-        <v>102017897</v>
+        <v>8040562</v>
       </c>
       <c r="G96" s="19" t="s">
-        <v>55</v>
+        <v>184</v>
       </c>
       <c r="I96" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J96" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="L96" s="18">
-        <v>20050627</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>19861203</v>
       </c>
       <c r="AA96" s="19">
-        <v>15866252</v>
+        <v>4939483</v>
       </c>
       <c r="AB96" s="20">
-        <v>14022654.5</v>
+        <v>293603258</v>
       </c>
       <c r="AC96" s="20">
-        <v>4569</v>
+        <v>37496</v>
       </c>
       <c r="AD96" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="97" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A97" s="17" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="B97" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C97" s="17" t="s">
-        <v>358</v>
+        <v>351</v>
       </c>
       <c r="D97" s="18" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="E97" s="20">
-        <v>11219296812.25</v>
+        <v>26014563.734999999</v>
       </c>
       <c r="F97" s="20">
-        <v>49478707</v>
+        <v>102017897</v>
       </c>
       <c r="G97" s="19" t="s">
-        <v>136</v>
+        <v>51</v>
       </c>
       <c r="I97" s="18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="J97" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K97" s="18" t="s">
+        <v>40</v>
       </c>
       <c r="L97" s="18">
-        <v>19930622</v>
-[...8 lines deleted...]
-        <v>192</v>
+        <v>20050627</v>
+      </c>
+      <c r="T97" s="18" t="s">
+        <v>128</v>
       </c>
       <c r="AA97" s="19">
-        <v>9266022</v>
+        <v>27457022</v>
       </c>
       <c r="AB97" s="20">
-        <v>1729736305</v>
+        <v>17988201.5</v>
       </c>
       <c r="AC97" s="20">
-        <v>79503</v>
+        <v>7946</v>
       </c>
       <c r="AD97" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="98" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A98" s="17" t="s">
-        <v>360</v>
+        <v>353</v>
       </c>
       <c r="B98" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C98" s="17" t="s">
-        <v>361</v>
+        <v>354</v>
       </c>
       <c r="D98" s="18" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="E98" s="20">
-        <v>11822635.9</v>
+        <v>11101496541.25</v>
       </c>
       <c r="F98" s="20">
-        <v>40767710</v>
+        <v>49615627</v>
       </c>
       <c r="G98" s="19" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>132</v>
       </c>
       <c r="I98" s="18" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="J98" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="L98" s="18">
-        <v>20140520</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>19930622</v>
+      </c>
+      <c r="M98" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="R98" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="U98" s="18" t="s">
+        <v>188</v>
       </c>
       <c r="AA98" s="19">
-        <v>1688089</v>
+        <v>11491243</v>
       </c>
       <c r="AB98" s="20">
-        <v>553449.5</v>
+        <v>2229491152.5</v>
       </c>
       <c r="AC98" s="20">
-        <v>1074</v>
+        <v>98779</v>
       </c>
       <c r="AD98" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="99" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A99" s="17" t="s">
-        <v>363</v>
+        <v>356</v>
       </c>
       <c r="B99" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C99" s="17" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="D99" s="18" t="s">
-        <v>365</v>
+        <v>358</v>
       </c>
       <c r="E99" s="20">
-        <v>90200000</v>
+        <v>9376573.3000000007</v>
       </c>
       <c r="F99" s="20">
-        <v>4000000</v>
+        <v>40767710</v>
       </c>
       <c r="G99" s="19" t="s">
-        <v>62</v>
+        <v>47</v>
+      </c>
+      <c r="H99" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="I99" s="18" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="J99" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K99" s="18" t="s">
+        <v>59</v>
       </c>
       <c r="L99" s="18">
-        <v>19970610</v>
+        <v>20140520</v>
+      </c>
+      <c r="P99" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q99" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="AA99" s="19">
-        <v>325635</v>
+        <v>2426576</v>
       </c>
       <c r="AB99" s="20">
-        <v>7114533.5</v>
+        <v>750748.5</v>
       </c>
       <c r="AC99" s="20">
-        <v>1010</v>
+        <v>1391</v>
       </c>
       <c r="AD99" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="100" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A100" s="17" t="s">
-        <v>366</v>
+        <v>359</v>
       </c>
       <c r="B100" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C100" s="17" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="D100" s="18" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="E100" s="20">
-        <v>414992860.39999998</v>
+        <v>93080000</v>
       </c>
       <c r="F100" s="20">
-        <v>28468856</v>
+        <v>4000000</v>
       </c>
       <c r="G100" s="19" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="I100" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J100" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L100" s="18">
-        <v>19690203</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>19970610</v>
       </c>
       <c r="AA100" s="19">
-        <v>3264420</v>
+        <v>423429</v>
       </c>
       <c r="AB100" s="20">
-        <v>46348166</v>
+        <v>9327244.5</v>
       </c>
       <c r="AC100" s="20">
-        <v>13864</v>
+        <v>1331</v>
       </c>
       <c r="AD100" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="101" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A101" s="17" t="s">
-        <v>369</v>
+        <v>362</v>
       </c>
       <c r="B101" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C101" s="17" t="s">
-        <v>370</v>
+        <v>363</v>
       </c>
       <c r="D101" s="18" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="E101" s="20">
-        <v>17646728.760000002</v>
+        <v>389879633.19999999</v>
       </c>
       <c r="F101" s="20">
-        <v>196074764</v>
+        <v>28468856</v>
       </c>
       <c r="G101" s="19" t="s">
-        <v>188</v>
+        <v>51</v>
       </c>
       <c r="I101" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J101" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L101" s="18">
-        <v>19990903</v>
+        <v>19690203</v>
+      </c>
+      <c r="T101" s="18" t="s">
+        <v>128</v>
       </c>
       <c r="AA101" s="19">
-        <v>27183458</v>
+        <v>4156663</v>
       </c>
       <c r="AB101" s="20">
-        <v>2792462.5</v>
+        <v>58643575</v>
       </c>
       <c r="AC101" s="20">
-        <v>6122</v>
+        <v>18141</v>
       </c>
       <c r="AD101" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="102" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A102" s="17" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="B102" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C102" s="17" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="D102" s="18" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="E102" s="20">
-        <v>1647965120.96</v>
+        <v>18627140.579999998</v>
       </c>
       <c r="F102" s="20">
-        <v>109572149</v>
+        <v>196075164</v>
       </c>
       <c r="G102" s="19" t="s">
-        <v>136</v>
+        <v>184</v>
       </c>
       <c r="I102" s="18" t="s">
-        <v>149</v>
+        <v>39</v>
       </c>
       <c r="J102" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K102" s="18" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="L102" s="18">
-        <v>20060322</v>
-[...8 lines deleted...]
-        <v>119</v>
+        <v>19990903</v>
       </c>
       <c r="AA102" s="19">
-        <v>31586252</v>
+        <v>37079309</v>
       </c>
       <c r="AB102" s="20">
-        <v>451899976.5</v>
+        <v>3730104.5</v>
       </c>
       <c r="AC102" s="20">
-        <v>145890</v>
+        <v>7833</v>
       </c>
       <c r="AD102" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="103" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A103" s="17" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="B103" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C103" s="17" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="D103" s="18" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
       <c r="E103" s="20">
-        <v>9184482.4000000004</v>
+        <v>1640078878.8299999</v>
       </c>
       <c r="F103" s="20">
-        <v>6177832</v>
+        <v>109851231</v>
       </c>
       <c r="G103" s="19" t="s">
-        <v>62</v>
+        <v>132</v>
       </c>
       <c r="I103" s="18" t="s">
-        <v>69</v>
+        <v>145</v>
       </c>
       <c r="J103" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K103" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L103" s="18">
-        <v>20150709</v>
+        <v>20060322</v>
+      </c>
+      <c r="R103" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="U103" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="Y103" s="18" t="s">
+        <v>115</v>
       </c>
       <c r="AA103" s="19">
-        <v>63611</v>
+        <v>39702594</v>
       </c>
       <c r="AB103" s="20">
-        <v>361576.5</v>
+        <v>574547228</v>
       </c>
       <c r="AC103" s="20">
-        <v>223</v>
+        <v>180139</v>
       </c>
       <c r="AD103" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="104" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A104" s="17" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="B104" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C104" s="17" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="D104" s="18" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
       <c r="E104" s="20">
-        <v>1765265783.5799999</v>
+        <v>8586699.1999999993</v>
       </c>
       <c r="F104" s="20">
-        <v>109575778</v>
+        <v>6177832</v>
       </c>
       <c r="G104" s="19" t="s">
-        <v>136</v>
+        <v>58</v>
       </c>
       <c r="I104" s="18" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="J104" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K104" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L104" s="18">
-        <v>20131023</v>
-[...8 lines deleted...]
-        <v>119</v>
+        <v>20150709</v>
       </c>
       <c r="AA104" s="19">
-        <v>25640145</v>
+        <v>118735</v>
       </c>
       <c r="AB104" s="20">
-        <v>386546707</v>
+        <v>474567.5</v>
       </c>
       <c r="AC104" s="20">
-        <v>111831</v>
+        <v>314</v>
       </c>
       <c r="AD104" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="105" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A105" s="17" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="B105" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C105" s="17" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
       <c r="D105" s="18" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
       <c r="E105" s="20">
-        <v>139124305.72</v>
+        <v>1790418588.3499999</v>
       </c>
       <c r="F105" s="20">
-        <v>6205366</v>
+        <v>109774285</v>
       </c>
       <c r="G105" s="19" t="s">
-        <v>62</v>
+        <v>132</v>
       </c>
       <c r="I105" s="18" t="s">
-        <v>103</v>
+        <v>39</v>
       </c>
       <c r="J105" s="18" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="K105" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L105" s="18">
-        <v>20120309</v>
-[...2 lines deleted...]
-        <v>384</v>
+        <v>20131023</v>
+      </c>
+      <c r="R105" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="U105" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="Y105" s="18" t="s">
+        <v>115</v>
       </c>
       <c r="AA105" s="19">
-        <v>919198</v>
+        <v>32642536</v>
       </c>
       <c r="AB105" s="20">
-        <v>19166096.5</v>
+        <v>501157626</v>
       </c>
       <c r="AC105" s="20">
-        <v>2571</v>
+        <v>139292</v>
       </c>
       <c r="AD105" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="106" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A106" s="17" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="B106" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C106" s="17" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="D106" s="18" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="E106" s="20">
-        <v>84087523.280000001</v>
+        <v>148897473.5</v>
       </c>
       <c r="F106" s="20">
-        <v>55320739</v>
+        <v>6140102</v>
       </c>
       <c r="G106" s="19" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="I106" s="18" t="s">
-        <v>43</v>
+        <v>99</v>
       </c>
       <c r="J106" s="18" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="K106" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L106" s="18">
-        <v>20041220</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>20120309</v>
+      </c>
+      <c r="V106" s="18" t="s">
+        <v>380</v>
       </c>
       <c r="AA106" s="19">
-        <v>6874302</v>
+        <v>1038594</v>
       </c>
       <c r="AB106" s="20">
-        <v>12929575.5</v>
+        <v>21982789.5</v>
       </c>
       <c r="AC106" s="20">
-        <v>9308</v>
+        <v>3085</v>
       </c>
       <c r="AD106" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="107" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A107" s="17" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="B107" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C107" s="17" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
       <c r="D107" s="18" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
       <c r="E107" s="20">
-        <v>8633505500.0200005</v>
+        <v>74875941.040000007</v>
       </c>
       <c r="F107" s="20">
-        <v>121615798</v>
+        <v>55055839</v>
       </c>
       <c r="G107" s="19" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="I107" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J107" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K107" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L107" s="18">
-        <v>20211123</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>20041220</v>
+      </c>
+      <c r="O107" s="18" t="s">
+        <v>75</v>
       </c>
       <c r="AA107" s="19">
-        <v>28326728</v>
+        <v>9130742</v>
       </c>
       <c r="AB107" s="20">
-        <v>1889493639.5</v>
+        <v>16011548</v>
       </c>
       <c r="AC107" s="20">
-        <v>186854</v>
+        <v>11670</v>
       </c>
       <c r="AD107" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="108" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A108" s="17" t="s">
-        <v>391</v>
+        <v>384</v>
       </c>
       <c r="B108" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C108" s="17" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="D108" s="18" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="E108" s="20">
-        <v>617467766.42999995</v>
+        <v>7935430819.5</v>
       </c>
       <c r="F108" s="20">
-        <v>62182051</v>
+        <v>121615798</v>
       </c>
       <c r="G108" s="19" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>58</v>
       </c>
       <c r="I108" s="18" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="J108" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K108" s="18" t="s">
-        <v>63</v>
+        <v>40</v>
       </c>
       <c r="L108" s="18">
-        <v>20070528</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>20211123</v>
+      </c>
+      <c r="R108" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="AA108" s="19">
-        <v>6363391</v>
+        <v>36459256</v>
       </c>
       <c r="AB108" s="20">
-        <v>53432865.5</v>
+        <v>2459847383</v>
       </c>
       <c r="AC108" s="20">
-        <v>22979</v>
+        <v>239713</v>
       </c>
       <c r="AD108" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="109" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A109" s="17" t="s">
-        <v>394</v>
+        <v>387</v>
       </c>
       <c r="B109" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C109" s="17" t="s">
-        <v>395</v>
+        <v>388</v>
       </c>
       <c r="D109" s="18" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
       <c r="E109" s="20">
-        <v>650616253.27999997</v>
+        <v>661997094.08000004</v>
       </c>
       <c r="F109" s="20">
-        <v>170190839</v>
+        <v>62217772</v>
       </c>
       <c r="G109" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
+      </c>
+      <c r="H109" s="18" t="s">
+        <v>73</v>
       </c>
       <c r="I109" s="18" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="J109" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K109" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L109" s="18">
-        <v>20141009</v>
+        <v>20070528</v>
       </c>
       <c r="P109" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="AA109" s="19">
-        <v>50769802</v>
+        <v>8704927</v>
       </c>
       <c r="AB109" s="20">
-        <v>156056967</v>
+        <v>76077676.5</v>
       </c>
       <c r="AC109" s="20">
-        <v>85510</v>
+        <v>29088</v>
       </c>
       <c r="AD109" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="110" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A110" s="17" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="B110" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C110" s="17" t="s">
-        <v>399</v>
+        <v>391</v>
       </c>
       <c r="D110" s="18" t="s">
-        <v>400</v>
+        <v>392</v>
       </c>
       <c r="E110" s="20">
-        <v>51756383734.980003</v>
+        <v>641257406.39999998</v>
       </c>
       <c r="F110" s="20">
-        <v>276387823</v>
+        <v>170646712</v>
       </c>
       <c r="G110" s="19" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="I110" s="18" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J110" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K110" s="18" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="L110" s="18">
-        <v>20091015</v>
-[...1 lines deleted...]
-      <c r="R110" s="18">
+        <v>20141009</v>
+      </c>
+      <c r="P110" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="T110" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA110" s="19">
-        <v>109109705</v>
+        <v>63673099</v>
       </c>
       <c r="AB110" s="20">
-        <v>17877895154.5</v>
+        <v>203493232</v>
       </c>
       <c r="AC110" s="20">
-        <v>677709</v>
+        <v>110532</v>
       </c>
       <c r="AD110" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="111" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A111" s="17" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="B111" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C111" s="17" t="s">
-        <v>402</v>
+        <v>395</v>
       </c>
       <c r="D111" s="18" t="s">
-        <v>403</v>
+        <v>396</v>
       </c>
       <c r="E111" s="20">
-        <v>855277388.79999995</v>
+        <v>50019024640.349998</v>
       </c>
       <c r="F111" s="20">
-        <v>87630880</v>
+        <v>274362485</v>
       </c>
       <c r="G111" s="19" t="s">
         <v>51</v>
       </c>
       <c r="I111" s="18" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="J111" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K111" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L111" s="18">
-        <v>20040512</v>
+        <v>20091015</v>
+      </c>
+      <c r="R111" s="18">
+        <v>60</v>
+      </c>
+      <c r="T111" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="AA111" s="19">
-        <v>30992083</v>
+        <v>132706735</v>
       </c>
       <c r="AB111" s="20">
-        <v>241472709</v>
+        <v>22229842710.5</v>
       </c>
       <c r="AC111" s="20">
-        <v>123283</v>
+        <v>839375</v>
       </c>
       <c r="AD111" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="112" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A112" s="17" t="s">
-        <v>404</v>
+        <v>397</v>
       </c>
       <c r="B112" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C112" s="17" t="s">
-        <v>405</v>
+        <v>398</v>
       </c>
       <c r="D112" s="18" t="s">
-        <v>406</v>
+        <v>399</v>
       </c>
       <c r="E112" s="20">
-        <v>699565258.20000005</v>
+        <v>778155181.44000006</v>
       </c>
       <c r="F112" s="20">
-        <v>78602838</v>
+        <v>87630088</v>
       </c>
       <c r="G112" s="19" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="I112" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J112" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K112" s="18" t="s">
-        <v>63</v>
+        <v>40</v>
       </c>
       <c r="L112" s="18">
-        <v>20220203</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>20040512</v>
       </c>
       <c r="AA112" s="19">
-        <v>10334502</v>
+        <v>36214777</v>
       </c>
       <c r="AB112" s="20">
-        <v>84451527.5</v>
+        <v>289082994</v>
       </c>
       <c r="AC112" s="20">
-        <v>9223</v>
+        <v>146650</v>
       </c>
       <c r="AD112" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="113" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A113" s="17" t="s">
-        <v>407</v>
+        <v>400</v>
       </c>
       <c r="B113" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C113" s="17" t="s">
-        <v>408</v>
+        <v>401</v>
       </c>
       <c r="D113" s="18" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
       <c r="E113" s="20">
-        <v>40933378.759999998</v>
+        <v>855105801</v>
       </c>
       <c r="F113" s="20">
-        <v>32666902</v>
+        <v>77736891</v>
       </c>
       <c r="G113" s="19" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="I113" s="18" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J113" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K113" s="18" t="s">
+        <v>59</v>
       </c>
       <c r="L113" s="18">
-        <v>19900712</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>20220203</v>
+      </c>
+      <c r="P113" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="AA113" s="19">
-        <v>3787511</v>
+        <v>13233301</v>
       </c>
       <c r="AB113" s="20">
-        <v>7028115.5</v>
+        <v>112371954</v>
       </c>
       <c r="AC113" s="20">
-        <v>7549</v>
+        <v>11519</v>
       </c>
       <c r="AD113" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="114" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A114" s="17" t="s">
-        <v>410</v>
+        <v>403</v>
       </c>
       <c r="B114" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C114" s="17" t="s">
-        <v>411</v>
+        <v>404</v>
       </c>
       <c r="D114" s="18" t="s">
-        <v>412</v>
+        <v>405</v>
       </c>
       <c r="E114" s="20">
-        <v>98508100.120000005</v>
+        <v>61696009.299999997</v>
       </c>
       <c r="F114" s="20">
-        <v>19112036</v>
+        <v>32666902</v>
       </c>
       <c r="G114" s="19" t="s">
-        <v>136</v>
+        <v>51</v>
       </c>
       <c r="I114" s="18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="J114" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="L114" s="18">
-        <v>20140708</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>19900712</v>
+      </c>
+      <c r="T114" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="AA114" s="19">
-        <v>3110557</v>
+        <v>4818716</v>
       </c>
       <c r="AB114" s="20">
-        <v>8268192.5</v>
+        <v>8727837.5</v>
       </c>
       <c r="AC114" s="20">
-        <v>7916</v>
+        <v>10280</v>
       </c>
       <c r="AD114" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="115" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A115" s="17" t="s">
-        <v>413</v>
+        <v>406</v>
       </c>
       <c r="B115" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C115" s="17" t="s">
-        <v>414</v>
+        <v>407</v>
       </c>
       <c r="D115" s="18" t="s">
-        <v>415</v>
+        <v>408</v>
       </c>
       <c r="E115" s="20">
-        <v>3493632734.6199999</v>
+        <v>96426303.5</v>
       </c>
       <c r="F115" s="20">
-        <v>284961887</v>
+        <v>19116970</v>
       </c>
       <c r="G115" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I115" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J115" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K115" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L115" s="18">
-        <v>20121004</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>20140708</v>
       </c>
       <c r="U115" s="18" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>248</v>
       </c>
       <c r="AA115" s="19">
-        <v>102435411</v>
+        <v>4116937</v>
       </c>
       <c r="AB115" s="20">
-        <v>1166345606.5</v>
+        <v>11294005</v>
       </c>
       <c r="AC115" s="20">
-        <v>334739</v>
+        <v>10069</v>
       </c>
       <c r="AD115" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="116" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A116" s="17" t="s">
-        <v>416</v>
+        <v>409</v>
       </c>
       <c r="B116" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C116" s="17" t="s">
-        <v>417</v>
+        <v>410</v>
       </c>
       <c r="D116" s="18" t="s">
-        <v>418</v>
+        <v>411</v>
       </c>
       <c r="E116" s="20">
-        <v>278531483.04000002</v>
+        <v>3454250064.3299999</v>
       </c>
       <c r="F116" s="20">
-        <v>16364952</v>
+        <v>285711337</v>
       </c>
       <c r="G116" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I116" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J116" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K116" s="18" t="s">
-        <v>63</v>
+        <v>40</v>
       </c>
       <c r="L116" s="18">
-        <v>19970709</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>20121004</v>
+      </c>
+      <c r="R116" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="U116" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="Y116" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA116" s="19">
-        <v>3542375</v>
+        <v>124551895</v>
       </c>
       <c r="AB116" s="20">
-        <v>58874531</v>
+        <v>1439258261.5</v>
       </c>
       <c r="AC116" s="20">
-        <v>14864</v>
+        <v>402490</v>
       </c>
       <c r="AD116" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="117" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A117" s="17" t="s">
-        <v>419</v>
+        <v>412</v>
       </c>
       <c r="B117" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C117" s="17" t="s">
-        <v>420</v>
+        <v>413</v>
       </c>
       <c r="D117" s="18" t="s">
-        <v>421</v>
+        <v>414</v>
       </c>
       <c r="E117" s="20">
-        <v>167246063.59999999</v>
+        <v>300350102.55000001</v>
       </c>
       <c r="F117" s="20">
-        <v>16004408</v>
+        <v>16367853</v>
       </c>
       <c r="G117" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I117" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J117" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K117" s="18" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="L117" s="18">
-        <v>20220506</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>19970709</v>
+      </c>
+      <c r="P117" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q117" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="U117" s="18" t="s">
-        <v>252</v>
+        <v>133</v>
+      </c>
+      <c r="Y117" s="18" t="s">
+        <v>115</v>
       </c>
       <c r="AA117" s="19">
-        <v>3455068</v>
+        <v>4489625</v>
       </c>
       <c r="AB117" s="20">
-        <v>35515666.5</v>
+        <v>77318115.5</v>
       </c>
       <c r="AC117" s="20">
-        <v>9183</v>
+        <v>19957</v>
       </c>
       <c r="AD117" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="118" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A118" s="17" t="s">
-        <v>422</v>
+        <v>415</v>
       </c>
       <c r="B118" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C118" s="17" t="s">
-        <v>423</v>
+        <v>416</v>
       </c>
       <c r="D118" s="18" t="s">
-        <v>424</v>
+        <v>417</v>
       </c>
       <c r="E118" s="20">
-        <v>858319743.77999997</v>
+        <v>168846504.40000001</v>
       </c>
       <c r="F118" s="20">
-        <v>40620906</v>
+        <v>16004408</v>
       </c>
       <c r="G118" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I118" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J118" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K118" s="18" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="L118" s="18">
-        <v>20130531</v>
+        <v>20220506</v>
+      </c>
+      <c r="O118" s="18" t="s">
+        <v>75</v>
       </c>
       <c r="U118" s="18" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="AA118" s="19">
-        <v>4821513</v>
+        <v>4726804</v>
       </c>
       <c r="AB118" s="20">
-        <v>98308968.5</v>
+        <v>49530288</v>
       </c>
       <c r="AC118" s="20">
-        <v>36863</v>
+        <v>11665</v>
       </c>
       <c r="AD118" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="119" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A119" s="17" t="s">
-        <v>425</v>
+        <v>418</v>
       </c>
       <c r="B119" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C119" s="17" t="s">
-        <v>426</v>
+        <v>419</v>
       </c>
       <c r="D119" s="18" t="s">
-        <v>427</v>
+        <v>420</v>
       </c>
       <c r="E119" s="20">
-        <v>285734963.56999999</v>
+        <v>755406713.49000001</v>
       </c>
       <c r="F119" s="20">
-        <v>86849533</v>
+        <v>40635111</v>
       </c>
       <c r="G119" s="19" t="s">
-        <v>62</v>
+        <v>132</v>
       </c>
       <c r="I119" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J119" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K119" s="18" t="s">
+        <v>53</v>
       </c>
       <c r="L119" s="18">
-        <v>19911030</v>
+        <v>20130531</v>
+      </c>
+      <c r="U119" s="18" t="s">
+        <v>248</v>
       </c>
       <c r="AA119" s="19">
-        <v>9529336</v>
+        <v>6353617</v>
       </c>
       <c r="AB119" s="20">
-        <v>21943284</v>
+        <v>128771763</v>
       </c>
       <c r="AC119" s="20">
-        <v>16777</v>
+        <v>45814</v>
       </c>
       <c r="AD119" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="120" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A120" s="17" t="s">
-        <v>428</v>
+        <v>421</v>
       </c>
       <c r="B120" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C120" s="17" t="s">
-        <v>429</v>
+        <v>422</v>
       </c>
       <c r="D120" s="18" t="s">
-        <v>430</v>
+        <v>423</v>
       </c>
       <c r="E120" s="20">
-        <v>1136892686.28</v>
+        <v>292742029.26999998</v>
       </c>
       <c r="F120" s="20">
-        <v>287483909</v>
+        <v>86867071</v>
       </c>
       <c r="G120" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I120" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J120" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L120" s="18">
-        <v>20160928</v>
+        <v>19911030</v>
       </c>
       <c r="AA120" s="19">
-        <v>26483632.5</v>
+        <v>13476887</v>
       </c>
       <c r="AB120" s="20">
-        <v>131324937</v>
+        <v>37385859</v>
       </c>
       <c r="AC120" s="20">
-        <v>69935</v>
+        <v>27648</v>
       </c>
       <c r="AD120" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="121" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A121" s="17" t="s">
-        <v>431</v>
+        <v>424</v>
       </c>
       <c r="B121" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C121" s="17" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="D121" s="18" t="s">
-        <v>433</v>
+        <v>426</v>
       </c>
       <c r="E121" s="20">
-        <v>5622280490</v>
+        <v>1104374676.03</v>
       </c>
       <c r="F121" s="20">
-        <v>358172200</v>
+        <v>287493257</v>
       </c>
       <c r="G121" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I121" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J121" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K121" s="18" t="s">
+        <v>53</v>
       </c>
       <c r="L121" s="18">
-        <v>19690107</v>
+        <v>20160928</v>
       </c>
       <c r="AA121" s="19">
-        <v>3465738</v>
+        <v>33889288.5</v>
       </c>
       <c r="AB121" s="20">
-        <v>143750240</v>
+        <v>165425540.5</v>
       </c>
       <c r="AC121" s="20">
-        <v>13747</v>
+        <v>85899</v>
       </c>
       <c r="AD121" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="122" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A122" s="17" t="s">
-        <v>434</v>
+        <v>427</v>
       </c>
       <c r="B122" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C122" s="17" t="s">
-        <v>435</v>
+        <v>428</v>
       </c>
       <c r="D122" s="18" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
       <c r="E122" s="20">
-        <v>14692936117.200001</v>
+        <v>5910492656</v>
       </c>
       <c r="F122" s="20">
-        <v>401446342</v>
+        <v>358165600</v>
       </c>
       <c r="G122" s="19" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="I122" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J122" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="L122" s="18">
-        <v>20111215</v>
-[...8 lines deleted...]
-        <v>86</v>
+        <v>19690107</v>
       </c>
       <c r="AA122" s="19">
-        <v>99599465</v>
+        <v>5293336</v>
       </c>
       <c r="AB122" s="20">
-        <v>3129273474</v>
+        <v>174990512</v>
       </c>
       <c r="AC122" s="20">
-        <v>492779</v>
+        <v>21322</v>
       </c>
       <c r="AD122" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="123" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A123" s="17" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="B123" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C123" s="17" t="s">
-        <v>438</v>
+        <v>431</v>
       </c>
       <c r="D123" s="18" t="s">
-        <v>439</v>
+        <v>432</v>
       </c>
       <c r="E123" s="20">
-        <v>7107382759.0500002</v>
+        <v>15159485083.860001</v>
       </c>
       <c r="F123" s="20">
-        <v>133321755</v>
+        <v>400726542</v>
       </c>
       <c r="G123" s="19" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="I123" s="18" t="s">
-        <v>149</v>
+        <v>39</v>
       </c>
       <c r="J123" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K123" s="18" t="s">
+        <v>59</v>
       </c>
       <c r="L123" s="18">
-        <v>19820709</v>
+        <v>20111215</v>
+      </c>
+      <c r="P123" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q123" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="R123" s="18" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>82</v>
       </c>
       <c r="AA123" s="19">
-        <v>74253307</v>
+        <v>127412864</v>
       </c>
       <c r="AB123" s="20">
-        <v>3605134583.5</v>
+        <v>4158972300.5</v>
       </c>
       <c r="AC123" s="20">
-        <v>403295</v>
+        <v>615368</v>
       </c>
       <c r="AD123" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="124" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A124" s="17" t="s">
-        <v>440</v>
+        <v>433</v>
       </c>
       <c r="B124" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C124" s="17" t="s">
-        <v>441</v>
+        <v>434</v>
       </c>
       <c r="D124" s="18" t="s">
-        <v>442</v>
+        <v>435</v>
       </c>
       <c r="E124" s="20">
-        <v>1691901635.52</v>
+        <v>6290145271.8999996</v>
       </c>
       <c r="F124" s="20">
-        <v>122247228</v>
+        <v>132007246</v>
       </c>
       <c r="G124" s="19" t="s">
         <v>51</v>
       </c>
-      <c r="H124" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I124" s="18" t="s">
-        <v>69</v>
+        <v>145</v>
       </c>
       <c r="J124" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L124" s="18">
-        <v>20110603</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>19820709</v>
       </c>
       <c r="R124" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
+      </c>
+      <c r="T124" s="18" t="s">
+        <v>128</v>
       </c>
       <c r="AA124" s="19">
-        <v>82182786</v>
+        <v>93352067</v>
       </c>
       <c r="AB124" s="20">
-        <v>932113332</v>
+        <v>4547092894</v>
       </c>
       <c r="AC124" s="20">
-        <v>379544</v>
+        <v>500629</v>
       </c>
       <c r="AD124" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="125" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A125" s="17" t="s">
-        <v>443</v>
+        <v>436</v>
       </c>
       <c r="B125" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C125" s="17" t="s">
-        <v>444</v>
+        <v>437</v>
       </c>
       <c r="D125" s="18" t="s">
-        <v>445</v>
+        <v>438</v>
       </c>
       <c r="E125" s="20">
-        <v>410069919.60000002</v>
+        <v>2153956209.3499999</v>
       </c>
       <c r="F125" s="20">
-        <v>184716180</v>
+        <v>122037179</v>
       </c>
       <c r="G125" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H125" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="I125" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J125" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K125" s="18" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="L125" s="18">
-        <v>19930625</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>20110603</v>
+      </c>
+      <c r="M125" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R125" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="AA125" s="19">
-        <v>30938859</v>
+        <v>100877024</v>
       </c>
       <c r="AB125" s="20">
-        <v>77560114.5</v>
+        <v>1222793904.5</v>
       </c>
       <c r="AC125" s="20">
-        <v>75757</v>
+        <v>476079</v>
       </c>
       <c r="AD125" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="126" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A126" s="17" t="s">
-        <v>446</v>
+        <v>439</v>
       </c>
       <c r="B126" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C126" s="17" t="s">
-        <v>447</v>
+        <v>440</v>
       </c>
       <c r="D126" s="18" t="s">
-        <v>448</v>
+        <v>441</v>
       </c>
       <c r="E126" s="20">
-        <v>110869597.41</v>
+        <v>474747567.60000002</v>
       </c>
       <c r="F126" s="20">
-        <v>77531187</v>
+        <v>184726680</v>
       </c>
       <c r="G126" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H126" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="I126" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J126" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K126" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L126" s="18">
-        <v>20070813</v>
-[...2 lines deleted...]
-        <v>138</v>
+        <v>19930625</v>
       </c>
       <c r="P126" s="18" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="AA126" s="19">
-        <v>53206977</v>
+        <v>37221911</v>
       </c>
       <c r="AB126" s="20">
-        <v>95523705.5</v>
+        <v>92851715</v>
       </c>
       <c r="AC126" s="20">
-        <v>72196</v>
+        <v>89986</v>
       </c>
       <c r="AD126" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="127" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A127" s="17" t="s">
-        <v>449</v>
+        <v>442</v>
       </c>
       <c r="B127" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C127" s="17" t="s">
-        <v>450</v>
+        <v>443</v>
       </c>
       <c r="D127" s="18" t="s">
-        <v>451</v>
+        <v>444</v>
       </c>
       <c r="E127" s="20">
-        <v>3465238361.8499999</v>
+        <v>101475137.47</v>
       </c>
       <c r="F127" s="20">
-        <v>38311093</v>
+        <v>77461937</v>
       </c>
       <c r="G127" s="19" t="s">
-        <v>62</v>
+        <v>47</v>
+      </c>
+      <c r="H127" s="18" t="s">
+        <v>73</v>
       </c>
       <c r="I127" s="18" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="J127" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K127" s="18" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="L127" s="18">
-        <v>20040317</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>20070813</v>
+      </c>
+      <c r="O127" s="18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P127" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q127" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="AA127" s="19">
-        <v>16028464</v>
+        <v>60837670</v>
       </c>
       <c r="AB127" s="20">
-        <v>1568242405.5</v>
+        <v>106135086</v>
       </c>
       <c r="AC127" s="20">
-        <v>119363</v>
+        <v>80354</v>
       </c>
       <c r="AD127" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="128" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A128" s="17" t="s">
-        <v>452</v>
+        <v>445</v>
       </c>
       <c r="B128" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C128" s="17" t="s">
-        <v>453</v>
+        <v>446</v>
       </c>
       <c r="D128" s="18" t="s">
-        <v>454</v>
+        <v>447</v>
       </c>
       <c r="E128" s="20">
-        <v>224430836.66999999</v>
+        <v>3401097101.6900001</v>
       </c>
       <c r="F128" s="20">
-        <v>92358369</v>
+        <v>38013827</v>
       </c>
       <c r="G128" s="19" t="s">
-        <v>136</v>
+        <v>58</v>
       </c>
       <c r="I128" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J128" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K128" s="18" t="s">
-        <v>63</v>
+        <v>40</v>
       </c>
       <c r="L128" s="18">
-        <v>20200707</v>
-[...11 lines deleted...]
-        <v>119</v>
+        <v>20040317</v>
+      </c>
+      <c r="R128" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="AA128" s="19">
-        <v>40792521</v>
+        <v>22618057</v>
       </c>
       <c r="AB128" s="20">
-        <v>100493288</v>
+        <v>2171705036.5</v>
       </c>
       <c r="AC128" s="20">
-        <v>53316</v>
+        <v>160647</v>
       </c>
       <c r="AD128" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="129" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A129" s="17" t="s">
-        <v>455</v>
+        <v>448</v>
       </c>
       <c r="B129" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C129" s="17" t="s">
-        <v>456</v>
+        <v>449</v>
       </c>
       <c r="D129" s="18" t="s">
-        <v>457</v>
+        <v>450</v>
       </c>
       <c r="E129" s="20">
-        <v>4042677481.1799998</v>
+        <v>99747038.519999996</v>
       </c>
       <c r="F129" s="20">
-        <v>54233551</v>
+        <v>92358369</v>
       </c>
       <c r="G129" s="19" t="s">
-        <v>62</v>
+        <v>132</v>
       </c>
       <c r="I129" s="18" t="s">
-        <v>97</v>
+        <v>39</v>
       </c>
       <c r="J129" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K129" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L129" s="18">
-        <v>20080317</v>
+        <v>20200707</v>
       </c>
       <c r="P129" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Q129" s="18" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>60</v>
+      </c>
+      <c r="U129" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="Y129" s="18" t="s">
+        <v>115</v>
       </c>
       <c r="AA129" s="19">
-        <v>18733336.100000001</v>
+        <v>56015253</v>
       </c>
       <c r="AB129" s="20">
-        <v>1174815785.5</v>
+        <v>122067575.5</v>
       </c>
       <c r="AC129" s="20">
-        <v>134989</v>
+        <v>65350</v>
       </c>
       <c r="AD129" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="130" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A130" s="17" t="s">
-        <v>458</v>
+        <v>451</v>
       </c>
       <c r="B130" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C130" s="17" t="s">
-        <v>459</v>
+        <v>452</v>
       </c>
       <c r="D130" s="18" t="s">
-        <v>460</v>
+        <v>453</v>
       </c>
       <c r="E130" s="20">
-        <v>260458030.13999999</v>
+        <v>4317263201.0799999</v>
       </c>
       <c r="F130" s="20">
-        <v>38190327</v>
+        <v>55436347</v>
       </c>
       <c r="G130" s="19" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="I130" s="18" t="s">
-        <v>43</v>
+        <v>93</v>
       </c>
       <c r="J130" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K130" s="18" t="s">
+        <v>59</v>
       </c>
       <c r="L130" s="18">
-        <v>19861020</v>
+        <v>20080317</v>
+      </c>
+      <c r="P130" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q130" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="R130" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="AA130" s="19">
-        <v>3626512</v>
+        <v>24508984.100000001</v>
       </c>
       <c r="AB130" s="20">
-        <v>23592914.5</v>
+        <v>1655983462</v>
       </c>
       <c r="AC130" s="20">
-        <v>13920</v>
+        <v>174915</v>
       </c>
       <c r="AD130" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="131" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A131" s="17" t="s">
-        <v>461</v>
+        <v>454</v>
       </c>
       <c r="B131" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C131" s="17" t="s">
-        <v>462</v>
+        <v>455</v>
       </c>
       <c r="D131" s="18" t="s">
-        <v>463</v>
+        <v>456</v>
       </c>
       <c r="E131" s="20">
-        <v>1091309175.1800001</v>
+        <v>248733936.47999999</v>
       </c>
       <c r="F131" s="20">
-        <v>83817909</v>
+        <v>38032712</v>
       </c>
       <c r="G131" s="19" t="s">
-        <v>136</v>
+        <v>47</v>
       </c>
       <c r="I131" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J131" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L131" s="18">
-        <v>19740408</v>
-[...2 lines deleted...]
-        <v>328</v>
+        <v>19861020</v>
       </c>
       <c r="AA131" s="19">
-        <v>30662327</v>
+        <v>4443019</v>
       </c>
       <c r="AB131" s="20">
-        <v>394440492.5</v>
+        <v>29111940</v>
       </c>
       <c r="AC131" s="20">
-        <v>166406</v>
+        <v>16947</v>
       </c>
       <c r="AD131" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="132" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A132" s="17" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="B132" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C132" s="17" t="s">
-        <v>465</v>
+        <v>458</v>
       </c>
       <c r="D132" s="18" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
       <c r="E132" s="20">
-        <v>54295182490.209999</v>
+        <v>1346115618.54</v>
       </c>
       <c r="F132" s="20">
-        <v>54130054</v>
+        <v>83817909</v>
       </c>
       <c r="G132" s="19" t="s">
-        <v>62</v>
+        <v>132</v>
       </c>
       <c r="I132" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J132" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L132" s="18">
-        <v>19720914</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>19740408</v>
+      </c>
+      <c r="U132" s="18" t="s">
+        <v>324</v>
       </c>
       <c r="AA132" s="19">
-        <v>23773756</v>
+        <v>37915800</v>
       </c>
       <c r="AB132" s="20">
-        <v>20090350018</v>
+        <v>500180131</v>
       </c>
       <c r="AC132" s="20">
-        <v>114770</v>
+        <v>201491</v>
       </c>
       <c r="AD132" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="133" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A133" s="17" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="B133" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C133" s="17" t="s">
-        <v>468</v>
+        <v>461</v>
       </c>
       <c r="D133" s="18" t="s">
-        <v>469</v>
+        <v>462</v>
       </c>
       <c r="E133" s="20">
-        <v>1937949916.96</v>
+        <v>51426186111.900002</v>
       </c>
       <c r="F133" s="20">
-        <v>104810704</v>
+        <v>43844910</v>
       </c>
       <c r="G133" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I133" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J133" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="L133" s="18">
-        <v>20150130</v>
+        <v>19720914</v>
+      </c>
+      <c r="R133" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="S133" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="AA133" s="19">
-        <v>8053576</v>
+        <v>29206421</v>
       </c>
       <c r="AB133" s="20">
-        <v>141446617.5</v>
+        <v>25154726428</v>
       </c>
       <c r="AC133" s="20">
-        <v>33920</v>
+        <v>143623</v>
       </c>
       <c r="AD133" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="134" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A134" s="17" t="s">
-        <v>470</v>
+        <v>463</v>
       </c>
       <c r="B134" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C134" s="17" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="D134" s="18" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
       <c r="E134" s="20">
-        <v>737652909.27999997</v>
+        <v>1781781968</v>
       </c>
       <c r="F134" s="20">
-        <v>88682936</v>
+        <v>104810704</v>
       </c>
       <c r="G134" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I134" s="18" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="J134" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K134" s="18" t="s">
+        <v>40</v>
       </c>
       <c r="L134" s="18">
-        <v>19860811</v>
+        <v>20150130</v>
       </c>
       <c r="AA134" s="19">
-        <v>56369063</v>
+        <v>10306859</v>
       </c>
       <c r="AB134" s="20">
-        <v>389983884</v>
+        <v>180608939</v>
       </c>
       <c r="AC134" s="20">
-        <v>186575</v>
+        <v>41882</v>
       </c>
       <c r="AD134" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="135" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A135" s="17" t="s">
-        <v>473</v>
+        <v>466</v>
       </c>
       <c r="B135" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C135" s="17" t="s">
-        <v>474</v>
+        <v>467</v>
       </c>
       <c r="D135" s="18" t="s">
-        <v>475</v>
+        <v>468</v>
       </c>
       <c r="E135" s="20">
-        <v>7548310943.9399996</v>
+        <v>700008892.44000006</v>
       </c>
       <c r="F135" s="20">
-        <v>132566051</v>
+        <v>88682936</v>
       </c>
       <c r="G135" s="19" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="I135" s="18" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="J135" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L135" s="18">
-        <v>19691023</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>19860811</v>
       </c>
       <c r="AA135" s="19">
-        <v>82681631</v>
+        <v>71229819</v>
       </c>
       <c r="AB135" s="20">
-        <v>3963182255.5</v>
+        <v>490821149</v>
       </c>
       <c r="AC135" s="20">
-        <v>464163</v>
+        <v>228907</v>
       </c>
       <c r="AD135" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="136" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A136" s="17" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
       <c r="B136" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C136" s="17" t="s">
-        <v>477</v>
+        <v>470</v>
       </c>
       <c r="D136" s="18" t="s">
-        <v>478</v>
+        <v>471</v>
       </c>
       <c r="E136" s="20">
-        <v>555508909.12</v>
+        <v>9975939907.5</v>
       </c>
       <c r="F136" s="20">
-        <v>37883258</v>
+        <v>131521950</v>
       </c>
       <c r="G136" s="19" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="I136" s="18" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="J136" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L136" s="18">
-        <v>19991006</v>
+        <v>19691023</v>
+      </c>
+      <c r="R136" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="AA136" s="19">
-        <v>8411632</v>
+        <v>102683615</v>
       </c>
       <c r="AB136" s="20">
-        <v>117653975</v>
+        <v>5262556996</v>
       </c>
       <c r="AC136" s="20">
-        <v>36006</v>
+        <v>580607</v>
       </c>
       <c r="AD136" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="137" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A137" s="17" t="s">
-        <v>479</v>
+        <v>472</v>
       </c>
       <c r="B137" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C137" s="17" t="s">
-        <v>480</v>
+        <v>473</v>
       </c>
       <c r="D137" s="18" t="s">
-        <v>481</v>
+        <v>474</v>
       </c>
       <c r="E137" s="20">
-        <v>224138889.74000001</v>
+        <v>573505288.60000002</v>
       </c>
       <c r="F137" s="20">
-        <v>36925682</v>
+        <v>38165595</v>
       </c>
       <c r="G137" s="19" t="s">
-        <v>136</v>
+        <v>58</v>
       </c>
       <c r="I137" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J137" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="L137" s="18">
-        <v>20220310</v>
-[...14 lines deleted...]
-        <v>120</v>
+        <v>19991006</v>
       </c>
       <c r="AA137" s="19">
-        <v>3812941</v>
+        <v>10413057</v>
       </c>
       <c r="AB137" s="20">
-        <v>22450384</v>
+        <v>150717280.5</v>
       </c>
       <c r="AC137" s="20">
-        <v>9183</v>
+        <v>45178</v>
       </c>
       <c r="AD137" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="138" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A138" s="17" t="s">
-        <v>482</v>
+        <v>475</v>
       </c>
       <c r="B138" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C138" s="17" t="s">
-        <v>483</v>
+        <v>476</v>
       </c>
       <c r="D138" s="18" t="s">
-        <v>484</v>
+        <v>477</v>
       </c>
       <c r="E138" s="20">
-        <v>4108690303.3800001</v>
+        <v>219707807.90000001</v>
       </c>
       <c r="F138" s="20">
-        <v>212445207</v>
+        <v>36925682</v>
       </c>
       <c r="G138" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I138" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J138" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K138" s="18" t="s">
+        <v>59</v>
       </c>
       <c r="L138" s="18">
-        <v>19940328</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>20220310</v>
+      </c>
+      <c r="P138" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q138" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="U138" s="18" t="s">
-        <v>137</v>
+        <v>248</v>
       </c>
       <c r="Y138" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
+      </c>
+      <c r="Z138" s="18" t="s">
+        <v>116</v>
       </c>
       <c r="AA138" s="19">
-        <v>63861575</v>
+        <v>4482954</v>
       </c>
       <c r="AB138" s="20">
-        <v>1098046591.5</v>
+        <v>26483649</v>
       </c>
       <c r="AC138" s="20">
-        <v>262599</v>
+        <v>10858</v>
       </c>
       <c r="AD138" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="139" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A139" s="17" t="s">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="B139" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C139" s="17" t="s">
-        <v>486</v>
+        <v>479</v>
       </c>
       <c r="D139" s="18" t="s">
-        <v>487</v>
+        <v>480</v>
       </c>
       <c r="E139" s="20">
-        <v>2969481237.2800002</v>
+        <v>3996094343.6700001</v>
       </c>
       <c r="F139" s="20">
-        <v>63967429</v>
+        <v>212445207</v>
       </c>
       <c r="G139" s="19" t="s">
-        <v>62</v>
+        <v>132</v>
       </c>
       <c r="I139" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J139" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="L139" s="18">
-        <v>20060614</v>
+        <v>19940328</v>
+      </c>
+      <c r="R139" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="U139" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="Y139" s="18" t="s">
+        <v>115</v>
       </c>
       <c r="AA139" s="19">
-        <v>8841002</v>
+        <v>75655170</v>
       </c>
       <c r="AB139" s="20">
-        <v>352995865.5</v>
+        <v>1326212615.5</v>
       </c>
       <c r="AC139" s="20">
-        <v>51499</v>
+        <v>312241</v>
       </c>
       <c r="AD139" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="140" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A140" s="17" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
       <c r="B140" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C140" s="17" t="s">
-        <v>489</v>
+        <v>482</v>
       </c>
       <c r="D140" s="18" t="s">
-        <v>490</v>
+        <v>483</v>
       </c>
       <c r="E140" s="20">
-        <v>12594834503.139999</v>
+        <v>92895450.5</v>
       </c>
       <c r="F140" s="20">
-        <v>45552586</v>
+        <v>4000000</v>
       </c>
       <c r="G140" s="19" t="s">
-        <v>136</v>
+        <v>58</v>
       </c>
       <c r="I140" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J140" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K140" s="18" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="L140" s="18">
-        <v>20150527</v>
-[...8 lines deleted...]
-        <v>252</v>
+        <v>20060614</v>
       </c>
       <c r="AA140" s="19">
-        <v>15026498</v>
+        <v>13301914</v>
       </c>
       <c r="AB140" s="20">
-        <v>3746428504.5</v>
+        <v>552209646.5</v>
       </c>
       <c r="AC140" s="20">
-        <v>114887</v>
+        <v>70290</v>
       </c>
       <c r="AD140" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="141" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A141" s="17" t="s">
-        <v>491</v>
+        <v>484</v>
       </c>
       <c r="B141" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C141" s="17" t="s">
-        <v>492</v>
+        <v>485</v>
       </c>
       <c r="D141" s="18" t="s">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="E141" s="20">
-        <v>349431028.56</v>
+        <v>10205713809.360001</v>
       </c>
       <c r="F141" s="20">
-        <v>19402056</v>
+        <v>45712236</v>
       </c>
       <c r="G141" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I141" s="18" t="s">
-        <v>494</v>
+        <v>39</v>
       </c>
       <c r="J141" s="18" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="K141" s="18" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="L141" s="18">
-        <v>20201007</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>20150527</v>
+      </c>
+      <c r="M141" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="R141" s="18">
+        <v>60</v>
       </c>
       <c r="U141" s="18" t="s">
-        <v>137</v>
-[...5 lines deleted...]
-        <v>119</v>
+        <v>248</v>
       </c>
       <c r="AA141" s="19">
-        <v>3133050</v>
+        <v>20960433</v>
       </c>
       <c r="AB141" s="20">
-        <v>55561245.5</v>
+        <v>5274293894.5</v>
       </c>
       <c r="AC141" s="20">
-        <v>6991</v>
+        <v>154431</v>
       </c>
       <c r="AD141" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="142" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A142" s="17" t="s">
-        <v>496</v>
+        <v>487</v>
       </c>
       <c r="B142" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C142" s="17" t="s">
-        <v>497</v>
+        <v>488</v>
       </c>
       <c r="D142" s="18" t="s">
-        <v>498</v>
+        <v>489</v>
       </c>
       <c r="E142" s="20">
-        <v>2750030.9750000001</v>
+        <v>361848344.39999998</v>
       </c>
       <c r="F142" s="20">
-        <v>110001239</v>
+        <v>19402056</v>
       </c>
       <c r="G142" s="19" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>132</v>
       </c>
       <c r="I142" s="18" t="s">
-        <v>69</v>
+        <v>490</v>
       </c>
       <c r="J142" s="18" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="K142" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L142" s="18">
-        <v>20050805</v>
+        <v>20201007</v>
+      </c>
+      <c r="O142" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="U142" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="V142" s="18" t="s">
+        <v>491</v>
+      </c>
+      <c r="Y142" s="18" t="s">
+        <v>115</v>
       </c>
       <c r="AA142" s="19">
-        <v>9578543</v>
+        <v>3870728</v>
       </c>
       <c r="AB142" s="20">
-        <v>252852</v>
+        <v>70459064.5</v>
       </c>
       <c r="AC142" s="20">
-        <v>856</v>
+        <v>8735</v>
       </c>
       <c r="AD142" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="143" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A143" s="17" t="s">
-        <v>499</v>
+        <v>492</v>
       </c>
       <c r="B143" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C143" s="17" t="s">
-        <v>500</v>
+        <v>493</v>
       </c>
       <c r="D143" s="18" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
       <c r="E143" s="20">
-        <v>4211300.7</v>
+        <v>150701697.43000001</v>
       </c>
       <c r="F143" s="20">
-        <v>84226014</v>
+        <v>110001239</v>
       </c>
       <c r="G143" s="19" t="s">
-        <v>55</v>
+        <v>47</v>
+      </c>
+      <c r="H143" s="18" t="s">
+        <v>73</v>
       </c>
       <c r="I143" s="18" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="J143" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K143" s="18" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="L143" s="18">
-        <v>20210714</v>
-[...5 lines deleted...]
-        <v>132</v>
+        <v>20050805</v>
       </c>
       <c r="AA143" s="19">
-        <v>15629230</v>
+        <v>13791769</v>
       </c>
       <c r="AB143" s="20">
-        <v>1269730.5</v>
+        <v>836910</v>
       </c>
       <c r="AC143" s="20">
-        <v>1891</v>
+        <v>1701</v>
       </c>
       <c r="AD143" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="144" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A144" s="17" t="s">
-        <v>502</v>
+        <v>495</v>
       </c>
       <c r="B144" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C144" s="17" t="s">
-        <v>503</v>
+        <v>496</v>
       </c>
       <c r="D144" s="18" t="s">
-        <v>504</v>
+        <v>497</v>
       </c>
       <c r="E144" s="20">
-        <v>194533524.08000001</v>
+        <v>205451221.86000001</v>
       </c>
       <c r="F144" s="20">
         <v>99251798</v>
       </c>
       <c r="G144" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H144" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="I144" s="18" t="s">
-        <v>505</v>
+        <v>498</v>
       </c>
       <c r="J144" s="18" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="K144" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L144" s="18">
         <v>20070801</v>
       </c>
       <c r="AA144" s="19">
-        <v>14108444</v>
+        <v>25048992</v>
       </c>
       <c r="AB144" s="20">
-        <v>26882033</v>
+        <v>49535150</v>
       </c>
       <c r="AC144" s="20">
-        <v>12338</v>
+        <v>19701</v>
       </c>
       <c r="AD144" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="145" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A145" s="17" t="s">
-        <v>506</v>
+        <v>499</v>
       </c>
       <c r="B145" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C145" s="17" t="s">
+        <v>1440</v>
+      </c>
+      <c r="D145" s="18" t="s">
+        <v>500</v>
+      </c>
+      <c r="E145" s="20">
+        <v>9243729114.1200008</v>
+      </c>
+      <c r="F145" s="20">
+        <v>188340039</v>
+      </c>
+      <c r="G145" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="H145" s="18" t="s">
         <v>45</v>
       </c>
-      <c r="C145" s="17" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I145" s="18" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="J145" s="18" t="s">
         <v>15</v>
       </c>
       <c r="K145" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L145" s="18">
         <v>20200706</v>
       </c>
       <c r="M145" s="18" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="P145" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="S145" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="V145" s="18" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="AA145" s="19">
-        <v>204514583</v>
+        <v>268125150</v>
       </c>
       <c r="AB145" s="20">
-        <v>5625931359</v>
+        <v>8666248306.5</v>
       </c>
       <c r="AC145" s="20">
-        <v>1104644</v>
+        <v>1441646</v>
       </c>
       <c r="AD145" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="146" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A146" s="17" t="s">
-        <v>509</v>
+        <v>502</v>
       </c>
       <c r="B146" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C146" s="17" t="s">
-        <v>510</v>
+        <v>503</v>
       </c>
       <c r="D146" s="18" t="s">
-        <v>511</v>
+        <v>504</v>
       </c>
       <c r="E146" s="20">
-        <v>237818194.5</v>
+        <v>243194953.68000001</v>
       </c>
       <c r="F146" s="20">
         <v>20679843</v>
       </c>
       <c r="G146" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="H146" s="18" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="I146" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J146" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K146" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L146" s="18">
         <v>20080516</v>
       </c>
       <c r="P146" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="T146" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA146" s="19">
-        <v>592689</v>
+        <v>720617</v>
       </c>
       <c r="AB146" s="20">
-        <v>6371972.5</v>
+        <v>7870231</v>
       </c>
       <c r="AC146" s="20">
-        <v>1628</v>
+        <v>2089</v>
       </c>
       <c r="AD146" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="147" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A147" s="17" t="s">
-        <v>512</v>
+        <v>505</v>
       </c>
       <c r="B147" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C147" s="17" t="s">
-        <v>513</v>
+        <v>506</v>
       </c>
       <c r="D147" s="18" t="s">
-        <v>514</v>
+        <v>507</v>
       </c>
       <c r="E147" s="20">
-        <v>400308430.49000001</v>
+        <v>436110270.5</v>
       </c>
       <c r="F147" s="20">
-        <v>14820749</v>
+        <v>14783399</v>
       </c>
       <c r="G147" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I147" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J147" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K147" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L147" s="18">
         <v>20150514</v>
       </c>
       <c r="P147" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="AA147" s="19">
-        <v>1922471</v>
+        <v>2597334</v>
       </c>
       <c r="AB147" s="20">
-        <v>61549034.5</v>
+        <v>80357703.5</v>
       </c>
       <c r="AC147" s="20">
-        <v>10284</v>
+        <v>12654</v>
       </c>
       <c r="AD147" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="148" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A148" s="17" t="s">
-        <v>515</v>
+        <v>508</v>
       </c>
       <c r="B148" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C148" s="17" t="s">
-        <v>516</v>
+        <v>509</v>
       </c>
       <c r="D148" s="18" t="s">
-        <v>517</v>
+        <v>510</v>
       </c>
       <c r="E148" s="20">
-        <v>176832757.91999999</v>
+        <v>188095210.88</v>
       </c>
       <c r="F148" s="20">
-        <v>56677166</v>
+        <v>56655184</v>
       </c>
       <c r="G148" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I148" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J148" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K148" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L148" s="18">
         <v>20000808</v>
       </c>
       <c r="P148" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Q148" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="U148" s="18" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="AA148" s="19">
-        <v>604044</v>
+        <v>930742</v>
       </c>
       <c r="AB148" s="20">
-        <v>1910751.5</v>
+        <v>3099672.5</v>
       </c>
       <c r="AC148" s="20">
-        <v>1422</v>
+        <v>1825</v>
       </c>
       <c r="AD148" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="149" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A149" s="17" t="s">
-        <v>518</v>
+        <v>511</v>
       </c>
       <c r="B149" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C149" s="17" t="s">
-        <v>519</v>
+        <v>512</v>
       </c>
       <c r="D149" s="18" t="s">
-        <v>520</v>
+        <v>513</v>
       </c>
       <c r="E149" s="20">
-        <v>152808670.80000001</v>
+        <v>171673938.80000001</v>
       </c>
       <c r="F149" s="20">
         <v>47163170</v>
       </c>
       <c r="G149" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H149" s="18" t="s">
-        <v>521</v>
+        <v>514</v>
       </c>
       <c r="I149" s="18" t="s">
-        <v>508</v>
+        <v>501</v>
       </c>
       <c r="J149" s="18" t="s">
-        <v>522</v>
+        <v>515</v>
       </c>
       <c r="K149" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L149" s="18">
         <v>20101215</v>
       </c>
       <c r="O149" s="18" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="AA149" s="19">
-        <v>4836968</v>
+        <v>6226482</v>
       </c>
       <c r="AB149" s="20">
-        <v>16289650</v>
+        <v>21153975.5</v>
       </c>
       <c r="AC149" s="20">
-        <v>11153</v>
+        <v>14855</v>
       </c>
       <c r="AD149" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="150" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A150" s="17" t="s">
-        <v>523</v>
+        <v>516</v>
       </c>
       <c r="B150" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C150" s="17" t="s">
-        <v>524</v>
+        <v>517</v>
       </c>
       <c r="D150" s="18" t="s">
-        <v>525</v>
+        <v>518</v>
       </c>
       <c r="E150" s="20">
-        <v>34730063036.800003</v>
+        <v>33441139473.119999</v>
       </c>
       <c r="F150" s="20">
-        <v>417094720</v>
+        <v>416018779</v>
       </c>
       <c r="G150" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I150" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J150" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L150" s="18">
         <v>19290419</v>
       </c>
       <c r="R150" s="18">
         <v>60</v>
       </c>
       <c r="T150" s="18" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="AA150" s="19">
-        <v>28131973</v>
+        <v>42560812</v>
       </c>
       <c r="AB150" s="20">
-        <v>5743958658</v>
+        <v>6919340851.5</v>
       </c>
       <c r="AC150" s="20">
-        <v>187879</v>
+        <v>257348</v>
       </c>
       <c r="AD150" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="151" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A151" s="17" t="s">
-        <v>526</v>
+        <v>519</v>
       </c>
       <c r="B151" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C151" s="17" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="D151" s="18" t="s">
-        <v>528</v>
+        <v>521</v>
       </c>
       <c r="E151" s="20">
-        <v>24150239125.5</v>
+        <v>21297109354.919998</v>
       </c>
       <c r="F151" s="20">
-        <v>351531865</v>
+        <v>347310981</v>
       </c>
       <c r="G151" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I151" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J151" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K151" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L151" s="18">
         <v>20200303</v>
       </c>
       <c r="M151" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="R151" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="AA151" s="19">
-        <v>60176706</v>
+        <v>79922560</v>
       </c>
       <c r="AB151" s="20">
-        <v>4022167790.5</v>
+        <v>5293023126.5</v>
       </c>
       <c r="AC151" s="20">
-        <v>346250</v>
+        <v>444470</v>
       </c>
       <c r="AD151" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="152" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A152" s="17" t="s">
-        <v>529</v>
+        <v>522</v>
       </c>
       <c r="B152" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C152" s="17" t="s">
-        <v>530</v>
+        <v>523</v>
       </c>
       <c r="D152" s="18" t="s">
-        <v>531</v>
+        <v>524</v>
       </c>
       <c r="E152" s="20">
-        <v>4261572381.75</v>
+        <v>3917500404.27</v>
       </c>
       <c r="F152" s="20">
-        <v>163717725</v>
+        <v>163843597</v>
       </c>
       <c r="G152" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H152" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="I152" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J152" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K152" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L152" s="18">
         <v>20110614</v>
       </c>
       <c r="R152" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="AA152" s="19">
-        <v>115319654</v>
+        <v>145462405</v>
       </c>
       <c r="AB152" s="20">
-        <v>2665524837</v>
+        <v>3433860117</v>
       </c>
       <c r="AC152" s="20">
-        <v>434000</v>
+        <v>533972</v>
       </c>
       <c r="AD152" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="153" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A153" s="17" t="s">
-        <v>532</v>
+        <v>525</v>
       </c>
       <c r="B153" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C153" s="17" t="s">
-        <v>533</v>
+        <v>526</v>
       </c>
       <c r="D153" s="18" t="s">
-        <v>534</v>
+        <v>527</v>
       </c>
       <c r="E153" s="20">
-        <v>11191092662.6</v>
+        <v>12192583912.43</v>
       </c>
       <c r="F153" s="20">
-        <v>149254370</v>
+        <v>149071817</v>
       </c>
       <c r="G153" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I153" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J153" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L153" s="18">
         <v>19980624</v>
       </c>
       <c r="M153" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="R153" s="18">
         <v>60</v>
       </c>
       <c r="T153" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA153" s="19">
-        <v>71418747</v>
+        <v>94252642</v>
       </c>
       <c r="AB153" s="20">
-        <v>4856707857</v>
+        <v>6695349304.5</v>
       </c>
       <c r="AC153" s="20">
-        <v>420381</v>
+        <v>540371</v>
       </c>
       <c r="AD153" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="154" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A154" s="17" t="s">
-        <v>535</v>
+        <v>528</v>
       </c>
       <c r="B154" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C154" s="17" t="s">
-        <v>536</v>
+        <v>529</v>
       </c>
       <c r="D154" s="18" t="s">
-        <v>537</v>
+        <v>530</v>
       </c>
       <c r="E154" s="20">
         <v>21005523.68</v>
       </c>
       <c r="F154" s="20">
         <v>131284523</v>
       </c>
       <c r="G154" s="19" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="I154" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J154" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L154" s="18">
         <v>19810406</v>
       </c>
       <c r="AA154" s="19">
-        <v>3810168</v>
+        <v>5435281</v>
       </c>
       <c r="AB154" s="20">
-        <v>554580</v>
+        <v>824354</v>
       </c>
       <c r="AC154" s="20">
-        <v>408</v>
+        <v>519</v>
       </c>
       <c r="AD154" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="155" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A155" s="17" t="s">
-        <v>538</v>
+        <v>531</v>
       </c>
       <c r="B155" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C155" s="17" t="s">
-        <v>539</v>
+        <v>532</v>
       </c>
       <c r="D155" s="18" t="s">
-        <v>540</v>
+        <v>533</v>
       </c>
       <c r="E155" s="20">
-        <v>26301615.600000001</v>
+        <v>26464915.399999999</v>
       </c>
       <c r="F155" s="20">
-        <v>67440040</v>
+        <v>68740040</v>
       </c>
       <c r="G155" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I155" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J155" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K155" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L155" s="18">
         <v>20100526</v>
       </c>
       <c r="O155" s="18" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="P155" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="T155" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA155" s="19">
-        <v>6907791</v>
+        <v>9611648</v>
       </c>
       <c r="AB155" s="20">
-        <v>2252674</v>
+        <v>3297882.5</v>
       </c>
       <c r="AC155" s="20">
-        <v>1063</v>
+        <v>1416</v>
       </c>
       <c r="AD155" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="156" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A156" s="17" t="s">
-        <v>1466</v>
+        <v>1444</v>
       </c>
       <c r="B156" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C156" s="17" t="s">
-        <v>1467</v>
+        <v>1445</v>
       </c>
       <c r="D156" s="18" t="s">
-        <v>1468</v>
+        <v>1446</v>
       </c>
       <c r="E156" s="20">
-        <v>422801804.22000003</v>
+        <v>382391837.14999998</v>
       </c>
       <c r="F156" s="20">
         <v>33396667</v>
       </c>
       <c r="G156" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I156" s="18" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="J156" s="18" t="s">
         <v>15</v>
       </c>
       <c r="K156" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L156" s="18">
         <v>20250725</v>
       </c>
       <c r="U156" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="V156" s="18" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="Y156" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA156" s="19">
-        <v>6180400</v>
+        <v>10463479</v>
       </c>
       <c r="AB156" s="20">
-        <v>86219567.5</v>
+        <v>138090211</v>
       </c>
       <c r="AC156" s="20">
-        <v>11087</v>
+        <v>18443</v>
       </c>
       <c r="AD156" s="20">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="157" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A157" s="17" t="s">
-        <v>541</v>
+        <v>534</v>
       </c>
       <c r="B157" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C157" s="17" t="s">
-        <v>542</v>
+        <v>535</v>
       </c>
       <c r="D157" s="18" t="s">
-        <v>543</v>
+        <v>536</v>
       </c>
       <c r="E157" s="20">
-        <v>3424642925.6799998</v>
+        <v>2712055084.5500002</v>
       </c>
       <c r="F157" s="20">
-        <v>16075117</v>
+        <v>16080967</v>
       </c>
       <c r="G157" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I157" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J157" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K157" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L157" s="18">
         <v>19950503</v>
       </c>
       <c r="R157" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="AA157" s="19">
-        <v>10738796</v>
+        <v>14898492</v>
       </c>
       <c r="AB157" s="20">
-        <v>1791604370.5</v>
+        <v>2535183955.5</v>
       </c>
       <c r="AC157" s="20">
-        <v>103027</v>
+        <v>141957</v>
       </c>
       <c r="AD157" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="158" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A158" s="17" t="s">
-        <v>544</v>
+        <v>537</v>
       </c>
       <c r="B158" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C158" s="17" t="s">
-        <v>545</v>
+        <v>538</v>
       </c>
       <c r="D158" s="18" t="s">
-        <v>546</v>
+        <v>539</v>
       </c>
       <c r="E158" s="20">
-        <v>113363330.28</v>
+        <v>143251930.59999999</v>
       </c>
       <c r="F158" s="20">
-        <v>12680462</v>
+        <v>12677162</v>
       </c>
       <c r="G158" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I158" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J158" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K158" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L158" s="18">
         <v>20160421</v>
       </c>
       <c r="P158" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="AA158" s="19">
-        <v>831315</v>
+        <v>1513974</v>
       </c>
       <c r="AB158" s="20">
-        <v>7011612.5</v>
+        <v>14887702</v>
       </c>
       <c r="AC158" s="20">
-        <v>3689</v>
+        <v>6509</v>
       </c>
       <c r="AD158" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="159" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A159" s="17" t="s">
-        <v>547</v>
+        <v>540</v>
       </c>
       <c r="B159" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C159" s="17" t="s">
-        <v>548</v>
+        <v>541</v>
       </c>
       <c r="D159" s="18" t="s">
-        <v>549</v>
+        <v>542</v>
       </c>
       <c r="E159" s="20">
-        <v>95844937.760000005</v>
+        <v>100380648</v>
       </c>
       <c r="F159" s="20">
-        <v>8378054</v>
+        <v>8365054</v>
       </c>
       <c r="G159" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H159" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="I159" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J159" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L159" s="18">
         <v>19991206</v>
       </c>
       <c r="AA159" s="19">
-        <v>534856</v>
+        <v>706943</v>
       </c>
       <c r="AB159" s="20">
-        <v>6362193.5</v>
+        <v>8352041</v>
       </c>
       <c r="AC159" s="20">
-        <v>2466</v>
+        <v>3235</v>
       </c>
       <c r="AD159" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="160" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A160" s="17" t="s">
-        <v>550</v>
+        <v>543</v>
       </c>
       <c r="B160" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C160" s="17" t="s">
-        <v>551</v>
+        <v>544</v>
       </c>
       <c r="D160" s="18" t="s">
-        <v>552</v>
+        <v>545</v>
       </c>
       <c r="E160" s="20">
-        <v>31395108.800000001</v>
+        <v>38814418.280000001</v>
       </c>
       <c r="F160" s="20">
-        <v>99426500</v>
+        <v>99493811</v>
       </c>
       <c r="G160" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I160" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J160" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K160" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L160" s="18">
         <v>20170607</v>
       </c>
       <c r="P160" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Q160" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="T160" s="18" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="AA160" s="19">
-        <v>20835845</v>
+        <v>33130777</v>
       </c>
       <c r="AB160" s="20">
-        <v>5937444</v>
+        <v>9664671.5</v>
       </c>
       <c r="AC160" s="20">
-        <v>8715</v>
+        <v>12808</v>
       </c>
       <c r="AD160" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="161" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A161" s="17" t="s">
-        <v>553</v>
+        <v>546</v>
       </c>
       <c r="B161" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C161" s="17" t="s">
-        <v>554</v>
+        <v>547</v>
       </c>
       <c r="D161" s="18" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
       <c r="E161" s="20">
-        <v>4740680133.6000004</v>
+        <v>4775795467.6599998</v>
       </c>
       <c r="F161" s="20">
-        <v>60591515</v>
+        <v>60591163</v>
       </c>
       <c r="G161" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I161" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J161" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L161" s="18">
         <v>20030820</v>
       </c>
       <c r="M161" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="R161" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="U161" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="Y161" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA161" s="19">
-        <v>17674707</v>
+        <v>21148197</v>
       </c>
       <c r="AB161" s="20">
-        <v>1209352498.5</v>
+        <v>1479855701</v>
       </c>
       <c r="AC161" s="20">
-        <v>109510</v>
+        <v>132043</v>
       </c>
       <c r="AD161" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="162" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A162" s="17" t="s">
-        <v>556</v>
+        <v>549</v>
       </c>
       <c r="B162" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C162" s="17" t="s">
-        <v>557</v>
+        <v>550</v>
       </c>
       <c r="D162" s="18" t="s">
-        <v>558</v>
+        <v>551</v>
       </c>
       <c r="E162" s="20">
-        <v>52731263945.599998</v>
+        <v>57455964191.32</v>
       </c>
       <c r="F162" s="20">
-        <v>1033288749</v>
+        <v>1037133942</v>
       </c>
       <c r="G162" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I162" s="18" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="J162" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L162" s="18">
         <v>19860626</v>
       </c>
       <c r="R162" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="AA162" s="19">
-        <v>495012040</v>
+        <v>559768864</v>
       </c>
       <c r="AB162" s="20">
-        <v>25434610832</v>
+        <v>28921884793</v>
       </c>
       <c r="AC162" s="20">
-        <v>789503</v>
+        <v>939958</v>
       </c>
       <c r="AD162" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="163" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A163" s="17" t="s">
-        <v>559</v>
+        <v>552</v>
       </c>
       <c r="B163" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C163" s="17" t="s">
-        <v>560</v>
+        <v>553</v>
       </c>
       <c r="D163" s="18" t="s">
-        <v>561</v>
+        <v>554</v>
       </c>
       <c r="E163" s="20">
-        <v>64869892.5</v>
+        <v>53578381.439999998</v>
       </c>
       <c r="F163" s="20">
-        <v>22602750</v>
+        <v>22606912</v>
       </c>
       <c r="G163" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I163" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J163" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K163" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L163" s="18">
         <v>20220210</v>
       </c>
       <c r="P163" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="AA163" s="19">
-        <v>595851</v>
+        <v>928273</v>
       </c>
       <c r="AB163" s="20">
-        <v>2524144.5</v>
+        <v>3364345.5</v>
       </c>
       <c r="AC163" s="20">
-        <v>2319</v>
+        <v>2933</v>
       </c>
       <c r="AD163" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="164" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A164" s="17" t="s">
-        <v>562</v>
+        <v>555</v>
       </c>
       <c r="B164" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C164" s="17" t="s">
-        <v>563</v>
+        <v>556</v>
       </c>
       <c r="D164" s="18" t="s">
-        <v>564</v>
+        <v>557</v>
       </c>
       <c r="E164" s="20">
-        <v>536646208.24000001</v>
+        <v>1069210191.35</v>
       </c>
       <c r="F164" s="20">
-        <v>15228326</v>
+        <v>15698285</v>
       </c>
       <c r="G164" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I164" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J164" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K164" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L164" s="18">
         <v>20241126</v>
       </c>
       <c r="T164" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA164" s="19">
-        <v>16867290</v>
+        <v>26197792</v>
       </c>
       <c r="AB164" s="20">
-        <v>393649096</v>
+        <v>953394937.5</v>
       </c>
       <c r="AC164" s="20">
-        <v>90850</v>
+        <v>155424</v>
       </c>
       <c r="AD164" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="165" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A165" s="17" t="s">
-        <v>565</v>
+        <v>558</v>
       </c>
       <c r="B165" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C165" s="17" t="s">
-        <v>566</v>
+        <v>559</v>
       </c>
       <c r="D165" s="18" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="E165" s="20">
-        <v>1644344422.3499999</v>
+        <v>1644695575.74</v>
       </c>
       <c r="F165" s="20">
         <v>24564813</v>
       </c>
       <c r="G165" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I165" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J165" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L165" s="18">
         <v>19690522</v>
       </c>
       <c r="AA165" s="19">
-        <v>1660786</v>
+        <v>6045148</v>
       </c>
       <c r="AB165" s="20">
-        <v>88993034.5</v>
+        <v>382257481</v>
       </c>
       <c r="AC165" s="20">
-        <v>5923</v>
+        <v>18294</v>
       </c>
       <c r="AD165" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="166" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A166" s="17" t="s">
-        <v>568</v>
+        <v>561</v>
       </c>
       <c r="B166" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C166" s="17" t="s">
-        <v>569</v>
+        <v>562</v>
       </c>
       <c r="D166" s="18" t="s">
-        <v>570</v>
+        <v>563</v>
       </c>
       <c r="E166" s="20">
-        <v>68255690.219999999</v>
+        <v>170323385.86000001</v>
       </c>
       <c r="F166" s="20">
-        <v>30068586</v>
+        <v>30092471</v>
       </c>
       <c r="G166" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I166" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J166" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K166" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L166" s="18">
         <v>20201102</v>
       </c>
       <c r="P166" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Q166" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="T166" s="18" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="AA166" s="19">
-        <v>2175222</v>
+        <v>4032665</v>
       </c>
       <c r="AB166" s="20">
-        <v>3830334</v>
+        <v>12716391</v>
       </c>
       <c r="AC166" s="20">
-        <v>4114</v>
+        <v>10796</v>
       </c>
       <c r="AD166" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="167" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A167" s="17" t="s">
-        <v>571</v>
+        <v>564</v>
       </c>
       <c r="B167" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C167" s="17" t="s">
-        <v>572</v>
+        <v>565</v>
       </c>
       <c r="D167" s="18" t="s">
-        <v>573</v>
+        <v>566</v>
       </c>
       <c r="E167" s="20">
-        <v>3192797598.7199998</v>
+        <v>2938108974.48</v>
       </c>
       <c r="F167" s="20">
         <v>262565592</v>
       </c>
       <c r="G167" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I167" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J167" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L167" s="18">
         <v>19961218</v>
       </c>
       <c r="R167" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="U167" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="Y167" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA167" s="19">
-        <v>101830439</v>
+        <v>127109443</v>
       </c>
       <c r="AB167" s="20">
-        <v>1080803101</v>
+        <v>1376837471.5</v>
       </c>
       <c r="AC167" s="20">
-        <v>314915</v>
+        <v>397200</v>
       </c>
       <c r="AD167" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="168" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A168" s="17" t="s">
-        <v>574</v>
+        <v>567</v>
       </c>
       <c r="B168" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C168" s="17" t="s">
-        <v>575</v>
+        <v>568</v>
       </c>
       <c r="D168" s="18" t="s">
-        <v>576</v>
+        <v>569</v>
       </c>
       <c r="E168" s="20">
-        <v>78201840</v>
+        <v>95998320</v>
       </c>
       <c r="F168" s="20">
         <v>8556000</v>
       </c>
       <c r="G168" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I168" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J168" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L168" s="18">
         <v>19860610</v>
       </c>
       <c r="AA168" s="19">
-        <v>1358614</v>
+        <v>1852228</v>
       </c>
       <c r="AB168" s="20">
-        <v>12633774.5</v>
+        <v>17637701.5</v>
       </c>
       <c r="AC168" s="20">
-        <v>4720</v>
+        <v>6666</v>
       </c>
       <c r="AD168" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="169" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A169" s="17" t="s">
-        <v>577</v>
+        <v>570</v>
       </c>
       <c r="B169" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C169" s="17" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="D169" s="18" t="s">
-        <v>579</v>
+        <v>572</v>
       </c>
       <c r="E169" s="20">
-        <v>1079862151.6800001</v>
+        <v>1953097536</v>
       </c>
       <c r="F169" s="20">
         <v>9126624</v>
       </c>
       <c r="G169" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I169" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J169" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L169" s="18">
         <v>20010110</v>
       </c>
       <c r="S169" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="AA169" s="19">
-        <v>8371869</v>
+        <v>11063859</v>
       </c>
       <c r="AB169" s="20">
-        <v>856433647</v>
+        <v>1269281035</v>
       </c>
       <c r="AC169" s="20">
-        <v>74817</v>
+        <v>98671</v>
       </c>
       <c r="AD169" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="170" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A170" s="17" t="s">
-        <v>580</v>
+        <v>573</v>
       </c>
       <c r="B170" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C170" s="17" t="s">
-        <v>581</v>
+        <v>574</v>
       </c>
       <c r="D170" s="18" t="s">
-        <v>582</v>
+        <v>575</v>
       </c>
       <c r="E170" s="20">
-        <v>106734196.22</v>
+        <v>105149034.89</v>
       </c>
       <c r="F170" s="20">
         <v>52838711</v>
       </c>
       <c r="G170" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I170" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J170" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K170" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L170" s="18">
         <v>20170217</v>
       </c>
       <c r="AA170" s="19">
-        <v>873064</v>
+        <v>988835</v>
       </c>
       <c r="AB170" s="20">
-        <v>2062081.5</v>
+        <v>2300297.5</v>
       </c>
       <c r="AC170" s="20">
-        <v>843</v>
+        <v>1008</v>
       </c>
       <c r="AD170" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="171" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A171" s="17" t="s">
-        <v>583</v>
+        <v>576</v>
       </c>
       <c r="B171" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C171" s="17" t="s">
-        <v>584</v>
+        <v>577</v>
       </c>
       <c r="D171" s="18" t="s">
-        <v>585</v>
+        <v>578</v>
       </c>
       <c r="E171" s="20">
         <v>10284536.789999999</v>
       </c>
       <c r="F171" s="20">
         <v>12696959</v>
       </c>
       <c r="G171" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H171" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="I171" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J171" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K171" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L171" s="18">
         <v>20050720</v>
       </c>
       <c r="AA171" s="19">
-        <v>1174431</v>
+        <v>1392297</v>
       </c>
       <c r="AB171" s="20">
-        <v>1126374</v>
+        <v>1308421</v>
       </c>
       <c r="AC171" s="20">
-        <v>908</v>
+        <v>1064</v>
       </c>
       <c r="AD171" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="172" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A172" s="17" t="s">
-        <v>586</v>
+        <v>579</v>
       </c>
       <c r="B172" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C172" s="17" t="s">
-        <v>587</v>
+        <v>580</v>
       </c>
       <c r="D172" s="18" t="s">
-        <v>588</v>
+        <v>581</v>
       </c>
       <c r="E172" s="20">
-        <v>469196938.24000001</v>
+        <v>491502733.44</v>
       </c>
       <c r="F172" s="20">
-        <v>29034464</v>
+        <v>28980114</v>
       </c>
       <c r="G172" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I172" s="18" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="J172" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L172" s="18">
         <v>19710115</v>
       </c>
       <c r="T172" s="18" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="AA172" s="19">
-        <v>3978527</v>
+        <v>5229838</v>
       </c>
       <c r="AB172" s="20">
-        <v>66777316</v>
+        <v>87393154.5</v>
       </c>
       <c r="AC172" s="20">
-        <v>21507</v>
+        <v>29073</v>
       </c>
       <c r="AD172" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="173" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A173" s="17" t="s">
-        <v>589</v>
+        <v>582</v>
       </c>
       <c r="B173" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C173" s="17" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="D173" s="18" t="s">
-        <v>591</v>
+        <v>584</v>
       </c>
       <c r="E173" s="20">
-        <v>13684959156.75</v>
+        <v>15284840750.280001</v>
       </c>
       <c r="F173" s="20">
-        <v>92622397</v>
+        <v>92322063</v>
       </c>
       <c r="G173" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I173" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J173" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K173" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L173" s="18">
         <v>20000210</v>
       </c>
       <c r="R173" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="AA173" s="19">
-        <v>46640561</v>
+        <v>56786992</v>
       </c>
       <c r="AB173" s="20">
-        <v>6413530155.5</v>
+        <v>8003198286.5</v>
       </c>
       <c r="AC173" s="20">
-        <v>270923</v>
+        <v>330816</v>
       </c>
       <c r="AD173" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="174" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A174" s="17" t="s">
-        <v>592</v>
+        <v>585</v>
       </c>
       <c r="B174" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C174" s="17" t="s">
-        <v>593</v>
+        <v>586</v>
       </c>
       <c r="D174" s="18" t="s">
-        <v>594</v>
+        <v>587</v>
       </c>
       <c r="E174" s="20">
-        <v>30905456.34</v>
+        <v>36662355.07</v>
       </c>
       <c r="F174" s="20">
         <v>30299467</v>
       </c>
       <c r="G174" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I174" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J174" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K174" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L174" s="18">
         <v>20150918</v>
       </c>
       <c r="O174" s="18" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="P174" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="T174" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA174" s="19">
-        <v>1614781</v>
+        <v>2109450</v>
       </c>
       <c r="AB174" s="20">
-        <v>1708356.5</v>
+        <v>2286338</v>
       </c>
       <c r="AC174" s="20">
-        <v>920</v>
+        <v>1395</v>
       </c>
       <c r="AD174" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="175" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A175" s="17" t="s">
-        <v>595</v>
+        <v>588</v>
       </c>
       <c r="B175" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C175" s="17" t="s">
-        <v>596</v>
+        <v>589</v>
       </c>
       <c r="D175" s="18" t="s">
-        <v>597</v>
+        <v>590</v>
       </c>
       <c r="E175" s="20">
-        <v>11611880745.639999</v>
+        <v>12762840255.1</v>
       </c>
       <c r="F175" s="20">
-        <v>235822111</v>
+        <v>236567938</v>
       </c>
       <c r="G175" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I175" s="18" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="J175" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L175" s="18">
         <v>19861112</v>
       </c>
       <c r="R175" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="AA175" s="19">
-        <v>50517203</v>
+        <v>63450292</v>
       </c>
       <c r="AB175" s="20">
-        <v>2248789231</v>
+        <v>2918298294</v>
       </c>
       <c r="AC175" s="20">
-        <v>218339</v>
+        <v>272628</v>
       </c>
       <c r="AD175" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="176" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A176" s="17" t="s">
-        <v>598</v>
+        <v>591</v>
       </c>
       <c r="B176" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C176" s="17" t="s">
-        <v>599</v>
+        <v>592</v>
       </c>
       <c r="D176" s="18" t="s">
-        <v>600</v>
+        <v>593</v>
       </c>
       <c r="E176" s="20">
-        <v>26564944</v>
+        <v>26943733.890000001</v>
       </c>
       <c r="F176" s="20">
-        <v>33206180</v>
+        <v>33263869</v>
       </c>
       <c r="G176" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I176" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J176" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K176" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L176" s="18">
         <v>20130410</v>
       </c>
       <c r="U176" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="Y176" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA176" s="19">
-        <v>3922640</v>
+        <v>5004341</v>
       </c>
       <c r="AB176" s="20">
-        <v>3601184.5</v>
+        <v>4480163</v>
       </c>
       <c r="AC176" s="20">
-        <v>3950</v>
+        <v>4847</v>
       </c>
       <c r="AD176" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="177" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A177" s="17" t="s">
-        <v>601</v>
+        <v>594</v>
       </c>
       <c r="B177" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C177" s="17" t="s">
-        <v>602</v>
+        <v>595</v>
       </c>
       <c r="D177" s="18" t="s">
-        <v>603</v>
+        <v>596</v>
       </c>
       <c r="E177" s="20">
-        <v>50350771483.040001</v>
+        <v>47832730993.839996</v>
       </c>
       <c r="F177" s="20">
-        <v>232342768</v>
+        <v>231808168</v>
       </c>
       <c r="G177" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I177" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J177" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K177" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L177" s="18">
         <v>20041214</v>
       </c>
       <c r="R177" s="18">
         <v>60</v>
       </c>
       <c r="AA177" s="19">
-        <v>55606321</v>
+        <v>76430299</v>
       </c>
       <c r="AB177" s="20">
-        <v>14664611422.5</v>
+        <v>19798607288</v>
       </c>
       <c r="AC177" s="20">
-        <v>328436</v>
+        <v>443496</v>
       </c>
       <c r="AD177" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="178" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A178" s="17" t="s">
-        <v>604</v>
+        <v>597</v>
       </c>
       <c r="B178" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C178" s="17" t="s">
-        <v>605</v>
+        <v>598</v>
       </c>
       <c r="D178" s="18" t="s">
-        <v>606</v>
+        <v>599</v>
       </c>
       <c r="E178" s="20">
-        <v>651404297.75999999</v>
+        <v>520139499.45999998</v>
       </c>
       <c r="F178" s="20">
-        <v>51453736</v>
+        <v>65757206</v>
       </c>
       <c r="G178" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H178" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="I178" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J178" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L178" s="18">
         <v>19720529</v>
       </c>
       <c r="AA178" s="19">
-        <v>33651952</v>
+        <v>53299170</v>
       </c>
       <c r="AB178" s="20">
-        <v>484971884.5</v>
+        <v>685496389</v>
       </c>
       <c r="AC178" s="20">
-        <v>187672</v>
+        <v>274651</v>
       </c>
       <c r="AD178" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="179" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A179" s="17" t="s">
-        <v>607</v>
+        <v>600</v>
       </c>
       <c r="B179" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C179" s="17" t="s">
-        <v>608</v>
+        <v>601</v>
       </c>
       <c r="D179" s="18" t="s">
-        <v>609</v>
+        <v>602</v>
       </c>
       <c r="E179" s="20">
         <v>1869178252.98</v>
       </c>
       <c r="F179" s="20">
         <v>139699421</v>
       </c>
       <c r="G179" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I179" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J179" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K179" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L179" s="18">
         <v>20070425</v>
       </c>
       <c r="P179" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="R179" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="U179" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="Y179" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA179" s="19">
-        <v>118204921</v>
+        <v>138322415</v>
       </c>
       <c r="AB179" s="20">
-        <v>1451858064.5</v>
+        <v>1721061165.5</v>
       </c>
       <c r="AC179" s="20">
-        <v>297097</v>
+        <v>325006</v>
       </c>
       <c r="AD179" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="180" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A180" s="17" t="s">
-        <v>610</v>
+        <v>603</v>
       </c>
       <c r="B180" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C180" s="17" t="s">
-        <v>611</v>
+        <v>604</v>
       </c>
       <c r="D180" s="18" t="s">
-        <v>612</v>
+        <v>605</v>
       </c>
       <c r="E180" s="20">
-        <v>118843939.3</v>
+        <v>109839695.37</v>
       </c>
       <c r="F180" s="20">
         <v>914347393</v>
       </c>
       <c r="G180" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I180" s="18" t="s">
-        <v>613</v>
+        <v>606</v>
       </c>
       <c r="J180" s="18" t="s">
         <v>15</v>
       </c>
       <c r="K180" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L180" s="18">
         <v>20160602</v>
       </c>
       <c r="P180" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Q180" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="U180" s="18" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="V180" s="18" t="s">
-        <v>1447</v>
+        <v>1425</v>
       </c>
       <c r="AA180" s="19">
-        <v>21045527.489999998</v>
+        <v>22716688.364999998</v>
       </c>
       <c r="AB180" s="20">
-        <v>6494658</v>
+        <v>6908265</v>
       </c>
       <c r="AC180" s="20">
-        <v>9353</v>
+        <v>10248</v>
       </c>
       <c r="AD180" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="181" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A181" s="17" t="s">
-        <v>614</v>
+        <v>607</v>
       </c>
       <c r="B181" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C181" s="17" t="s">
-        <v>615</v>
+        <v>608</v>
       </c>
       <c r="D181" s="18" t="s">
-        <v>616</v>
+        <v>609</v>
       </c>
       <c r="E181" s="20">
-        <v>1553235932.2</v>
+        <v>1460098215.72</v>
       </c>
       <c r="F181" s="20">
-        <v>41641714</v>
+        <v>41932746</v>
       </c>
       <c r="G181" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I181" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J181" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K181" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L181" s="18">
         <v>20170707</v>
       </c>
       <c r="R181" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="T181" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA181" s="19">
-        <v>11838045</v>
+        <v>14205908</v>
       </c>
       <c r="AB181" s="20">
-        <v>388203322</v>
+        <v>473650546.5</v>
       </c>
       <c r="AC181" s="20">
-        <v>74871</v>
+        <v>89729</v>
       </c>
       <c r="AD181" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="182" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A182" s="17" t="s">
-        <v>617</v>
+        <v>610</v>
       </c>
       <c r="B182" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C182" s="17" t="s">
-        <v>618</v>
+        <v>611</v>
       </c>
       <c r="D182" s="18" t="s">
-        <v>619</v>
+        <v>612</v>
       </c>
       <c r="E182" s="20">
-        <v>472984723.97000003</v>
+        <v>489092965.05000001</v>
       </c>
       <c r="F182" s="20">
         <v>12990517</v>
       </c>
       <c r="G182" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I182" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J182" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K182" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L182" s="18">
         <v>20050202</v>
       </c>
       <c r="AA182" s="19">
-        <v>3022894</v>
+        <v>3674740</v>
       </c>
       <c r="AB182" s="20">
-        <v>106450070.5</v>
+        <v>130580140</v>
       </c>
       <c r="AC182" s="20">
-        <v>14933</v>
+        <v>18970</v>
       </c>
       <c r="AD182" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="183" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A183" s="17" t="s">
-        <v>620</v>
+        <v>613</v>
       </c>
       <c r="B183" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C183" s="17" t="s">
-        <v>621</v>
+        <v>614</v>
       </c>
       <c r="D183" s="18" t="s">
-        <v>622</v>
+        <v>615</v>
       </c>
       <c r="E183" s="20">
-        <v>9101414.1899999995</v>
+        <v>11583618.060000001</v>
       </c>
       <c r="F183" s="20">
         <v>55160086</v>
       </c>
       <c r="G183" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I183" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J183" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K183" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L183" s="18">
         <v>20140522</v>
       </c>
       <c r="P183" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="AA183" s="19">
-        <v>4751008</v>
+        <v>7475297</v>
       </c>
       <c r="AB183" s="20">
-        <v>755576.5</v>
+        <v>1272205</v>
       </c>
       <c r="AC183" s="20">
-        <v>1213</v>
+        <v>1793</v>
       </c>
       <c r="AD183" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="184" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A184" s="17" t="s">
-        <v>623</v>
+        <v>616</v>
       </c>
       <c r="B184" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C184" s="17" t="s">
-        <v>624</v>
+        <v>617</v>
       </c>
       <c r="D184" s="18" t="s">
-        <v>625</v>
+        <v>618</v>
       </c>
       <c r="E184" s="20">
-        <v>2174741188.3200002</v>
+        <v>2101394606.5899999</v>
       </c>
       <c r="F184" s="20">
-        <v>121020656</v>
+        <v>121257623</v>
       </c>
       <c r="G184" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I184" s="18" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="J184" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K184" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L184" s="18">
         <v>20030403</v>
       </c>
       <c r="P184" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Q184" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="R184" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="U184" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="Y184" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA184" s="19">
-        <v>54775014</v>
+        <v>65484629</v>
       </c>
       <c r="AB184" s="20">
-        <v>958497354.5</v>
+        <v>1149564565</v>
       </c>
       <c r="AC184" s="20">
-        <v>246099</v>
+        <v>292850</v>
       </c>
       <c r="AD184" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="185" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A185" s="17" t="s">
-        <v>626</v>
+        <v>619</v>
       </c>
       <c r="B185" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C185" s="17" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
       <c r="D185" s="18" t="s">
-        <v>628</v>
+        <v>621</v>
       </c>
       <c r="E185" s="20">
-        <v>538676379.45000005</v>
+        <v>456334281.39999998</v>
       </c>
       <c r="F185" s="20">
-        <v>32006915</v>
+        <v>32136217</v>
       </c>
       <c r="G185" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I185" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J185" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K185" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L185" s="18">
         <v>20210119</v>
       </c>
       <c r="T185" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA185" s="19">
-        <v>7024762</v>
+        <v>9226622</v>
       </c>
       <c r="AB185" s="20">
-        <v>80721867</v>
+        <v>115529270</v>
       </c>
       <c r="AC185" s="20">
-        <v>26237</v>
+        <v>37786</v>
       </c>
       <c r="AD185" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="186" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A186" s="17" t="s">
-        <v>629</v>
+        <v>622</v>
       </c>
       <c r="B186" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C186" s="17" t="s">
-        <v>630</v>
+        <v>623</v>
       </c>
       <c r="D186" s="18" t="s">
-        <v>631</v>
+        <v>624</v>
       </c>
       <c r="E186" s="20">
-        <v>652162500</v>
+        <v>670177530</v>
       </c>
       <c r="F186" s="20">
         <v>3069000</v>
       </c>
       <c r="G186" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I186" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J186" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L186" s="18">
         <v>19991206</v>
       </c>
       <c r="T186" s="18" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="AA186" s="19">
-        <v>450294</v>
+        <v>522887</v>
       </c>
       <c r="AB186" s="20">
-        <v>91268281</v>
+        <v>106943665.5</v>
       </c>
       <c r="AC186" s="20">
-        <v>4505</v>
+        <v>5410</v>
       </c>
       <c r="AD186" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="187" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A187" s="17" t="s">
-        <v>632</v>
+        <v>625</v>
       </c>
       <c r="B187" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C187" s="17" t="s">
-        <v>633</v>
+        <v>626</v>
       </c>
       <c r="D187" s="18" t="s">
-        <v>634</v>
+        <v>627</v>
       </c>
       <c r="E187" s="20">
-        <v>1467384224.5</v>
+        <v>1603627287.5999999</v>
       </c>
       <c r="F187" s="20">
-        <v>49233909</v>
+        <v>49553372</v>
       </c>
       <c r="G187" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I187" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J187" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L187" s="18">
         <v>19830506</v>
       </c>
       <c r="R187" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="AA187" s="19">
-        <v>32985239</v>
+        <v>44837195</v>
       </c>
       <c r="AB187" s="20">
-        <v>937111706</v>
+        <v>1322505604.5</v>
       </c>
       <c r="AC187" s="20">
-        <v>146764</v>
+        <v>190986</v>
       </c>
       <c r="AD187" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="188" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A188" s="17" t="s">
-        <v>635</v>
+        <v>628</v>
       </c>
       <c r="B188" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C188" s="17" t="s">
-        <v>636</v>
+        <v>629</v>
       </c>
       <c r="D188" s="18" t="s">
-        <v>637</v>
+        <v>630</v>
       </c>
       <c r="E188" s="20">
-        <v>2038521984.78</v>
+        <v>1994146924.8299999</v>
       </c>
       <c r="F188" s="20">
         <v>68269323</v>
       </c>
       <c r="G188" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I188" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J188" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L188" s="18">
         <v>19691111</v>
       </c>
       <c r="T188" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA188" s="19">
-        <v>3106437</v>
+        <v>4168402</v>
       </c>
       <c r="AB188" s="20">
-        <v>80525670.5</v>
+        <v>111233700</v>
       </c>
       <c r="AC188" s="20">
-        <v>20030</v>
+        <v>25700</v>
       </c>
       <c r="AD188" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="189" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A189" s="17" t="s">
-        <v>638</v>
+        <v>631</v>
       </c>
       <c r="B189" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C189" s="17" t="s">
-        <v>639</v>
+        <v>632</v>
       </c>
       <c r="D189" s="18" t="s">
-        <v>640</v>
+        <v>633</v>
       </c>
       <c r="E189" s="20">
-        <v>4484522833.2600002</v>
+        <v>4542538132.6499996</v>
       </c>
       <c r="F189" s="20">
         <v>59809587</v>
       </c>
       <c r="G189" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I189" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J189" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L189" s="18">
         <v>19860129</v>
       </c>
       <c r="R189" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="AA189" s="19">
-        <v>22645582</v>
+        <v>26719311</v>
       </c>
       <c r="AB189" s="20">
-        <v>1317447083.5</v>
+        <v>1623866373</v>
       </c>
       <c r="AC189" s="20">
-        <v>146385</v>
+        <v>176495</v>
       </c>
       <c r="AD189" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="190" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A190" s="17" t="s">
-        <v>641</v>
+        <v>634</v>
       </c>
       <c r="B190" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C190" s="17" t="s">
-        <v>642</v>
+        <v>635</v>
       </c>
       <c r="D190" s="18" t="s">
-        <v>643</v>
+        <v>636</v>
       </c>
       <c r="E190" s="20">
-        <v>66587568597.639999</v>
+        <v>66040432331.099998</v>
       </c>
       <c r="F190" s="20">
-        <v>1187155796</v>
+        <v>1184794265</v>
       </c>
       <c r="G190" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I190" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J190" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L190" s="18">
         <v>19560313</v>
       </c>
       <c r="R190" s="18">
         <v>60</v>
       </c>
       <c r="T190" s="18" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="AA190" s="19">
-        <v>73677610</v>
+        <v>128617323</v>
       </c>
       <c r="AB190" s="20">
-        <v>13331732062.5</v>
+        <v>16391641185.5</v>
       </c>
       <c r="AC190" s="20">
-        <v>448474</v>
+        <v>670982</v>
       </c>
       <c r="AD190" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="191" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A191" s="17" t="s">
-        <v>645</v>
+        <v>638</v>
       </c>
       <c r="B191" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C191" s="17" t="s">
-        <v>646</v>
+        <v>639</v>
       </c>
       <c r="D191" s="18" t="s">
-        <v>647</v>
+        <v>640</v>
       </c>
       <c r="E191" s="20">
-        <v>277205463</v>
+        <v>300916930.80000001</v>
       </c>
       <c r="F191" s="20">
         <v>59462555</v>
       </c>
       <c r="G191" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I191" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J191" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L191" s="18">
         <v>19980512</v>
       </c>
       <c r="U191" s="18" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="AA191" s="19">
-        <v>208448</v>
+        <v>244505</v>
       </c>
       <c r="AB191" s="20">
-        <v>975386.5</v>
+        <v>1158501</v>
       </c>
       <c r="AC191" s="20">
-        <v>402</v>
+        <v>480</v>
       </c>
       <c r="AD191" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="192" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A192" s="17" t="s">
-        <v>648</v>
+        <v>641</v>
       </c>
       <c r="B192" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C192" s="17" t="s">
-        <v>649</v>
+        <v>642</v>
       </c>
       <c r="D192" s="18" t="s">
-        <v>650</v>
+        <v>643</v>
       </c>
       <c r="E192" s="20">
-        <v>910788965.20000005</v>
+        <v>983478992.41999996</v>
       </c>
       <c r="F192" s="20">
-        <v>57138580</v>
+        <v>57079454</v>
       </c>
       <c r="G192" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I192" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J192" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L192" s="18">
         <v>19460923</v>
       </c>
       <c r="AA192" s="19">
-        <v>4246483</v>
+        <v>5501994</v>
       </c>
       <c r="AB192" s="20">
-        <v>64505034</v>
+        <v>85652520</v>
       </c>
       <c r="AC192" s="20">
-        <v>21578</v>
+        <v>29014</v>
       </c>
       <c r="AD192" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="193" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A193" s="17" t="s">
-        <v>651</v>
+        <v>644</v>
       </c>
       <c r="B193" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C193" s="17" t="s">
-        <v>652</v>
+        <v>645</v>
       </c>
       <c r="D193" s="18" t="s">
-        <v>653</v>
+        <v>646</v>
       </c>
       <c r="E193" s="20">
-        <v>17763333534.720001</v>
+        <v>18673012668.82</v>
       </c>
       <c r="F193" s="20">
-        <v>281778768</v>
+        <v>281814257</v>
       </c>
       <c r="G193" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I193" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J193" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L193" s="18">
         <v>19621220</v>
       </c>
       <c r="M193" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="R193" s="18">
         <v>60</v>
       </c>
       <c r="AA193" s="19">
-        <v>256826207</v>
+        <v>299950210</v>
       </c>
       <c r="AB193" s="20">
-        <v>13508315528</v>
+        <v>16278147953.5</v>
       </c>
       <c r="AC193" s="20">
-        <v>771883</v>
+        <v>935628</v>
       </c>
       <c r="AD193" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="194" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A194" s="17" t="s">
-        <v>654</v>
+        <v>647</v>
       </c>
       <c r="B194" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C194" s="17" t="s">
-        <v>655</v>
+        <v>648</v>
       </c>
       <c r="D194" s="18" t="s">
-        <v>656</v>
+        <v>649</v>
       </c>
       <c r="E194" s="20">
-        <v>1840652931.3599999</v>
+        <v>1757302369.6800001</v>
       </c>
       <c r="F194" s="20">
-        <v>9318818</v>
+        <v>9309718</v>
       </c>
       <c r="G194" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I194" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J194" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K194" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L194" s="18">
         <v>20000531</v>
       </c>
       <c r="P194" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Q194" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="U194" s="18" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="AA194" s="19">
-        <v>735020</v>
+        <v>911654</v>
       </c>
       <c r="AB194" s="20">
-        <v>141522247.5</v>
+        <v>175034323.5</v>
       </c>
       <c r="AC194" s="20">
-        <v>7789</v>
+        <v>10200</v>
       </c>
       <c r="AD194" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="195" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A195" s="17" t="s">
-        <v>657</v>
+        <v>650</v>
       </c>
       <c r="B195" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C195" s="17" t="s">
-        <v>658</v>
+        <v>651</v>
       </c>
       <c r="D195" s="18" t="s">
-        <v>659</v>
+        <v>652</v>
       </c>
       <c r="E195" s="20">
-        <v>792674252.48000002</v>
+        <v>1011998347.1</v>
       </c>
       <c r="F195" s="20">
-        <v>81887836</v>
+        <v>81943186</v>
       </c>
       <c r="G195" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H195" s="18" t="s">
-        <v>521</v>
+        <v>514</v>
       </c>
       <c r="I195" s="18" t="s">
-        <v>660</v>
+        <v>653</v>
       </c>
       <c r="J195" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L195" s="18">
         <v>19950308</v>
       </c>
       <c r="AA195" s="19">
-        <v>22336803</v>
+        <v>30272098</v>
       </c>
       <c r="AB195" s="20">
-        <v>187436835.5</v>
+        <v>279115100</v>
       </c>
       <c r="AC195" s="20">
-        <v>110562</v>
+        <v>150117</v>
       </c>
       <c r="AD195" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="196" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A196" s="17" t="s">
-        <v>661</v>
+        <v>654</v>
       </c>
       <c r="B196" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C196" s="17" t="s">
-        <v>662</v>
+        <v>655</v>
       </c>
       <c r="D196" s="18" t="s">
-        <v>663</v>
+        <v>656</v>
       </c>
       <c r="E196" s="20">
-        <v>74134837762.300003</v>
+        <v>79133840603.5</v>
       </c>
       <c r="F196" s="20">
-        <v>1800535952</v>
+        <v>1791648464</v>
       </c>
       <c r="G196" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I196" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J196" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K196" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L196" s="18">
         <v>19990930</v>
       </c>
       <c r="M196" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="N196" s="18" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="R196" s="18">
         <v>60</v>
       </c>
       <c r="AA196" s="19">
-        <v>1285181118</v>
+        <v>1521264089</v>
       </c>
       <c r="AB196" s="20">
-        <v>54784844095.5</v>
+        <v>65124214912.5</v>
       </c>
       <c r="AC196" s="20">
-        <v>2103018</v>
+        <v>2531950</v>
       </c>
       <c r="AD196" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="197" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A197" s="17" t="s">
-        <v>664</v>
+        <v>657</v>
       </c>
       <c r="B197" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C197" s="17" t="s">
-        <v>665</v>
+        <v>658</v>
       </c>
       <c r="D197" s="18" t="s">
-        <v>666</v>
+        <v>659</v>
       </c>
       <c r="E197" s="20">
-        <v>4481795606.3999996</v>
+        <v>3367278711.52</v>
       </c>
       <c r="F197" s="20">
-        <v>124080720</v>
+        <v>124899062</v>
       </c>
       <c r="G197" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I197" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J197" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L197" s="18">
         <v>19950424</v>
       </c>
       <c r="R197" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="T197" s="18" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="AA197" s="19">
-        <v>36522616</v>
+        <v>48158752</v>
       </c>
       <c r="AB197" s="20">
-        <v>974081386</v>
+        <v>1343106136.5</v>
       </c>
       <c r="AC197" s="20">
-        <v>192794</v>
+        <v>252807</v>
       </c>
       <c r="AD197" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="198" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A198" s="17" t="s">
-        <v>667</v>
+        <v>660</v>
       </c>
       <c r="B198" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C198" s="17" t="s">
-        <v>668</v>
+        <v>661</v>
       </c>
       <c r="D198" s="18" t="s">
-        <v>669</v>
+        <v>662</v>
       </c>
       <c r="E198" s="20">
-        <v>754809983.75999999</v>
+        <v>736613021.75999999</v>
       </c>
       <c r="F198" s="20">
         <v>72787848</v>
       </c>
       <c r="G198" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I198" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J198" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L198" s="18">
         <v>19970919</v>
       </c>
       <c r="AA198" s="19">
-        <v>25317654</v>
+        <v>33744745</v>
       </c>
       <c r="AB198" s="20">
-        <v>211728386</v>
+        <v>301596489</v>
       </c>
       <c r="AC198" s="20">
-        <v>120364</v>
+        <v>164747</v>
       </c>
       <c r="AD198" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="199" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A199" s="17" t="s">
-        <v>670</v>
+        <v>663</v>
       </c>
       <c r="B199" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C199" s="17" t="s">
-        <v>671</v>
+        <v>664</v>
       </c>
       <c r="D199" s="18" t="s">
-        <v>672</v>
+        <v>665</v>
       </c>
       <c r="E199" s="20">
-        <v>705460136.28999996</v>
+        <v>669208387.89999998</v>
       </c>
       <c r="F199" s="20">
-        <v>61504807</v>
+        <v>61170785</v>
       </c>
       <c r="G199" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H199" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="I199" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J199" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L199" s="18">
         <v>19690627</v>
       </c>
       <c r="AA199" s="19">
-        <v>44909833</v>
+        <v>54860541</v>
       </c>
       <c r="AB199" s="20">
-        <v>490245184.5</v>
+        <v>599724505.5</v>
       </c>
       <c r="AC199" s="20">
-        <v>217005</v>
+        <v>267718</v>
       </c>
       <c r="AD199" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="200" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A200" s="17" t="s">
-        <v>673</v>
+        <v>666</v>
       </c>
       <c r="B200" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C200" s="17" t="s">
-        <v>674</v>
+        <v>667</v>
       </c>
       <c r="D200" s="18" t="s">
-        <v>675</v>
+        <v>668</v>
       </c>
       <c r="E200" s="20">
-        <v>868744404.99000001</v>
+        <v>862295487.75999999</v>
       </c>
       <c r="F200" s="20">
-        <v>39650589</v>
+        <v>40162808</v>
       </c>
       <c r="G200" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I200" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J200" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L200" s="18">
         <v>19920116</v>
       </c>
       <c r="AA200" s="19">
-        <v>7209723</v>
+        <v>9457357</v>
       </c>
       <c r="AB200" s="20">
-        <v>137549948.5</v>
+        <v>186050916.5</v>
       </c>
       <c r="AC200" s="20">
-        <v>35497</v>
+        <v>48572</v>
       </c>
       <c r="AD200" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="201" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A201" s="17" t="s">
-        <v>676</v>
+        <v>669</v>
       </c>
       <c r="B201" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C201" s="17" t="s">
-        <v>677</v>
+        <v>670</v>
       </c>
       <c r="D201" s="18" t="s">
-        <v>678</v>
+        <v>671</v>
       </c>
       <c r="E201" s="20">
-        <v>88866104.680000007</v>
+        <v>94302169.280000001</v>
       </c>
       <c r="F201" s="20">
-        <v>26766899</v>
+        <v>26790389</v>
       </c>
       <c r="G201" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H201" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="I201" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J201" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L201" s="18">
         <v>19971118</v>
       </c>
       <c r="AA201" s="19">
-        <v>16951558</v>
+        <v>18937325</v>
       </c>
       <c r="AB201" s="20">
-        <v>54612595</v>
+        <v>61636575.5</v>
       </c>
       <c r="AC201" s="20">
-        <v>35437</v>
+        <v>41080</v>
       </c>
       <c r="AD201" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="202" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A202" s="17" t="s">
-        <v>679</v>
+        <v>672</v>
       </c>
       <c r="B202" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C202" s="17" t="s">
-        <v>680</v>
+        <v>673</v>
       </c>
       <c r="D202" s="18" t="s">
-        <v>681</v>
+        <v>674</v>
       </c>
       <c r="E202" s="20">
-        <v>272663015.39999998</v>
+        <v>265064283.05000001</v>
       </c>
       <c r="F202" s="20">
-        <v>18675549</v>
+        <v>18343549</v>
       </c>
       <c r="G202" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I202" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J202" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K202" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L202" s="18">
         <v>20040329</v>
       </c>
       <c r="U202" s="18" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="AA202" s="19">
-        <v>9396247</v>
+        <v>10545752</v>
       </c>
       <c r="AB202" s="20">
-        <v>152565037.5</v>
+        <v>169169303.5</v>
       </c>
       <c r="AC202" s="20">
-        <v>47108</v>
+        <v>54880</v>
       </c>
       <c r="AD202" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="203" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A203" s="17" t="s">
-        <v>682</v>
+        <v>675</v>
       </c>
       <c r="B203" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C203" s="17" t="s">
-        <v>683</v>
+        <v>676</v>
       </c>
       <c r="D203" s="18" t="s">
-        <v>684</v>
+        <v>677</v>
       </c>
       <c r="E203" s="20">
-        <v>457246247.92000002</v>
+        <v>444123178.5</v>
       </c>
       <c r="F203" s="20">
-        <v>30161362</v>
+        <v>30110046</v>
       </c>
       <c r="G203" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I203" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J203" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L203" s="18">
         <v>19720627</v>
       </c>
       <c r="U203" s="18" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="AA203" s="19">
-        <v>1230687</v>
+        <v>1448133</v>
       </c>
       <c r="AB203" s="20">
-        <v>16092328.5</v>
+        <v>19361066.5</v>
       </c>
       <c r="AC203" s="20">
-        <v>3586</v>
+        <v>4275</v>
       </c>
       <c r="AD203" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="204" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A204" s="17" t="s">
-        <v>685</v>
+        <v>678</v>
       </c>
       <c r="B204" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C204" s="17" t="s">
-        <v>686</v>
+        <v>679</v>
       </c>
       <c r="D204" s="18" t="s">
-        <v>687</v>
+        <v>680</v>
       </c>
       <c r="E204" s="20">
-        <v>3772621785.5999999</v>
+        <v>4269141504</v>
       </c>
       <c r="F204" s="20">
         <v>77339520</v>
       </c>
       <c r="G204" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I204" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J204" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L204" s="18">
         <v>19730706</v>
       </c>
       <c r="M204" s="18" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="R204" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="AA204" s="19">
-        <v>34467188</v>
+        <v>44101640</v>
       </c>
       <c r="AB204" s="20">
-        <v>1752162924</v>
+        <v>2256534522.5</v>
       </c>
       <c r="AC204" s="20">
-        <v>226825</v>
+        <v>290516</v>
       </c>
       <c r="AD204" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="205" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A205" s="17" t="s">
-        <v>688</v>
+        <v>681</v>
       </c>
       <c r="B205" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C205" s="17" t="s">
-        <v>689</v>
+        <v>682</v>
       </c>
       <c r="D205" s="18" t="s">
-        <v>690</v>
+        <v>683</v>
       </c>
       <c r="E205" s="20">
-        <v>21346726009.68</v>
+        <v>20104746086.779999</v>
       </c>
       <c r="F205" s="20">
-        <v>216850122</v>
+        <v>215047022</v>
       </c>
       <c r="G205" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I205" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J205" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L205" s="18">
         <v>19930119</v>
       </c>
       <c r="R205" s="18">
         <v>60</v>
       </c>
       <c r="T205" s="18" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="AA205" s="19">
-        <v>80190141</v>
+        <v>104487490</v>
       </c>
       <c r="AB205" s="20">
-        <v>7960068282</v>
+        <v>10252187868</v>
       </c>
       <c r="AC205" s="20">
-        <v>435491</v>
+        <v>557803</v>
       </c>
       <c r="AD205" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="206" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A206" s="17" t="s">
-        <v>691</v>
+        <v>684</v>
       </c>
       <c r="B206" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C206" s="17" t="s">
-        <v>692</v>
+        <v>685</v>
       </c>
       <c r="D206" s="18" t="s">
-        <v>644</v>
+        <v>637</v>
       </c>
       <c r="E206" s="20">
-        <v>500542830.01999998</v>
+        <v>502972147.20999998</v>
       </c>
       <c r="F206" s="20">
-        <v>36885986</v>
+        <v>36633077</v>
       </c>
       <c r="G206" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I206" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J206" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K206" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L206" s="18">
         <v>20180703</v>
       </c>
       <c r="U206" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="Y206" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA206" s="19">
-        <v>26398640</v>
+        <v>30199975</v>
       </c>
       <c r="AB206" s="20">
-        <v>356350220.5</v>
+        <v>408491202</v>
       </c>
       <c r="AC206" s="20">
-        <v>129850</v>
+        <v>147886</v>
       </c>
       <c r="AD206" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="207" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A207" s="17" t="s">
-        <v>693</v>
+        <v>686</v>
       </c>
       <c r="B207" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C207" s="17" t="s">
-        <v>694</v>
+        <v>687</v>
       </c>
       <c r="D207" s="18" t="s">
-        <v>695</v>
+        <v>688</v>
       </c>
       <c r="E207" s="20">
-        <v>59873215</v>
+        <v>52688429.200000003</v>
       </c>
       <c r="F207" s="20">
         <v>23949286</v>
       </c>
       <c r="G207" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I207" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J207" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K207" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L207" s="18">
         <v>20131021</v>
       </c>
       <c r="M207" s="18" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="P207" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="AA207" s="19">
-        <v>12132217</v>
+        <v>15305852</v>
       </c>
       <c r="AB207" s="20">
-        <v>29901450.5</v>
+        <v>37988423</v>
       </c>
       <c r="AC207" s="20">
-        <v>34687</v>
+        <v>43815</v>
       </c>
       <c r="AD207" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="208" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A208" s="17" t="s">
-        <v>696</v>
+        <v>689</v>
       </c>
       <c r="B208" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C208" s="17" t="s">
-        <v>697</v>
+        <v>690</v>
       </c>
       <c r="D208" s="18" t="s">
-        <v>698</v>
+        <v>691</v>
       </c>
       <c r="E208" s="20">
-        <v>690672395.29999995</v>
+        <v>645600239.70000005</v>
       </c>
       <c r="F208" s="20">
         <v>9772909</v>
       </c>
       <c r="G208" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I208" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J208" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L208" s="18">
         <v>19450302</v>
       </c>
       <c r="T208" s="18" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="AA208" s="19">
-        <v>107286</v>
+        <v>157027</v>
       </c>
       <c r="AB208" s="20">
-        <v>8076677.5</v>
+        <v>11328598</v>
       </c>
       <c r="AC208" s="20">
-        <v>1407</v>
+        <v>2028</v>
       </c>
       <c r="AD208" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="209" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A209" s="17" t="s">
-        <v>699</v>
+        <v>692</v>
       </c>
       <c r="B209" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C209" s="17" t="s">
-        <v>700</v>
+        <v>693</v>
       </c>
       <c r="D209" s="18" t="s">
-        <v>701</v>
+        <v>694</v>
       </c>
       <c r="E209" s="20">
-        <v>1252572601.3800001</v>
+        <v>1242172088.99</v>
       </c>
       <c r="F209" s="20">
-        <v>10703919</v>
+        <v>10678003</v>
       </c>
       <c r="G209" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I209" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J209" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L209" s="18">
         <v>19620614</v>
       </c>
       <c r="U209" s="18" t="s">
-        <v>702</v>
+        <v>695</v>
       </c>
       <c r="AA209" s="19">
-        <v>463343</v>
+        <v>515832</v>
       </c>
       <c r="AB209" s="20">
-        <v>53829202</v>
+        <v>59898321.5</v>
       </c>
       <c r="AC209" s="20">
-        <v>2693</v>
+        <v>3274</v>
       </c>
       <c r="AD209" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="210" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A210" s="17" t="s">
-        <v>703</v>
+        <v>696</v>
       </c>
       <c r="B210" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C210" s="17" t="s">
-        <v>704</v>
+        <v>697</v>
       </c>
       <c r="D210" s="18" t="s">
-        <v>705</v>
+        <v>698</v>
       </c>
       <c r="E210" s="20">
-        <v>723086243.36000001</v>
+        <v>668207905.65999997</v>
       </c>
       <c r="F210" s="20">
-        <v>35655266</v>
+        <v>35563326</v>
       </c>
       <c r="G210" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I210" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J210" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K210" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L210" s="18">
         <v>20120418</v>
       </c>
       <c r="U210" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="Y210" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA210" s="19">
-        <v>6067064</v>
+        <v>7035541</v>
       </c>
       <c r="AB210" s="20">
-        <v>108181717.5</v>
+        <v>125998734.5</v>
       </c>
       <c r="AC210" s="20">
-        <v>25886</v>
+        <v>31091</v>
       </c>
       <c r="AD210" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="211" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A211" s="17" t="s">
-        <v>706</v>
+        <v>699</v>
       </c>
       <c r="B211" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C211" s="17" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="D211" s="18" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="E211" s="20">
-        <v>536904585.44000006</v>
+        <v>546635390.79999995</v>
       </c>
       <c r="F211" s="20">
-        <v>66913648</v>
+        <v>67287995</v>
       </c>
       <c r="G211" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I211" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J211" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L211" s="18">
         <v>19971010</v>
       </c>
       <c r="U211" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="Y211" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA211" s="19">
-        <v>2953033</v>
+        <v>3337873</v>
       </c>
       <c r="AB211" s="20">
-        <v>34479191</v>
+        <v>40259968</v>
       </c>
       <c r="AC211" s="20">
-        <v>5562</v>
+        <v>6715</v>
       </c>
       <c r="AD211" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="212" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A212" s="17" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
       <c r="B212" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C212" s="17" t="s">
-        <v>710</v>
+        <v>703</v>
       </c>
       <c r="D212" s="18" t="s">
-        <v>711</v>
+        <v>704</v>
       </c>
       <c r="E212" s="20">
-        <v>879584898.5</v>
+        <v>772951656.24000001</v>
       </c>
       <c r="F212" s="20">
-        <v>22846361</v>
+        <v>22841361</v>
       </c>
       <c r="G212" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I212" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J212" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K212" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L212" s="18">
         <v>20100513</v>
       </c>
       <c r="P212" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="T212" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA212" s="19">
-        <v>10028998</v>
+        <v>13917628</v>
       </c>
       <c r="AB212" s="20">
-        <v>426917022</v>
+        <v>569367808</v>
       </c>
       <c r="AC212" s="20">
-        <v>73387</v>
+        <v>101242</v>
       </c>
       <c r="AD212" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="213" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A213" s="17" t="s">
-        <v>712</v>
+        <v>705</v>
       </c>
       <c r="B213" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C213" s="17" t="s">
-        <v>713</v>
+        <v>706</v>
       </c>
       <c r="D213" s="18" t="s">
-        <v>714</v>
+        <v>707</v>
       </c>
       <c r="E213" s="20">
-        <v>1335589272.5799999</v>
+        <v>1355709295.4000001</v>
       </c>
       <c r="F213" s="20">
-        <v>88507754</v>
+        <v>88241794</v>
       </c>
       <c r="G213" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H213" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="I213" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J213" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L213" s="18">
         <v>19931213</v>
       </c>
       <c r="R213" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="AA213" s="19">
-        <v>39044954</v>
+        <v>47088745</v>
       </c>
       <c r="AB213" s="20">
-        <v>533482919.5</v>
+        <v>655823963.5</v>
       </c>
       <c r="AC213" s="20">
-        <v>198333</v>
+        <v>240272</v>
       </c>
       <c r="AD213" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="214" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A214" s="17" t="s">
-        <v>715</v>
+        <v>708</v>
       </c>
       <c r="B214" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C214" s="17" t="s">
-        <v>716</v>
+        <v>709</v>
       </c>
       <c r="D214" s="18" t="s">
-        <v>717</v>
+        <v>710</v>
       </c>
       <c r="E214" s="20">
-        <v>58246052532.239998</v>
+        <v>63152347275.5</v>
       </c>
       <c r="F214" s="20">
-        <v>455883434</v>
+        <v>456222765</v>
       </c>
       <c r="G214" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I214" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J214" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L214" s="18">
         <v>19791101</v>
       </c>
       <c r="R214" s="18">
         <v>60</v>
       </c>
       <c r="AA214" s="19">
-        <v>315143678</v>
+        <v>397016453</v>
       </c>
       <c r="AB214" s="20">
-        <v>39697899432</v>
+        <v>51907089468.5</v>
       </c>
       <c r="AC214" s="20">
-        <v>1121562</v>
+        <v>1345966</v>
       </c>
       <c r="AD214" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="215" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A215" s="17" t="s">
-        <v>718</v>
+        <v>711</v>
       </c>
       <c r="B215" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C215" s="17" t="s">
-        <v>719</v>
+        <v>712</v>
       </c>
       <c r="D215" s="18" t="s">
-        <v>720</v>
+        <v>713</v>
       </c>
       <c r="E215" s="20">
-        <v>729345652.07000005</v>
+        <v>804521817.01999998</v>
       </c>
       <c r="F215" s="20">
-        <v>41510851</v>
+        <v>41598853</v>
       </c>
       <c r="G215" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I215" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J215" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K215" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L215" s="18">
         <v>20171208</v>
       </c>
       <c r="AA215" s="19">
-        <v>26573365</v>
+        <v>41656174</v>
       </c>
       <c r="AB215" s="20">
-        <v>338099099.5</v>
+        <v>640674990</v>
       </c>
       <c r="AC215" s="20">
-        <v>126306</v>
+        <v>210023</v>
       </c>
       <c r="AD215" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="216" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A216" s="17" t="s">
-        <v>721</v>
+        <v>714</v>
       </c>
       <c r="B216" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C216" s="17" t="s">
-        <v>722</v>
+        <v>715</v>
       </c>
       <c r="D216" s="18" t="s">
-        <v>723</v>
+        <v>716</v>
       </c>
       <c r="E216" s="20">
-        <v>559709615.79999995</v>
+        <v>561135627.55999994</v>
       </c>
       <c r="F216" s="20">
         <v>71300588</v>
       </c>
       <c r="G216" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I216" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J216" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K216" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L216" s="18">
         <v>20210201</v>
       </c>
       <c r="P216" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Q216" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="U216" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="Y216" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA216" s="19">
-        <v>27868469</v>
+        <v>32633626</v>
       </c>
       <c r="AB216" s="20">
-        <v>202539476.5</v>
+        <v>239935806</v>
       </c>
       <c r="AC216" s="20">
-        <v>92249</v>
+        <v>107374</v>
       </c>
       <c r="AD216" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="217" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A217" s="17" t="s">
-        <v>724</v>
+        <v>717</v>
       </c>
       <c r="B217" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C217" s="17" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="D217" s="18" t="s">
-        <v>726</v>
+        <v>719</v>
       </c>
       <c r="E217" s="20">
-        <v>622576933.37</v>
+        <v>713922976.63999999</v>
       </c>
       <c r="F217" s="20">
-        <v>30726981</v>
+        <v>30600846</v>
       </c>
       <c r="G217" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H217" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="I217" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J217" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K217" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L217" s="18">
         <v>20061127</v>
       </c>
       <c r="M217" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="AA217" s="19">
-        <v>15517173</v>
+        <v>20629104</v>
       </c>
       <c r="AB217" s="20">
-        <v>374761631</v>
+        <v>481582935</v>
       </c>
       <c r="AC217" s="20">
-        <v>104788</v>
+        <v>135586</v>
       </c>
       <c r="AD217" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="218" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A218" s="17" t="s">
-        <v>727</v>
+        <v>720</v>
       </c>
       <c r="B218" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C218" s="17" t="s">
-        <v>728</v>
+        <v>721</v>
       </c>
       <c r="D218" s="18" t="s">
-        <v>729</v>
+        <v>722</v>
       </c>
       <c r="E218" s="20">
-        <v>2414170395</v>
+        <v>2174982946.5</v>
       </c>
       <c r="F218" s="20">
-        <v>47843250</v>
+        <v>47801823</v>
       </c>
       <c r="G218" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I218" s="18" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="J218" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L218" s="18">
         <v>19970407</v>
       </c>
       <c r="R218" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="T218" s="18" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="AA218" s="19">
-        <v>21537340</v>
+        <v>29210687</v>
       </c>
       <c r="AB218" s="20">
-        <v>1075145102</v>
+        <v>1440718072</v>
       </c>
       <c r="AC218" s="20">
-        <v>145912</v>
+        <v>193480</v>
       </c>
       <c r="AD218" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="219" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A219" s="17" t="s">
-        <v>730</v>
+        <v>723</v>
       </c>
       <c r="B219" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C219" s="17" t="s">
-        <v>731</v>
+        <v>724</v>
       </c>
       <c r="D219" s="18" t="s">
-        <v>732</v>
+        <v>725</v>
       </c>
       <c r="E219" s="20">
-        <v>60775399.240000002</v>
+        <v>60679636.020000003</v>
       </c>
       <c r="F219" s="20">
-        <v>3746942</v>
+        <v>3766582</v>
       </c>
       <c r="G219" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I219" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J219" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K219" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L219" s="18">
         <v>20201102</v>
       </c>
       <c r="U219" s="18" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="AA219" s="19">
-        <v>705827</v>
+        <v>871148</v>
       </c>
       <c r="AB219" s="20">
-        <v>10878198</v>
+        <v>13571178</v>
       </c>
       <c r="AC219" s="20">
-        <v>3512</v>
+        <v>4280</v>
       </c>
       <c r="AD219" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="220" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A220" s="17" t="s">
-        <v>733</v>
+        <v>726</v>
       </c>
       <c r="B220" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C220" s="17" t="s">
-        <v>734</v>
+        <v>727</v>
       </c>
       <c r="D220" s="18" t="s">
-        <v>735</v>
+        <v>728</v>
       </c>
       <c r="E220" s="20">
-        <v>1494738988.4400001</v>
+        <v>1511212849.0799999</v>
       </c>
       <c r="F220" s="20">
         <v>251391844</v>
       </c>
       <c r="G220" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I220" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J220" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K220" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L220" s="18">
         <v>20100323</v>
       </c>
       <c r="R220" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="U220" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="Y220" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA220" s="19">
-        <v>99653366.5</v>
+        <v>124105005.5</v>
       </c>
       <c r="AB220" s="20">
-        <v>539766894</v>
+        <v>668067981.5</v>
       </c>
       <c r="AC220" s="20">
-        <v>238235</v>
+        <v>296378</v>
       </c>
       <c r="AD220" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="221" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A221" s="17" t="s">
-        <v>736</v>
+        <v>729</v>
       </c>
       <c r="B221" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C221" s="17" t="s">
-        <v>737</v>
+        <v>730</v>
       </c>
       <c r="D221" s="18" t="s">
-        <v>738</v>
+        <v>731</v>
       </c>
       <c r="E221" s="20">
-        <v>316601627.51999998</v>
+        <v>278822152.31999999</v>
       </c>
       <c r="F221" s="20">
         <v>2406336</v>
       </c>
       <c r="G221" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I221" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J221" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K221" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L221" s="18">
         <v>20130909</v>
       </c>
       <c r="P221" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="AA221" s="19">
-        <v>318014</v>
+        <v>462249</v>
       </c>
       <c r="AB221" s="20">
-        <v>36110912.5</v>
+        <v>53080432</v>
       </c>
       <c r="AC221" s="20">
-        <v>3227</v>
+        <v>4966</v>
       </c>
       <c r="AD221" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="222" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A222" s="17" t="s">
-        <v>739</v>
+        <v>732</v>
       </c>
       <c r="B222" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C222" s="17" t="s">
-        <v>740</v>
+        <v>733</v>
       </c>
       <c r="D222" s="18" t="s">
-        <v>741</v>
+        <v>734</v>
       </c>
       <c r="E222" s="20">
-        <v>8049397660</v>
+        <v>8357984906</v>
       </c>
       <c r="F222" s="20">
-        <v>68505512</v>
+        <v>68508073</v>
       </c>
       <c r="G222" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I222" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J222" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L222" s="18">
         <v>19870430</v>
       </c>
       <c r="R222" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="AA222" s="19">
-        <v>26029006</v>
+        <v>29810093</v>
       </c>
       <c r="AB222" s="20">
-        <v>2690574100.5</v>
+        <v>3149572820</v>
       </c>
       <c r="AC222" s="20">
-        <v>159057</v>
+        <v>184550</v>
       </c>
       <c r="AD222" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="223" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A223" s="17" t="s">
-        <v>742</v>
+        <v>735</v>
       </c>
       <c r="B223" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C223" s="17" t="s">
-        <v>743</v>
+        <v>736</v>
       </c>
       <c r="D223" s="18" t="s">
-        <v>744</v>
+        <v>737</v>
       </c>
       <c r="E223" s="20">
-        <v>58710350.399999999</v>
+        <v>61397740.799999997</v>
       </c>
       <c r="F223" s="20">
-        <v>37634840</v>
+        <v>37899840</v>
       </c>
       <c r="G223" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H223" s="18" t="s">
-        <v>521</v>
+        <v>514</v>
       </c>
       <c r="I223" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J223" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K223" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L223" s="18">
         <v>20080625</v>
       </c>
       <c r="AA223" s="19">
-        <v>8507239</v>
+        <v>10871059</v>
       </c>
       <c r="AB223" s="20">
-        <v>10775235.5</v>
+        <v>14651003</v>
       </c>
       <c r="AC223" s="20">
-        <v>7230</v>
+        <v>9705</v>
       </c>
       <c r="AD223" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="224" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A224" s="17" t="s">
-        <v>745</v>
+        <v>738</v>
       </c>
       <c r="B224" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C224" s="17" t="s">
-        <v>746</v>
+        <v>739</v>
       </c>
       <c r="D224" s="18" t="s">
-        <v>747</v>
+        <v>740</v>
       </c>
       <c r="E224" s="20">
-        <v>6783447959.9799995</v>
+        <v>6976832583.6000004</v>
       </c>
       <c r="F224" s="20">
-        <v>174561193</v>
+        <v>174595410</v>
       </c>
       <c r="G224" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I224" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J224" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L224" s="18">
         <v>19840106</v>
       </c>
       <c r="R224" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="AA224" s="19">
-        <v>129413676</v>
+        <v>176337248</v>
       </c>
       <c r="AB224" s="20">
-        <v>4733277744.5</v>
+        <v>6572265402</v>
       </c>
       <c r="AC224" s="20">
-        <v>495765</v>
+        <v>594788</v>
       </c>
       <c r="AD224" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="225" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A225" s="17" t="s">
-        <v>748</v>
+        <v>741</v>
       </c>
       <c r="B225" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C225" s="17" t="s">
-        <v>749</v>
+        <v>742</v>
       </c>
       <c r="D225" s="18" t="s">
-        <v>750</v>
+        <v>743</v>
       </c>
       <c r="E225" s="20">
-        <v>917212296.75</v>
+        <v>932365768</v>
       </c>
       <c r="F225" s="20">
-        <v>78060621</v>
+        <v>78022240</v>
       </c>
       <c r="G225" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H225" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="I225" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J225" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K225" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L225" s="18">
         <v>19971224</v>
       </c>
       <c r="O225" s="18" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="P225" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Q225" s="18" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>60</v>
       </c>
       <c r="AA225" s="19">
-        <v>25434414</v>
+        <v>36401325</v>
       </c>
       <c r="AB225" s="20">
-        <v>314860926.5</v>
+        <v>445267073.5</v>
       </c>
       <c r="AC225" s="20">
-        <v>140013</v>
+        <v>177040</v>
       </c>
       <c r="AD225" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="226" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A226" s="17" t="s">
-        <v>751</v>
+        <v>744</v>
       </c>
       <c r="B226" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C226" s="17" t="s">
-        <v>752</v>
+        <v>745</v>
       </c>
       <c r="D226" s="18" t="s">
-        <v>753</v>
+        <v>746</v>
       </c>
       <c r="E226" s="20">
-        <v>2661496656</v>
+        <v>2391656274</v>
       </c>
       <c r="F226" s="20">
-        <v>68243504</v>
+        <v>68725755</v>
       </c>
       <c r="G226" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I226" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J226" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K226" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L226" s="18">
         <v>20210624</v>
       </c>
       <c r="R226" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="T226" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA226" s="19">
-        <v>18212622</v>
+        <v>23177722</v>
       </c>
       <c r="AB226" s="20">
-        <v>556759635.5</v>
+        <v>739398921</v>
       </c>
       <c r="AC226" s="20">
-        <v>110595</v>
+        <v>137240</v>
       </c>
       <c r="AD226" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="227" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A227" s="17" t="s">
-        <v>754</v>
+        <v>747</v>
       </c>
       <c r="B227" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C227" s="17" t="s">
-        <v>755</v>
+        <v>748</v>
       </c>
       <c r="D227" s="18" t="s">
-        <v>756</v>
+        <v>749</v>
       </c>
       <c r="E227" s="20">
-        <v>351056929.44</v>
+        <v>344279768.63999999</v>
       </c>
       <c r="F227" s="20">
         <v>45181072</v>
       </c>
       <c r="G227" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H227" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="I227" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J227" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K227" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L227" s="18">
         <v>20030324</v>
       </c>
       <c r="O227" s="18" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="P227" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Q227" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="AA227" s="19">
-        <v>15662505</v>
+        <v>22786371</v>
       </c>
       <c r="AB227" s="20">
-        <v>129406308</v>
+        <v>183496415.5</v>
       </c>
       <c r="AC227" s="20">
-        <v>51852</v>
+        <v>71866</v>
       </c>
       <c r="AD227" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="228" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A228" s="17" t="s">
-        <v>757</v>
+        <v>750</v>
       </c>
       <c r="B228" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C228" s="17" t="s">
-        <v>758</v>
+        <v>751</v>
       </c>
       <c r="D228" s="18" t="s">
-        <v>759</v>
+        <v>752</v>
       </c>
       <c r="E228" s="20">
-        <v>131605740</v>
+        <v>105791490</v>
       </c>
       <c r="F228" s="20">
         <v>9387000</v>
       </c>
       <c r="G228" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I228" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J228" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K228" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L228" s="18">
         <v>20010911</v>
       </c>
       <c r="P228" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="AA228" s="19">
-        <v>2436885</v>
+        <v>2741359</v>
       </c>
       <c r="AB228" s="20">
-        <v>39398562</v>
+        <v>43153692.5</v>
       </c>
       <c r="AC228" s="20">
-        <v>13674</v>
+        <v>15640</v>
       </c>
       <c r="AD228" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="229" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A229" s="17" t="s">
-        <v>760</v>
+        <v>753</v>
       </c>
       <c r="B229" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C229" s="17" t="s">
-        <v>761</v>
+        <v>754</v>
       </c>
       <c r="D229" s="18" t="s">
-        <v>762</v>
+        <v>755</v>
       </c>
       <c r="E229" s="20">
-        <v>393894272</v>
+        <v>381831259.92000002</v>
       </c>
       <c r="F229" s="20">
         <v>24618392</v>
       </c>
       <c r="G229" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I229" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J229" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K229" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L229" s="18">
         <v>20050705</v>
       </c>
       <c r="T229" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA229" s="19">
-        <v>7270939</v>
+        <v>8622659</v>
       </c>
       <c r="AB229" s="20">
-        <v>102080122.5</v>
+        <v>123270657</v>
       </c>
       <c r="AC229" s="20">
-        <v>38857</v>
+        <v>47569</v>
       </c>
       <c r="AD229" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="230" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A230" s="17" t="s">
-        <v>763</v>
+        <v>756</v>
       </c>
       <c r="B230" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C230" s="17" t="s">
-        <v>764</v>
+        <v>757</v>
       </c>
       <c r="D230" s="18" t="s">
-        <v>765</v>
+        <v>758</v>
       </c>
       <c r="E230" s="20">
-        <v>472090242.14999998</v>
+        <v>462724158.39999998</v>
       </c>
       <c r="F230" s="20">
-        <v>110430466</v>
+        <v>110435360</v>
       </c>
       <c r="G230" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I230" s="18" t="s">
-        <v>660</v>
+        <v>653</v>
       </c>
       <c r="J230" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K230" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L230" s="18">
         <v>20130702</v>
       </c>
       <c r="P230" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Q230" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="U230" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="Y230" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA230" s="19">
-        <v>7859754</v>
+        <v>9460031</v>
       </c>
       <c r="AB230" s="20">
-        <v>29887081</v>
+        <v>36537318</v>
       </c>
       <c r="AC230" s="20">
-        <v>16889</v>
+        <v>21113</v>
       </c>
       <c r="AD230" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="231" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A231" s="17" t="s">
-        <v>766</v>
+        <v>759</v>
       </c>
       <c r="B231" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C231" s="17" t="s">
-        <v>767</v>
+        <v>760</v>
       </c>
       <c r="D231" s="18" t="s">
-        <v>768</v>
+        <v>761</v>
       </c>
       <c r="E231" s="20">
-        <v>510766914.02999997</v>
+        <v>548390973.94000006</v>
       </c>
       <c r="F231" s="20">
         <v>27067669</v>
       </c>
       <c r="G231" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="H231" s="18" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="I231" s="18" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="J231" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K231" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L231" s="18">
         <v>20050804</v>
       </c>
       <c r="T231" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA231" s="19">
-        <v>3210669</v>
+        <v>4006332</v>
       </c>
       <c r="AB231" s="20">
-        <v>69313720</v>
+        <v>86327562.5</v>
       </c>
       <c r="AC231" s="20">
-        <v>13200</v>
+        <v>16683</v>
       </c>
       <c r="AD231" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="232" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A232" s="17" t="s">
-        <v>769</v>
+        <v>762</v>
       </c>
       <c r="B232" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C232" s="17" t="s">
-        <v>770</v>
+        <v>763</v>
       </c>
       <c r="D232" s="18" t="s">
-        <v>771</v>
+        <v>764</v>
       </c>
       <c r="E232" s="20">
-        <v>148570582</v>
+        <v>98078888.969999999</v>
       </c>
       <c r="F232" s="20">
         <v>99043201</v>
       </c>
       <c r="G232" s="19" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="I232" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J232" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K232" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L232" s="18">
         <v>20110614</v>
       </c>
       <c r="AA232" s="19">
-        <v>81258</v>
+        <v>91747</v>
       </c>
       <c r="AB232" s="20">
-        <v>100943.5</v>
+        <v>113378</v>
       </c>
       <c r="AC232" s="20">
-        <v>316</v>
+        <v>383</v>
       </c>
       <c r="AD232" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="233" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A233" s="17" t="s">
-        <v>772</v>
+        <v>765</v>
       </c>
       <c r="B233" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C233" s="17" t="s">
-        <v>773</v>
+        <v>766</v>
       </c>
       <c r="D233" s="18" t="s">
-        <v>774</v>
+        <v>767</v>
       </c>
       <c r="E233" s="20">
-        <v>37891586111.419998</v>
+        <v>43196172644.5</v>
       </c>
       <c r="F233" s="20">
-        <v>679324188</v>
+        <v>685626564</v>
       </c>
       <c r="G233" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I233" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J233" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L233" s="18">
         <v>19360302</v>
       </c>
       <c r="R233" s="18">
         <v>60</v>
       </c>
       <c r="AA233" s="19">
-        <v>405561722</v>
+        <v>514781022</v>
       </c>
       <c r="AB233" s="20">
-        <v>20385444580</v>
+        <v>26853372132</v>
       </c>
       <c r="AC233" s="20">
-        <v>862852</v>
+        <v>1086133</v>
       </c>
       <c r="AD233" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="234" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A234" s="17" t="s">
-        <v>775</v>
+        <v>768</v>
       </c>
       <c r="B234" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C234" s="17" t="s">
-        <v>776</v>
+        <v>769</v>
       </c>
       <c r="D234" s="18" t="s">
-        <v>777</v>
+        <v>770</v>
       </c>
       <c r="E234" s="20">
-        <v>2540117777.7199998</v>
+        <v>2601201228.6799998</v>
       </c>
       <c r="F234" s="20">
         <v>113200000</v>
       </c>
       <c r="G234" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I234" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J234" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L234" s="18">
         <v>19841010</v>
       </c>
       <c r="AA234" s="19">
-        <v>12255062</v>
+        <v>15099502</v>
       </c>
       <c r="AB234" s="20">
-        <v>255965128.5</v>
+        <v>315874160</v>
       </c>
       <c r="AC234" s="20">
-        <v>21669</v>
+        <v>26571</v>
       </c>
       <c r="AD234" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="235" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A235" s="17" t="s">
-        <v>778</v>
+        <v>771</v>
       </c>
       <c r="B235" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C235" s="17" t="s">
-        <v>779</v>
+        <v>772</v>
       </c>
       <c r="D235" s="18" t="s">
-        <v>780</v>
+        <v>773</v>
       </c>
       <c r="E235" s="20">
-        <v>1050749035.5</v>
+        <v>1108416438.9200001</v>
       </c>
       <c r="F235" s="20">
-        <v>13216969</v>
+        <v>13173478</v>
       </c>
       <c r="G235" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H235" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="I235" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J235" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K235" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L235" s="18">
         <v>19880923</v>
       </c>
       <c r="M235" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="P235" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="AA235" s="19">
-        <v>19273823</v>
+        <v>22944238</v>
       </c>
       <c r="AB235" s="20">
-        <v>1347489412.5</v>
+        <v>1641790130.5</v>
       </c>
       <c r="AC235" s="20">
-        <v>146245</v>
+        <v>175537</v>
       </c>
       <c r="AD235" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="236" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A236" s="17" t="s">
-        <v>781</v>
+        <v>774</v>
       </c>
       <c r="B236" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C236" s="17" t="s">
-        <v>782</v>
+        <v>775</v>
       </c>
       <c r="D236" s="18" t="s">
-        <v>783</v>
+        <v>776</v>
       </c>
       <c r="E236" s="20">
-        <v>4723399910.04</v>
+        <v>4828788805.8000002</v>
       </c>
       <c r="F236" s="20">
         <v>49627074</v>
       </c>
       <c r="G236" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I236" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J236" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L236" s="18">
         <v>19961203</v>
       </c>
       <c r="R236" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="T236" s="18" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="AA236" s="19">
-        <v>16266344.699999999</v>
+        <v>21418331.175999999</v>
       </c>
       <c r="AB236" s="20">
-        <v>1422329622.5</v>
+        <v>1921236572.5</v>
       </c>
       <c r="AC236" s="20">
-        <v>112146</v>
+        <v>143816</v>
       </c>
       <c r="AD236" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="237" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A237" s="17" t="s">
-        <v>784</v>
+        <v>777</v>
       </c>
       <c r="B237" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C237" s="17" t="s">
-        <v>785</v>
+        <v>778</v>
       </c>
       <c r="D237" s="18" t="s">
-        <v>786</v>
+        <v>779</v>
       </c>
       <c r="E237" s="20">
-        <v>1611764342.5799999</v>
+        <v>1822152851.6400001</v>
       </c>
       <c r="F237" s="20">
-        <v>107307879</v>
+        <v>118475478</v>
       </c>
       <c r="G237" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I237" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J237" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K237" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L237" s="18">
         <v>20220105</v>
       </c>
       <c r="R237" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="U237" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="Y237" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA237" s="19">
-        <v>31844241</v>
+        <v>44815885</v>
       </c>
       <c r="AB237" s="20">
-        <v>473395852</v>
+        <v>670990839.5</v>
       </c>
       <c r="AC237" s="20">
-        <v>144014</v>
+        <v>180796</v>
       </c>
       <c r="AD237" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="238" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A238" s="17" t="s">
-        <v>787</v>
+        <v>780</v>
       </c>
       <c r="B238" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C238" s="17" t="s">
-        <v>788</v>
+        <v>781</v>
       </c>
       <c r="D238" s="18" t="s">
-        <v>789</v>
+        <v>782</v>
       </c>
       <c r="E238" s="20">
-        <v>406200425.80000001</v>
+        <v>417321262.95999998</v>
       </c>
       <c r="F238" s="20">
         <v>63563748</v>
       </c>
       <c r="G238" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I238" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J238" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K238" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L238" s="18">
         <v>20190507</v>
       </c>
       <c r="P238" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Q238" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="U238" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="Y238" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA238" s="19">
-        <v>9076340</v>
+        <v>10738863</v>
       </c>
       <c r="AB238" s="20">
-        <v>50709540.5</v>
+        <v>60880147</v>
       </c>
       <c r="AC238" s="20">
-        <v>24661</v>
+        <v>29976</v>
       </c>
       <c r="AD238" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="239" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A239" s="17" t="s">
-        <v>790</v>
+        <v>783</v>
       </c>
       <c r="B239" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C239" s="17" t="s">
-        <v>791</v>
+        <v>784</v>
       </c>
       <c r="D239" s="18" t="s">
-        <v>792</v>
+        <v>785</v>
       </c>
       <c r="E239" s="20">
-        <v>207080632.56</v>
+        <v>149219867.58000001</v>
       </c>
       <c r="F239" s="20">
         <v>50755057</v>
       </c>
       <c r="G239" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H239" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="I239" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="J239" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K239" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L239" s="18">
         <v>20011121</v>
       </c>
       <c r="O239" s="18" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="P239" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="AA239" s="19">
-        <v>3852327</v>
+        <v>5454506</v>
       </c>
       <c r="AB239" s="20">
-        <v>12820713</v>
+        <v>18334144.5</v>
       </c>
       <c r="AC239" s="20">
-        <v>10302</v>
+        <v>15437</v>
       </c>
       <c r="AD239" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="240" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A240" s="17" t="s">
-        <v>793</v>
+        <v>786</v>
       </c>
       <c r="B240" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C240" s="17" t="s">
-        <v>794</v>
+        <v>787</v>
       </c>
       <c r="D240" s="18" t="s">
-        <v>795</v>
+        <v>788</v>
       </c>
       <c r="E240" s="20">
-        <v>9585512234.6700001</v>
+        <v>10216047809.52</v>
       </c>
       <c r="F240" s="20">
-        <v>229486179</v>
+        <v>228744048</v>
       </c>
       <c r="G240" s="19" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="I240" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J240" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L240" s="18">
         <v>19830920</v>
       </c>
       <c r="R240" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="AA240" s="19">
-        <v>168825066</v>
+        <v>203686006</v>
       </c>
       <c r="AB240" s="20">
-        <v>6325071175</v>
+        <v>7839258035.5</v>
       </c>
       <c r="AC240" s="20">
-        <v>545484</v>
+        <v>690224</v>
       </c>
       <c r="AD240" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="241" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A241" s="17" t="s">
-        <v>796</v>
+        <v>789</v>
       </c>
       <c r="B241" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C241" s="17" t="s">
-        <v>797</v>
+        <v>790</v>
       </c>
       <c r="D241" s="18" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="E241" s="20">
-        <v>392654904.05000001</v>
+        <v>447380218.36000001</v>
       </c>
       <c r="F241" s="20">
-        <v>50019733</v>
+        <v>50154733</v>
       </c>
       <c r="G241" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I241" s="18" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="J241" s="18" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="K241" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L241" s="18">
         <v>20220706</v>
       </c>
       <c r="P241" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="W241" s="18" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="AA241" s="19">
-        <v>1553826</v>
+        <v>2316754</v>
       </c>
       <c r="AB241" s="20">
-        <v>7414400</v>
+        <v>13902399</v>
       </c>
       <c r="AC241" s="20">
-        <v>1823</v>
+        <v>4119</v>
       </c>
       <c r="AD241" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="242" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A242" s="17" t="s">
-        <v>799</v>
+        <v>792</v>
       </c>
       <c r="B242" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C242" s="17" t="s">
-        <v>800</v>
+        <v>793</v>
       </c>
       <c r="D242" s="18" t="s">
-        <v>801</v>
+        <v>794</v>
       </c>
       <c r="E242" s="20">
-        <v>89871672.094999999</v>
+        <v>101279170.535</v>
       </c>
       <c r="F242" s="20">
         <v>82141961</v>
       </c>
       <c r="G242" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I242" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J242" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K242" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L242" s="18">
         <v>20121228</v>
       </c>
       <c r="U242" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="Y242" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA242" s="19">
-        <v>8629779</v>
+        <v>10791657</v>
       </c>
       <c r="AB242" s="20">
-        <v>19174730</v>
+        <v>21734064.5</v>
       </c>
       <c r="AC242" s="20">
-        <v>5141</v>
+        <v>6609</v>
       </c>
       <c r="AD242" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="243" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A243" s="17" t="s">
-        <v>802</v>
+        <v>795</v>
       </c>
       <c r="B243" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C243" s="17" t="s">
-        <v>803</v>
+        <v>796</v>
       </c>
       <c r="D243" s="18" t="s">
-        <v>804</v>
+        <v>797</v>
       </c>
       <c r="E243" s="20">
-        <v>29186323021.860001</v>
+        <v>25839413882.799999</v>
       </c>
       <c r="F243" s="20">
-        <v>185533806</v>
+        <v>185681330</v>
       </c>
       <c r="G243" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I243" s="18" t="s">
-        <v>1157</v>
+        <v>1147</v>
       </c>
       <c r="J243" s="18" t="s">
         <v>15</v>
       </c>
       <c r="K243" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L243" s="18">
         <v>20040127</v>
       </c>
       <c r="M243" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="R243" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="V243" s="18" t="s">
-        <v>1448</v>
+        <v>1426</v>
       </c>
       <c r="AA243" s="19">
-        <v>44607545</v>
+        <v>59971814</v>
       </c>
       <c r="AB243" s="20">
-        <v>6424185527</v>
+        <v>8772851808.5</v>
       </c>
       <c r="AC243" s="20">
-        <v>282749</v>
+        <v>378267</v>
       </c>
       <c r="AD243" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="244" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A244" s="17" t="s">
-        <v>805</v>
+        <v>798</v>
       </c>
       <c r="B244" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C244" s="17" t="s">
-        <v>806</v>
+        <v>799</v>
       </c>
       <c r="D244" s="18" t="s">
-        <v>807</v>
+        <v>800</v>
       </c>
       <c r="E244" s="20">
-        <v>28508928025.110001</v>
+        <v>30197588854.439999</v>
       </c>
       <c r="F244" s="20">
-        <v>327801863</v>
+        <v>327807087</v>
       </c>
       <c r="G244" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I244" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J244" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K244" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L244" s="18">
         <v>20141212</v>
       </c>
       <c r="M244" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="R244" s="18">
         <v>60</v>
       </c>
       <c r="T244" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA244" s="19">
-        <v>149487006</v>
+        <v>194972493</v>
       </c>
       <c r="AB244" s="20">
-        <v>13755866730</v>
+        <v>17879911779</v>
       </c>
       <c r="AC244" s="20">
-        <v>534316</v>
+        <v>674096</v>
       </c>
       <c r="AD244" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="245" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A245" s="17" t="s">
-        <v>808</v>
+        <v>801</v>
       </c>
       <c r="B245" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C245" s="17" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="D245" s="18" t="s">
-        <v>810</v>
+        <v>803</v>
       </c>
       <c r="E245" s="20">
-        <v>10985309278.65</v>
+        <v>11819588344.200001</v>
       </c>
       <c r="F245" s="20">
         <v>126983115</v>
       </c>
       <c r="G245" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I245" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J245" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K245" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L245" s="18">
         <v>20141212</v>
       </c>
       <c r="T245" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA245" s="19">
-        <v>12717</v>
+        <v>14687</v>
       </c>
       <c r="AB245" s="20">
-        <v>1172625.5</v>
+        <v>1345865.5</v>
       </c>
       <c r="AC245" s="20">
-        <v>110</v>
+        <v>135</v>
       </c>
       <c r="AD245" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="246" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A246" s="17" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="B246" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C246" s="17" t="s">
-        <v>812</v>
+        <v>805</v>
       </c>
       <c r="D246" s="18" t="s">
-        <v>813</v>
+        <v>806</v>
       </c>
       <c r="E246" s="20">
-        <v>427548393.31999999</v>
+        <v>431279290.74000001</v>
       </c>
       <c r="F246" s="20">
         <v>20322926</v>
       </c>
       <c r="G246" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I246" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J246" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K246" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L246" s="18">
         <v>20031208</v>
       </c>
       <c r="AA246" s="19">
-        <v>5364380</v>
+        <v>7531094</v>
       </c>
       <c r="AB246" s="20">
-        <v>102350094.5</v>
+        <v>152726364</v>
       </c>
       <c r="AC246" s="20">
-        <v>10864</v>
+        <v>12650</v>
       </c>
       <c r="AD246" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="247" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A247" s="17" t="s">
-        <v>814</v>
+        <v>807</v>
       </c>
       <c r="B247" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C247" s="17" t="s">
-        <v>815</v>
+        <v>808</v>
       </c>
       <c r="D247" s="18" t="s">
-        <v>816</v>
+        <v>809</v>
       </c>
       <c r="E247" s="20">
-        <v>361515231</v>
+        <v>346178221.19999999</v>
       </c>
       <c r="F247" s="20">
         <v>10955007</v>
       </c>
       <c r="G247" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I247" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J247" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K247" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L247" s="18">
         <v>20040407</v>
       </c>
       <c r="Y247" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="Z247" s="18" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="AA247" s="19">
-        <v>1298656</v>
+        <v>1667492</v>
       </c>
       <c r="AB247" s="20">
-        <v>38976240.5</v>
+        <v>51206786</v>
       </c>
       <c r="AC247" s="20">
-        <v>3176</v>
+        <v>4144</v>
       </c>
       <c r="AD247" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="248" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A248" s="17" t="s">
-        <v>817</v>
+        <v>810</v>
       </c>
       <c r="B248" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C248" s="17" t="s">
-        <v>818</v>
+        <v>811</v>
       </c>
       <c r="D248" s="18" t="s">
-        <v>819</v>
+        <v>812</v>
       </c>
       <c r="E248" s="20">
-        <v>2020181947.5599999</v>
+        <v>2123208538.5999999</v>
       </c>
       <c r="F248" s="20">
-        <v>55241508</v>
+        <v>55219988</v>
       </c>
       <c r="G248" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I248" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J248" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L248" s="18">
         <v>19930726</v>
       </c>
       <c r="R248" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="AA248" s="19">
-        <v>12649346</v>
+        <v>17382717</v>
       </c>
       <c r="AB248" s="20">
-        <v>460289017.5</v>
+        <v>629545750</v>
       </c>
       <c r="AC248" s="20">
-        <v>92493</v>
+        <v>122086</v>
       </c>
       <c r="AD248" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="249" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A249" s="17" t="s">
-        <v>820</v>
+        <v>813</v>
       </c>
       <c r="B249" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C249" s="17" t="s">
-        <v>821</v>
+        <v>814</v>
       </c>
       <c r="D249" s="18" t="s">
-        <v>822</v>
+        <v>815</v>
       </c>
       <c r="E249" s="20">
-        <v>5440804852.5600004</v>
+        <v>5528110142.7600002</v>
       </c>
       <c r="F249" s="20">
-        <v>294415847</v>
+        <v>294518388</v>
       </c>
       <c r="G249" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I249" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J249" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L249" s="18">
         <v>19940105</v>
       </c>
       <c r="R249" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="U249" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="Y249" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA249" s="19">
-        <v>123204929</v>
+        <v>146817633</v>
       </c>
       <c r="AB249" s="20">
-        <v>2189717211.5</v>
+        <v>2636808634.5</v>
       </c>
       <c r="AC249" s="20">
-        <v>428671</v>
+        <v>509458</v>
       </c>
       <c r="AD249" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="250" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A250" s="17" t="s">
-        <v>823</v>
+        <v>1460</v>
       </c>
       <c r="B250" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C250" s="17" t="s">
-        <v>824</v>
+        <v>1461</v>
       </c>
       <c r="D250" s="18" t="s">
-        <v>825</v>
+        <v>1462</v>
       </c>
       <c r="E250" s="20">
-        <v>26812347552.93</v>
+        <v>1378944000</v>
       </c>
       <c r="F250" s="20">
-        <v>540225278</v>
+        <v>53200000</v>
       </c>
       <c r="G250" s="19" t="s">
-        <v>188</v>
+        <v>47</v>
+      </c>
+      <c r="H250" s="18" t="s">
+        <v>73</v>
       </c>
       <c r="I250" s="18" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="J250" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K250" s="18" t="s">
+        <v>40</v>
       </c>
       <c r="L250" s="18">
-        <v>19710401</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>20251009</v>
       </c>
       <c r="AA250" s="19">
-        <v>328337141</v>
+        <v>8328138</v>
       </c>
       <c r="AB250" s="20">
-        <v>13292220503.5</v>
+        <v>208370027.5</v>
       </c>
       <c r="AC250" s="20">
-        <v>1351224</v>
+        <v>31270</v>
       </c>
       <c r="AD250" s="20">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A251" s="17" t="s">
-        <v>826</v>
+        <v>816</v>
       </c>
       <c r="B251" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C251" s="17" t="s">
-        <v>827</v>
+        <v>817</v>
       </c>
       <c r="D251" s="18" t="s">
-        <v>828</v>
+        <v>818</v>
       </c>
       <c r="E251" s="20">
-        <v>932994357.67999995</v>
+        <v>29774121201.41</v>
       </c>
       <c r="F251" s="20">
-        <v>129264252</v>
+        <v>540225278</v>
       </c>
       <c r="G251" s="19" t="s">
-        <v>55</v>
+        <v>184</v>
       </c>
       <c r="I251" s="18" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="J251" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L251" s="18">
-        <v>19971205</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>19710401</v>
+      </c>
+      <c r="M251" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R251" s="18">
+        <v>60</v>
       </c>
       <c r="AA251" s="19">
-        <v>38720905</v>
+        <v>414531963</v>
       </c>
       <c r="AB251" s="20">
-        <v>261708716</v>
+        <v>17669178581</v>
       </c>
       <c r="AC251" s="20">
-        <v>118522</v>
+        <v>1653184</v>
       </c>
       <c r="AD251" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="252" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A252" s="17" t="s">
-        <v>829</v>
+        <v>819</v>
       </c>
       <c r="B252" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C252" s="17" t="s">
-        <v>830</v>
+        <v>820</v>
       </c>
       <c r="D252" s="18" t="s">
-        <v>831</v>
+        <v>821</v>
       </c>
       <c r="E252" s="20">
-        <v>125570018.7</v>
+        <v>916364240.88</v>
       </c>
       <c r="F252" s="20">
-        <v>39863498</v>
+        <v>129331916</v>
       </c>
       <c r="G252" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I252" s="18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="J252" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="L252" s="18">
-        <v>20171025</v>
+        <v>19971205</v>
       </c>
       <c r="T252" s="18" t="s">
-        <v>58</v>
+        <v>128</v>
       </c>
       <c r="AA252" s="19">
-        <v>1404718</v>
+        <v>49250861</v>
       </c>
       <c r="AB252" s="20">
-        <v>3625103</v>
+        <v>335442038.5</v>
       </c>
       <c r="AC252" s="20">
-        <v>3159</v>
+        <v>156930</v>
       </c>
       <c r="AD252" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="253" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A253" s="17" t="s">
-        <v>832</v>
+        <v>822</v>
       </c>
       <c r="B253" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C253" s="17" t="s">
-        <v>833</v>
+        <v>823</v>
       </c>
       <c r="D253" s="18" t="s">
-        <v>834</v>
+        <v>824</v>
       </c>
       <c r="E253" s="20">
-        <v>281426517905.53998</v>
+        <v>128462418.5</v>
       </c>
       <c r="F253" s="20">
-        <v>1443225463</v>
+        <v>39526898</v>
       </c>
       <c r="G253" s="19" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="I253" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J253" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K253" s="18" t="s">
+        <v>40</v>
       </c>
       <c r="L253" s="18">
-        <v>19180702</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>20171025</v>
+      </c>
+      <c r="T253" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="AA253" s="19">
-        <v>746692024</v>
+        <v>1673505</v>
       </c>
       <c r="AB253" s="20">
-        <v>126411656921.5</v>
+        <v>4507615.5</v>
       </c>
       <c r="AC253" s="20">
-        <v>2147184</v>
+        <v>3997</v>
       </c>
       <c r="AD253" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="254" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A254" s="17" t="s">
-        <v>835</v>
+        <v>825</v>
       </c>
       <c r="B254" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C254" s="17" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="D254" s="18" t="s">
-        <v>837</v>
+        <v>827</v>
       </c>
       <c r="E254" s="20">
-        <v>2329115568</v>
+        <v>289376650089.34003</v>
       </c>
       <c r="F254" s="20">
-        <v>55988355</v>
+        <v>1441642722</v>
       </c>
       <c r="G254" s="19" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="I254" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J254" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L254" s="18">
-        <v>19431216</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>19180702</v>
+      </c>
+      <c r="M254" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R254" s="18">
+        <v>60</v>
       </c>
       <c r="AA254" s="19">
-        <v>26425591</v>
+        <v>894979262</v>
       </c>
       <c r="AB254" s="20">
-        <v>1086530474.5</v>
+        <v>156274722563.5</v>
       </c>
       <c r="AC254" s="20">
-        <v>153329</v>
+        <v>2594147</v>
       </c>
       <c r="AD254" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="255" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A255" s="17" t="s">
-        <v>838</v>
+        <v>828</v>
       </c>
       <c r="B255" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C255" s="17" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="D255" s="18" t="s">
-        <v>840</v>
+        <v>830</v>
       </c>
       <c r="E255" s="20">
-        <v>94000000</v>
+        <v>2416120508.5500002</v>
       </c>
       <c r="F255" s="20">
-        <v>4000000</v>
+        <v>55658155</v>
       </c>
       <c r="G255" s="19" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="I255" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J255" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="L255" s="18">
-        <v>20090706</v>
+        <v>19431216</v>
+      </c>
+      <c r="R255" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="AA255" s="19">
-        <v>213618</v>
+        <v>33346864</v>
       </c>
       <c r="AB255" s="20">
-        <v>4720637.5</v>
+        <v>1373332882.5</v>
       </c>
       <c r="AC255" s="20">
-        <v>513</v>
+        <v>188183</v>
       </c>
       <c r="AD255" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="256" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A256" s="17" t="s">
-        <v>841</v>
+        <v>831</v>
       </c>
       <c r="B256" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C256" s="17" t="s">
-        <v>842</v>
+        <v>832</v>
       </c>
       <c r="D256" s="18" t="s">
-        <v>843</v>
+        <v>833</v>
       </c>
       <c r="E256" s="20">
-        <v>1107515757.5999999</v>
+        <v>94400000</v>
       </c>
       <c r="F256" s="20">
-        <v>135891504</v>
+        <v>4000000</v>
       </c>
       <c r="G256" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I256" s="18" t="s">
-        <v>844</v>
+        <v>39</v>
       </c>
       <c r="J256" s="18" t="s">
-        <v>73</v>
+        <v>38</v>
       </c>
       <c r="K256" s="18" t="s">
-        <v>127</v>
+        <v>40</v>
       </c>
       <c r="L256" s="18">
-        <v>20191209</v>
+        <v>20090706</v>
       </c>
       <c r="AA256" s="19">
-        <v>6499092</v>
+        <v>265423</v>
       </c>
       <c r="AB256" s="20">
-        <v>50044399</v>
+        <v>5929514.5</v>
       </c>
       <c r="AC256" s="20">
-        <v>13694</v>
+        <v>638</v>
       </c>
       <c r="AD256" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="257" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A257" s="17" t="s">
-        <v>845</v>
+        <v>834</v>
       </c>
       <c r="B257" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C257" s="17" t="s">
-        <v>846</v>
+        <v>835</v>
       </c>
       <c r="D257" s="18" t="s">
-        <v>847</v>
+        <v>836</v>
       </c>
       <c r="E257" s="20">
-        <v>47769319</v>
+        <v>1084054952</v>
       </c>
       <c r="F257" s="20">
-        <v>7349126</v>
+        <v>135506869</v>
       </c>
       <c r="G257" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I257" s="18" t="s">
-        <v>43</v>
+        <v>837</v>
       </c>
       <c r="J257" s="18" t="s">
-        <v>42</v>
+        <v>69</v>
       </c>
       <c r="K257" s="18" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="L257" s="18">
-        <v>20240930</v>
+        <v>20191209</v>
       </c>
       <c r="AA257" s="19">
-        <v>298001</v>
+        <v>7447882</v>
       </c>
       <c r="AB257" s="20">
-        <v>3111337.5</v>
+        <v>57899758</v>
       </c>
       <c r="AC257" s="20">
-        <v>283</v>
+        <v>17304</v>
       </c>
       <c r="AD257" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="258" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A258" s="17" t="s">
-        <v>848</v>
+        <v>838</v>
       </c>
       <c r="B258" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C258" s="17" t="s">
-        <v>849</v>
+        <v>839</v>
       </c>
       <c r="D258" s="18" t="s">
-        <v>850</v>
+        <v>840</v>
       </c>
       <c r="E258" s="20">
-        <v>14170152663.360001</v>
+        <v>41668004.200000003</v>
       </c>
       <c r="F258" s="20">
-        <v>412162672</v>
+        <v>7374868</v>
       </c>
       <c r="G258" s="19" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="I258" s="18" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="J258" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K258" s="18" t="s">
+        <v>123</v>
       </c>
       <c r="L258" s="18">
-        <v>19971015</v>
-[...5 lines deleted...]
-        <v>132</v>
+        <v>20240930</v>
       </c>
       <c r="AA258" s="19">
-        <v>115425987</v>
+        <v>391383</v>
       </c>
       <c r="AB258" s="20">
-        <v>3054318537.5</v>
+        <v>3766009.5</v>
       </c>
       <c r="AC258" s="20">
-        <v>510890</v>
+        <v>744</v>
       </c>
       <c r="AD258" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="259" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A259" s="17" t="s">
-        <v>851</v>
+        <v>841</v>
       </c>
       <c r="B259" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C259" s="17" t="s">
-        <v>852</v>
+        <v>842</v>
       </c>
       <c r="D259" s="18" t="s">
-        <v>853</v>
+        <v>843</v>
       </c>
       <c r="E259" s="20">
-        <v>1488293230.8099999</v>
+        <v>13938675848.559999</v>
       </c>
       <c r="F259" s="20">
-        <v>71449507</v>
+        <v>411291704</v>
       </c>
       <c r="G259" s="19" t="s">
         <v>51</v>
       </c>
       <c r="I259" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J259" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="L259" s="18">
-        <v>20030320</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>19971015</v>
+      </c>
+      <c r="R259" s="18">
+        <v>60</v>
+      </c>
+      <c r="T259" s="18" t="s">
+        <v>128</v>
       </c>
       <c r="AA259" s="19">
-        <v>17162859</v>
+        <v>148294287</v>
       </c>
       <c r="AB259" s="20">
-        <v>313596131.5</v>
+        <v>4165441075</v>
       </c>
       <c r="AC259" s="20">
-        <v>98215</v>
+        <v>633046</v>
       </c>
       <c r="AD259" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="260" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A260" s="17" t="s">
-        <v>854</v>
+        <v>844</v>
       </c>
       <c r="B260" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C260" s="17" t="s">
-        <v>855</v>
+        <v>845</v>
       </c>
       <c r="D260" s="18" t="s">
-        <v>856</v>
+        <v>846</v>
       </c>
       <c r="E260" s="20">
-        <v>3600606353.1900001</v>
+        <v>1575329015.3099999</v>
       </c>
       <c r="F260" s="20">
-        <v>219683121</v>
+        <v>71573331</v>
       </c>
       <c r="G260" s="19" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>47</v>
       </c>
       <c r="I260" s="18" t="s">
-        <v>69</v>
+        <v>46</v>
       </c>
       <c r="J260" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K260" s="18" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="L260" s="18">
-        <v>20100330</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>20030320</v>
+      </c>
+      <c r="P260" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q260" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="AA260" s="19">
-        <v>127479541</v>
+        <v>20867591</v>
       </c>
       <c r="AB260" s="20">
-        <v>1896745673.5</v>
+        <v>391654458.5</v>
       </c>
       <c r="AC260" s="20">
-        <v>513668</v>
+        <v>120049</v>
       </c>
       <c r="AD260" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="261" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A261" s="17" t="s">
-        <v>857</v>
+        <v>847</v>
       </c>
       <c r="B261" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C261" s="17" t="s">
-        <v>858</v>
+        <v>848</v>
       </c>
       <c r="D261" s="18" t="s">
-        <v>859</v>
+        <v>849</v>
       </c>
       <c r="E261" s="20">
-        <v>884528736</v>
+        <v>3822364308.27</v>
       </c>
       <c r="F261" s="20">
-        <v>2430024</v>
+        <v>218296077</v>
       </c>
       <c r="G261" s="19" t="s">
-        <v>62</v>
+        <v>47</v>
+      </c>
+      <c r="H261" s="18" t="s">
+        <v>73</v>
       </c>
       <c r="I261" s="18" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="J261" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K261" s="18" t="s">
+        <v>40</v>
       </c>
       <c r="L261" s="18">
-        <v>19831011</v>
+        <v>20100330</v>
+      </c>
+      <c r="R261" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="AA261" s="19">
-        <v>21697</v>
+        <v>163469835</v>
       </c>
       <c r="AB261" s="20">
-        <v>7845721.5</v>
+        <v>2556811013.5</v>
       </c>
       <c r="AC261" s="20">
-        <v>214</v>
+        <v>645486</v>
       </c>
       <c r="AD261" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="262" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A262" s="17" t="s">
-        <v>860</v>
+        <v>850</v>
       </c>
       <c r="B262" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C262" s="17" t="s">
-        <v>861</v>
+        <v>851</v>
       </c>
       <c r="D262" s="18" t="s">
-        <v>862</v>
+        <v>852</v>
       </c>
       <c r="E262" s="20">
-        <v>1641762389.76</v>
+        <v>908380176</v>
       </c>
       <c r="F262" s="20">
-        <v>92441576</v>
+        <v>2428824</v>
       </c>
       <c r="G262" s="19" t="s">
-        <v>136</v>
+        <v>58</v>
       </c>
       <c r="I262" s="18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="J262" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="L262" s="18">
-        <v>20100322</v>
-[...5 lines deleted...]
-        <v>328</v>
+        <v>19831011</v>
       </c>
       <c r="AA262" s="19">
-        <v>46169273</v>
+        <v>25092</v>
       </c>
       <c r="AB262" s="20">
-        <v>783254038.5</v>
+        <v>9069507</v>
       </c>
       <c r="AC262" s="20">
-        <v>215944</v>
+        <v>265</v>
       </c>
       <c r="AD262" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="263" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A263" s="17" t="s">
-        <v>863</v>
+        <v>853</v>
       </c>
       <c r="B263" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C263" s="17" t="s">
-        <v>864</v>
+        <v>854</v>
       </c>
       <c r="D263" s="18" t="s">
-        <v>865</v>
+        <v>855</v>
       </c>
       <c r="E263" s="20">
-        <v>123874635.93000001</v>
+        <v>1797903459</v>
       </c>
       <c r="F263" s="20">
-        <v>8375567</v>
+        <v>93934350</v>
       </c>
       <c r="G263" s="19" t="s">
-        <v>55</v>
+        <v>132</v>
       </c>
       <c r="I263" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J263" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K263" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L263" s="18">
-        <v>20041008</v>
-[...8 lines deleted...]
-        <v>120</v>
+        <v>20100322</v>
+      </c>
+      <c r="R263" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="U263" s="18" t="s">
+        <v>324</v>
       </c>
       <c r="AA263" s="19">
-        <v>802172</v>
+        <v>57579101</v>
       </c>
       <c r="AB263" s="20">
-        <v>10635350.5</v>
+        <v>994586511</v>
       </c>
       <c r="AC263" s="20">
-        <v>3098</v>
+        <v>268727</v>
       </c>
       <c r="AD263" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="264" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A264" s="17" t="s">
-        <v>866</v>
+        <v>856</v>
       </c>
       <c r="B264" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C264" s="17" t="s">
-        <v>867</v>
+        <v>857</v>
       </c>
       <c r="D264" s="18" t="s">
-        <v>868</v>
+        <v>858</v>
       </c>
       <c r="E264" s="20">
-        <v>840280627.03999996</v>
+        <v>123958391.59999999</v>
       </c>
       <c r="F264" s="20">
-        <v>59008471</v>
+        <v>8375567</v>
       </c>
       <c r="G264" s="19" t="s">
-        <v>136</v>
+        <v>51</v>
       </c>
       <c r="I264" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J264" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K264" s="18" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="L264" s="18">
-        <v>20140422</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>20041008</v>
+      </c>
+      <c r="T264" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="Y264" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
+      </c>
+      <c r="Z264" s="18" t="s">
+        <v>116</v>
       </c>
       <c r="AA264" s="19">
-        <v>16483358</v>
+        <v>969337</v>
       </c>
       <c r="AB264" s="20">
-        <v>231504170</v>
+        <v>13091489</v>
       </c>
       <c r="AC264" s="20">
-        <v>78477</v>
+        <v>3790</v>
       </c>
       <c r="AD264" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="265" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A265" s="17" t="s">
-        <v>869</v>
+        <v>859</v>
       </c>
       <c r="B265" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C265" s="17" t="s">
-        <v>870</v>
+        <v>860</v>
       </c>
       <c r="D265" s="18" t="s">
-        <v>871</v>
+        <v>861</v>
       </c>
       <c r="E265" s="20">
-        <v>3900778612.6399999</v>
+        <v>862113761.30999994</v>
       </c>
       <c r="F265" s="20">
-        <v>144687634</v>
+        <v>59008471</v>
       </c>
       <c r="G265" s="19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I265" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J265" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K265" s="18" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="L265" s="18">
-        <v>20021101</v>
-[...8 lines deleted...]
-        <v>86</v>
+        <v>20140422</v>
       </c>
       <c r="U265" s="18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="Y265" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AA265" s="19">
-        <v>50949036</v>
+        <v>22175718</v>
       </c>
       <c r="AB265" s="20">
-        <v>1291939164.5</v>
+        <v>314554757</v>
       </c>
       <c r="AC265" s="20">
-        <v>243762</v>
+        <v>104332</v>
       </c>
       <c r="AD265" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="266" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A266" s="17" t="s">
-        <v>872</v>
+        <v>862</v>
       </c>
       <c r="B266" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C266" s="17" t="s">
-        <v>873</v>
+        <v>863</v>
       </c>
       <c r="D266" s="18" t="s">
-        <v>874</v>
+        <v>864</v>
       </c>
       <c r="E266" s="20">
-        <v>25050300.535</v>
+        <v>3848691064.4000001</v>
       </c>
       <c r="F266" s="20">
-        <v>84916273</v>
+        <v>144687634</v>
       </c>
       <c r="G266" s="19" t="s">
-        <v>55</v>
+        <v>132</v>
       </c>
       <c r="I266" s="18" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="J266" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K266" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L266" s="18">
-        <v>20210908</v>
+        <v>20021101</v>
       </c>
       <c r="P266" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Q266" s="18" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>60</v>
+      </c>
+      <c r="R266" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="U266" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="Y266" s="18" t="s">
+        <v>115</v>
       </c>
       <c r="AA266" s="19">
-        <v>2353410</v>
+        <v>65094527</v>
       </c>
       <c r="AB266" s="20">
-        <v>660242.5</v>
+        <v>1669043901</v>
       </c>
       <c r="AC266" s="20">
-        <v>570</v>
+        <v>309212</v>
       </c>
       <c r="AD266" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="267" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A267" s="17" t="s">
-        <v>875</v>
+        <v>865</v>
       </c>
       <c r="B267" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C267" s="17" t="s">
-        <v>876</v>
+        <v>866</v>
       </c>
       <c r="D267" s="18" t="s">
-        <v>877</v>
+        <v>867</v>
       </c>
       <c r="E267" s="20">
-        <v>188792612.09999999</v>
+        <v>23351975.074999999</v>
       </c>
       <c r="F267" s="20">
-        <v>13276555</v>
+        <v>84916273</v>
       </c>
       <c r="G267" s="19" t="s">
         <v>51</v>
       </c>
-      <c r="H267" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I267" s="18" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="J267" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K267" s="18" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="L267" s="18">
-        <v>20170413</v>
+        <v>20210908</v>
+      </c>
+      <c r="P267" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q267" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="T267" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="AA267" s="19">
-        <v>5890885</v>
+        <v>2928410</v>
       </c>
       <c r="AB267" s="20">
-        <v>71940754.5</v>
+        <v>819869</v>
       </c>
       <c r="AC267" s="20">
-        <v>22661</v>
+        <v>705</v>
       </c>
       <c r="AD267" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="268" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A268" s="17" t="s">
-        <v>878</v>
+        <v>868</v>
       </c>
       <c r="B268" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C268" s="17" t="s">
-        <v>879</v>
+        <v>869</v>
       </c>
       <c r="D268" s="18" t="s">
-        <v>880</v>
+        <v>870</v>
       </c>
       <c r="E268" s="20">
-        <v>761484315.34000003</v>
+        <v>162311720.05000001</v>
       </c>
       <c r="F268" s="20">
-        <v>33679094</v>
+        <v>13185355</v>
       </c>
       <c r="G268" s="19" t="s">
-        <v>55</v>
+        <v>47</v>
+      </c>
+      <c r="H268" s="18" t="s">
+        <v>73</v>
       </c>
       <c r="I268" s="18" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="J268" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K268" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L268" s="18">
-        <v>20150730</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>20170413</v>
       </c>
       <c r="AA268" s="19">
-        <v>23065716</v>
+        <v>6940499</v>
       </c>
       <c r="AB268" s="20">
-        <v>563131093</v>
+        <v>85676949.5</v>
       </c>
       <c r="AC268" s="20">
-        <v>132716</v>
+        <v>27008</v>
       </c>
       <c r="AD268" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="269" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A269" s="17" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B269" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C269" s="17" t="s">
-        <v>882</v>
+        <v>872</v>
       </c>
       <c r="D269" s="18" t="s">
-        <v>883</v>
+        <v>873</v>
       </c>
       <c r="E269" s="20">
-        <v>2334790765.5599999</v>
+        <v>701535528.01999998</v>
       </c>
       <c r="F269" s="20">
-        <v>25801644</v>
+        <v>33679094</v>
       </c>
       <c r="G269" s="19" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="I269" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J269" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K269" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L269" s="18">
-        <v>20080514</v>
-[...5 lines deleted...]
-        <v>86</v>
+        <v>20150730</v>
+      </c>
+      <c r="T269" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="AA269" s="19">
-        <v>9225553</v>
+        <v>30287199</v>
       </c>
       <c r="AB269" s="20">
-        <v>730690406</v>
+        <v>710675196</v>
       </c>
       <c r="AC269" s="20">
-        <v>75836</v>
+        <v>174650</v>
       </c>
       <c r="AD269" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="270" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A270" s="17" t="s">
-        <v>884</v>
+        <v>874</v>
       </c>
       <c r="B270" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C270" s="17" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="D270" s="18" t="s">
-        <v>886</v>
+        <v>876</v>
       </c>
       <c r="E270" s="20">
-        <v>170707738.19999999</v>
+        <v>2969545471.2800002</v>
       </c>
       <c r="F270" s="20">
-        <v>13233158</v>
+        <v>25786258</v>
       </c>
       <c r="G270" s="19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I270" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J270" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K270" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L270" s="18">
-        <v>20210615</v>
+        <v>20080514</v>
+      </c>
+      <c r="M270" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R270" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="AA270" s="19">
-        <v>2588758</v>
+        <v>12797584</v>
       </c>
       <c r="AB270" s="20">
-        <v>31028899</v>
+        <v>1120067216.5</v>
       </c>
       <c r="AC270" s="20">
-        <v>5955</v>
+        <v>103724</v>
       </c>
       <c r="AD270" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="271" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A271" s="17" t="s">
-        <v>887</v>
+        <v>877</v>
       </c>
       <c r="B271" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C271" s="17" t="s">
-        <v>888</v>
+        <v>878</v>
       </c>
       <c r="D271" s="18" t="s">
-        <v>889</v>
+        <v>879</v>
       </c>
       <c r="E271" s="20">
-        <v>17027921013.6</v>
+        <v>179338558.90000001</v>
       </c>
       <c r="F271" s="20">
-        <v>114066995</v>
+        <v>13235318</v>
       </c>
       <c r="G271" s="19" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="I271" s="18" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="J271" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K271" s="18" t="s">
+        <v>40</v>
       </c>
       <c r="L271" s="18">
-        <v>19940329</v>
-[...5 lines deleted...]
-        <v>86</v>
+        <v>20210615</v>
       </c>
       <c r="AA271" s="19">
-        <v>46043601</v>
+        <v>3347843</v>
       </c>
       <c r="AB271" s="20">
-        <v>6048134408</v>
+        <v>40648399.5</v>
       </c>
       <c r="AC271" s="20">
-        <v>314737</v>
+        <v>8350</v>
       </c>
       <c r="AD271" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="272" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A272" s="17" t="s">
-        <v>890</v>
+        <v>880</v>
       </c>
       <c r="B272" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C272" s="17" t="s">
-        <v>891</v>
+        <v>881</v>
       </c>
       <c r="D272" s="18" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="E272" s="20">
-        <v>4320947891.1999998</v>
+        <v>17716885663.400002</v>
       </c>
       <c r="F272" s="20">
-        <v>55240960</v>
+        <v>114066995</v>
       </c>
       <c r="G272" s="19" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="I272" s="18" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="J272" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L272" s="18">
-        <v>19940628</v>
+        <v>19940329</v>
+      </c>
+      <c r="M272" s="18" t="s">
+        <v>97</v>
       </c>
       <c r="R272" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="AA272" s="19">
-        <v>19573555</v>
+        <v>59468396</v>
       </c>
       <c r="AB272" s="20">
-        <v>1413624072.5</v>
+        <v>8102747386.5</v>
       </c>
       <c r="AC272" s="20">
-        <v>149624</v>
+        <v>394798</v>
       </c>
       <c r="AD272" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="273" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A273" s="17" t="s">
-        <v>893</v>
+        <v>883</v>
       </c>
       <c r="B273" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C273" s="17" t="s">
-        <v>894</v>
+        <v>884</v>
       </c>
       <c r="D273" s="18" t="s">
-        <v>895</v>
+        <v>885</v>
       </c>
       <c r="E273" s="20">
-        <v>314814319.19999999</v>
+        <v>4387732695.0600004</v>
       </c>
       <c r="F273" s="20">
-        <v>72873685</v>
+        <v>55115346</v>
       </c>
       <c r="G273" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H273" s="18" t="s">
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="I273" s="18" t="s">
-        <v>69</v>
+        <v>46</v>
       </c>
       <c r="J273" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="L273" s="18">
-        <v>20170502</v>
+        <v>19940628</v>
+      </c>
+      <c r="R273" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="AA273" s="19">
-        <v>6737812</v>
+        <v>23582763</v>
       </c>
       <c r="AB273" s="20">
-        <v>28926516.5</v>
+        <v>1731238968.5</v>
       </c>
       <c r="AC273" s="20">
-        <v>15027</v>
+        <v>180333</v>
       </c>
       <c r="AD273" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="274" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A274" s="17" t="s">
-        <v>896</v>
+        <v>886</v>
       </c>
       <c r="B274" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C274" s="17" t="s">
-        <v>897</v>
+        <v>887</v>
       </c>
       <c r="D274" s="18" t="s">
-        <v>898</v>
+        <v>888</v>
       </c>
       <c r="E274" s="20">
-        <v>538979573.30999994</v>
+        <v>398636653.94</v>
       </c>
       <c r="F274" s="20">
-        <v>54785330</v>
+        <v>72876902</v>
       </c>
       <c r="G274" s="19" t="s">
-        <v>188</v>
+        <v>47</v>
+      </c>
+      <c r="H274" s="18" t="s">
+        <v>73</v>
       </c>
       <c r="I274" s="18" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="J274" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K274" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L274" s="18">
-        <v>20150603</v>
+        <v>20170502</v>
       </c>
       <c r="AA274" s="19">
-        <v>5148236</v>
+        <v>8261726</v>
       </c>
       <c r="AB274" s="20">
-        <v>46839141</v>
+        <v>37001560.5</v>
       </c>
       <c r="AC274" s="20">
-        <v>21682</v>
+        <v>16859</v>
       </c>
       <c r="AD274" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="275" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A275" s="17" t="s">
-        <v>899</v>
+        <v>889</v>
       </c>
       <c r="B275" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C275" s="17" t="s">
-        <v>900</v>
+        <v>890</v>
       </c>
       <c r="D275" s="18" t="s">
-        <v>901</v>
+        <v>891</v>
       </c>
       <c r="E275" s="20">
-        <v>2027374439.8399999</v>
+        <v>648550820.32000005</v>
       </c>
       <c r="F275" s="20">
-        <v>367939138</v>
+        <v>55154093</v>
       </c>
       <c r="G275" s="19" t="s">
-        <v>136</v>
+        <v>184</v>
       </c>
       <c r="I275" s="18" t="s">
-        <v>69</v>
+        <v>46</v>
       </c>
       <c r="J275" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K275" s="18" t="s">
-        <v>63</v>
+        <v>40</v>
       </c>
       <c r="L275" s="18">
-        <v>20220126</v>
-[...8 lines deleted...]
-        <v>192</v>
+        <v>20150603</v>
       </c>
       <c r="AA275" s="19">
-        <v>54841182.170000002</v>
+        <v>6659268</v>
       </c>
       <c r="AB275" s="20">
-        <v>268333777</v>
+        <v>62665778</v>
       </c>
       <c r="AC275" s="20">
-        <v>175672</v>
+        <v>28322</v>
       </c>
       <c r="AD275" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="276" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A276" s="17" t="s">
-        <v>902</v>
+        <v>892</v>
       </c>
       <c r="B276" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C276" s="17" t="s">
-        <v>903</v>
+        <v>893</v>
       </c>
       <c r="D276" s="18" t="s">
-        <v>904</v>
+        <v>894</v>
       </c>
       <c r="E276" s="20">
-        <v>46173396451.349998</v>
+        <v>2091717153.5999999</v>
       </c>
       <c r="F276" s="20">
-        <v>613307783</v>
+        <v>367939138</v>
       </c>
       <c r="G276" s="19" t="s">
-        <v>62</v>
+        <v>132</v>
       </c>
       <c r="I276" s="18" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="J276" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K276" s="18" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="L276" s="18">
-        <v>20000329</v>
-[...4 lines deleted...]
-      <c r="R276" s="18">
+        <v>20220126</v>
+      </c>
+      <c r="P276" s="18" t="s">
         <v>60</v>
       </c>
+      <c r="Q276" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="U276" s="18" t="s">
+        <v>188</v>
+      </c>
       <c r="AA276" s="19">
-        <v>358883090</v>
+        <v>65419075.170000002</v>
       </c>
       <c r="AB276" s="20">
-        <v>29380672585.5</v>
+        <v>327205733</v>
       </c>
       <c r="AC276" s="20">
-        <v>991581</v>
+        <v>215741</v>
       </c>
       <c r="AD276" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="277" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A277" s="17" t="s">
-        <v>905</v>
+        <v>895</v>
       </c>
       <c r="B277" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C277" s="17" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="D277" s="18" t="s">
-        <v>907</v>
+        <v>897</v>
       </c>
       <c r="E277" s="20">
-        <v>110273811.81</v>
+        <v>48749002437.370003</v>
       </c>
       <c r="F277" s="20">
-        <v>24559869</v>
+        <v>609612030</v>
       </c>
       <c r="G277" s="19" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="I277" s="18" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="J277" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K277" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L277" s="18">
-        <v>20060330</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>20000329</v>
+      </c>
+      <c r="M277" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R277" s="18">
+        <v>60</v>
       </c>
       <c r="AA277" s="19">
-        <v>3773681</v>
+        <v>430246631</v>
       </c>
       <c r="AB277" s="20">
-        <v>14918891</v>
+        <v>35198564126</v>
       </c>
       <c r="AC277" s="20">
-        <v>10259</v>
+        <v>1203776</v>
       </c>
       <c r="AD277" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="278" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A278" s="17" t="s">
-        <v>908</v>
+        <v>898</v>
       </c>
       <c r="B278" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C278" s="17" t="s">
-        <v>909</v>
+        <v>899</v>
       </c>
       <c r="D278" s="18" t="s">
-        <v>910</v>
+        <v>900</v>
       </c>
       <c r="E278" s="20">
-        <v>40564346</v>
+        <v>90219034.560000002</v>
       </c>
       <c r="F278" s="20">
-        <v>9544552</v>
+        <v>24516042</v>
       </c>
       <c r="G278" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
+      </c>
+      <c r="H278" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="I278" s="18" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="J278" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K278" s="18" t="s">
+        <v>40</v>
       </c>
       <c r="L278" s="18">
-        <v>20020723</v>
+        <v>20060330</v>
       </c>
       <c r="T278" s="18" t="s">
-        <v>132</v>
+        <v>54</v>
       </c>
       <c r="AA278" s="19">
-        <v>1379575</v>
+        <v>4615130</v>
       </c>
       <c r="AB278" s="20">
-        <v>5223118.5</v>
+        <v>18255124</v>
       </c>
       <c r="AC278" s="20">
-        <v>2175</v>
+        <v>13359</v>
       </c>
       <c r="AD278" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="279" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A279" s="17" t="s">
-        <v>911</v>
+        <v>901</v>
       </c>
       <c r="B279" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C279" s="17" t="s">
-        <v>912</v>
+        <v>902</v>
       </c>
       <c r="D279" s="18" t="s">
-        <v>913</v>
+        <v>903</v>
       </c>
       <c r="E279" s="20">
-        <v>386441392.33999997</v>
+        <v>45145730.960000001</v>
       </c>
       <c r="F279" s="20">
-        <v>107944523</v>
+        <v>9544552</v>
       </c>
       <c r="G279" s="19" t="s">
         <v>51</v>
       </c>
       <c r="I279" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J279" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L279" s="18">
-        <v>19930607</v>
+        <v>20020723</v>
+      </c>
+      <c r="T279" s="18" t="s">
+        <v>128</v>
       </c>
       <c r="AA279" s="19">
-        <v>2277175</v>
+        <v>1775626</v>
       </c>
       <c r="AB279" s="20">
-        <v>9178170.5</v>
+        <v>6990394</v>
       </c>
       <c r="AC279" s="20">
-        <v>3822</v>
+        <v>2822</v>
       </c>
       <c r="AD279" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="280" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A280" s="17" t="s">
-        <v>915</v>
+        <v>904</v>
       </c>
       <c r="B280" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C280" s="17" t="s">
-        <v>916</v>
+        <v>905</v>
       </c>
       <c r="D280" s="18" t="s">
-        <v>917</v>
+        <v>906</v>
       </c>
       <c r="E280" s="20">
-        <v>34755164276.080002</v>
+        <v>372408604.35000002</v>
       </c>
       <c r="F280" s="20">
-        <v>1535122097</v>
+        <v>107944523</v>
       </c>
       <c r="G280" s="19" t="s">
-        <v>188</v>
+        <v>47</v>
       </c>
       <c r="I280" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J280" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L280" s="18">
-        <v>19990201</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>19930607</v>
       </c>
       <c r="AA280" s="19">
-        <v>649259887</v>
+        <v>2448590</v>
       </c>
       <c r="AB280" s="20">
-        <v>13928421521</v>
+        <v>9779346.5</v>
       </c>
       <c r="AC280" s="20">
-        <v>1418687</v>
+        <v>4356</v>
       </c>
       <c r="AD280" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="281" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A281" s="17" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B281" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C281" s="17" t="s">
-        <v>919</v>
+        <v>909</v>
       </c>
       <c r="D281" s="18" t="s">
-        <v>920</v>
+        <v>910</v>
       </c>
       <c r="E281" s="20">
-        <v>20053411</v>
+        <v>31486312723.810001</v>
       </c>
       <c r="F281" s="20">
-        <v>20053411</v>
+        <v>1535168831</v>
       </c>
       <c r="G281" s="19" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="I281" s="18" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="J281" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="L281" s="18">
-        <v>20070625</v>
+        <v>19990201</v>
+      </c>
+      <c r="M281" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R281" s="18">
+        <v>60</v>
       </c>
       <c r="AA281" s="19">
-        <v>1974719</v>
+        <v>846918095</v>
       </c>
       <c r="AB281" s="20">
-        <v>2213217</v>
+        <v>18210007957</v>
       </c>
       <c r="AC281" s="20">
-        <v>1779</v>
+        <v>1754866</v>
       </c>
       <c r="AD281" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="282" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A282" s="17" t="s">
-        <v>921</v>
+        <v>911</v>
       </c>
       <c r="B282" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C282" s="17" t="s">
-        <v>922</v>
+        <v>912</v>
       </c>
       <c r="D282" s="18" t="s">
-        <v>923</v>
+        <v>913</v>
       </c>
       <c r="E282" s="20">
-        <v>3126426648.1500001</v>
+        <v>33537813.02</v>
       </c>
       <c r="F282" s="20">
-        <v>21685695</v>
+        <v>38997457</v>
       </c>
       <c r="G282" s="19" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>184</v>
       </c>
       <c r="I282" s="18" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="J282" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K282" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L282" s="18">
-        <v>20040708</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>20070625</v>
       </c>
       <c r="AA282" s="19">
-        <v>15068655</v>
+        <v>3426827</v>
       </c>
       <c r="AB282" s="20">
-        <v>2143904060</v>
+        <v>2859231</v>
       </c>
       <c r="AC282" s="20">
-        <v>119353</v>
+        <v>2597</v>
       </c>
       <c r="AD282" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="283" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A283" s="17" t="s">
-        <v>924</v>
+        <v>914</v>
       </c>
       <c r="B283" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C283" s="17" t="s">
-        <v>925</v>
+        <v>915</v>
       </c>
       <c r="D283" s="18" t="s">
-        <v>926</v>
+        <v>916</v>
       </c>
       <c r="E283" s="20">
-        <v>10740074091.68</v>
+        <v>2944483667.0999999</v>
       </c>
       <c r="F283" s="20">
-        <v>82539764</v>
+        <v>21685695</v>
       </c>
       <c r="G283" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
+      </c>
+      <c r="H283" s="18" t="s">
+        <v>73</v>
       </c>
       <c r="I283" s="18" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="J283" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K283" s="18" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="L283" s="18">
-        <v>19991206</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>20040708</v>
       </c>
       <c r="R283" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
+      </c>
+      <c r="S283" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="AA283" s="19">
-        <v>48498614</v>
+        <v>17816181</v>
       </c>
       <c r="AB283" s="20">
-        <v>6181028635.5</v>
+        <v>2525879941.5</v>
       </c>
       <c r="AC283" s="20">
-        <v>355870</v>
+        <v>142677</v>
       </c>
       <c r="AD283" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="284" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A284" s="17" t="s">
-        <v>927</v>
+        <v>917</v>
       </c>
       <c r="B284" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C284" s="17" t="s">
-        <v>928</v>
+        <v>918</v>
       </c>
       <c r="D284" s="18" t="s">
-        <v>929</v>
+        <v>919</v>
       </c>
       <c r="E284" s="20">
-        <v>110015470756.55</v>
+        <v>10371555194.280001</v>
       </c>
       <c r="F284" s="20">
-        <v>456680705</v>
+        <v>82287807</v>
       </c>
       <c r="G284" s="19" t="s">
-        <v>188</v>
+        <v>47</v>
       </c>
       <c r="I284" s="18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="J284" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K284" s="18" t="s">
+        <v>53</v>
       </c>
       <c r="L284" s="18">
-        <v>19800313</v>
+        <v>19991206</v>
       </c>
       <c r="M284" s="18" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>97</v>
+      </c>
+      <c r="R284" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="AA284" s="19">
-        <v>62338388</v>
+        <v>59807774</v>
       </c>
       <c r="AB284" s="20">
-        <v>15651453585.5</v>
+        <v>7630424310</v>
       </c>
       <c r="AC284" s="20">
-        <v>419960</v>
+        <v>436997</v>
       </c>
       <c r="AD284" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="285" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A285" s="17" t="s">
-        <v>930</v>
+        <v>920</v>
       </c>
       <c r="B285" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C285" s="17" t="s">
-        <v>931</v>
+        <v>921</v>
       </c>
       <c r="D285" s="18" t="s">
-        <v>932</v>
+        <v>922</v>
       </c>
       <c r="E285" s="20">
-        <v>168292672.25999999</v>
+        <v>96048573039.119995</v>
       </c>
       <c r="F285" s="20">
-        <v>432924662</v>
+        <v>452658318</v>
       </c>
       <c r="G285" s="19" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>184</v>
       </c>
       <c r="I285" s="18" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="J285" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="L285" s="18">
-        <v>20171120</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>19800313</v>
+      </c>
+      <c r="M285" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="R285" s="18">
+        <v>60</v>
       </c>
       <c r="AA285" s="19">
-        <v>74593211</v>
+        <v>84287128</v>
       </c>
       <c r="AB285" s="20">
-        <v>22702061.5</v>
+        <v>20537216193.5</v>
       </c>
       <c r="AC285" s="20">
-        <v>20504</v>
+        <v>561890</v>
       </c>
       <c r="AD285" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="286" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A286" s="17" t="s">
-        <v>933</v>
+        <v>923</v>
       </c>
       <c r="B286" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C286" s="17" t="s">
-        <v>934</v>
+        <v>924</v>
       </c>
       <c r="D286" s="18" t="s">
-        <v>935</v>
+        <v>925</v>
       </c>
       <c r="E286" s="20">
-        <v>1250434837.26</v>
+        <v>212281618.08000001</v>
       </c>
       <c r="F286" s="20">
-        <v>661605734</v>
+        <v>22596232</v>
       </c>
       <c r="G286" s="19" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="H286" s="18" t="s">
-        <v>165</v>
+        <v>73</v>
       </c>
       <c r="I286" s="18" t="s">
-        <v>233</v>
+        <v>65</v>
       </c>
       <c r="J286" s="18" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="K286" s="18" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="L286" s="18">
-        <v>20210505</v>
-[...8 lines deleted...]
-        <v>234</v>
+        <v>20171120</v>
+      </c>
+      <c r="P286" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="AA286" s="19">
-        <v>364822677</v>
+        <v>75516758</v>
       </c>
       <c r="AB286" s="20">
-        <v>424527346</v>
+        <v>28549176.5</v>
       </c>
       <c r="AC286" s="20">
-        <v>169748</v>
+        <v>23364</v>
       </c>
       <c r="AD286" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="287" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A287" s="17" t="s">
-        <v>936</v>
+        <v>926</v>
       </c>
       <c r="B287" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C287" s="17" t="s">
-        <v>937</v>
+        <v>927</v>
       </c>
       <c r="D287" s="18" t="s">
-        <v>938</v>
+        <v>928</v>
       </c>
       <c r="E287" s="20">
-        <v>640509891.84000003</v>
+        <v>1243818779.9200001</v>
       </c>
       <c r="F287" s="20">
-        <v>82753216</v>
+        <v>661605734</v>
       </c>
       <c r="G287" s="19" t="s">
-        <v>62</v>
+        <v>51</v>
+      </c>
+      <c r="H287" s="18" t="s">
+        <v>161</v>
       </c>
       <c r="I287" s="18" t="s">
-        <v>43</v>
+        <v>229</v>
       </c>
       <c r="J287" s="18" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="K287" s="18" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="L287" s="18">
-        <v>20080704</v>
+        <v>20210505</v>
+      </c>
+      <c r="M287" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="T287" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="V287" s="18" t="s">
+        <v>230</v>
       </c>
       <c r="AA287" s="19">
-        <v>32030471</v>
+        <v>591138814</v>
       </c>
       <c r="AB287" s="20">
-        <v>241616203</v>
+        <v>913833437.5</v>
       </c>
       <c r="AC287" s="20">
-        <v>111228</v>
+        <v>283121</v>
       </c>
       <c r="AD287" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="288" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A288" s="17" t="s">
-        <v>939</v>
+        <v>929</v>
       </c>
       <c r="B288" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C288" s="17" t="s">
-        <v>940</v>
+        <v>930</v>
       </c>
       <c r="D288" s="18" t="s">
-        <v>941</v>
+        <v>931</v>
       </c>
       <c r="E288" s="20">
-        <v>67473404.359999999</v>
+        <v>549481354.24000001</v>
       </c>
       <c r="F288" s="20">
-        <v>45284164</v>
+        <v>82753216</v>
       </c>
       <c r="G288" s="19" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="I288" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J288" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K288" s="18" t="s">
-        <v>63</v>
+        <v>40</v>
       </c>
       <c r="L288" s="18">
-        <v>20220803</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>20080704</v>
       </c>
       <c r="AA288" s="19">
-        <v>5643667</v>
+        <v>41445043</v>
       </c>
       <c r="AB288" s="20">
-        <v>8686191</v>
+        <v>317484897</v>
       </c>
       <c r="AC288" s="20">
-        <v>6993</v>
+        <v>143657</v>
       </c>
       <c r="AD288" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="289" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A289" s="17" t="s">
-        <v>942</v>
+        <v>932</v>
       </c>
       <c r="B289" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C289" s="17" t="s">
-        <v>943</v>
+        <v>933</v>
       </c>
       <c r="D289" s="18" t="s">
-        <v>944</v>
+        <v>934</v>
       </c>
       <c r="E289" s="20">
-        <v>15253805184.799999</v>
+        <v>58416571.560000002</v>
       </c>
       <c r="F289" s="20">
-        <v>278100368</v>
+        <v>45284164</v>
       </c>
       <c r="G289" s="19" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="I289" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J289" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K289" s="18" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="L289" s="18">
-        <v>20021104</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>20220803</v>
+      </c>
+      <c r="O289" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="P289" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="AA289" s="19">
-        <v>82554713</v>
+        <v>6904884</v>
       </c>
       <c r="AB289" s="20">
-        <v>4360536355.5</v>
+        <v>10390511.5</v>
       </c>
       <c r="AC289" s="20">
-        <v>373143</v>
+        <v>8305</v>
       </c>
       <c r="AD289" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="290" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A290" s="17" t="s">
-        <v>945</v>
+        <v>935</v>
       </c>
       <c r="B290" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C290" s="17" t="s">
-        <v>946</v>
+        <v>936</v>
       </c>
       <c r="D290" s="18" t="s">
-        <v>947</v>
+        <v>937</v>
       </c>
       <c r="E290" s="20">
-        <v>11660531940.290001</v>
+        <v>14389264805.440001</v>
       </c>
       <c r="F290" s="20">
-        <v>81207131</v>
+        <v>278160928</v>
       </c>
       <c r="G290" s="19" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="I290" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J290" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K290" s="18" t="s">
+        <v>40</v>
       </c>
       <c r="L290" s="18">
-        <v>19740521</v>
+        <v>20021104</v>
       </c>
       <c r="R290" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="AA290" s="19">
-        <v>24454212</v>
+        <v>110965732</v>
       </c>
       <c r="AB290" s="20">
-        <v>2966319217</v>
+        <v>5843251220.5</v>
       </c>
       <c r="AC290" s="20">
-        <v>167599</v>
+        <v>499156</v>
       </c>
       <c r="AD290" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="291" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A291" s="17" t="s">
-        <v>948</v>
+        <v>938</v>
       </c>
       <c r="B291" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C291" s="17" t="s">
-        <v>949</v>
+        <v>939</v>
       </c>
       <c r="D291" s="18" t="s">
-        <v>914</v>
+        <v>940</v>
       </c>
       <c r="E291" s="20">
-        <v>177563547517.67999</v>
+        <v>13711952749.950001</v>
       </c>
       <c r="F291" s="20">
-        <v>1764113339</v>
+        <v>81371745</v>
       </c>
       <c r="G291" s="19" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="I291" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J291" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L291" s="18">
-        <v>19550202</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>19740521</v>
+      </c>
+      <c r="R291" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="AA291" s="19">
-        <v>1286096974</v>
+        <v>31522833</v>
       </c>
       <c r="AB291" s="20">
-        <v>113348583692</v>
+        <v>4053039607</v>
       </c>
       <c r="AC291" s="20">
-        <v>2797302</v>
+        <v>216348</v>
       </c>
       <c r="AD291" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="292" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A292" s="17" t="s">
-        <v>950</v>
+        <v>941</v>
       </c>
       <c r="B292" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C292" s="17" t="s">
-        <v>951</v>
+        <v>942</v>
       </c>
       <c r="D292" s="18" t="s">
-        <v>952</v>
+        <v>907</v>
       </c>
       <c r="E292" s="20">
-        <v>495689380</v>
+        <v>196799910479.07999</v>
       </c>
       <c r="F292" s="20">
-        <v>37186000</v>
+        <v>1752451463</v>
       </c>
       <c r="G292" s="19" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>58</v>
       </c>
       <c r="I292" s="18" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="J292" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="L292" s="18">
-        <v>19981214</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>19550202</v>
+      </c>
+      <c r="M292" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R292" s="18">
+        <v>60</v>
       </c>
       <c r="AA292" s="19">
-        <v>9904264</v>
+        <v>1579595205</v>
       </c>
       <c r="AB292" s="20">
-        <v>107202465.5</v>
+        <v>145738301422.5</v>
       </c>
       <c r="AC292" s="20">
-        <v>39956</v>
+        <v>3451385</v>
       </c>
       <c r="AD292" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="293" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A293" s="17" t="s">
-        <v>953</v>
+        <v>943</v>
       </c>
       <c r="B293" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C293" s="17" t="s">
-        <v>954</v>
+        <v>944</v>
       </c>
       <c r="D293" s="18" t="s">
-        <v>955</v>
+        <v>945</v>
       </c>
       <c r="E293" s="20">
-        <v>108918908.09</v>
+        <v>519246600</v>
       </c>
       <c r="F293" s="20">
-        <v>40191479</v>
+        <v>36826000</v>
       </c>
       <c r="G293" s="19" t="s">
-        <v>55</v>
+        <v>47</v>
+      </c>
+      <c r="H293" s="18" t="s">
+        <v>73</v>
       </c>
       <c r="I293" s="18" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="J293" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K293" s="18" t="s">
+        <v>59</v>
       </c>
       <c r="L293" s="18">
-        <v>19930330</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>19981214</v>
+      </c>
+      <c r="P293" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q293" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="AA293" s="19">
-        <v>11955962</v>
+        <v>12077685</v>
       </c>
       <c r="AB293" s="20">
-        <v>27217186.5</v>
+        <v>137090764.5</v>
       </c>
       <c r="AC293" s="20">
-        <v>24376</v>
+        <v>52064</v>
       </c>
       <c r="AD293" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="294" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A294" s="17" t="s">
-        <v>956</v>
+        <v>946</v>
       </c>
       <c r="B294" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C294" s="17" t="s">
-        <v>957</v>
+        <v>947</v>
       </c>
       <c r="D294" s="18" t="s">
-        <v>958</v>
+        <v>948</v>
       </c>
       <c r="E294" s="20">
-        <v>1700389811</v>
+        <v>85070260.489999995</v>
       </c>
       <c r="F294" s="20">
-        <v>83618919</v>
+        <v>40317659</v>
       </c>
       <c r="G294" s="19" t="s">
-        <v>188</v>
+        <v>51</v>
       </c>
       <c r="I294" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="J294" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L294" s="18">
-        <v>19850321</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>19930330</v>
+      </c>
+      <c r="T294" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="AA294" s="19">
-        <v>38402593</v>
+        <v>15486505</v>
       </c>
       <c r="AB294" s="20">
-        <v>719363575.5</v>
+        <v>36968809</v>
       </c>
       <c r="AC294" s="20">
-        <v>142550</v>
+        <v>33332</v>
       </c>
       <c r="AD294" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="295" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A295" s="17" t="s">
-        <v>959</v>
+        <v>949</v>
       </c>
       <c r="B295" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C295" s="17" t="s">
-        <v>960</v>
+        <v>950</v>
       </c>
       <c r="D295" s="18" t="s">
-        <v>961</v>
+        <v>951</v>
       </c>
       <c r="E295" s="20">
-        <v>65414097</v>
+        <v>1646836765.99</v>
       </c>
       <c r="F295" s="20">
-        <v>25957975</v>
+        <v>83618919</v>
       </c>
       <c r="G295" s="19" t="s">
-        <v>51</v>
+        <v>184</v>
       </c>
       <c r="I295" s="18" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="J295" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L295" s="18">
-        <v>20021111</v>
+        <v>19850321</v>
+      </c>
+      <c r="R295" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="AA295" s="19">
-        <v>1884960</v>
+        <v>43157212</v>
       </c>
       <c r="AB295" s="20">
-        <v>5050002.5</v>
+        <v>813035591.5</v>
       </c>
       <c r="AC295" s="20">
-        <v>3181</v>
+        <v>170336</v>
       </c>
       <c r="AD295" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="296" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A296" s="17" t="s">
-        <v>962</v>
+        <v>952</v>
       </c>
       <c r="B296" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C296" s="17" t="s">
-        <v>963</v>
+        <v>953</v>
       </c>
       <c r="D296" s="18" t="s">
-        <v>964</v>
+        <v>954</v>
       </c>
       <c r="E296" s="20">
-        <v>1264823124.2</v>
+        <v>70751654.609999999</v>
       </c>
       <c r="F296" s="20">
-        <v>212218645</v>
+        <v>25916357</v>
       </c>
       <c r="G296" s="19" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>47</v>
       </c>
       <c r="I296" s="18" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="J296" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L296" s="18">
-        <v>19961209</v>
+        <v>20021111</v>
       </c>
       <c r="AA296" s="19">
-        <v>93881244</v>
+        <v>2022528</v>
       </c>
       <c r="AB296" s="20">
-        <v>453054939</v>
+        <v>5414198.5</v>
       </c>
       <c r="AC296" s="20">
-        <v>269513</v>
+        <v>3606</v>
       </c>
       <c r="AD296" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="297" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A297" s="17" t="s">
-        <v>965</v>
+        <v>955</v>
       </c>
       <c r="B297" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C297" s="17" t="s">
-        <v>966</v>
+        <v>956</v>
       </c>
       <c r="D297" s="18" t="s">
-        <v>967</v>
+        <v>957</v>
       </c>
       <c r="E297" s="20">
-        <v>1911882749.79</v>
+        <v>1114214561.25</v>
       </c>
       <c r="F297" s="20">
-        <v>47809021</v>
+        <v>212231345</v>
       </c>
       <c r="G297" s="19" t="s">
-        <v>62</v>
+        <v>47</v>
+      </c>
+      <c r="H297" s="18" t="s">
+        <v>73</v>
       </c>
       <c r="I297" s="18" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="J297" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L297" s="18">
-        <v>20170530</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>19961209</v>
       </c>
       <c r="AA297" s="19">
-        <v>15397240</v>
+        <v>111651631</v>
       </c>
       <c r="AB297" s="20">
-        <v>572883836</v>
+        <v>554855416</v>
       </c>
       <c r="AC297" s="20">
-        <v>99447</v>
+        <v>331164</v>
       </c>
       <c r="AD297" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="298" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A298" s="17" t="s">
-        <v>968</v>
+        <v>958</v>
       </c>
       <c r="B298" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C298" s="17" t="s">
-        <v>969</v>
+        <v>959</v>
       </c>
       <c r="D298" s="18" t="s">
-        <v>970</v>
+        <v>960</v>
       </c>
       <c r="E298" s="20">
-        <v>128468893.95</v>
+        <v>1847818661.6500001</v>
       </c>
       <c r="F298" s="20">
-        <v>13979205</v>
+        <v>47809021</v>
       </c>
       <c r="G298" s="19" t="s">
-        <v>136</v>
+        <v>58</v>
       </c>
       <c r="I298" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J298" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K298" s="18" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="L298" s="18">
-        <v>20130619</v>
-[...8 lines deleted...]
-        <v>119</v>
+        <v>20170530</v>
+      </c>
+      <c r="R298" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="AA298" s="19">
-        <v>3454425</v>
+        <v>18928874</v>
       </c>
       <c r="AB298" s="20">
-        <v>32267546.5</v>
+        <v>710860662.5</v>
       </c>
       <c r="AC298" s="20">
-        <v>15360</v>
+        <v>119559</v>
       </c>
       <c r="AD298" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="299" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A299" s="17" t="s">
-        <v>971</v>
+        <v>961</v>
       </c>
       <c r="B299" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C299" s="17" t="s">
-        <v>972</v>
+        <v>962</v>
       </c>
       <c r="D299" s="18" t="s">
-        <v>973</v>
+        <v>963</v>
       </c>
       <c r="E299" s="20">
-        <v>27219874.5</v>
+        <v>126791389.34999999</v>
       </c>
       <c r="F299" s="20">
-        <v>38885535</v>
+        <v>13979205</v>
       </c>
       <c r="G299" s="19" t="s">
-        <v>188</v>
+        <v>132</v>
       </c>
       <c r="I299" s="18" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="J299" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K299" s="18" t="s">
+        <v>59</v>
       </c>
       <c r="L299" s="18">
-        <v>19801113</v>
+        <v>20130619</v>
+      </c>
+      <c r="P299" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="U299" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="Y299" s="18" t="s">
+        <v>115</v>
       </c>
       <c r="AA299" s="19">
-        <v>884349</v>
+        <v>4240260</v>
       </c>
       <c r="AB299" s="20">
-        <v>703400.5</v>
+        <v>39513168.5</v>
       </c>
       <c r="AC299" s="20">
-        <v>661</v>
+        <v>18869</v>
       </c>
       <c r="AD299" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="300" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A300" s="17" t="s">
-        <v>974</v>
+        <v>964</v>
       </c>
       <c r="B300" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C300" s="17" t="s">
-        <v>975</v>
+        <v>965</v>
       </c>
       <c r="D300" s="18" t="s">
-        <v>976</v>
+        <v>966</v>
       </c>
       <c r="E300" s="20">
-        <v>573393991.79999995</v>
+        <v>23720176.350000001</v>
       </c>
       <c r="F300" s="20">
-        <v>24255245</v>
+        <v>38885535</v>
       </c>
       <c r="G300" s="19" t="s">
-        <v>55</v>
+        <v>184</v>
       </c>
       <c r="I300" s="18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="J300" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L300" s="18">
-        <v>19971224</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>19801113</v>
       </c>
       <c r="AA300" s="19">
-        <v>300616</v>
+        <v>1182982</v>
       </c>
       <c r="AB300" s="20">
-        <v>6007496</v>
+        <v>888009.5</v>
       </c>
       <c r="AC300" s="20">
-        <v>660</v>
+        <v>810</v>
       </c>
       <c r="AD300" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="301" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A301" s="17" t="s">
-        <v>977</v>
+        <v>967</v>
       </c>
       <c r="B301" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C301" s="17" t="s">
-        <v>978</v>
+        <v>968</v>
       </c>
       <c r="D301" s="18" t="s">
-        <v>979</v>
+        <v>969</v>
       </c>
       <c r="E301" s="20">
-        <v>24335653.120000001</v>
+        <v>555891853</v>
       </c>
       <c r="F301" s="20">
-        <v>19012229</v>
+        <v>24169211</v>
       </c>
       <c r="G301" s="19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I301" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J301" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="L301" s="18">
-        <v>20190114</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>19971224</v>
       </c>
       <c r="T301" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="AA301" s="19">
-        <v>841586</v>
+        <v>339023</v>
       </c>
       <c r="AB301" s="20">
-        <v>1072333.5</v>
+        <v>6927201.5</v>
       </c>
       <c r="AC301" s="20">
-        <v>658</v>
+        <v>830</v>
       </c>
       <c r="AD301" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="302" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A302" s="17" t="s">
-        <v>980</v>
+        <v>970</v>
       </c>
       <c r="B302" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C302" s="17" t="s">
-        <v>981</v>
+        <v>971</v>
       </c>
       <c r="D302" s="18" t="s">
-        <v>982</v>
+        <v>972</v>
       </c>
       <c r="E302" s="20">
-        <v>304509789</v>
+        <v>23765286.25</v>
       </c>
       <c r="F302" s="20">
-        <v>41395100</v>
+        <v>19012229</v>
       </c>
       <c r="G302" s="19" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="I302" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J302" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K302" s="18" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="L302" s="18">
-        <v>20070110</v>
+        <v>20190114</v>
       </c>
       <c r="P302" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
+      </c>
+      <c r="T302" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="AA302" s="19">
-        <v>2326192</v>
+        <v>1201028</v>
       </c>
       <c r="AB302" s="20">
-        <v>14453431</v>
+        <v>1525449.5</v>
       </c>
       <c r="AC302" s="20">
-        <v>6040</v>
+        <v>881</v>
       </c>
       <c r="AD302" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="303" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A303" s="17" t="s">
-        <v>983</v>
+        <v>973</v>
       </c>
       <c r="B303" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C303" s="17" t="s">
-        <v>984</v>
+        <v>974</v>
       </c>
       <c r="D303" s="18" t="s">
-        <v>985</v>
+        <v>975</v>
       </c>
       <c r="E303" s="20">
-        <v>90647164.079999998</v>
+        <v>318787637.5</v>
       </c>
       <c r="F303" s="20">
-        <v>6019068</v>
+        <v>41395100</v>
       </c>
       <c r="G303" s="19" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="I303" s="18" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="J303" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K303" s="18" t="s">
+        <v>59</v>
       </c>
       <c r="L303" s="18">
-        <v>19960918</v>
+        <v>20070110</v>
+      </c>
+      <c r="P303" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="AA303" s="19">
-        <v>3284577</v>
+        <v>3046601</v>
       </c>
       <c r="AB303" s="20">
-        <v>50057385.5</v>
+        <v>19825013.5</v>
       </c>
       <c r="AC303" s="20">
-        <v>9946</v>
+        <v>8032</v>
       </c>
       <c r="AD303" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="304" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A304" s="17" t="s">
-        <v>986</v>
+        <v>976</v>
       </c>
       <c r="B304" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C304" s="17" t="s">
-        <v>987</v>
+        <v>977</v>
       </c>
       <c r="D304" s="18" t="s">
-        <v>988</v>
+        <v>978</v>
       </c>
       <c r="E304" s="20">
-        <v>481871307.12</v>
+        <v>98712715.200000003</v>
       </c>
       <c r="F304" s="20">
-        <v>32167644</v>
+        <v>6019068</v>
       </c>
       <c r="G304" s="19" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="I304" s="18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="J304" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="L304" s="18">
-        <v>20130827</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>19960918</v>
       </c>
       <c r="AA304" s="19">
-        <v>4776827</v>
+        <v>3619818</v>
       </c>
       <c r="AB304" s="20">
-        <v>76659518.5</v>
+        <v>55314832.5</v>
       </c>
       <c r="AC304" s="20">
-        <v>32615</v>
+        <v>10745</v>
       </c>
       <c r="AD304" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="305" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A305" s="17" t="s">
-        <v>989</v>
+        <v>979</v>
       </c>
       <c r="B305" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C305" s="17" t="s">
-        <v>990</v>
+        <v>980</v>
       </c>
       <c r="D305" s="18" t="s">
-        <v>991</v>
+        <v>981</v>
       </c>
       <c r="E305" s="20">
-        <v>10642228.140000001</v>
+        <v>537822117.36000001</v>
       </c>
       <c r="F305" s="20">
-        <v>709481876</v>
+        <v>32127964</v>
       </c>
       <c r="G305" s="19" t="s">
-        <v>188</v>
+        <v>58</v>
       </c>
       <c r="I305" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J305" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="K305" s="18" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="L305" s="18">
-        <v>20230719</v>
+        <v>20130827</v>
+      </c>
+      <c r="M305" s="18" t="s">
+        <v>215</v>
       </c>
       <c r="AA305" s="19">
-        <v>31521277</v>
+        <v>5889048</v>
       </c>
       <c r="AB305" s="20">
-        <v>585935</v>
+        <v>95425506</v>
       </c>
       <c r="AC305" s="20">
-        <v>1252</v>
+        <v>40808</v>
       </c>
       <c r="AD305" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="306" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A306" s="17" t="s">
-        <v>992</v>
+        <v>982</v>
       </c>
       <c r="B306" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C306" s="17" t="s">
-        <v>993</v>
+        <v>983</v>
       </c>
       <c r="D306" s="18" t="s">
-        <v>994</v>
+        <v>984</v>
       </c>
       <c r="E306" s="20">
-        <v>521426798.19999999</v>
+        <v>21284456.280000001</v>
       </c>
       <c r="F306" s="20">
-        <v>21908689</v>
+        <v>709481876</v>
       </c>
       <c r="G306" s="19" t="s">
-        <v>51</v>
+        <v>184</v>
       </c>
       <c r="I306" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J306" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K306" s="18" t="s">
+        <v>53</v>
       </c>
       <c r="L306" s="18">
-        <v>19660815</v>
+        <v>20230719</v>
       </c>
       <c r="AA306" s="19">
-        <v>9200642</v>
+        <v>42415776</v>
       </c>
       <c r="AB306" s="20">
-        <v>187470086.5</v>
+        <v>816493.5</v>
       </c>
       <c r="AC306" s="20">
-        <v>53077</v>
+        <v>1670</v>
       </c>
       <c r="AD306" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="307" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A307" s="17" t="s">
-        <v>995</v>
+        <v>985</v>
       </c>
       <c r="B307" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C307" s="17" t="s">
-        <v>996</v>
+        <v>986</v>
       </c>
       <c r="D307" s="18" t="s">
-        <v>997</v>
+        <v>987</v>
       </c>
       <c r="E307" s="20">
-        <v>481465969.60000002</v>
+        <v>544869095.42999995</v>
       </c>
       <c r="F307" s="20">
-        <v>32012365</v>
+        <v>21908689</v>
       </c>
       <c r="G307" s="19" t="s">
-        <v>136</v>
+        <v>47</v>
       </c>
       <c r="I307" s="18" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="J307" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L307" s="18">
-        <v>19730201</v>
-[...2 lines deleted...]
-        <v>702</v>
+        <v>19660815</v>
       </c>
       <c r="AA307" s="19">
-        <v>253620</v>
+        <v>10576419</v>
       </c>
       <c r="AB307" s="20">
-        <v>3465702.5</v>
+        <v>220346703</v>
       </c>
       <c r="AC307" s="20">
-        <v>996</v>
+        <v>61890</v>
       </c>
       <c r="AD307" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="308" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A308" s="17" t="s">
-        <v>998</v>
+        <v>988</v>
       </c>
       <c r="B308" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C308" s="17" t="s">
-        <v>999</v>
+        <v>989</v>
       </c>
       <c r="D308" s="18" t="s">
-        <v>1000</v>
+        <v>990</v>
       </c>
       <c r="E308" s="20">
-        <v>65255490054</v>
+        <v>505064703.35000002</v>
       </c>
       <c r="F308" s="20">
-        <v>257113830</v>
+        <v>31986365</v>
       </c>
       <c r="G308" s="19" t="s">
-        <v>51</v>
+        <v>132</v>
       </c>
       <c r="I308" s="18" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="J308" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L308" s="18">
-        <v>20160601</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>19730201</v>
+      </c>
+      <c r="U308" s="18" t="s">
+        <v>695</v>
       </c>
       <c r="AA308" s="19">
-        <v>50546635</v>
+        <v>296275</v>
       </c>
       <c r="AB308" s="20">
-        <v>13288639861</v>
+        <v>4101749</v>
       </c>
       <c r="AC308" s="20">
-        <v>348266</v>
+        <v>1149</v>
       </c>
       <c r="AD308" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="309" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A309" s="17" t="s">
-        <v>1001</v>
+        <v>991</v>
       </c>
       <c r="B309" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C309" s="17" t="s">
-        <v>1002</v>
+        <v>992</v>
       </c>
       <c r="D309" s="18" t="s">
-        <v>1003</v>
+        <v>993</v>
       </c>
       <c r="E309" s="20">
-        <v>7660680146.8400002</v>
+        <v>60221598807.239998</v>
       </c>
       <c r="F309" s="20">
-        <v>76576171</v>
+        <v>256022442</v>
       </c>
       <c r="G309" s="19" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="I309" s="18" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="J309" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K309" s="18" t="s">
+        <v>53</v>
       </c>
       <c r="L309" s="18">
-        <v>19860507</v>
+        <v>20160601</v>
       </c>
       <c r="M309" s="18" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>97</v>
+      </c>
+      <c r="R309" s="18">
+        <v>60</v>
       </c>
       <c r="AA309" s="19">
-        <v>36521069</v>
+        <v>64532045</v>
       </c>
       <c r="AB309" s="20">
-        <v>3871417670</v>
+        <v>16688392168.5</v>
       </c>
       <c r="AC309" s="20">
-        <v>241983</v>
+        <v>442777</v>
       </c>
       <c r="AD309" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="310" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A310" s="17" t="s">
-        <v>1004</v>
+        <v>994</v>
       </c>
       <c r="B310" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C310" s="17" t="s">
-        <v>1005</v>
+        <v>995</v>
       </c>
       <c r="D310" s="18" t="s">
-        <v>1006</v>
+        <v>996</v>
       </c>
       <c r="E310" s="20">
-        <v>70731915.980000004</v>
+        <v>6518206568.8000002</v>
       </c>
       <c r="F310" s="20">
-        <v>33843022</v>
+        <v>76147273</v>
       </c>
       <c r="G310" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H310" s="18" t="s">
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="I310" s="18" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="J310" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="L310" s="18">
-        <v>20111013</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>19860507</v>
+      </c>
+      <c r="M310" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R310" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="AA310" s="19">
-        <v>715040</v>
+        <v>46389486</v>
       </c>
       <c r="AB310" s="20">
-        <v>1571565.5</v>
+        <v>4821104903.5</v>
       </c>
       <c r="AC310" s="20">
-        <v>626</v>
+        <v>312002</v>
       </c>
       <c r="AD310" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="311" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A311" s="17" t="s">
-        <v>1007</v>
+        <v>997</v>
       </c>
       <c r="B311" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C311" s="17" t="s">
-        <v>1008</v>
+        <v>998</v>
       </c>
       <c r="D311" s="18" t="s">
-        <v>1009</v>
+        <v>999</v>
       </c>
       <c r="E311" s="20">
-        <v>132399614.81999999</v>
+        <v>73439357.739999995</v>
       </c>
       <c r="F311" s="20">
-        <v>10558183</v>
+        <v>33843022</v>
       </c>
       <c r="G311" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H311" s="18" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="I311" s="18" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="J311" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K311" s="18" t="s">
+        <v>59</v>
       </c>
       <c r="L311" s="18">
-        <v>20040730</v>
+        <v>20111013</v>
+      </c>
+      <c r="P311" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="AA311" s="19">
-        <v>54776719</v>
+        <v>766826</v>
       </c>
       <c r="AB311" s="20">
-        <v>29648679.5</v>
+        <v>1680134.5</v>
       </c>
       <c r="AC311" s="20">
-        <v>13595</v>
+        <v>725</v>
       </c>
       <c r="AD311" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="312" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A312" s="17" t="s">
-        <v>1010</v>
+        <v>1000</v>
       </c>
       <c r="B312" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C312" s="17" t="s">
-        <v>1011</v>
+        <v>1001</v>
       </c>
       <c r="D312" s="18" t="s">
-        <v>1012</v>
+        <v>1002</v>
       </c>
       <c r="E312" s="20">
-        <v>1589953776.8399999</v>
+        <v>125959123.19</v>
       </c>
       <c r="F312" s="20">
-        <v>61769766</v>
+        <v>10558183</v>
       </c>
       <c r="G312" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
+      </c>
+      <c r="H312" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="I312" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J312" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L312" s="18">
-        <v>19970129</v>
+        <v>20040730</v>
       </c>
       <c r="AA312" s="19">
-        <v>18513896</v>
+        <v>56120068</v>
       </c>
       <c r="AB312" s="20">
-        <v>462523505</v>
+        <v>46407656</v>
       </c>
       <c r="AC312" s="20">
-        <v>111801</v>
+        <v>20194</v>
       </c>
       <c r="AD312" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="313" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A313" s="17" t="s">
-        <v>1013</v>
+        <v>1003</v>
       </c>
       <c r="B313" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C313" s="17" t="s">
-        <v>1014</v>
+        <v>1004</v>
       </c>
       <c r="D313" s="18" t="s">
-        <v>1015</v>
+        <v>1005</v>
       </c>
       <c r="E313" s="20">
-        <v>435380543.64999998</v>
+        <v>1592424567.48</v>
       </c>
       <c r="F313" s="20">
-        <v>212380753</v>
+        <v>61769766</v>
       </c>
       <c r="G313" s="19" t="s">
-        <v>188</v>
+        <v>47</v>
       </c>
       <c r="I313" s="18" t="s">
-        <v>149</v>
+        <v>52</v>
       </c>
       <c r="J313" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="L313" s="18">
-        <v>20060518</v>
+        <v>19970129</v>
       </c>
       <c r="AA313" s="19">
-        <v>7064501</v>
+        <v>21914402</v>
       </c>
       <c r="AB313" s="20">
-        <v>13308266.5</v>
+        <v>548576332</v>
       </c>
       <c r="AC313" s="20">
-        <v>15582</v>
+        <v>131869</v>
       </c>
       <c r="AD313" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="314" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A314" s="17" t="s">
-        <v>1016</v>
+        <v>1006</v>
       </c>
       <c r="B314" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C314" s="17" t="s">
-        <v>1017</v>
+        <v>1007</v>
       </c>
       <c r="D314" s="18" t="s">
-        <v>1018</v>
+        <v>1008</v>
       </c>
       <c r="E314" s="20">
-        <v>32237234.5</v>
+        <v>318571129.5</v>
       </c>
       <c r="F314" s="20">
-        <v>12495833</v>
+        <v>212380753</v>
       </c>
       <c r="G314" s="19" t="s">
-        <v>62</v>
+        <v>184</v>
       </c>
       <c r="I314" s="18" t="s">
-        <v>43</v>
+        <v>145</v>
       </c>
       <c r="J314" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="K314" s="18" t="s">
+        <v>40</v>
       </c>
       <c r="L314" s="18">
-        <v>19721130</v>
+        <v>20060518</v>
       </c>
       <c r="AA314" s="19">
-        <v>19266</v>
+        <v>10985580</v>
       </c>
       <c r="AB314" s="20">
-        <v>44228</v>
+        <v>20843993</v>
       </c>
       <c r="AC314" s="20">
-        <v>58</v>
+        <v>21235</v>
       </c>
       <c r="AD314" s="20">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="315" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A315" s="17" t="s">
-        <v>1019</v>
+        <v>1009</v>
       </c>
       <c r="B315" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C315" s="17" t="s">
-        <v>1020</v>
+        <v>1010</v>
       </c>
       <c r="D315" s="18" t="s">
-        <v>1021</v>
+        <v>1011</v>
       </c>
       <c r="E315" s="20">
-        <v>2566446979.8000002</v>
+        <v>32352216.309999999</v>
       </c>
       <c r="F315" s="20">
-        <v>61368890</v>
+        <v>12495833</v>
       </c>
       <c r="G315" s="19" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="I315" s="18" t="s">
-        <v>97</v>
+        <v>39</v>
       </c>
       <c r="J315" s="18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L315" s="18">
-        <v>19860827</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>19721130</v>
       </c>
       <c r="AA315" s="19">
-        <v>9701019</v>
+        <v>32875</v>
       </c>
       <c r="AB315" s="20">
-        <v>414247423.5</v>
+        <v>80543.5</v>
       </c>
       <c r="AC315" s="20">
-        <v>62351</v>
+        <v>92</v>
       </c>
       <c r="AD315" s="20">
         <v>8</v>
       </c>
     </row>
     <row r="316" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A316" s="17" t="s">
-        <v>1022</v>
+        <v>1012</v>
       </c>
       <c r="B316" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C316" s="17" t="s">
-        <v>1023</v>
+        <v>1013</v>
       </c>
       <c r="D316" s="18" t="s">
-        <v>1024</v>
+        <v>1014</v>
       </c>
       <c r="E316" s="20">
-        <v>36506326387.839996</v>
+        <v>2607264527.4000001</v>
       </c>
       <c r="F316" s="20">
-        <v>130528913</v>
+        <v>60605870</v>
       </c>
       <c r="G316" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
+      </c>
+      <c r="H316" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="I316" s="18" t="s">
-        <v>50</v>
+        <v>93</v>
       </c>
       <c r="J316" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="L316" s="18">
-        <v>20060524</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>19860827</v>
+      </c>
+      <c r="R316" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="AA316" s="19">
-        <v>39136439</v>
+        <v>12162816</v>
       </c>
       <c r="AB316" s="20">
-        <v>10197162693</v>
+        <v>517595122</v>
       </c>
       <c r="AC316" s="20">
-        <v>274574</v>
+        <v>79843</v>
       </c>
       <c r="AD316" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="317" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A317" s="17" t="s">
-        <v>1025</v>
+        <v>1015</v>
       </c>
       <c r="B317" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C317" s="17" t="s">
-        <v>1026</v>
+        <v>1016</v>
       </c>
       <c r="D317" s="18" t="s">
-        <v>64</v>
+        <v>1017</v>
       </c>
       <c r="E317" s="20">
-        <v>150932500.19999999</v>
+        <v>35021147069.160004</v>
       </c>
       <c r="F317" s="20">
+        <v>130607694</v>
+      </c>
+      <c r="G317" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="I317" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J317" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K317" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="L317" s="18">
+        <v>20060524</v>
+      </c>
+      <c r="R317" s="18">
+        <v>60</v>
+      </c>
+      <c r="AA317" s="19">
+        <v>50858661</v>
+      </c>
+      <c r="AB317" s="20">
+        <v>13473898460.5</v>
+      </c>
+      <c r="AC317" s="20">
+        <v>351538</v>
+      </c>
+      <c r="AD317" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="318" spans="1:30" x14ac:dyDescent="0.2">
+      <c r="A318" s="17" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B318" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C318" s="17" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D318" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="E318" s="20">
+        <v>151345260</v>
+      </c>
+      <c r="F318" s="20">
         <v>13758660</v>
       </c>
-      <c r="G317" s="19" t="s">
-[...11 lines deleted...]
-      <c r="L317" s="18">
+      <c r="G318" s="19" t="s">
+        <v>184</v>
+      </c>
+      <c r="I318" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J318" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K318" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="L318" s="18">
         <v>20030728</v>
       </c>
-      <c r="AA317" s="19">
-[...9 lines deleted...]
-        <v>8</v>
+      <c r="AA318" s="19">
+        <v>1022453</v>
+      </c>
+      <c r="AB318" s="20">
+        <v>11297171</v>
+      </c>
+      <c r="AC318" s="20">
+        <v>4527</v>
+      </c>
+      <c r="AD318" s="20">
+        <v>10</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A10:AD317" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
+  <autoFilter ref="A10:AD318" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:AK10">
     <sortCondition sortBy="cellColor" ref="M8:M10" dxfId="1"/>
     <sortCondition sortBy="cellColor" ref="N8:N10" dxfId="0"/>
   </sortState>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:AB150"/>
+  <dimension ref="A1:AB145"/>
   <sheetViews>
     <sheetView topLeftCell="C1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="C1" sqref="C1"/>
+      <selection activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.28515625" style="17" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="8.140625" style="28" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" style="23" customWidth="1"/>
     <col min="4" max="4" width="44.140625" style="28" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.85546875" style="24" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="16.28515625" style="24" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="31.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="22.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="16.85546875" style="18" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.140625" style="32" bestFit="1" customWidth="1"/>
     <col min="12" max="13" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="13.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="17.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="18.85546875" style="18" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="18.42578125" style="18" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="16.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="29.85546875" style="18" bestFit="1" customWidth="1"/>
@@ -21276,51 +21246,51 @@
     <row r="1" spans="1:28" x14ac:dyDescent="0.2">
       <c r="C1" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="2" spans="1:28" x14ac:dyDescent="0.2">
       <c r="C2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="1"/>
       <c r="F2" s="26"/>
       <c r="G2" s="26"/>
       <c r="H2" s="1"/>
       <c r="I2" s="19"/>
       <c r="J2" s="1"/>
       <c r="K2" s="29"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="T2" s="19"/>
       <c r="U2" s="19"/>
       <c r="V2" s="19"/>
     </row>
     <row r="3" spans="1:28" x14ac:dyDescent="0.2">
       <c r="C3" s="3" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="1"/>
       <c r="F3" s="26"/>
       <c r="G3" s="26"/>
       <c r="H3" s="1"/>
       <c r="I3" s="19"/>
       <c r="J3" s="1"/>
       <c r="K3" s="29"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="T3" s="19"/>
       <c r="U3" s="19"/>
       <c r="V3" s="19"/>
     </row>
     <row r="4" spans="1:28" s="12" customFormat="1" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="9"/>
       <c r="C4" s="21"/>
       <c r="D4" s="9"/>
       <c r="E4" s="8"/>
       <c r="F4" s="25"/>
       <c r="G4" s="25"/>
       <c r="H4" s="8"/>
       <c r="I4" s="11"/>
       <c r="J4" s="8"/>
@@ -21416,57 +21386,57 @@
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="29"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="36"/>
       <c r="Z7" s="36"/>
       <c r="AA7" s="36"/>
       <c r="AB7" s="36"/>
     </row>
     <row r="8" spans="1:28" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="2"/>
       <c r="C8" s="22"/>
       <c r="D8" s="56">
-        <f>SUBTOTAL(3,D11:D150)</f>
-        <v>140</v>
+        <f>SUBTOTAL(3,D11:D145)</f>
+        <v>135</v>
       </c>
       <c r="E8" s="51"/>
       <c r="F8" s="54">
-        <f>SUBTOTAL(9,F11:F150)</f>
-        <v>18866362571.984997</v>
+        <f>SUBTOTAL(9,F11:F145)</f>
+        <v>20390524840.425003</v>
       </c>
       <c r="G8" s="55"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="29"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="6"/>
       <c r="Y8" s="36"/>
       <c r="Z8" s="36"/>
       <c r="AA8" s="36"/>
       <c r="AB8" s="36"/>
     </row>
     <row r="9" spans="1:28" s="7" customFormat="1" x14ac:dyDescent="0.2">
@@ -21493,7519 +21463,7266 @@
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
       <c r="X9" s="6"/>
       <c r="Y9" s="36"/>
       <c r="Z9" s="36"/>
       <c r="AA9" s="36"/>
       <c r="AB9" s="36"/>
     </row>
     <row r="10" spans="1:28" s="15" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="14" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="33" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>0</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>2</v>
       </c>
       <c r="E10" s="16" t="s">
         <v>3</v>
       </c>
       <c r="F10" s="16" t="s">
-        <v>1474</v>
+        <v>1452</v>
       </c>
       <c r="G10" s="16" t="s">
-        <v>1475</v>
+        <v>1453</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>4</v>
       </c>
       <c r="I10" s="27" t="s">
         <v>23</v>
       </c>
       <c r="J10" s="15" t="s">
         <v>6</v>
       </c>
       <c r="K10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="L10" s="15" t="s">
         <v>5</v>
       </c>
       <c r="M10" s="31" t="s">
         <v>34</v>
       </c>
       <c r="N10" s="15" t="s">
         <v>16</v>
       </c>
       <c r="O10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="P10" s="15" t="s">
         <v>17</v>
       </c>
       <c r="Q10" s="15" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="15" t="s">
-        <v>1449</v>
+        <v>1427</v>
       </c>
       <c r="S10" s="15" t="s">
         <v>18</v>
       </c>
       <c r="T10" s="15" t="s">
         <v>24</v>
       </c>
       <c r="U10" s="15" t="s">
         <v>28</v>
       </c>
       <c r="V10" s="15" t="s">
         <v>26</v>
       </c>
       <c r="W10" s="27" t="s">
         <v>22</v>
       </c>
       <c r="X10" s="15" t="s">
         <v>19</v>
       </c>
       <c r="Y10" s="16" t="s">
-        <v>1476</v>
+        <v>1454</v>
       </c>
       <c r="Z10" s="16" t="s">
-        <v>1477</v>
+        <v>1455</v>
       </c>
       <c r="AA10" s="16" t="s">
-        <v>1478</v>
+        <v>1456</v>
       </c>
       <c r="AB10" s="16" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:28" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A11" s="17" t="s">
-        <v>1185</v>
+        <v>1175</v>
       </c>
       <c r="B11" s="28">
         <v>1110620</v>
       </c>
       <c r="C11" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D11" s="28" t="s">
-        <v>1186</v>
+        <v>1176</v>
       </c>
       <c r="E11" s="18" t="s">
-        <v>1187</v>
+        <v>1177</v>
       </c>
       <c r="F11" s="24">
         <v>3324766.2</v>
       </c>
       <c r="G11" s="24">
         <v>166238310</v>
       </c>
       <c r="H11" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="J11" s="18" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="K11" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L11" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="M11" s="18">
         <v>20061228</v>
       </c>
       <c r="Y11" s="34">
-        <v>3782271</v>
+        <v>4461371</v>
       </c>
       <c r="Z11" s="34">
-        <v>79946.5</v>
+        <v>93158.5</v>
       </c>
       <c r="AA11" s="20">
-        <v>164</v>
+        <v>207</v>
       </c>
       <c r="AB11" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A12" s="17" t="s">
-        <v>1158</v>
+        <v>1148</v>
       </c>
       <c r="B12" s="28">
         <v>1063055</v>
       </c>
       <c r="C12" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D12" s="28" t="s">
-        <v>1159</v>
+        <v>1149</v>
       </c>
       <c r="E12" s="18" t="s">
-        <v>1160</v>
+        <v>1150</v>
       </c>
       <c r="F12" s="24">
-        <v>6847926.8899999997</v>
+        <v>7320197.71</v>
       </c>
       <c r="G12" s="24">
         <v>23613541</v>
       </c>
       <c r="H12" s="18" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="J12" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K12" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="O12" s="18" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="Y12" s="34">
-        <v>256875</v>
+        <v>506238</v>
       </c>
       <c r="Z12" s="34">
-        <v>44148.5</v>
+        <v>218150</v>
       </c>
       <c r="AA12" s="20">
-        <v>284</v>
+        <v>566</v>
       </c>
       <c r="AB12" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A13" s="17" t="s">
-        <v>1252</v>
+        <v>1239</v>
       </c>
       <c r="B13" s="28">
         <v>1134760</v>
       </c>
       <c r="C13" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D13" s="28" t="s">
-        <v>1253</v>
+        <v>1240</v>
       </c>
       <c r="E13" s="18" t="s">
-        <v>1254</v>
+        <v>1241</v>
       </c>
       <c r="F13" s="24">
-        <v>13130435.73</v>
+        <v>8806999.5749999993</v>
       </c>
       <c r="G13" s="24">
         <v>32025453</v>
       </c>
       <c r="H13" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="J13" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K13" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L13" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M13" s="18">
         <v>20110720</v>
       </c>
       <c r="O13" s="18" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="P13" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Y13" s="34">
-        <v>3353267</v>
+        <v>4363072</v>
       </c>
       <c r="Z13" s="34">
-        <v>1346513</v>
+        <v>1708736.5</v>
       </c>
       <c r="AA13" s="20">
-        <v>1935</v>
+        <v>2516</v>
       </c>
       <c r="AB13" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A14" s="17" t="s">
-        <v>1333</v>
+        <v>1317</v>
       </c>
       <c r="B14" s="28">
         <v>1179630</v>
       </c>
       <c r="C14" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D14" s="28" t="s">
-        <v>1334</v>
+        <v>1318</v>
       </c>
       <c r="E14" s="18" t="s">
-        <v>1335</v>
+        <v>1319</v>
       </c>
       <c r="F14" s="24">
         <v>49244.480000000003</v>
       </c>
       <c r="G14" s="24">
         <v>4924448</v>
       </c>
       <c r="H14" s="18" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="J14" s="18" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="K14" s="32" t="s">
         <v>15</v>
       </c>
       <c r="L14" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M14" s="18">
         <v>20220421</v>
       </c>
       <c r="P14" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="S14" s="18" t="s">
-        <v>1336</v>
+        <v>1320</v>
       </c>
       <c r="W14" s="19" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="X14" s="19" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A15" s="17" t="s">
-        <v>1312</v>
+        <v>1296</v>
       </c>
       <c r="B15" s="28">
         <v>1174860</v>
       </c>
       <c r="C15" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D15" s="28" t="s">
-        <v>1313</v>
+        <v>1297</v>
       </c>
       <c r="E15" s="18" t="s">
-        <v>1314</v>
+        <v>1298</v>
       </c>
       <c r="F15" s="24">
-        <v>19382179.125</v>
+        <v>16396530.465</v>
       </c>
       <c r="G15" s="24">
-        <v>155057433</v>
+        <v>156157433</v>
       </c>
       <c r="H15" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="J15" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K15" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L15" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="M15" s="18">
         <v>20151103</v>
       </c>
       <c r="Y15" s="34">
-        <v>298826807</v>
+        <v>351712045</v>
       </c>
       <c r="Z15" s="34">
-        <v>37649285.5</v>
+        <v>43815076.5</v>
       </c>
       <c r="AA15" s="20">
-        <v>25598</v>
+        <v>29283</v>
       </c>
       <c r="AB15" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A16" s="17" t="s">
-        <v>1409</v>
+        <v>1387</v>
       </c>
       <c r="B16" s="28">
         <v>1184800</v>
       </c>
       <c r="C16" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D16" s="28" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E16" s="18" t="s">
+        <v>1389</v>
+      </c>
+      <c r="F16" s="24">
+        <v>94727199.599999994</v>
+      </c>
+      <c r="G16" s="24">
+        <v>26313111</v>
+      </c>
+      <c r="H16" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="D16" s="28" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J16" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K16" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L16" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M16" s="18">
         <v>20230420</v>
       </c>
       <c r="P16" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Y16" s="34">
-        <v>40657746</v>
+        <v>42180534</v>
       </c>
       <c r="Z16" s="34">
-        <v>5591688.5</v>
+        <v>9083462</v>
       </c>
       <c r="AA16" s="20">
-        <v>1989</v>
+        <v>3212</v>
       </c>
       <c r="AB16" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A17" s="17" t="s">
-        <v>1042</v>
+        <v>1035</v>
       </c>
       <c r="B17" s="28">
         <v>1080452</v>
       </c>
       <c r="C17" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D17" s="28" t="s">
-        <v>1043</v>
+        <v>1036</v>
       </c>
       <c r="E17" s="18" t="s">
-        <v>1044</v>
+        <v>1037</v>
       </c>
       <c r="F17" s="24">
-        <v>3028322.32</v>
+        <v>3323768.4</v>
       </c>
       <c r="G17" s="24">
         <v>14772304</v>
       </c>
       <c r="H17" s="18" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="J17" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="K17" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L17" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M17" s="18">
         <v>20030304</v>
       </c>
       <c r="P17" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Y17" s="34">
-        <v>438704</v>
+        <v>482063</v>
       </c>
       <c r="Z17" s="34">
-        <v>101387.5</v>
+        <v>111079.5</v>
       </c>
       <c r="AA17" s="20">
-        <v>79</v>
+        <v>91</v>
       </c>
       <c r="AB17" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A18" s="17" t="s">
-        <v>1046</v>
+        <v>1039</v>
       </c>
       <c r="B18" s="28">
         <v>1062219</v>
       </c>
       <c r="C18" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D18" s="28" t="s">
-        <v>1047</v>
+        <v>1040</v>
       </c>
       <c r="E18" s="18" t="s">
-        <v>1048</v>
+        <v>1041</v>
       </c>
       <c r="F18" s="24">
-        <v>1952233.12</v>
+        <v>1708203.98</v>
       </c>
       <c r="G18" s="24">
         <v>24402914</v>
       </c>
       <c r="H18" s="18" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="J18" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K18" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="M18" s="18">
         <v>20001002</v>
       </c>
       <c r="Y18" s="34">
-        <v>592951</v>
+        <v>858451</v>
       </c>
       <c r="Z18" s="34">
-        <v>48060</v>
+        <v>68003</v>
       </c>
       <c r="AA18" s="20">
-        <v>88</v>
+        <v>117</v>
       </c>
       <c r="AB18" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A19" s="17" t="s">
-        <v>1031</v>
+        <v>1024</v>
       </c>
       <c r="B19" s="28">
         <v>35946</v>
       </c>
       <c r="C19" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D19" s="28" t="s">
-        <v>1032</v>
+        <v>1025</v>
       </c>
       <c r="E19" s="18" t="s">
-        <v>1033</v>
+        <v>1026</v>
       </c>
       <c r="F19" s="24">
-        <v>49878030.369999997</v>
+        <v>53390567.719999999</v>
       </c>
       <c r="G19" s="24">
         <v>70250747</v>
       </c>
       <c r="H19" s="18" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="J19" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K19" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L19" s="18" t="s">
-        <v>1030</v>
+        <v>1023</v>
       </c>
       <c r="M19" s="18">
         <v>20171109</v>
       </c>
       <c r="Y19" s="34">
-        <v>16685401</v>
+        <v>20425046</v>
       </c>
       <c r="Z19" s="34">
-        <v>15384415.5</v>
+        <v>18207458</v>
       </c>
       <c r="AA19" s="20">
-        <v>7190</v>
+        <v>8468</v>
       </c>
       <c r="AB19" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A20" s="17" t="s">
-        <v>1463</v>
+        <v>1441</v>
       </c>
       <c r="B20" s="28">
         <v>1188705</v>
       </c>
       <c r="C20" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D20" s="28" t="s">
-        <v>1464</v>
+        <v>1442</v>
       </c>
       <c r="E20" s="18" t="s">
-        <v>1465</v>
+        <v>1443</v>
       </c>
       <c r="F20" s="24">
-        <v>75740175.5</v>
+        <v>74196426.700000003</v>
       </c>
       <c r="G20" s="24">
         <v>9648430</v>
       </c>
       <c r="H20" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I20" s="18" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="J20" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K20" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L20" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="M20" s="18">
         <v>20250626</v>
       </c>
       <c r="Y20" s="34">
-        <v>1419756</v>
+        <v>2172764</v>
       </c>
       <c r="Z20" s="34">
-        <v>13194277.5</v>
+        <v>19038700.5</v>
       </c>
       <c r="AA20" s="20">
-        <v>3571</v>
+        <v>4884</v>
       </c>
       <c r="AB20" s="18">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A21" s="17" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="B21" s="28">
         <v>1151957</v>
       </c>
       <c r="C21" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D21" s="28" t="s">
+        <v>1255</v>
+      </c>
+      <c r="E21" s="18" t="s">
+        <v>1256</v>
+      </c>
+      <c r="F21" s="24">
+        <v>8059460.1600000001</v>
+      </c>
+      <c r="G21" s="24">
+        <v>100743252</v>
+      </c>
+      <c r="H21" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="D21" s="28" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J21" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K21" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L21" s="18" t="s">
-        <v>1052</v>
+        <v>1045</v>
       </c>
       <c r="M21" s="18">
         <v>20180727</v>
       </c>
       <c r="P21" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Y21" s="34">
-        <v>5871798</v>
+        <v>9630916</v>
       </c>
       <c r="Z21" s="34">
-        <v>323980</v>
+        <v>591619.5</v>
       </c>
       <c r="AA21" s="20">
-        <v>1125</v>
+        <v>1674</v>
       </c>
       <c r="AB21" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A22" s="17" t="s">
-        <v>1249</v>
+        <v>1236</v>
       </c>
       <c r="B22" s="28">
         <v>1142750</v>
       </c>
       <c r="C22" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D22" s="28" t="s">
-        <v>1250</v>
+        <v>1237</v>
       </c>
       <c r="E22" s="18" t="s">
-        <v>1251</v>
+        <v>1238</v>
       </c>
       <c r="F22" s="24">
-        <v>132984665.95999999</v>
+        <v>132562659.88</v>
       </c>
       <c r="G22" s="24">
         <v>5275076</v>
       </c>
       <c r="H22" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="J22" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K22" s="32" t="s">
+        <v>38</v>
+      </c>
+      <c r="L22" s="18" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="M22" s="18">
         <v>20101224</v>
       </c>
       <c r="Y22" s="34">
-        <v>109794</v>
+        <v>123897</v>
       </c>
       <c r="Z22" s="34">
-        <v>2765493</v>
+        <v>3122887</v>
       </c>
       <c r="AA22" s="20">
-        <v>145</v>
+        <v>169</v>
       </c>
       <c r="AB22" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A23" s="17" t="s">
-        <v>1297</v>
+        <v>1281</v>
       </c>
       <c r="B23" s="28">
         <v>1167075</v>
       </c>
       <c r="C23" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D23" s="28" t="s">
-        <v>1298</v>
+        <v>1282</v>
       </c>
       <c r="E23" s="18" t="s">
-        <v>1299</v>
+        <v>1283</v>
       </c>
       <c r="F23" s="24">
-        <v>21973938.719999999</v>
+        <v>21120145.600000001</v>
       </c>
       <c r="G23" s="24">
         <v>2246824</v>
       </c>
       <c r="H23" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="J23" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="K23" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L23" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="M23" s="18">
         <v>20131223</v>
       </c>
       <c r="Y23" s="34">
-        <v>224714</v>
+        <v>314917</v>
       </c>
       <c r="Z23" s="34">
-        <v>2008243.5</v>
+        <v>2870634</v>
       </c>
       <c r="AA23" s="20">
-        <v>578</v>
+        <v>755</v>
       </c>
       <c r="AB23" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A24" s="17" t="s">
-        <v>1194</v>
+        <v>1184</v>
       </c>
       <c r="B24" s="28">
         <v>1112839</v>
       </c>
       <c r="C24" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D24" s="28" t="s">
-        <v>1195</v>
+        <v>1185</v>
       </c>
       <c r="E24" s="18" t="s">
-        <v>1196</v>
+        <v>1186</v>
       </c>
       <c r="F24" s="24">
-        <v>115243779.015</v>
+        <v>112051145.28</v>
       </c>
       <c r="G24" s="24">
         <v>20597637</v>
       </c>
       <c r="H24" s="18" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="J24" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K24" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L24" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M24" s="18">
         <v>20080811</v>
       </c>
       <c r="P24" s="18" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="W24" s="19" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="X24" s="19" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Y24" s="34">
-        <v>2085496</v>
+        <v>2783996</v>
       </c>
       <c r="Z24" s="34">
-        <v>11160571.5</v>
+        <v>14987749</v>
       </c>
       <c r="AA24" s="20">
-        <v>4804</v>
+        <v>6510</v>
       </c>
       <c r="AB24" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A25" s="17" t="s">
-        <v>1352</v>
+        <v>1336</v>
       </c>
       <c r="B25" s="28">
         <v>1181296</v>
       </c>
       <c r="C25" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D25" s="28" t="s">
-        <v>1353</v>
+        <v>1337</v>
       </c>
       <c r="E25" s="18" t="s">
-        <v>1354</v>
+        <v>1338</v>
       </c>
       <c r="F25" s="24">
-        <v>22065743.199999999</v>
+        <v>20723918.68</v>
       </c>
       <c r="G25" s="24">
         <v>5218437</v>
       </c>
       <c r="H25" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="J25" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K25" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L25" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="M25" s="18">
         <v>20180904</v>
       </c>
       <c r="Y25" s="34">
-        <v>122388</v>
+        <v>128394</v>
       </c>
       <c r="Z25" s="34">
-        <v>337100</v>
+        <v>363460</v>
       </c>
       <c r="AA25" s="20">
-        <v>219</v>
+        <v>248</v>
       </c>
       <c r="AB25" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A26" s="17" t="s">
-        <v>1062</v>
+        <v>1055</v>
       </c>
       <c r="B26" s="28">
         <v>1023501</v>
       </c>
       <c r="C26" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D26" s="28" t="s">
-        <v>1063</v>
+        <v>1056</v>
       </c>
       <c r="E26" s="18" t="s">
-        <v>1064</v>
+        <v>1057</v>
       </c>
       <c r="F26" s="24">
-        <v>527233.53</v>
+        <v>351489.02</v>
       </c>
       <c r="G26" s="24">
         <v>35148902</v>
       </c>
       <c r="H26" s="18" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="J26" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="K26" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="V26" s="18" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="Y26" s="34">
-        <v>452546</v>
+        <v>523547</v>
       </c>
       <c r="Z26" s="34">
-        <v>6531</v>
+        <v>7281</v>
       </c>
       <c r="AA26" s="20">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="AB26" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A27" s="17" t="s">
-        <v>1049</v>
+        <v>1042</v>
       </c>
       <c r="B27" s="28">
         <v>1100092</v>
       </c>
       <c r="C27" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D27" s="28" t="s">
-        <v>1050</v>
+        <v>1043</v>
       </c>
       <c r="E27" s="18" t="s">
-        <v>1051</v>
+        <v>1044</v>
       </c>
       <c r="F27" s="24">
-        <v>2896840.72</v>
+        <v>5793681.4400000004</v>
       </c>
       <c r="G27" s="24">
         <v>289684072</v>
       </c>
       <c r="H27" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="J27" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="K27" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L27" s="18" t="s">
-        <v>1041</v>
+        <v>1034</v>
       </c>
       <c r="M27" s="18">
         <v>20210909</v>
       </c>
       <c r="P27" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Y27" s="34">
-        <v>505920</v>
+        <v>519804</v>
       </c>
       <c r="Z27" s="34">
-        <v>7314</v>
+        <v>7581</v>
       </c>
       <c r="AA27" s="20">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="AB27" s="18">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A28" s="17" t="s">
-        <v>1191</v>
+        <v>1181</v>
       </c>
       <c r="B28" s="28">
         <v>1112704</v>
       </c>
       <c r="C28" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D28" s="28" t="s">
-        <v>1192</v>
+        <v>1182</v>
       </c>
       <c r="E28" s="18" t="s">
-        <v>1193</v>
+        <v>1183</v>
       </c>
       <c r="F28" s="24">
-        <v>5232747.3</v>
+        <v>5581168.1699999999</v>
       </c>
       <c r="G28" s="24">
-        <v>17442491</v>
+        <v>21886934</v>
       </c>
       <c r="H28" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="J28" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K28" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L28" s="18" t="s">
-        <v>1052</v>
+        <v>1045</v>
       </c>
       <c r="M28" s="18">
         <v>20210825</v>
       </c>
       <c r="P28" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Y28" s="34">
-        <v>1354431</v>
+        <v>1646494</v>
       </c>
       <c r="Z28" s="34">
-        <v>340030</v>
+        <v>423116</v>
       </c>
       <c r="AA28" s="20">
-        <v>259</v>
+        <v>317</v>
       </c>
       <c r="AB28" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A29" s="17" t="s">
-        <v>1065</v>
+        <v>1058</v>
       </c>
       <c r="B29" s="28">
         <v>18104</v>
       </c>
       <c r="C29" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D29" s="28" t="s">
-        <v>1066</v>
+        <v>1059</v>
       </c>
       <c r="E29" s="18" t="s">
-        <v>1067</v>
+        <v>1060</v>
       </c>
       <c r="F29" s="24">
-        <v>19825326.699999999</v>
+        <v>23112427.5</v>
       </c>
       <c r="G29" s="24">
         <v>5136095</v>
       </c>
       <c r="H29" s="18" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="J29" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K29" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="W29" s="19" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="Y29" s="34">
-        <v>103286</v>
+        <v>203227</v>
       </c>
       <c r="Z29" s="34">
-        <v>421523</v>
+        <v>785064.5</v>
       </c>
       <c r="AA29" s="20">
-        <v>54</v>
+        <v>116</v>
       </c>
       <c r="AB29" s="18">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A30" s="17" t="s">
-        <v>1221</v>
+        <v>1208</v>
       </c>
       <c r="B30" s="28">
         <v>1120725</v>
       </c>
       <c r="C30" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D30" s="28" t="s">
-        <v>1222</v>
+        <v>1209</v>
       </c>
       <c r="E30" s="18" t="s">
-        <v>1223</v>
+        <v>1210</v>
       </c>
       <c r="F30" s="24">
         <v>2755840.25</v>
       </c>
       <c r="G30" s="24">
         <v>110233610</v>
       </c>
       <c r="H30" s="18" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="J30" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="K30" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L30" s="18" t="s">
-        <v>1030</v>
+        <v>1023</v>
       </c>
       <c r="M30" s="18">
         <v>20190215</v>
       </c>
       <c r="P30" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Y30" s="34">
-        <v>251246</v>
+        <v>264787</v>
       </c>
       <c r="Z30" s="34">
-        <v>4342</v>
+        <v>4575.5</v>
       </c>
       <c r="AA30" s="20">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="AB30" s="18">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A31" s="17" t="s">
-        <v>1068</v>
+        <v>1061</v>
       </c>
       <c r="B31" s="28">
         <v>29551</v>
       </c>
       <c r="C31" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D31" s="28" t="s">
-        <v>1069</v>
+        <v>1062</v>
       </c>
       <c r="E31" s="18" t="s">
-        <v>1070</v>
+        <v>1063</v>
       </c>
       <c r="F31" s="24">
-        <v>1234340.6000000001</v>
+        <v>1542925.75</v>
       </c>
       <c r="G31" s="24">
         <v>6171703</v>
       </c>
       <c r="H31" s="18" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="J31" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K31" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="W31" s="19" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="Y31" s="34">
         <v>10500</v>
       </c>
       <c r="Z31" s="34">
         <v>2625</v>
       </c>
       <c r="AA31" s="20">
         <v>4</v>
       </c>
       <c r="AB31" s="18">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A32" s="17" t="s">
-        <v>1123</v>
+        <v>1116</v>
       </c>
       <c r="B32" s="28">
         <v>30994</v>
       </c>
       <c r="C32" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D32" s="28" t="s">
-        <v>1124</v>
+        <v>1117</v>
       </c>
       <c r="E32" s="18" t="s">
-        <v>1125</v>
+        <v>1118</v>
       </c>
       <c r="F32" s="24">
-        <v>103957602.59999999</v>
+        <v>153214175.40000001</v>
       </c>
       <c r="G32" s="24">
-        <v>98073210</v>
+        <v>98214215</v>
       </c>
       <c r="H32" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I32" s="18" t="s">
-        <v>521</v>
+        <v>514</v>
       </c>
       <c r="J32" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K32" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L32" s="18" t="s">
-        <v>1052</v>
+        <v>1045</v>
       </c>
       <c r="M32" s="18">
         <v>20091204</v>
       </c>
       <c r="O32" s="18" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="Y32" s="34">
-        <v>4156820</v>
+        <v>8835666</v>
       </c>
       <c r="Z32" s="34">
-        <v>3574389</v>
+        <v>10394412.5</v>
       </c>
       <c r="AA32" s="20">
-        <v>2335</v>
+        <v>5871</v>
       </c>
       <c r="AB32" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A33" s="17" t="s">
-        <v>1294</v>
+        <v>1278</v>
       </c>
       <c r="B33" s="28">
         <v>1062273</v>
       </c>
       <c r="C33" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D33" s="28" t="s">
+        <v>1279</v>
+      </c>
+      <c r="E33" s="18" t="s">
+        <v>1280</v>
+      </c>
+      <c r="F33" s="24">
+        <v>9692519.7599999998</v>
+      </c>
+      <c r="G33" s="24">
+        <v>88113816</v>
+      </c>
+      <c r="H33" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="D33" s="28" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J33" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K33" s="32" t="s">
+        <v>38</v>
+      </c>
+      <c r="L33" s="18" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="M33" s="18">
         <v>20131021</v>
       </c>
       <c r="O33" s="18" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="Y33" s="34">
-        <v>4326489</v>
+        <v>8522979</v>
       </c>
       <c r="Z33" s="34">
-        <v>633271.5</v>
+        <v>1115427.5</v>
       </c>
       <c r="AA33" s="20">
-        <v>840</v>
+        <v>1381</v>
       </c>
       <c r="AB33" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A34" s="17" t="s">
-        <v>1432</v>
+        <v>1410</v>
       </c>
       <c r="B34" s="28">
         <v>1187290</v>
       </c>
       <c r="C34" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D34" s="28" t="s">
-        <v>1433</v>
+        <v>1411</v>
       </c>
       <c r="E34" s="18" t="s">
-        <v>1434</v>
+        <v>1412</v>
       </c>
       <c r="F34" s="24">
-        <v>27487434.300000001</v>
+        <v>23175679.899999999</v>
       </c>
       <c r="G34" s="24">
         <v>26948465</v>
       </c>
       <c r="H34" s="18" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="J34" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K34" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L34" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="M34" s="18">
         <v>20230403</v>
       </c>
       <c r="V34" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="Y34" s="34">
-        <v>5628492</v>
+        <v>6643626</v>
       </c>
       <c r="Z34" s="34">
-        <v>5375408.5</v>
+        <v>6184701.5</v>
       </c>
       <c r="AA34" s="20">
-        <v>3836</v>
+        <v>4400</v>
       </c>
       <c r="AB34" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A35" s="17" t="s">
-        <v>1092</v>
+        <v>1085</v>
       </c>
       <c r="B35" s="28">
         <v>718451</v>
       </c>
       <c r="C35" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D35" s="28" t="s">
-        <v>1093</v>
+        <v>1086</v>
       </c>
       <c r="E35" s="18" t="s">
-        <v>1094</v>
+        <v>1087</v>
       </c>
       <c r="F35" s="24">
-        <v>74991950.930000007</v>
+        <v>80760562.540000007</v>
       </c>
       <c r="G35" s="24">
         <v>576861161</v>
       </c>
       <c r="H35" s="18" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I35" s="18" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="J35" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="K35" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L35" s="18" t="s">
-        <v>1030</v>
+        <v>1023</v>
       </c>
       <c r="M35" s="18">
         <v>20190109</v>
       </c>
       <c r="O35" s="18" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="V35" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="Y35" s="34">
-        <v>47557088</v>
+        <v>59505649</v>
       </c>
       <c r="Z35" s="34">
-        <v>3930045.5</v>
+        <v>5494965.5</v>
       </c>
       <c r="AA35" s="20">
-        <v>3142</v>
+        <v>4453</v>
       </c>
       <c r="AB35" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A36" s="17" t="s">
-        <v>1291</v>
+        <v>1275</v>
       </c>
       <c r="B36" s="28">
         <v>1164225</v>
       </c>
       <c r="C36" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D36" s="28" t="s">
-        <v>1292</v>
+        <v>1276</v>
       </c>
       <c r="E36" s="18" t="s">
-        <v>1293</v>
+        <v>1277</v>
       </c>
       <c r="F36" s="24">
-        <v>157087389.78</v>
+        <v>157106551.84</v>
       </c>
       <c r="G36" s="24">
-        <v>19985673</v>
+        <v>20039101</v>
       </c>
       <c r="H36" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="J36" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K36" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L36" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M36" s="18">
         <v>20150313</v>
       </c>
       <c r="P36" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Q36" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Y36" s="34">
-        <v>3329583</v>
+        <v>4047606</v>
       </c>
       <c r="Z36" s="34">
-        <v>21732406</v>
+        <v>27115636</v>
       </c>
       <c r="AA36" s="20">
-        <v>8976</v>
+        <v>11540</v>
       </c>
       <c r="AB36" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A37" s="17" t="s">
-        <v>1276</v>
+        <v>1260</v>
       </c>
       <c r="B37" s="28">
         <v>1154345</v>
       </c>
       <c r="C37" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D37" s="28" t="s">
-        <v>1277</v>
+        <v>1261</v>
       </c>
       <c r="E37" s="18" t="s">
-        <v>1278</v>
+        <v>1262</v>
       </c>
       <c r="F37" s="24">
-        <v>9821490.1950000003</v>
+        <v>11309594.77</v>
       </c>
       <c r="G37" s="24">
         <v>59524183</v>
       </c>
       <c r="H37" s="18" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="J37" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K37" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L37" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M37" s="18">
         <v>20131003</v>
       </c>
       <c r="P37" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="V37" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="Y37" s="34">
-        <v>4096761</v>
+        <v>4717515</v>
       </c>
       <c r="Z37" s="34">
-        <v>757804</v>
+        <v>877059</v>
       </c>
       <c r="AA37" s="20">
-        <v>1098</v>
+        <v>1233</v>
       </c>
       <c r="AB37" s="18">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A38" s="17" t="s">
-        <v>1261</v>
+        <v>1248</v>
       </c>
       <c r="B38" s="28">
         <v>1150405</v>
       </c>
       <c r="C38" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D38" s="28" t="s">
-        <v>1262</v>
+        <v>1249</v>
       </c>
       <c r="E38" s="18" t="s">
-        <v>1263</v>
+        <v>1250</v>
       </c>
       <c r="F38" s="24">
         <v>1016168.125</v>
       </c>
       <c r="G38" s="24">
         <v>29033375</v>
       </c>
       <c r="H38" s="18" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="J38" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K38" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L38" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M38" s="18">
         <v>20140428</v>
       </c>
       <c r="P38" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="V38" s="18" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="Y38" s="34">
         <v>137100</v>
       </c>
       <c r="Z38" s="34">
         <v>4819</v>
       </c>
       <c r="AA38" s="20">
         <v>16</v>
       </c>
       <c r="AB38" s="18">
         <v>4</v>
       </c>
     </row>
     <row r="39" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A39" s="17" t="s">
-        <v>1428</v>
+        <v>1406</v>
       </c>
       <c r="B39" s="28">
         <v>1186835</v>
       </c>
       <c r="C39" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D39" s="28" t="s">
-        <v>1452</v>
+        <v>1430</v>
       </c>
       <c r="E39" s="18" t="s">
-        <v>1453</v>
+        <v>1431</v>
       </c>
       <c r="F39" s="24">
-        <v>31700207.199999999</v>
+        <v>38832753.82</v>
       </c>
       <c r="G39" s="24">
         <v>158501036</v>
       </c>
       <c r="H39" s="18" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="J39" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="K39" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L39" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M39" s="18">
         <v>20250310</v>
       </c>
       <c r="P39" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="V39" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="Y39" s="34">
-        <v>2917365</v>
+        <v>3792550</v>
       </c>
       <c r="Z39" s="34">
-        <v>663539</v>
+        <v>827371.5</v>
       </c>
       <c r="AA39" s="20">
-        <v>372</v>
+        <v>563</v>
       </c>
       <c r="AB39" s="18">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="40" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A40" s="17" t="s">
-        <v>1264</v>
+        <v>1251</v>
       </c>
       <c r="B40" s="28">
         <v>1138090</v>
       </c>
       <c r="C40" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D40" s="28" t="s">
-        <v>1265</v>
+        <v>1252</v>
       </c>
       <c r="E40" s="18" t="s">
-        <v>1266</v>
+        <v>1253</v>
       </c>
       <c r="F40" s="24">
         <v>704783</v>
       </c>
       <c r="G40" s="24">
         <v>70478300</v>
       </c>
       <c r="H40" s="18" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="J40" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K40" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L40" s="18" t="s">
-        <v>1030</v>
+        <v>1023</v>
       </c>
       <c r="M40" s="18">
         <v>20151204</v>
       </c>
       <c r="W40" s="19" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="Y40" s="34">
-        <v>354500</v>
+        <v>512500</v>
       </c>
       <c r="Z40" s="34">
-        <v>3570</v>
+        <v>5165</v>
       </c>
       <c r="AA40" s="20">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="AB40" s="18">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="41" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A41" s="17" t="s">
-        <v>1034</v>
+        <v>1027</v>
       </c>
       <c r="B41" s="28">
         <v>1008741</v>
       </c>
       <c r="C41" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D41" s="28" t="s">
-        <v>1035</v>
+        <v>1028</v>
       </c>
       <c r="E41" s="18" t="s">
-        <v>1036</v>
+        <v>1029</v>
       </c>
       <c r="F41" s="24">
-        <v>11454660.765000001</v>
+        <v>13907355.91</v>
       </c>
       <c r="G41" s="24">
-        <v>28283113</v>
+        <v>28382359</v>
       </c>
       <c r="H41" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I41" s="18" t="s">
-        <v>521</v>
+        <v>514</v>
       </c>
       <c r="J41" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K41" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="Y41" s="34">
-        <v>1638614</v>
+        <v>2512927</v>
       </c>
       <c r="Z41" s="34">
-        <v>566584.5</v>
+        <v>974080</v>
       </c>
       <c r="AA41" s="20">
-        <v>427</v>
+        <v>708</v>
       </c>
       <c r="AB41" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A42" s="17" t="s">
-        <v>1359</v>
+        <v>1343</v>
       </c>
       <c r="B42" s="28">
         <v>1182545</v>
       </c>
       <c r="C42" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D42" s="28" t="s">
-        <v>1360</v>
+        <v>1344</v>
       </c>
       <c r="E42" s="18" t="s">
-        <v>1361</v>
+        <v>1345</v>
       </c>
       <c r="F42" s="24">
-        <v>10474607.07</v>
+        <v>17659285.605</v>
       </c>
       <c r="G42" s="24">
-        <v>116384523</v>
+        <v>130809523</v>
       </c>
       <c r="H42" s="18" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I42" s="18" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="J42" s="18" t="s">
-        <v>1236</v>
+        <v>1223</v>
       </c>
       <c r="K42" s="32" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="L42" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M42" s="18">
         <v>20200817</v>
       </c>
       <c r="O42" s="18" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="P42" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="V42" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="Y42" s="34">
-        <v>14844790</v>
+        <v>29559683</v>
       </c>
       <c r="Z42" s="34">
-        <v>811735.5</v>
+        <v>2546651</v>
       </c>
       <c r="AA42" s="20">
-        <v>1532</v>
+        <v>3382</v>
       </c>
       <c r="AB42" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A43" s="17" t="s">
-        <v>1374</v>
+        <v>1352</v>
       </c>
       <c r="B43" s="28">
         <v>1183280</v>
       </c>
       <c r="C43" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D43" s="28" t="s">
-        <v>1456</v>
+        <v>1434</v>
       </c>
       <c r="E43" s="18" t="s">
-        <v>1457</v>
+        <v>1435</v>
       </c>
       <c r="F43" s="24">
-        <v>14996012.68</v>
+        <v>13632738.800000001</v>
       </c>
       <c r="G43" s="24">
         <v>68163694</v>
       </c>
       <c r="H43" s="18" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="J43" s="18" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="K43" s="32" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L43" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M43" s="18">
         <v>20250422</v>
       </c>
       <c r="P43" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="U43" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="V43" s="18" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="Y43" s="34">
-        <v>795688</v>
+        <v>1717688</v>
       </c>
       <c r="Z43" s="34">
-        <v>170489.5</v>
+        <v>345075.5</v>
       </c>
       <c r="AA43" s="20">
-        <v>218</v>
+        <v>318</v>
       </c>
       <c r="AB43" s="18">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="44" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A44" s="17" t="s">
-        <v>1120</v>
+        <v>1113</v>
       </c>
       <c r="B44" s="28">
         <v>1023067</v>
       </c>
       <c r="C44" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D44" s="28" t="s">
-        <v>1121</v>
+        <v>1114</v>
       </c>
       <c r="E44" s="18" t="s">
-        <v>1122</v>
+        <v>1115</v>
       </c>
       <c r="F44" s="24">
-        <v>1425700.96</v>
+        <v>2138551.44</v>
       </c>
       <c r="G44" s="24">
         <v>35642524</v>
       </c>
       <c r="H44" s="18" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="J44" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K44" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="V44" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="Y44" s="34">
-        <v>2382614</v>
+        <v>5178879</v>
       </c>
       <c r="Z44" s="34">
-        <v>88233</v>
+        <v>255923</v>
       </c>
       <c r="AA44" s="20">
-        <v>180</v>
+        <v>288</v>
       </c>
       <c r="AB44" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A45" s="17" t="s">
-        <v>1074</v>
+        <v>1067</v>
       </c>
       <c r="B45" s="28">
         <v>822073</v>
       </c>
       <c r="C45" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D45" s="28" t="s">
-        <v>1075</v>
+        <v>1068</v>
       </c>
       <c r="E45" s="18" t="s">
-        <v>1076</v>
+        <v>1069</v>
       </c>
       <c r="F45" s="24">
-        <v>10550683.050000001</v>
+        <v>9357997.1400000006</v>
       </c>
       <c r="G45" s="24">
         <v>9174507</v>
       </c>
       <c r="H45" s="18" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="J45" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K45" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="Y45" s="34">
-        <v>384705</v>
+        <v>535500</v>
       </c>
       <c r="Z45" s="34">
-        <v>482600.5</v>
+        <v>646460.5</v>
       </c>
       <c r="AA45" s="20">
-        <v>451</v>
+        <v>593</v>
       </c>
       <c r="AB45" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A46" s="17" t="s">
-        <v>1164</v>
+        <v>1154</v>
       </c>
       <c r="B46" s="28">
         <v>1099899</v>
       </c>
       <c r="C46" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D46" s="28" t="s">
-        <v>1165</v>
+        <v>1155</v>
       </c>
       <c r="E46" s="18" t="s">
-        <v>1166</v>
+        <v>1156</v>
       </c>
       <c r="F46" s="24">
-        <v>12604874.039999999</v>
+        <v>11888688.015000001</v>
       </c>
       <c r="G46" s="24">
         <v>28647441</v>
       </c>
       <c r="H46" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="J46" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K46" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L46" s="18" t="s">
-        <v>1041</v>
+        <v>1034</v>
       </c>
       <c r="M46" s="18">
         <v>20161206</v>
       </c>
       <c r="P46" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Y46" s="34">
-        <v>1455974</v>
+        <v>2525301</v>
       </c>
       <c r="Z46" s="34">
-        <v>669272</v>
+        <v>1105097</v>
       </c>
       <c r="AA46" s="20">
-        <v>883</v>
+        <v>1169</v>
       </c>
       <c r="AB46" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A47" s="17" t="s">
-        <v>1197</v>
+        <v>1187</v>
       </c>
       <c r="B47" s="28">
         <v>1113907</v>
       </c>
       <c r="C47" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D47" s="28" t="s">
-        <v>1198</v>
+        <v>1188</v>
       </c>
       <c r="E47" s="18" t="s">
-        <v>1199</v>
+        <v>1189</v>
       </c>
       <c r="F47" s="24">
-        <v>56599639.549999997</v>
+        <v>52521816.090000004</v>
       </c>
       <c r="G47" s="24">
         <v>14649981</v>
       </c>
       <c r="H47" s="18" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="J47" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K47" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L47" s="18" t="s">
-        <v>1045</v>
+        <v>1038</v>
       </c>
       <c r="M47" s="18">
         <v>20140103</v>
       </c>
       <c r="P47" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="W47" s="19" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="X47" s="19" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Y47" s="34">
-        <v>252554</v>
+        <v>260924</v>
       </c>
       <c r="Z47" s="34">
-        <v>1106973.5</v>
+        <v>1138879.5</v>
       </c>
       <c r="AA47" s="20">
-        <v>418</v>
+        <v>441</v>
       </c>
       <c r="AB47" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A48" s="17" t="s">
-        <v>1349</v>
+        <v>1333</v>
       </c>
       <c r="B48" s="28">
         <v>1181461</v>
       </c>
       <c r="C48" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D48" s="28" t="s">
-        <v>1350</v>
+        <v>1334</v>
       </c>
       <c r="E48" s="18" t="s">
-        <v>1351</v>
+        <v>1335</v>
       </c>
       <c r="F48" s="24">
-        <v>25537708.550000001</v>
+        <v>22485647.25</v>
       </c>
       <c r="G48" s="24">
-        <v>30044363</v>
+        <v>29980863</v>
       </c>
       <c r="H48" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="J48" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K48" s="32" t="s">
+        <v>38</v>
+      </c>
+      <c r="L48" s="18" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="M48" s="18">
         <v>20180611</v>
       </c>
       <c r="Y48" s="34">
-        <v>1449586</v>
+        <v>2335910</v>
       </c>
       <c r="Z48" s="34">
-        <v>1184398.5</v>
+        <v>1858639.5</v>
       </c>
       <c r="AA48" s="20">
-        <v>235</v>
+        <v>330</v>
       </c>
       <c r="AB48" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A49" s="17" t="s">
-        <v>1424</v>
+        <v>1402</v>
       </c>
       <c r="B49" s="28">
         <v>1185430</v>
       </c>
       <c r="C49" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D49" s="28" t="s">
-        <v>1469</v>
+        <v>1447</v>
       </c>
       <c r="E49" s="18" t="s">
-        <v>1470</v>
+        <v>1448</v>
       </c>
       <c r="F49" s="24">
-        <v>33131958.579999998</v>
+        <v>38646214</v>
       </c>
       <c r="G49" s="24">
-        <v>135232484</v>
+        <v>19323107</v>
       </c>
       <c r="H49" s="18" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="J49" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K49" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L49" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M49" s="18">
         <v>20250710</v>
       </c>
       <c r="P49" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="V49" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="Y49" s="34">
-        <v>1989663</v>
+        <v>2408548</v>
       </c>
       <c r="Z49" s="34">
-        <v>343549.5</v>
+        <v>488518</v>
       </c>
       <c r="AA49" s="20">
-        <v>272</v>
+        <v>394</v>
       </c>
       <c r="AB49" s="18">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A50" s="17" t="s">
-        <v>1083</v>
+        <v>1076</v>
       </c>
       <c r="B50" s="28">
         <v>1074373</v>
       </c>
       <c r="C50" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D50" s="28" t="s">
-        <v>1084</v>
+        <v>1077</v>
       </c>
       <c r="E50" s="18" t="s">
-        <v>1085</v>
+        <v>1078</v>
       </c>
       <c r="F50" s="24">
-        <v>2894701.59</v>
+        <v>3216335.1</v>
       </c>
       <c r="G50" s="24">
         <v>64326702</v>
       </c>
       <c r="H50" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="J50" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K50" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L50" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="M50" s="18">
         <v>20060109</v>
       </c>
       <c r="Y50" s="34">
-        <v>2383025</v>
+        <v>3142899</v>
       </c>
       <c r="Z50" s="34">
-        <v>79561</v>
+        <v>116202</v>
       </c>
       <c r="AA50" s="20">
-        <v>70</v>
+        <v>99</v>
       </c>
       <c r="AB50" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A51" s="17" t="s">
-        <v>1324</v>
+        <v>1308</v>
       </c>
       <c r="B51" s="28">
         <v>1178240</v>
       </c>
       <c r="C51" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D51" s="28" t="s">
-        <v>1325</v>
+        <v>1309</v>
       </c>
       <c r="E51" s="18" t="s">
-        <v>1326</v>
+        <v>1310</v>
       </c>
       <c r="F51" s="24">
-        <v>5107918.08</v>
+        <v>5384021.7599999998</v>
       </c>
       <c r="G51" s="24">
         <v>6902592</v>
       </c>
       <c r="H51" s="18" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="J51" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K51" s="32" t="s">
+        <v>38</v>
+      </c>
+      <c r="L51" s="18" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="M51" s="18">
         <v>20161122</v>
       </c>
       <c r="Y51" s="34">
-        <v>452407</v>
+        <v>570553</v>
       </c>
       <c r="Z51" s="34">
-        <v>255690.5</v>
+        <v>344501</v>
       </c>
       <c r="AA51" s="20">
-        <v>160</v>
+        <v>212</v>
       </c>
       <c r="AB51" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A52" s="17" t="s">
-        <v>1440</v>
+        <v>1418</v>
       </c>
       <c r="B52" s="28">
         <v>1186680</v>
       </c>
       <c r="C52" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D52" s="28" t="s">
-        <v>1441</v>
+        <v>1419</v>
       </c>
       <c r="E52" s="18" t="s">
-        <v>1442</v>
+        <v>1420</v>
       </c>
       <c r="F52" s="24">
-        <v>10237841.460000001</v>
+        <v>11073583.619999999</v>
       </c>
       <c r="G52" s="24">
         <v>10446777</v>
       </c>
       <c r="H52" s="18" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="J52" s="18" t="s">
-        <v>1157</v>
+        <v>1147</v>
       </c>
       <c r="K52" s="32" t="s">
         <v>15</v>
       </c>
       <c r="L52" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="M52" s="18">
         <v>20231005</v>
       </c>
       <c r="S52" s="18" t="s">
-        <v>1443</v>
+        <v>1421</v>
       </c>
       <c r="Y52" s="34">
-        <v>1011086</v>
+        <v>1307902</v>
       </c>
       <c r="Z52" s="34">
-        <v>924058</v>
+        <v>1243297</v>
       </c>
       <c r="AA52" s="20">
-        <v>644</v>
+        <v>894</v>
       </c>
       <c r="AB52" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A53" s="17" t="s">
-        <v>1071</v>
+        <v>1064</v>
       </c>
       <c r="B53" s="28">
         <v>19977</v>
       </c>
       <c r="C53" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D53" s="28" t="s">
-        <v>1072</v>
+        <v>1065</v>
       </c>
       <c r="E53" s="18" t="s">
-        <v>1073</v>
+        <v>1066</v>
       </c>
       <c r="F53" s="24">
-        <v>4190645.34</v>
+        <v>3957831.71</v>
       </c>
       <c r="G53" s="24">
         <v>23281363</v>
       </c>
       <c r="H53" s="18" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="J53" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K53" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="Y53" s="34">
         <v>2039496</v>
       </c>
       <c r="Z53" s="34">
         <v>415279</v>
       </c>
       <c r="AA53" s="20">
         <v>596</v>
       </c>
       <c r="AB53" s="18">
         <v>8</v>
       </c>
     </row>
     <row r="54" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A54" s="17" t="s">
-        <v>1337</v>
+        <v>1321</v>
       </c>
       <c r="B54" s="28">
         <v>1180518</v>
       </c>
       <c r="C54" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D54" s="28" t="s">
-        <v>1338</v>
+        <v>1322</v>
       </c>
       <c r="E54" s="18" t="s">
-        <v>1339</v>
+        <v>1323</v>
       </c>
       <c r="F54" s="24">
-        <v>17096063.760000002</v>
+        <v>12109711.83</v>
       </c>
       <c r="G54" s="24">
         <v>47489066</v>
       </c>
       <c r="H54" s="18" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="J54" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K54" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L54" s="18" t="s">
-        <v>1045</v>
+        <v>1038</v>
       </c>
       <c r="M54" s="18">
         <v>20191008</v>
       </c>
       <c r="P54" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="V54" s="18" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="Y54" s="34">
-        <v>287484</v>
+        <v>392959</v>
       </c>
       <c r="Z54" s="34">
-        <v>132430.5</v>
+        <v>163217.5</v>
       </c>
       <c r="AA54" s="20">
-        <v>128</v>
+        <v>167</v>
       </c>
       <c r="AB54" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A55" s="17" t="s">
-        <v>1086</v>
+        <v>1079</v>
       </c>
       <c r="B55" s="28">
         <v>1023145</v>
       </c>
       <c r="C55" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D55" s="28" t="s">
-        <v>1087</v>
+        <v>1080</v>
       </c>
       <c r="E55" s="18" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="F55" s="24">
-        <v>8564274</v>
+        <v>9206594.5500000007</v>
       </c>
       <c r="G55" s="24">
         <v>21410685</v>
       </c>
       <c r="H55" s="18" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="J55" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K55" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="W55" s="19" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="Y55" s="34">
-        <v>182323</v>
+        <v>238823</v>
       </c>
       <c r="Z55" s="34">
-        <v>82834</v>
+        <v>102512</v>
       </c>
       <c r="AA55" s="20">
-        <v>31</v>
+        <v>61</v>
       </c>
       <c r="AB55" s="18">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A56" s="17" t="s">
-        <v>1089</v>
+        <v>1082</v>
       </c>
       <c r="B56" s="28">
         <v>1061861</v>
       </c>
       <c r="C56" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D56" s="28" t="s">
-        <v>1090</v>
+        <v>1083</v>
       </c>
       <c r="E56" s="18" t="s">
-        <v>1091</v>
+        <v>1084</v>
       </c>
       <c r="F56" s="24">
-        <v>92334000</v>
+        <v>90655200</v>
       </c>
       <c r="G56" s="24">
         <v>83940000</v>
       </c>
       <c r="H56" s="18" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="J56" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K56" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="P56" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="W56" s="19" t="s">
-        <v>702</v>
+        <v>695</v>
       </c>
       <c r="Y56" s="34">
-        <v>42002</v>
+        <v>214185</v>
       </c>
       <c r="Z56" s="34">
-        <v>41860.5</v>
+        <v>227526</v>
       </c>
       <c r="AA56" s="20">
-        <v>72</v>
+        <v>105</v>
       </c>
       <c r="AB56" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="57" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A57" s="17" t="s">
-        <v>1306</v>
+        <v>1290</v>
       </c>
       <c r="B57" s="28">
         <v>1173305</v>
       </c>
       <c r="C57" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D57" s="28" t="s">
-        <v>1307</v>
+        <v>1291</v>
       </c>
       <c r="E57" s="18" t="s">
-        <v>1308</v>
+        <v>1292</v>
       </c>
       <c r="F57" s="24">
-        <v>15448196.4</v>
+        <v>14675786.58</v>
       </c>
       <c r="G57" s="24">
         <v>38620491</v>
       </c>
       <c r="H57" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="J57" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K57" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L57" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M57" s="18">
         <v>20160812</v>
       </c>
       <c r="P57" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Y57" s="34">
-        <v>264728</v>
+        <v>278950</v>
       </c>
       <c r="Z57" s="34">
-        <v>106880</v>
+        <v>112254.5</v>
       </c>
       <c r="AA57" s="20">
-        <v>50</v>
+        <v>66</v>
       </c>
       <c r="AB57" s="18">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="58" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A58" s="17" t="s">
-        <v>1444</v>
+        <v>1422</v>
       </c>
       <c r="B58" s="28">
         <v>1188285</v>
       </c>
       <c r="C58" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D58" s="28" t="s">
-        <v>1445</v>
+        <v>1423</v>
       </c>
       <c r="E58" s="18" t="s">
-        <v>1446</v>
+        <v>1424</v>
       </c>
       <c r="F58" s="24">
-        <v>13070574.300000001</v>
+        <v>13195055.960000001</v>
       </c>
       <c r="G58" s="24">
         <v>12448166</v>
       </c>
       <c r="H58" s="18" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I58" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="J58" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="K58" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L58" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="M58" s="18">
         <v>20240816</v>
       </c>
       <c r="Y58" s="34">
-        <v>1138380</v>
+        <v>1324327</v>
       </c>
       <c r="Z58" s="34">
-        <v>1305348.5</v>
+        <v>1508090</v>
       </c>
       <c r="AA58" s="20">
-        <v>926</v>
+        <v>1232</v>
       </c>
       <c r="AB58" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="59" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A59" s="17" t="s">
-        <v>1381</v>
+        <v>1359</v>
       </c>
       <c r="B59" s="28">
         <v>1184270</v>
       </c>
       <c r="C59" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D59" s="28" t="s">
-        <v>1382</v>
+        <v>1360</v>
       </c>
       <c r="E59" s="18" t="s">
-        <v>1383</v>
+        <v>1361</v>
       </c>
       <c r="F59" s="24">
-        <v>401142854.57999998</v>
+        <v>382083443.94</v>
       </c>
       <c r="G59" s="24">
-        <v>81203007</v>
+        <v>87233663</v>
       </c>
       <c r="H59" s="18" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I59" s="18" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="J59" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="K59" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L59" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="M59" s="18">
         <v>20201119</v>
       </c>
       <c r="N59" s="18" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="Q59" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="R59" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="V59" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="Y59" s="34">
-        <v>10307050</v>
+        <v>16599312</v>
       </c>
       <c r="Z59" s="34">
-        <v>37379451.5</v>
+        <v>68576996</v>
       </c>
       <c r="AA59" s="20">
-        <v>33163</v>
+        <v>49656</v>
       </c>
       <c r="AB59" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A60" s="17" t="s">
-        <v>1330</v>
+        <v>1314</v>
       </c>
       <c r="B60" s="28">
         <v>1177240</v>
       </c>
       <c r="C60" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D60" s="28" t="s">
-        <v>1331</v>
+        <v>1315</v>
       </c>
       <c r="E60" s="18" t="s">
-        <v>1332</v>
+        <v>1316</v>
       </c>
       <c r="F60" s="24">
-        <v>623729.53</v>
+        <v>558073.79</v>
       </c>
       <c r="G60" s="24">
         <v>3282787</v>
       </c>
       <c r="H60" s="18" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I60" s="18" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="J60" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K60" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L60" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M60" s="18">
         <v>20180731</v>
       </c>
       <c r="P60" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="V60" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="Y60" s="34">
-        <v>246104</v>
+        <v>257780</v>
       </c>
       <c r="Z60" s="34">
-        <v>70458.5</v>
+        <v>72450</v>
       </c>
       <c r="AA60" s="20">
-        <v>184</v>
+        <v>204</v>
       </c>
       <c r="AB60" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="61" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A61" s="17" t="s">
-        <v>1110</v>
+        <v>1103</v>
       </c>
       <c r="B61" s="28">
         <v>1100352</v>
       </c>
       <c r="C61" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D61" s="28" t="s">
+        <v>1104</v>
+      </c>
+      <c r="E61" s="18" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F61" s="24">
+        <v>24602634.254999999</v>
+      </c>
+      <c r="G61" s="24">
+        <v>114430857</v>
+      </c>
+      <c r="H61" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="D61" s="28" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J61" s="18" t="s">
-        <v>613</v>
+        <v>606</v>
       </c>
       <c r="K61" s="32" t="s">
         <v>15</v>
       </c>
       <c r="L61" s="18" t="s">
-        <v>1052</v>
+        <v>1045</v>
       </c>
       <c r="M61" s="18">
         <v>20071128</v>
       </c>
       <c r="O61" s="18" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="S61" s="18" t="s">
-        <v>1113</v>
+        <v>1106</v>
       </c>
       <c r="Y61" s="34">
-        <v>4771366</v>
+        <v>9018947</v>
       </c>
       <c r="Z61" s="34">
-        <v>335554</v>
+        <v>992753.5</v>
       </c>
       <c r="AA61" s="20">
-        <v>738</v>
+        <v>1995</v>
       </c>
       <c r="AB61" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="62" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A62" s="17" t="s">
-        <v>1421</v>
+        <v>1399</v>
       </c>
       <c r="B62" s="28">
         <v>1185630</v>
       </c>
       <c r="C62" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D62" s="28" t="s">
-        <v>1422</v>
+        <v>1400</v>
       </c>
       <c r="E62" s="18" t="s">
-        <v>1423</v>
+        <v>1401</v>
       </c>
       <c r="F62" s="24">
-        <v>85778.27</v>
+        <v>214445.67499999999</v>
       </c>
       <c r="G62" s="24">
         <v>8577827</v>
       </c>
       <c r="H62" s="18" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="J62" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K62" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L62" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M62" s="18">
         <v>20231006</v>
       </c>
       <c r="P62" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="V62" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="Y62" s="34">
-        <v>553641</v>
+        <v>804641</v>
       </c>
       <c r="Z62" s="34">
-        <v>14051</v>
+        <v>23666</v>
       </c>
       <c r="AA62" s="20">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="AB62" s="18">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="63" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A63" s="17" t="s">
-        <v>1095</v>
+        <v>1088</v>
       </c>
       <c r="B63" s="28">
         <v>1023294</v>
       </c>
       <c r="C63" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D63" s="28" t="s">
-        <v>1096</v>
+        <v>1089</v>
       </c>
       <c r="E63" s="18" t="s">
-        <v>1097</v>
+        <v>1090</v>
       </c>
       <c r="F63" s="24">
-        <v>62506364.399999999</v>
+        <v>55213955.219999999</v>
       </c>
       <c r="G63" s="24">
         <v>52088637</v>
       </c>
       <c r="H63" s="18" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I63" s="18" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="J63" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K63" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="Y63" s="34">
-        <v>2265501</v>
+        <v>3754431</v>
       </c>
       <c r="Z63" s="34">
-        <v>2769977.5</v>
+        <v>4449852</v>
       </c>
       <c r="AA63" s="20">
-        <v>1166</v>
+        <v>1370</v>
       </c>
       <c r="AB63" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="64" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A64" s="17" t="s">
-        <v>1405</v>
+        <v>1383</v>
       </c>
       <c r="B64" s="28">
         <v>1184965</v>
       </c>
       <c r="C64" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D64" s="28" t="s">
-        <v>1406</v>
+        <v>1384</v>
       </c>
       <c r="E64" s="18" t="s">
-        <v>1407</v>
+        <v>1385</v>
       </c>
       <c r="F64" s="24">
-        <v>282838.53999999998</v>
+        <v>70709.634999999995</v>
       </c>
       <c r="G64" s="24">
         <v>14141927</v>
       </c>
       <c r="H64" s="18" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="J64" s="18" t="s">
-        <v>1408</v>
+        <v>1386</v>
       </c>
       <c r="K64" s="32" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="L64" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M64" s="18">
         <v>20231212</v>
       </c>
       <c r="P64" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="W64" s="19" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="Y64" s="34">
         <v>5260</v>
       </c>
       <c r="Z64" s="34">
         <v>3616</v>
       </c>
       <c r="AA64" s="20">
         <v>11</v>
       </c>
       <c r="AB64" s="18">
         <v>3</v>
       </c>
     </row>
     <row r="65" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A65" s="17" t="s">
-        <v>1098</v>
+        <v>1091</v>
       </c>
       <c r="B65" s="28">
         <v>1023123</v>
       </c>
       <c r="C65" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D65" s="28" t="s">
-        <v>1099</v>
+        <v>1092</v>
       </c>
       <c r="E65" s="18" t="s">
-        <v>1100</v>
+        <v>1093</v>
       </c>
       <c r="F65" s="24">
-        <v>36387281.700000003</v>
+        <v>33079347</v>
       </c>
       <c r="G65" s="24">
         <v>9451242</v>
       </c>
       <c r="H65" s="18" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="J65" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="K65" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="W65" s="19" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="Y65" s="34">
-        <v>38629</v>
+        <v>73364</v>
       </c>
       <c r="Z65" s="34">
-        <v>140603</v>
+        <v>266002</v>
       </c>
       <c r="AA65" s="20">
-        <v>81</v>
+        <v>124</v>
       </c>
       <c r="AB65" s="18">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A66" s="17" t="s">
-        <v>1101</v>
+        <v>1094</v>
       </c>
       <c r="B66" s="28">
         <v>17316</v>
       </c>
       <c r="C66" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D66" s="28" t="s">
-        <v>1102</v>
+        <v>1095</v>
       </c>
       <c r="E66" s="18" t="s">
-        <v>1103</v>
+        <v>1096</v>
       </c>
       <c r="F66" s="24">
         <v>38262.735000000001</v>
       </c>
       <c r="G66" s="24">
         <v>7652547</v>
       </c>
       <c r="H66" s="18" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I66" s="18" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="J66" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K66" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="V66" s="18" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
     </row>
     <row r="67" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A67" s="17" t="s">
-        <v>1104</v>
+        <v>1097</v>
       </c>
       <c r="B67" s="28">
         <v>34193</v>
       </c>
       <c r="C67" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D67" s="28" t="s">
-        <v>1105</v>
+        <v>1098</v>
       </c>
       <c r="E67" s="18" t="s">
-        <v>1106</v>
+        <v>1099</v>
       </c>
       <c r="F67" s="24">
         <v>742862.43</v>
       </c>
       <c r="G67" s="24">
         <v>16508054</v>
       </c>
       <c r="H67" s="18" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="J67" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K67" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="V67" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="Y67" s="34">
-        <v>65720</v>
+        <v>67020</v>
       </c>
       <c r="Z67" s="34">
-        <v>3019</v>
+        <v>3078</v>
       </c>
       <c r="AA67" s="20">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="AB67" s="18">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A68" s="17" t="s">
-        <v>1107</v>
+        <v>1100</v>
       </c>
       <c r="B68" s="28">
         <v>1092131</v>
       </c>
       <c r="C68" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D68" s="28" t="s">
-        <v>1108</v>
+        <v>1101</v>
       </c>
       <c r="E68" s="18" t="s">
-        <v>1109</v>
+        <v>1102</v>
       </c>
       <c r="F68" s="24">
-        <v>3896916</v>
+        <v>4286607.5999999996</v>
       </c>
       <c r="G68" s="24">
         <v>4871145</v>
       </c>
       <c r="H68" s="18" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="J68" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="K68" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="Y68" s="34">
-        <v>549040</v>
+        <v>683488</v>
       </c>
       <c r="Z68" s="34">
-        <v>380496.5</v>
+        <v>483936</v>
       </c>
       <c r="AA68" s="20">
-        <v>258</v>
+        <v>328</v>
       </c>
       <c r="AB68" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A69" s="17" t="s">
-        <v>1378</v>
+        <v>1356</v>
       </c>
       <c r="B69" s="28">
         <v>1183575</v>
       </c>
       <c r="C69" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D69" s="28" t="s">
-        <v>1379</v>
+        <v>1357</v>
       </c>
       <c r="E69" s="18" t="s">
-        <v>1380</v>
+        <v>1358</v>
       </c>
       <c r="F69" s="24">
-        <v>32849772.899999999</v>
+        <v>29564795.609999999</v>
       </c>
       <c r="G69" s="24">
         <v>46928247</v>
       </c>
       <c r="H69" s="18" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="J69" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K69" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L69" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="M69" s="18">
         <v>20201029</v>
       </c>
       <c r="O69" s="18" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="W69" s="19" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="Y69" s="34">
-        <v>315753</v>
+        <v>497986</v>
       </c>
       <c r="Z69" s="34">
-        <v>245478.5</v>
+        <v>397308.5</v>
       </c>
       <c r="AA69" s="20">
-        <v>123</v>
+        <v>199</v>
       </c>
       <c r="AB69" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A70" s="17" t="s">
-        <v>1224</v>
+        <v>1211</v>
       </c>
       <c r="B70" s="28">
         <v>1118618</v>
       </c>
       <c r="C70" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D70" s="28" t="s">
+        <v>1212</v>
+      </c>
+      <c r="E70" s="18" t="s">
+        <v>1213</v>
+      </c>
+      <c r="F70" s="24">
+        <v>49584566.399999999</v>
+      </c>
+      <c r="G70" s="24">
+        <v>194449280</v>
+      </c>
+      <c r="H70" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="D70" s="28" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J70" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K70" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L70" s="18" t="s">
-        <v>1045</v>
+        <v>1038</v>
       </c>
       <c r="M70" s="18">
         <v>20150115</v>
       </c>
       <c r="P70" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Y70" s="34">
-        <v>15812853</v>
+        <v>19192655</v>
       </c>
       <c r="Z70" s="34">
-        <v>4474275.5</v>
+        <v>5350489.5</v>
       </c>
       <c r="AA70" s="20">
-        <v>2423</v>
+        <v>2943</v>
       </c>
       <c r="AB70" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A71" s="17" t="s">
-        <v>1117</v>
+        <v>1110</v>
       </c>
       <c r="B71" s="28">
         <v>1065326</v>
       </c>
       <c r="C71" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D71" s="28" t="s">
-        <v>1118</v>
+        <v>1111</v>
       </c>
       <c r="E71" s="18" t="s">
-        <v>1119</v>
+        <v>1112</v>
       </c>
       <c r="F71" s="24">
         <v>3402368.1</v>
       </c>
       <c r="G71" s="24">
         <v>680473620</v>
       </c>
       <c r="H71" s="18" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="J71" s="18" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="K71" s="32" t="s">
+        <v>38</v>
+      </c>
+      <c r="L71" s="18" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="M71" s="18">
         <v>20180601</v>
       </c>
       <c r="W71" s="19" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="X71" s="19" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
     </row>
     <row r="72" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A72" s="17" t="s">
-        <v>1390</v>
+        <v>1368</v>
       </c>
       <c r="B72" s="28">
         <v>1184845</v>
       </c>
       <c r="C72" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D72" s="28" t="s">
-        <v>1391</v>
+        <v>1369</v>
       </c>
       <c r="E72" s="18" t="s">
-        <v>1392</v>
+        <v>1370</v>
       </c>
       <c r="F72" s="24">
-        <v>12276263.27</v>
+        <v>11939927.289999999</v>
       </c>
       <c r="G72" s="24">
         <v>16816799</v>
       </c>
       <c r="H72" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I72" s="18" t="s">
-        <v>521</v>
+        <v>514</v>
       </c>
       <c r="J72" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K72" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L72" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M72" s="18">
         <v>20220927</v>
       </c>
       <c r="O72" s="18" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="P72" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Y72" s="34">
-        <v>394408</v>
+        <v>1018119</v>
       </c>
       <c r="Z72" s="34">
-        <v>293468</v>
+        <v>708821.5</v>
       </c>
       <c r="AA72" s="20">
-        <v>239</v>
+        <v>537</v>
       </c>
       <c r="AB72" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A73" s="17" t="s">
-        <v>1240</v>
+        <v>1227</v>
       </c>
       <c r="B73" s="28">
         <v>1138435</v>
       </c>
       <c r="C73" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D73" s="28" t="s">
-        <v>1241</v>
+        <v>1228</v>
       </c>
       <c r="E73" s="18" t="s">
-        <v>1242</v>
+        <v>1229</v>
       </c>
       <c r="F73" s="24">
-        <v>3126328.7</v>
+        <v>6353310.7800000003</v>
       </c>
       <c r="G73" s="24">
-        <v>28421170</v>
+        <v>35296171</v>
       </c>
       <c r="H73" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="J73" s="18" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="K73" s="32" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="L73" s="18" t="s">
-        <v>1045</v>
+        <v>1038</v>
       </c>
       <c r="M73" s="18">
         <v>20171116</v>
       </c>
       <c r="P73" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Y73" s="34">
-        <v>2561004</v>
+        <v>2727057</v>
       </c>
       <c r="Z73" s="34">
-        <v>52601</v>
+        <v>80762</v>
       </c>
       <c r="AA73" s="20">
-        <v>56</v>
+        <v>109</v>
       </c>
       <c r="AB73" s="18">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A74" s="17" t="s">
-        <v>1270</v>
+        <v>1046</v>
       </c>
       <c r="B74" s="28">
-        <v>1148750</v>
+        <v>1013706</v>
       </c>
       <c r="C74" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D74" s="28" t="s">
-        <v>1271</v>
+        <v>1047</v>
       </c>
       <c r="E74" s="18" t="s">
-        <v>1272</v>
+        <v>1048</v>
       </c>
       <c r="F74" s="24">
-        <v>121877472.25</v>
+        <v>375869.04</v>
       </c>
       <c r="G74" s="24">
-        <v>54653575</v>
+        <v>60704841</v>
       </c>
       <c r="H74" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="J74" s="18" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="K74" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L74" s="18" t="s">
-        <v>1037</v>
+        <v>1023</v>
       </c>
       <c r="M74" s="18">
-        <v>20131107</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>20191022</v>
       </c>
       <c r="Y74" s="34">
-        <v>214838</v>
+        <v>611906</v>
       </c>
       <c r="Z74" s="34">
-        <v>409523</v>
+        <v>185855</v>
       </c>
       <c r="AA74" s="20">
-        <v>84</v>
+        <v>171</v>
       </c>
       <c r="AB74" s="18">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="75" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A75" s="17" t="s">
-        <v>1053</v>
+        <v>1287</v>
       </c>
       <c r="B75" s="28">
-        <v>1013706</v>
+        <v>1169230</v>
       </c>
       <c r="C75" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D75" s="28" t="s">
-        <v>1054</v>
+        <v>1288</v>
       </c>
       <c r="E75" s="18" t="s">
-        <v>1055</v>
+        <v>1289</v>
       </c>
       <c r="F75" s="24">
-        <v>375869.04</v>
+        <v>9440000</v>
       </c>
       <c r="G75" s="24">
-        <v>60704841</v>
+        <v>59000000</v>
       </c>
       <c r="H75" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
+      </c>
+      <c r="I75" s="18" t="s">
+        <v>214</v>
       </c>
       <c r="J75" s="18" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="K75" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L75" s="18" t="s">
         <v>1030</v>
       </c>
       <c r="M75" s="18">
-        <v>20191022</v>
+        <v>20160714</v>
+      </c>
+      <c r="P75" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="Y75" s="34">
-        <v>611906</v>
+        <v>450890</v>
       </c>
       <c r="Z75" s="34">
-        <v>185855</v>
+        <v>50512.5</v>
       </c>
       <c r="AA75" s="20">
-        <v>171</v>
+        <v>159</v>
       </c>
       <c r="AB75" s="18">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="76" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A76" s="17" t="s">
-        <v>1126</v>
+        <v>1413</v>
       </c>
       <c r="B76" s="28">
-        <v>1062996</v>
+        <v>1187540</v>
       </c>
       <c r="C76" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D76" s="28" t="s">
-        <v>1127</v>
+        <v>1432</v>
       </c>
       <c r="E76" s="18" t="s">
-        <v>1128</v>
+        <v>1433</v>
       </c>
       <c r="F76" s="24">
-        <v>439644.66</v>
+        <v>10556089.640000001</v>
       </c>
       <c r="G76" s="24">
-        <v>12561276</v>
+        <v>7132493</v>
       </c>
       <c r="H76" s="18" t="s">
-        <v>62</v>
+        <v>132</v>
       </c>
       <c r="J76" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K76" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="L76" s="18" t="s">
+        <v>1030</v>
+      </c>
+      <c r="M76" s="18">
+        <v>20250314</v>
+      </c>
+      <c r="P76" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="W76" s="19" t="s">
+        <v>248</v>
+      </c>
+      <c r="X76" s="19" t="s">
+        <v>60</v>
       </c>
       <c r="Y76" s="34">
-        <v>322500</v>
+        <v>1441618</v>
       </c>
       <c r="Z76" s="34">
-        <v>19188</v>
+        <v>3944269.5</v>
       </c>
       <c r="AA76" s="20">
-        <v>13</v>
+        <v>4517</v>
       </c>
       <c r="AB76" s="18">
-        <v>2</v>
+        <v>8</v>
       </c>
     </row>
     <row r="77" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A77" s="17" t="s">
-        <v>1303</v>
+        <v>1353</v>
       </c>
       <c r="B77" s="28">
-        <v>1169230</v>
+        <v>1184055</v>
       </c>
       <c r="C77" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D77" s="28" t="s">
-        <v>1304</v>
+        <v>1354</v>
       </c>
       <c r="E77" s="18" t="s">
-        <v>1305</v>
+        <v>1355</v>
       </c>
       <c r="F77" s="24">
-        <v>11505000</v>
+        <v>6723669.4000000004</v>
       </c>
       <c r="G77" s="24">
-        <v>59000000</v>
+        <v>9605242</v>
       </c>
       <c r="H77" s="18" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>218</v>
+        <v>132</v>
       </c>
       <c r="J77" s="18" t="s">
-        <v>56</v>
+        <v>93</v>
       </c>
       <c r="K77" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L77" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M77" s="18">
-        <v>20160714</v>
+        <v>20210505</v>
       </c>
       <c r="P77" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
+      </c>
+      <c r="W77" s="19" t="s">
+        <v>248</v>
+      </c>
+      <c r="X77" s="19" t="s">
+        <v>60</v>
       </c>
       <c r="Y77" s="34">
-        <v>372572</v>
+        <v>1077894</v>
       </c>
       <c r="Z77" s="34">
-        <v>38140</v>
+        <v>811811</v>
       </c>
       <c r="AA77" s="20">
-        <v>105</v>
+        <v>401</v>
       </c>
       <c r="AB77" s="18">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="78" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A78" s="17" t="s">
-        <v>1435</v>
+        <v>1245</v>
       </c>
       <c r="B78" s="28">
-        <v>1187540</v>
+        <v>1148145</v>
       </c>
       <c r="C78" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D78" s="28" t="s">
-        <v>1454</v>
+        <v>1246</v>
       </c>
       <c r="E78" s="18" t="s">
-        <v>1455</v>
+        <v>1247</v>
       </c>
       <c r="F78" s="24">
-        <v>12964238.560000001</v>
+        <v>16929258.5</v>
       </c>
       <c r="G78" s="24">
-        <v>7123208</v>
+        <v>169292585</v>
       </c>
       <c r="H78" s="18" t="s">
-        <v>136</v>
+        <v>58</v>
+      </c>
+      <c r="I78" s="18" t="s">
+        <v>514</v>
       </c>
       <c r="J78" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K78" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L78" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M78" s="18">
-        <v>20250314</v>
+        <v>20121030</v>
+      </c>
+      <c r="O78" s="18" t="s">
+        <v>134</v>
       </c>
       <c r="P78" s="18" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Y78" s="34">
-        <v>1319693</v>
+        <v>36841286</v>
       </c>
       <c r="Z78" s="34">
-        <v>3742066</v>
+        <v>3265631</v>
       </c>
       <c r="AA78" s="20">
-        <v>4128</v>
+        <v>3736</v>
       </c>
       <c r="AB78" s="18">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A79" s="17" t="s">
-        <v>1375</v>
+        <v>1031</v>
       </c>
       <c r="B79" s="28">
-        <v>1184055</v>
+        <v>41920</v>
       </c>
       <c r="C79" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D79" s="28" t="s">
-        <v>1376</v>
+        <v>1032</v>
       </c>
       <c r="E79" s="18" t="s">
-        <v>1377</v>
+        <v>1033</v>
       </c>
       <c r="F79" s="24">
-        <v>6881983.9199999999</v>
+        <v>35250000</v>
       </c>
       <c r="G79" s="24">
-        <v>9055242</v>
+        <v>150000000</v>
       </c>
       <c r="H79" s="18" t="s">
-        <v>136</v>
+        <v>51</v>
       </c>
       <c r="J79" s="18" t="s">
-        <v>97</v>
+        <v>39</v>
       </c>
       <c r="K79" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L79" s="18" t="s">
-        <v>1037</v>
+        <v>1023</v>
       </c>
       <c r="M79" s="18">
-        <v>20210505</v>
-[...8 lines deleted...]
-        <v>64</v>
+        <v>20181106</v>
+      </c>
+      <c r="V79" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="Y79" s="34">
-        <v>805630</v>
+        <v>4857427</v>
       </c>
       <c r="Z79" s="34">
-        <v>605467.5</v>
+        <v>737980.5</v>
       </c>
       <c r="AA79" s="20">
-        <v>301</v>
+        <v>907</v>
       </c>
       <c r="AB79" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="80" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A80" s="17" t="s">
-        <v>1258</v>
+        <v>1119</v>
       </c>
       <c r="B80" s="28">
-        <v>1148145</v>
+        <v>1023102</v>
       </c>
       <c r="C80" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D80" s="28" t="s">
+        <v>1120</v>
+      </c>
+      <c r="E80" s="18" t="s">
+        <v>1121</v>
+      </c>
+      <c r="F80" s="24">
+        <v>4255470.7649999997</v>
+      </c>
+      <c r="G80" s="24">
+        <v>121584879</v>
+      </c>
+      <c r="H80" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="D80" s="28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J80" s="18" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K80" s="32" t="s">
-        <v>42</v>
-[...11 lines deleted...]
-        <v>64</v>
+        <v>38</v>
       </c>
       <c r="Y80" s="34">
-        <v>23302193</v>
+        <v>5058551</v>
       </c>
       <c r="Z80" s="34">
-        <v>1891752.5</v>
+        <v>130972</v>
       </c>
       <c r="AA80" s="20">
-        <v>2301</v>
+        <v>248</v>
       </c>
       <c r="AB80" s="18">
         <v>8</v>
       </c>
     </row>
     <row r="81" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A81" s="17" t="s">
-        <v>1038</v>
+        <v>1371</v>
       </c>
       <c r="B81" s="28">
-        <v>41920</v>
+        <v>1185025</v>
       </c>
       <c r="C81" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D81" s="28" t="s">
-        <v>1039</v>
+        <v>1372</v>
       </c>
       <c r="E81" s="18" t="s">
-        <v>1040</v>
+        <v>1373</v>
       </c>
       <c r="F81" s="24">
-        <v>23992553.440000001</v>
+        <v>24448841.600000001</v>
       </c>
       <c r="G81" s="24">
-        <v>149953459</v>
+        <v>76402630</v>
       </c>
       <c r="H81" s="18" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="J81" s="18" t="s">
-        <v>43</v>
+        <v>1374</v>
       </c>
       <c r="K81" s="32" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="L81" s="18" t="s">
         <v>1030</v>
       </c>
       <c r="M81" s="18">
-        <v>20181106</v>
+        <v>20211208</v>
+      </c>
+      <c r="P81" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="S81" s="18" t="s">
+        <v>1375</v>
       </c>
       <c r="V81" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="Y81" s="34">
-        <v>3855077</v>
+        <v>1317194</v>
       </c>
       <c r="Z81" s="34">
-        <v>556818.5</v>
+        <v>571240</v>
       </c>
       <c r="AA81" s="20">
-        <v>673</v>
+        <v>438</v>
       </c>
       <c r="AB81" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A82" s="17" t="s">
-        <v>1129</v>
+        <v>1070</v>
       </c>
       <c r="B82" s="28">
-        <v>1023102</v>
+        <v>1044476</v>
       </c>
       <c r="C82" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D82" s="28" t="s">
-        <v>1130</v>
+        <v>1071</v>
       </c>
       <c r="E82" s="18" t="s">
-        <v>1131</v>
+        <v>1072</v>
       </c>
       <c r="F82" s="24">
-        <v>6687168.3449999997</v>
+        <v>8708459.6799999997</v>
       </c>
       <c r="G82" s="24">
-        <v>121584879</v>
+        <v>108855746</v>
       </c>
       <c r="H82" s="18" t="s">
         <v>51</v>
       </c>
       <c r="J82" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K82" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="V82" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="Y82" s="34">
-        <v>2810096</v>
+        <v>1011102</v>
       </c>
       <c r="Z82" s="34">
-        <v>77105</v>
+        <v>68188</v>
       </c>
       <c r="AA82" s="20">
-        <v>205</v>
+        <v>167</v>
       </c>
       <c r="AB82" s="18">
         <v>7</v>
       </c>
     </row>
     <row r="83" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A83" s="17" t="s">
-        <v>1393</v>
+        <v>1269</v>
       </c>
       <c r="B83" s="28">
-        <v>1185025</v>
+        <v>1141295</v>
       </c>
       <c r="C83" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D83" s="28" t="s">
-        <v>1394</v>
+        <v>1270</v>
       </c>
       <c r="E83" s="18" t="s">
-        <v>1395</v>
+        <v>1271</v>
       </c>
       <c r="F83" s="24">
-        <v>30558152</v>
+        <v>31059612.780000001</v>
       </c>
       <c r="G83" s="24">
-        <v>76395380</v>
+        <v>25458699</v>
       </c>
       <c r="H83" s="18" t="s">
-        <v>55</v>
+        <v>132</v>
       </c>
       <c r="J83" s="18" t="s">
-        <v>1396</v>
+        <v>39</v>
       </c>
       <c r="K83" s="32" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="L83" s="18" t="s">
-        <v>1037</v>
+        <v>53</v>
       </c>
       <c r="M83" s="18">
-        <v>20211208</v>
-[...8 lines deleted...]
-        <v>58</v>
+        <v>20130109</v>
+      </c>
+      <c r="W83" s="19" t="s">
+        <v>248</v>
       </c>
       <c r="Y83" s="34">
-        <v>1302194</v>
+        <v>3638329</v>
       </c>
       <c r="Z83" s="34">
-        <v>566020</v>
+        <v>4362022</v>
       </c>
       <c r="AA83" s="20">
-        <v>430</v>
+        <v>1611</v>
       </c>
       <c r="AB83" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="84" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A84" s="17" t="s">
-        <v>1077</v>
+        <v>1196</v>
       </c>
       <c r="B84" s="28">
-        <v>1044476</v>
+        <v>1117741</v>
       </c>
       <c r="C84" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D84" s="28" t="s">
-        <v>1078</v>
+        <v>1197</v>
       </c>
       <c r="E84" s="18" t="s">
-        <v>1079</v>
+        <v>1198</v>
       </c>
       <c r="F84" s="24">
-        <v>6531344.7599999998</v>
+        <v>8162602.29</v>
       </c>
       <c r="G84" s="24">
-        <v>108855746</v>
+        <v>116883576</v>
       </c>
       <c r="H84" s="18" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="J84" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K84" s="32" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>38</v>
+      </c>
+      <c r="L84" s="18" t="s">
+        <v>1030</v>
+      </c>
+      <c r="M84" s="18">
+        <v>20091029</v>
+      </c>
+      <c r="P84" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="Y84" s="34">
-        <v>760564</v>
+        <v>4470200</v>
       </c>
       <c r="Z84" s="34">
-        <v>47344.5</v>
+        <v>179734.5</v>
       </c>
       <c r="AA84" s="20">
-        <v>125</v>
+        <v>323</v>
       </c>
       <c r="AB84" s="18">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="85" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A85" s="17" t="s">
-        <v>1285</v>
+        <v>1230</v>
       </c>
       <c r="B85" s="28">
-        <v>1141295</v>
+        <v>1140490</v>
       </c>
       <c r="C85" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D85" s="28" t="s">
-        <v>1286</v>
+        <v>1231</v>
       </c>
       <c r="E85" s="18" t="s">
-        <v>1287</v>
+        <v>1232</v>
       </c>
       <c r="F85" s="24">
-        <v>31568786.760000002</v>
+        <v>2182090.96</v>
       </c>
       <c r="G85" s="24">
-        <v>25458699</v>
+        <v>18974704</v>
       </c>
       <c r="H85" s="18" t="s">
-        <v>136</v>
+        <v>184</v>
       </c>
       <c r="J85" s="18" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="K85" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L85" s="18" t="s">
-        <v>57</v>
+        <v>1030</v>
       </c>
       <c r="M85" s="18">
-        <v>20130109</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>20120103</v>
+      </c>
+      <c r="O85" s="18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P85" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="Y85" s="34">
-        <v>2868084</v>
+        <v>4149402</v>
       </c>
       <c r="Z85" s="34">
-        <v>3403410.5</v>
+        <v>451730.5</v>
       </c>
       <c r="AA85" s="20">
-        <v>1176</v>
+        <v>465</v>
       </c>
       <c r="AB85" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="86" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A86" s="17" t="s">
-        <v>1206</v>
+        <v>1172</v>
       </c>
       <c r="B86" s="28">
-        <v>1117741</v>
+        <v>1108203</v>
       </c>
       <c r="C86" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D86" s="28" t="s">
-        <v>1207</v>
+        <v>1173</v>
       </c>
       <c r="E86" s="18" t="s">
-        <v>1208</v>
+        <v>1174</v>
       </c>
       <c r="F86" s="24">
-        <v>8346717.2599999998</v>
+        <v>27024510.16</v>
       </c>
       <c r="G86" s="24">
-        <v>116803276</v>
+        <v>71117132</v>
       </c>
       <c r="H86" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="J86" s="18" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="K86" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L86" s="18" t="s">
-        <v>1037</v>
+        <v>53</v>
       </c>
       <c r="M86" s="18">
-        <v>20091029</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>20060914</v>
       </c>
       <c r="Y86" s="34">
-        <v>2151039</v>
+        <v>2124270</v>
       </c>
       <c r="Z86" s="34">
-        <v>134883</v>
+        <v>644770</v>
       </c>
       <c r="AA86" s="20">
-        <v>212</v>
+        <v>233</v>
       </c>
       <c r="AB86" s="18">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="87" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A87" s="17" t="s">
-        <v>1243</v>
+        <v>1257</v>
       </c>
       <c r="B87" s="28">
-        <v>1140490</v>
+        <v>1153211</v>
       </c>
       <c r="C87" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D87" s="28" t="s">
-        <v>1244</v>
+        <v>1258</v>
       </c>
       <c r="E87" s="18" t="s">
-        <v>1245</v>
+        <v>1259</v>
       </c>
       <c r="F87" s="24">
-        <v>2495458.56</v>
+        <v>80418177.359999999</v>
       </c>
       <c r="G87" s="24">
-        <v>17824704</v>
+        <v>32690316</v>
       </c>
       <c r="H87" s="18" t="s">
-        <v>188</v>
+        <v>132</v>
       </c>
       <c r="J87" s="18" t="s">
-        <v>56</v>
+        <v>145</v>
       </c>
       <c r="K87" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L87" s="18" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
       <c r="M87" s="18">
-        <v>20120103</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>20180912</v>
+      </c>
+      <c r="W87" s="19" t="s">
+        <v>248</v>
       </c>
       <c r="Y87" s="34">
-        <v>3708293</v>
+        <v>2750153</v>
       </c>
       <c r="Z87" s="34">
-        <v>399223</v>
+        <v>5114715</v>
       </c>
       <c r="AA87" s="20">
-        <v>405</v>
+        <v>1822</v>
       </c>
       <c r="AB87" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="88" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A88" s="17" t="s">
-        <v>1182</v>
+        <v>1122</v>
       </c>
       <c r="B88" s="28">
-        <v>1108203</v>
+        <v>1062268</v>
       </c>
       <c r="C88" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D88" s="28" t="s">
-        <v>1183</v>
+        <v>1123</v>
       </c>
       <c r="E88" s="18" t="s">
-        <v>1184</v>
+        <v>1124</v>
       </c>
       <c r="F88" s="24">
-        <v>27735681.48</v>
+        <v>119700718.2</v>
       </c>
       <c r="G88" s="24">
-        <v>71117132</v>
+        <v>18000108</v>
       </c>
       <c r="H88" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="J88" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K88" s="32" t="s">
-        <v>42</v>
-[...5 lines deleted...]
-        <v>20060914</v>
+        <v>38</v>
       </c>
       <c r="Y88" s="34">
-        <v>1939501</v>
+        <v>265578</v>
       </c>
       <c r="Z88" s="34">
-        <v>572299.5</v>
+        <v>1824504</v>
       </c>
       <c r="AA88" s="20">
-        <v>187</v>
+        <v>423</v>
       </c>
       <c r="AB88" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="89" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A89" s="17" t="s">
-        <v>1273</v>
+        <v>1302</v>
       </c>
       <c r="B89" s="28">
-        <v>1153211</v>
+        <v>1176075</v>
       </c>
       <c r="C89" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D89" s="28" t="s">
-        <v>1274</v>
+        <v>1303</v>
       </c>
       <c r="E89" s="18" t="s">
-        <v>1275</v>
+        <v>1304</v>
       </c>
       <c r="F89" s="24">
-        <v>58842568.799999997</v>
+        <v>9351326.6150000002</v>
       </c>
       <c r="G89" s="24">
-        <v>32690316</v>
+        <v>98435017</v>
       </c>
       <c r="H89" s="18" t="s">
-        <v>136</v>
+        <v>51</v>
       </c>
       <c r="J89" s="18" t="s">
-        <v>149</v>
+        <v>39</v>
       </c>
       <c r="K89" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L89" s="18" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="M89" s="18">
-        <v>20180912</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>20210416</v>
+      </c>
+      <c r="P89" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="V89" s="18" t="s">
+        <v>128</v>
       </c>
       <c r="Y89" s="34">
-        <v>1680317</v>
+        <v>12094233</v>
       </c>
       <c r="Z89" s="34">
-        <v>2950116</v>
+        <v>1828253.5</v>
       </c>
       <c r="AA89" s="20">
-        <v>1279</v>
+        <v>2459</v>
       </c>
       <c r="AB89" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="90" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A90" s="17" t="s">
-        <v>1132</v>
+        <v>1049</v>
       </c>
       <c r="B90" s="28">
-        <v>1062268</v>
+        <v>1060812</v>
       </c>
       <c r="C90" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D90" s="28" t="s">
-        <v>1133</v>
+        <v>1050</v>
       </c>
       <c r="E90" s="18" t="s">
-        <v>1134</v>
+        <v>1051</v>
       </c>
       <c r="F90" s="24">
-        <v>119700718.2</v>
+        <v>7642229.6299999999</v>
       </c>
       <c r="G90" s="24">
-        <v>18000108</v>
+        <v>109174709</v>
       </c>
       <c r="H90" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="J90" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K90" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="L90" s="18" t="s">
+        <v>1045</v>
+      </c>
+      <c r="M90" s="18">
+        <v>20140702</v>
       </c>
       <c r="Y90" s="34">
-        <v>221425</v>
+        <v>20053296</v>
       </c>
       <c r="Z90" s="34">
-        <v>1533985.5</v>
+        <v>913514</v>
       </c>
       <c r="AA90" s="20">
-        <v>357</v>
+        <v>742</v>
       </c>
       <c r="AB90" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="91" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A91" s="17" t="s">
-        <v>1318</v>
+        <v>1125</v>
       </c>
       <c r="B91" s="28">
-        <v>1176075</v>
+        <v>1023596</v>
       </c>
       <c r="C91" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D91" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E91" s="18" t="s">
+        <v>1127</v>
+      </c>
+      <c r="F91" s="24">
+        <v>27859615.199999999</v>
+      </c>
+      <c r="G91" s="24">
+        <v>15477564</v>
+      </c>
+      <c r="H91" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="D91" s="28" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J91" s="18" t="s">
-        <v>43</v>
+        <v>138</v>
       </c>
       <c r="K91" s="32" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>1045</v>
+        <v>15</v>
       </c>
       <c r="M91" s="18">
-        <v>20210416</v>
-[...5 lines deleted...]
-        <v>132</v>
+        <v>19941104</v>
+      </c>
+      <c r="S91" s="18" t="s">
+        <v>1128</v>
       </c>
       <c r="Y91" s="34">
-        <v>4014007</v>
+        <v>2874140</v>
       </c>
       <c r="Z91" s="34">
-        <v>983139.5</v>
+        <v>3898567.5</v>
       </c>
       <c r="AA91" s="20">
-        <v>1746</v>
+        <v>2759</v>
       </c>
       <c r="AB91" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="92" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A92" s="17" t="s">
-        <v>1056</v>
+        <v>1266</v>
       </c>
       <c r="B92" s="28">
-        <v>1060812</v>
+        <v>1156385</v>
       </c>
       <c r="C92" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D92" s="28" t="s">
-        <v>1057</v>
+        <v>1267</v>
       </c>
       <c r="E92" s="18" t="s">
-        <v>1058</v>
+        <v>1268</v>
       </c>
       <c r="F92" s="24">
-        <v>6004608.9950000001</v>
+        <v>21055715.329999998</v>
       </c>
       <c r="G92" s="24">
-        <v>109174709</v>
+        <v>247714298</v>
       </c>
       <c r="H92" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
+      </c>
+      <c r="I92" s="18" t="s">
+        <v>514</v>
       </c>
       <c r="J92" s="18" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="K92" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L92" s="18" t="s">
-        <v>1052</v>
+        <v>40</v>
       </c>
       <c r="M92" s="18">
-        <v>20140702</v>
+        <v>20121217</v>
+      </c>
+      <c r="O92" s="18" t="s">
+        <v>134</v>
       </c>
       <c r="Y92" s="34">
-        <v>14048626</v>
+        <v>33939287</v>
       </c>
       <c r="Z92" s="34">
-        <v>491950.5</v>
+        <v>2428163</v>
       </c>
       <c r="AA92" s="20">
-        <v>400</v>
+        <v>1474</v>
       </c>
       <c r="AB92" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="93" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A93" s="17" t="s">
-        <v>1135</v>
+        <v>1205</v>
       </c>
       <c r="B93" s="28">
-        <v>1023596</v>
+        <v>1117014</v>
       </c>
       <c r="C93" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D93" s="28" t="s">
-        <v>1136</v>
+        <v>1206</v>
       </c>
       <c r="E93" s="18" t="s">
-        <v>1137</v>
+        <v>1207</v>
       </c>
       <c r="F93" s="24">
-        <v>26157083.16</v>
+        <v>80987735.659999996</v>
       </c>
       <c r="G93" s="24">
-        <v>15477564</v>
+        <v>139634027</v>
       </c>
       <c r="H93" s="18" t="s">
         <v>51</v>
       </c>
+      <c r="I93" s="18" t="s">
+        <v>92</v>
+      </c>
       <c r="J93" s="18" t="s">
-        <v>142</v>
+        <v>52</v>
       </c>
       <c r="K93" s="32" t="s">
-        <v>15</v>
+        <v>38</v>
+      </c>
+      <c r="L93" s="18" t="s">
+        <v>1045</v>
       </c>
       <c r="M93" s="18">
-        <v>19941104</v>
-[...2 lines deleted...]
-        <v>1138</v>
+        <v>20151222</v>
+      </c>
+      <c r="V93" s="18" t="s">
+        <v>128</v>
       </c>
       <c r="Y93" s="34">
-        <v>2275955</v>
+        <v>20854562</v>
       </c>
       <c r="Z93" s="34">
-        <v>2844524</v>
+        <v>9086249.5</v>
       </c>
       <c r="AA93" s="20">
-        <v>2046</v>
+        <v>3402</v>
       </c>
       <c r="AB93" s="18">
         <v>8</v>
       </c>
     </row>
     <row r="94" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A94" s="17" t="s">
-        <v>1282</v>
+        <v>1346</v>
       </c>
       <c r="B94" s="28">
-        <v>1156385</v>
+        <v>1183245</v>
       </c>
       <c r="C94" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D94" s="28" t="s">
-        <v>1283</v>
+        <v>1347</v>
       </c>
       <c r="E94" s="18" t="s">
-        <v>1284</v>
+        <v>1348</v>
       </c>
       <c r="F94" s="24">
-        <v>19817143.84</v>
+        <v>33507035.66</v>
       </c>
       <c r="G94" s="24">
-        <v>247714298</v>
+        <v>126441644</v>
       </c>
       <c r="H94" s="18" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="I94" s="18" t="s">
-        <v>521</v>
+        <v>214</v>
       </c>
       <c r="J94" s="18" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="K94" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L94" s="18" t="s">
-        <v>44</v>
+        <v>1030</v>
       </c>
       <c r="M94" s="18">
-        <v>20121217</v>
-[...2 lines deleted...]
-        <v>138</v>
+        <v>20210714</v>
+      </c>
+      <c r="P94" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="V94" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="Y94" s="34">
-        <v>24830999</v>
+        <v>4074777</v>
       </c>
       <c r="Z94" s="34">
-        <v>1684176</v>
+        <v>1221670</v>
       </c>
       <c r="AA94" s="20">
-        <v>1130</v>
+        <v>1831</v>
       </c>
       <c r="AB94" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="95" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A95" s="17" t="s">
-        <v>1218</v>
+        <v>1407</v>
       </c>
       <c r="B95" s="28">
-        <v>1117014</v>
+        <v>1186875</v>
       </c>
       <c r="C95" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D95" s="28" t="s">
-        <v>1219</v>
+        <v>1408</v>
       </c>
       <c r="E95" s="18" t="s">
-        <v>1220</v>
+        <v>1409</v>
       </c>
       <c r="F95" s="24">
-        <v>85709654.099999994</v>
+        <v>103792893.95999999</v>
       </c>
       <c r="G95" s="24">
-        <v>122442363</v>
+        <v>64467636</v>
       </c>
       <c r="H95" s="18" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="I95" s="18" t="s">
-        <v>96</v>
+        <v>514</v>
       </c>
       <c r="J95" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K95" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L95" s="18" t="s">
-        <v>1052</v>
+        <v>53</v>
       </c>
       <c r="M95" s="18">
-        <v>20151222</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>20230206</v>
       </c>
       <c r="Y95" s="34">
-        <v>16836564</v>
+        <v>11190812</v>
       </c>
       <c r="Z95" s="34">
-        <v>6516788.5</v>
+        <v>13534269</v>
       </c>
       <c r="AA95" s="20">
-        <v>2800</v>
+        <v>10473</v>
       </c>
       <c r="AB95" s="18">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="96" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A96" s="17" t="s">
-        <v>1365</v>
+        <v>1217</v>
       </c>
       <c r="B96" s="28">
-        <v>1183245</v>
+        <v>1123235</v>
       </c>
       <c r="C96" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D96" s="28" t="s">
-        <v>1366</v>
+        <v>1218</v>
       </c>
       <c r="E96" s="18" t="s">
-        <v>1367</v>
+        <v>1219</v>
       </c>
       <c r="F96" s="24">
-        <v>48680032.939999998</v>
+        <v>120806310.23999999</v>
       </c>
       <c r="G96" s="24">
-        <v>126441644</v>
+        <v>215725554</v>
       </c>
       <c r="H96" s="18" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>218</v>
+        <v>132</v>
       </c>
       <c r="J96" s="18" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="K96" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L96" s="18" t="s">
-        <v>1037</v>
+        <v>40</v>
       </c>
       <c r="M96" s="18">
-        <v>20210714</v>
-[...5 lines deleted...]
-        <v>58</v>
+        <v>20091023</v>
+      </c>
+      <c r="W96" s="19" t="s">
+        <v>324</v>
       </c>
       <c r="Y96" s="34">
-        <v>3244198</v>
+        <v>25205977</v>
       </c>
       <c r="Z96" s="34">
-        <v>951073</v>
+        <v>13434174</v>
       </c>
       <c r="AA96" s="20">
-        <v>1473</v>
+        <v>1978</v>
       </c>
       <c r="AB96" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="97" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A97" s="17" t="s">
-        <v>1429</v>
+        <v>1233</v>
       </c>
       <c r="B97" s="28">
-        <v>1186875</v>
+        <v>1177685</v>
       </c>
       <c r="C97" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D97" s="28" t="s">
-        <v>1430</v>
+        <v>1234</v>
       </c>
       <c r="E97" s="18" t="s">
-        <v>1431</v>
+        <v>1235</v>
       </c>
       <c r="F97" s="24">
-        <v>94767424.920000002</v>
+        <v>14661698455.6</v>
       </c>
       <c r="G97" s="24">
-        <v>64467636</v>
+        <v>822732517</v>
       </c>
       <c r="H97" s="18" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>521</v>
+        <v>58</v>
       </c>
       <c r="J97" s="18" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="K97" s="32" t="s">
+        <v>38</v>
+      </c>
+      <c r="L97" s="18" t="s">
         <v>42</v>
       </c>
-      <c r="L97" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M97" s="18">
-        <v>20230206</v>
+        <v>20101224</v>
       </c>
       <c r="Y97" s="34">
-        <v>7652255</v>
+        <v>963610</v>
       </c>
       <c r="Z97" s="34">
-        <v>7857130.5</v>
+        <v>14685982</v>
       </c>
       <c r="AA97" s="20">
-        <v>7391</v>
+        <v>519</v>
       </c>
       <c r="AB97" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="98" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A98" s="17" t="s">
-        <v>1230</v>
+        <v>1339</v>
       </c>
       <c r="B98" s="28">
-        <v>1123235</v>
+        <v>1181717</v>
       </c>
       <c r="C98" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D98" s="28" t="s">
-        <v>1231</v>
+        <v>1340</v>
       </c>
       <c r="E98" s="18" t="s">
-        <v>1232</v>
+        <v>1341</v>
       </c>
       <c r="F98" s="24">
-        <v>137082796.19999999</v>
+        <v>1592342.5349999999</v>
       </c>
       <c r="G98" s="24">
-        <v>217591740</v>
+        <v>45495501</v>
       </c>
       <c r="H98" s="18" t="s">
-        <v>136</v>
+        <v>51</v>
       </c>
       <c r="J98" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K98" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L98" s="18" t="s">
-        <v>44</v>
+        <v>1030</v>
       </c>
       <c r="M98" s="18">
-        <v>20091023</v>
-[...5 lines deleted...]
-        <v>328</v>
+        <v>20211020</v>
+      </c>
+      <c r="O98" s="18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P98" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="V98" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="Y98" s="34">
-        <v>13276871</v>
+        <v>8731106</v>
       </c>
       <c r="Z98" s="34">
-        <v>5951276</v>
+        <v>479647.5</v>
       </c>
       <c r="AA98" s="20">
-        <v>1686</v>
+        <v>499</v>
       </c>
       <c r="AB98" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="99" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A99" s="17" t="s">
-        <v>1246</v>
+        <v>1129</v>
       </c>
       <c r="B99" s="28">
-        <v>1177685</v>
+        <v>1062230</v>
       </c>
       <c r="C99" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D99" s="28" t="s">
+        <v>1130</v>
+      </c>
+      <c r="E99" s="18" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F99" s="24">
+        <v>3004091.97</v>
+      </c>
+      <c r="G99" s="24">
+        <v>27309927</v>
+      </c>
+      <c r="H99" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="D99" s="28" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J99" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K99" s="32" t="s">
-        <v>42</v>
-[...5 lines deleted...]
-        <v>20101224</v>
+        <v>38</v>
       </c>
       <c r="Y99" s="34">
-        <v>811419</v>
+        <v>496209</v>
       </c>
       <c r="Z99" s="34">
-        <v>11789463</v>
+        <v>72986</v>
       </c>
       <c r="AA99" s="20">
-        <v>416</v>
+        <v>31</v>
       </c>
       <c r="AB99" s="18">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A100" s="17" t="s">
-        <v>1355</v>
+        <v>1224</v>
       </c>
       <c r="B100" s="28">
-        <v>1181717</v>
+        <v>1135135</v>
       </c>
       <c r="C100" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D100" s="28" t="s">
-        <v>1356</v>
+        <v>1225</v>
       </c>
       <c r="E100" s="18" t="s">
-        <v>1357</v>
+        <v>1226</v>
       </c>
       <c r="F100" s="24">
-        <v>2274775.0499999998</v>
+        <v>103417204.5</v>
       </c>
       <c r="G100" s="24">
-        <v>45495501</v>
+        <v>7132221</v>
       </c>
       <c r="H100" s="18" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="J100" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K100" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L100" s="18" t="s">
-        <v>1037</v>
+        <v>53</v>
       </c>
       <c r="M100" s="18">
-        <v>20211020</v>
-[...8 lines deleted...]
-        <v>58</v>
+        <v>20100823</v>
       </c>
       <c r="Y100" s="34">
-        <v>7157026</v>
+        <v>597378</v>
       </c>
       <c r="Z100" s="34">
-        <v>419654</v>
+        <v>7775722.5</v>
       </c>
       <c r="AA100" s="20">
-        <v>420</v>
+        <v>949</v>
       </c>
       <c r="AB100" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="101" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A101" s="17" t="s">
-        <v>1139</v>
+        <v>1324</v>
       </c>
       <c r="B101" s="28">
-        <v>1062230</v>
+        <v>1181106</v>
       </c>
       <c r="C101" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D101" s="28" t="s">
-        <v>1140</v>
+        <v>1325</v>
       </c>
       <c r="E101" s="18" t="s">
-        <v>1141</v>
+        <v>1326</v>
       </c>
       <c r="F101" s="24">
-        <v>3004091.97</v>
+        <v>36714614.299999997</v>
       </c>
       <c r="G101" s="24">
-        <v>27309927</v>
+        <v>141210055</v>
       </c>
       <c r="H101" s="18" t="s">
         <v>51</v>
       </c>
       <c r="J101" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K101" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="L101" s="18" t="s">
+        <v>1030</v>
+      </c>
+      <c r="M101" s="18">
+        <v>20220224</v>
+      </c>
+      <c r="O101" s="18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P101" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="V101" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="Y101" s="34">
-        <v>496209</v>
+        <v>22522211</v>
       </c>
       <c r="Z101" s="34">
-        <v>72986</v>
+        <v>3832050.5</v>
       </c>
       <c r="AA101" s="20">
-        <v>31</v>
+        <v>2527</v>
       </c>
       <c r="AB101" s="18">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="102" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A102" s="17" t="s">
-        <v>1237</v>
+        <v>1327</v>
       </c>
       <c r="B102" s="28">
-        <v>1135135</v>
+        <v>1181125</v>
       </c>
       <c r="C102" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D102" s="28" t="s">
-        <v>1238</v>
+        <v>1328</v>
       </c>
       <c r="E102" s="18" t="s">
-        <v>1239</v>
+        <v>1329</v>
       </c>
       <c r="F102" s="24">
-        <v>103203237.87</v>
+        <v>1594919.5649999999</v>
       </c>
       <c r="G102" s="24">
-        <v>7132221</v>
+        <v>70885314</v>
       </c>
       <c r="H102" s="18" t="s">
-        <v>62</v>
+        <v>132</v>
       </c>
       <c r="J102" s="18" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="K102" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L102" s="18" t="s">
-        <v>57</v>
+        <v>1030</v>
       </c>
       <c r="M102" s="18">
-        <v>20100823</v>
+        <v>20181127</v>
+      </c>
+      <c r="P102" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="W102" s="19" t="s">
+        <v>248</v>
+      </c>
+      <c r="X102" s="19" t="s">
+        <v>60</v>
       </c>
       <c r="Y102" s="34">
-        <v>356807</v>
+        <v>923594</v>
       </c>
       <c r="Z102" s="34">
-        <v>4200363</v>
+        <v>31349</v>
       </c>
       <c r="AA102" s="20">
-        <v>604</v>
+        <v>40</v>
       </c>
       <c r="AB102" s="18">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A103" s="17" t="s">
-        <v>1340</v>
+        <v>1349</v>
       </c>
       <c r="B103" s="28">
-        <v>1181106</v>
+        <v>1182910</v>
       </c>
       <c r="C103" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D103" s="28" t="s">
-        <v>1341</v>
+        <v>1350</v>
       </c>
       <c r="E103" s="18" t="s">
-        <v>1342</v>
+        <v>1351</v>
       </c>
       <c r="F103" s="24">
-        <v>26829910.449999999</v>
+        <v>4576195.5999999996</v>
       </c>
       <c r="G103" s="24">
-        <v>141210055</v>
+        <v>11440489</v>
       </c>
       <c r="H103" s="18" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="J103" s="18" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="K103" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L103" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M103" s="18">
-        <v>20220224</v>
-[...2 lines deleted...]
-        <v>138</v>
+        <v>20220804</v>
       </c>
       <c r="P103" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
+      </c>
+      <c r="U103" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="V103" s="18" t="s">
-        <v>58</v>
+        <v>128</v>
       </c>
       <c r="Y103" s="34">
-        <v>18150376</v>
+        <v>2142</v>
       </c>
       <c r="Z103" s="34">
-        <v>2770384</v>
+        <v>788.5</v>
       </c>
       <c r="AA103" s="20">
-        <v>1781</v>
+        <v>4</v>
       </c>
       <c r="AB103" s="18">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A104" s="17" t="s">
-        <v>1343</v>
+        <v>1220</v>
       </c>
       <c r="B104" s="28">
-        <v>1181125</v>
+        <v>1125730</v>
       </c>
       <c r="C104" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D104" s="28" t="s">
-        <v>1344</v>
+        <v>1221</v>
       </c>
       <c r="E104" s="18" t="s">
-        <v>1345</v>
+        <v>1222</v>
       </c>
       <c r="F104" s="24">
-        <v>1240492.9950000001</v>
+        <v>4112617.5</v>
       </c>
       <c r="G104" s="24">
-        <v>70885314</v>
+        <v>137087250</v>
       </c>
       <c r="H104" s="18" t="s">
-        <v>136</v>
+        <v>51</v>
       </c>
       <c r="J104" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K104" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L104" s="18" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="M104" s="18">
-        <v>20181127</v>
+        <v>20170424</v>
       </c>
       <c r="P104" s="18" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>60</v>
+      </c>
+      <c r="V104" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="Y104" s="34">
-        <v>866740</v>
+        <v>14308742</v>
       </c>
       <c r="Z104" s="34">
-        <v>29165</v>
+        <v>475526</v>
       </c>
       <c r="AA104" s="20">
-        <v>33</v>
+        <v>412</v>
       </c>
       <c r="AB104" s="18">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="105" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A105" s="17" t="s">
-        <v>1371</v>
+        <v>1403</v>
       </c>
       <c r="B105" s="28">
-        <v>1182910</v>
+        <v>1185925</v>
       </c>
       <c r="C105" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D105" s="28" t="s">
-        <v>1372</v>
+        <v>1404</v>
       </c>
       <c r="E105" s="18" t="s">
-        <v>1373</v>
+        <v>1405</v>
       </c>
       <c r="F105" s="24">
-        <v>4576195.5999999996</v>
+        <v>1346313.15</v>
       </c>
       <c r="G105" s="24">
-        <v>11440489</v>
+        <v>26926263</v>
       </c>
       <c r="H105" s="18" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="J105" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K105" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L105" s="18" t="s">
-        <v>1037</v>
+        <v>40</v>
       </c>
       <c r="M105" s="18">
-        <v>20220804</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>20220609</v>
       </c>
       <c r="V105" s="18" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="Y105" s="34">
-        <v>2142</v>
+        <v>3389293</v>
       </c>
       <c r="Z105" s="34">
-        <v>788.5</v>
+        <v>239829.5</v>
       </c>
       <c r="AA105" s="20">
-        <v>4</v>
+        <v>382</v>
       </c>
       <c r="AB105" s="18">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="106" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A106" s="17" t="s">
-        <v>1233</v>
+        <v>1073</v>
       </c>
       <c r="B106" s="28">
-        <v>1125730</v>
+        <v>1023694</v>
       </c>
       <c r="C106" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D106" s="28" t="s">
-        <v>1234</v>
+        <v>1074</v>
       </c>
       <c r="E106" s="18" t="s">
-        <v>1235</v>
+        <v>1075</v>
       </c>
       <c r="F106" s="24">
-        <v>4027117.5</v>
+        <v>24913781</v>
       </c>
       <c r="G106" s="24">
-        <v>134237250</v>
+        <v>622844525</v>
       </c>
       <c r="H106" s="18" t="s">
-        <v>55</v>
+        <v>184</v>
       </c>
       <c r="J106" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K106" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L106" s="18" t="s">
-        <v>1045</v>
+        <v>1023</v>
       </c>
       <c r="M106" s="18">
-        <v>20170424</v>
-[...5 lines deleted...]
-        <v>58</v>
+        <v>20170331</v>
+      </c>
+      <c r="O106" s="18" t="s">
+        <v>134</v>
       </c>
       <c r="Y106" s="34">
-        <v>13285242</v>
+        <v>35508993</v>
       </c>
       <c r="Z106" s="34">
-        <v>445188</v>
+        <v>1437113</v>
       </c>
       <c r="AA106" s="20">
-        <v>387</v>
+        <v>3117</v>
       </c>
       <c r="AB106" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="107" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A107" s="17" t="s">
-        <v>1425</v>
+        <v>1284</v>
       </c>
       <c r="B107" s="28">
-        <v>1185925</v>
+        <v>1168255</v>
       </c>
       <c r="C107" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D107" s="28" t="s">
-        <v>1426</v>
+        <v>1285</v>
       </c>
       <c r="E107" s="18" t="s">
-        <v>1427</v>
+        <v>1286</v>
       </c>
       <c r="F107" s="24">
-        <v>811220.41</v>
+        <v>4065414.22</v>
       </c>
       <c r="G107" s="24">
-        <v>23177726</v>
+        <v>35351428</v>
       </c>
       <c r="H107" s="18" t="s">
-        <v>55</v>
+        <v>132</v>
       </c>
       <c r="J107" s="18" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="K107" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L107" s="18" t="s">
-        <v>44</v>
+        <v>1030</v>
       </c>
       <c r="M107" s="18">
-        <v>20220609</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>20140828</v>
+      </c>
+      <c r="P107" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="W107" s="19" t="s">
+        <v>248</v>
+      </c>
+      <c r="X107" s="19" t="s">
+        <v>60</v>
       </c>
       <c r="Y107" s="34">
-        <v>2819592</v>
+        <v>3438546</v>
       </c>
       <c r="Z107" s="34">
-        <v>209897</v>
+        <v>481728.5</v>
       </c>
       <c r="AA107" s="20">
-        <v>284</v>
+        <v>257</v>
       </c>
       <c r="AB107" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="108" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A108" s="17" t="s">
-        <v>1080</v>
+        <v>1132</v>
       </c>
       <c r="B108" s="28">
-        <v>1023694</v>
+        <v>1045838</v>
       </c>
       <c r="C108" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D108" s="28" t="s">
+        <v>1133</v>
+      </c>
+      <c r="E108" s="18" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F108" s="24">
+        <v>744534.52500000002</v>
+      </c>
+      <c r="G108" s="24">
+        <v>49635635</v>
+      </c>
+      <c r="H108" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="D108" s="28" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J108" s="18" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="K108" s="32" t="s">
-        <v>42</v>
-[...8 lines deleted...]
-        <v>138</v>
+        <v>38</v>
       </c>
       <c r="Y108" s="34">
-        <v>23687857</v>
+        <v>1586012</v>
       </c>
       <c r="Z108" s="34">
-        <v>813905.5</v>
+        <v>25500</v>
       </c>
       <c r="AA108" s="20">
-        <v>1754</v>
+        <v>47</v>
       </c>
       <c r="AB108" s="18">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A109" s="17" t="s">
-        <v>1300</v>
+        <v>1382</v>
       </c>
       <c r="B109" s="28">
-        <v>1168255</v>
+        <v>1185015</v>
       </c>
       <c r="C109" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D109" s="28" t="s">
+        <v>1436</v>
+      </c>
+      <c r="E109" s="18" t="s">
+        <v>1437</v>
+      </c>
+      <c r="F109" s="24">
+        <v>8120262.5</v>
+      </c>
+      <c r="G109" s="24">
+        <v>46401500</v>
+      </c>
+      <c r="H109" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="D109" s="28" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J109" s="18" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="K109" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L109" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M109" s="18">
-        <v>20140828</v>
+        <v>20250526</v>
       </c>
       <c r="P109" s="18" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Y109" s="34">
-        <v>2654877</v>
+        <v>1042155</v>
       </c>
       <c r="Z109" s="34">
-        <v>387278.5</v>
+        <v>165429</v>
       </c>
       <c r="AA109" s="20">
-        <v>205</v>
+        <v>153</v>
       </c>
       <c r="AB109" s="18">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A110" s="17" t="s">
-        <v>1142</v>
+        <v>1202</v>
       </c>
       <c r="B110" s="28">
-        <v>1045838</v>
+        <v>1117483</v>
       </c>
       <c r="C110" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D110" s="28" t="s">
-        <v>1143</v>
+        <v>1203</v>
       </c>
       <c r="E110" s="18" t="s">
-        <v>1144</v>
+        <v>1204</v>
       </c>
       <c r="F110" s="24">
-        <v>744534.52500000002</v>
+        <v>2602535</v>
       </c>
       <c r="G110" s="24">
-        <v>49635635</v>
+        <v>40039000</v>
       </c>
       <c r="H110" s="18" t="s">
-        <v>51</v>
+        <v>132</v>
       </c>
       <c r="J110" s="18" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="K110" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="L110" s="18" t="s">
+        <v>1030</v>
+      </c>
+      <c r="M110" s="18">
+        <v>20101027</v>
+      </c>
+      <c r="P110" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="W110" s="19" t="s">
+        <v>222</v>
       </c>
       <c r="Y110" s="34">
-        <v>1527012</v>
+        <v>152819</v>
       </c>
       <c r="Z110" s="34">
-        <v>24615</v>
+        <v>8330</v>
       </c>
       <c r="AA110" s="20">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="AB110" s="18">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A111" s="17" t="s">
-        <v>1404</v>
+        <v>1020</v>
       </c>
       <c r="B111" s="28">
-        <v>1185015</v>
+        <v>1184281</v>
       </c>
       <c r="C111" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D111" s="28" t="s">
-        <v>1458</v>
+        <v>1021</v>
       </c>
       <c r="E111" s="18" t="s">
-        <v>1459</v>
+        <v>1022</v>
       </c>
       <c r="F111" s="24">
-        <v>8352270</v>
+        <v>103925476.2</v>
       </c>
       <c r="G111" s="24">
-        <v>46401500</v>
+        <v>49296322</v>
       </c>
       <c r="H111" s="18" t="s">
         <v>51</v>
       </c>
       <c r="J111" s="18" t="s">
-        <v>69</v>
+        <v>46</v>
       </c>
       <c r="K111" s="32" t="s">
+        <v>38</v>
+      </c>
+      <c r="L111" s="18" t="s">
         <v>42</v>
       </c>
-      <c r="L111" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M111" s="18">
-        <v>20250526</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>20200903</v>
+      </c>
+      <c r="V111" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="Y111" s="34">
-        <v>750630</v>
+        <v>6146169</v>
       </c>
       <c r="Z111" s="34">
-        <v>116099</v>
+        <v>13128679</v>
       </c>
       <c r="AA111" s="20">
-        <v>110</v>
+        <v>5960</v>
       </c>
       <c r="AB111" s="18">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="112" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A112" s="17" t="s">
-        <v>1215</v>
+        <v>1242</v>
       </c>
       <c r="B112" s="28">
-        <v>1117483</v>
+        <v>1141865</v>
       </c>
       <c r="C112" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D112" s="28" t="s">
+        <v>1243</v>
+      </c>
+      <c r="E112" s="18" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F112" s="24">
+        <v>21949652</v>
+      </c>
+      <c r="G112" s="24">
+        <v>5487413</v>
+      </c>
+      <c r="H112" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="D112" s="28" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J112" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="K112" s="32" t="s">
+        <v>38</v>
+      </c>
+      <c r="L112" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="M112" s="18">
+        <v>20101209</v>
+      </c>
+      <c r="Y112" s="34">
+        <v>53105</v>
+      </c>
+      <c r="Z112" s="34">
+        <v>194329</v>
+      </c>
+      <c r="AA112" s="20">
         <v>69</v>
       </c>
-      <c r="K112" s="32" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="AB112" s="18">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A113" s="17" t="s">
-        <v>1027</v>
+        <v>1193</v>
       </c>
       <c r="B113" s="28">
-        <v>1184281</v>
+        <v>1116771</v>
       </c>
       <c r="C113" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D113" s="28" t="s">
-        <v>1028</v>
+        <v>1194</v>
       </c>
       <c r="E113" s="18" t="s">
-        <v>1029</v>
+        <v>1195</v>
       </c>
       <c r="F113" s="24">
-        <v>101281623.31999999</v>
+        <v>7254270.6600000001</v>
       </c>
       <c r="G113" s="24">
-        <v>49296322</v>
+        <v>51816219</v>
       </c>
       <c r="H113" s="18" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="J113" s="18" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K113" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L113" s="18" t="s">
-        <v>46</v>
+        <v>1030</v>
       </c>
       <c r="M113" s="18">
-        <v>20200903</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>20100422</v>
+      </c>
+      <c r="P113" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="Y113" s="34">
-        <v>4593445</v>
+        <v>1707142</v>
       </c>
       <c r="Z113" s="34">
-        <v>9923603</v>
+        <v>445823.5</v>
       </c>
       <c r="AA113" s="20">
-        <v>4720</v>
+        <v>430</v>
       </c>
       <c r="AB113" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="114" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A114" s="17" t="s">
-        <v>1255</v>
+        <v>1199</v>
       </c>
       <c r="B114" s="28">
-        <v>1141865</v>
+        <v>1117518</v>
       </c>
       <c r="C114" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D114" s="28" t="s">
-        <v>1256</v>
+        <v>1200</v>
       </c>
       <c r="E114" s="18" t="s">
-        <v>1257</v>
+        <v>1201</v>
       </c>
       <c r="F114" s="24">
-        <v>24693358.5</v>
+        <v>4304499.75</v>
       </c>
       <c r="G114" s="24">
-        <v>5487413</v>
+        <v>47827775</v>
       </c>
       <c r="H114" s="18" t="s">
         <v>51</v>
       </c>
       <c r="J114" s="18" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="K114" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L114" s="18" t="s">
-        <v>46</v>
+        <v>1030</v>
       </c>
       <c r="M114" s="18">
-        <v>20101209</v>
+        <v>20081212</v>
+      </c>
+      <c r="P114" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="V114" s="18" t="s">
+        <v>128</v>
       </c>
       <c r="Y114" s="34">
-        <v>33655</v>
+        <v>2186359</v>
       </c>
       <c r="Z114" s="34">
-        <v>121095</v>
+        <v>210146.5</v>
       </c>
       <c r="AA114" s="20">
-        <v>51</v>
+        <v>291</v>
       </c>
       <c r="AB114" s="18">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="115" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A115" s="17" t="s">
-        <v>1203</v>
+        <v>1396</v>
       </c>
       <c r="B115" s="28">
-        <v>1116771</v>
+        <v>1185720</v>
       </c>
       <c r="C115" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D115" s="28" t="s">
-        <v>1204</v>
+        <v>1397</v>
       </c>
       <c r="E115" s="18" t="s">
-        <v>1205</v>
+        <v>1398</v>
       </c>
       <c r="F115" s="24">
-        <v>3967722.5249999999</v>
+        <v>17000725</v>
       </c>
       <c r="G115" s="24">
-        <v>34501935</v>
+        <v>12782500</v>
       </c>
       <c r="H115" s="18" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="J115" s="18" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="K115" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L115" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M115" s="18">
-        <v>20100422</v>
+        <v>20231027</v>
       </c>
       <c r="P115" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
+      </c>
+      <c r="V115" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="Y115" s="34">
-        <v>865221</v>
+        <v>2645385</v>
       </c>
       <c r="Z115" s="34">
-        <v>327676</v>
+        <v>2219249.5</v>
       </c>
       <c r="AA115" s="20">
-        <v>281</v>
+        <v>1146</v>
       </c>
       <c r="AB115" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="116" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A116" s="17" t="s">
-        <v>1212</v>
+        <v>1365</v>
       </c>
       <c r="B116" s="28">
-        <v>1117518</v>
+        <v>1184885</v>
       </c>
       <c r="C116" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D116" s="28" t="s">
-        <v>1213</v>
+        <v>1366</v>
       </c>
       <c r="E116" s="18" t="s">
-        <v>1214</v>
+        <v>1367</v>
       </c>
       <c r="F116" s="24">
-        <v>4065360.875</v>
+        <v>26565643.77</v>
       </c>
       <c r="G116" s="24">
-        <v>47827775</v>
+        <v>115502799</v>
       </c>
       <c r="H116" s="18" t="s">
-        <v>55</v>
+        <v>51</v>
+      </c>
+      <c r="I116" s="18" t="s">
+        <v>161</v>
       </c>
       <c r="J116" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="K116" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L116" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M116" s="18">
-        <v>20081212</v>
+        <v>20231220</v>
       </c>
       <c r="P116" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
+      </c>
+      <c r="R116" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="V116" s="18" t="s">
-        <v>132</v>
+        <v>54</v>
       </c>
       <c r="Y116" s="34">
-        <v>1976621</v>
+        <v>79522153</v>
       </c>
       <c r="Z116" s="34">
-        <v>192250.5</v>
+        <v>31396022</v>
       </c>
       <c r="AA116" s="20">
-        <v>260</v>
+        <v>15929</v>
       </c>
       <c r="AB116" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="117" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A117" s="17" t="s">
-        <v>1418</v>
+        <v>1376</v>
       </c>
       <c r="B117" s="28">
-        <v>1185720</v>
+        <v>1185006</v>
       </c>
       <c r="C117" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D117" s="28" t="s">
-        <v>1419</v>
+        <v>1377</v>
       </c>
       <c r="E117" s="18" t="s">
-        <v>1420</v>
+        <v>1378</v>
       </c>
       <c r="F117" s="24">
-        <v>12143375</v>
+        <v>1023679.92</v>
       </c>
       <c r="G117" s="24">
-        <v>12782500</v>
+        <v>12795999</v>
       </c>
       <c r="H117" s="18" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="J117" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="K117" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L117" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M117" s="18">
-        <v>20231027</v>
+        <v>20240606</v>
       </c>
       <c r="P117" s="18" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="Y117" s="34">
-        <v>1677445</v>
+        <v>552256</v>
       </c>
       <c r="Z117" s="34">
-        <v>1068320</v>
+        <v>45456</v>
       </c>
       <c r="AA117" s="20">
-        <v>556</v>
+        <v>46</v>
       </c>
       <c r="AB117" s="18">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A118" s="17" t="s">
-        <v>1387</v>
+        <v>1135</v>
       </c>
       <c r="B118" s="28">
-        <v>1184885</v>
+        <v>1057714</v>
       </c>
       <c r="C118" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D118" s="28" t="s">
-        <v>1388</v>
+        <v>1136</v>
       </c>
       <c r="E118" s="18" t="s">
-        <v>1389</v>
+        <v>1137</v>
       </c>
       <c r="F118" s="24">
-        <v>43313549.625</v>
+        <v>1015164</v>
       </c>
       <c r="G118" s="24">
-        <v>115502799</v>
+        <v>195600</v>
       </c>
       <c r="H118" s="18" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>165</v>
+        <v>58</v>
       </c>
       <c r="J118" s="18" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="K118" s="32" t="s">
-        <v>42</v>
-[...14 lines deleted...]
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="Y118" s="34">
-        <v>68910036</v>
+        <v>20124</v>
       </c>
       <c r="Z118" s="34">
-        <v>28405513</v>
+        <v>105757.5</v>
       </c>
       <c r="AA118" s="20">
-        <v>14060</v>
+        <v>22</v>
       </c>
       <c r="AB118" s="18">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A119" s="17" t="s">
-        <v>1398</v>
+        <v>1190</v>
       </c>
       <c r="B119" s="28">
-        <v>1185006</v>
+        <v>1115439</v>
       </c>
       <c r="C119" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D119" s="28" t="s">
-        <v>1399</v>
+        <v>1191</v>
       </c>
       <c r="E119" s="18" t="s">
-        <v>1400</v>
+        <v>1192</v>
       </c>
       <c r="F119" s="24">
-        <v>1023679.92</v>
+        <v>71292161.359999999</v>
       </c>
       <c r="G119" s="24">
-        <v>12795999</v>
+        <v>254614862</v>
       </c>
       <c r="H119" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="J119" s="18" t="s">
-        <v>69</v>
+        <v>315</v>
       </c>
       <c r="K119" s="32" t="s">
-        <v>42</v>
+        <v>316</v>
       </c>
       <c r="L119" s="18" t="s">
-        <v>1037</v>
+        <v>53</v>
       </c>
       <c r="M119" s="18">
-        <v>20240606</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>20071011</v>
+      </c>
+      <c r="T119" s="18" t="s">
+        <v>315</v>
       </c>
       <c r="Y119" s="34">
-        <v>407695</v>
+        <v>1420778</v>
       </c>
       <c r="Z119" s="34">
-        <v>33891</v>
+        <v>3384690</v>
       </c>
       <c r="AA119" s="20">
-        <v>38</v>
+        <v>2242</v>
       </c>
       <c r="AB119" s="18">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="120" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A120" s="17" t="s">
-        <v>1145</v>
+        <v>1138</v>
       </c>
       <c r="B120" s="28">
-        <v>1057714</v>
+        <v>1023851</v>
       </c>
       <c r="C120" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D120" s="28" t="s">
-        <v>1146</v>
+        <v>1139</v>
       </c>
       <c r="E120" s="18" t="s">
-        <v>1147</v>
+        <v>1140</v>
       </c>
       <c r="F120" s="24">
-        <v>1026900</v>
+        <v>3738831.3450000002</v>
       </c>
       <c r="G120" s="24">
-        <v>195600</v>
+        <v>249255423</v>
       </c>
       <c r="H120" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="J120" s="18" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="K120" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="Y120" s="34">
-        <v>15619</v>
+        <v>6086162</v>
       </c>
       <c r="Z120" s="34">
-        <v>82368.5</v>
+        <v>99384</v>
       </c>
       <c r="AA120" s="20">
-        <v>19</v>
+        <v>146</v>
       </c>
       <c r="AB120" s="18">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="121" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A121" s="17" t="s">
-        <v>1200</v>
+        <v>1141</v>
       </c>
       <c r="B121" s="28">
-        <v>1115439</v>
+        <v>1023599</v>
       </c>
       <c r="C121" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D121" s="28" t="s">
-        <v>1201</v>
+        <v>1142</v>
       </c>
       <c r="E121" s="18" t="s">
-        <v>1202</v>
+        <v>1143</v>
       </c>
       <c r="F121" s="24">
-        <v>170591957.53999999</v>
+        <v>2522548.0750000002</v>
       </c>
       <c r="G121" s="24">
-        <v>254614862</v>
+        <v>13635395</v>
       </c>
       <c r="H121" s="18" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="J121" s="18" t="s">
-        <v>319</v>
+        <v>39</v>
       </c>
       <c r="K121" s="32" t="s">
-        <v>320</v>
-[...11 lines deleted...]
-        <v>319</v>
+        <v>38</v>
+      </c>
+      <c r="V121" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="Y121" s="34">
-        <v>1216896</v>
+        <v>1460963</v>
       </c>
       <c r="Z121" s="34">
-        <v>3311156</v>
+        <v>278200.5</v>
       </c>
       <c r="AA121" s="20">
-        <v>2092</v>
+        <v>200</v>
       </c>
       <c r="AB121" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="122" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A122" s="17" t="s">
-        <v>1148</v>
+        <v>1263</v>
       </c>
       <c r="B122" s="28">
-        <v>1023851</v>
+        <v>1155991</v>
       </c>
       <c r="C122" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D122" s="28" t="s">
+        <v>1264</v>
+      </c>
+      <c r="E122" s="18" t="s">
+        <v>1265</v>
+      </c>
+      <c r="F122" s="24">
+        <v>49315462.200000003</v>
+      </c>
+      <c r="G122" s="24">
+        <v>18264986</v>
+      </c>
+      <c r="H122" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="D122" s="28" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J122" s="18" t="s">
-        <v>69</v>
+        <v>275</v>
       </c>
       <c r="K122" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="L122" s="18" t="s">
+        <v>1030</v>
+      </c>
+      <c r="M122" s="18">
+        <v>20130722</v>
+      </c>
+      <c r="O122" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="P122" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="Y122" s="34">
-        <v>6086162</v>
+        <v>1969326</v>
       </c>
       <c r="Z122" s="34">
-        <v>99384</v>
+        <v>4870057.5</v>
       </c>
       <c r="AA122" s="20">
-        <v>146</v>
+        <v>2012</v>
       </c>
       <c r="AB122" s="18">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="123" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A123" s="17" t="s">
-        <v>1151</v>
+        <v>1214</v>
       </c>
       <c r="B123" s="28">
-        <v>1023599</v>
+        <v>1126275</v>
       </c>
       <c r="C123" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D123" s="28" t="s">
+        <v>1215</v>
+      </c>
+      <c r="E123" s="18" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F123" s="24">
+        <v>26992115.324999999</v>
+      </c>
+      <c r="G123" s="24">
+        <v>199941595</v>
+      </c>
+      <c r="H123" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="D123" s="28" t="s">
-[...12 lines deleted...]
-        <v>55</v>
+      <c r="I123" s="18" t="s">
+        <v>73</v>
       </c>
       <c r="J123" s="18" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="K123" s="32" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>38</v>
+      </c>
+      <c r="L123" s="18" t="s">
+        <v>1030</v>
+      </c>
+      <c r="M123" s="18">
+        <v>20110921</v>
+      </c>
+      <c r="P123" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="Y123" s="34">
-        <v>1181218</v>
+        <v>12449928</v>
       </c>
       <c r="Z123" s="34">
-        <v>229524</v>
+        <v>1840976.5</v>
       </c>
       <c r="AA123" s="20">
-        <v>157</v>
+        <v>1224</v>
       </c>
       <c r="AB123" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="124" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A124" s="17" t="s">
-        <v>1209</v>
+        <v>1362</v>
       </c>
       <c r="B124" s="28">
-        <v>1116074</v>
+        <v>1184760</v>
       </c>
       <c r="C124" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D124" s="28" t="s">
-        <v>1210</v>
+        <v>1363</v>
       </c>
       <c r="E124" s="18" t="s">
-        <v>1211</v>
+        <v>1364</v>
       </c>
       <c r="F124" s="24">
-        <v>2437504.0499999998</v>
+        <v>438542.20500000002</v>
       </c>
       <c r="G124" s="24">
-        <v>162500270</v>
+        <v>3119381</v>
       </c>
       <c r="H124" s="18" t="s">
-        <v>55</v>
+        <v>132</v>
       </c>
       <c r="J124" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K124" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L124" s="18" t="s">
-        <v>1037</v>
+        <v>40</v>
       </c>
       <c r="M124" s="18">
-        <v>20090723</v>
-[...5 lines deleted...]
-        <v>58</v>
+        <v>20210331</v>
+      </c>
+      <c r="W124" s="19" t="s">
+        <v>248</v>
+      </c>
+      <c r="Y124" s="34">
+        <v>1233568</v>
+      </c>
+      <c r="Z124" s="34">
+        <v>408240.5</v>
+      </c>
+      <c r="AA124" s="20">
+        <v>484</v>
+      </c>
+      <c r="AB124" s="18">
+        <v>10</v>
       </c>
     </row>
     <row r="125" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A125" s="17" t="s">
-        <v>1279</v>
+        <v>1393</v>
       </c>
       <c r="B125" s="28">
-        <v>1155991</v>
+        <v>1185915</v>
       </c>
       <c r="C125" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D125" s="28" t="s">
-        <v>1280</v>
+        <v>1394</v>
       </c>
       <c r="E125" s="18" t="s">
-        <v>1281</v>
+        <v>1395</v>
       </c>
       <c r="F125" s="24">
-        <v>43924046.399999999</v>
+        <v>463597.76</v>
       </c>
       <c r="G125" s="24">
-        <v>18301686</v>
+        <v>4517151</v>
       </c>
       <c r="H125" s="18" t="s">
-        <v>51</v>
+        <v>132</v>
       </c>
       <c r="J125" s="18" t="s">
-        <v>279</v>
+        <v>39</v>
       </c>
       <c r="K125" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L125" s="18" t="s">
-        <v>1037</v>
+        <v>40</v>
       </c>
       <c r="M125" s="18">
-        <v>20130722</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>20211115</v>
+      </c>
+      <c r="W125" s="19" t="s">
+        <v>248</v>
       </c>
       <c r="Y125" s="34">
-        <v>1627301</v>
+        <v>701352</v>
       </c>
       <c r="Z125" s="34">
-        <v>3993765</v>
+        <v>323264</v>
       </c>
       <c r="AA125" s="20">
-        <v>1691</v>
+        <v>354</v>
       </c>
       <c r="AB125" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="126" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A126" s="17" t="s">
-        <v>1227</v>
+        <v>1144</v>
       </c>
       <c r="B126" s="28">
-        <v>1126275</v>
+        <v>820649</v>
       </c>
       <c r="C126" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D126" s="28" t="s">
-        <v>1228</v>
+        <v>1145</v>
       </c>
       <c r="E126" s="18" t="s">
-        <v>1229</v>
+        <v>1146</v>
       </c>
       <c r="F126" s="24">
-        <v>33990071.149999999</v>
+        <v>2187366.7200000002</v>
       </c>
       <c r="G126" s="24">
-        <v>199941595</v>
+        <v>9114028</v>
       </c>
       <c r="H126" s="18" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>58</v>
       </c>
       <c r="J126" s="18" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="K126" s="32" t="s">
-        <v>42</v>
-[...8 lines deleted...]
-        <v>64</v>
+        <v>38</v>
       </c>
       <c r="Y126" s="34">
-        <v>10507073</v>
+        <v>75855</v>
       </c>
       <c r="Z126" s="34">
-        <v>1549502</v>
+        <v>19997</v>
       </c>
       <c r="AA126" s="20">
-        <v>923</v>
+        <v>18</v>
       </c>
       <c r="AB126" s="18">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="127" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A127" s="17" t="s">
-        <v>1384</v>
+        <v>1414</v>
       </c>
       <c r="B127" s="28">
-        <v>1184760</v>
+        <v>1187530</v>
       </c>
       <c r="C127" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D127" s="28" t="s">
-        <v>1385</v>
+        <v>1415</v>
       </c>
       <c r="E127" s="18" t="s">
-        <v>1386</v>
+        <v>1416</v>
       </c>
       <c r="F127" s="24">
-        <v>217470.25</v>
+        <v>120176970.76000001</v>
       </c>
       <c r="G127" s="24">
-        <v>3059020</v>
+        <v>10846297</v>
       </c>
       <c r="H127" s="18" t="s">
-        <v>136</v>
+        <v>51</v>
       </c>
       <c r="J127" s="18" t="s">
-        <v>43</v>
+        <v>99</v>
       </c>
       <c r="K127" s="32" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="L127" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="M127" s="18">
-        <v>20210331</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>20231030</v>
+      </c>
+      <c r="O127" s="18" t="s">
+        <v>134</v>
+      </c>
+      <c r="S127" s="18" t="s">
+        <v>1417</v>
+      </c>
+      <c r="V127" s="18" t="s">
+        <v>128</v>
       </c>
       <c r="Y127" s="34">
-        <v>943474</v>
+        <v>133511</v>
       </c>
       <c r="Z127" s="34">
-        <v>374935</v>
+        <v>1645722</v>
       </c>
       <c r="AA127" s="20">
-        <v>415</v>
+        <v>528</v>
       </c>
       <c r="AB127" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="128" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A128" s="17" t="s">
-        <v>1415</v>
+        <v>1379</v>
       </c>
       <c r="B128" s="28">
-        <v>1185915</v>
+        <v>1185075</v>
       </c>
       <c r="C128" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D128" s="28" t="s">
-        <v>1416</v>
+        <v>1380</v>
       </c>
       <c r="E128" s="18" t="s">
-        <v>1417</v>
+        <v>1381</v>
       </c>
       <c r="F128" s="24">
-        <v>691406.6</v>
+        <v>7240692</v>
       </c>
       <c r="G128" s="24">
-        <v>3457033</v>
+        <v>60339100</v>
       </c>
       <c r="H128" s="18" t="s">
-        <v>136</v>
+        <v>51</v>
       </c>
       <c r="J128" s="18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="K128" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L128" s="18" t="s">
-        <v>44</v>
+        <v>1030</v>
       </c>
       <c r="M128" s="18">
-        <v>20211115</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>20240501</v>
+      </c>
+      <c r="P128" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="V128" s="18" t="s">
+        <v>128</v>
       </c>
       <c r="Y128" s="34">
-        <v>364350</v>
+        <v>973131</v>
       </c>
       <c r="Z128" s="34">
-        <v>270727.5</v>
+        <v>119972.5</v>
       </c>
       <c r="AA128" s="20">
-        <v>261</v>
+        <v>154</v>
       </c>
       <c r="AB128" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="129" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A129" s="17" t="s">
-        <v>1154</v>
+        <v>1107</v>
       </c>
       <c r="B129" s="28">
-        <v>820649</v>
+        <v>30405</v>
       </c>
       <c r="C129" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D129" s="28" t="s">
-        <v>1155</v>
+        <v>1108</v>
       </c>
       <c r="E129" s="18" t="s">
-        <v>1156</v>
+        <v>1109</v>
       </c>
       <c r="F129" s="24">
-        <v>2734208.4</v>
+        <v>56546010.600000001</v>
       </c>
       <c r="G129" s="24">
-        <v>9114028</v>
+        <v>49170444</v>
       </c>
       <c r="H129" s="18" t="s">
-        <v>62</v>
+        <v>184</v>
       </c>
       <c r="J129" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K129" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="L129" s="18" t="s">
+        <v>1045</v>
+      </c>
+      <c r="M129" s="18">
+        <v>20181102</v>
+      </c>
+      <c r="O129" s="18" t="s">
+        <v>75</v>
       </c>
       <c r="Y129" s="34">
-        <v>75855</v>
+        <v>7265934</v>
       </c>
       <c r="Z129" s="34">
-        <v>19997</v>
+        <v>10980660.5</v>
       </c>
       <c r="AA129" s="20">
-        <v>18</v>
+        <v>5566</v>
       </c>
       <c r="AB129" s="18">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="130" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A130" s="17" t="s">
-        <v>1436</v>
+        <v>1151</v>
       </c>
       <c r="B130" s="28">
-        <v>1187530</v>
+        <v>39935</v>
       </c>
       <c r="C130" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D130" s="28" t="s">
+        <v>1152</v>
+      </c>
+      <c r="E130" s="18" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F130" s="24">
+        <v>14838861.42</v>
+      </c>
+      <c r="G130" s="24">
+        <v>27479373</v>
+      </c>
+      <c r="H130" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="D130" s="28" t="s">
-[...12 lines deleted...]
-        <v>55</v>
+      <c r="I130" s="18" t="s">
+        <v>73</v>
       </c>
       <c r="J130" s="18" t="s">
-        <v>103</v>
+        <v>65</v>
       </c>
       <c r="K130" s="32" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="M130" s="18">
-        <v>20231030</v>
-[...8 lines deleted...]
-        <v>132</v>
+        <v>20020702</v>
       </c>
       <c r="Y130" s="34">
-        <v>88899</v>
+        <v>4656887</v>
       </c>
       <c r="Z130" s="34">
-        <v>1098652</v>
+        <v>2824337</v>
       </c>
       <c r="AA130" s="20">
-        <v>364</v>
+        <v>1052</v>
       </c>
       <c r="AB130" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="131" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A131" s="17" t="s">
-        <v>1368</v>
+        <v>1305</v>
       </c>
       <c r="B131" s="28">
-        <v>1183120</v>
+        <v>1177740</v>
       </c>
       <c r="C131" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D131" s="28" t="s">
+        <v>1306</v>
+      </c>
+      <c r="E131" s="18" t="s">
+        <v>1307</v>
+      </c>
+      <c r="F131" s="24">
+        <v>261677888.00999999</v>
+      </c>
+      <c r="G131" s="24">
+        <v>138453909</v>
+      </c>
+      <c r="H131" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="D131" s="28" t="s">
-[...12 lines deleted...]
-        <v>136</v>
+      <c r="I131" s="18" t="s">
+        <v>73</v>
       </c>
       <c r="J131" s="18" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="K131" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L131" s="18" t="s">
-        <v>1037</v>
+        <v>53</v>
       </c>
       <c r="M131" s="18">
-        <v>20200203</v>
-[...8 lines deleted...]
-        <v>64</v>
+        <v>20160708</v>
+      </c>
+      <c r="O131" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q131" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="R131" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="Y131" s="34">
-        <v>37064272</v>
+        <v>31540998</v>
       </c>
       <c r="Z131" s="34">
-        <v>2806352</v>
+        <v>47419507.5</v>
       </c>
       <c r="AA131" s="20">
-        <v>857</v>
+        <v>13226</v>
       </c>
       <c r="AB131" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="132" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A132" s="17" t="s">
-        <v>1401</v>
+        <v>1169</v>
       </c>
       <c r="B132" s="28">
-        <v>1185075</v>
+        <v>42383</v>
       </c>
       <c r="C132" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D132" s="28" t="s">
-        <v>1402</v>
+        <v>1170</v>
       </c>
       <c r="E132" s="18" t="s">
-        <v>1403</v>
+        <v>1171</v>
       </c>
       <c r="F132" s="24">
-        <v>8145778.5</v>
+        <v>23235036.640000001</v>
       </c>
       <c r="G132" s="24">
-        <v>60339100</v>
+        <v>38090224</v>
       </c>
       <c r="H132" s="18" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="J132" s="18" t="s">
-        <v>43</v>
+        <v>145</v>
       </c>
       <c r="K132" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L132" s="18" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
       <c r="M132" s="18">
-        <v>20240501</v>
-[...5 lines deleted...]
-        <v>132</v>
+        <v>20170206</v>
       </c>
       <c r="Y132" s="34">
-        <v>499504</v>
+        <v>2022973</v>
       </c>
       <c r="Z132" s="34">
-        <v>68275.5</v>
+        <v>1255609.5</v>
       </c>
       <c r="AA132" s="20">
-        <v>109</v>
+        <v>613</v>
       </c>
       <c r="AB132" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="133" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A133" s="17" t="s">
-        <v>1114</v>
+        <v>1342</v>
       </c>
       <c r="B133" s="28">
-        <v>30405</v>
+        <v>1182371</v>
       </c>
       <c r="C133" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D133" s="28" t="s">
-        <v>1115</v>
+        <v>1438</v>
       </c>
       <c r="E133" s="18" t="s">
-        <v>1116</v>
+        <v>1439</v>
       </c>
       <c r="F133" s="24">
-        <v>76705892.640000001</v>
+        <v>90545996.519999996</v>
       </c>
       <c r="G133" s="24">
-        <v>49170444</v>
+        <v>107792853</v>
       </c>
       <c r="H133" s="18" t="s">
-        <v>188</v>
+        <v>51</v>
+      </c>
+      <c r="I133" s="18" t="s">
+        <v>161</v>
       </c>
       <c r="J133" s="18" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="K133" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L133" s="18" t="s">
-        <v>1052</v>
+        <v>1030</v>
       </c>
       <c r="M133" s="18">
-        <v>20181102</v>
+        <v>20201210</v>
       </c>
       <c r="O133" s="18" t="s">
-        <v>79</v>
+        <v>75</v>
+      </c>
+      <c r="P133" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="R133" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="V133" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="Y133" s="34">
-        <v>4209736</v>
+        <v>63386195</v>
       </c>
       <c r="Z133" s="34">
-        <v>6838246.5</v>
+        <v>57718871.5</v>
       </c>
       <c r="AA133" s="20">
-        <v>3170</v>
+        <v>21922</v>
       </c>
       <c r="AB133" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="134" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A134" s="17" t="s">
-        <v>1161</v>
+        <v>1157</v>
       </c>
       <c r="B134" s="28">
-        <v>39935</v>
+        <v>1050964</v>
       </c>
       <c r="C134" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D134" s="28" t="s">
-        <v>1162</v>
+        <v>1158</v>
       </c>
       <c r="E134" s="18" t="s">
-        <v>1163</v>
+        <v>1159</v>
       </c>
       <c r="F134" s="24">
-        <v>14355833.960000001</v>
+        <v>19864246.920000002</v>
       </c>
       <c r="G134" s="24">
-        <v>27607373</v>
+        <v>34849556</v>
       </c>
       <c r="H134" s="18" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>184</v>
       </c>
       <c r="J134" s="18" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="K134" s="32" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>20020702</v>
+        <v>38</v>
       </c>
       <c r="Y134" s="34">
-        <v>3791288</v>
+        <v>3575726</v>
       </c>
       <c r="Z134" s="34">
-        <v>2375400</v>
+        <v>1512577.5</v>
       </c>
       <c r="AA134" s="20">
-        <v>860</v>
+        <v>732</v>
       </c>
       <c r="AB134" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="135" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A135" s="17" t="s">
-        <v>1321</v>
+        <v>1390</v>
       </c>
       <c r="B135" s="28">
-        <v>1177740</v>
+        <v>1185565</v>
       </c>
       <c r="C135" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D135" s="28" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E135" s="18" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F135" s="24">
+        <v>5225645.8499999996</v>
+      </c>
+      <c r="G135" s="24">
+        <v>104512917</v>
+      </c>
+      <c r="H135" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="D135" s="28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J135" s="18" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="K135" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L135" s="18" t="s">
-        <v>57</v>
+        <v>1030</v>
       </c>
       <c r="M135" s="18">
-        <v>20160708</v>
-[...8 lines deleted...]
-        <v>64</v>
+        <v>20240326</v>
+      </c>
+      <c r="P135" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="Y135" s="34">
-        <v>24433491</v>
+        <v>3569376</v>
       </c>
       <c r="Z135" s="34">
-        <v>34060280</v>
+        <v>199995</v>
       </c>
       <c r="AA135" s="20">
-        <v>11316</v>
+        <v>276</v>
       </c>
       <c r="AB135" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="136" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A136" s="17" t="s">
-        <v>1179</v>
+        <v>1160</v>
       </c>
       <c r="B136" s="28">
-        <v>42383</v>
+        <v>1023265</v>
       </c>
       <c r="C136" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D136" s="28" t="s">
-        <v>1180</v>
+        <v>1161</v>
       </c>
       <c r="E136" s="18" t="s">
-        <v>1181</v>
+        <v>1162</v>
       </c>
       <c r="F136" s="24">
-        <v>24377743.359999999</v>
+        <v>43587252.630000003</v>
       </c>
       <c r="G136" s="24">
-        <v>38090224</v>
+        <v>53811423</v>
       </c>
       <c r="H136" s="18" t="s">
-        <v>62</v>
+        <v>132</v>
       </c>
       <c r="J136" s="18" t="s">
-        <v>149</v>
+        <v>39</v>
       </c>
       <c r="K136" s="32" t="s">
-        <v>42</v>
-[...5 lines deleted...]
-        <v>20170206</v>
+        <v>38</v>
+      </c>
+      <c r="W136" s="19" t="s">
+        <v>188</v>
       </c>
       <c r="Y136" s="34">
-        <v>1537187</v>
+        <v>334503</v>
       </c>
       <c r="Z136" s="34">
-        <v>955794.5</v>
+        <v>272238</v>
       </c>
       <c r="AA136" s="20">
-        <v>477</v>
+        <v>234</v>
       </c>
       <c r="AB136" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="137" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A137" s="17" t="s">
-        <v>1358</v>
+        <v>1293</v>
       </c>
       <c r="B137" s="28">
-        <v>1182371</v>
+        <v>1172465</v>
       </c>
       <c r="C137" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D137" s="28" t="s">
+        <v>1294</v>
+      </c>
+      <c r="E137" s="18" t="s">
+        <v>1295</v>
+      </c>
+      <c r="F137" s="24">
+        <v>26326319.149999999</v>
+      </c>
+      <c r="G137" s="24">
+        <v>112026890</v>
+      </c>
+      <c r="H137" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="D137" s="28" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I137" s="18" t="s">
-        <v>165</v>
+        <v>73</v>
       </c>
       <c r="J137" s="18" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="K137" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L137" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M137" s="18">
-        <v>20201210</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>20171018</v>
       </c>
       <c r="P137" s="18" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="Y137" s="34">
-        <v>52911895</v>
+        <v>4053195</v>
       </c>
       <c r="Z137" s="34">
-        <v>49441241</v>
+        <v>1008430.5</v>
       </c>
       <c r="AA137" s="20">
-        <v>17362</v>
+        <v>714</v>
       </c>
       <c r="AB137" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="138" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A138" s="17" t="s">
-        <v>1362</v>
+        <v>1272</v>
       </c>
       <c r="B138" s="28">
-        <v>1183005</v>
+        <v>1160695</v>
       </c>
       <c r="C138" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D138" s="28" t="s">
-        <v>1363</v>
+        <v>1273</v>
       </c>
       <c r="E138" s="18" t="s">
-        <v>1364</v>
+        <v>1274</v>
       </c>
       <c r="F138" s="24">
-        <v>292842.88</v>
+        <v>842142850.79999995</v>
       </c>
       <c r="G138" s="24">
-        <v>3660536</v>
+        <v>33551508</v>
       </c>
       <c r="H138" s="18" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="J138" s="18" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="K138" s="32" t="s">
+        <v>38</v>
+      </c>
+      <c r="L138" s="18" t="s">
         <v>42</v>
       </c>
-      <c r="L138" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M138" s="18">
-        <v>20211006</v>
-[...5 lines deleted...]
-        <v>58</v>
+        <v>20130109</v>
+      </c>
+      <c r="Y138" s="34">
+        <v>3150617</v>
+      </c>
+      <c r="Z138" s="34">
+        <v>95094849</v>
+      </c>
+      <c r="AA138" s="20">
+        <v>9784</v>
+      </c>
+      <c r="AB138" s="18">
+        <v>10</v>
       </c>
     </row>
     <row r="139" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A139" s="17" t="s">
-        <v>1167</v>
+        <v>1163</v>
       </c>
       <c r="B139" s="28">
-        <v>1050964</v>
+        <v>41339</v>
       </c>
       <c r="C139" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D139" s="28" t="s">
-        <v>1168</v>
+        <v>1164</v>
       </c>
       <c r="E139" s="18" t="s">
-        <v>1169</v>
+        <v>1165</v>
       </c>
       <c r="F139" s="24">
-        <v>21606538.719999999</v>
+        <v>6768902</v>
       </c>
       <c r="G139" s="24">
-        <v>34849256</v>
+        <v>35625800</v>
       </c>
       <c r="H139" s="18" t="s">
-        <v>188</v>
+        <v>51</v>
+      </c>
+      <c r="I139" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="J139" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K139" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
+      </c>
+      <c r="V139" s="18" t="s">
+        <v>128</v>
       </c>
       <c r="Y139" s="34">
-        <v>2867026</v>
+        <v>1336715</v>
       </c>
       <c r="Z139" s="34">
-        <v>1077844</v>
+        <v>196959.5</v>
       </c>
       <c r="AA139" s="20">
-        <v>555</v>
+        <v>378</v>
       </c>
       <c r="AB139" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="140" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A140" s="17" t="s">
-        <v>1412</v>
+        <v>1299</v>
       </c>
       <c r="B140" s="28">
-        <v>1185565</v>
+        <v>1176495</v>
       </c>
       <c r="C140" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D140" s="28" t="s">
+        <v>1300</v>
+      </c>
+      <c r="E140" s="18" t="s">
+        <v>1301</v>
+      </c>
+      <c r="F140" s="24">
+        <v>98487651</v>
+      </c>
+      <c r="G140" s="24">
+        <v>158851050</v>
+      </c>
+      <c r="H140" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="D140" s="28" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J140" s="18" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="K140" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L140" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M140" s="18">
-        <v>20240326</v>
+        <v>20161220</v>
       </c>
       <c r="P140" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Y140" s="34">
-        <v>2737186</v>
+        <v>10846871</v>
       </c>
       <c r="Z140" s="34">
-        <v>169522</v>
+        <v>6545424</v>
       </c>
       <c r="AA140" s="20">
-        <v>245</v>
+        <v>2308</v>
       </c>
       <c r="AB140" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="141" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A141" s="17" t="s">
-        <v>1170</v>
+        <v>1166</v>
       </c>
       <c r="B141" s="28">
-        <v>1023265</v>
+        <v>1019560</v>
       </c>
       <c r="C141" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D141" s="28" t="s">
-        <v>1171</v>
+        <v>1167</v>
       </c>
       <c r="E141" s="18" t="s">
-        <v>1172</v>
+        <v>1168</v>
       </c>
       <c r="F141" s="24">
-        <v>45155719.560000002</v>
+        <v>4469904.8600000003</v>
       </c>
       <c r="G141" s="24">
-        <v>53756809</v>
+        <v>26293558</v>
       </c>
       <c r="H141" s="18" t="s">
-        <v>136</v>
+        <v>58</v>
       </c>
       <c r="J141" s="18" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="K141" s="32" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>38</v>
       </c>
       <c r="Y141" s="34">
-        <v>251864</v>
+        <v>355275</v>
       </c>
       <c r="Z141" s="34">
-        <v>205543.5</v>
+        <v>65642</v>
       </c>
       <c r="AA141" s="20">
-        <v>176</v>
+        <v>63</v>
       </c>
       <c r="AB141" s="18">
         <v>8</v>
       </c>
     </row>
     <row r="142" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A142" s="17" t="s">
-        <v>1309</v>
+        <v>1330</v>
       </c>
       <c r="B142" s="28">
-        <v>1172465</v>
+        <v>1180951</v>
       </c>
       <c r="C142" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D142" s="28" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E142" s="18" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F142" s="24">
+        <v>500918.84499999997</v>
+      </c>
+      <c r="G142" s="24">
+        <v>100183769</v>
+      </c>
+      <c r="H142" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="D142" s="28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J142" s="18" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="K142" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L142" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M142" s="18">
-        <v>20171018</v>
+        <v>20210520</v>
       </c>
       <c r="P142" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Y142" s="34">
-        <v>3004215</v>
+        <v>8828130</v>
       </c>
       <c r="Z142" s="34">
-        <v>764700</v>
+        <v>49959.5</v>
       </c>
       <c r="AA142" s="20">
-        <v>551</v>
+        <v>378</v>
       </c>
       <c r="AB142" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="143" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A143" s="17" t="s">
-        <v>1288</v>
+        <v>1311</v>
       </c>
       <c r="B143" s="28">
-        <v>1160695</v>
+        <v>1177080</v>
       </c>
       <c r="C143" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D143" s="28" t="s">
-        <v>1289</v>
+        <v>1312</v>
       </c>
       <c r="E143" s="18" t="s">
-        <v>1290</v>
+        <v>1313</v>
       </c>
       <c r="F143" s="24">
-        <v>930383316.84000003</v>
+        <v>17458668.969999999</v>
       </c>
       <c r="G143" s="24">
-        <v>33551508</v>
+        <v>112636574</v>
       </c>
       <c r="H143" s="18" t="s">
-        <v>62</v>
+        <v>132</v>
       </c>
       <c r="J143" s="18" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="K143" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L143" s="18" t="s">
-        <v>46</v>
+        <v>1030</v>
       </c>
       <c r="M143" s="18">
-        <v>20130109</v>
+        <v>20201120</v>
+      </c>
+      <c r="P143" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="W143" s="19" t="s">
+        <v>222</v>
       </c>
       <c r="Y143" s="34">
-        <v>2604460</v>
+        <v>2119120</v>
       </c>
       <c r="Z143" s="34">
-        <v>79817610.5</v>
+        <v>414369</v>
       </c>
       <c r="AA143" s="20">
-        <v>8442</v>
+        <v>912</v>
       </c>
       <c r="AB143" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="144" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A144" s="17" t="s">
-        <v>1173</v>
+        <v>1052</v>
       </c>
       <c r="B144" s="28">
-        <v>41339</v>
+        <v>1087951</v>
       </c>
       <c r="C144" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D144" s="28" t="s">
+        <v>1053</v>
+      </c>
+      <c r="E144" s="18" t="s">
+        <v>1054</v>
+      </c>
+      <c r="F144" s="24">
+        <v>735818697.09000003</v>
+      </c>
+      <c r="G144" s="24">
+        <v>105569397</v>
+      </c>
+      <c r="H144" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="D144" s="28" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I144" s="18" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="J144" s="18" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="K144" s="32" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>38</v>
+      </c>
+      <c r="L144" s="18" t="s">
+        <v>1030</v>
+      </c>
+      <c r="M144" s="18">
+        <v>20050706</v>
+      </c>
+      <c r="P144" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q144" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="R144" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="Y144" s="34">
-        <v>1012908</v>
+        <v>56230267</v>
       </c>
       <c r="Z144" s="34">
-        <v>141900.5</v>
+        <v>250378737</v>
       </c>
       <c r="AA144" s="20">
-        <v>299</v>
+        <v>71234</v>
       </c>
       <c r="AB144" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="145" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A145" s="17" t="s">
-        <v>1315</v>
+        <v>1178</v>
       </c>
       <c r="B145" s="28">
-        <v>1176495</v>
+        <v>1110533</v>
       </c>
       <c r="C145" s="23" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D145" s="28" t="s">
-        <v>1316</v>
+        <v>1179</v>
       </c>
       <c r="E145" s="18" t="s">
-        <v>1317</v>
+        <v>1180</v>
       </c>
       <c r="F145" s="24">
-        <v>100076161.5</v>
+        <v>6721793.9000000004</v>
       </c>
       <c r="G145" s="24">
-        <v>158851050</v>
+        <v>12682630</v>
       </c>
       <c r="H145" s="18" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="J145" s="18" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="K145" s="32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L145" s="18" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="M145" s="18">
-        <v>20161220</v>
+        <v>20080811</v>
       </c>
       <c r="P145" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Y145" s="34">
-        <v>5947945</v>
+        <v>7528022</v>
       </c>
       <c r="Z145" s="34">
-        <v>3482594.5</v>
+        <v>973851.5</v>
       </c>
       <c r="AA145" s="20">
-        <v>1781</v>
+        <v>755</v>
       </c>
       <c r="AB145" s="18">
-        <v>8</v>
-[...267 lines deleted...]
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A10:AB150" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
+  <autoFilter ref="A10:AB145" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>TSX DI Issuers August 2025</vt:lpstr>
-      <vt:lpstr>TSXV DI Issuers August 2025</vt:lpstr>
+      <vt:lpstr>TSX DI Issuers October 2025</vt:lpstr>
+      <vt:lpstr>TSXV DI Issuers October 2025</vt:lpstr>
       <vt:lpstr>TSX_2012</vt:lpstr>
       <vt:lpstr>TSXV_2012</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>TSX Group Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>TSX Group Inc.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="{A44787D4-0540-4523-9961-78E4036D8C6D}">
     <vt:lpwstr>{F923EDEE-0537-42CE-BA9F-51E936965D43}</vt:lpwstr>