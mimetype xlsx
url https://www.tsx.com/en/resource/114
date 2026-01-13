--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -5,130 +5,130 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2025\10_October 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2025\11_November 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{026B9623-FE01-403D-A77A-418E1B81C432}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{40B271F4-FCC5-4EE6-8022-EB58E1C0D7AE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="TSX DI Issuers October 2025" sheetId="1" r:id="rId1"/>
-    <sheet name="TSXV DI Issuers October 2025" sheetId="2" r:id="rId2"/>
+    <sheet name="TSX DI Issuers November 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="TSXV DI Issuers November 2025" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'TSX DI Issuers October 2025'!$A$10:$AD$318</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'TSXV DI Issuers October 2025'!$A$10:$AB$145</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'TSX DI Issuers November 2025'!$A$10:$AE$315</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'TSXV DI Issuers November 2025'!$A$10:$AB$143</definedName>
     <definedName name="CIQWBGuid" hidden="1">"5a656fc2-e634-467d-ae07-9931c0de23ac"</definedName>
     <definedName name="IQ_ADDIN" hidden="1">"AUTO"</definedName>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_DNTM" hidden="1">700000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
     <definedName name="IQ_LTMMONTH" hidden="1">120000</definedName>
     <definedName name="IQ_MONTH">15000</definedName>
     <definedName name="IQ_MTD" hidden="1">800000</definedName>
     <definedName name="IQ_NAMES_REVISION_DATE_" hidden="1">45719.8028125</definedName>
     <definedName name="IQ_NTM">6000</definedName>
     <definedName name="IQ_QTD" hidden="1">750000</definedName>
     <definedName name="IQ_TODAY" hidden="1">0</definedName>
     <definedName name="IQ_WEEK">50000</definedName>
     <definedName name="IQ_YTD">3000</definedName>
     <definedName name="IQ_YTDMONTH" hidden="1">130000</definedName>
-    <definedName name="TSX_2012">'TSX DI Issuers October 2025'!$B$10:$AD$10</definedName>
-    <definedName name="TSXV_2012">'TSXV DI Issuers October 2025'!$10:$10</definedName>
+    <definedName name="TSX_2012">'TSX DI Issuers November 2025'!$B$10:$AE$10</definedName>
+    <definedName name="TSXV_2012">'TSXV DI Issuers November 2025'!$10:$10</definedName>
   </definedNames>
   <calcPr calcId="191029" iterateDelta="9.9999999999994451E-4"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D8" i="2" l="1"/>
   <c r="F8" i="2"/>
   <c r="C8" i="1"/>
   <c r="E8" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4113" uniqueCount="1463">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4069" uniqueCount="1447">
   <si>
     <t>Exchange</t>
   </si>
   <si>
     <t xml:space="preserve">and we are not responsible for any errors or omissions in or your use of, or reliance on, the information provided. </t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Root
 Ticker</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>Listing Type</t>
   </si>
   <si>
     <t>HQ
 Location</t>
   </si>
   <si>
     <t>HQ
@@ -519,59 +519,50 @@
   <si>
     <t>AP</t>
   </si>
   <si>
     <t>Real Estate</t>
   </si>
   <si>
     <t>REIT</t>
   </si>
   <si>
     <t>OTCQB</t>
   </si>
   <si>
     <t>AME0023</t>
   </si>
   <si>
     <t>American Hotel Income Properties REIT LP</t>
   </si>
   <si>
     <t>HOT</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
-    <t>AND0009</t>
-[...7 lines deleted...]
-  <si>
     <t>AND0004</t>
   </si>
   <si>
     <t>Andrew Peller Limited/Andrew Peller Limitee</t>
   </si>
   <si>
     <t>ADW</t>
   </si>
   <si>
     <t>NS</t>
   </si>
   <si>
     <t>NasdaqCM</t>
   </si>
   <si>
     <t>ARI0010</t>
   </si>
   <si>
     <t>Aritzia Inc.</t>
   </si>
   <si>
     <t>ATZ</t>
   </si>
   <si>
     <t>WES0061</t>
@@ -1347,59 +1338,50 @@
   <si>
     <t>Dream Impact Trust</t>
   </si>
   <si>
     <t>MPCT</t>
   </si>
   <si>
     <t>DUN0011</t>
   </si>
   <si>
     <t>Dream Industrial Real Estate Investment Trust</t>
   </si>
   <si>
     <t>DIR</t>
   </si>
   <si>
     <t>DUN0004</t>
   </si>
   <si>
     <t>Dream Office Real Estate Investment Trust</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
-    <t>DRE0006</t>
-[...7 lines deleted...]
-  <si>
     <t>DRE0004</t>
   </si>
   <si>
     <t>DREAM Unlimited Corp.</t>
   </si>
   <si>
     <t>DRM</t>
   </si>
   <si>
     <t>DUN0002</t>
   </si>
   <si>
     <t>Dundee Corporation</t>
   </si>
   <si>
     <t>DC</t>
   </si>
   <si>
     <t>ECN0001</t>
   </si>
   <si>
     <t>ECN Capital Corp.</t>
   </si>
   <si>
     <t>ECN</t>
@@ -2187,53 +2169,50 @@
   <si>
     <t>Mogo Inc.</t>
   </si>
   <si>
     <t>MOGO</t>
   </si>
   <si>
     <t>MOL0002</t>
   </si>
   <si>
     <t>Molson Coors Canada Inc.</t>
   </si>
   <si>
     <t>TPX</t>
   </si>
   <si>
     <t>ACK0001</t>
   </si>
   <si>
     <t>Morguard Corporation</t>
   </si>
   <si>
     <t>MRC</t>
   </si>
   <si>
-    <t>Diversified</t>
-[...1 lines deleted...]
-  <si>
     <t>MOR0014</t>
   </si>
   <si>
     <t>Morguard North American Residential Real Estate Investment Trust</t>
   </si>
   <si>
     <t>MRG</t>
   </si>
   <si>
     <t>MOR0003</t>
   </si>
   <si>
     <t>Morguard Real Estate Investment Trust</t>
   </si>
   <si>
     <t>MRT</t>
   </si>
   <si>
     <t>MTY0001</t>
   </si>
   <si>
     <t>MTY Food Group Inc.</t>
   </si>
   <si>
     <t>MTY</t>
@@ -2316,59 +2295,50 @@
   <si>
     <t>Olympia Financial Group Inc.</t>
   </si>
   <si>
     <t>OLY</t>
   </si>
   <si>
     <t>ONE0001</t>
   </si>
   <si>
     <t>ONEX Corporation</t>
   </si>
   <si>
     <t>ONEX</t>
   </si>
   <si>
     <t>ORB0003</t>
   </si>
   <si>
     <t>Orbit Garant Drilling Inc.</t>
   </si>
   <si>
     <t>OGD</t>
   </si>
   <si>
-    <t>PAR0010</t>
-[...7 lines deleted...]
-  <si>
     <t>PAS0001</t>
   </si>
   <si>
     <t>Pason Systems Inc.</t>
   </si>
   <si>
     <t>PSI</t>
   </si>
   <si>
     <t>PET0027</t>
   </si>
   <si>
     <t>Pet Valu Holdings Ltd.</t>
   </si>
   <si>
     <t>PET</t>
   </si>
   <si>
     <t>PHO0007</t>
   </si>
   <si>
     <t>PHX Energy Services Corp.</t>
   </si>
   <si>
     <t>PHX</t>
@@ -2514,59 +2484,50 @@
   <si>
     <t>RB Global, Inc.</t>
   </si>
   <si>
     <t>RBA</t>
   </si>
   <si>
     <t>RES0014</t>
   </si>
   <si>
     <t>Restaurant Brands International Inc.</t>
   </si>
   <si>
     <t>QSR</t>
   </si>
   <si>
     <t>RES0015</t>
   </si>
   <si>
     <t>Restaurant Brands International Limited Partnership</t>
   </si>
   <si>
     <t>QSP</t>
   </si>
   <si>
-    <t>GMP0001</t>
-[...7 lines deleted...]
-  <si>
     <t>RIC0010</t>
   </si>
   <si>
     <t>Richards Packaging Income Fund</t>
   </si>
   <si>
     <t>RPI</t>
   </si>
   <si>
     <t>RIC0004</t>
   </si>
   <si>
     <t>Richelieu Hardware Ltd.</t>
   </si>
   <si>
     <t>RCH</t>
   </si>
   <si>
     <t>RIO0005</t>
   </si>
   <si>
     <t>Riocan Real Estate Investment Trust</t>
   </si>
   <si>
     <t>REI</t>
@@ -3432,59 +3393,50 @@
   <si>
     <t>IVX</t>
   </si>
   <si>
     <t>V-01039</t>
   </si>
   <si>
     <t>IBC Advanced Alloys Corp.</t>
   </si>
   <si>
     <t>IB</t>
   </si>
   <si>
     <t>Franklin</t>
   </si>
   <si>
     <t>V-01109</t>
   </si>
   <si>
     <t>Thunderbird Entertainment Group Inc.</t>
   </si>
   <si>
     <t>TBRD</t>
   </si>
   <si>
-    <t>V-01119</t>
-[...7 lines deleted...]
-  <si>
     <t>V-01145</t>
   </si>
   <si>
     <t>Everybody Loves Languages Corp.</t>
   </si>
   <si>
     <t>ELL</t>
   </si>
   <si>
     <t>V-01173</t>
   </si>
   <si>
     <t>CoTec Holdings Corp.</t>
   </si>
   <si>
     <t>CTH</t>
   </si>
   <si>
     <t>V-01286</t>
   </si>
   <si>
     <t>Minaean SP Construction Corp.</t>
   </si>
   <si>
     <t>MSP</t>
@@ -3909,59 +3861,50 @@
   <si>
     <t>Diamond Estates Wines &amp; Spirits Inc.</t>
   </si>
   <si>
     <t>DWS</t>
   </si>
   <si>
     <t>V-03995</t>
   </si>
   <si>
     <t>SSC Security Services Corp.</t>
   </si>
   <si>
     <t>SECU</t>
   </si>
   <si>
     <t>V-04086</t>
   </si>
   <si>
     <t>Orecap Invest Corp.</t>
   </si>
   <si>
     <t>OCI</t>
   </si>
   <si>
-    <t>V-04098</t>
-[...7 lines deleted...]
-  <si>
     <t>V-04100</t>
   </si>
   <si>
     <t>Westaim Corporation (The)</t>
   </si>
   <si>
     <t>WED</t>
   </si>
   <si>
     <t>V-04149</t>
   </si>
   <si>
     <t>Decisive Dividend Corporation</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>V-04157</t>
   </si>
   <si>
     <t>Cymat Technologies Ltd.</t>
   </si>
   <si>
     <t>CYM</t>
@@ -4044,59 +3987,50 @@
   <si>
     <t>Tornado Infrastructure Equipment Ltd.</t>
   </si>
   <si>
     <t>TGH</t>
   </si>
   <si>
     <t>V-04317</t>
   </si>
   <si>
     <t>FP Newspapers Inc.</t>
   </si>
   <si>
     <t>FP</t>
   </si>
   <si>
     <t>V-04319</t>
   </si>
   <si>
     <t>Yorkton Equity Group Inc.</t>
   </si>
   <si>
     <t>YEG</t>
   </si>
   <si>
-    <t>V-04327</t>
-[...7 lines deleted...]
-  <si>
     <t>V-04358</t>
   </si>
   <si>
     <t>AIP Realty Trust</t>
   </si>
   <si>
     <t>AIP</t>
   </si>
   <si>
     <t>Lewisville</t>
   </si>
   <si>
     <t>V-04382</t>
   </si>
   <si>
     <t>Green Rise Foods Inc.</t>
   </si>
   <si>
     <t>GRF</t>
   </si>
   <si>
     <t>V-04423</t>
   </si>
   <si>
     <t>PesoRama Inc.</t>
@@ -4197,50 +4131,53 @@
   <si>
     <t>Kadestone Capital Corp.</t>
   </si>
   <si>
     <t>KDSX</t>
   </si>
   <si>
     <t>V-04677</t>
   </si>
   <si>
     <t>High Tide Inc.</t>
   </si>
   <si>
     <t>HITI</t>
   </si>
   <si>
     <t>V-04704</t>
   </si>
   <si>
     <t>Starlight U.S. Multi-Family (No.2) Core Plus Fund</t>
   </si>
   <si>
     <t>SCPT</t>
   </si>
   <si>
+    <t>V-04709</t>
+  </si>
+  <si>
     <t>V-04728</t>
   </si>
   <si>
     <t>Simply Solventless Concentrates Ltd.</t>
   </si>
   <si>
     <t>HASH</t>
   </si>
   <si>
     <t>V-04742</t>
   </si>
   <si>
     <t>Largo Physical Vanadium Corp.</t>
   </si>
   <si>
     <t>VAND</t>
   </si>
   <si>
     <t>V-04753</t>
   </si>
   <si>
     <t>MiniLuxe Holding Corp.</t>
   </si>
   <si>
     <t>MNLX</t>
@@ -4458,87 +4395,102 @@
   <si>
     <t>X-1186</t>
   </si>
   <si>
     <t>GO Residential Real Estate Investment Trust</t>
   </si>
   <si>
     <t>GO</t>
   </si>
   <si>
     <t>Fort Technology Inc.</t>
   </si>
   <si>
     <t>FORT</t>
   </si>
   <si>
     <t>2025 TSX30</t>
   </si>
   <si>
     <t>Blue Ant Media Corporation</t>
   </si>
   <si>
     <t>BAMI</t>
   </si>
   <si>
+    <t>X-1267</t>
+  </si>
+  <si>
+    <t>Canada Packers Inc.</t>
+  </si>
+  <si>
+    <t>CPKR</t>
+  </si>
+  <si>
+    <t>X-1274</t>
+  </si>
+  <si>
+    <t>Rockpoint Gas Storage Inc.</t>
+  </si>
+  <si>
+    <t>RGSI</t>
+  </si>
+  <si>
+    <t>X-1315</t>
+  </si>
+  <si>
+    <t>Beyond Oil Ltd.</t>
+  </si>
+  <si>
+    <t>BOIL</t>
+  </si>
+  <si>
     <t>Market Cap (C$)
-31-October-2025</t>
+30-November-2025</t>
   </si>
   <si>
     <t>O/S Shares
-31-October-2025</t>
+30-November-2025</t>
   </si>
   <si>
     <t>Volume YTD
-31-October-2025</t>
+30-November-2025</t>
   </si>
   <si>
     <t>Value (C$) YTD
-31-October-2025</t>
+30-November-2025</t>
   </si>
   <si>
     <t>Number of 
 Trades YTD
-31-October-2025</t>
-[...17 lines deleted...]
-    <t>RGSI</t>
+30-November-2025</t>
+  </si>
+  <si>
+    <t>Elevate Service Group Inc.</t>
+  </si>
+  <si>
+    <t>SERV</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -5148,16086 +5100,15958 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:AD318"/>
+  <dimension ref="A1:AE315"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="B10" sqref="B10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="17" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="12.5703125" style="17" customWidth="1"/>
     <col min="3" max="3" width="71.140625" style="17" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.85546875" style="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.7109375" style="20" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="32.28515625" style="19" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="22.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="13.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="11" max="13" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="11.42578125" style="18" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="12.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="11.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="17.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="17.140625" style="18" customWidth="1"/>
     <col min="20" max="20" width="29.85546875" style="18" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="30.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="15.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="27.7109375" style="18" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="31" max="16384" width="9.140625" style="17"/>
+    <col min="24" max="24" width="16.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="25" max="25" width="27.7109375" style="18" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="21.85546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="27" max="27" width="20.7109375" style="18" bestFit="1" customWidth="1"/>
+    <col min="28" max="28" width="17.7109375" style="19" bestFit="1" customWidth="1"/>
+    <col min="29" max="30" width="17.7109375" style="20" bestFit="1" customWidth="1"/>
+    <col min="31" max="31" width="15.28515625" style="20" bestFit="1" customWidth="1"/>
+    <col min="32" max="16384" width="9.140625" style="17"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:30" s="7" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:31" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B1" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="6"/>
       <c r="F1" s="4"/>
       <c r="G1" s="6"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
-      <c r="AA1" s="6"/>
+      <c r="AA1" s="1"/>
       <c r="AB1" s="6"/>
       <c r="AC1" s="6"/>
       <c r="AD1" s="6"/>
-    </row>
-    <row r="2" spans="1:30" s="7" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="AE1" s="6"/>
+    </row>
+    <row r="2" spans="1:31" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="1"/>
       <c r="E2" s="4"/>
       <c r="F2" s="6"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
-      <c r="AA2" s="6"/>
+      <c r="AA2" s="1"/>
       <c r="AB2" s="6"/>
       <c r="AC2" s="6"/>
       <c r="AD2" s="6"/>
-    </row>
-    <row r="3" spans="1:30" s="7" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="AE2" s="6"/>
+    </row>
+    <row r="3" spans="1:31" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B3" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D3" s="1"/>
       <c r="E3" s="4"/>
       <c r="F3" s="6"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
       <c r="X3" s="1"/>
       <c r="Y3" s="1"/>
       <c r="Z3" s="1"/>
-      <c r="AA3" s="6"/>
+      <c r="AA3" s="1"/>
       <c r="AB3" s="6"/>
       <c r="AC3" s="6"/>
       <c r="AD3" s="6"/>
-    </row>
-    <row r="4" spans="1:30" s="12" customFormat="1" ht="3.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AE3" s="6"/>
+    </row>
+    <row r="4" spans="1:31" s="12" customFormat="1" ht="3.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="8"/>
       <c r="C4" s="9"/>
       <c r="D4" s="8"/>
       <c r="E4" s="10"/>
       <c r="F4" s="11"/>
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="8"/>
       <c r="M4" s="8"/>
       <c r="N4" s="8"/>
       <c r="O4" s="8"/>
       <c r="P4" s="8"/>
       <c r="Q4" s="8"/>
       <c r="R4" s="8"/>
       <c r="S4" s="8"/>
       <c r="T4" s="8"/>
       <c r="U4" s="8"/>
       <c r="V4" s="8"/>
       <c r="W4" s="8"/>
       <c r="X4" s="8"/>
       <c r="Y4" s="8"/>
       <c r="Z4" s="8"/>
-      <c r="AA4" s="11"/>
+      <c r="AA4" s="8"/>
       <c r="AB4" s="11"/>
       <c r="AC4" s="11"/>
       <c r="AD4" s="11"/>
-    </row>
-    <row r="5" spans="1:30" s="7" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="AE4" s="11"/>
+    </row>
+    <row r="5" spans="1:31" s="7" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B5" s="1"/>
       <c r="C5" s="3"/>
       <c r="D5" s="1"/>
       <c r="E5" s="5"/>
       <c r="F5" s="6"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
       <c r="X5" s="1"/>
       <c r="Y5" s="1"/>
       <c r="Z5" s="1"/>
-      <c r="AA5" s="6"/>
+      <c r="AA5" s="1"/>
       <c r="AB5" s="6"/>
       <c r="AC5" s="6"/>
       <c r="AD5" s="6"/>
-    </row>
-    <row r="6" spans="1:30" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="AE5" s="6"/>
+    </row>
+    <row r="6" spans="1:31" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B6" s="1"/>
       <c r="C6" s="37" t="s">
         <v>35</v>
       </c>
       <c r="D6" s="43"/>
       <c r="E6" s="43" t="s">
         <v>36</v>
       </c>
       <c r="F6" s="44"/>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
       <c r="X6" s="1"/>
       <c r="Y6" s="1"/>
       <c r="Z6" s="1"/>
-      <c r="AA6" s="6"/>
+      <c r="AA6" s="1"/>
       <c r="AB6" s="6"/>
       <c r="AC6" s="6"/>
       <c r="AD6" s="6"/>
-    </row>
-    <row r="7" spans="1:30" s="7" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="AE6" s="6"/>
+    </row>
+    <row r="7" spans="1:31" s="7" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="1"/>
       <c r="C7" s="47"/>
       <c r="D7" s="45"/>
       <c r="E7" s="45"/>
       <c r="F7" s="46"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
       <c r="X7" s="1"/>
       <c r="Y7" s="1"/>
       <c r="Z7" s="1"/>
-      <c r="AA7" s="6"/>
+      <c r="AA7" s="1"/>
       <c r="AB7" s="6"/>
       <c r="AC7" s="6"/>
       <c r="AD7" s="6"/>
-    </row>
-    <row r="8" spans="1:30" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="AE7" s="6"/>
+    </row>
+    <row r="8" spans="1:31" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="1"/>
       <c r="C8" s="38">
-        <f>SUBTOTAL(3,C11:C318)</f>
-        <v>308</v>
+        <f>SUBTOTAL(3,C11:C315)</f>
+        <v>305</v>
       </c>
       <c r="D8" s="39"/>
       <c r="E8" s="40">
-        <f>SUBTOTAL(9,E11:E318)</f>
-        <v>2894050207447.5562</v>
+        <f>SUBTOTAL(9,E11:E315)</f>
+        <v>2957319445681.3442</v>
       </c>
       <c r="F8" s="41"/>
       <c r="G8" s="58"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="1"/>
       <c r="Y8" s="1"/>
       <c r="Z8" s="1"/>
-      <c r="AA8" s="6"/>
+      <c r="AA8" s="1"/>
       <c r="AB8" s="6"/>
       <c r="AC8" s="6"/>
       <c r="AD8" s="6"/>
-    </row>
-    <row r="9" spans="1:30" s="7" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="AE8" s="6"/>
+    </row>
+    <row r="9" spans="1:31" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B9" s="1"/>
       <c r="C9" s="3"/>
       <c r="D9" s="1"/>
       <c r="E9" s="5"/>
       <c r="F9" s="6"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
       <c r="X9" s="1"/>
       <c r="Y9" s="1"/>
       <c r="Z9" s="1"/>
-      <c r="AA9" s="6"/>
+      <c r="AA9" s="1"/>
       <c r="AB9" s="6"/>
       <c r="AC9" s="6"/>
       <c r="AD9" s="6"/>
-    </row>
-    <row r="10" spans="1:30" s="13" customFormat="1" ht="39" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="AE9" s="6"/>
+    </row>
+    <row r="10" spans="1:31" s="13" customFormat="1" ht="39" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>3</v>
       </c>
       <c r="E10" s="16" t="s">
-        <v>1452</v>
+        <v>1440</v>
       </c>
       <c r="F10" s="16" t="s">
-        <v>1453</v>
+        <v>1441</v>
       </c>
       <c r="G10" s="13" t="s">
         <v>4</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>11</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>6</v>
       </c>
       <c r="J10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="K10" s="13" t="s">
         <v>5</v>
       </c>
       <c r="L10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="M10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="N10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="O10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="P10" s="15" t="s">
         <v>8</v>
       </c>
       <c r="Q10" s="15" t="s">
         <v>9</v>
       </c>
       <c r="R10" s="13" t="s">
         <v>30</v>
       </c>
       <c r="S10" s="13" t="s">
-        <v>1449</v>
+        <v>1428</v>
       </c>
       <c r="T10" s="15" t="s">
         <v>26</v>
       </c>
       <c r="U10" s="15" t="s">
         <v>10</v>
       </c>
       <c r="V10" s="13" t="s">
         <v>18</v>
       </c>
       <c r="W10" s="13" t="s">
         <v>24</v>
       </c>
       <c r="X10" s="13" t="s">
-        <v>1428</v>
+        <v>28</v>
       </c>
       <c r="Y10" s="13" t="s">
+        <v>1407</v>
+      </c>
+      <c r="Z10" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="Z10" s="13" t="s">
+      <c r="AA10" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="AA10" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB10" s="16" t="s">
-        <v>1455</v>
+        <v>1442</v>
       </c>
       <c r="AC10" s="16" t="s">
-        <v>1456</v>
+        <v>1443</v>
       </c>
       <c r="AD10" s="16" t="s">
+        <v>1444</v>
+      </c>
+      <c r="AE10" s="16" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="11" spans="1:30" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:31" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A11" s="17" t="s">
         <v>48</v>
       </c>
       <c r="B11" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="17" t="s">
         <v>49</v>
       </c>
       <c r="D11" s="18" t="s">
         <v>50</v>
       </c>
       <c r="E11" s="20">
-        <v>877118895.54999995</v>
+        <v>897756987.21000004</v>
       </c>
       <c r="F11" s="20">
         <v>23997781</v>
       </c>
       <c r="G11" s="19" t="s">
         <v>51</v>
       </c>
       <c r="I11" s="18" t="s">
         <v>52</v>
       </c>
       <c r="J11" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K11" s="18" t="s">
         <v>53</v>
       </c>
       <c r="L11" s="18">
         <v>20241018</v>
       </c>
       <c r="T11" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="AA11" s="19">
-[...3 lines deleted...]
-        <v>84108631.5</v>
+      <c r="AB11" s="19">
+        <v>2571917</v>
       </c>
       <c r="AC11" s="20">
-        <v>17232</v>
+        <v>90091293</v>
       </c>
       <c r="AD11" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:30" x14ac:dyDescent="0.2">
+        <v>18449</v>
+      </c>
+      <c r="AE11" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="12" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A12" s="17" t="s">
         <v>55</v>
       </c>
       <c r="B12" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C12" s="17" t="s">
         <v>56</v>
       </c>
       <c r="D12" s="18" t="s">
         <v>57</v>
       </c>
       <c r="E12" s="20">
-        <v>4805618.46</v>
+        <v>4820888.46</v>
       </c>
       <c r="F12" s="20">
-        <v>160187282</v>
+        <v>160696282</v>
       </c>
       <c r="G12" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I12" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J12" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K12" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L12" s="18">
         <v>20080130</v>
       </c>
       <c r="P12" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="AA12" s="19">
-[...3 lines deleted...]
-        <v>392932.5</v>
+      <c r="AB12" s="19">
+        <v>11813909</v>
       </c>
       <c r="AC12" s="20">
-        <v>626</v>
+        <v>410795</v>
       </c>
       <c r="AD12" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:30" x14ac:dyDescent="0.2">
+        <v>680</v>
+      </c>
+      <c r="AE12" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="13" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A13" s="17" t="s">
         <v>61</v>
       </c>
       <c r="B13" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C13" s="17" t="s">
         <v>62</v>
       </c>
       <c r="D13" s="18" t="s">
         <v>63</v>
       </c>
       <c r="E13" s="20">
-        <v>262049356.78</v>
+        <v>286736490.88</v>
       </c>
       <c r="F13" s="20">
         <v>18286766</v>
       </c>
       <c r="G13" s="19" t="s">
         <v>47</v>
       </c>
       <c r="H13" s="18" t="s">
         <v>64</v>
       </c>
       <c r="I13" s="18" t="s">
         <v>52</v>
       </c>
       <c r="J13" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K13" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L13" s="18">
         <v>20060130</v>
       </c>
-      <c r="AA13" s="19">
-[...3 lines deleted...]
-        <v>34578499</v>
+      <c r="AB13" s="19">
+        <v>2428388</v>
       </c>
       <c r="AC13" s="20">
-        <v>12067</v>
+        <v>40211285</v>
       </c>
       <c r="AD13" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:30" x14ac:dyDescent="0.2">
+        <v>14288</v>
+      </c>
+      <c r="AE13" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="14" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A14" s="17" t="s">
         <v>66</v>
       </c>
       <c r="B14" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C14" s="17" t="s">
         <v>67</v>
       </c>
       <c r="D14" s="18" t="s">
         <v>68</v>
       </c>
       <c r="E14" s="20">
-        <v>47008086.600000001</v>
+        <v>37382002.079999998</v>
       </c>
       <c r="F14" s="20">
         <v>8765413</v>
       </c>
       <c r="G14" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I14" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J14" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L14" s="18">
         <v>19920617</v>
       </c>
-      <c r="AA14" s="19">
-[...3 lines deleted...]
-        <v>3135760.5</v>
+      <c r="AB14" s="19">
+        <v>571606</v>
       </c>
       <c r="AC14" s="20">
-        <v>1284</v>
+        <v>3527784.5</v>
       </c>
       <c r="AD14" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:30" x14ac:dyDescent="0.2">
+        <v>1558</v>
+      </c>
+      <c r="AE14" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="15" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A15" s="17" t="s">
         <v>70</v>
       </c>
       <c r="B15" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>71</v>
       </c>
       <c r="D15" s="18" t="s">
         <v>72</v>
       </c>
       <c r="E15" s="20">
-        <v>178645769.69999999</v>
+        <v>172657980.84</v>
       </c>
       <c r="F15" s="20">
-        <v>33706749</v>
+        <v>33460849</v>
       </c>
       <c r="G15" s="19" t="s">
         <v>47</v>
       </c>
       <c r="H15" s="18" t="s">
         <v>73</v>
       </c>
       <c r="I15" s="18" t="s">
         <v>65</v>
       </c>
       <c r="J15" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L15" s="18">
         <v>19870925</v>
       </c>
-      <c r="AA15" s="19">
-[...3 lines deleted...]
-        <v>57244116</v>
+      <c r="AB15" s="19">
+        <v>10876116</v>
       </c>
       <c r="AC15" s="20">
-        <v>17576</v>
+        <v>59644262</v>
       </c>
       <c r="AD15" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:30" x14ac:dyDescent="0.2">
+        <v>18427</v>
+      </c>
+      <c r="AE15" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="16" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A16" s="17" t="s">
         <v>76</v>
       </c>
       <c r="B16" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C16" s="17" t="s">
         <v>77</v>
       </c>
       <c r="D16" s="18" t="s">
         <v>78</v>
       </c>
       <c r="E16" s="20">
-        <v>855826357.96000004</v>
+        <v>809804861.91999996</v>
       </c>
       <c r="F16" s="20">
-        <v>24333988</v>
+        <v>24289288</v>
       </c>
       <c r="G16" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I16" s="18" t="s">
         <v>52</v>
       </c>
       <c r="J16" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K16" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L16" s="18">
         <v>20040322</v>
       </c>
-      <c r="AA16" s="19">
-[...3 lines deleted...]
-        <v>403431303.5</v>
+      <c r="AB16" s="19">
+        <v>14517047</v>
       </c>
       <c r="AC16" s="20">
-        <v>75352</v>
+        <v>447655375</v>
       </c>
       <c r="AD16" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:30" x14ac:dyDescent="0.2">
+        <v>82902</v>
+      </c>
+      <c r="AE16" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="17" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A17" s="17" t="s">
         <v>79</v>
       </c>
       <c r="B17" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="17" t="s">
         <v>80</v>
       </c>
       <c r="D17" s="18" t="s">
         <v>81</v>
       </c>
       <c r="E17" s="20">
-        <v>118464855.84</v>
+        <v>125879207.04000001</v>
       </c>
       <c r="F17" s="20">
         <v>16476336</v>
       </c>
       <c r="G17" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I17" s="18" t="s">
         <v>46</v>
       </c>
       <c r="J17" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L17" s="18">
         <v>19990720</v>
       </c>
-      <c r="AA17" s="19">
-[...3 lines deleted...]
-        <v>125814031</v>
+      <c r="AB17" s="19">
+        <v>16459604</v>
       </c>
       <c r="AC17" s="20">
-        <v>71255</v>
+        <v>129832980</v>
       </c>
       <c r="AD17" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:30" x14ac:dyDescent="0.2">
+        <v>73858</v>
+      </c>
+      <c r="AE17" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="18" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A18" s="17" t="s">
         <v>83</v>
       </c>
       <c r="B18" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>84</v>
       </c>
       <c r="D18" s="18" t="s">
         <v>85</v>
       </c>
       <c r="E18" s="20">
-        <v>1956839481.9200001</v>
+        <v>1726455065.28</v>
       </c>
       <c r="F18" s="20">
-        <v>63287176</v>
+        <v>63286476</v>
       </c>
       <c r="G18" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I18" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J18" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L18" s="18">
         <v>19871231</v>
       </c>
       <c r="R18" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="AA18" s="19">
-[...3 lines deleted...]
-        <v>1840024264.5</v>
+      <c r="AB18" s="19">
+        <v>95765017</v>
       </c>
       <c r="AC18" s="20">
-        <v>441493</v>
+        <v>2080465608.5</v>
       </c>
       <c r="AD18" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:30" x14ac:dyDescent="0.2">
+        <v>490479</v>
+      </c>
+      <c r="AE18" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="19" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A19" s="17" t="s">
         <v>86</v>
       </c>
       <c r="B19" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C19" s="17" t="s">
         <v>87</v>
       </c>
       <c r="D19" s="18" t="s">
         <v>88</v>
       </c>
       <c r="E19" s="20">
-        <v>24733278.43</v>
+        <v>25586150.100000001</v>
       </c>
       <c r="F19" s="20">
         <v>85287167</v>
       </c>
       <c r="G19" s="19" t="s">
         <v>51</v>
       </c>
       <c r="I19" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J19" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K19" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L19" s="18">
         <v>20041201</v>
       </c>
       <c r="T19" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="AA19" s="19">
-[...3 lines deleted...]
-        <v>384436</v>
+      <c r="AB19" s="19">
+        <v>1631220</v>
       </c>
       <c r="AC19" s="20">
-        <v>521</v>
+        <v>546804.5</v>
       </c>
       <c r="AD19" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:30" x14ac:dyDescent="0.2">
+        <v>625</v>
+      </c>
+      <c r="AE19" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="20" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A20" s="17" t="s">
         <v>89</v>
       </c>
       <c r="B20" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="17" t="s">
         <v>90</v>
       </c>
       <c r="D20" s="18" t="s">
         <v>91</v>
       </c>
       <c r="E20" s="20">
-        <v>1100856590.2</v>
+        <v>814018631.60000002</v>
       </c>
       <c r="F20" s="20">
         <v>22816690</v>
       </c>
       <c r="G20" s="19" t="s">
         <v>47</v>
       </c>
       <c r="H20" s="18" t="s">
         <v>92</v>
       </c>
       <c r="I20" s="18" t="s">
         <v>93</v>
       </c>
       <c r="J20" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L20" s="18">
         <v>20040517</v>
       </c>
-      <c r="AA20" s="19">
-[...3 lines deleted...]
-        <v>766979034</v>
+      <c r="AB20" s="19">
+        <v>23487996</v>
       </c>
       <c r="AC20" s="20">
-        <v>119117</v>
+        <v>897716648</v>
       </c>
       <c r="AD20" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:30" x14ac:dyDescent="0.2">
+        <v>147655</v>
+      </c>
+      <c r="AE20" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="21" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A21" s="17" t="s">
         <v>94</v>
       </c>
       <c r="B21" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C21" s="17" t="s">
         <v>95</v>
       </c>
       <c r="D21" s="18" t="s">
         <v>96</v>
       </c>
       <c r="E21" s="20">
-        <v>906080972.82000005</v>
+        <v>916009422.96000004</v>
       </c>
       <c r="F21" s="20">
-        <v>64812659</v>
+        <v>64689931</v>
       </c>
       <c r="G21" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I21" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J21" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L21" s="18">
         <v>19680819</v>
       </c>
-      <c r="AA21" s="19">
-[...3 lines deleted...]
-        <v>204790653.5</v>
+      <c r="AB21" s="19">
+        <v>19010575</v>
       </c>
       <c r="AC21" s="20">
-        <v>89487</v>
+        <v>233955093.5</v>
       </c>
       <c r="AD21" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:30" x14ac:dyDescent="0.2">
+        <v>102106</v>
+      </c>
+      <c r="AE21" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="22" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A22" s="17" t="s">
         <v>100</v>
       </c>
       <c r="B22" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C22" s="17" t="s">
         <v>101</v>
       </c>
       <c r="D22" s="18" t="s">
         <v>102</v>
       </c>
       <c r="E22" s="20">
-        <v>286082230.565</v>
+        <v>285515722.52999997</v>
       </c>
       <c r="F22" s="20">
-        <v>92320157</v>
+        <v>92159557</v>
       </c>
       <c r="G22" s="19" t="s">
         <v>51</v>
       </c>
       <c r="I22" s="18" t="s">
         <v>46</v>
       </c>
       <c r="J22" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K22" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L22" s="18">
         <v>20050628</v>
       </c>
       <c r="T22" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="AA22" s="19">
-[...3 lines deleted...]
-        <v>57765214.5</v>
+      <c r="AB22" s="19">
+        <v>18007319</v>
       </c>
       <c r="AC22" s="20">
-        <v>31193</v>
+        <v>59347767</v>
       </c>
       <c r="AD22" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:30" x14ac:dyDescent="0.2">
+        <v>32770</v>
+      </c>
+      <c r="AE22" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="23" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A23" s="17" t="s">
         <v>103</v>
       </c>
       <c r="B23" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C23" s="17" t="s">
         <v>104</v>
       </c>
       <c r="D23" s="18" t="s">
         <v>105</v>
       </c>
       <c r="E23" s="20">
-        <v>5461980756.8400002</v>
+        <v>5633778416.2200003</v>
       </c>
       <c r="F23" s="20">
         <v>296202861</v>
       </c>
       <c r="G23" s="19" t="s">
         <v>51</v>
       </c>
       <c r="I23" s="18" t="s">
         <v>46</v>
       </c>
       <c r="J23" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K23" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L23" s="18">
         <v>20061123</v>
       </c>
       <c r="O23" s="18" t="s">
         <v>75</v>
       </c>
       <c r="R23" s="18" t="s">
         <v>82</v>
       </c>
       <c r="T23" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="AA23" s="19">
-[...3 lines deleted...]
-        <v>12228880423</v>
+      <c r="AB23" s="19">
+        <v>727428213</v>
       </c>
       <c r="AC23" s="20">
-        <v>2249669</v>
+        <v>13191447263.5</v>
       </c>
       <c r="AD23" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:30" x14ac:dyDescent="0.2">
+        <v>2422853</v>
+      </c>
+      <c r="AE23" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="24" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A24" s="17" t="s">
         <v>106</v>
       </c>
       <c r="B24" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C24" s="17" t="s">
         <v>107</v>
       </c>
       <c r="D24" s="18" t="s">
         <v>108</v>
       </c>
       <c r="E24" s="20">
-        <v>125700907.12</v>
+        <v>111311818.40000001</v>
       </c>
       <c r="F24" s="20">
         <v>27149224</v>
       </c>
       <c r="G24" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I24" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J24" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L24" s="18">
         <v>19920603</v>
       </c>
       <c r="O24" s="18" t="s">
         <v>75</v>
       </c>
-      <c r="AA24" s="19">
-[...3 lines deleted...]
-        <v>20057454</v>
+      <c r="AB24" s="19">
+        <v>4993153</v>
       </c>
       <c r="AC24" s="20">
-        <v>10999</v>
+        <v>21977865.5</v>
       </c>
       <c r="AD24" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:30" x14ac:dyDescent="0.2">
+        <v>12157</v>
+      </c>
+      <c r="AE24" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="25" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A25" s="17" t="s">
         <v>109</v>
       </c>
       <c r="B25" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C25" s="17" t="s">
         <v>110</v>
       </c>
       <c r="D25" s="18" t="s">
         <v>111</v>
       </c>
       <c r="E25" s="20">
-        <v>82587400.879999995</v>
+        <v>75589353.299999997</v>
       </c>
       <c r="F25" s="20">
-        <v>39649825</v>
+        <v>39566267</v>
       </c>
       <c r="G25" s="19" t="s">
         <v>47</v>
       </c>
       <c r="H25" s="18" t="s">
         <v>73</v>
       </c>
       <c r="I25" s="18" t="s">
         <v>65</v>
       </c>
       <c r="J25" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L25" s="18">
         <v>19930108</v>
       </c>
-      <c r="AA25" s="19">
-[...3 lines deleted...]
-        <v>10574140.5</v>
+      <c r="AB25" s="19">
+        <v>6746998</v>
       </c>
       <c r="AC25" s="20">
-        <v>11237</v>
+        <v>13230369</v>
       </c>
       <c r="AD25" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:30" x14ac:dyDescent="0.2">
+        <v>12812</v>
+      </c>
+      <c r="AE25" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="26" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A26" s="17" t="s">
         <v>112</v>
       </c>
       <c r="B26" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C26" s="17" t="s">
         <v>113</v>
       </c>
       <c r="D26" s="18" t="s">
         <v>114</v>
       </c>
       <c r="E26" s="20">
-        <v>1051813919.38</v>
+        <v>1073773077.3199999</v>
       </c>
       <c r="F26" s="20">
         <v>46908811</v>
       </c>
       <c r="G26" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I26" s="18" t="s">
         <v>65</v>
       </c>
       <c r="J26" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K26" s="18" t="s">
         <v>53</v>
       </c>
       <c r="L26" s="18">
         <v>20081118</v>
       </c>
-      <c r="Y26" s="18" t="s">
+      <c r="Z26" s="18" t="s">
         <v>115</v>
       </c>
-      <c r="Z26" s="18" t="s">
+      <c r="AA26" s="18" t="s">
         <v>116</v>
       </c>
-      <c r="AA26" s="19">
-[...3 lines deleted...]
-        <v>317163601.5</v>
+      <c r="AB26" s="19">
+        <v>16593280</v>
       </c>
       <c r="AC26" s="20">
-        <v>75011</v>
+        <v>351435334.5</v>
       </c>
       <c r="AD26" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:30" x14ac:dyDescent="0.2">
+        <v>82637</v>
+      </c>
+      <c r="AE26" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="27" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A27" s="17" t="s">
         <v>117</v>
       </c>
       <c r="B27" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C27" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D27" s="18" t="s">
         <v>119</v>
       </c>
       <c r="E27" s="20">
-        <v>705879998.39999998</v>
+        <v>754155699.44000006</v>
       </c>
       <c r="F27" s="20">
         <v>40567816</v>
       </c>
       <c r="G27" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I27" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J27" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L27" s="18">
         <v>19580527</v>
       </c>
-      <c r="AA27" s="19">
-[...3 lines deleted...]
-        <v>27156182</v>
+      <c r="AB27" s="19">
+        <v>1834959</v>
       </c>
       <c r="AC27" s="20">
-        <v>7543</v>
+        <v>29610006</v>
       </c>
       <c r="AD27" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:30" x14ac:dyDescent="0.2">
+        <v>8279</v>
+      </c>
+      <c r="AE27" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="28" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A28" s="17" t="s">
         <v>120</v>
       </c>
       <c r="B28" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C28" s="17" t="s">
         <v>121</v>
       </c>
       <c r="D28" s="18" t="s">
         <v>122</v>
       </c>
       <c r="E28" s="20">
-        <v>614912079.72000003</v>
+        <v>619109431.79999995</v>
       </c>
       <c r="F28" s="20">
         <v>104933802</v>
       </c>
       <c r="G28" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I28" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J28" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K28" s="18" t="s">
         <v>123</v>
       </c>
       <c r="L28" s="18">
         <v>20211020</v>
       </c>
       <c r="M28" s="18" t="s">
         <v>124</v>
       </c>
-      <c r="AA28" s="19">
-[...3 lines deleted...]
-        <v>628173848</v>
+      <c r="AB28" s="19">
+        <v>109903292</v>
       </c>
       <c r="AC28" s="20">
-        <v>342919</v>
+        <v>723588866.5</v>
       </c>
       <c r="AD28" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:30" x14ac:dyDescent="0.2">
+        <v>396966</v>
+      </c>
+      <c r="AE28" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="29" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A29" s="17" t="s">
         <v>125</v>
       </c>
       <c r="B29" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C29" s="17" t="s">
         <v>126</v>
       </c>
       <c r="D29" s="18" t="s">
         <v>127</v>
       </c>
       <c r="E29" s="20">
-        <v>66608467041.599998</v>
+        <v>70992028078.389999</v>
       </c>
       <c r="F29" s="20">
-        <v>934462220</v>
+        <v>930067183</v>
       </c>
       <c r="G29" s="19" t="s">
         <v>51</v>
       </c>
       <c r="I29" s="18" t="s">
         <v>46</v>
       </c>
       <c r="J29" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K29" s="18" t="s">
         <v>53</v>
       </c>
       <c r="L29" s="18">
         <v>19991206</v>
       </c>
       <c r="R29" s="18">
         <v>60</v>
       </c>
       <c r="T29" s="18" t="s">
         <v>128</v>
       </c>
-      <c r="AA29" s="19">
-[...3 lines deleted...]
-        <v>21247182615.5</v>
+      <c r="AB29" s="19">
+        <v>329994494</v>
       </c>
       <c r="AC29" s="20">
-        <v>1444894</v>
+        <v>23744105161</v>
       </c>
       <c r="AD29" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:30" x14ac:dyDescent="0.2">
+        <v>1599167</v>
+      </c>
+      <c r="AE29" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="30" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A30" s="17" t="s">
         <v>129</v>
       </c>
       <c r="B30" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C30" s="17" t="s">
         <v>130</v>
       </c>
       <c r="D30" s="18" t="s">
         <v>131</v>
       </c>
       <c r="E30" s="20">
-        <v>1891189428.74</v>
+        <v>1663427779</v>
       </c>
       <c r="F30" s="20">
         <v>127955983</v>
       </c>
       <c r="G30" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I30" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J30" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K30" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L30" s="18">
         <v>20030219</v>
       </c>
       <c r="R30" s="18" t="s">
         <v>82</v>
       </c>
       <c r="U30" s="18" t="s">
         <v>133</v>
       </c>
-      <c r="Y30" s="18" t="s">
+      <c r="Z30" s="18" t="s">
         <v>115</v>
       </c>
-      <c r="AA30" s="19">
-[...3 lines deleted...]
-        <v>2342117342.5</v>
+      <c r="AB30" s="19">
+        <v>157038268</v>
       </c>
       <c r="AC30" s="20">
-        <v>464734</v>
+        <v>2641184231</v>
       </c>
       <c r="AD30" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:30" x14ac:dyDescent="0.2">
+        <v>535242</v>
+      </c>
+      <c r="AE30" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="31" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A31" s="17" t="s">
         <v>135</v>
       </c>
       <c r="B31" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C31" s="17" t="s">
         <v>136</v>
       </c>
       <c r="D31" s="18" t="s">
         <v>137</v>
       </c>
       <c r="E31" s="20">
-        <v>73258045.140000001</v>
+        <v>71158072</v>
       </c>
       <c r="F31" s="20">
-        <v>75670721</v>
+        <v>75384600</v>
       </c>
       <c r="G31" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I31" s="18" t="s">
         <v>52</v>
       </c>
       <c r="J31" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K31" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L31" s="18">
         <v>20130220</v>
       </c>
       <c r="O31" s="18" t="s">
         <v>75</v>
       </c>
       <c r="U31" s="18" t="s">
         <v>133</v>
       </c>
-      <c r="Y31" s="18" t="s">
+      <c r="Z31" s="18" t="s">
         <v>115</v>
       </c>
-      <c r="AA31" s="19">
-[...3 lines deleted...]
-        <v>8948864</v>
+      <c r="AB31" s="19">
+        <v>12636418</v>
       </c>
       <c r="AC31" s="20">
-        <v>8037</v>
+        <v>10020684.5</v>
       </c>
       <c r="AD31" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:30" x14ac:dyDescent="0.2">
+        <v>9010</v>
+      </c>
+      <c r="AE31" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="32" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A32" s="17" t="s">
         <v>139</v>
       </c>
       <c r="B32" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C32" s="17" t="s">
         <v>140</v>
       </c>
       <c r="D32" s="18" t="s">
         <v>141</v>
       </c>
       <c r="E32" s="20">
-        <v>997818617.60000002</v>
+        <v>234090328</v>
       </c>
       <c r="F32" s="20">
-        <v>18342254</v>
+        <v>43658298</v>
       </c>
       <c r="G32" s="19" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="I32" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J32" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="K32" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L32" s="18">
-        <v>20191211</v>
-[...5 lines deleted...]
-        <v>687931119.5</v>
+        <v>19720829</v>
+      </c>
+      <c r="T32" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="AB32" s="19">
+        <v>7268417</v>
       </c>
       <c r="AC32" s="20">
-        <v>73640</v>
+        <v>35600576</v>
       </c>
       <c r="AD32" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:30" x14ac:dyDescent="0.2">
+        <v>19207</v>
+      </c>
+      <c r="AE32" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="33" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A33" s="17" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B33" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C33" s="17" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D33" s="18" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E33" s="20">
-        <v>228588618.41</v>
+        <v>10581217452</v>
       </c>
       <c r="F33" s="20">
-        <v>43658298</v>
+        <v>95757624</v>
       </c>
       <c r="G33" s="19" t="s">
         <v>51</v>
       </c>
       <c r="I33" s="18" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="J33" s="18" t="s">
         <v>38</v>
       </c>
+      <c r="K33" s="18" t="s">
+        <v>40</v>
+      </c>
       <c r="L33" s="18">
-        <v>19720829</v>
+        <v>20161003</v>
+      </c>
+      <c r="R33" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="T33" s="18" t="s">
-        <v>128</v>
-[...5 lines deleted...]
-        <v>31914625.5</v>
+        <v>54</v>
+      </c>
+      <c r="AB33" s="19">
+        <v>136601236</v>
       </c>
       <c r="AC33" s="20">
-        <v>17394</v>
+        <v>9335815912</v>
       </c>
       <c r="AD33" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:30" x14ac:dyDescent="0.2">
+        <v>892601</v>
+      </c>
+      <c r="AE33" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="34" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A34" s="17" t="s">
         <v>147</v>
       </c>
       <c r="B34" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>148</v>
       </c>
       <c r="D34" s="18" t="s">
         <v>149</v>
       </c>
       <c r="E34" s="20">
-        <v>9366526286.0200005</v>
+        <v>786143352.65999997</v>
       </c>
       <c r="F34" s="20">
-        <v>95606066</v>
+        <v>103087338</v>
       </c>
       <c r="G34" s="19" t="s">
-        <v>51</v>
+        <v>132</v>
       </c>
       <c r="I34" s="18" t="s">
-        <v>52</v>
+        <v>93</v>
       </c>
       <c r="J34" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K34" s="18" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="L34" s="18">
-        <v>20161003</v>
-[...11 lines deleted...]
-        <v>8428360887.5</v>
+        <v>20060417</v>
+      </c>
+      <c r="O34" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="P34" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q34" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="U34" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="Z34" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB34" s="19">
+        <v>46508964</v>
       </c>
       <c r="AC34" s="20">
-        <v>823761</v>
+        <v>347512403</v>
       </c>
       <c r="AD34" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:30" x14ac:dyDescent="0.2">
+        <v>159491</v>
+      </c>
+      <c r="AE34" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="35" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A35" s="17" t="s">
         <v>150</v>
       </c>
       <c r="B35" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C35" s="17" t="s">
         <v>151</v>
       </c>
       <c r="D35" s="18" t="s">
         <v>152</v>
       </c>
       <c r="E35" s="20">
-        <v>733219475.5</v>
+        <v>14375366104.049999</v>
       </c>
       <c r="F35" s="20">
-        <v>103100838</v>
+        <v>165748485</v>
       </c>
       <c r="G35" s="19" t="s">
-        <v>132</v>
+        <v>47</v>
       </c>
       <c r="I35" s="18" t="s">
-        <v>93</v>
+        <v>46</v>
       </c>
       <c r="J35" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="K35" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L35" s="18">
-        <v>20060417</v>
-[...4 lines deleted...]
-      <c r="P35" s="18" t="s">
+        <v>19861010</v>
+      </c>
+      <c r="R35" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="S35" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="Q35" s="18" t="s">
-[...12 lines deleted...]
-        <v>281092282.5</v>
+      <c r="AB35" s="19">
+        <v>140684055</v>
       </c>
       <c r="AC35" s="20">
-        <v>138214</v>
+        <v>12202664721.5</v>
       </c>
       <c r="AD35" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:30" x14ac:dyDescent="0.2">
+        <v>815486</v>
+      </c>
+      <c r="AE35" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="36" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A36" s="17" t="s">
         <v>153</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C36" s="17" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D36" s="18" t="s">
         <v>154</v>
       </c>
-      <c r="D36" s="18" t="s">
+      <c r="E36" s="20">
+        <v>655012996.52999997</v>
+      </c>
+      <c r="F36" s="20">
+        <v>48904533</v>
+      </c>
+      <c r="G36" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="I36" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J36" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K36" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="L36" s="18">
+        <v>20120904</v>
+      </c>
+      <c r="AB36" s="19">
+        <v>22366475</v>
+      </c>
+      <c r="AC36" s="20">
+        <v>279810884</v>
+      </c>
+      <c r="AD36" s="20">
+        <v>86787</v>
+      </c>
+      <c r="AE36" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="37" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A37" s="17" t="s">
         <v>155</v>
       </c>
-      <c r="E36" s="20">
-[...37 lines deleted...]
-      <c r="A37" s="17" t="s">
+      <c r="B37" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C37" s="17" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>1429</v>
       </c>
       <c r="D37" s="18" t="s">
         <v>157</v>
       </c>
       <c r="E37" s="20">
-        <v>647185176.86000001</v>
+        <v>3523145935.9699998</v>
       </c>
       <c r="F37" s="20">
-        <v>48855311</v>
+        <v>98055829</v>
       </c>
       <c r="G37" s="19" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="I37" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J37" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="K37" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L37" s="18">
-        <v>20120904</v>
-[...5 lines deleted...]
-        <v>252033134.5</v>
+        <v>19931221</v>
+      </c>
+      <c r="M37" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R37" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB37" s="19">
+        <v>49848406</v>
       </c>
       <c r="AC37" s="20">
-        <v>77271</v>
+        <v>1929788161</v>
       </c>
       <c r="AD37" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:30" x14ac:dyDescent="0.2">
+        <v>335553</v>
+      </c>
+      <c r="AE37" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="38" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A38" s="17" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B38" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C38" s="17" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D38" s="18" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E38" s="20">
-        <v>3782993882.8200002</v>
+        <v>476894799.80000001</v>
       </c>
       <c r="F38" s="20">
-        <v>98055829</v>
+        <v>23150233</v>
       </c>
       <c r="G38" s="19" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="I38" s="18" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="J38" s="18" t="s">
         <v>38</v>
       </c>
+      <c r="K38" s="18" t="s">
+        <v>40</v>
+      </c>
       <c r="L38" s="18">
-        <v>19931221</v>
-[...11 lines deleted...]
-        <v>1791194052</v>
+        <v>20060510</v>
+      </c>
+      <c r="T38" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB38" s="19">
+        <v>8995078</v>
       </c>
       <c r="AC38" s="20">
-        <v>309843</v>
+        <v>221732613</v>
       </c>
       <c r="AD38" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:30" x14ac:dyDescent="0.2">
+        <v>50645</v>
+      </c>
+      <c r="AE38" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="39" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A39" s="17" t="s">
         <v>162</v>
       </c>
       <c r="B39" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C39" s="17" t="s">
         <v>163</v>
       </c>
       <c r="D39" s="18" t="s">
         <v>164</v>
       </c>
       <c r="E39" s="20">
-        <v>585469392.57000005</v>
+        <v>586541995.24000001</v>
       </c>
       <c r="F39" s="20">
-        <v>23150233</v>
+        <v>54259204</v>
       </c>
       <c r="G39" s="19" t="s">
-        <v>51</v>
+        <v>132</v>
       </c>
       <c r="I39" s="18" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="J39" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K39" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L39" s="18">
-        <v>20060510</v>
-[...8 lines deleted...]
-        <v>179052353</v>
+        <v>20150722</v>
+      </c>
+      <c r="U39" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="Z39" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB39" s="19">
+        <v>6274944</v>
       </c>
       <c r="AC39" s="20">
-        <v>40544</v>
+        <v>67593131</v>
       </c>
       <c r="AD39" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:30" x14ac:dyDescent="0.2">
+        <v>24847</v>
+      </c>
+      <c r="AE39" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="40" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A40" s="17" t="s">
         <v>165</v>
       </c>
       <c r="B40" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>166</v>
       </c>
       <c r="D40" s="18" t="s">
         <v>167</v>
       </c>
       <c r="E40" s="20">
-        <v>591967915.63999999</v>
+        <v>209007257.44499999</v>
       </c>
       <c r="F40" s="20">
-        <v>54259204</v>
+        <v>1348433919</v>
       </c>
       <c r="G40" s="19" t="s">
-        <v>132</v>
+        <v>51</v>
+      </c>
+      <c r="H40" s="18" t="s">
+        <v>158</v>
       </c>
       <c r="I40" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J40" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K40" s="18" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="L40" s="18">
-        <v>20150722</v>
-[...11 lines deleted...]
-        <v>60726648</v>
+        <v>20210420</v>
+      </c>
+      <c r="O40" s="18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P40" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="T40" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB40" s="19">
+        <v>195522477</v>
       </c>
       <c r="AC40" s="20">
-        <v>22636</v>
+        <v>22299520.5</v>
       </c>
       <c r="AD40" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:30" x14ac:dyDescent="0.2">
+        <v>22633</v>
+      </c>
+      <c r="AE40" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="41" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A41" s="17" t="s">
         <v>168</v>
       </c>
       <c r="B41" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>169</v>
       </c>
       <c r="D41" s="18" t="s">
         <v>170</v>
       </c>
       <c r="E41" s="20">
-        <v>215749427.03999999</v>
+        <v>2456626728.7800002</v>
       </c>
       <c r="F41" s="20">
-        <v>1348433919</v>
+        <v>33740238</v>
       </c>
       <c r="G41" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H41" s="18" t="s">
-        <v>161</v>
+        <v>73</v>
       </c>
       <c r="I41" s="18" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="J41" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="K41" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L41" s="18">
-        <v>20210420</v>
-[...14 lines deleted...]
-        <v>18562991</v>
+        <v>19970605</v>
+      </c>
+      <c r="R41" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB41" s="19">
+        <v>23411484</v>
       </c>
       <c r="AC41" s="20">
-        <v>20015</v>
+        <v>1211871234</v>
       </c>
       <c r="AD41" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:30" x14ac:dyDescent="0.2">
+        <v>155382</v>
+      </c>
+      <c r="AE41" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="42" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A42" s="17" t="s">
         <v>171</v>
       </c>
       <c r="B42" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>172</v>
       </c>
       <c r="D42" s="18" t="s">
         <v>173</v>
       </c>
       <c r="E42" s="20">
-        <v>2482944114.4200001</v>
+        <v>126322358038.55</v>
       </c>
       <c r="F42" s="20">
-        <v>33740238</v>
+        <v>727629405</v>
       </c>
       <c r="G42" s="19" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="I42" s="18" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="J42" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L42" s="18">
-        <v>19970605</v>
-[...8 lines deleted...]
-        <v>975432589</v>
+        <v>19220609</v>
+      </c>
+      <c r="M42" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R42" s="18">
+        <v>60</v>
+      </c>
+      <c r="AB42" s="19">
+        <v>642956507</v>
       </c>
       <c r="AC42" s="20">
-        <v>132137</v>
+        <v>96400913544</v>
       </c>
       <c r="AD42" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:30" x14ac:dyDescent="0.2">
+        <v>2189257</v>
+      </c>
+      <c r="AE42" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="43" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A43" s="17" t="s">
         <v>174</v>
       </c>
       <c r="B43" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C43" s="17" t="s">
         <v>175</v>
       </c>
       <c r="D43" s="18" t="s">
         <v>176</v>
       </c>
       <c r="E43" s="20">
-        <v>124553442626.53999</v>
+        <v>119847478241.72</v>
       </c>
       <c r="F43" s="20">
-        <v>728382498</v>
+        <v>1236305738</v>
       </c>
       <c r="G43" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I43" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J43" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L43" s="18">
-        <v>19220609</v>
+        <v>19190516</v>
       </c>
       <c r="M43" s="18" t="s">
         <v>97</v>
       </c>
       <c r="R43" s="18">
         <v>60</v>
       </c>
-      <c r="AA43" s="19">
-[...3 lines deleted...]
-        <v>87881399069</v>
+      <c r="AB43" s="19">
+        <v>1089436670</v>
       </c>
       <c r="AC43" s="20">
-        <v>1997526</v>
+        <v>84435749256.5</v>
       </c>
       <c r="AD43" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:30" x14ac:dyDescent="0.2">
+        <v>2882775</v>
+      </c>
+      <c r="AE43" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="44" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A44" s="17" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B44" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C44" s="17" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D44" s="18" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E44" s="20">
-        <v>113883736735.31</v>
+        <v>33378036850.73</v>
       </c>
       <c r="F44" s="20">
-        <v>1238001269</v>
+        <v>1065404307</v>
       </c>
       <c r="G44" s="19" t="s">
-        <v>58</v>
+        <v>181</v>
       </c>
       <c r="I44" s="18" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="J44" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L44" s="18">
-        <v>19190516</v>
+        <v>19050711</v>
       </c>
       <c r="M44" s="18" t="s">
         <v>97</v>
       </c>
       <c r="R44" s="18">
         <v>60</v>
       </c>
-      <c r="AA44" s="19">
-[...3 lines deleted...]
-        <v>76885816962.5</v>
+      <c r="AB44" s="19">
+        <v>890452501</v>
       </c>
       <c r="AC44" s="20">
-        <v>2633435</v>
+        <v>28374210420</v>
       </c>
       <c r="AD44" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:30" x14ac:dyDescent="0.2">
+        <v>2967823</v>
+      </c>
+      <c r="AE44" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="45" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A45" s="17" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B45" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C45" s="17" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D45" s="18" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E45" s="20">
-        <v>32569194656.060001</v>
+        <v>16453577.800000001</v>
       </c>
       <c r="F45" s="20">
-        <v>1066285354</v>
+        <v>1267610</v>
       </c>
       <c r="G45" s="19" t="s">
-        <v>184</v>
+        <v>132</v>
       </c>
       <c r="I45" s="18" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="J45" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L45" s="18">
-        <v>19050711</v>
-[...4 lines deleted...]
-      <c r="R45" s="18">
+        <v>19670525</v>
+      </c>
+      <c r="U45" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="AB45" s="19">
+        <v>75357</v>
+      </c>
+      <c r="AC45" s="20">
+        <v>970943</v>
+      </c>
+      <c r="AD45" s="20">
+        <v>417</v>
+      </c>
+      <c r="AE45" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="46" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A46" s="17" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B46" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C46" s="17" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D46" s="18" t="s">
+        <v>1439</v>
+      </c>
+      <c r="E46" s="20">
+        <v>270207223.19999999</v>
+      </c>
+      <c r="F46" s="20">
+        <v>71107164</v>
+      </c>
+      <c r="G46" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="I46" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="J46" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="K46" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="L46" s="18">
+        <v>20251113</v>
+      </c>
+      <c r="X46" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="AA45" s="19">
-[...19 lines deleted...]
-      <c r="C46" s="17" t="s">
+      <c r="AB46" s="19">
+        <v>1544541</v>
+      </c>
+      <c r="AC46" s="20">
+        <v>5757411.5</v>
+      </c>
+      <c r="AD46" s="20">
+        <v>2429</v>
+      </c>
+      <c r="AE46" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="47" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A47" s="17" t="s">
         <v>186</v>
       </c>
-      <c r="D46" s="18" t="s">
+      <c r="B47" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C47" s="17" t="s">
         <v>187</v>
       </c>
-      <c r="E46" s="20">
-[...17 lines deleted...]
-      <c r="U46" s="18" t="s">
+      <c r="D47" s="18" t="s">
         <v>188</v>
       </c>
-      <c r="AA46" s="19">
-[...24 lines deleted...]
-      </c>
       <c r="E47" s="20">
-        <v>23311587.350000001</v>
+        <v>19630810.399999999</v>
       </c>
       <c r="F47" s="20">
         <v>24538513</v>
       </c>
       <c r="G47" s="19" t="s">
         <v>51</v>
       </c>
       <c r="I47" s="18" t="s">
         <v>65</v>
       </c>
       <c r="J47" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L47" s="18">
         <v>19970225</v>
       </c>
       <c r="T47" s="18" t="s">
         <v>128</v>
       </c>
-      <c r="AA47" s="19">
-[...3 lines deleted...]
-        <v>732701.5</v>
+      <c r="AB47" s="19">
+        <v>750259</v>
       </c>
       <c r="AC47" s="20">
-        <v>842</v>
+        <v>804869.5</v>
       </c>
       <c r="AD47" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:30" x14ac:dyDescent="0.2">
+        <v>913</v>
+      </c>
+      <c r="AE47" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="48" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A48" s="17" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B48" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C48" s="17" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="D48" s="18" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="E48" s="20">
-        <v>1668130869.72</v>
+        <v>1466537364.8800001</v>
       </c>
       <c r="F48" s="20">
         <v>55382831</v>
       </c>
       <c r="G48" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I48" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J48" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K48" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L48" s="18">
         <v>20060227</v>
       </c>
       <c r="P48" s="18" t="s">
         <v>60</v>
       </c>
       <c r="R48" s="18" t="s">
         <v>82</v>
       </c>
       <c r="S48" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="AA48" s="19">
-[...3 lines deleted...]
-        <v>1136444217.5</v>
+      <c r="AB48" s="19">
+        <v>50250466</v>
       </c>
       <c r="AC48" s="20">
-        <v>265428</v>
+        <v>1271189590.5</v>
       </c>
       <c r="AD48" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:30" x14ac:dyDescent="0.2">
+        <v>294566</v>
+      </c>
+      <c r="AE48" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="49" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A49" s="17" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="B49" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C49" s="17" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D49" s="18" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="E49" s="20">
-        <v>999793703.35000002</v>
+        <v>969203164.79999995</v>
       </c>
       <c r="F49" s="20">
-        <v>66875833</v>
+        <v>68253744</v>
       </c>
       <c r="G49" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I49" s="18" t="s">
         <v>65</v>
       </c>
       <c r="J49" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K49" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L49" s="18">
         <v>20060925</v>
       </c>
       <c r="O49" s="18" t="s">
         <v>75</v>
       </c>
-      <c r="AA49" s="19">
-[...3 lines deleted...]
-        <v>178438825.5</v>
+      <c r="AB49" s="19">
+        <v>19041535</v>
       </c>
       <c r="AC49" s="20">
-        <v>56416</v>
+        <v>229957127.5</v>
       </c>
       <c r="AD49" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:30" x14ac:dyDescent="0.2">
+        <v>69544</v>
+      </c>
+      <c r="AE49" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="50" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A50" s="17" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="B50" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C50" s="17" t="s">
-        <v>1450</v>
+        <v>1429</v>
       </c>
       <c r="D50" s="18" t="s">
-        <v>1451</v>
+        <v>1430</v>
       </c>
       <c r="E50" s="20">
-        <v>184130920.03</v>
+        <v>177363577.80000001</v>
       </c>
       <c r="F50" s="20">
-        <v>21894283</v>
+        <v>21896738</v>
       </c>
       <c r="G50" s="19" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="I50" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J50" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K50" s="18" t="s">
         <v>53</v>
       </c>
       <c r="L50" s="18">
         <v>20250806</v>
       </c>
-      <c r="AA50" s="19">
-[...3 lines deleted...]
-        <v>6533555</v>
+      <c r="AB50" s="19">
+        <v>5953512</v>
       </c>
       <c r="AC50" s="20">
-        <v>2706</v>
+        <v>6939484.5</v>
       </c>
       <c r="AD50" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:30" x14ac:dyDescent="0.2">
+        <v>2853</v>
+      </c>
+      <c r="AE50" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="51" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A51" s="17" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B51" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C51" s="17" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D51" s="18" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="E51" s="20">
-        <v>414568700</v>
+        <v>412017508</v>
       </c>
       <c r="F51" s="20">
         <v>31889900</v>
       </c>
       <c r="G51" s="19" t="s">
         <v>51</v>
       </c>
       <c r="I51" s="18" t="s">
         <v>46</v>
       </c>
       <c r="J51" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L51" s="18">
         <v>19991206</v>
       </c>
       <c r="T51" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="AA51" s="19">
-[...3 lines deleted...]
-        <v>4738933</v>
+      <c r="AB51" s="19">
+        <v>407156</v>
       </c>
       <c r="AC51" s="20">
-        <v>1020</v>
+        <v>5320908</v>
       </c>
       <c r="AD51" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:30" x14ac:dyDescent="0.2">
+        <v>1088</v>
+      </c>
+      <c r="AE51" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="52" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A52" s="17" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B52" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C52" s="17" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="D52" s="18" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E52" s="20">
-        <v>3176321049.4499998</v>
+        <v>3148664625.9899998</v>
       </c>
       <c r="F52" s="20">
-        <v>49115835</v>
+        <v>49021713</v>
       </c>
       <c r="G52" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I52" s="18" t="s">
         <v>65</v>
       </c>
       <c r="J52" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K52" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L52" s="18">
         <v>19951106</v>
       </c>
       <c r="P52" s="18" t="s">
         <v>60</v>
       </c>
       <c r="Q52" s="18" t="s">
         <v>60</v>
       </c>
       <c r="R52" s="18" t="s">
         <v>82</v>
       </c>
       <c r="U52" s="18" t="s">
         <v>133</v>
       </c>
-      <c r="Y52" s="18" t="s">
+      <c r="Z52" s="18" t="s">
         <v>115</v>
       </c>
-      <c r="AA52" s="19">
-[...3 lines deleted...]
-        <v>1618571140</v>
+      <c r="AB52" s="19">
+        <v>25840788</v>
       </c>
       <c r="AC52" s="20">
-        <v>161637</v>
+        <v>1719132244.5</v>
       </c>
       <c r="AD52" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:30" x14ac:dyDescent="0.2">
+        <v>172065</v>
+      </c>
+      <c r="AE52" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="53" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A53" s="17" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="B53" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C53" s="17" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="D53" s="18" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="E53" s="20">
-        <v>20063847113.740002</v>
+        <v>23684584892.810001</v>
       </c>
       <c r="F53" s="20">
         <v>121668756</v>
       </c>
       <c r="G53" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I53" s="18" t="s">
         <v>46</v>
       </c>
       <c r="J53" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L53" s="18">
         <v>19460502</v>
       </c>
       <c r="O53" s="18" t="s">
         <v>75</v>
       </c>
       <c r="R53" s="18" t="s">
         <v>82</v>
       </c>
       <c r="S53" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="AA53" s="19">
-[...3 lines deleted...]
-        <v>14062311588.5</v>
+      <c r="AB53" s="19">
+        <v>127442950</v>
       </c>
       <c r="AC53" s="20">
-        <v>773839</v>
+        <v>15847734379.5</v>
       </c>
       <c r="AD53" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:30" x14ac:dyDescent="0.2">
+        <v>836984</v>
+      </c>
+      <c r="AE53" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="54" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A54" s="17" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="B54" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C54" s="17" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="D54" s="18" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="E54" s="20">
-        <v>438338397.80000001</v>
+        <v>445147537.95999998</v>
       </c>
       <c r="F54" s="20">
         <v>21278563</v>
       </c>
       <c r="G54" s="19" t="s">
         <v>51</v>
       </c>
       <c r="I54" s="18" t="s">
         <v>52</v>
       </c>
       <c r="J54" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L54" s="18">
         <v>20020716</v>
       </c>
       <c r="T54" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="Y54" s="18" t="s">
+      <c r="Z54" s="18" t="s">
         <v>115</v>
       </c>
-      <c r="Z54" s="18" t="s">
+      <c r="AA54" s="18" t="s">
         <v>116</v>
       </c>
-      <c r="AA54" s="19">
-[...3 lines deleted...]
-        <v>139839468</v>
+      <c r="AB54" s="19">
+        <v>8122641</v>
       </c>
       <c r="AC54" s="20">
-        <v>38967</v>
+        <v>152731487</v>
       </c>
       <c r="AD54" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:30" x14ac:dyDescent="0.2">
+        <v>42786</v>
+      </c>
+      <c r="AE54" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="55" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A55" s="17" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B55" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C55" s="17" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="D55" s="18" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="E55" s="20">
-        <v>4809480744.6300001</v>
+        <v>6517465779.9899998</v>
       </c>
       <c r="F55" s="20">
-        <v>21468021</v>
+        <v>27829821</v>
       </c>
       <c r="G55" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I55" s="18" t="s">
         <v>93</v>
       </c>
       <c r="J55" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K55" s="18" t="s">
         <v>53</v>
       </c>
       <c r="L55" s="18">
         <v>19991116</v>
       </c>
       <c r="M55" s="18" t="s">
         <v>97</v>
       </c>
       <c r="R55" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="AA55" s="19">
-[...3 lines deleted...]
-        <v>2368474885.5</v>
+      <c r="AB55" s="19">
+        <v>12865351</v>
       </c>
       <c r="AC55" s="20">
-        <v>90430</v>
+        <v>2812941919</v>
       </c>
       <c r="AD55" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:30" x14ac:dyDescent="0.2">
+        <v>105287</v>
+      </c>
+      <c r="AE55" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="56" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A56" s="17" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="B56" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C56" s="17" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D56" s="18" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="E56" s="20">
-        <v>6476080.3449999997</v>
+        <v>6079585.6299999999</v>
       </c>
       <c r="F56" s="20">
         <v>26432981</v>
       </c>
       <c r="G56" s="19" t="s">
         <v>47</v>
       </c>
       <c r="H56" s="18" t="s">
         <v>73</v>
       </c>
       <c r="I56" s="18" t="s">
         <v>65</v>
       </c>
       <c r="J56" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K56" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L56" s="18">
         <v>20110704</v>
       </c>
       <c r="O56" s="18" t="s">
         <v>134</v>
       </c>
       <c r="P56" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="AA56" s="19">
-[...3 lines deleted...]
-        <v>412101.5</v>
+      <c r="AB56" s="19">
+        <v>1456270</v>
       </c>
       <c r="AC56" s="20">
-        <v>582</v>
+        <v>430320</v>
       </c>
       <c r="AD56" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:30" x14ac:dyDescent="0.2">
+        <v>622</v>
+      </c>
+      <c r="AE56" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="57" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A57" s="17" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="B57" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C57" s="17" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="D57" s="18" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="E57" s="20">
-        <v>132773900</v>
+        <v>124428112</v>
       </c>
       <c r="F57" s="20">
         <v>9483850</v>
       </c>
       <c r="G57" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I57" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J57" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L57" s="18">
         <v>20030806</v>
       </c>
       <c r="U57" s="18" t="s">
+        <v>219</v>
+      </c>
+      <c r="AB57" s="19">
+        <v>2388877</v>
+      </c>
+      <c r="AC57" s="20">
+        <v>33574829</v>
+      </c>
+      <c r="AD57" s="20">
+        <v>12241</v>
+      </c>
+      <c r="AE57" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="58" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A58" s="17" t="s">
+        <v>220</v>
+      </c>
+      <c r="B58" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C58" s="17" t="s">
+        <v>221</v>
+      </c>
+      <c r="D58" s="18" t="s">
         <v>222</v>
       </c>
-      <c r="AA57" s="19">
-[...24 lines deleted...]
-      </c>
       <c r="E58" s="20">
-        <v>124263633446.91</v>
+        <v>120529336830.87</v>
       </c>
       <c r="F58" s="20">
         <v>1637849393</v>
       </c>
       <c r="G58" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I58" s="18" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="J58" s="18" t="s">
         <v>15</v>
       </c>
       <c r="K58" s="18" t="s">
         <v>53</v>
       </c>
       <c r="L58" s="18">
         <v>20221201</v>
       </c>
       <c r="M58" s="18" t="s">
         <v>97</v>
       </c>
       <c r="R58" s="18">
         <v>60</v>
       </c>
       <c r="V58" s="18" t="s">
-        <v>230</v>
-[...5 lines deleted...]
-        <v>22474476220</v>
+        <v>227</v>
+      </c>
+      <c r="AB58" s="19">
+        <v>329491605</v>
       </c>
       <c r="AC58" s="20">
-        <v>932802</v>
+        <v>25545671367</v>
       </c>
       <c r="AD58" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:30" x14ac:dyDescent="0.2">
+        <v>1029815</v>
+      </c>
+      <c r="AE58" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="59" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A59" s="17" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="B59" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C59" s="17" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="D59" s="18" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="E59" s="20">
-        <v>3578233246.5599999</v>
+        <v>3470438270.04</v>
       </c>
       <c r="F59" s="20">
         <v>69996738</v>
       </c>
       <c r="G59" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I59" s="18" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="J59" s="18" t="s">
         <v>15</v>
       </c>
       <c r="K59" s="18" t="s">
         <v>53</v>
       </c>
       <c r="L59" s="18">
         <v>20220315</v>
       </c>
       <c r="M59" s="18" t="s">
         <v>97</v>
       </c>
       <c r="V59" s="18" t="s">
+        <v>227</v>
+      </c>
+      <c r="AB59" s="19">
+        <v>10783019</v>
+      </c>
+      <c r="AC59" s="20">
+        <v>451107406</v>
+      </c>
+      <c r="AD59" s="20">
+        <v>69850</v>
+      </c>
+      <c r="AE59" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="60" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A60" s="17" t="s">
+        <v>228</v>
+      </c>
+      <c r="B60" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C60" s="17" t="s">
+        <v>229</v>
+      </c>
+      <c r="D60" s="18" t="s">
         <v>230</v>
       </c>
-      <c r="AA59" s="19">
-[...24 lines deleted...]
-      </c>
       <c r="E60" s="20">
-        <v>4396552411.0799999</v>
+        <v>4356648244.3800001</v>
       </c>
       <c r="F60" s="20">
         <v>88675926</v>
       </c>
       <c r="G60" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I60" s="18" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="J60" s="18" t="s">
         <v>69</v>
       </c>
       <c r="K60" s="18" t="s">
         <v>53</v>
       </c>
       <c r="L60" s="18">
         <v>20160531</v>
       </c>
       <c r="M60" s="18" t="s">
         <v>97</v>
       </c>
       <c r="R60" s="18" t="s">
         <v>82</v>
       </c>
       <c r="U60" s="18" t="s">
-        <v>188</v>
-[...5 lines deleted...]
-        <v>338930764</v>
+        <v>185</v>
+      </c>
+      <c r="AB60" s="19">
+        <v>10569015</v>
       </c>
       <c r="AC60" s="20">
-        <v>51150</v>
+        <v>388339378</v>
       </c>
       <c r="AD60" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:30" x14ac:dyDescent="0.2">
+        <v>58584</v>
+      </c>
+      <c r="AE60" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="61" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A61" s="17" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="B61" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C61" s="17" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="D61" s="18" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="E61" s="20">
-        <v>163888813342.35999</v>
+        <v>167654511658.31</v>
       </c>
       <c r="F61" s="20">
-        <v>2659961236</v>
+        <v>2670878787</v>
       </c>
       <c r="G61" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I61" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J61" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L61" s="18">
         <v>19790820</v>
       </c>
       <c r="M61" s="18" t="s">
         <v>97</v>
       </c>
       <c r="R61" s="18">
         <v>60</v>
       </c>
-      <c r="AA61" s="19">
-[...3 lines deleted...]
-        <v>30699516494.5</v>
+      <c r="AB61" s="19">
+        <v>454448577</v>
       </c>
       <c r="AC61" s="20">
-        <v>1927584</v>
+        <v>33996326339</v>
       </c>
       <c r="AD61" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:30" x14ac:dyDescent="0.2">
+        <v>2130341</v>
+      </c>
+      <c r="AE61" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="62" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A62" s="17" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="B62" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C62" s="17" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="D62" s="18" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="E62" s="20">
-        <v>7566734922.3000002</v>
+        <v>7646429308.96</v>
       </c>
       <c r="F62" s="20">
-        <v>119067426</v>
+        <v>119066168</v>
       </c>
       <c r="G62" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I62" s="18" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="J62" s="18" t="s">
         <v>15</v>
       </c>
       <c r="K62" s="18" t="s">
         <v>53</v>
       </c>
       <c r="L62" s="18">
         <v>20200319</v>
       </c>
       <c r="M62" s="18" t="s">
         <v>97</v>
       </c>
       <c r="V62" s="18" t="s">
-        <v>230</v>
-[...5 lines deleted...]
-        <v>2215124626.5</v>
+        <v>227</v>
+      </c>
+      <c r="AB62" s="19">
+        <v>42714781</v>
       </c>
       <c r="AC62" s="20">
-        <v>218688</v>
+        <v>2411065105.5</v>
       </c>
       <c r="AD62" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:30" x14ac:dyDescent="0.2">
+        <v>238478</v>
+      </c>
+      <c r="AE62" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="63" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A63" s="17" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="B63" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C63" s="17" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="D63" s="18" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="E63" s="20">
-        <v>22656936430.599998</v>
+        <v>23707614214.779999</v>
       </c>
       <c r="F63" s="20">
-        <v>484145871</v>
+        <v>484150905</v>
       </c>
       <c r="G63" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I63" s="18" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="J63" s="18" t="s">
         <v>69</v>
       </c>
       <c r="K63" s="18" t="s">
         <v>53</v>
       </c>
       <c r="L63" s="18">
         <v>20090910</v>
       </c>
       <c r="M63" s="18" t="s">
         <v>97</v>
       </c>
       <c r="R63" s="18">
         <v>60</v>
       </c>
-      <c r="AA63" s="19">
-[...3 lines deleted...]
-        <v>4126227917.5</v>
+      <c r="AB63" s="19">
+        <v>103738459</v>
       </c>
       <c r="AC63" s="20">
-        <v>412369</v>
+        <v>4504692243.5</v>
       </c>
       <c r="AD63" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:30" x14ac:dyDescent="0.2">
+        <v>443841</v>
+      </c>
+      <c r="AE63" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="64" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A64" s="17" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="B64" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C64" s="17" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="D64" s="18" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="E64" s="20">
-        <v>1883976309.1099999</v>
+        <v>1884903880.76</v>
       </c>
       <c r="F64" s="20">
         <v>102336127</v>
       </c>
       <c r="G64" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I64" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J64" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L64" s="18">
         <v>19850627</v>
       </c>
       <c r="U64" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="AB64" s="19">
+        <v>14630829</v>
+      </c>
+      <c r="AC64" s="20">
+        <v>244689571</v>
+      </c>
+      <c r="AD64" s="20">
+        <v>33098</v>
+      </c>
+      <c r="AE64" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="65" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A65" s="17" t="s">
+        <v>246</v>
+      </c>
+      <c r="B65" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C65" s="17" t="s">
+        <v>247</v>
+      </c>
+      <c r="D65" s="18" t="s">
         <v>248</v>
       </c>
-      <c r="AA64" s="19">
-[...24 lines deleted...]
-      </c>
       <c r="E65" s="20">
-        <v>573947661.60000002</v>
+        <v>595204982.39999998</v>
       </c>
       <c r="F65" s="20">
         <v>26571651</v>
       </c>
       <c r="G65" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I65" s="18" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="J65" s="18" t="s">
         <v>69</v>
       </c>
       <c r="K65" s="18" t="s">
         <v>53</v>
       </c>
       <c r="L65" s="18">
         <v>20210727</v>
       </c>
       <c r="M65" s="18" t="s">
         <v>124</v>
       </c>
       <c r="U65" s="18" t="s">
-        <v>248</v>
-[...5 lines deleted...]
-        <v>25069610.5</v>
+        <v>245</v>
+      </c>
+      <c r="AB65" s="19">
+        <v>1275426</v>
       </c>
       <c r="AC65" s="20">
-        <v>6351</v>
+        <v>27614512</v>
       </c>
       <c r="AD65" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:30" x14ac:dyDescent="0.2">
+        <v>6952</v>
+      </c>
+      <c r="AE65" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="66" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A66" s="17" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="B66" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C66" s="17" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="D66" s="18" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="E66" s="20">
-        <v>34201248.950000003</v>
+        <v>34322771.420000002</v>
       </c>
       <c r="F66" s="20">
         <v>1365474</v>
       </c>
       <c r="G66" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I66" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J66" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K66" s="18" t="s">
         <v>53</v>
       </c>
       <c r="L66" s="18">
         <v>20140611</v>
       </c>
-      <c r="X66" s="18" t="s">
-[...6 lines deleted...]
-        <v>2980592</v>
+      <c r="Y66" s="18" t="s">
+        <v>235</v>
+      </c>
+      <c r="AB66" s="19">
+        <v>126138</v>
       </c>
       <c r="AC66" s="20">
-        <v>333</v>
+        <v>3162901</v>
       </c>
       <c r="AD66" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:30" x14ac:dyDescent="0.2">
+        <v>352</v>
+      </c>
+      <c r="AE66" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="67" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A67" s="17" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="B67" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C67" s="17" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="D67" s="18" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="E67" s="20">
-        <v>4223314380.73</v>
+        <v>4317354472.0900002</v>
       </c>
       <c r="F67" s="20">
         <v>65305619</v>
       </c>
       <c r="G67" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I67" s="18" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="J67" s="18" t="s">
         <v>69</v>
       </c>
       <c r="K67" s="18" t="s">
         <v>53</v>
       </c>
       <c r="L67" s="18">
         <v>20210628</v>
       </c>
       <c r="M67" s="18" t="s">
         <v>97</v>
       </c>
-      <c r="AA67" s="19">
-[...3 lines deleted...]
-        <v>609848914</v>
+      <c r="AB67" s="19">
+        <v>8988589</v>
       </c>
       <c r="AC67" s="20">
-        <v>56701</v>
+        <v>702994250</v>
       </c>
       <c r="AD67" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:30" x14ac:dyDescent="0.2">
+        <v>66563</v>
+      </c>
+      <c r="AE67" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="68" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A68" s="17" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="B68" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C68" s="17" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="D68" s="18" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="E68" s="20">
-        <v>3182244254.2600002</v>
+        <v>3546503406.25</v>
       </c>
       <c r="F68" s="20">
-        <v>36170087</v>
+        <v>36378125</v>
       </c>
       <c r="G68" s="19" t="s">
         <v>51</v>
       </c>
       <c r="I68" s="18" t="s">
         <v>46</v>
       </c>
       <c r="J68" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K68" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L68" s="18">
         <v>20130529</v>
       </c>
       <c r="M68" s="18" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="R68" s="18" t="s">
         <v>82</v>
       </c>
       <c r="T68" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="AA68" s="19">
-[...3 lines deleted...]
-        <v>2748233203</v>
+      <c r="AB68" s="19">
+        <v>42629961</v>
       </c>
       <c r="AC68" s="20">
-        <v>295670</v>
+        <v>2983039411</v>
       </c>
       <c r="AD68" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:30" x14ac:dyDescent="0.2">
+        <v>314189</v>
+      </c>
+      <c r="AE68" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="69" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A69" s="17" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="B69" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C69" s="17" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="D69" s="18" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="E69" s="20">
-        <v>400061544.48000002</v>
+        <v>400744640.92000002</v>
       </c>
       <c r="F69" s="20">
-        <v>33505992</v>
+        <v>33507077</v>
       </c>
       <c r="G69" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I69" s="18" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="J69" s="18" t="s">
         <v>15</v>
       </c>
       <c r="K69" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L69" s="18">
         <v>20180518</v>
       </c>
       <c r="U69" s="18" t="s">
         <v>133</v>
       </c>
       <c r="V69" s="18" t="s">
+        <v>262</v>
+      </c>
+      <c r="Z69" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB69" s="19">
+        <v>8275660</v>
+      </c>
+      <c r="AC69" s="20">
+        <v>125450458</v>
+      </c>
+      <c r="AD69" s="20">
+        <v>32752</v>
+      </c>
+      <c r="AE69" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="70" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A70" s="17" t="s">
+        <v>263</v>
+      </c>
+      <c r="B70" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C70" s="17" t="s">
+        <v>264</v>
+      </c>
+      <c r="D70" s="18" t="s">
         <v>265</v>
       </c>
-      <c r="Y69" s="18" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="E70" s="20">
-        <v>385876354.60000002</v>
+        <v>393337185.80000001</v>
       </c>
       <c r="F70" s="20">
         <v>88631640</v>
       </c>
       <c r="G70" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I70" s="18" t="s">
         <v>46</v>
       </c>
       <c r="J70" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K70" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L70" s="18">
         <v>20120607</v>
       </c>
       <c r="P70" s="18" t="s">
         <v>60</v>
       </c>
       <c r="Q70" s="18" t="s">
         <v>60</v>
       </c>
       <c r="U70" s="18" t="s">
         <v>133</v>
       </c>
-      <c r="Y70" s="18" t="s">
+      <c r="Z70" s="18" t="s">
         <v>115</v>
       </c>
-      <c r="AA70" s="19">
-[...3 lines deleted...]
-        <v>80778228.5</v>
+      <c r="AB70" s="19">
+        <v>20395579</v>
       </c>
       <c r="AC70" s="20">
-        <v>46137</v>
+        <v>88350859.5</v>
       </c>
       <c r="AD70" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:30" x14ac:dyDescent="0.2">
+        <v>51667</v>
+      </c>
+      <c r="AE70" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="71" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A71" s="17" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="B71" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C71" s="17" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="D71" s="18" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="E71" s="20">
-        <v>20624192.399999999</v>
+        <v>26221475.48</v>
       </c>
       <c r="F71" s="20">
-        <v>29463132</v>
+        <v>29462332</v>
       </c>
       <c r="G71" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I71" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J71" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L71" s="18">
         <v>19890627</v>
       </c>
       <c r="O71" s="18" t="s">
         <v>75</v>
       </c>
-      <c r="AA71" s="19">
-[...3 lines deleted...]
-        <v>1829894.5</v>
+      <c r="AB71" s="19">
+        <v>2640116</v>
       </c>
       <c r="AC71" s="20">
-        <v>1770</v>
+        <v>2221881</v>
       </c>
       <c r="AD71" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:30" x14ac:dyDescent="0.2">
+        <v>2078</v>
+      </c>
+      <c r="AE71" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="72" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A72" s="17" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="B72" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C72" s="17" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="D72" s="18" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="E72" s="20">
-        <v>262821744.53999999</v>
+        <v>302330895.68000001</v>
       </c>
       <c r="F72" s="20">
         <v>85889459</v>
       </c>
       <c r="G72" s="19" t="s">
         <v>47</v>
       </c>
       <c r="H72" s="18" t="s">
         <v>73</v>
       </c>
       <c r="I72" s="18" t="s">
         <v>65</v>
       </c>
       <c r="J72" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L72" s="18">
         <v>19600408</v>
       </c>
-      <c r="AA72" s="19">
-[...3 lines deleted...]
-        <v>41440844.5</v>
+      <c r="AB72" s="19">
+        <v>14353890</v>
       </c>
       <c r="AC72" s="20">
-        <v>15066</v>
+        <v>47146488.5</v>
       </c>
       <c r="AD72" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:30" x14ac:dyDescent="0.2">
+        <v>17251</v>
+      </c>
+      <c r="AE72" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="73" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A73" s="17" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="B73" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C73" s="17" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="D73" s="18" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="E73" s="20">
-        <v>1401220367.6800001</v>
+        <v>1400971048.72</v>
       </c>
       <c r="F73" s="20">
         <v>111069368</v>
       </c>
       <c r="G73" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I73" s="18" t="s">
         <v>52</v>
       </c>
       <c r="J73" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K73" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L73" s="18">
         <v>20040629</v>
       </c>
-      <c r="AA73" s="19">
-[...3 lines deleted...]
-        <v>306267896</v>
+      <c r="AB73" s="19">
+        <v>33222357</v>
       </c>
       <c r="AC73" s="20">
-        <v>150091</v>
+        <v>332818266.5</v>
       </c>
       <c r="AD73" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:30" x14ac:dyDescent="0.2">
+        <v>162344</v>
+      </c>
+      <c r="AE73" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="74" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A74" s="17" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="B74" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C74" s="17" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="D74" s="18" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="E74" s="20">
-        <v>899679135.60000002</v>
+        <v>899222842.88</v>
       </c>
       <c r="F74" s="20">
-        <v>46066520</v>
+        <v>46066744</v>
       </c>
       <c r="G74" s="19" t="s">
         <v>51</v>
       </c>
       <c r="I74" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J74" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K74" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L74" s="18">
         <v>20170321</v>
       </c>
       <c r="M74" s="18" t="s">
         <v>97</v>
       </c>
       <c r="T74" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="AA74" s="19">
-[...3 lines deleted...]
-        <v>798837257</v>
+      <c r="AB74" s="19">
+        <v>55327756</v>
       </c>
       <c r="AC74" s="20">
-        <v>303454</v>
+        <v>864091871</v>
       </c>
       <c r="AD74" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:30" x14ac:dyDescent="0.2">
+        <v>326640</v>
+      </c>
+      <c r="AE74" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="75" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A75" s="17" t="s">
-        <v>1457</v>
+        <v>1431</v>
       </c>
       <c r="B75" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C75" s="17" t="s">
-        <v>1458</v>
+        <v>1432</v>
       </c>
       <c r="D75" s="18" t="s">
-        <v>1459</v>
+        <v>1433</v>
       </c>
       <c r="E75" s="20">
-        <v>497507689.06999999</v>
+        <v>475490408.63999999</v>
       </c>
       <c r="F75" s="20">
-        <v>29737459</v>
+        <v>29736736</v>
       </c>
       <c r="G75" s="19" t="s">
         <v>51</v>
       </c>
       <c r="I75" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J75" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K75" s="18" t="s">
         <v>53</v>
       </c>
       <c r="L75" s="18">
         <v>20251001</v>
       </c>
       <c r="R75" s="18" t="s">
         <v>82</v>
       </c>
       <c r="T75" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="AA75" s="19">
-[...3 lines deleted...]
-        <v>64091580.5</v>
+      <c r="AB75" s="19">
+        <v>5791761</v>
       </c>
       <c r="AC75" s="20">
-        <v>15884</v>
+        <v>89913755.5</v>
       </c>
       <c r="AD75" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:30" x14ac:dyDescent="0.2">
+        <v>24297</v>
+      </c>
+      <c r="AE75" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="76" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A76" s="17" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="B76" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C76" s="17" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="D76" s="18" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="E76" s="20">
-        <v>6028327000.3599997</v>
+        <v>5944588714.1999998</v>
       </c>
       <c r="F76" s="20">
-        <v>156295748</v>
+        <v>156313140</v>
       </c>
       <c r="G76" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I76" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J76" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L76" s="18">
         <v>19970521</v>
       </c>
       <c r="R76" s="18">
         <v>60</v>
       </c>
       <c r="U76" s="18" t="s">
         <v>133</v>
       </c>
-      <c r="Y76" s="18" t="s">
+      <c r="Z76" s="18" t="s">
         <v>115</v>
       </c>
-      <c r="AA76" s="19">
-[...3 lines deleted...]
-        <v>4159399186</v>
+      <c r="AB76" s="19">
+        <v>111402657</v>
       </c>
       <c r="AC76" s="20">
-        <v>516241</v>
+        <v>4603105982</v>
       </c>
       <c r="AD76" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:30" x14ac:dyDescent="0.2">
+        <v>573457</v>
+      </c>
+      <c r="AE76" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="77" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A77" s="17" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B77" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C77" s="17" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="D77" s="18" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="E77" s="20">
-        <v>108403215078.62</v>
+        <v>112688904264.25999</v>
       </c>
       <c r="F77" s="20">
         <v>946768222</v>
       </c>
       <c r="G77" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I77" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J77" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L77" s="18">
         <v>19610602</v>
       </c>
       <c r="M77" s="18" t="s">
         <v>97</v>
       </c>
       <c r="R77" s="18">
         <v>60</v>
       </c>
-      <c r="AA77" s="19">
-[...3 lines deleted...]
-        <v>68423137740</v>
+      <c r="AB77" s="19">
+        <v>784702915</v>
       </c>
       <c r="AC77" s="20">
-        <v>2268428</v>
+        <v>73619953342</v>
       </c>
       <c r="AD77" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:30" x14ac:dyDescent="0.2">
+        <v>2479004</v>
+      </c>
+      <c r="AE77" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="78" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A78" s="17" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="B78" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C78" s="17" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="D78" s="18" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E78" s="20">
-        <v>83212002474</v>
+        <v>82505857480.740005</v>
       </c>
       <c r="F78" s="20">
-        <v>618722600</v>
+        <v>616497478</v>
       </c>
       <c r="G78" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I78" s="18" t="s">
         <v>46</v>
       </c>
       <c r="J78" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K78" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L78" s="18">
         <v>19951117</v>
       </c>
       <c r="M78" s="18" t="s">
         <v>97</v>
       </c>
       <c r="R78" s="18">
         <v>60</v>
       </c>
-      <c r="AA78" s="19">
-[...3 lines deleted...]
-        <v>43516385240</v>
+      <c r="AB78" s="19">
+        <v>341725882</v>
       </c>
       <c r="AC78" s="20">
-        <v>1391632</v>
+        <v>47002339477</v>
       </c>
       <c r="AD78" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:30" x14ac:dyDescent="0.2">
+        <v>1515238</v>
+      </c>
+      <c r="AE78" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="79" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A79" s="17" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="B79" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C79" s="17" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="D79" s="18" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="E79" s="20">
-        <v>90886763536.5</v>
+        <v>90828325653.910004</v>
       </c>
       <c r="F79" s="20">
-        <v>900493050</v>
+        <v>897247117</v>
       </c>
       <c r="G79" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I79" s="18" t="s">
         <v>65</v>
       </c>
       <c r="J79" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K79" s="18" t="s">
         <v>53</v>
       </c>
       <c r="L79" s="18">
         <v>20011003</v>
       </c>
       <c r="M79" s="18" t="s">
         <v>97</v>
       </c>
       <c r="R79" s="18">
         <v>60</v>
       </c>
-      <c r="AA79" s="19">
-[...3 lines deleted...]
-        <v>35964004448.5</v>
+      <c r="AB79" s="19">
+        <v>366250755</v>
       </c>
       <c r="AC79" s="20">
-        <v>1773190</v>
+        <v>38810239755.5</v>
       </c>
       <c r="AD79" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:30" x14ac:dyDescent="0.2">
+        <v>1895056</v>
+      </c>
+      <c r="AE79" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="80" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A80" s="17" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="B80" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C80" s="17" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="D80" s="18" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="E80" s="20">
-        <v>8884155995.8500004</v>
+        <v>9284239426.6000004</v>
       </c>
       <c r="F80" s="20">
-        <v>53420307</v>
+        <v>53197696</v>
       </c>
       <c r="G80" s="19" t="s">
         <v>51</v>
       </c>
       <c r="I80" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J80" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L80" s="18">
         <v>19450102</v>
       </c>
       <c r="R80" s="18">
         <v>60</v>
       </c>
       <c r="T80" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="AA80" s="19">
-[...3 lines deleted...]
-        <v>10048865923</v>
+      <c r="AB80" s="19">
+        <v>68531325</v>
       </c>
       <c r="AC80" s="20">
-        <v>279996</v>
+        <v>11182209788</v>
       </c>
       <c r="AD80" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:30" x14ac:dyDescent="0.2">
+        <v>305810</v>
+      </c>
+      <c r="AE80" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="81" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A81" s="17" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="B81" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C81" s="17" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="D81" s="18" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="E81" s="20">
-        <v>1425760509.5799999</v>
+        <v>1432074805.8</v>
       </c>
       <c r="F81" s="20">
-        <v>116578946</v>
+        <v>116428846</v>
       </c>
       <c r="G81" s="19" t="s">
         <v>47</v>
       </c>
       <c r="H81" s="18" t="s">
         <v>64</v>
       </c>
       <c r="I81" s="18" t="s">
         <v>52</v>
       </c>
       <c r="J81" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L81" s="18">
         <v>19841003</v>
       </c>
-      <c r="AA81" s="19">
-[...3 lines deleted...]
-        <v>479675621</v>
+      <c r="AB81" s="19">
+        <v>37446719</v>
       </c>
       <c r="AC81" s="20">
-        <v>201728</v>
+        <v>513400079.5</v>
       </c>
       <c r="AD81" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:30" x14ac:dyDescent="0.2">
+        <v>218165</v>
+      </c>
+      <c r="AE81" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="82" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A82" s="17" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="B82" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C82" s="17" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="D82" s="18" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="E82" s="20">
-        <v>25441088.010000002</v>
+        <v>27071926.984999999</v>
       </c>
       <c r="F82" s="20">
         <v>65233559</v>
       </c>
       <c r="G82" s="19" t="s">
         <v>47</v>
       </c>
       <c r="H82" s="18" t="s">
         <v>64</v>
       </c>
       <c r="I82" s="18" t="s">
         <v>52</v>
       </c>
       <c r="J82" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K82" s="18" t="s">
         <v>53</v>
       </c>
       <c r="L82" s="18">
         <v>20060706</v>
       </c>
-      <c r="AA82" s="19">
-[...3 lines deleted...]
-        <v>2789860</v>
+      <c r="AB82" s="19">
+        <v>6135945</v>
       </c>
       <c r="AC82" s="20">
-        <v>2438</v>
+        <v>3290209</v>
       </c>
       <c r="AD82" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:30" x14ac:dyDescent="0.2">
+        <v>2782</v>
+      </c>
+      <c r="AE82" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="83" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A83" s="17" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="B83" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C83" s="17" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="D83" s="18" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="E83" s="20">
-        <v>58682795.600000001</v>
+        <v>57349095.700000003</v>
       </c>
       <c r="F83" s="20">
         <v>13336999</v>
       </c>
       <c r="G83" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I83" s="18" t="s">
         <v>52</v>
       </c>
       <c r="J83" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L83" s="18">
         <v>19900301</v>
       </c>
       <c r="U83" s="18" t="s">
-        <v>188</v>
-[...5 lines deleted...]
-        <v>1244101.5</v>
+        <v>321</v>
+      </c>
+      <c r="AB83" s="19">
+        <v>312939</v>
       </c>
       <c r="AC83" s="20">
-        <v>760</v>
+        <v>1358941</v>
       </c>
       <c r="AD83" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:30" x14ac:dyDescent="0.2">
+        <v>881</v>
+      </c>
+      <c r="AE83" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="84" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A84" s="17" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="B84" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C84" s="17" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="D84" s="18" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="E84" s="20">
-        <v>1233236719.4000001</v>
+        <v>1224938698.9000001</v>
       </c>
       <c r="F84" s="20">
         <v>15087310</v>
       </c>
       <c r="G84" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I84" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J84" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K84" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L84" s="18">
         <v>20050608</v>
       </c>
       <c r="R84" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="AA84" s="19">
-[...3 lines deleted...]
-        <v>1784643679</v>
+      <c r="AB84" s="19">
+        <v>22830907.708000001</v>
       </c>
       <c r="AC84" s="20">
-        <v>142265</v>
+        <v>2100930802.5</v>
       </c>
       <c r="AD84" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:30" x14ac:dyDescent="0.2">
+        <v>172257</v>
+      </c>
+      <c r="AE84" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="85" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A85" s="17" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="B85" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C85" s="17" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="D85" s="18" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="E85" s="20">
-        <v>13531047100.26</v>
+        <v>14810368460.870001</v>
       </c>
       <c r="F85" s="20">
         <v>173234087</v>
       </c>
       <c r="G85" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I85" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J85" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L85" s="18">
         <v>19800627</v>
       </c>
       <c r="R85" s="18">
         <v>60</v>
       </c>
-      <c r="AA85" s="19">
-[...3 lines deleted...]
-        <v>4624600253.5</v>
+      <c r="AB85" s="19">
+        <v>69085065</v>
       </c>
       <c r="AC85" s="20">
-        <v>364585</v>
+        <v>5272559443.5</v>
       </c>
       <c r="AD85" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:30" x14ac:dyDescent="0.2">
+        <v>407691</v>
+      </c>
+      <c r="AE85" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="86" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A86" s="17" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="B86" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C86" s="17" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="D86" s="18" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="E86" s="20">
-        <v>56325969</v>
+        <v>52570904.399999999</v>
       </c>
       <c r="F86" s="20">
         <v>150202584</v>
       </c>
       <c r="G86" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I86" s="18" t="s">
         <v>65</v>
       </c>
       <c r="J86" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K86" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L86" s="18">
         <v>20240716</v>
       </c>
       <c r="O86" s="18" t="s">
         <v>134</v>
       </c>
       <c r="P86" s="18" t="s">
         <v>60</v>
       </c>
       <c r="Q86" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="AA86" s="19">
-[...3 lines deleted...]
-        <v>9905961</v>
+      <c r="AB86" s="19">
+        <v>41375757</v>
       </c>
       <c r="AC86" s="20">
-        <v>7989</v>
+        <v>11179290</v>
       </c>
       <c r="AD86" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:30" x14ac:dyDescent="0.2">
+        <v>9236</v>
+      </c>
+      <c r="AE86" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="87" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A87" s="17" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="B87" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C87" s="17" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="D87" s="18" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="E87" s="20">
-        <v>2073248676.3599999</v>
+        <v>2624603375.1900001</v>
       </c>
       <c r="F87" s="20">
-        <v>215738676</v>
+        <v>213556011</v>
       </c>
       <c r="G87" s="19" t="s">
         <v>47</v>
       </c>
       <c r="H87" s="18" t="s">
         <v>73</v>
       </c>
       <c r="I87" s="18" t="s">
         <v>65</v>
       </c>
       <c r="J87" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K87" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L87" s="18">
         <v>20060301</v>
       </c>
       <c r="R87" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="AA87" s="19">
-[...3 lines deleted...]
-        <v>979944786</v>
+      <c r="AB87" s="19">
+        <v>150166154</v>
       </c>
       <c r="AC87" s="20">
-        <v>530825</v>
+        <v>1223873294.5</v>
       </c>
       <c r="AD87" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:30" x14ac:dyDescent="0.2">
+        <v>597989</v>
+      </c>
+      <c r="AE87" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="88" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A88" s="17" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="B88" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C88" s="17" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="D88" s="18" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="E88" s="20">
-        <v>6277906579.6199999</v>
+        <v>6133445572.46</v>
       </c>
       <c r="F88" s="20">
-        <v>303720686</v>
+        <v>303936847</v>
       </c>
       <c r="G88" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I88" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J88" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K88" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L88" s="18">
         <v>20031113</v>
       </c>
       <c r="R88" s="18" t="s">
         <v>82</v>
       </c>
       <c r="U88" s="18" t="s">
+        <v>321</v>
+      </c>
+      <c r="AB88" s="19">
+        <v>92315720</v>
+      </c>
+      <c r="AC88" s="20">
+        <v>1666458166.5</v>
+      </c>
+      <c r="AD88" s="20">
+        <v>321780</v>
+      </c>
+      <c r="AE88" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="89" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A89" s="17" t="s">
+        <v>322</v>
+      </c>
+      <c r="B89" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C89" s="17" t="s">
+        <v>323</v>
+      </c>
+      <c r="D89" s="18" t="s">
         <v>324</v>
       </c>
-      <c r="AA88" s="19">
-[...24 lines deleted...]
-      </c>
       <c r="E89" s="20">
-        <v>1811002889.9000001</v>
+        <v>1867463145.5</v>
       </c>
       <c r="F89" s="20">
-        <v>114381370</v>
+        <v>117484400</v>
       </c>
       <c r="G89" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I89" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J89" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L89" s="18">
         <v>20010717</v>
       </c>
-      <c r="Y89" s="18" t="s">
+      <c r="Z89" s="18" t="s">
         <v>115</v>
       </c>
-      <c r="Z89" s="18" t="s">
+      <c r="AA89" s="18" t="s">
         <v>116</v>
       </c>
-      <c r="AA89" s="19">
-[...3 lines deleted...]
-        <v>756144620</v>
+      <c r="AB89" s="19">
+        <v>61817310.700000003</v>
       </c>
       <c r="AC89" s="20">
-        <v>188321</v>
+        <v>854205568.5</v>
       </c>
       <c r="AD89" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:30" x14ac:dyDescent="0.2">
+        <v>213417</v>
+      </c>
+      <c r="AE89" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="90" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A90" s="17" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="B90" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C90" s="17" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="D90" s="18" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="E90" s="20">
-        <v>4867880196.4799995</v>
+        <v>4992529419.8400002</v>
       </c>
       <c r="F90" s="20">
         <v>328024272</v>
       </c>
       <c r="G90" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I90" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J90" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K90" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L90" s="18">
         <v>20130705</v>
       </c>
       <c r="R90" s="18" t="s">
         <v>82</v>
       </c>
       <c r="U90" s="18" t="s">
         <v>133</v>
       </c>
-      <c r="Y90" s="18" t="s">
+      <c r="Z90" s="18" t="s">
         <v>115</v>
       </c>
-      <c r="AA90" s="19">
-[...3 lines deleted...]
-        <v>1352905824.5</v>
+      <c r="AB90" s="19">
+        <v>101089359</v>
       </c>
       <c r="AC90" s="20">
-        <v>339113</v>
+        <v>1449391098.5</v>
       </c>
       <c r="AD90" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:30" x14ac:dyDescent="0.2">
+        <v>364817</v>
+      </c>
+      <c r="AE90" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="91" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A91" s="17" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="B91" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C91" s="17" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="D91" s="18" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="E91" s="20">
-        <v>637675768.62</v>
+        <v>565340039.72000003</v>
       </c>
       <c r="F91" s="20">
-        <v>25949266</v>
+        <v>23887411</v>
       </c>
       <c r="G91" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I91" s="18" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="J91" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K91" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L91" s="18">
         <v>20060201</v>
       </c>
-      <c r="AA91" s="19">
-[...3 lines deleted...]
-        <v>242212720.5</v>
+      <c r="AB91" s="19">
+        <v>21352000</v>
       </c>
       <c r="AC91" s="20">
-        <v>78197</v>
+        <v>268889533</v>
       </c>
       <c r="AD91" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:30" x14ac:dyDescent="0.2">
+        <v>85273</v>
+      </c>
+      <c r="AE91" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="92" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A92" s="17" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="B92" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C92" s="17" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="D92" s="18" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="E92" s="20">
-        <v>1104637566.0799999</v>
+        <v>1087696198.0799999</v>
       </c>
       <c r="F92" s="20">
         <v>65602972</v>
       </c>
       <c r="G92" s="19" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="I92" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J92" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K92" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L92" s="18">
         <v>20031125</v>
       </c>
-      <c r="AA92" s="19">
-[...3 lines deleted...]
-        <v>664487691</v>
+      <c r="AB92" s="19">
+        <v>62715178</v>
       </c>
       <c r="AC92" s="20">
-        <v>264769</v>
+        <v>725586141.5</v>
       </c>
       <c r="AD92" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:30" x14ac:dyDescent="0.2">
+        <v>288633</v>
+      </c>
+      <c r="AE92" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="93" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A93" s="17" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="B93" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C93" s="17" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="D93" s="18" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="E93" s="20">
-        <v>989267282</v>
+        <v>992750617.5</v>
       </c>
       <c r="F93" s="20">
         <v>13933342</v>
       </c>
       <c r="G93" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I93" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J93" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L93" s="18">
         <v>19870506</v>
       </c>
-      <c r="AA93" s="19">
-[...3 lines deleted...]
-        <v>11565431.5</v>
+      <c r="AB93" s="19">
+        <v>171509</v>
       </c>
       <c r="AC93" s="20">
-        <v>837</v>
+        <v>12146227.5</v>
       </c>
       <c r="AD93" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:30" x14ac:dyDescent="0.2">
+        <v>879</v>
+      </c>
+      <c r="AE93" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="94" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A94" s="17" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="B94" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C94" s="17" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="D94" s="18" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="E94" s="20">
-        <v>341271425</v>
+        <v>301798338.26999998</v>
       </c>
       <c r="F94" s="20">
-        <v>13650857</v>
+        <v>13649857</v>
       </c>
       <c r="G94" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I94" s="18" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="J94" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L94" s="18">
         <v>19980316</v>
       </c>
-      <c r="AA94" s="19">
-[...3 lines deleted...]
-        <v>8450265.5</v>
+      <c r="AB94" s="19">
+        <v>405019</v>
       </c>
       <c r="AC94" s="20">
-        <v>939</v>
+        <v>9910149.5</v>
       </c>
       <c r="AD94" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:30" x14ac:dyDescent="0.2">
+        <v>1050</v>
+      </c>
+      <c r="AE94" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="95" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A95" s="17" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="B95" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C95" s="17" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="D95" s="18" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="E95" s="20">
-        <v>1933530792.8599999</v>
+        <v>2067963563.3</v>
       </c>
       <c r="F95" s="20">
         <v>30277651</v>
       </c>
       <c r="G95" s="19" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="I95" s="18" t="s">
         <v>46</v>
       </c>
       <c r="J95" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L95" s="18">
         <v>19930705</v>
       </c>
       <c r="R95" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="AA95" s="19">
-[...3 lines deleted...]
-        <v>1071619706.5</v>
+      <c r="AB95" s="19">
+        <v>18102367</v>
       </c>
       <c r="AC95" s="20">
-        <v>108747</v>
+        <v>1187391430</v>
       </c>
       <c r="AD95" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:30" x14ac:dyDescent="0.2">
+        <v>118558</v>
+      </c>
+      <c r="AE95" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="96" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A96" s="17" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="B96" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C96" s="17" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="D96" s="18" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="E96" s="20">
-        <v>471418150.06</v>
+        <v>516445297.25999999</v>
       </c>
       <c r="F96" s="20">
         <v>8040562</v>
       </c>
       <c r="G96" s="19" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="I96" s="18" t="s">
         <v>46</v>
       </c>
       <c r="J96" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L96" s="18">
         <v>19861203</v>
       </c>
-      <c r="AA96" s="19">
-[...3 lines deleted...]
-        <v>293603258</v>
+      <c r="AB96" s="19">
+        <v>5466524</v>
       </c>
       <c r="AC96" s="20">
-        <v>37496</v>
+        <v>325878346.5</v>
       </c>
       <c r="AD96" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:30" x14ac:dyDescent="0.2">
+        <v>41528</v>
+      </c>
+      <c r="AE96" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="97" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A97" s="17" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="B97" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C97" s="17" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="D97" s="18" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="E97" s="20">
-        <v>26014563.734999999</v>
+        <v>17343042.489999998</v>
       </c>
       <c r="F97" s="20">
         <v>102017897</v>
       </c>
       <c r="G97" s="19" t="s">
         <v>51</v>
       </c>
       <c r="I97" s="18" t="s">
         <v>46</v>
       </c>
       <c r="J97" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K97" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L97" s="18">
         <v>20050627</v>
       </c>
       <c r="T97" s="18" t="s">
         <v>128</v>
       </c>
-      <c r="AA97" s="19">
-[...3 lines deleted...]
-        <v>17988201.5</v>
+      <c r="AB97" s="19">
+        <v>35602153</v>
       </c>
       <c r="AC97" s="20">
-        <v>7946</v>
+        <v>19365276.5</v>
       </c>
       <c r="AD97" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:30" x14ac:dyDescent="0.2">
+        <v>9389</v>
+      </c>
+      <c r="AE97" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="98" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A98" s="17" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="B98" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C98" s="17" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="D98" s="18" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="E98" s="20">
-        <v>11101496541.25</v>
+        <v>10049645248.85</v>
       </c>
       <c r="F98" s="20">
         <v>49615627</v>
       </c>
       <c r="G98" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I98" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J98" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L98" s="18">
         <v>19930622</v>
       </c>
       <c r="M98" s="18" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="R98" s="18" t="s">
         <v>82</v>
       </c>
       <c r="U98" s="18" t="s">
-        <v>188</v>
-[...5 lines deleted...]
-        <v>2229491152.5</v>
+        <v>219</v>
+      </c>
+      <c r="AB98" s="19">
+        <v>12598596</v>
       </c>
       <c r="AC98" s="20">
-        <v>98779</v>
+        <v>2457755765.5</v>
       </c>
       <c r="AD98" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:30" x14ac:dyDescent="0.2">
+        <v>108337</v>
+      </c>
+      <c r="AE98" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="99" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A99" s="17" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="B99" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C99" s="17" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="D99" s="18" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="E99" s="20">
-        <v>9376573.3000000007</v>
+        <v>6726672.1500000004</v>
       </c>
       <c r="F99" s="20">
         <v>40767710</v>
       </c>
       <c r="G99" s="19" t="s">
         <v>47</v>
       </c>
       <c r="H99" s="18" t="s">
         <v>64</v>
       </c>
       <c r="I99" s="18" t="s">
         <v>52</v>
       </c>
       <c r="J99" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K99" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L99" s="18">
         <v>20140520</v>
       </c>
       <c r="P99" s="18" t="s">
         <v>60</v>
       </c>
       <c r="Q99" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="AA99" s="19">
-[...3 lines deleted...]
-        <v>750748.5</v>
+      <c r="AB99" s="19">
+        <v>3466200</v>
       </c>
       <c r="AC99" s="20">
-        <v>1391</v>
+        <v>942020.5</v>
       </c>
       <c r="AD99" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:30" x14ac:dyDescent="0.2">
+        <v>1711</v>
+      </c>
+      <c r="AE99" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="100" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A100" s="17" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="B100" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C100" s="17" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="D100" s="18" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="E100" s="20">
-        <v>93080000</v>
+        <v>91560000</v>
       </c>
       <c r="F100" s="20">
         <v>4000000</v>
       </c>
       <c r="G100" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I100" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J100" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L100" s="18">
         <v>19970610</v>
       </c>
-      <c r="AA100" s="19">
-[...3 lines deleted...]
-        <v>9327244.5</v>
+      <c r="AB100" s="19">
+        <v>475769</v>
       </c>
       <c r="AC100" s="20">
-        <v>1331</v>
+        <v>10530871.5</v>
       </c>
       <c r="AD100" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:30" x14ac:dyDescent="0.2">
+        <v>1504</v>
+      </c>
+      <c r="AE100" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="101" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A101" s="17" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="B101" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C101" s="17" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="D101" s="18" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="E101" s="20">
-        <v>389879633.19999999</v>
+        <v>416943734.95999998</v>
       </c>
       <c r="F101" s="20">
         <v>28468856</v>
       </c>
       <c r="G101" s="19" t="s">
         <v>51</v>
       </c>
       <c r="I101" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J101" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L101" s="18">
         <v>19690203</v>
       </c>
       <c r="T101" s="18" t="s">
         <v>128</v>
       </c>
-      <c r="AA101" s="19">
-[...3 lines deleted...]
-        <v>58643575</v>
+      <c r="AB101" s="19">
+        <v>4532472</v>
       </c>
       <c r="AC101" s="20">
-        <v>18141</v>
+        <v>63984460</v>
       </c>
       <c r="AD101" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:30" x14ac:dyDescent="0.2">
+        <v>19935</v>
+      </c>
+      <c r="AE101" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="102" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A102" s="17" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="B102" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C102" s="17" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="D102" s="18" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="E102" s="20">
-        <v>18627140.579999998</v>
+        <v>6862630.7400000002</v>
       </c>
       <c r="F102" s="20">
         <v>196075164</v>
       </c>
       <c r="G102" s="19" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="I102" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J102" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K102" s="18" t="s">
         <v>53</v>
       </c>
       <c r="L102" s="18">
         <v>19990903</v>
       </c>
-      <c r="AA102" s="19">
-[...3 lines deleted...]
-        <v>3730104.5</v>
+      <c r="AB102" s="19">
+        <v>55434639</v>
       </c>
       <c r="AC102" s="20">
-        <v>7833</v>
+        <v>4699697.5</v>
       </c>
       <c r="AD102" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:30" x14ac:dyDescent="0.2">
+        <v>9598</v>
+      </c>
+      <c r="AE102" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="103" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A103" s="17" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="B103" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C103" s="17" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="D103" s="18" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="E103" s="20">
-        <v>1640078878.8299999</v>
+        <v>1694820724.5699999</v>
       </c>
       <c r="F103" s="20">
-        <v>109851231</v>
+        <v>109981877</v>
       </c>
       <c r="G103" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I103" s="18" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="J103" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K103" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L103" s="18">
         <v>20060322</v>
       </c>
       <c r="R103" s="18" t="s">
         <v>82</v>
       </c>
       <c r="U103" s="18" t="s">
         <v>133</v>
       </c>
-      <c r="Y103" s="18" t="s">
+      <c r="Z103" s="18" t="s">
         <v>115</v>
       </c>
-      <c r="AA103" s="19">
-[...3 lines deleted...]
-        <v>574547228</v>
+      <c r="AB103" s="19">
+        <v>42516602</v>
       </c>
       <c r="AC103" s="20">
-        <v>180139</v>
+        <v>617338060</v>
       </c>
       <c r="AD103" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:30" x14ac:dyDescent="0.2">
+        <v>194740</v>
+      </c>
+      <c r="AE103" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="104" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A104" s="17" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="B104" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C104" s="17" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="D104" s="18" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="E104" s="20">
-        <v>8586699.1999999993</v>
+        <v>7228029.2800000003</v>
       </c>
       <c r="F104" s="20">
         <v>6177832</v>
       </c>
       <c r="G104" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I104" s="18" t="s">
         <v>65</v>
       </c>
       <c r="J104" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K104" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L104" s="18">
         <v>20150709</v>
       </c>
-      <c r="AA104" s="19">
-[...3 lines deleted...]
-        <v>474567.5</v>
+      <c r="AB104" s="19">
+        <v>147329</v>
       </c>
       <c r="AC104" s="20">
-        <v>314</v>
+        <v>501628.5</v>
       </c>
       <c r="AD104" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:30" x14ac:dyDescent="0.2">
+        <v>346</v>
+      </c>
+      <c r="AE104" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="105" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A105" s="17" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="B105" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C105" s="17" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="D105" s="18" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="E105" s="20">
-        <v>1790418588.3499999</v>
+        <v>1786027616.95</v>
       </c>
       <c r="F105" s="20">
         <v>109774285</v>
       </c>
       <c r="G105" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I105" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J105" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K105" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L105" s="18">
         <v>20131023</v>
       </c>
       <c r="R105" s="18" t="s">
         <v>82</v>
       </c>
       <c r="U105" s="18" t="s">
         <v>133</v>
       </c>
-      <c r="Y105" s="18" t="s">
+      <c r="Z105" s="18" t="s">
         <v>115</v>
       </c>
-      <c r="AA105" s="19">
-[...3 lines deleted...]
-        <v>501157626</v>
+      <c r="AB105" s="19">
+        <v>35832859</v>
       </c>
       <c r="AC105" s="20">
-        <v>139292</v>
+        <v>552414500</v>
       </c>
       <c r="AD105" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:30" x14ac:dyDescent="0.2">
+        <v>153894</v>
+      </c>
+      <c r="AE105" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="106" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A106" s="17" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="B106" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C106" s="17" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="D106" s="18" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="E106" s="20">
-        <v>148897473.5</v>
+        <v>138631112</v>
       </c>
       <c r="F106" s="20">
-        <v>6140102</v>
+        <v>6134120</v>
       </c>
       <c r="G106" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I106" s="18" t="s">
         <v>99</v>
       </c>
       <c r="J106" s="18" t="s">
         <v>15</v>
       </c>
       <c r="K106" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L106" s="18">
         <v>20120309</v>
       </c>
       <c r="V106" s="18" t="s">
+        <v>377</v>
+      </c>
+      <c r="AB106" s="19">
+        <v>1065637</v>
+      </c>
+      <c r="AC106" s="20">
+        <v>22609362.5</v>
+      </c>
+      <c r="AD106" s="20">
+        <v>3218</v>
+      </c>
+      <c r="AE106" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="107" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A107" s="17" t="s">
+        <v>378</v>
+      </c>
+      <c r="B107" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C107" s="17" t="s">
+        <v>379</v>
+      </c>
+      <c r="D107" s="18" t="s">
         <v>380</v>
       </c>
-      <c r="AA106" s="19">
-[...24 lines deleted...]
-      </c>
       <c r="E107" s="20">
-        <v>74875941.040000007</v>
+        <v>96735828.640000001</v>
       </c>
       <c r="F107" s="20">
-        <v>55055839</v>
+        <v>54963539</v>
       </c>
       <c r="G107" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I107" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J107" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K107" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L107" s="18">
         <v>20041220</v>
       </c>
       <c r="O107" s="18" t="s">
         <v>75</v>
       </c>
-      <c r="AA107" s="19">
-[...3 lines deleted...]
-        <v>16011548</v>
+      <c r="AB107" s="19">
+        <v>9846296</v>
       </c>
       <c r="AC107" s="20">
-        <v>11670</v>
+        <v>17038219</v>
       </c>
       <c r="AD107" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:30" x14ac:dyDescent="0.2">
+        <v>12878</v>
+      </c>
+      <c r="AE107" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="108" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A108" s="17" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="B108" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C108" s="17" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="D108" s="18" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="E108" s="20">
-        <v>7935430819.5</v>
+        <v>8774579825.7000008</v>
       </c>
       <c r="F108" s="20">
         <v>121615798</v>
       </c>
       <c r="G108" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I108" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J108" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K108" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L108" s="18">
         <v>20211123</v>
       </c>
       <c r="R108" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="AA108" s="19">
-[...3 lines deleted...]
-        <v>2459847383</v>
+      <c r="AB108" s="19">
+        <v>39667076</v>
       </c>
       <c r="AC108" s="20">
-        <v>239713</v>
+        <v>2682733082</v>
       </c>
       <c r="AD108" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:30" x14ac:dyDescent="0.2">
+        <v>261106</v>
+      </c>
+      <c r="AE108" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="109" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A109" s="17" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="B109" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C109" s="17" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="D109" s="18" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="E109" s="20">
-        <v>661997094.08000004</v>
+        <v>746250525.89999998</v>
       </c>
       <c r="F109" s="20">
-        <v>62217772</v>
+        <v>62239410</v>
       </c>
       <c r="G109" s="19" t="s">
         <v>47</v>
       </c>
       <c r="H109" s="18" t="s">
         <v>73</v>
       </c>
       <c r="I109" s="18" t="s">
         <v>65</v>
       </c>
       <c r="J109" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K109" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L109" s="18">
         <v>20070528</v>
       </c>
       <c r="P109" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="AA109" s="19">
-[...3 lines deleted...]
-        <v>76077676.5</v>
+      <c r="AB109" s="19">
+        <v>9931234</v>
       </c>
       <c r="AC109" s="20">
-        <v>29088</v>
+        <v>89742313</v>
       </c>
       <c r="AD109" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:30" x14ac:dyDescent="0.2">
+        <v>32173</v>
+      </c>
+      <c r="AE109" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="110" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A110" s="17" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="B110" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C110" s="17" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="D110" s="18" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="E110" s="20">
-        <v>641257406.39999998</v>
+        <v>684613618.39999998</v>
       </c>
       <c r="F110" s="20">
-        <v>170646712</v>
+        <v>170797532</v>
       </c>
       <c r="G110" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I110" s="18" t="s">
         <v>52</v>
       </c>
       <c r="J110" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K110" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L110" s="18">
         <v>20141009</v>
       </c>
       <c r="P110" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="AA110" s="19">
-[...3 lines deleted...]
-        <v>203493232</v>
+      <c r="AB110" s="19">
+        <v>70824181</v>
       </c>
       <c r="AC110" s="20">
-        <v>110532</v>
+        <v>229526801</v>
       </c>
       <c r="AD110" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:30" x14ac:dyDescent="0.2">
+        <v>124678</v>
+      </c>
+      <c r="AE110" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="111" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A111" s="17" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="B111" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C111" s="17" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="D111" s="18" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="E111" s="20">
-        <v>50019024640.349998</v>
+        <v>54743352739.5</v>
       </c>
       <c r="F111" s="20">
-        <v>274362485</v>
+        <v>273785210</v>
       </c>
       <c r="G111" s="19" t="s">
         <v>51</v>
       </c>
       <c r="I111" s="18" t="s">
         <v>46</v>
       </c>
       <c r="J111" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K111" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L111" s="18">
         <v>20091015</v>
       </c>
       <c r="R111" s="18">
         <v>60</v>
       </c>
       <c r="T111" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="AA111" s="19">
-[...3 lines deleted...]
-        <v>22229842710.5</v>
+      <c r="AB111" s="19">
+        <v>143676907</v>
       </c>
       <c r="AC111" s="20">
-        <v>839375</v>
+        <v>24346414928.5</v>
       </c>
       <c r="AD111" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:30" x14ac:dyDescent="0.2">
+        <v>907025</v>
+      </c>
+      <c r="AE111" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="112" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A112" s="17" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="B112" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C112" s="17" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="D112" s="18" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="E112" s="20">
-        <v>778155181.44000006</v>
+        <v>840372543.91999996</v>
       </c>
       <c r="F112" s="20">
         <v>87630088</v>
       </c>
       <c r="G112" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I112" s="18" t="s">
         <v>52</v>
       </c>
       <c r="J112" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K112" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L112" s="18">
         <v>20040512</v>
       </c>
-      <c r="AA112" s="19">
-[...3 lines deleted...]
-        <v>289082994</v>
+      <c r="AB112" s="19">
+        <v>38779652</v>
       </c>
       <c r="AC112" s="20">
-        <v>146650</v>
+        <v>312135092</v>
       </c>
       <c r="AD112" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:30" x14ac:dyDescent="0.2">
+        <v>158101</v>
+      </c>
+      <c r="AE112" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="113" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A113" s="17" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="B113" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C113" s="17" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="D113" s="18" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="E113" s="20">
-        <v>855105801</v>
+        <v>746274153.60000002</v>
       </c>
       <c r="F113" s="20">
         <v>77736891</v>
       </c>
       <c r="G113" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I113" s="18" t="s">
         <v>52</v>
       </c>
       <c r="J113" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K113" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L113" s="18">
         <v>20220203</v>
       </c>
       <c r="P113" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="AA113" s="19">
-[...3 lines deleted...]
-        <v>112371954</v>
+      <c r="AB113" s="19">
+        <v>13856522</v>
       </c>
       <c r="AC113" s="20">
-        <v>11519</v>
+        <v>118722167.5</v>
       </c>
       <c r="AD113" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:30" x14ac:dyDescent="0.2">
+        <v>12373</v>
+      </c>
+      <c r="AE113" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="114" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A114" s="17" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="B114" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C114" s="17" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="D114" s="18" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="E114" s="20">
-        <v>61696009.299999997</v>
+        <v>52826070.130000003</v>
       </c>
       <c r="F114" s="20">
         <v>32666902</v>
       </c>
       <c r="G114" s="19" t="s">
         <v>51</v>
       </c>
       <c r="I114" s="18" t="s">
         <v>46</v>
       </c>
       <c r="J114" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L114" s="18">
         <v>19900712</v>
       </c>
       <c r="T114" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="AA114" s="19">
-[...3 lines deleted...]
-        <v>8727837.5</v>
+      <c r="AB114" s="19">
+        <v>5329695</v>
       </c>
       <c r="AC114" s="20">
-        <v>10280</v>
+        <v>9580841.5</v>
       </c>
       <c r="AD114" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:30" x14ac:dyDescent="0.2">
+        <v>11754</v>
+      </c>
+      <c r="AE114" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="115" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A115" s="17" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="B115" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C115" s="17" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="D115" s="18" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="E115" s="20">
-        <v>96426303.5</v>
+        <v>93944097.400000006</v>
       </c>
       <c r="F115" s="20">
         <v>19116970</v>
       </c>
       <c r="G115" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I115" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J115" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K115" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L115" s="18">
         <v>20140708</v>
       </c>
       <c r="U115" s="18" t="s">
-        <v>248</v>
-[...5 lines deleted...]
-        <v>11294005</v>
+        <v>185</v>
+      </c>
+      <c r="AB115" s="19">
+        <v>4972327</v>
       </c>
       <c r="AC115" s="20">
-        <v>10069</v>
+        <v>12813235.5</v>
       </c>
       <c r="AD115" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:30" x14ac:dyDescent="0.2">
+        <v>11046</v>
+      </c>
+      <c r="AE115" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="116" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A116" s="17" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="B116" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C116" s="17" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="D116" s="18" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="E116" s="20">
-        <v>3454250064.3299999</v>
+        <v>3564410245.48</v>
       </c>
       <c r="F116" s="20">
-        <v>285711337</v>
+        <v>286068238</v>
       </c>
       <c r="G116" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I116" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J116" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K116" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L116" s="18">
         <v>20121004</v>
       </c>
       <c r="R116" s="18" t="s">
         <v>82</v>
       </c>
       <c r="U116" s="18" t="s">
         <v>133</v>
       </c>
-      <c r="Y116" s="18" t="s">
+      <c r="Z116" s="18" t="s">
         <v>115</v>
       </c>
-      <c r="AA116" s="19">
-[...3 lines deleted...]
-        <v>1439258261.5</v>
+      <c r="AB116" s="19">
+        <v>132538935</v>
       </c>
       <c r="AC116" s="20">
-        <v>402490</v>
+        <v>1537506113.5</v>
       </c>
       <c r="AD116" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:30" x14ac:dyDescent="0.2">
+        <v>431581</v>
+      </c>
+      <c r="AE116" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="117" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A117" s="17" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="B117" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C117" s="17" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D117" s="18" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="E117" s="20">
-        <v>300350102.55000001</v>
+        <v>283834229.04000002</v>
       </c>
       <c r="F117" s="20">
-        <v>16367853</v>
+        <v>16368756</v>
       </c>
       <c r="G117" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I117" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J117" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K117" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L117" s="18">
         <v>19970709</v>
       </c>
       <c r="P117" s="18" t="s">
         <v>60</v>
       </c>
       <c r="Q117" s="18" t="s">
         <v>60</v>
       </c>
       <c r="U117" s="18" t="s">
         <v>133</v>
       </c>
-      <c r="Y117" s="18" t="s">
+      <c r="Z117" s="18" t="s">
         <v>115</v>
       </c>
-      <c r="AA117" s="19">
-[...3 lines deleted...]
-        <v>77318115.5</v>
+      <c r="AB117" s="19">
+        <v>4874709</v>
       </c>
       <c r="AC117" s="20">
-        <v>19957</v>
+        <v>84051616</v>
       </c>
       <c r="AD117" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:30" x14ac:dyDescent="0.2">
+        <v>21825</v>
+      </c>
+      <c r="AE117" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="118" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A118" s="17" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="B118" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C118" s="17" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="D118" s="18" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="E118" s="20">
-        <v>168846504.40000001</v>
+        <v>731609206.88</v>
       </c>
       <c r="F118" s="20">
-        <v>16004408</v>
+        <v>40465111</v>
       </c>
       <c r="G118" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I118" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J118" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K118" s="18" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="L118" s="18">
-        <v>20220506</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>20130531</v>
       </c>
       <c r="U118" s="18" t="s">
-        <v>248</v>
-[...5 lines deleted...]
-        <v>49530288</v>
+        <v>245</v>
+      </c>
+      <c r="AB118" s="19">
+        <v>7076829</v>
       </c>
       <c r="AC118" s="20">
-        <v>11665</v>
+        <v>141781374.5</v>
       </c>
       <c r="AD118" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:30" x14ac:dyDescent="0.2">
+        <v>50451</v>
+      </c>
+      <c r="AE118" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="119" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A119" s="17" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="B119" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C119" s="17" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="D119" s="18" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="E119" s="20">
-        <v>755406713.49000001</v>
+        <v>335306894.06</v>
       </c>
       <c r="F119" s="20">
-        <v>40635111</v>
+        <v>86867071</v>
       </c>
       <c r="G119" s="19" t="s">
-        <v>132</v>
+        <v>58</v>
       </c>
       <c r="I119" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J119" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="K119" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L119" s="18">
-        <v>20130531</v>
-[...8 lines deleted...]
-        <v>128771763</v>
+        <v>19911030</v>
+      </c>
+      <c r="AB119" s="19">
+        <v>14266944</v>
       </c>
       <c r="AC119" s="20">
-        <v>45814</v>
+        <v>40098271.5</v>
       </c>
       <c r="AD119" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:30" x14ac:dyDescent="0.2">
+        <v>30370</v>
+      </c>
+      <c r="AE119" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="120" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A120" s="17" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="B120" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C120" s="17" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="D120" s="18" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="E120" s="20">
-        <v>292742029.26999998</v>
+        <v>1191283552.4200001</v>
       </c>
       <c r="F120" s="20">
-        <v>86867071</v>
+        <v>287493257</v>
       </c>
       <c r="G120" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I120" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J120" s="18" t="s">
         <v>38</v>
       </c>
+      <c r="K120" s="18" t="s">
+        <v>53</v>
+      </c>
       <c r="L120" s="18">
-        <v>19911030</v>
-[...5 lines deleted...]
-        <v>37385859</v>
+        <v>20160928</v>
+      </c>
+      <c r="AB120" s="19">
+        <v>84008051.200000003</v>
       </c>
       <c r="AC120" s="20">
-        <v>27648</v>
+        <v>326955806</v>
       </c>
       <c r="AD120" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:30" x14ac:dyDescent="0.2">
+        <v>123612</v>
+      </c>
+      <c r="AE120" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="121" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A121" s="17" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="B121" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C121" s="17" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="D121" s="18" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="E121" s="20">
-        <v>1104374676.03</v>
+        <v>6100444612</v>
       </c>
       <c r="F121" s="20">
-        <v>287493257</v>
+        <v>358125200</v>
       </c>
       <c r="G121" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I121" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J121" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="K121" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L121" s="18">
-        <v>20160928</v>
-[...5 lines deleted...]
-        <v>165425540.5</v>
+        <v>19690107</v>
+      </c>
+      <c r="AB121" s="19">
+        <v>5825509</v>
       </c>
       <c r="AC121" s="20">
-        <v>85899</v>
+        <v>184409954</v>
       </c>
       <c r="AD121" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:30" x14ac:dyDescent="0.2">
+        <v>23960</v>
+      </c>
+      <c r="AE121" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="122" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A122" s="17" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="B122" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C122" s="17" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="D122" s="18" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="E122" s="20">
-        <v>5910492656</v>
+        <v>14899689558.66</v>
       </c>
       <c r="F122" s="20">
-        <v>358165600</v>
+        <v>400206542</v>
       </c>
       <c r="G122" s="19" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="I122" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J122" s="18" t="s">
         <v>38</v>
       </c>
+      <c r="K122" s="18" t="s">
+        <v>59</v>
+      </c>
       <c r="L122" s="18">
-        <v>19690107</v>
-[...5 lines deleted...]
-        <v>174990512</v>
+        <v>20111215</v>
+      </c>
+      <c r="P122" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q122" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="R122" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB122" s="19">
+        <v>145230339</v>
       </c>
       <c r="AC122" s="20">
-        <v>21322</v>
+        <v>4810304747.5</v>
       </c>
       <c r="AD122" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:30" x14ac:dyDescent="0.2">
+        <v>692554</v>
+      </c>
+      <c r="AE122" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="123" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A123" s="17" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="B123" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C123" s="17" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="D123" s="18" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="E123" s="20">
-        <v>15159485083.860001</v>
+        <v>6791812834.8000002</v>
       </c>
       <c r="F123" s="20">
-        <v>400726542</v>
+        <v>132008024</v>
       </c>
       <c r="G123" s="19" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="I123" s="18" t="s">
-        <v>39</v>
+        <v>142</v>
       </c>
       <c r="J123" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="K123" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L123" s="18">
-        <v>20111215</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>19820709</v>
       </c>
       <c r="R123" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="AA123" s="19">
-[...3 lines deleted...]
-        <v>4158972300.5</v>
+      <c r="T123" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="AB123" s="19">
+        <v>101511800</v>
       </c>
       <c r="AC123" s="20">
-        <v>615368</v>
+        <v>4961242801.5</v>
       </c>
       <c r="AD123" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:30" x14ac:dyDescent="0.2">
+        <v>543025</v>
+      </c>
+      <c r="AE123" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="124" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A124" s="17" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="B124" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C124" s="17" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="D124" s="18" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="E124" s="20">
-        <v>6290145271.8999996</v>
+        <v>2366608565.9699998</v>
       </c>
       <c r="F124" s="20">
-        <v>132007246</v>
+        <v>121801779</v>
       </c>
       <c r="G124" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
+      </c>
+      <c r="H124" s="18" t="s">
+        <v>73</v>
       </c>
       <c r="I124" s="18" t="s">
-        <v>145</v>
+        <v>65</v>
       </c>
       <c r="J124" s="18" t="s">
         <v>38</v>
       </c>
+      <c r="K124" s="18" t="s">
+        <v>53</v>
+      </c>
       <c r="L124" s="18">
-        <v>19820709</v>
+        <v>20110603</v>
+      </c>
+      <c r="M124" s="18" t="s">
+        <v>97</v>
       </c>
       <c r="R124" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="T124" s="18" t="s">
-[...6 lines deleted...]
-        <v>4547092894</v>
+      <c r="AB124" s="19">
+        <v>112214181</v>
       </c>
       <c r="AC124" s="20">
-        <v>500629</v>
+        <v>1434800886.5</v>
       </c>
       <c r="AD124" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:30" x14ac:dyDescent="0.2">
+        <v>523465</v>
+      </c>
+      <c r="AE124" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="125" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A125" s="17" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="B125" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C125" s="17" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="D125" s="18" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="E125" s="20">
-        <v>2153956209.3499999</v>
+        <v>491532568.80000001</v>
       </c>
       <c r="F125" s="20">
-        <v>122037179</v>
+        <v>184786680</v>
       </c>
       <c r="G125" s="19" t="s">
         <v>47</v>
       </c>
       <c r="H125" s="18" t="s">
         <v>73</v>
       </c>
       <c r="I125" s="18" t="s">
         <v>65</v>
       </c>
       <c r="J125" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K125" s="18" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="L125" s="18">
-        <v>20110603</v>
-[...11 lines deleted...]
-        <v>1222793904.5</v>
+        <v>19930625</v>
+      </c>
+      <c r="P125" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="AB125" s="19">
+        <v>39619033</v>
       </c>
       <c r="AC125" s="20">
-        <v>476079</v>
+        <v>98849525.5</v>
       </c>
       <c r="AD125" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:30" x14ac:dyDescent="0.2">
+        <v>95692</v>
+      </c>
+      <c r="AE125" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="126" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A126" s="17" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="B126" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C126" s="17" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="D126" s="18" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="E126" s="20">
-        <v>474747567.60000002</v>
+        <v>101245596.65000001</v>
       </c>
       <c r="F126" s="20">
-        <v>184726680</v>
+        <v>77286715</v>
       </c>
       <c r="G126" s="19" t="s">
         <v>47</v>
       </c>
       <c r="H126" s="18" t="s">
         <v>73</v>
       </c>
       <c r="I126" s="18" t="s">
         <v>65</v>
       </c>
       <c r="J126" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K126" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L126" s="18">
-        <v>19930625</v>
+        <v>20070813</v>
+      </c>
+      <c r="O126" s="18" t="s">
+        <v>134</v>
       </c>
       <c r="P126" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="AA126" s="19">
-[...3 lines deleted...]
-        <v>92851715</v>
+      <c r="Q126" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="AB126" s="19">
+        <v>64051876</v>
       </c>
       <c r="AC126" s="20">
-        <v>89986</v>
+        <v>110190510.5</v>
       </c>
       <c r="AD126" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:30" x14ac:dyDescent="0.2">
+        <v>84163</v>
+      </c>
+      <c r="AE126" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="127" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A127" s="17" t="s">
+        <v>439</v>
+      </c>
+      <c r="B127" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C127" s="17" t="s">
+        <v>440</v>
+      </c>
+      <c r="D127" s="18" t="s">
+        <v>441</v>
+      </c>
+      <c r="E127" s="20">
+        <v>3260630957</v>
+      </c>
+      <c r="F127" s="20">
+        <v>37586524</v>
+      </c>
+      <c r="G127" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="I127" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J127" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K127" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="L127" s="18">
+        <v>20040317</v>
+      </c>
+      <c r="R127" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB127" s="19">
+        <v>25212399</v>
+      </c>
+      <c r="AC127" s="20">
+        <v>2396724317.5</v>
+      </c>
+      <c r="AD127" s="20">
+        <v>179216</v>
+      </c>
+      <c r="AE127" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="128" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A128" s="17" t="s">
         <v>442</v>
       </c>
-      <c r="B127" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C127" s="17" t="s">
+      <c r="B128" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C128" s="17" t="s">
         <v>443</v>
       </c>
-      <c r="D127" s="18" t="s">
+      <c r="D128" s="18" t="s">
         <v>444</v>
       </c>
-      <c r="E127" s="20">
-[...57 lines deleted...]
-      </c>
       <c r="E128" s="20">
-        <v>3401097101.6900001</v>
+        <v>102517789.59</v>
       </c>
       <c r="F128" s="20">
-        <v>38013827</v>
+        <v>92358369</v>
       </c>
       <c r="G128" s="19" t="s">
-        <v>58</v>
+        <v>132</v>
       </c>
       <c r="I128" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J128" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K128" s="18" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="L128" s="18">
-        <v>20040317</v>
-[...8 lines deleted...]
-        <v>2171705036.5</v>
+        <v>20200707</v>
+      </c>
+      <c r="P128" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q128" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="U128" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="Z128" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB128" s="19">
+        <v>59735808</v>
       </c>
       <c r="AC128" s="20">
-        <v>160647</v>
+        <v>126153665.5</v>
       </c>
       <c r="AD128" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:30" x14ac:dyDescent="0.2">
+        <v>67674</v>
+      </c>
+      <c r="AE128" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="129" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A129" s="17" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="B129" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C129" s="17" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="D129" s="18" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="E129" s="20">
-        <v>99747038.519999996</v>
+        <v>4458515079.8999996</v>
       </c>
       <c r="F129" s="20">
-        <v>92358369</v>
+        <v>55481708</v>
       </c>
       <c r="G129" s="19" t="s">
-        <v>132</v>
+        <v>58</v>
       </c>
       <c r="I129" s="18" t="s">
-        <v>39</v>
+        <v>93</v>
       </c>
       <c r="J129" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K129" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L129" s="18">
-        <v>20200707</v>
+        <v>20080317</v>
       </c>
       <c r="P129" s="18" t="s">
         <v>60</v>
       </c>
       <c r="Q129" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="U129" s="18" t="s">
-[...9 lines deleted...]
-        <v>122067575.5</v>
+      <c r="R129" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB129" s="19">
+        <v>27333050.100000001</v>
       </c>
       <c r="AC129" s="20">
-        <v>65350</v>
+        <v>1899508042</v>
       </c>
       <c r="AD129" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:30" x14ac:dyDescent="0.2">
+        <v>195827</v>
+      </c>
+      <c r="AE129" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="130" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A130" s="17" t="s">
+        <v>448</v>
+      </c>
+      <c r="B130" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C130" s="17" t="s">
+        <v>449</v>
+      </c>
+      <c r="D130" s="18" t="s">
+        <v>450</v>
+      </c>
+      <c r="E130" s="20">
+        <v>254738735.24000001</v>
+      </c>
+      <c r="F130" s="20">
+        <v>37964044</v>
+      </c>
+      <c r="G130" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="I130" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J130" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L130" s="18">
+        <v>19861020</v>
+      </c>
+      <c r="AB130" s="19">
+        <v>4894452</v>
+      </c>
+      <c r="AC130" s="20">
+        <v>32022658</v>
+      </c>
+      <c r="AD130" s="20">
+        <v>18247</v>
+      </c>
+      <c r="AE130" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="131" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A131" s="17" t="s">
         <v>451</v>
       </c>
-      <c r="B130" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C130" s="17" t="s">
+      <c r="B131" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C131" s="17" t="s">
         <v>452</v>
       </c>
-      <c r="D130" s="18" t="s">
+      <c r="D131" s="18" t="s">
         <v>453</v>
       </c>
-      <c r="E130" s="20">
-[...54 lines deleted...]
-      </c>
       <c r="E131" s="20">
-        <v>248733936.47999999</v>
+        <v>1722458029.95</v>
       </c>
       <c r="F131" s="20">
-        <v>38032712</v>
+        <v>83817909</v>
       </c>
       <c r="G131" s="19" t="s">
-        <v>47</v>
+        <v>132</v>
       </c>
       <c r="I131" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J131" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L131" s="18">
-        <v>19861020</v>
-[...5 lines deleted...]
-        <v>29111940</v>
+        <v>19740408</v>
+      </c>
+      <c r="U131" s="18" t="s">
+        <v>321</v>
+      </c>
+      <c r="AB131" s="19">
+        <v>44092739</v>
       </c>
       <c r="AC131" s="20">
-        <v>16947</v>
+        <v>618445672.5</v>
       </c>
       <c r="AD131" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:30" x14ac:dyDescent="0.2">
+        <v>234296</v>
+      </c>
+      <c r="AE131" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="132" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A132" s="17" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="B132" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C132" s="17" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="D132" s="18" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="E132" s="20">
-        <v>1346115618.54</v>
+        <v>54070957477.120003</v>
       </c>
       <c r="F132" s="20">
-        <v>83817909</v>
+        <v>43744467</v>
       </c>
       <c r="G132" s="19" t="s">
-        <v>132</v>
+        <v>58</v>
       </c>
       <c r="I132" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J132" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L132" s="18">
-        <v>19740408</v>
-[...8 lines deleted...]
-        <v>500180131</v>
+        <v>19720914</v>
+      </c>
+      <c r="R132" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="S132" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="AB132" s="19">
+        <v>31205220</v>
       </c>
       <c r="AC132" s="20">
-        <v>201491</v>
+        <v>28090872341.5</v>
       </c>
       <c r="AD132" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:30" x14ac:dyDescent="0.2">
+        <v>159078</v>
+      </c>
+      <c r="AE132" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="133" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A133" s="17" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="B133" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C133" s="17" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="D133" s="18" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="E133" s="20">
-        <v>51426186111.900002</v>
+        <v>1732520937.1199999</v>
       </c>
       <c r="F133" s="20">
-        <v>43844910</v>
+        <v>104810704</v>
       </c>
       <c r="G133" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I133" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J133" s="18" t="s">
         <v>38</v>
       </c>
+      <c r="K133" s="18" t="s">
+        <v>40</v>
+      </c>
       <c r="L133" s="18">
-        <v>19720914</v>
-[...11 lines deleted...]
-        <v>25154726428</v>
+        <v>20150130</v>
+      </c>
+      <c r="AB133" s="19">
+        <v>11711286</v>
       </c>
       <c r="AC133" s="20">
-        <v>143623</v>
+        <v>203541848</v>
       </c>
       <c r="AD133" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:30" x14ac:dyDescent="0.2">
+        <v>47047</v>
+      </c>
+      <c r="AE133" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="134" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A134" s="17" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="B134" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C134" s="17" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="D134" s="18" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="E134" s="20">
-        <v>1781781968</v>
+        <v>678515117.15999997</v>
       </c>
       <c r="F134" s="20">
-        <v>104810704</v>
+        <v>88682936</v>
       </c>
       <c r="G134" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I134" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J134" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L134" s="18">
+        <v>19860811</v>
+      </c>
+      <c r="AB134" s="19">
+        <v>78385479</v>
+      </c>
+      <c r="AC134" s="20">
+        <v>537650285.5</v>
+      </c>
+      <c r="AD134" s="20">
+        <v>250412</v>
+      </c>
+      <c r="AE134" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="135" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A135" s="17" t="s">
+        <v>463</v>
+      </c>
+      <c r="B135" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C135" s="17" t="s">
+        <v>464</v>
+      </c>
+      <c r="D135" s="18" t="s">
+        <v>465</v>
+      </c>
+      <c r="E135" s="20">
+        <v>9818518102.6800003</v>
+      </c>
+      <c r="F135" s="20">
+        <v>131333843</v>
+      </c>
+      <c r="G135" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="I135" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="J135" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L135" s="18">
+        <v>19691023</v>
+      </c>
+      <c r="R135" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB135" s="19">
+        <v>113842764</v>
+      </c>
+      <c r="AC135" s="20">
+        <v>6085531438</v>
+      </c>
+      <c r="AD135" s="20">
+        <v>647712</v>
+      </c>
+      <c r="AE135" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="136" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A136" s="17" t="s">
+        <v>466</v>
+      </c>
+      <c r="B136" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C136" s="17" t="s">
+        <v>467</v>
+      </c>
+      <c r="D136" s="18" t="s">
+        <v>468</v>
+      </c>
+      <c r="E136" s="20">
+        <v>571985513.60000002</v>
+      </c>
+      <c r="F136" s="20">
+        <v>38165595</v>
+      </c>
+      <c r="G136" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="I136" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="J134" s="18" t="s">
-[...66 lines deleted...]
-      <c r="A136" s="17" t="s">
+      <c r="J136" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L136" s="18">
+        <v>19991006</v>
+      </c>
+      <c r="AB136" s="19">
+        <v>11547455</v>
+      </c>
+      <c r="AC136" s="20">
+        <v>166447519</v>
+      </c>
+      <c r="AD136" s="20">
+        <v>49991</v>
+      </c>
+      <c r="AE136" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="137" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A137" s="17" t="s">
         <v>469</v>
       </c>
-      <c r="B136" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C136" s="17" t="s">
+      <c r="B137" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C137" s="17" t="s">
         <v>470</v>
       </c>
-      <c r="D136" s="18" t="s">
+      <c r="D137" s="18" t="s">
         <v>471</v>
       </c>
-      <c r="E136" s="20">
-[...45 lines deleted...]
-      </c>
       <c r="E137" s="20">
-        <v>573505288.60000002</v>
+        <v>220815578.36000001</v>
       </c>
       <c r="F137" s="20">
-        <v>38165595</v>
+        <v>36925682</v>
       </c>
       <c r="G137" s="19" t="s">
-        <v>58</v>
+        <v>132</v>
       </c>
       <c r="I137" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J137" s="18" t="s">
         <v>38</v>
       </c>
+      <c r="K137" s="18" t="s">
+        <v>59</v>
+      </c>
       <c r="L137" s="18">
-        <v>19991006</v>
-[...5 lines deleted...]
-        <v>150717280.5</v>
+        <v>20220310</v>
+      </c>
+      <c r="P137" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q137" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="U137" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="Z137" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="AA137" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="AB137" s="19">
+        <v>4924668</v>
       </c>
       <c r="AC137" s="20">
-        <v>45178</v>
+        <v>29126435.5</v>
       </c>
       <c r="AD137" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:30" x14ac:dyDescent="0.2">
+        <v>12102</v>
+      </c>
+      <c r="AE137" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="138" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A138" s="17" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="B138" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C138" s="17" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="D138" s="18" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="E138" s="20">
-        <v>219707807.90000001</v>
+        <v>4172423865.48</v>
       </c>
       <c r="F138" s="20">
-        <v>36925682</v>
+        <v>212445207</v>
       </c>
       <c r="G138" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I138" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J138" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="K138" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L138" s="18">
-        <v>20220310</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>19940328</v>
+      </c>
+      <c r="R138" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="U138" s="18" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="Y138" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="Z138" s="18" t="s">
         <v>115</v>
       </c>
-      <c r="Z138" s="18" t="s">
-[...6 lines deleted...]
-        <v>26483649</v>
+      <c r="AB138" s="19">
+        <v>80533321</v>
       </c>
       <c r="AC138" s="20">
-        <v>10858</v>
+        <v>1420042382</v>
       </c>
       <c r="AD138" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:30" x14ac:dyDescent="0.2">
+        <v>332649</v>
+      </c>
+      <c r="AE138" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="139" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A139" s="17" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="B139" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C139" s="17" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="D139" s="18" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="E139" s="20">
-        <v>3996094343.6700001</v>
+        <v>94358180.200000003</v>
       </c>
       <c r="F139" s="20">
-        <v>212445207</v>
+        <v>4000000</v>
       </c>
       <c r="G139" s="19" t="s">
-        <v>132</v>
+        <v>58</v>
       </c>
       <c r="I139" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J139" s="18" t="s">
         <v>38</v>
       </c>
+      <c r="K139" s="18" t="s">
+        <v>40</v>
+      </c>
       <c r="L139" s="18">
-        <v>19940328</v>
-[...14 lines deleted...]
-        <v>1326212615.5</v>
+        <v>20060614</v>
+      </c>
+      <c r="AB139" s="19">
+        <v>13423591</v>
       </c>
       <c r="AC139" s="20">
-        <v>312241</v>
+        <v>555040406</v>
       </c>
       <c r="AD139" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:30" x14ac:dyDescent="0.2">
+        <v>70509</v>
+      </c>
+      <c r="AE139" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="140" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A140" s="17" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="B140" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C140" s="17" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="D140" s="18" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="E140" s="20">
-        <v>92895450.5</v>
+        <v>10044960556.639999</v>
       </c>
       <c r="F140" s="20">
-        <v>4000000</v>
+        <v>45712936</v>
       </c>
       <c r="G140" s="19" t="s">
-        <v>58</v>
+        <v>132</v>
       </c>
       <c r="I140" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J140" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K140" s="18" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="L140" s="18">
-        <v>20060614</v>
-[...5 lines deleted...]
-        <v>552209646.5</v>
+        <v>20150527</v>
+      </c>
+      <c r="M140" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="R140" s="18">
+        <v>60</v>
+      </c>
+      <c r="U140" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="AB140" s="19">
+        <v>23478579</v>
       </c>
       <c r="AC140" s="20">
-        <v>70290</v>
+        <v>5819844742.5</v>
       </c>
       <c r="AD140" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:30" x14ac:dyDescent="0.2">
+        <v>172438</v>
+      </c>
+      <c r="AE140" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="141" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A141" s="17" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="B141" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C141" s="17" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="D141" s="18" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="E141" s="20">
-        <v>10205713809.360001</v>
+        <v>347684843.51999998</v>
       </c>
       <c r="F141" s="20">
-        <v>45712236</v>
+        <v>19402056</v>
       </c>
       <c r="G141" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I141" s="18" t="s">
-        <v>39</v>
+        <v>484</v>
       </c>
       <c r="J141" s="18" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="K141" s="18" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="L141" s="18">
-        <v>20150527</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>20201007</v>
+      </c>
+      <c r="O141" s="18" t="s">
+        <v>75</v>
       </c>
       <c r="U141" s="18" t="s">
-        <v>248</v>
-[...5 lines deleted...]
-        <v>5274293894.5</v>
+        <v>133</v>
+      </c>
+      <c r="V141" s="18" t="s">
+        <v>485</v>
+      </c>
+      <c r="Z141" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB141" s="19">
+        <v>3953442</v>
       </c>
       <c r="AC141" s="20">
-        <v>154431</v>
+        <v>72147437</v>
       </c>
       <c r="AD141" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:30" x14ac:dyDescent="0.2">
+        <v>9356</v>
+      </c>
+      <c r="AE141" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="142" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A142" s="17" t="s">
+        <v>486</v>
+      </c>
+      <c r="B142" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C142" s="17" t="s">
         <v>487</v>
       </c>
-      <c r="B142" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C142" s="17" t="s">
+      <c r="D142" s="18" t="s">
         <v>488</v>
       </c>
-      <c r="D142" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E142" s="20">
-        <v>361848344.39999998</v>
+        <v>151801709.81999999</v>
       </c>
       <c r="F142" s="20">
-        <v>19402056</v>
+        <v>110001239</v>
       </c>
       <c r="G142" s="19" t="s">
-        <v>132</v>
+        <v>47</v>
+      </c>
+      <c r="H142" s="18" t="s">
+        <v>73</v>
       </c>
       <c r="I142" s="18" t="s">
-        <v>490</v>
+        <v>65</v>
       </c>
       <c r="J142" s="18" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="K142" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L142" s="18">
-        <v>20201007</v>
-[...7 lines deleted...]
-      <c r="V142" s="18" t="s">
+        <v>20050805</v>
+      </c>
+      <c r="AB142" s="19">
+        <v>13845422</v>
+      </c>
+      <c r="AC142" s="20">
+        <v>908464</v>
+      </c>
+      <c r="AD142" s="20">
+        <v>1863</v>
+      </c>
+      <c r="AE142" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="143" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A143" s="17" t="s">
+        <v>489</v>
+      </c>
+      <c r="B143" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C143" s="17" t="s">
+        <v>490</v>
+      </c>
+      <c r="D143" s="18" t="s">
         <v>491</v>
       </c>
-      <c r="Y142" s="18" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="E143" s="20">
-        <v>150701697.43000001</v>
+        <v>218353955.59999999</v>
       </c>
       <c r="F143" s="20">
-        <v>110001239</v>
+        <v>99251798</v>
       </c>
       <c r="G143" s="19" t="s">
         <v>47</v>
       </c>
       <c r="H143" s="18" t="s">
         <v>73</v>
       </c>
       <c r="I143" s="18" t="s">
-        <v>65</v>
+        <v>492</v>
       </c>
       <c r="J143" s="18" t="s">
-        <v>38</v>
+        <v>390</v>
       </c>
       <c r="K143" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L143" s="18">
-        <v>20050805</v>
-[...5 lines deleted...]
-        <v>836910</v>
+        <v>20070801</v>
+      </c>
+      <c r="AB143" s="19">
+        <v>30564550</v>
       </c>
       <c r="AC143" s="20">
-        <v>1701</v>
+        <v>60507585.5</v>
       </c>
       <c r="AD143" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:30" x14ac:dyDescent="0.2">
+        <v>22974</v>
+      </c>
+      <c r="AE143" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="144" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A144" s="17" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="B144" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C144" s="17" t="s">
+        <v>1419</v>
+      </c>
+      <c r="D144" s="18" t="s">
+        <v>494</v>
+      </c>
+      <c r="E144" s="20">
+        <v>7030733655.8699999</v>
+      </c>
+      <c r="F144" s="20">
+        <v>188340039</v>
+      </c>
+      <c r="G144" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="H144" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="I144" s="18" t="s">
+        <v>226</v>
+      </c>
+      <c r="J144" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="K144" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="L144" s="18">
+        <v>20200706</v>
+      </c>
+      <c r="M144" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="P144" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="S144" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="V144" s="18" t="s">
+        <v>227</v>
+      </c>
+      <c r="AB144" s="19">
+        <v>285846775</v>
+      </c>
+      <c r="AC144" s="20">
+        <v>9360450649</v>
+      </c>
+      <c r="AD144" s="20">
+        <v>1539163</v>
+      </c>
+      <c r="AE144" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="145" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A145" s="17" t="s">
         <v>496</v>
       </c>
-      <c r="D144" s="18" t="s">
+      <c r="B145" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C145" s="17" t="s">
         <v>497</v>
       </c>
-      <c r="E144" s="20">
-[...11 lines deleted...]
-      <c r="I144" s="18" t="s">
+      <c r="D145" s="18" t="s">
         <v>498</v>
       </c>
-      <c r="J144" s="18" t="s">
-[...33 lines deleted...]
-      </c>
       <c r="E145" s="20">
-        <v>9243729114.1200008</v>
+        <v>240713372.52000001</v>
       </c>
       <c r="F145" s="20">
-        <v>188340039</v>
+        <v>20679843</v>
       </c>
       <c r="G145" s="19" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="H145" s="18" t="s">
-        <v>45</v>
+        <v>211</v>
       </c>
       <c r="I145" s="18" t="s">
-        <v>229</v>
+        <v>65</v>
       </c>
       <c r="J145" s="18" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="K145" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L145" s="18">
-        <v>20200706</v>
-[...2 lines deleted...]
-        <v>215</v>
+        <v>20080516</v>
       </c>
       <c r="P145" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="S145" s="18" t="s">
-[...9 lines deleted...]
-        <v>8666248306.5</v>
+      <c r="T145" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB145" s="19">
+        <v>787860</v>
       </c>
       <c r="AC145" s="20">
-        <v>1441646</v>
+        <v>8658912.5</v>
       </c>
       <c r="AD145" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:30" x14ac:dyDescent="0.2">
+        <v>2302</v>
+      </c>
+      <c r="AE145" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="146" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A146" s="17" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="B146" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C146" s="17" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="D146" s="18" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="E146" s="20">
-        <v>243194953.68000001</v>
+        <v>415554011.89999998</v>
       </c>
       <c r="F146" s="20">
-        <v>20679843</v>
+        <v>14788399</v>
       </c>
       <c r="G146" s="19" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>214</v>
+        <v>47</v>
       </c>
       <c r="I146" s="18" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="J146" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K146" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L146" s="18">
-        <v>20080516</v>
+        <v>20150514</v>
       </c>
       <c r="P146" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="T146" s="18" t="s">
-[...6 lines deleted...]
-        <v>7870231</v>
+      <c r="AB146" s="19">
+        <v>2863048</v>
       </c>
       <c r="AC146" s="20">
-        <v>2089</v>
+        <v>87880694</v>
       </c>
       <c r="AD146" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:30" x14ac:dyDescent="0.2">
+        <v>13508</v>
+      </c>
+      <c r="AE146" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="147" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A147" s="17" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="B147" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C147" s="17" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="D147" s="18" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="E147" s="20">
-        <v>436110270.5</v>
+        <v>180716189.16999999</v>
       </c>
       <c r="F147" s="20">
-        <v>14783399</v>
+        <v>56650843</v>
       </c>
       <c r="G147" s="19" t="s">
-        <v>47</v>
+        <v>132</v>
       </c>
       <c r="I147" s="18" t="s">
-        <v>46</v>
+        <v>65</v>
       </c>
       <c r="J147" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K147" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L147" s="18">
-        <v>20150514</v>
+        <v>20000808</v>
       </c>
       <c r="P147" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="AA147" s="19">
-[...3 lines deleted...]
-        <v>80357703.5</v>
+      <c r="Q147" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="U147" s="18" t="s">
+        <v>219</v>
+      </c>
+      <c r="AB147" s="19">
+        <v>984148</v>
       </c>
       <c r="AC147" s="20">
-        <v>12654</v>
+        <v>3272228</v>
       </c>
       <c r="AD147" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:30" x14ac:dyDescent="0.2">
+        <v>1968</v>
+      </c>
+      <c r="AE147" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="148" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A148" s="17" t="s">
+        <v>505</v>
+      </c>
+      <c r="B148" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C148" s="17" t="s">
+        <v>506</v>
+      </c>
+      <c r="D148" s="18" t="s">
+        <v>507</v>
+      </c>
+      <c r="E148" s="20">
+        <v>176390255.80000001</v>
+      </c>
+      <c r="F148" s="20">
+        <v>47163170</v>
+      </c>
+      <c r="G148" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="H148" s="18" t="s">
         <v>508</v>
       </c>
-      <c r="B148" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C148" s="17" t="s">
+      <c r="I148" s="18" t="s">
+        <v>495</v>
+      </c>
+      <c r="J148" s="18" t="s">
         <v>509</v>
       </c>
-      <c r="D148" s="18" t="s">
+      <c r="K148" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="L148" s="18">
+        <v>20101215</v>
+      </c>
+      <c r="O148" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="AB148" s="19">
+        <v>7356371</v>
+      </c>
+      <c r="AC148" s="20">
+        <v>25281714.5</v>
+      </c>
+      <c r="AD148" s="20">
+        <v>17434</v>
+      </c>
+      <c r="AE148" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="149" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A149" s="17" t="s">
         <v>510</v>
       </c>
-      <c r="E148" s="20">
-[...20 lines deleted...]
-      <c r="P148" s="18" t="s">
+      <c r="B149" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C149" s="17" t="s">
+        <v>511</v>
+      </c>
+      <c r="D149" s="18" t="s">
+        <v>512</v>
+      </c>
+      <c r="E149" s="20">
+        <v>37389780443.5</v>
+      </c>
+      <c r="F149" s="20">
+        <v>415204450</v>
+      </c>
+      <c r="G149" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="I149" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J149" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L149" s="18">
+        <v>19290419</v>
+      </c>
+      <c r="R149" s="18">
         <v>60</v>
       </c>
-      <c r="Q148" s="18" t="s">
-[...28 lines deleted...]
-      <c r="D149" s="18" t="s">
+      <c r="T149" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="AB149" s="19">
+        <v>48960230</v>
+      </c>
+      <c r="AC149" s="20">
+        <v>7490936161</v>
+      </c>
+      <c r="AD149" s="20">
+        <v>289096</v>
+      </c>
+      <c r="AE149" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="150" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A150" s="17" t="s">
         <v>513</v>
       </c>
-      <c r="E149" s="20">
-[...5 lines deleted...]
-      <c r="G149" s="19" t="s">
+      <c r="B150" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C150" s="17" t="s">
+        <v>514</v>
+      </c>
+      <c r="D150" s="18" t="s">
+        <v>515</v>
+      </c>
+      <c r="E150" s="20">
+        <v>22082032171.98</v>
+      </c>
+      <c r="F150" s="20">
+        <v>347310981</v>
+      </c>
+      <c r="G150" s="19" t="s">
         <v>47</v>
-      </c>
-[...51 lines deleted...]
-        <v>51</v>
       </c>
       <c r="I150" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J150" s="18" t="s">
         <v>38</v>
       </c>
+      <c r="K150" s="18" t="s">
+        <v>40</v>
+      </c>
       <c r="L150" s="18">
-        <v>19290419</v>
-[...11 lines deleted...]
-        <v>6919340851.5</v>
+        <v>20200303</v>
+      </c>
+      <c r="M150" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R150" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB150" s="19">
+        <v>88520838</v>
       </c>
       <c r="AC150" s="20">
-        <v>257348</v>
+        <v>5832249106</v>
       </c>
       <c r="AD150" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:30" x14ac:dyDescent="0.2">
+        <v>489984</v>
+      </c>
+      <c r="AE150" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="151" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A151" s="17" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="B151" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C151" s="17" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="D151" s="18" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="E151" s="20">
-        <v>21297109354.919998</v>
+        <v>4163265799.77</v>
       </c>
       <c r="F151" s="20">
-        <v>347310981</v>
+        <v>163843597</v>
       </c>
       <c r="G151" s="19" t="s">
         <v>47</v>
       </c>
+      <c r="H151" s="18" t="s">
+        <v>73</v>
+      </c>
       <c r="I151" s="18" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="J151" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K151" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L151" s="18">
-        <v>20200303</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>20110614</v>
       </c>
       <c r="R151" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="AA151" s="19">
-[...3 lines deleted...]
-        <v>5293023126.5</v>
+      <c r="AB151" s="19">
+        <v>157647776</v>
       </c>
       <c r="AC151" s="20">
-        <v>444470</v>
+        <v>3726376816.5</v>
       </c>
       <c r="AD151" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:30" x14ac:dyDescent="0.2">
+        <v>589167</v>
+      </c>
+      <c r="AE151" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="152" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A152" s="17" t="s">
+        <v>519</v>
+      </c>
+      <c r="B152" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C152" s="17" t="s">
+        <v>520</v>
+      </c>
+      <c r="D152" s="18" t="s">
+        <v>521</v>
+      </c>
+      <c r="E152" s="20">
+        <v>11954267956.620001</v>
+      </c>
+      <c r="F152" s="20">
+        <v>149074298</v>
+      </c>
+      <c r="G152" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="I152" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J152" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L152" s="18">
+        <v>19980624</v>
+      </c>
+      <c r="M152" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R152" s="18">
+        <v>60</v>
+      </c>
+      <c r="T152" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB152" s="19">
+        <v>106915522</v>
+      </c>
+      <c r="AC152" s="20">
+        <v>7708306197.5</v>
+      </c>
+      <c r="AD152" s="20">
+        <v>597207</v>
+      </c>
+      <c r="AE152" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="153" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A153" s="17" t="s">
         <v>522</v>
       </c>
-      <c r="B152" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C152" s="17" t="s">
+      <c r="B153" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C153" s="17" t="s">
         <v>523</v>
       </c>
-      <c r="D152" s="18" t="s">
+      <c r="D153" s="18" t="s">
         <v>524</v>
       </c>
-      <c r="E152" s="20">
-[...40 lines deleted...]
-      <c r="A153" s="17" t="s">
+      <c r="E153" s="20">
+        <v>23631214.140000001</v>
+      </c>
+      <c r="F153" s="20">
+        <v>131284523</v>
+      </c>
+      <c r="G153" s="19" t="s">
+        <v>181</v>
+      </c>
+      <c r="I153" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="J153" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L153" s="18">
+        <v>19810406</v>
+      </c>
+      <c r="AB153" s="19">
+        <v>6730085</v>
+      </c>
+      <c r="AC153" s="20">
+        <v>1044569</v>
+      </c>
+      <c r="AD153" s="20">
+        <v>586</v>
+      </c>
+      <c r="AE153" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="154" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A154" s="17" t="s">
         <v>525</v>
       </c>
-      <c r="B153" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C153" s="17" t="s">
+      <c r="B154" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C154" s="17" t="s">
         <v>526</v>
       </c>
-      <c r="D153" s="18" t="s">
+      <c r="D154" s="18" t="s">
         <v>527</v>
       </c>
-      <c r="E153" s="20">
-[...5 lines deleted...]
-      <c r="G153" s="19" t="s">
+      <c r="E154" s="20">
+        <v>22684213.199999999</v>
+      </c>
+      <c r="F154" s="20">
+        <v>68740040</v>
+      </c>
+      <c r="G154" s="19" t="s">
         <v>51</v>
-      </c>
-[...51 lines deleted...]
-        <v>184</v>
       </c>
       <c r="I154" s="18" t="s">
         <v>52</v>
       </c>
       <c r="J154" s="18" t="s">
         <v>38</v>
       </c>
+      <c r="K154" s="18" t="s">
+        <v>59</v>
+      </c>
       <c r="L154" s="18">
-        <v>19810406</v>
-[...5 lines deleted...]
-        <v>824354</v>
+        <v>20100526</v>
+      </c>
+      <c r="O154" s="18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P154" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="T154" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB154" s="19">
+        <v>9813844</v>
       </c>
       <c r="AC154" s="20">
-        <v>519</v>
+        <v>3365671.5</v>
       </c>
       <c r="AD154" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:30" x14ac:dyDescent="0.2">
+        <v>1473</v>
+      </c>
+      <c r="AE154" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="155" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A155" s="17" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B155" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C155" s="17" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D155" s="18" t="s">
+        <v>1425</v>
+      </c>
+      <c r="E155" s="20">
+        <v>368699203.68000001</v>
+      </c>
+      <c r="F155" s="20">
+        <v>33396667</v>
+      </c>
+      <c r="G155" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="I155" s="18" t="s">
+        <v>226</v>
+      </c>
+      <c r="J155" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="K155" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="L155" s="18">
+        <v>20250725</v>
+      </c>
+      <c r="U155" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="V155" s="18" t="s">
+        <v>227</v>
+      </c>
+      <c r="Z155" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB155" s="19">
+        <v>11475969</v>
+      </c>
+      <c r="AC155" s="20">
+        <v>149288759.5</v>
+      </c>
+      <c r="AD155" s="20">
+        <v>21408</v>
+      </c>
+      <c r="AE155" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="156" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A156" s="17" t="s">
+        <v>528</v>
+      </c>
+      <c r="B156" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C156" s="17" t="s">
+        <v>529</v>
+      </c>
+      <c r="D156" s="18" t="s">
+        <v>530</v>
+      </c>
+      <c r="E156" s="20">
+        <v>2247973980</v>
+      </c>
+      <c r="F156" s="20">
+        <v>16056957</v>
+      </c>
+      <c r="G156" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="I156" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J156" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K156" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="L156" s="18">
+        <v>19950503</v>
+      </c>
+      <c r="R156" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB156" s="19">
+        <v>18007562</v>
+      </c>
+      <c r="AC156" s="20">
+        <v>2942644819.5</v>
+      </c>
+      <c r="AD156" s="20">
+        <v>170268</v>
+      </c>
+      <c r="AE156" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="157" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A157" s="17" t="s">
         <v>531</v>
       </c>
-      <c r="B155" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C155" s="17" t="s">
+      <c r="B157" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C157" s="17" t="s">
         <v>532</v>
       </c>
-      <c r="D155" s="18" t="s">
+      <c r="D157" s="18" t="s">
         <v>533</v>
       </c>
-      <c r="E155" s="20">
-[...110 lines deleted...]
-      </c>
       <c r="E157" s="20">
-        <v>2712055084.5500002</v>
+        <v>140258883.81999999</v>
       </c>
       <c r="F157" s="20">
-        <v>16080967</v>
+        <v>12624562</v>
       </c>
       <c r="G157" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I157" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J157" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K157" s="18" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="L157" s="18">
-        <v>19950503</v>
-[...8 lines deleted...]
-        <v>2535183955.5</v>
+        <v>20160421</v>
+      </c>
+      <c r="P157" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="AB157" s="19">
+        <v>1672569</v>
       </c>
       <c r="AC157" s="20">
-        <v>141957</v>
+        <v>16642179.5</v>
       </c>
       <c r="AD157" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:30" x14ac:dyDescent="0.2">
+        <v>7466</v>
+      </c>
+      <c r="AE157" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="158" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A158" s="17" t="s">
+        <v>534</v>
+      </c>
+      <c r="B158" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C158" s="17" t="s">
+        <v>535</v>
+      </c>
+      <c r="D158" s="18" t="s">
+        <v>536</v>
+      </c>
+      <c r="E158" s="20">
+        <v>99288087.060000002</v>
+      </c>
+      <c r="F158" s="20">
+        <v>8350554</v>
+      </c>
+      <c r="G158" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="H158" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="I158" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J158" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L158" s="18">
+        <v>19991206</v>
+      </c>
+      <c r="AB158" s="19">
+        <v>769893</v>
+      </c>
+      <c r="AC158" s="20">
+        <v>9108354.5</v>
+      </c>
+      <c r="AD158" s="20">
+        <v>3574</v>
+      </c>
+      <c r="AE158" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="159" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A159" s="17" t="s">
         <v>537</v>
       </c>
-      <c r="B158" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C158" s="17" t="s">
+      <c r="B159" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C159" s="17" t="s">
         <v>538</v>
       </c>
-      <c r="D158" s="18" t="s">
+      <c r="D159" s="18" t="s">
         <v>539</v>
       </c>
-      <c r="E158" s="20">
-[...48 lines deleted...]
-      </c>
       <c r="E159" s="20">
-        <v>100380648</v>
+        <v>33374645.010000002</v>
       </c>
       <c r="F159" s="20">
-        <v>8365054</v>
+        <v>99643506</v>
       </c>
       <c r="G159" s="19" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>51</v>
       </c>
       <c r="I159" s="18" t="s">
         <v>46</v>
       </c>
       <c r="J159" s="18" t="s">
         <v>38</v>
       </c>
+      <c r="K159" s="18" t="s">
+        <v>59</v>
+      </c>
       <c r="L159" s="18">
-        <v>19991206</v>
-[...5 lines deleted...]
-        <v>8352041</v>
+        <v>20170607</v>
+      </c>
+      <c r="P159" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q159" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="T159" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="AB159" s="19">
+        <v>34441044</v>
       </c>
       <c r="AC159" s="20">
-        <v>3235</v>
+        <v>10023140.5</v>
       </c>
       <c r="AD159" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:30" x14ac:dyDescent="0.2">
+        <v>13822</v>
+      </c>
+      <c r="AE159" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="160" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A160" s="17" t="s">
+        <v>540</v>
+      </c>
+      <c r="B160" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C160" s="17" t="s">
+        <v>541</v>
+      </c>
+      <c r="D160" s="18" t="s">
+        <v>542</v>
+      </c>
+      <c r="E160" s="20">
+        <v>4640663847.5100002</v>
+      </c>
+      <c r="F160" s="20">
+        <v>60590989</v>
+      </c>
+      <c r="G160" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="I160" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J160" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L160" s="18">
+        <v>20030820</v>
+      </c>
+      <c r="M160" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R160" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="U160" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="Z160" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB160" s="19">
+        <v>22552395</v>
+      </c>
+      <c r="AC160" s="20">
+        <v>1588189336.5</v>
+      </c>
+      <c r="AD160" s="20">
+        <v>141018</v>
+      </c>
+      <c r="AE160" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="161" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A161" s="17" t="s">
         <v>543</v>
       </c>
-      <c r="B160" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C160" s="17" t="s">
+      <c r="B161" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C161" s="17" t="s">
         <v>544</v>
       </c>
-      <c r="D160" s="18" t="s">
+      <c r="D161" s="18" t="s">
         <v>545</v>
       </c>
-      <c r="E160" s="20">
-[...54 lines deleted...]
-      </c>
       <c r="E161" s="20">
-        <v>4775795467.6599998</v>
+        <v>61932390337.07</v>
       </c>
       <c r="F161" s="20">
-        <v>60591163</v>
+        <v>1031268133</v>
       </c>
       <c r="G161" s="19" t="s">
-        <v>132</v>
+        <v>58</v>
       </c>
       <c r="I161" s="18" t="s">
-        <v>39</v>
+        <v>93</v>
       </c>
       <c r="J161" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L161" s="18">
-        <v>20030820</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>19860626</v>
       </c>
       <c r="R161" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="U161" s="18" t="s">
+      <c r="AB161" s="19">
+        <v>597789750</v>
+      </c>
+      <c r="AC161" s="20">
+        <v>31251036616.5</v>
+      </c>
+      <c r="AD161" s="20">
+        <v>1027132</v>
+      </c>
+      <c r="AE161" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="162" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A162" s="17" t="s">
+        <v>546</v>
+      </c>
+      <c r="B162" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C162" s="17" t="s">
+        <v>547</v>
+      </c>
+      <c r="D162" s="18" t="s">
+        <v>548</v>
+      </c>
+      <c r="E162" s="20">
+        <v>38133037.799999997</v>
+      </c>
+      <c r="F162" s="20">
+        <v>23110932</v>
+      </c>
+      <c r="G162" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="I162" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="J162" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K162" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="L162" s="18">
+        <v>20220210</v>
+      </c>
+      <c r="P162" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="AB162" s="19">
+        <v>1210347</v>
+      </c>
+      <c r="AC162" s="20">
+        <v>3882107</v>
+      </c>
+      <c r="AD162" s="20">
+        <v>3648</v>
+      </c>
+      <c r="AE162" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="163" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A163" s="17" t="s">
+        <v>549</v>
+      </c>
+      <c r="B163" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C163" s="17" t="s">
+        <v>550</v>
+      </c>
+      <c r="D163" s="18" t="s">
+        <v>551</v>
+      </c>
+      <c r="E163" s="20">
+        <v>1162445502</v>
+      </c>
+      <c r="F163" s="20">
+        <v>15708723</v>
+      </c>
+      <c r="G163" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="I163" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J163" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K163" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="L163" s="18">
+        <v>20241126</v>
+      </c>
+      <c r="T163" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB163" s="19">
+        <v>28637340</v>
+      </c>
+      <c r="AC163" s="20">
+        <v>1114991630.5</v>
+      </c>
+      <c r="AD163" s="20">
+        <v>172993</v>
+      </c>
+      <c r="AE163" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="164" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A164" s="17" t="s">
+        <v>552</v>
+      </c>
+      <c r="B164" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C164" s="17" t="s">
+        <v>553</v>
+      </c>
+      <c r="D164" s="18" t="s">
+        <v>554</v>
+      </c>
+      <c r="E164" s="20">
+        <v>1652148105.03</v>
+      </c>
+      <c r="F164" s="20">
+        <v>24564813</v>
+      </c>
+      <c r="G164" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="I164" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J164" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L164" s="18">
+        <v>19690522</v>
+      </c>
+      <c r="AB164" s="19">
+        <v>6438881</v>
+      </c>
+      <c r="AC164" s="20">
+        <v>408649763.5</v>
+      </c>
+      <c r="AD164" s="20">
+        <v>20209</v>
+      </c>
+      <c r="AE164" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="165" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A165" s="17" t="s">
+        <v>555</v>
+      </c>
+      <c r="B165" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C165" s="17" t="s">
+        <v>556</v>
+      </c>
+      <c r="D165" s="18" t="s">
+        <v>557</v>
+      </c>
+      <c r="E165" s="20">
+        <v>146608496.18000001</v>
+      </c>
+      <c r="F165" s="20">
+        <v>30104414</v>
+      </c>
+      <c r="G165" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="I165" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J165" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K165" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="L165" s="18">
+        <v>20201102</v>
+      </c>
+      <c r="P165" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q165" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="T165" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="AB165" s="19">
+        <v>4361473</v>
+      </c>
+      <c r="AC165" s="20">
+        <v>14205598.5</v>
+      </c>
+      <c r="AD165" s="20">
+        <v>12421</v>
+      </c>
+      <c r="AE165" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="166" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A166" s="17" t="s">
+        <v>558</v>
+      </c>
+      <c r="B166" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C166" s="17" t="s">
+        <v>559</v>
+      </c>
+      <c r="D166" s="18" t="s">
+        <v>560</v>
+      </c>
+      <c r="E166" s="20">
+        <v>2709676909.4400001</v>
+      </c>
+      <c r="F166" s="20">
+        <v>262565592</v>
+      </c>
+      <c r="G166" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="I166" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J166" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L166" s="18">
+        <v>19961218</v>
+      </c>
+      <c r="R166" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="U166" s="18" t="s">
         <v>133</v>
       </c>
-      <c r="Y161" s="18" t="s">
+      <c r="Z166" s="18" t="s">
         <v>115</v>
       </c>
-      <c r="AA161" s="19">
-[...78 lines deleted...]
-      <c r="G163" s="19" t="s">
+      <c r="AB166" s="19">
+        <v>141536768</v>
+      </c>
+      <c r="AC166" s="20">
+        <v>1525153326</v>
+      </c>
+      <c r="AD166" s="20">
+        <v>442148</v>
+      </c>
+      <c r="AE166" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="167" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A167" s="17" t="s">
+        <v>561</v>
+      </c>
+      <c r="B167" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C167" s="17" t="s">
+        <v>562</v>
+      </c>
+      <c r="D167" s="18" t="s">
+        <v>563</v>
+      </c>
+      <c r="E167" s="20">
+        <v>97538400</v>
+      </c>
+      <c r="F167" s="20">
+        <v>8556000</v>
+      </c>
+      <c r="G167" s="19" t="s">
         <v>47</v>
-      </c>
-[...198 lines deleted...]
-        <v>132</v>
       </c>
       <c r="I167" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J167" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L167" s="18">
-        <v>19961218</v>
-[...14 lines deleted...]
-        <v>1376837471.5</v>
+        <v>19860610</v>
+      </c>
+      <c r="AB167" s="19">
+        <v>2020443</v>
       </c>
       <c r="AC167" s="20">
-        <v>397200</v>
+        <v>19588986</v>
       </c>
       <c r="AD167" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:30" x14ac:dyDescent="0.2">
+        <v>7411</v>
+      </c>
+      <c r="AE167" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="168" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A168" s="17" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="B168" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C168" s="17" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="D168" s="18" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="E168" s="20">
-        <v>95998320</v>
+        <v>1582830400.3199999</v>
       </c>
       <c r="F168" s="20">
-        <v>8556000</v>
+        <v>9126624</v>
       </c>
       <c r="G168" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I168" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J168" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L168" s="18">
-        <v>19860610</v>
-[...5 lines deleted...]
-        <v>17637701.5</v>
+        <v>20010110</v>
+      </c>
+      <c r="S168" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="AB168" s="19">
+        <v>12565101</v>
       </c>
       <c r="AC168" s="20">
-        <v>6666</v>
+        <v>1537910692</v>
       </c>
       <c r="AD168" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:30" x14ac:dyDescent="0.2">
+        <v>112587</v>
+      </c>
+      <c r="AE168" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="169" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A169" s="17" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="B169" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C169" s="17" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="D169" s="18" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="E169" s="20">
-        <v>1953097536</v>
+        <v>89825808.700000003</v>
       </c>
       <c r="F169" s="20">
-        <v>9126624</v>
+        <v>52838711</v>
       </c>
       <c r="G169" s="19" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="I169" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J169" s="18" t="s">
         <v>38</v>
       </c>
+      <c r="K169" s="18" t="s">
+        <v>40</v>
+      </c>
       <c r="L169" s="18">
-        <v>20010110</v>
-[...8 lines deleted...]
-        <v>1269281035</v>
+        <v>20170217</v>
+      </c>
+      <c r="AB169" s="19">
+        <v>1041199</v>
       </c>
       <c r="AC169" s="20">
-        <v>98671</v>
+        <v>2393166.5</v>
       </c>
       <c r="AD169" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:30" x14ac:dyDescent="0.2">
+        <v>1099</v>
+      </c>
+      <c r="AE169" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="170" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A170" s="17" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="B170" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C170" s="17" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="D170" s="18" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="E170" s="20">
-        <v>105149034.89</v>
+        <v>10665445.560000001</v>
       </c>
       <c r="F170" s="20">
-        <v>52838711</v>
+        <v>12696959</v>
       </c>
       <c r="G170" s="19" t="s">
-        <v>58</v>
+        <v>47</v>
+      </c>
+      <c r="H170" s="18" t="s">
+        <v>73</v>
       </c>
       <c r="I170" s="18" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="J170" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K170" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L170" s="18">
-        <v>20170217</v>
-[...5 lines deleted...]
-        <v>2300297.5</v>
+        <v>20050720</v>
+      </c>
+      <c r="AB170" s="19">
+        <v>1517855</v>
       </c>
       <c r="AC170" s="20">
-        <v>1008</v>
+        <v>1417878</v>
       </c>
       <c r="AD170" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:30" x14ac:dyDescent="0.2">
+        <v>1180</v>
+      </c>
+      <c r="AE170" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="171" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A171" s="17" t="s">
+        <v>573</v>
+      </c>
+      <c r="B171" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C171" s="17" t="s">
+        <v>574</v>
+      </c>
+      <c r="D171" s="18" t="s">
+        <v>575</v>
+      </c>
+      <c r="E171" s="20">
+        <v>390879149.75999999</v>
+      </c>
+      <c r="F171" s="20">
+        <v>28825896</v>
+      </c>
+      <c r="G171" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="I171" s="18" t="s">
+        <v>142</v>
+      </c>
+      <c r="J171" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L171" s="18">
+        <v>19710115</v>
+      </c>
+      <c r="T171" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="AB171" s="19">
+        <v>6625905</v>
+      </c>
+      <c r="AC171" s="20">
+        <v>106657887.5</v>
+      </c>
+      <c r="AD171" s="20">
+        <v>35573</v>
+      </c>
+      <c r="AE171" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="172" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A172" s="17" t="s">
         <v>576</v>
       </c>
-      <c r="B171" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C171" s="17" t="s">
+      <c r="B172" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C172" s="17" t="s">
         <v>577</v>
       </c>
-      <c r="D171" s="18" t="s">
+      <c r="D172" s="18" t="s">
         <v>578</v>
       </c>
-      <c r="E171" s="20">
-[...17 lines deleted...]
-      <c r="K171" s="18" t="s">
+      <c r="E172" s="20">
+        <v>15209216508.780001</v>
+      </c>
+      <c r="F172" s="20">
+        <v>92143563</v>
+      </c>
+      <c r="G172" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="I172" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J172" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K172" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="L171" s="18">
-[...16 lines deleted...]
-      <c r="A172" s="17" t="s">
+      <c r="L172" s="18">
+        <v>20000210</v>
+      </c>
+      <c r="R172" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB172" s="19">
+        <v>66010410</v>
+      </c>
+      <c r="AC172" s="20">
+        <v>9532821721.5</v>
+      </c>
+      <c r="AD172" s="20">
+        <v>370605</v>
+      </c>
+      <c r="AE172" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="173" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A173" s="17" t="s">
         <v>579</v>
       </c>
-      <c r="B172" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C172" s="17" t="s">
+      <c r="B173" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C173" s="17" t="s">
         <v>580</v>
       </c>
-      <c r="D172" s="18" t="s">
+      <c r="D173" s="18" t="s">
         <v>581</v>
       </c>
-      <c r="E172" s="20">
-[...5 lines deleted...]
-      <c r="G172" s="19" t="s">
+      <c r="E173" s="20">
+        <v>39389307.100000001</v>
+      </c>
+      <c r="F173" s="20">
+        <v>30299467</v>
+      </c>
+      <c r="G173" s="19" t="s">
         <v>51</v>
       </c>
-      <c r="I172" s="18" t="s">
-[...25 lines deleted...]
-      <c r="A173" s="17" t="s">
+      <c r="I173" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J173" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K173" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="L173" s="18">
+        <v>20150918</v>
+      </c>
+      <c r="O173" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="P173" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="T173" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB173" s="19">
+        <v>2314614</v>
+      </c>
+      <c r="AC173" s="20">
+        <v>2546297</v>
+      </c>
+      <c r="AD173" s="20">
+        <v>1575</v>
+      </c>
+      <c r="AE173" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="174" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A174" s="17" t="s">
         <v>582</v>
       </c>
-      <c r="B173" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C173" s="17" t="s">
+      <c r="B174" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C174" s="17" t="s">
         <v>583</v>
       </c>
-      <c r="D173" s="18" t="s">
+      <c r="D174" s="18" t="s">
         <v>584</v>
       </c>
-      <c r="E173" s="20">
-[...5 lines deleted...]
-      <c r="G173" s="19" t="s">
+      <c r="E174" s="20">
+        <v>13475597882.950001</v>
+      </c>
+      <c r="F174" s="20">
+        <v>236206799</v>
+      </c>
+      <c r="G174" s="19" t="s">
         <v>58</v>
       </c>
-      <c r="I173" s="18" t="s">
-[...5 lines deleted...]
-      <c r="K173" s="18" t="s">
+      <c r="I174" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="J174" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L174" s="18">
+        <v>19861112</v>
+      </c>
+      <c r="R174" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB174" s="19">
+        <v>70620936</v>
+      </c>
+      <c r="AC174" s="20">
+        <v>3319100695.5</v>
+      </c>
+      <c r="AD174" s="20">
+        <v>309517</v>
+      </c>
+      <c r="AE174" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="175" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A175" s="17" t="s">
+        <v>585</v>
+      </c>
+      <c r="B175" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C175" s="17" t="s">
+        <v>586</v>
+      </c>
+      <c r="D175" s="18" t="s">
+        <v>587</v>
+      </c>
+      <c r="E175" s="20">
+        <v>26611095.199999999</v>
+      </c>
+      <c r="F175" s="20">
+        <v>33263869</v>
+      </c>
+      <c r="G175" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="I175" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J175" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K175" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="L173" s="18">
-[...75 lines deleted...]
-      <c r="A175" s="17" t="s">
+      <c r="L175" s="18">
+        <v>20130410</v>
+      </c>
+      <c r="U175" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="Z175" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB175" s="19">
+        <v>6189303</v>
+      </c>
+      <c r="AC175" s="20">
+        <v>5398692.5</v>
+      </c>
+      <c r="AD175" s="20">
+        <v>5525</v>
+      </c>
+      <c r="AE175" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="176" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A176" s="17" t="s">
         <v>588</v>
       </c>
-      <c r="B175" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C175" s="17" t="s">
+      <c r="B176" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C176" s="17" t="s">
         <v>589</v>
       </c>
-      <c r="D175" s="18" t="s">
+      <c r="D176" s="18" t="s">
         <v>590</v>
       </c>
-      <c r="E175" s="20">
-[...5 lines deleted...]
-      <c r="G175" s="19" t="s">
+      <c r="E176" s="20">
+        <v>52160450765</v>
+      </c>
+      <c r="F176" s="20">
+        <v>237688475</v>
+      </c>
+      <c r="G176" s="19" t="s">
         <v>58</v>
-      </c>
-[...45 lines deleted...]
-        <v>132</v>
       </c>
       <c r="I176" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J176" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K176" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L176" s="18">
-        <v>20130410</v>
-[...1 lines deleted...]
-      <c r="U176" s="18" t="s">
+        <v>20041214</v>
+      </c>
+      <c r="R176" s="18">
+        <v>60</v>
+      </c>
+      <c r="AB176" s="19">
+        <v>87057740</v>
+      </c>
+      <c r="AC176" s="20">
+        <v>22289952148</v>
+      </c>
+      <c r="AD176" s="20">
+        <v>495358</v>
+      </c>
+      <c r="AE176" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="177" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A177" s="17" t="s">
+        <v>591</v>
+      </c>
+      <c r="B177" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C177" s="17" t="s">
+        <v>592</v>
+      </c>
+      <c r="D177" s="18" t="s">
+        <v>593</v>
+      </c>
+      <c r="E177" s="20">
+        <v>589184565.75999999</v>
+      </c>
+      <c r="F177" s="20">
+        <v>65757206</v>
+      </c>
+      <c r="G177" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="H177" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="I177" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="J177" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L177" s="18">
+        <v>19720529</v>
+      </c>
+      <c r="AB177" s="19">
+        <v>66174849</v>
+      </c>
+      <c r="AC177" s="20">
+        <v>784429202</v>
+      </c>
+      <c r="AD177" s="20">
+        <v>322089</v>
+      </c>
+      <c r="AE177" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="178" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A178" s="17" t="s">
+        <v>594</v>
+      </c>
+      <c r="B178" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C178" s="17" t="s">
+        <v>595</v>
+      </c>
+      <c r="D178" s="18" t="s">
+        <v>596</v>
+      </c>
+      <c r="E178" s="20">
+        <v>1848223339.8299999</v>
+      </c>
+      <c r="F178" s="20">
+        <v>139699421</v>
+      </c>
+      <c r="G178" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="I178" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J178" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K178" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="L178" s="18">
+        <v>20070425</v>
+      </c>
+      <c r="P178" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="R178" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="U178" s="18" t="s">
         <v>133</v>
       </c>
-      <c r="Y176" s="18" t="s">
+      <c r="Z178" s="18" t="s">
         <v>115</v>
       </c>
-      <c r="AA176" s="19">
-[...63 lines deleted...]
-      <c r="A178" s="17" t="s">
+      <c r="AB178" s="19">
+        <v>145548147</v>
+      </c>
+      <c r="AC178" s="20">
+        <v>1817385376</v>
+      </c>
+      <c r="AD178" s="20">
+        <v>337349</v>
+      </c>
+      <c r="AE178" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="179" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A179" s="17" t="s">
         <v>597</v>
       </c>
-      <c r="B178" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C178" s="17" t="s">
+      <c r="B179" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C179" s="17" t="s">
         <v>598</v>
       </c>
-      <c r="D178" s="18" t="s">
+      <c r="D179" s="18" t="s">
         <v>599</v>
       </c>
-      <c r="E178" s="20">
-[...45 lines deleted...]
-      </c>
       <c r="E179" s="20">
-        <v>1869178252.98</v>
+        <v>109839695.37</v>
       </c>
       <c r="F179" s="20">
-        <v>139699421</v>
+        <v>914347393</v>
       </c>
       <c r="G179" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I179" s="18" t="s">
-        <v>39</v>
+        <v>600</v>
       </c>
       <c r="J179" s="18" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="K179" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L179" s="18">
-        <v>20070425</v>
+        <v>20160602</v>
       </c>
       <c r="P179" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="R179" s="18" t="s">
+      <c r="Q179" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="U179" s="18" t="s">
+        <v>321</v>
+      </c>
+      <c r="V179" s="18" t="s">
+        <v>1404</v>
+      </c>
+      <c r="AB179" s="19">
+        <v>23692792.506999999</v>
+      </c>
+      <c r="AC179" s="20">
+        <v>7058393.5</v>
+      </c>
+      <c r="AD179" s="20">
+        <v>10841</v>
+      </c>
+      <c r="AE179" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="180" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A180" s="17" t="s">
+        <v>601</v>
+      </c>
+      <c r="B180" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C180" s="17" t="s">
+        <v>602</v>
+      </c>
+      <c r="D180" s="18" t="s">
+        <v>603</v>
+      </c>
+      <c r="E180" s="20">
+        <v>1455083587.75</v>
+      </c>
+      <c r="F180" s="20">
+        <v>41872909</v>
+      </c>
+      <c r="G180" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="I180" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J180" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K180" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="L180" s="18">
+        <v>20170707</v>
+      </c>
+      <c r="R180" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="U179" s="18" t="s">
-[...25 lines deleted...]
-      <c r="C180" s="17" t="s">
+      <c r="T180" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB180" s="19">
+        <v>15695534</v>
+      </c>
+      <c r="AC180" s="20">
+        <v>525148136</v>
+      </c>
+      <c r="AD180" s="20">
+        <v>98906</v>
+      </c>
+      <c r="AE180" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="181" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A181" s="17" t="s">
         <v>604</v>
       </c>
-      <c r="D180" s="18" t="s">
+      <c r="B181" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C181" s="17" t="s">
         <v>605</v>
       </c>
-      <c r="E180" s="20">
-[...8 lines deleted...]
-      <c r="I180" s="18" t="s">
+      <c r="D181" s="18" t="s">
         <v>606</v>
       </c>
-      <c r="J180" s="18" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="E181" s="20">
-        <v>1460098215.72</v>
+        <v>454278379.49000001</v>
       </c>
       <c r="F181" s="20">
-        <v>41932746</v>
+        <v>12990517</v>
       </c>
       <c r="G181" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I181" s="18" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="J181" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K181" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L181" s="18">
-        <v>20170707</v>
-[...11 lines deleted...]
-        <v>473650546.5</v>
+        <v>20050202</v>
+      </c>
+      <c r="AB181" s="19">
+        <v>4003455</v>
       </c>
       <c r="AC181" s="20">
-        <v>89729</v>
+        <v>142402150.5</v>
       </c>
       <c r="AD181" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:30" x14ac:dyDescent="0.2">
+        <v>20902</v>
+      </c>
+      <c r="AE181" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="182" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A182" s="17" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="B182" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C182" s="17" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="D182" s="18" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="E182" s="20">
-        <v>489092965.05000001</v>
+        <v>11032017.199999999</v>
       </c>
       <c r="F182" s="20">
-        <v>12990517</v>
+        <v>55160086</v>
       </c>
       <c r="G182" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I182" s="18" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="J182" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K182" s="18" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="L182" s="18">
-        <v>20050202</v>
-[...5 lines deleted...]
-        <v>130580140</v>
+        <v>20140522</v>
+      </c>
+      <c r="P182" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="AB182" s="19">
+        <v>8337070</v>
       </c>
       <c r="AC182" s="20">
-        <v>18970</v>
+        <v>1458121</v>
       </c>
       <c r="AD182" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:30" x14ac:dyDescent="0.2">
+        <v>1982</v>
+      </c>
+      <c r="AE182" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="183" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A183" s="17" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="B183" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C183" s="17" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="D183" s="18" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="E183" s="20">
-        <v>11583618.060000001</v>
+        <v>2029227331.1199999</v>
       </c>
       <c r="F183" s="20">
-        <v>55160086</v>
+        <v>121365271</v>
       </c>
       <c r="G183" s="19" t="s">
-        <v>47</v>
+        <v>132</v>
       </c>
       <c r="I183" s="18" t="s">
-        <v>52</v>
+        <v>142</v>
       </c>
       <c r="J183" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K183" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L183" s="18">
-        <v>20140522</v>
+        <v>20030403</v>
       </c>
       <c r="P183" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="AA183" s="19">
-[...3 lines deleted...]
-        <v>1272205</v>
+      <c r="Q183" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="R183" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="U183" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="Z183" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB183" s="19">
+        <v>70826338</v>
       </c>
       <c r="AC183" s="20">
-        <v>1793</v>
+        <v>1238953541.5</v>
       </c>
       <c r="AD183" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:30" x14ac:dyDescent="0.2">
+        <v>316585</v>
+      </c>
+      <c r="AE183" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="184" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A184" s="17" t="s">
+        <v>613</v>
+      </c>
+      <c r="B184" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C184" s="17" t="s">
+        <v>614</v>
+      </c>
+      <c r="D184" s="18" t="s">
+        <v>615</v>
+      </c>
+      <c r="E184" s="20">
+        <v>479472357.63999999</v>
+      </c>
+      <c r="F184" s="20">
+        <v>32136217</v>
+      </c>
+      <c r="G184" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="I184" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="J184" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K184" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="L184" s="18">
+        <v>20210119</v>
+      </c>
+      <c r="T184" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB184" s="19">
+        <v>11747218</v>
+      </c>
+      <c r="AC184" s="20">
+        <v>149855139.5</v>
+      </c>
+      <c r="AD184" s="20">
+        <v>49668</v>
+      </c>
+      <c r="AE184" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="185" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A185" s="17" t="s">
         <v>616</v>
       </c>
-      <c r="B184" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C184" s="17" t="s">
+      <c r="B185" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C185" s="17" t="s">
         <v>617</v>
       </c>
-      <c r="D184" s="18" t="s">
+      <c r="D185" s="18" t="s">
         <v>618</v>
       </c>
-      <c r="E184" s="20">
-[...60 lines deleted...]
-      </c>
       <c r="E185" s="20">
-        <v>456334281.39999998</v>
+        <v>662934690</v>
       </c>
       <c r="F185" s="20">
-        <v>32136217</v>
+        <v>3069000</v>
       </c>
       <c r="G185" s="19" t="s">
         <v>51</v>
       </c>
       <c r="I185" s="18" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="J185" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="K185" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L185" s="18">
-        <v>20210119</v>
+        <v>19991206</v>
       </c>
       <c r="T185" s="18" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>115529270</v>
+        <v>128</v>
+      </c>
+      <c r="AB185" s="19">
+        <v>622683</v>
       </c>
       <c r="AC185" s="20">
-        <v>37786</v>
+        <v>129956307</v>
       </c>
       <c r="AD185" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:30" x14ac:dyDescent="0.2">
+        <v>6184</v>
+      </c>
+      <c r="AE185" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="186" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A186" s="17" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="B186" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C186" s="17" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="D186" s="18" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="E186" s="20">
-        <v>670177530</v>
+        <v>1640824451.48</v>
       </c>
       <c r="F186" s="20">
-        <v>3069000</v>
+        <v>49553372</v>
       </c>
       <c r="G186" s="19" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="I186" s="18" t="s">
         <v>46</v>
       </c>
       <c r="J186" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L186" s="18">
-        <v>19991206</v>
-[...8 lines deleted...]
-        <v>106943665.5</v>
+        <v>19830506</v>
+      </c>
+      <c r="R186" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB186" s="19">
+        <v>48522481</v>
       </c>
       <c r="AC186" s="20">
-        <v>5410</v>
+        <v>1444500029.5</v>
       </c>
       <c r="AD186" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:30" x14ac:dyDescent="0.2">
+        <v>206043</v>
+      </c>
+      <c r="AE186" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="187" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A187" s="17" t="s">
+        <v>622</v>
+      </c>
+      <c r="B187" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C187" s="17" t="s">
+        <v>623</v>
+      </c>
+      <c r="D187" s="18" t="s">
+        <v>624</v>
+      </c>
+      <c r="E187" s="20">
+        <v>1968204582.0899999</v>
+      </c>
+      <c r="F187" s="20">
+        <v>68269323</v>
+      </c>
+      <c r="G187" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="I187" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J187" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L187" s="18">
+        <v>19691111</v>
+      </c>
+      <c r="T187" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB187" s="19">
+        <v>4540130</v>
+      </c>
+      <c r="AC187" s="20">
+        <v>121836870</v>
+      </c>
+      <c r="AD187" s="20">
+        <v>28387</v>
+      </c>
+      <c r="AE187" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="188" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A188" s="17" t="s">
         <v>625</v>
       </c>
-      <c r="B187" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C187" s="17" t="s">
+      <c r="B188" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C188" s="17" t="s">
         <v>626</v>
       </c>
-      <c r="D187" s="18" t="s">
+      <c r="D188" s="18" t="s">
         <v>627</v>
       </c>
-      <c r="E187" s="20">
-[...45 lines deleted...]
-      </c>
       <c r="E188" s="20">
-        <v>1994146924.8299999</v>
+        <v>4729734231.96</v>
       </c>
       <c r="F188" s="20">
-        <v>68269323</v>
+        <v>59809487</v>
       </c>
       <c r="G188" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I188" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J188" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L188" s="18">
-        <v>19691111</v>
-[...8 lines deleted...]
-        <v>111233700</v>
+        <v>19860129</v>
+      </c>
+      <c r="R188" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB188" s="19">
+        <v>28696220</v>
       </c>
       <c r="AC188" s="20">
-        <v>25700</v>
+        <v>1777617857.5</v>
       </c>
       <c r="AD188" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:30" x14ac:dyDescent="0.2">
+        <v>192465</v>
+      </c>
+      <c r="AE188" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="189" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A189" s="17" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="B189" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C189" s="17" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="D189" s="18" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="E189" s="20">
-        <v>4542538132.6499996</v>
+        <v>73325833322</v>
       </c>
       <c r="F189" s="20">
-        <v>59809587</v>
+        <v>1182674731</v>
       </c>
       <c r="G189" s="19" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="I189" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J189" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L189" s="18">
-        <v>19860129</v>
-[...8 lines deleted...]
-        <v>1623866373</v>
+        <v>19560313</v>
+      </c>
+      <c r="R189" s="18">
+        <v>60</v>
+      </c>
+      <c r="T189" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="AB189" s="19">
+        <v>159478308</v>
       </c>
       <c r="AC189" s="20">
-        <v>176495</v>
+        <v>18244312414</v>
       </c>
       <c r="AD189" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:30" x14ac:dyDescent="0.2">
+        <v>796527</v>
+      </c>
+      <c r="AE189" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="190" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A190" s="17" t="s">
+        <v>632</v>
+      </c>
+      <c r="B190" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C190" s="17" t="s">
+        <v>633</v>
+      </c>
+      <c r="D190" s="18" t="s">
         <v>634</v>
       </c>
-      <c r="B190" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C190" s="17" t="s">
+      <c r="E190" s="20">
+        <v>300181388.80000001</v>
+      </c>
+      <c r="F190" s="20">
+        <v>59462555</v>
+      </c>
+      <c r="G190" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="I190" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="J190" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L190" s="18">
+        <v>19980512</v>
+      </c>
+      <c r="U190" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="AB190" s="19">
+        <v>272489</v>
+      </c>
+      <c r="AC190" s="20">
+        <v>1300324.5</v>
+      </c>
+      <c r="AD190" s="20">
+        <v>533</v>
+      </c>
+      <c r="AE190" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="191" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A191" s="17" t="s">
         <v>635</v>
       </c>
-      <c r="D190" s="18" t="s">
+      <c r="B191" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C191" s="17" t="s">
         <v>636</v>
       </c>
-      <c r="E190" s="20">
-[...8 lines deleted...]
-      <c r="I190" s="18" t="s">
+      <c r="D191" s="18" t="s">
+        <v>637</v>
+      </c>
+      <c r="E191" s="20">
+        <v>942381785.53999996</v>
+      </c>
+      <c r="F191" s="20">
+        <v>57079454</v>
+      </c>
+      <c r="G191" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="I191" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="J190" s="18" t="s">
-[...25 lines deleted...]
-      <c r="A191" s="17" t="s">
+      <c r="J191" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L191" s="18">
+        <v>19460923</v>
+      </c>
+      <c r="AB191" s="19">
+        <v>5911626</v>
+      </c>
+      <c r="AC191" s="20">
+        <v>92741057.5</v>
+      </c>
+      <c r="AD191" s="20">
+        <v>32061</v>
+      </c>
+      <c r="AE191" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="192" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A192" s="17" t="s">
         <v>638</v>
       </c>
-      <c r="B191" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C191" s="17" t="s">
+      <c r="B192" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C192" s="17" t="s">
         <v>639</v>
       </c>
-      <c r="D191" s="18" t="s">
+      <c r="D192" s="18" t="s">
         <v>640</v>
       </c>
-      <c r="E191" s="20">
-[...45 lines deleted...]
-      </c>
       <c r="E192" s="20">
-        <v>983478992.41999996</v>
+        <v>19273277036.23</v>
       </c>
       <c r="F192" s="20">
-        <v>57079454</v>
+        <v>281814257</v>
       </c>
       <c r="G192" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I192" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J192" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L192" s="18">
-        <v>19460923</v>
-[...5 lines deleted...]
-        <v>85652520</v>
+        <v>19621220</v>
+      </c>
+      <c r="M192" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R192" s="18">
+        <v>60</v>
+      </c>
+      <c r="AB192" s="19">
+        <v>325699762</v>
       </c>
       <c r="AC192" s="20">
-        <v>29014</v>
+        <v>18046818943</v>
       </c>
       <c r="AD192" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:30" x14ac:dyDescent="0.2">
+        <v>1024712</v>
+      </c>
+      <c r="AE192" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="193" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A193" s="17" t="s">
+        <v>641</v>
+      </c>
+      <c r="B193" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C193" s="17" t="s">
+        <v>642</v>
+      </c>
+      <c r="D193" s="18" t="s">
+        <v>643</v>
+      </c>
+      <c r="E193" s="20">
+        <v>1730044888.9200001</v>
+      </c>
+      <c r="F193" s="20">
+        <v>9304318</v>
+      </c>
+      <c r="G193" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="I193" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J193" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K193" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="L193" s="18">
+        <v>20000531</v>
+      </c>
+      <c r="P193" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q193" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="U193" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="AB193" s="19">
+        <v>1035391</v>
+      </c>
+      <c r="AC193" s="20">
+        <v>197772905.5</v>
+      </c>
+      <c r="AD193" s="20">
+        <v>11761</v>
+      </c>
+      <c r="AE193" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="194" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A194" s="17" t="s">
         <v>644</v>
       </c>
-      <c r="B193" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C193" s="17" t="s">
+      <c r="B194" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C194" s="17" t="s">
         <v>645</v>
       </c>
-      <c r="D193" s="18" t="s">
+      <c r="D194" s="18" t="s">
         <v>646</v>
       </c>
-      <c r="E193" s="20">
-[...5 lines deleted...]
-      <c r="G193" s="19" t="s">
+      <c r="E194" s="20">
+        <v>1069967677.4400001</v>
+      </c>
+      <c r="F194" s="20">
+        <v>82052736</v>
+      </c>
+      <c r="G194" s="19" t="s">
         <v>47</v>
       </c>
-      <c r="I193" s="18" t="s">
+      <c r="H194" s="18" t="s">
+        <v>508</v>
+      </c>
+      <c r="I194" s="18" t="s">
+        <v>647</v>
+      </c>
+      <c r="J194" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L194" s="18">
+        <v>19950308</v>
+      </c>
+      <c r="AB194" s="19">
+        <v>33966821</v>
+      </c>
+      <c r="AC194" s="20">
+        <v>324327330</v>
+      </c>
+      <c r="AD194" s="20">
+        <v>167258</v>
+      </c>
+      <c r="AE194" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="195" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A195" s="17" t="s">
+        <v>648</v>
+      </c>
+      <c r="B195" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C195" s="17" t="s">
+        <v>649</v>
+      </c>
+      <c r="D195" s="18" t="s">
+        <v>650</v>
+      </c>
+      <c r="E195" s="20">
+        <v>85768627146.160004</v>
+      </c>
+      <c r="F195" s="20">
+        <v>1786986760</v>
+      </c>
+      <c r="G195" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="I195" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="J193" s="18" t="s">
-[...5 lines deleted...]
-      <c r="M193" s="18" t="s">
+      <c r="J195" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K195" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="L195" s="18">
+        <v>19990930</v>
+      </c>
+      <c r="M195" s="18" t="s">
         <v>97</v>
       </c>
-      <c r="R193" s="18">
+      <c r="N195" s="18" t="s">
+        <v>325</v>
+      </c>
+      <c r="R195" s="18">
         <v>60</v>
       </c>
-      <c r="AA193" s="19">
-[...75 lines deleted...]
-      <c r="C195" s="17" t="s">
+      <c r="AB195" s="19">
+        <v>1669958433</v>
+      </c>
+      <c r="AC195" s="20">
+        <v>72192595134.5</v>
+      </c>
+      <c r="AD195" s="20">
+        <v>2793282</v>
+      </c>
+      <c r="AE195" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="196" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A196" s="17" t="s">
         <v>651</v>
       </c>
-      <c r="D195" s="18" t="s">
+      <c r="B196" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C196" s="17" t="s">
         <v>652</v>
       </c>
-      <c r="E195" s="20">
-[...11 lines deleted...]
-      <c r="I195" s="18" t="s">
+      <c r="D196" s="18" t="s">
         <v>653</v>
       </c>
-      <c r="J195" s="18" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="E196" s="20">
-        <v>79133840603.5</v>
+        <v>3161195259.2199998</v>
       </c>
       <c r="F196" s="20">
-        <v>1791648464</v>
+        <v>124899062</v>
       </c>
       <c r="G196" s="19" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="I196" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J196" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="K196" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L196" s="18">
-        <v>19990930</v>
-[...14 lines deleted...]
-        <v>65124214912.5</v>
+        <v>19950424</v>
+      </c>
+      <c r="R196" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="T196" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="AB196" s="19">
+        <v>55760049</v>
       </c>
       <c r="AC196" s="20">
-        <v>2531950</v>
+        <v>1530512917</v>
       </c>
       <c r="AD196" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:30" x14ac:dyDescent="0.2">
+        <v>286229</v>
+      </c>
+      <c r="AE196" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="197" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A197" s="17" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="B197" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C197" s="17" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="D197" s="18" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
       <c r="E197" s="20">
-        <v>3367278711.52</v>
+        <v>730789993.91999996</v>
       </c>
       <c r="F197" s="20">
-        <v>124899062</v>
+        <v>72787848</v>
       </c>
       <c r="G197" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I197" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J197" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L197" s="18">
-        <v>19950424</v>
-[...11 lines deleted...]
-        <v>1343106136.5</v>
+        <v>19970919</v>
+      </c>
+      <c r="AB197" s="19">
+        <v>36325554</v>
       </c>
       <c r="AC197" s="20">
-        <v>252807</v>
+        <v>328116025.5</v>
       </c>
       <c r="AD197" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:30" x14ac:dyDescent="0.2">
+        <v>178704</v>
+      </c>
+      <c r="AE197" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="198" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A198" s="17" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="B198" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C198" s="17" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="D198" s="18" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="E198" s="20">
-        <v>736613021.75999999</v>
+        <v>463062842.44999999</v>
       </c>
       <c r="F198" s="20">
-        <v>72787848</v>
+        <v>61170785</v>
       </c>
       <c r="G198" s="19" t="s">
         <v>47</v>
       </c>
+      <c r="H198" s="18" t="s">
+        <v>73</v>
+      </c>
       <c r="I198" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J198" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L198" s="18">
-        <v>19970919</v>
-[...5 lines deleted...]
-        <v>301596489</v>
+        <v>19690627</v>
+      </c>
+      <c r="AB198" s="19">
+        <v>64110774</v>
       </c>
       <c r="AC198" s="20">
-        <v>164747</v>
+        <v>676163787.5</v>
       </c>
       <c r="AD198" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:30" x14ac:dyDescent="0.2">
+        <v>297746</v>
+      </c>
+      <c r="AE198" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="199" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A199" s="17" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
       <c r="B199" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C199" s="17" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
       <c r="D199" s="18" t="s">
-        <v>665</v>
+        <v>662</v>
       </c>
       <c r="E199" s="20">
-        <v>669208387.89999998</v>
+        <v>884002805.84000003</v>
       </c>
       <c r="F199" s="20">
-        <v>61170785</v>
+        <v>40218508</v>
       </c>
       <c r="G199" s="19" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="I199" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J199" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L199" s="18">
-        <v>19690627</v>
-[...5 lines deleted...]
-        <v>599724505.5</v>
+        <v>19920116</v>
+      </c>
+      <c r="AB199" s="19">
+        <v>10312957</v>
       </c>
       <c r="AC199" s="20">
-        <v>267718</v>
+        <v>204622232.5</v>
       </c>
       <c r="AD199" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:30" x14ac:dyDescent="0.2">
+        <v>53385</v>
+      </c>
+      <c r="AE199" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="200" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A200" s="17" t="s">
+        <v>663</v>
+      </c>
+      <c r="B200" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C200" s="17" t="s">
+        <v>664</v>
+      </c>
+      <c r="D200" s="18" t="s">
+        <v>665</v>
+      </c>
+      <c r="E200" s="20">
+        <v>76659093.939999998</v>
+      </c>
+      <c r="F200" s="20">
+        <v>26803879</v>
+      </c>
+      <c r="G200" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="H200" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="I200" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J200" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L200" s="18">
+        <v>19971118</v>
+      </c>
+      <c r="AB200" s="19">
+        <v>20073900</v>
+      </c>
+      <c r="AC200" s="20">
+        <v>65043323.5</v>
+      </c>
+      <c r="AD200" s="20">
+        <v>44712</v>
+      </c>
+      <c r="AE200" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="201" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A201" s="17" t="s">
         <v>666</v>
       </c>
-      <c r="B200" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C200" s="17" t="s">
+      <c r="B201" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C201" s="17" t="s">
         <v>667</v>
       </c>
-      <c r="D200" s="18" t="s">
+      <c r="D201" s="18" t="s">
         <v>668</v>
       </c>
-      <c r="E200" s="20">
-[...8 lines deleted...]
-      <c r="I200" s="18" t="s">
+      <c r="E201" s="20">
+        <v>292464253.80000001</v>
+      </c>
+      <c r="F201" s="20">
+        <v>18053349</v>
+      </c>
+      <c r="G201" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="I201" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="J200" s="18" t="s">
-[...19 lines deleted...]
-      <c r="A201" s="17" t="s">
+      <c r="J201" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K201" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="L201" s="18">
+        <v>20040329</v>
+      </c>
+      <c r="U201" s="18" t="s">
+        <v>321</v>
+      </c>
+      <c r="AB201" s="19">
+        <v>11070391</v>
+      </c>
+      <c r="AC201" s="20">
+        <v>176856264.5</v>
+      </c>
+      <c r="AD201" s="20">
+        <v>58413</v>
+      </c>
+      <c r="AE201" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="202" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A202" s="17" t="s">
         <v>669</v>
       </c>
-      <c r="B201" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C201" s="17" t="s">
+      <c r="B202" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C202" s="17" t="s">
         <v>670</v>
       </c>
-      <c r="D201" s="18" t="s">
+      <c r="D202" s="18" t="s">
         <v>671</v>
       </c>
-      <c r="E201" s="20">
-[...45 lines deleted...]
-      </c>
       <c r="E202" s="20">
-        <v>265064283.05000001</v>
+        <v>466230576</v>
       </c>
       <c r="F202" s="20">
-        <v>18343549</v>
+        <v>30079392</v>
       </c>
       <c r="G202" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I202" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J202" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L202" s="18">
+        <v>19720627</v>
+      </c>
+      <c r="U202" s="18" t="s">
+        <v>219</v>
+      </c>
+      <c r="AB202" s="19">
+        <v>1624511</v>
+      </c>
+      <c r="AC202" s="20">
+        <v>21968729.5</v>
+      </c>
+      <c r="AD202" s="20">
+        <v>4819</v>
+      </c>
+      <c r="AE202" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="203" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A203" s="17" t="s">
+        <v>672</v>
+      </c>
+      <c r="B203" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C203" s="17" t="s">
+        <v>673</v>
+      </c>
+      <c r="D203" s="18" t="s">
+        <v>674</v>
+      </c>
+      <c r="E203" s="20">
+        <v>3886310880</v>
+      </c>
+      <c r="F203" s="20">
+        <v>77339520</v>
+      </c>
+      <c r="G203" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="I203" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="J203" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L203" s="18">
+        <v>19730706</v>
+      </c>
+      <c r="M203" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="R203" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB203" s="19">
+        <v>47243817</v>
+      </c>
+      <c r="AC203" s="20">
+        <v>2416240546</v>
+      </c>
+      <c r="AD203" s="20">
+        <v>312027</v>
+      </c>
+      <c r="AE203" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="204" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A204" s="17" t="s">
+        <v>675</v>
+      </c>
+      <c r="B204" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C204" s="17" t="s">
+        <v>676</v>
+      </c>
+      <c r="D204" s="18" t="s">
+        <v>677</v>
+      </c>
+      <c r="E204" s="20">
+        <v>21450709413.720001</v>
+      </c>
+      <c r="F204" s="20">
+        <v>213950822</v>
+      </c>
+      <c r="G204" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="I204" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J204" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L204" s="18">
+        <v>19930119</v>
+      </c>
+      <c r="R204" s="18">
+        <v>60</v>
+      </c>
+      <c r="T204" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="AB204" s="19">
+        <v>117543551</v>
+      </c>
+      <c r="AC204" s="20">
+        <v>11524480541</v>
+      </c>
+      <c r="AD204" s="20">
+        <v>606132</v>
+      </c>
+      <c r="AE204" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="205" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A205" s="17" t="s">
+        <v>678</v>
+      </c>
+      <c r="B205" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C205" s="17" t="s">
+        <v>679</v>
+      </c>
+      <c r="D205" s="18" t="s">
+        <v>631</v>
+      </c>
+      <c r="E205" s="20">
+        <v>499308839.50999999</v>
+      </c>
+      <c r="F205" s="20">
+        <v>36633077</v>
+      </c>
+      <c r="G205" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="I205" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="J202" s="18" t="s">
-[...2 lines deleted...]
-      <c r="K202" s="18" t="s">
+      <c r="J205" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K205" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="L202" s="18">
-[...37 lines deleted...]
-      <c r="G203" s="19" t="s">
+      <c r="L205" s="18">
+        <v>20180703</v>
+      </c>
+      <c r="U205" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="Z205" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB205" s="19">
+        <v>32602448</v>
+      </c>
+      <c r="AC205" s="20">
+        <v>440616831.5</v>
+      </c>
+      <c r="AD205" s="20">
+        <v>157204</v>
+      </c>
+      <c r="AE205" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="206" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A206" s="17" t="s">
+        <v>680</v>
+      </c>
+      <c r="B206" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C206" s="17" t="s">
+        <v>681</v>
+      </c>
+      <c r="D206" s="18" t="s">
+        <v>682</v>
+      </c>
+      <c r="E206" s="20">
+        <v>42988968.369999997</v>
+      </c>
+      <c r="F206" s="20">
+        <v>23949286</v>
+      </c>
+      <c r="G206" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="I206" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="J206" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K206" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="L206" s="18">
+        <v>20131021</v>
+      </c>
+      <c r="M206" s="18" t="s">
+        <v>143</v>
+      </c>
+      <c r="P206" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="AB206" s="19">
+        <v>16711772</v>
+      </c>
+      <c r="AC206" s="20">
+        <v>40594284</v>
+      </c>
+      <c r="AD206" s="20">
+        <v>47703</v>
+      </c>
+      <c r="AE206" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="207" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A207" s="17" t="s">
+        <v>683</v>
+      </c>
+      <c r="B207" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C207" s="17" t="s">
+        <v>684</v>
+      </c>
+      <c r="D207" s="18" t="s">
+        <v>685</v>
+      </c>
+      <c r="E207" s="20">
+        <v>656190949.25999999</v>
+      </c>
+      <c r="F207" s="20">
+        <v>9772909</v>
+      </c>
+      <c r="G207" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="I207" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J207" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L207" s="18">
+        <v>19450302</v>
+      </c>
+      <c r="T207" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="AB207" s="19">
+        <v>173264</v>
+      </c>
+      <c r="AC207" s="20">
+        <v>12393209</v>
+      </c>
+      <c r="AD207" s="20">
+        <v>2219</v>
+      </c>
+      <c r="AE207" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="208" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A208" s="17" t="s">
+        <v>686</v>
+      </c>
+      <c r="B208" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C208" s="17" t="s">
+        <v>687</v>
+      </c>
+      <c r="D208" s="18" t="s">
+        <v>688</v>
+      </c>
+      <c r="E208" s="20">
+        <v>1227970345</v>
+      </c>
+      <c r="F208" s="20">
+        <v>10678003</v>
+      </c>
+      <c r="G208" s="19" t="s">
         <v>132</v>
-      </c>
-[...251 lines deleted...]
-        <v>51</v>
       </c>
       <c r="I208" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J208" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L208" s="18">
-        <v>19450302</v>
-[...8 lines deleted...]
-        <v>11328598</v>
+        <v>19620614</v>
+      </c>
+      <c r="U208" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="AB208" s="19">
+        <v>543373</v>
       </c>
       <c r="AC208" s="20">
-        <v>2028</v>
+        <v>63099063</v>
       </c>
       <c r="AD208" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:30" x14ac:dyDescent="0.2">
+        <v>3532</v>
+      </c>
+      <c r="AE208" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="209" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A209" s="17" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="B209" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C209" s="17" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="D209" s="18" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
       <c r="E209" s="20">
-        <v>1242172088.99</v>
+        <v>658065237.89999998</v>
       </c>
       <c r="F209" s="20">
-        <v>10678003</v>
+        <v>35566906</v>
       </c>
       <c r="G209" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I209" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J209" s="18" t="s">
         <v>38</v>
       </c>
+      <c r="K209" s="18" t="s">
+        <v>40</v>
+      </c>
       <c r="L209" s="18">
-        <v>19620614</v>
+        <v>20120418</v>
       </c>
       <c r="U209" s="18" t="s">
-        <v>695</v>
-[...5 lines deleted...]
-        <v>59898321.5</v>
+        <v>133</v>
+      </c>
+      <c r="Z209" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB209" s="19">
+        <v>7895700</v>
       </c>
       <c r="AC209" s="20">
-        <v>3274</v>
+        <v>141822949.5</v>
       </c>
       <c r="AD209" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:30" x14ac:dyDescent="0.2">
+        <v>35280</v>
+      </c>
+      <c r="AE209" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="210" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A210" s="17" t="s">
-        <v>696</v>
+        <v>692</v>
       </c>
       <c r="B210" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C210" s="17" t="s">
-        <v>697</v>
+        <v>693</v>
       </c>
       <c r="D210" s="18" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="E210" s="20">
-        <v>668207905.65999997</v>
+        <v>555483405.17999995</v>
       </c>
       <c r="F210" s="20">
-        <v>35563326</v>
+        <v>67475294</v>
       </c>
       <c r="G210" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I210" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J210" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="K210" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L210" s="18">
-        <v>20120418</v>
+        <v>19971010</v>
       </c>
       <c r="U210" s="18" t="s">
         <v>133</v>
       </c>
-      <c r="Y210" s="18" t="s">
+      <c r="Z210" s="18" t="s">
         <v>115</v>
       </c>
-      <c r="AA210" s="19">
-[...3 lines deleted...]
-        <v>125998734.5</v>
+      <c r="AB210" s="19">
+        <v>3743123</v>
       </c>
       <c r="AC210" s="20">
-        <v>31091</v>
+        <v>43572664.5</v>
       </c>
       <c r="AD210" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:30" x14ac:dyDescent="0.2">
+        <v>7388</v>
+      </c>
+      <c r="AE210" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="211" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A211" s="17" t="s">
+        <v>695</v>
+      </c>
+      <c r="B211" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C211" s="17" t="s">
+        <v>696</v>
+      </c>
+      <c r="D211" s="18" t="s">
+        <v>697</v>
+      </c>
+      <c r="E211" s="20">
+        <v>864317100.24000001</v>
+      </c>
+      <c r="F211" s="20">
+        <v>22841361</v>
+      </c>
+      <c r="G211" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="I211" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J211" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K211" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="L211" s="18">
+        <v>20100513</v>
+      </c>
+      <c r="P211" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="T211" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB211" s="19">
+        <v>16047125</v>
+      </c>
+      <c r="AC211" s="20">
+        <v>645679481.5</v>
+      </c>
+      <c r="AD211" s="20">
+        <v>116014</v>
+      </c>
+      <c r="AE211" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="212" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A212" s="17" t="s">
+        <v>698</v>
+      </c>
+      <c r="B212" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C212" s="17" t="s">
         <v>699</v>
       </c>
-      <c r="B211" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C211" s="17" t="s">
+      <c r="D212" s="18" t="s">
         <v>700</v>
       </c>
-      <c r="D211" s="18" t="s">
+      <c r="E212" s="20">
+        <v>1396469331.55</v>
+      </c>
+      <c r="F212" s="20">
+        <v>88532555</v>
+      </c>
+      <c r="G212" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="H212" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="I212" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J212" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L212" s="18">
+        <v>19931213</v>
+      </c>
+      <c r="R212" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB212" s="19">
+        <v>50691493</v>
+      </c>
+      <c r="AC212" s="20">
+        <v>714438477</v>
+      </c>
+      <c r="AD212" s="20">
+        <v>258722</v>
+      </c>
+      <c r="AE212" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="213" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A213" s="17" t="s">
         <v>701</v>
       </c>
-      <c r="E211" s="20">
-[...5 lines deleted...]
-      <c r="G211" s="19" t="s">
+      <c r="B213" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C213" s="17" t="s">
+        <v>702</v>
+      </c>
+      <c r="D213" s="18" t="s">
+        <v>703</v>
+      </c>
+      <c r="E213" s="20">
+        <v>67742937107.650002</v>
+      </c>
+      <c r="F213" s="20">
+        <v>454951507</v>
+      </c>
+      <c r="G213" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="I213" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J213" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L213" s="18">
+        <v>19791101</v>
+      </c>
+      <c r="R213" s="18">
+        <v>60</v>
+      </c>
+      <c r="AB213" s="19">
+        <v>428374026</v>
+      </c>
+      <c r="AC213" s="20">
+        <v>56924639843.5</v>
+      </c>
+      <c r="AD213" s="20">
+        <v>1473162</v>
+      </c>
+      <c r="AE213" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="214" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A214" s="17" t="s">
+        <v>704</v>
+      </c>
+      <c r="B214" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C214" s="17" t="s">
+        <v>705</v>
+      </c>
+      <c r="D214" s="18" t="s">
+        <v>706</v>
+      </c>
+      <c r="E214" s="20">
+        <v>707180501</v>
+      </c>
+      <c r="F214" s="20">
+        <v>41598853</v>
+      </c>
+      <c r="G214" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="I214" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J214" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K214" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="L214" s="18">
+        <v>20171208</v>
+      </c>
+      <c r="AB214" s="19">
+        <v>46120738</v>
+      </c>
+      <c r="AC214" s="20">
+        <v>717032497</v>
+      </c>
+      <c r="AD214" s="20">
+        <v>236255</v>
+      </c>
+      <c r="AE214" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="215" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A215" s="17" t="s">
+        <v>707</v>
+      </c>
+      <c r="B215" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C215" s="17" t="s">
+        <v>708</v>
+      </c>
+      <c r="D215" s="18" t="s">
+        <v>709</v>
+      </c>
+      <c r="E215" s="20">
+        <v>548327752.30999994</v>
+      </c>
+      <c r="F215" s="20">
+        <v>71303999</v>
+      </c>
+      <c r="G215" s="19" t="s">
         <v>132</v>
-      </c>
-[...198 lines deleted...]
-        <v>47</v>
       </c>
       <c r="I215" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J215" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K215" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="L215" s="18">
+        <v>20210201</v>
+      </c>
+      <c r="P215" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q215" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="U215" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="Z215" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB215" s="19">
+        <v>34969889</v>
+      </c>
+      <c r="AC215" s="20">
+        <v>257823999.5</v>
+      </c>
+      <c r="AD215" s="20">
+        <v>115958</v>
+      </c>
+      <c r="AE215" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="216" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A216" s="17" t="s">
+        <v>710</v>
+      </c>
+      <c r="B216" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C216" s="17" t="s">
+        <v>711</v>
+      </c>
+      <c r="D216" s="18" t="s">
+        <v>712</v>
+      </c>
+      <c r="E216" s="20">
+        <v>646550529.32000005</v>
+      </c>
+      <c r="F216" s="20">
+        <v>29984233</v>
+      </c>
+      <c r="G216" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="H216" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="I216" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J216" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K216" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="L215" s="18">
-[...16 lines deleted...]
-      <c r="A216" s="17" t="s">
+      <c r="L216" s="18">
+        <v>20061127</v>
+      </c>
+      <c r="M216" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="AB216" s="19">
+        <v>23890517</v>
+      </c>
+      <c r="AC216" s="20">
+        <v>545651938.5</v>
+      </c>
+      <c r="AD216" s="20">
+        <v>152530</v>
+      </c>
+      <c r="AE216" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="217" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A217" s="17" t="s">
+        <v>713</v>
+      </c>
+      <c r="B217" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C217" s="17" t="s">
         <v>714</v>
       </c>
-      <c r="B216" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C216" s="17" t="s">
+      <c r="D217" s="18" t="s">
         <v>715</v>
       </c>
-      <c r="D216" s="18" t="s">
+      <c r="E217" s="20">
+        <v>2349125811.9699998</v>
+      </c>
+      <c r="F217" s="20">
+        <v>47736757</v>
+      </c>
+      <c r="G217" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="I217" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="J217" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L217" s="18">
+        <v>19970407</v>
+      </c>
+      <c r="R217" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="T217" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="AB217" s="19">
+        <v>31527103</v>
+      </c>
+      <c r="AC217" s="20">
+        <v>1551007898.5</v>
+      </c>
+      <c r="AD217" s="20">
+        <v>208398</v>
+      </c>
+      <c r="AE217" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="218" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A218" s="17" t="s">
         <v>716</v>
       </c>
-      <c r="E216" s="20">
-[...5 lines deleted...]
-      <c r="G216" s="19" t="s">
+      <c r="B218" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C218" s="17" t="s">
+        <v>717</v>
+      </c>
+      <c r="D218" s="18" t="s">
+        <v>718</v>
+      </c>
+      <c r="E218" s="20">
+        <v>60168412.299999997</v>
+      </c>
+      <c r="F218" s="20">
+        <v>3767590</v>
+      </c>
+      <c r="G218" s="19" t="s">
         <v>132</v>
       </c>
-      <c r="I216" s="18" t="s">
+      <c r="I218" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="J216" s="18" t="s">
-[...14 lines deleted...]
-      <c r="U216" s="18" t="s">
+      <c r="J218" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K218" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="L218" s="18">
+        <v>20201102</v>
+      </c>
+      <c r="U218" s="18" t="s">
         <v>133</v>
       </c>
-      <c r="Y216" s="18" t="s">
+      <c r="Z218" s="18" t="s">
         <v>115</v>
       </c>
-      <c r="AA216" s="19">
-[...22 lines deleted...]
-      <c r="D217" s="18" t="s">
+      <c r="AB218" s="19">
+        <v>1001430</v>
+      </c>
+      <c r="AC218" s="20">
+        <v>15663771.5</v>
+      </c>
+      <c r="AD218" s="20">
+        <v>4820</v>
+      </c>
+      <c r="AE218" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="219" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A219" s="17" t="s">
         <v>719</v>
       </c>
-      <c r="E217" s="20">
-[...40 lines deleted...]
-      <c r="A218" s="17" t="s">
+      <c r="B219" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C219" s="17" t="s">
         <v>720</v>
       </c>
-      <c r="B218" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C218" s="17" t="s">
+      <c r="D219" s="18" t="s">
         <v>721</v>
       </c>
-      <c r="D218" s="18" t="s">
-[...51 lines deleted...]
-      </c>
       <c r="E219" s="20">
-        <v>60679636.020000003</v>
+        <v>1618877331.5999999</v>
       </c>
       <c r="F219" s="20">
-        <v>3766582</v>
+        <v>252407670</v>
       </c>
       <c r="G219" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I219" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J219" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K219" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L219" s="18">
-        <v>20201102</v>
+        <v>20100323</v>
+      </c>
+      <c r="R219" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="U219" s="18" t="s">
-        <v>188</v>
-[...5 lines deleted...]
-        <v>13571178</v>
+        <v>133</v>
+      </c>
+      <c r="Z219" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB219" s="19">
+        <v>137330212.5</v>
       </c>
       <c r="AC219" s="20">
-        <v>4280</v>
+        <v>741933784</v>
       </c>
       <c r="AD219" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:30" x14ac:dyDescent="0.2">
+        <v>332016</v>
+      </c>
+      <c r="AE219" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="220" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A220" s="17" t="s">
+        <v>722</v>
+      </c>
+      <c r="B220" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C220" s="17" t="s">
+        <v>723</v>
+      </c>
+      <c r="D220" s="18" t="s">
+        <v>724</v>
+      </c>
+      <c r="E220" s="20">
+        <v>277931808</v>
+      </c>
+      <c r="F220" s="20">
+        <v>2406336</v>
+      </c>
+      <c r="G220" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="I220" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J220" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K220" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="L220" s="18">
+        <v>20130909</v>
+      </c>
+      <c r="P220" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="AB220" s="19">
+        <v>509167</v>
+      </c>
+      <c r="AC220" s="20">
+        <v>58546368</v>
+      </c>
+      <c r="AD220" s="20">
+        <v>5575</v>
+      </c>
+      <c r="AE220" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="221" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A221" s="17" t="s">
+        <v>725</v>
+      </c>
+      <c r="B221" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C221" s="17" t="s">
         <v>726</v>
       </c>
-      <c r="B220" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C220" s="17" t="s">
+      <c r="D221" s="18" t="s">
         <v>727</v>
       </c>
-      <c r="D220" s="18" t="s">
-[...57 lines deleted...]
-      </c>
       <c r="E221" s="20">
-        <v>278822152.31999999</v>
+        <v>7624948524.8999996</v>
       </c>
       <c r="F221" s="20">
-        <v>2406336</v>
+        <v>68508073</v>
       </c>
       <c r="G221" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I221" s="18" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="J221" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="K221" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L221" s="18">
-        <v>20130909</v>
-[...8 lines deleted...]
-        <v>53080432</v>
+        <v>19870430</v>
+      </c>
+      <c r="R221" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB221" s="19">
+        <v>32186054</v>
       </c>
       <c r="AC221" s="20">
-        <v>4966</v>
+        <v>3411996307</v>
       </c>
       <c r="AD221" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:30" x14ac:dyDescent="0.2">
+        <v>200121</v>
+      </c>
+      <c r="AE221" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="222" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A222" s="17" t="s">
+        <v>728</v>
+      </c>
+      <c r="B222" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C222" s="17" t="s">
+        <v>729</v>
+      </c>
+      <c r="D222" s="18" t="s">
+        <v>730</v>
+      </c>
+      <c r="E222" s="20">
+        <v>46995801.600000001</v>
+      </c>
+      <c r="F222" s="20">
+        <v>37899840</v>
+      </c>
+      <c r="G222" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="H222" s="18" t="s">
+        <v>508</v>
+      </c>
+      <c r="I222" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J222" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K222" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="L222" s="18">
+        <v>20080625</v>
+      </c>
+      <c r="AB222" s="19">
+        <v>12389506</v>
+      </c>
+      <c r="AC222" s="20">
+        <v>16839926</v>
+      </c>
+      <c r="AD222" s="20">
+        <v>11363</v>
+      </c>
+      <c r="AE222" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="223" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A223" s="17" t="s">
+        <v>731</v>
+      </c>
+      <c r="B223" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C223" s="17" t="s">
         <v>732</v>
       </c>
-      <c r="B222" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C222" s="17" t="s">
+      <c r="D223" s="18" t="s">
         <v>733</v>
       </c>
-      <c r="D222" s="18" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="E223" s="20">
-        <v>61397740.799999997</v>
+        <v>952586629.83000004</v>
       </c>
       <c r="F223" s="20">
-        <v>37899840</v>
+        <v>78016923</v>
       </c>
       <c r="G223" s="19" t="s">
         <v>47</v>
       </c>
       <c r="H223" s="18" t="s">
-        <v>514</v>
+        <v>73</v>
       </c>
       <c r="I223" s="18" t="s">
-        <v>46</v>
+        <v>65</v>
       </c>
       <c r="J223" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K223" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="L223" s="18">
+        <v>19971224</v>
+      </c>
+      <c r="O223" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="P223" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q223" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="AB223" s="19">
+        <v>41278327</v>
+      </c>
+      <c r="AC223" s="20">
+        <v>503671524.5</v>
+      </c>
+      <c r="AD223" s="20">
+        <v>197919</v>
+      </c>
+      <c r="AE223" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="224" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A224" s="17" t="s">
+        <v>734</v>
+      </c>
+      <c r="B224" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C224" s="17" t="s">
+        <v>735</v>
+      </c>
+      <c r="D224" s="18" t="s">
+        <v>736</v>
+      </c>
+      <c r="E224" s="20">
+        <v>1967412985</v>
+      </c>
+      <c r="F224" s="20">
+        <v>68983625</v>
+      </c>
+      <c r="G224" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="I224" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J224" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K224" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="L223" s="18">
-[...42 lines deleted...]
-      </c>
       <c r="L224" s="18">
-        <v>19840106</v>
+        <v>20210624</v>
       </c>
       <c r="R224" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="AA224" s="19">
-[...3 lines deleted...]
-        <v>6572265402</v>
+      <c r="T224" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB224" s="19">
+        <v>28019103</v>
       </c>
       <c r="AC224" s="20">
-        <v>594788</v>
+        <v>879751258</v>
       </c>
       <c r="AD224" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:30" x14ac:dyDescent="0.2">
+        <v>163739</v>
+      </c>
+      <c r="AE224" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="225" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A225" s="17" t="s">
-        <v>741</v>
+        <v>737</v>
       </c>
       <c r="B225" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C225" s="17" t="s">
-        <v>742</v>
+        <v>738</v>
       </c>
       <c r="D225" s="18" t="s">
-        <v>743</v>
+        <v>739</v>
       </c>
       <c r="E225" s="20">
-        <v>932365768</v>
+        <v>338406229.27999997</v>
       </c>
       <c r="F225" s="20">
-        <v>78022240</v>
+        <v>45181072</v>
       </c>
       <c r="G225" s="19" t="s">
         <v>47</v>
       </c>
       <c r="H225" s="18" t="s">
         <v>73</v>
       </c>
       <c r="I225" s="18" t="s">
         <v>65</v>
       </c>
       <c r="J225" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K225" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L225" s="18">
-        <v>19971224</v>
+        <v>20030324</v>
       </c>
       <c r="O225" s="18" t="s">
-        <v>75</v>
+        <v>134</v>
       </c>
       <c r="P225" s="18" t="s">
         <v>60</v>
       </c>
       <c r="Q225" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="AA225" s="19">
-[...3 lines deleted...]
-        <v>445267073.5</v>
+      <c r="AB225" s="19">
+        <v>26059381</v>
       </c>
       <c r="AC225" s="20">
-        <v>177040</v>
+        <v>206995368</v>
       </c>
       <c r="AD225" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:30" x14ac:dyDescent="0.2">
+        <v>82454</v>
+      </c>
+      <c r="AE225" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="226" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A226" s="17" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
       <c r="B226" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C226" s="17" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
       <c r="D226" s="18" t="s">
-        <v>746</v>
+        <v>742</v>
       </c>
       <c r="E226" s="20">
-        <v>2391656274</v>
+        <v>112644000</v>
       </c>
       <c r="F226" s="20">
-        <v>68725755</v>
+        <v>9387000</v>
       </c>
       <c r="G226" s="19" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="I226" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J226" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K226" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="L226" s="18">
+        <v>20010911</v>
+      </c>
+      <c r="P226" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="AB226" s="19">
+        <v>2836740</v>
+      </c>
+      <c r="AC226" s="20">
+        <v>44242576</v>
+      </c>
+      <c r="AD226" s="20">
+        <v>16256</v>
+      </c>
+      <c r="AE226" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="227" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A227" s="17" t="s">
+        <v>743</v>
+      </c>
+      <c r="B227" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C227" s="17" t="s">
+        <v>744</v>
+      </c>
+      <c r="D227" s="18" t="s">
+        <v>745</v>
+      </c>
+      <c r="E227" s="20">
+        <v>370506799.60000002</v>
+      </c>
+      <c r="F227" s="20">
+        <v>24618392</v>
+      </c>
+      <c r="G227" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="I227" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J227" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K227" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="L226" s="18">
-[...5 lines deleted...]
-      <c r="T226" s="18" t="s">
+      <c r="L227" s="18">
+        <v>20050705</v>
+      </c>
+      <c r="T227" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="AA226" s="19">
-[...13 lines deleted...]
-      <c r="A227" s="17" t="s">
+      <c r="AB227" s="19">
+        <v>9403914</v>
+      </c>
+      <c r="AC227" s="20">
+        <v>134742266.5</v>
+      </c>
+      <c r="AD227" s="20">
+        <v>53029</v>
+      </c>
+      <c r="AE227" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="228" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A228" s="17" t="s">
+        <v>746</v>
+      </c>
+      <c r="B228" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C228" s="17" t="s">
         <v>747</v>
       </c>
-      <c r="B227" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C227" s="17" t="s">
+      <c r="D228" s="18" t="s">
         <v>748</v>
       </c>
-      <c r="D227" s="18" t="s">
-[...60 lines deleted...]
-      </c>
       <c r="E228" s="20">
-        <v>105791490</v>
+        <v>459411097.60000002</v>
       </c>
       <c r="F228" s="20">
-        <v>9387000</v>
+        <v>110435360</v>
       </c>
       <c r="G228" s="19" t="s">
-        <v>58</v>
+        <v>132</v>
       </c>
       <c r="I228" s="18" t="s">
-        <v>39</v>
+        <v>647</v>
       </c>
       <c r="J228" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K228" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L228" s="18">
-        <v>20010911</v>
+        <v>20130702</v>
       </c>
       <c r="P228" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="AA228" s="19">
-[...3 lines deleted...]
-        <v>43153692.5</v>
+      <c r="Q228" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="U228" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="Z228" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB228" s="19">
+        <v>10915967</v>
       </c>
       <c r="AC228" s="20">
-        <v>15640</v>
+        <v>42479915.5</v>
       </c>
       <c r="AD228" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:30" x14ac:dyDescent="0.2">
+        <v>23877</v>
+      </c>
+      <c r="AE228" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="229" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A229" s="17" t="s">
-        <v>753</v>
+        <v>749</v>
       </c>
       <c r="B229" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C229" s="17" t="s">
-        <v>754</v>
+        <v>750</v>
       </c>
       <c r="D229" s="18" t="s">
-        <v>755</v>
+        <v>751</v>
       </c>
       <c r="E229" s="20">
-        <v>381831259.92000002</v>
+        <v>534586462.75</v>
       </c>
       <c r="F229" s="20">
-        <v>24618392</v>
+        <v>27067669</v>
       </c>
       <c r="G229" s="19" t="s">
         <v>51</v>
       </c>
+      <c r="H229" s="18" t="s">
+        <v>211</v>
+      </c>
       <c r="I229" s="18" t="s">
-        <v>39</v>
+        <v>93</v>
       </c>
       <c r="J229" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K229" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L229" s="18">
-        <v>20050705</v>
+        <v>20050804</v>
       </c>
       <c r="T229" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="AA229" s="19">
-[...3 lines deleted...]
-        <v>123270657</v>
+      <c r="AB229" s="19">
+        <v>4465006</v>
       </c>
       <c r="AC229" s="20">
-        <v>47569</v>
+        <v>95092938.5</v>
       </c>
       <c r="AD229" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:30" x14ac:dyDescent="0.2">
+        <v>18173</v>
+      </c>
+      <c r="AE229" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="230" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A230" s="17" t="s">
+        <v>752</v>
+      </c>
+      <c r="B230" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C230" s="17" t="s">
+        <v>753</v>
+      </c>
+      <c r="D230" s="18" t="s">
+        <v>754</v>
+      </c>
+      <c r="E230" s="20">
+        <v>99075290.420000002</v>
+      </c>
+      <c r="F230" s="20">
+        <v>99043201</v>
+      </c>
+      <c r="G230" s="19" t="s">
+        <v>181</v>
+      </c>
+      <c r="I230" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J230" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K230" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="L230" s="18">
+        <v>20110614</v>
+      </c>
+      <c r="AB230" s="19">
+        <v>96708</v>
+      </c>
+      <c r="AC230" s="20">
+        <v>118422</v>
+      </c>
+      <c r="AD230" s="20">
+        <v>404</v>
+      </c>
+      <c r="AE230" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="231" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A231" s="17" t="s">
+        <v>755</v>
+      </c>
+      <c r="B231" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C231" s="17" t="s">
         <v>756</v>
       </c>
-      <c r="B230" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C230" s="17" t="s">
+      <c r="D231" s="18" t="s">
         <v>757</v>
       </c>
-      <c r="D230" s="18" t="s">
+      <c r="E231" s="20">
+        <v>46390234160.769997</v>
+      </c>
+      <c r="F231" s="20">
+        <v>691481823</v>
+      </c>
+      <c r="G231" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="I231" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J231" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L231" s="18">
+        <v>19360302</v>
+      </c>
+      <c r="R231" s="18">
+        <v>60</v>
+      </c>
+      <c r="AB231" s="19">
+        <v>556347609</v>
+      </c>
+      <c r="AC231" s="20">
+        <v>29646458192</v>
+      </c>
+      <c r="AD231" s="20">
+        <v>1219620</v>
+      </c>
+      <c r="AE231" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="232" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A232" s="17" t="s">
         <v>758</v>
       </c>
-      <c r="E230" s="20">
-[...5 lines deleted...]
-      <c r="G230" s="19" t="s">
+      <c r="B232" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C232" s="17" t="s">
+        <v>759</v>
+      </c>
+      <c r="D232" s="18" t="s">
+        <v>760</v>
+      </c>
+      <c r="E232" s="20">
+        <v>2587236026.1199999</v>
+      </c>
+      <c r="F232" s="20">
+        <v>113200000</v>
+      </c>
+      <c r="G232" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="I232" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J232" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L232" s="18">
+        <v>19841010</v>
+      </c>
+      <c r="AB232" s="19">
+        <v>16024062</v>
+      </c>
+      <c r="AC232" s="20">
+        <v>336159183.5</v>
+      </c>
+      <c r="AD232" s="20">
+        <v>28672</v>
+      </c>
+      <c r="AE232" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="233" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A233" s="17" t="s">
+        <v>761</v>
+      </c>
+      <c r="B233" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C233" s="17" t="s">
+        <v>762</v>
+      </c>
+      <c r="D233" s="18" t="s">
+        <v>763</v>
+      </c>
+      <c r="E233" s="20">
+        <v>1141744601.4000001</v>
+      </c>
+      <c r="F233" s="20">
+        <v>13108434</v>
+      </c>
+      <c r="G233" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="H233" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="I233" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J233" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K233" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="L233" s="18">
+        <v>19880923</v>
+      </c>
+      <c r="M233" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="P233" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="AB233" s="19">
+        <v>24397904</v>
+      </c>
+      <c r="AC233" s="20">
+        <v>1761617623.5</v>
+      </c>
+      <c r="AD233" s="20">
+        <v>187348</v>
+      </c>
+      <c r="AE233" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="234" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A234" s="17" t="s">
+        <v>764</v>
+      </c>
+      <c r="B234" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C234" s="17" t="s">
+        <v>765</v>
+      </c>
+      <c r="D234" s="18" t="s">
+        <v>766</v>
+      </c>
+      <c r="E234" s="20">
+        <v>4952918010.4200001</v>
+      </c>
+      <c r="F234" s="20">
+        <v>49627074</v>
+      </c>
+      <c r="G234" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="I234" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="J234" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L234" s="18">
+        <v>19961203</v>
+      </c>
+      <c r="R234" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="T234" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="AB234" s="19">
+        <v>24254905.175999999</v>
+      </c>
+      <c r="AC234" s="20">
+        <v>2189994994</v>
+      </c>
+      <c r="AD234" s="20">
+        <v>162267</v>
+      </c>
+      <c r="AE234" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="235" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A235" s="17" t="s">
+        <v>767</v>
+      </c>
+      <c r="B235" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C235" s="17" t="s">
+        <v>768</v>
+      </c>
+      <c r="D235" s="18" t="s">
+        <v>769</v>
+      </c>
+      <c r="E235" s="20">
+        <v>1804191154.9400001</v>
+      </c>
+      <c r="F235" s="20">
+        <v>118462978</v>
+      </c>
+      <c r="G235" s="19" t="s">
         <v>132</v>
       </c>
-      <c r="I230" s="18" t="s">
-[...5 lines deleted...]
-      <c r="K230" s="18" t="s">
+      <c r="I235" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J235" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K235" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="L235" s="18">
+        <v>20220105</v>
+      </c>
+      <c r="R235" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="U235" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="Z235" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB235" s="19">
+        <v>48472383</v>
+      </c>
+      <c r="AC235" s="20">
+        <v>726503527</v>
+      </c>
+      <c r="AD235" s="20">
+        <v>198548</v>
+      </c>
+      <c r="AE235" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="236" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A236" s="17" t="s">
+        <v>770</v>
+      </c>
+      <c r="B236" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C236" s="17" t="s">
+        <v>771</v>
+      </c>
+      <c r="D236" s="18" t="s">
+        <v>772</v>
+      </c>
+      <c r="E236" s="20">
+        <v>433802337.44</v>
+      </c>
+      <c r="F236" s="20">
+        <v>63563748</v>
+      </c>
+      <c r="G236" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="I236" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J236" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K236" s="18" t="s">
         <v>59</v>
       </c>
-      <c r="L230" s="18">
-[...2 lines deleted...]
-      <c r="P230" s="18" t="s">
+      <c r="L236" s="18">
+        <v>20190507</v>
+      </c>
+      <c r="P236" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="Q230" s="18" t="s">
+      <c r="Q236" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="U230" s="18" t="s">
+      <c r="U236" s="18" t="s">
         <v>133</v>
       </c>
-      <c r="Y230" s="18" t="s">
+      <c r="Z236" s="18" t="s">
         <v>115</v>
       </c>
-      <c r="AA230" s="19">
-[...143 lines deleted...]
-      <c r="R233" s="18">
+      <c r="AB236" s="19">
+        <v>11405859</v>
+      </c>
+      <c r="AC236" s="20">
+        <v>65058310</v>
+      </c>
+      <c r="AD236" s="20">
+        <v>32391</v>
+      </c>
+      <c r="AE236" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="237" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A237" s="17" t="s">
+        <v>773</v>
+      </c>
+      <c r="B237" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C237" s="17" t="s">
+        <v>774</v>
+      </c>
+      <c r="D237" s="18" t="s">
+        <v>775</v>
+      </c>
+      <c r="E237" s="20">
+        <v>139576406.75</v>
+      </c>
+      <c r="F237" s="20">
+        <v>50755057</v>
+      </c>
+      <c r="G237" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="H237" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="I237" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J237" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K237" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="L237" s="18">
+        <v>20011121</v>
+      </c>
+      <c r="O237" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="P237" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="AA233" s="19">
-[...122 lines deleted...]
-      <c r="D236" s="18" t="s">
+      <c r="AB237" s="19">
+        <v>6225619</v>
+      </c>
+      <c r="AC237" s="20">
+        <v>20541326</v>
+      </c>
+      <c r="AD237" s="20">
+        <v>17673</v>
+      </c>
+      <c r="AE237" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="238" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A238" s="17" t="s">
         <v>776</v>
       </c>
-      <c r="E236" s="20">
-[...37 lines deleted...]
-      <c r="A237" s="17" t="s">
+      <c r="B238" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C238" s="17" t="s">
         <v>777</v>
       </c>
-      <c r="B237" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C237" s="17" t="s">
+      <c r="D238" s="18" t="s">
         <v>778</v>
       </c>
-      <c r="D237" s="18" t="s">
-[...57 lines deleted...]
-      </c>
       <c r="E238" s="20">
-        <v>417321262.95999998</v>
+        <v>11983202125.43</v>
       </c>
       <c r="F238" s="20">
-        <v>63563748</v>
+        <v>228169048</v>
       </c>
       <c r="G238" s="19" t="s">
-        <v>132</v>
+        <v>181</v>
       </c>
       <c r="I238" s="18" t="s">
         <v>46</v>
       </c>
       <c r="J238" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="K238" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L238" s="18">
-        <v>20190507</v>
-[...17 lines deleted...]
-        <v>60880147</v>
+        <v>19830920</v>
+      </c>
+      <c r="R238" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB238" s="19">
+        <v>227651088</v>
       </c>
       <c r="AC238" s="20">
-        <v>29976</v>
+        <v>9046300386</v>
       </c>
       <c r="AD238" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:30" x14ac:dyDescent="0.2">
+        <v>762739</v>
+      </c>
+      <c r="AE238" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="239" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A239" s="17" t="s">
-        <v>783</v>
+        <v>779</v>
       </c>
       <c r="B239" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C239" s="17" t="s">
-        <v>784</v>
+        <v>780</v>
       </c>
       <c r="D239" s="18" t="s">
-        <v>785</v>
+        <v>781</v>
       </c>
       <c r="E239" s="20">
-        <v>149219867.58000001</v>
+        <v>454815823.76999998</v>
       </c>
       <c r="F239" s="20">
-        <v>50755057</v>
+        <v>51045547</v>
       </c>
       <c r="G239" s="19" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="I239" s="18" t="s">
-        <v>65</v>
+        <v>312</v>
       </c>
       <c r="J239" s="18" t="s">
-        <v>38</v>
+        <v>313</v>
       </c>
       <c r="K239" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L239" s="18">
-        <v>20011121</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>20220706</v>
       </c>
       <c r="P239" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="AA239" s="19">
-[...3 lines deleted...]
-        <v>18334144.5</v>
+      <c r="W239" s="18" t="s">
+        <v>312</v>
+      </c>
+      <c r="AB239" s="19">
+        <v>2461695</v>
       </c>
       <c r="AC239" s="20">
-        <v>15437</v>
+        <v>15190038.5</v>
       </c>
       <c r="AD239" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:30" x14ac:dyDescent="0.2">
+        <v>4615</v>
+      </c>
+      <c r="AE239" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="240" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A240" s="17" t="s">
+        <v>782</v>
+      </c>
+      <c r="B240" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C240" s="17" t="s">
+        <v>783</v>
+      </c>
+      <c r="D240" s="18" t="s">
+        <v>784</v>
+      </c>
+      <c r="E240" s="20">
+        <v>87876842.875</v>
+      </c>
+      <c r="F240" s="20">
+        <v>82141961</v>
+      </c>
+      <c r="G240" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="I240" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="J240" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K240" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="L240" s="18">
+        <v>20121228</v>
+      </c>
+      <c r="U240" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="Z240" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB240" s="19">
+        <v>11649935</v>
+      </c>
+      <c r="AC240" s="20">
+        <v>22518216</v>
+      </c>
+      <c r="AD240" s="20">
+        <v>7175</v>
+      </c>
+      <c r="AE240" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="241" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A241" s="17" t="s">
+        <v>785</v>
+      </c>
+      <c r="B241" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C241" s="17" t="s">
         <v>786</v>
       </c>
-      <c r="B240" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C240" s="17" t="s">
+      <c r="D241" s="18" t="s">
         <v>787</v>
       </c>
-      <c r="D240" s="18" t="s">
+      <c r="E241" s="20">
+        <v>25419774077</v>
+      </c>
+      <c r="F241" s="20">
+        <v>185681330</v>
+      </c>
+      <c r="G241" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="I241" s="18" t="s">
+        <v>1131</v>
+      </c>
+      <c r="J241" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="K241" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="L241" s="18">
+        <v>20040127</v>
+      </c>
+      <c r="M241" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R241" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="V241" s="18" t="s">
+        <v>1405</v>
+      </c>
+      <c r="AB241" s="19">
+        <v>66016491</v>
+      </c>
+      <c r="AC241" s="20">
+        <v>9610939436.5</v>
+      </c>
+      <c r="AD241" s="20">
+        <v>419933</v>
+      </c>
+      <c r="AE241" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="242" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A242" s="17" t="s">
         <v>788</v>
       </c>
-      <c r="E240" s="20">
-[...34 lines deleted...]
-      <c r="A241" s="17" t="s">
+      <c r="B242" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C242" s="17" t="s">
         <v>789</v>
       </c>
-      <c r="B241" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C241" s="17" t="s">
+      <c r="D242" s="18" t="s">
         <v>790</v>
       </c>
-      <c r="D241" s="18" t="s">
+      <c r="E242" s="20">
+        <v>33286039313.98</v>
+      </c>
+      <c r="F242" s="20">
+        <v>327812087</v>
+      </c>
+      <c r="G242" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="I242" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J242" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K242" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="L242" s="18">
+        <v>20141212</v>
+      </c>
+      <c r="M242" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R242" s="18">
+        <v>60</v>
+      </c>
+      <c r="T242" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB242" s="19">
+        <v>213072291</v>
+      </c>
+      <c r="AC242" s="20">
+        <v>19634292273</v>
+      </c>
+      <c r="AD242" s="20">
+        <v>739833</v>
+      </c>
+      <c r="AE242" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="243" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A243" s="17" t="s">
         <v>791</v>
       </c>
-      <c r="E241" s="20">
-[...40 lines deleted...]
-      <c r="A242" s="17" t="s">
+      <c r="B243" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C243" s="17" t="s">
         <v>792</v>
       </c>
-      <c r="B242" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C242" s="17" t="s">
+      <c r="D243" s="18" t="s">
         <v>793</v>
       </c>
-      <c r="D242" s="18" t="s">
-[...54 lines deleted...]
-      </c>
       <c r="E243" s="20">
-        <v>25839413882.799999</v>
+        <v>12868468874.1</v>
       </c>
       <c r="F243" s="20">
-        <v>185681330</v>
+        <v>126983115</v>
       </c>
       <c r="G243" s="19" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="I243" s="18" t="s">
-        <v>1147</v>
+        <v>39</v>
       </c>
       <c r="J243" s="18" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="K243" s="18" t="s">
         <v>53</v>
       </c>
       <c r="L243" s="18">
-        <v>20040127</v>
-[...14 lines deleted...]
-        <v>8772851808.5</v>
+        <v>20141212</v>
+      </c>
+      <c r="T243" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB243" s="19">
+        <v>17904</v>
       </c>
       <c r="AC243" s="20">
-        <v>378267</v>
+        <v>1663638</v>
       </c>
       <c r="AD243" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:30" x14ac:dyDescent="0.2">
+        <v>154</v>
+      </c>
+      <c r="AE243" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="244" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A244" s="17" t="s">
-        <v>798</v>
+        <v>794</v>
       </c>
       <c r="B244" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C244" s="17" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="D244" s="18" t="s">
-        <v>800</v>
+        <v>796</v>
       </c>
       <c r="E244" s="20">
-        <v>30197588854.439999</v>
+        <v>320982774.22000003</v>
       </c>
       <c r="F244" s="20">
-        <v>327807087</v>
+        <v>11374301</v>
       </c>
       <c r="G244" s="19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I244" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J244" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K244" s="18" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="L244" s="18">
-        <v>20141212</v>
-[...14 lines deleted...]
-        <v>17879911779</v>
+        <v>20040407</v>
+      </c>
+      <c r="Z244" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="AA244" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="AB244" s="19">
+        <v>1863378</v>
       </c>
       <c r="AC244" s="20">
-        <v>674096</v>
+        <v>56838482</v>
       </c>
       <c r="AD244" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:30" x14ac:dyDescent="0.2">
+        <v>4636</v>
+      </c>
+      <c r="AE244" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="245" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A245" s="17" t="s">
+        <v>797</v>
+      </c>
+      <c r="B245" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C245" s="17" t="s">
+        <v>798</v>
+      </c>
+      <c r="D245" s="18" t="s">
+        <v>799</v>
+      </c>
+      <c r="E245" s="20">
+        <v>2162774711.6799998</v>
+      </c>
+      <c r="F245" s="20">
+        <v>55060456</v>
+      </c>
+      <c r="G245" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="I245" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J245" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L245" s="18">
+        <v>19930726</v>
+      </c>
+      <c r="R245" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB245" s="19">
+        <v>19623436</v>
+      </c>
+      <c r="AC245" s="20">
+        <v>714007927.5</v>
+      </c>
+      <c r="AD245" s="20">
+        <v>135667</v>
+      </c>
+      <c r="AE245" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="246" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A246" s="17" t="s">
+        <v>800</v>
+      </c>
+      <c r="B246" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C246" s="17" t="s">
         <v>801</v>
       </c>
-      <c r="B245" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C245" s="17" t="s">
+      <c r="D246" s="18" t="s">
         <v>802</v>
       </c>
-      <c r="D245" s="18" t="s">
-[...51 lines deleted...]
-      </c>
       <c r="E246" s="20">
-        <v>431279290.74000001</v>
+        <v>5578190106.2200003</v>
       </c>
       <c r="F246" s="20">
-        <v>20322926</v>
+        <v>294519013</v>
       </c>
       <c r="G246" s="19" t="s">
-        <v>58</v>
+        <v>132</v>
       </c>
       <c r="I246" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J246" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="K246" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L246" s="18">
-        <v>20031208</v>
-[...5 lines deleted...]
-        <v>152726364</v>
+        <v>19940105</v>
+      </c>
+      <c r="R246" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="U246" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="Z246" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB246" s="19">
+        <v>159746455</v>
       </c>
       <c r="AC246" s="20">
-        <v>12650</v>
+        <v>2879330983.5</v>
       </c>
       <c r="AD246" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:30" x14ac:dyDescent="0.2">
+        <v>551514</v>
+      </c>
+      <c r="AE246" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="247" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A247" s="17" t="s">
-        <v>807</v>
+        <v>1434</v>
       </c>
       <c r="B247" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C247" s="17" t="s">
-        <v>808</v>
+        <v>1435</v>
       </c>
       <c r="D247" s="18" t="s">
-        <v>809</v>
+        <v>1436</v>
       </c>
       <c r="E247" s="20">
-        <v>346178221.19999999</v>
+        <v>1489068000</v>
       </c>
       <c r="F247" s="20">
-        <v>10955007</v>
+        <v>53200000</v>
       </c>
       <c r="G247" s="19" t="s">
         <v>47</v>
       </c>
+      <c r="H247" s="18" t="s">
+        <v>73</v>
+      </c>
       <c r="I247" s="18" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="J247" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K247" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L247" s="18">
-        <v>20040407</v>
-[...11 lines deleted...]
-        <v>51206786</v>
+        <v>20251009</v>
+      </c>
+      <c r="AB247" s="19">
+        <v>12187706</v>
       </c>
       <c r="AC247" s="20">
-        <v>4144</v>
+        <v>312924214.5</v>
       </c>
       <c r="AD247" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:30" x14ac:dyDescent="0.2">
+        <v>55523</v>
+      </c>
+      <c r="AE247" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="248" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A248" s="17" t="s">
+        <v>803</v>
+      </c>
+      <c r="B248" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C248" s="17" t="s">
+        <v>804</v>
+      </c>
+      <c r="D248" s="18" t="s">
+        <v>805</v>
+      </c>
+      <c r="E248" s="20">
+        <v>29556967741.540001</v>
+      </c>
+      <c r="F248" s="20">
+        <v>540225278</v>
+      </c>
+      <c r="G248" s="19" t="s">
+        <v>181</v>
+      </c>
+      <c r="I248" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J248" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L248" s="18">
+        <v>19710401</v>
+      </c>
+      <c r="M248" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R248" s="18">
+        <v>60</v>
+      </c>
+      <c r="AB248" s="19">
+        <v>449895454</v>
+      </c>
+      <c r="AC248" s="20">
+        <v>19566016350</v>
+      </c>
+      <c r="AD248" s="20">
+        <v>1784234</v>
+      </c>
+      <c r="AE248" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="249" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A249" s="17" t="s">
+        <v>806</v>
+      </c>
+      <c r="B249" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C249" s="17" t="s">
+        <v>807</v>
+      </c>
+      <c r="D249" s="18" t="s">
+        <v>808</v>
+      </c>
+      <c r="E249" s="20">
+        <v>902700368.44000006</v>
+      </c>
+      <c r="F249" s="20">
+        <v>129331916</v>
+      </c>
+      <c r="G249" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="I249" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J249" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L249" s="18">
+        <v>19971205</v>
+      </c>
+      <c r="T249" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="AB249" s="19">
+        <v>54314200</v>
+      </c>
+      <c r="AC249" s="20">
+        <v>368265625.5</v>
+      </c>
+      <c r="AD249" s="20">
+        <v>173532</v>
+      </c>
+      <c r="AE249" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="250" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A250" s="17" t="s">
+        <v>809</v>
+      </c>
+      <c r="B250" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C250" s="17" t="s">
         <v>810</v>
       </c>
-      <c r="B248" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C248" s="17" t="s">
+      <c r="D250" s="18" t="s">
         <v>811</v>
       </c>
-      <c r="D248" s="18" t="s">
-[...58 lines deleted...]
-      <c r="I249" s="18" t="s">
+      <c r="E250" s="20">
+        <v>132138063.3</v>
+      </c>
+      <c r="F250" s="20">
+        <v>39444198</v>
+      </c>
+      <c r="G250" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="I250" s="18" t="s">
         <v>39</v>
-      </c>
-[...54 lines deleted...]
-        <v>65</v>
       </c>
       <c r="J250" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K250" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L250" s="18">
-        <v>20251009</v>
-[...5 lines deleted...]
-        <v>208370027.5</v>
+        <v>20171025</v>
+      </c>
+      <c r="T250" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB250" s="19">
+        <v>1764008</v>
       </c>
       <c r="AC250" s="20">
-        <v>31270</v>
+        <v>4800996</v>
       </c>
       <c r="AD250" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:30" x14ac:dyDescent="0.2">
+        <v>4259</v>
+      </c>
+      <c r="AE250" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="251" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A251" s="17" t="s">
-        <v>816</v>
+        <v>812</v>
       </c>
       <c r="B251" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C251" s="17" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
       <c r="D251" s="18" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
       <c r="E251" s="20">
-        <v>29774121201.41</v>
+        <v>303407301955.32001</v>
       </c>
       <c r="F251" s="20">
-        <v>540225278</v>
+        <v>1426635338</v>
       </c>
       <c r="G251" s="19" t="s">
-        <v>184</v>
+        <v>58</v>
       </c>
       <c r="I251" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J251" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L251" s="18">
-        <v>19710401</v>
+        <v>19180702</v>
       </c>
       <c r="M251" s="18" t="s">
         <v>97</v>
       </c>
       <c r="R251" s="18">
         <v>60</v>
       </c>
-      <c r="AA251" s="19">
-[...3 lines deleted...]
-        <v>17669178581</v>
+      <c r="AB251" s="19">
+        <v>958859224</v>
       </c>
       <c r="AC251" s="20">
-        <v>1653184</v>
+        <v>169400549995</v>
       </c>
       <c r="AD251" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:30" x14ac:dyDescent="0.2">
+        <v>2810548</v>
+      </c>
+      <c r="AE251" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="252" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A252" s="17" t="s">
+        <v>815</v>
+      </c>
+      <c r="B252" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C252" s="17" t="s">
+        <v>816</v>
+      </c>
+      <c r="D252" s="18" t="s">
+        <v>817</v>
+      </c>
+      <c r="E252" s="20">
+        <v>2270852724</v>
+      </c>
+      <c r="F252" s="20">
+        <v>55658155</v>
+      </c>
+      <c r="G252" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="I252" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J252" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L252" s="18">
+        <v>19431216</v>
+      </c>
+      <c r="R252" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB252" s="19">
+        <v>37498525</v>
+      </c>
+      <c r="AC252" s="20">
+        <v>1540003669.5</v>
+      </c>
+      <c r="AD252" s="20">
+        <v>210045</v>
+      </c>
+      <c r="AE252" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="253" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A253" s="17" t="s">
+        <v>818</v>
+      </c>
+      <c r="B253" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C253" s="17" t="s">
         <v>819</v>
       </c>
-      <c r="B252" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C252" s="17" t="s">
+      <c r="D253" s="18" t="s">
         <v>820</v>
       </c>
-      <c r="D252" s="18" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="E253" s="20">
-        <v>128462418.5</v>
+        <v>93400000</v>
       </c>
       <c r="F253" s="20">
-        <v>39526898</v>
+        <v>4000000</v>
       </c>
       <c r="G253" s="19" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="I253" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J253" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K253" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L253" s="18">
-        <v>20171025</v>
-[...8 lines deleted...]
-        <v>4507615.5</v>
+        <v>20090706</v>
+      </c>
+      <c r="AB253" s="19">
+        <v>291493</v>
       </c>
       <c r="AC253" s="20">
-        <v>3997</v>
+        <v>6539972</v>
       </c>
       <c r="AD253" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:30" x14ac:dyDescent="0.2">
+        <v>701</v>
+      </c>
+      <c r="AE253" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="254" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A254" s="17" t="s">
-        <v>825</v>
+        <v>821</v>
       </c>
       <c r="B254" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C254" s="17" t="s">
-        <v>826</v>
+        <v>822</v>
       </c>
       <c r="D254" s="18" t="s">
-        <v>827</v>
+        <v>823</v>
       </c>
       <c r="E254" s="20">
-        <v>289376650089.34003</v>
+        <v>1112511394.49</v>
       </c>
       <c r="F254" s="20">
-        <v>1441642722</v>
+        <v>135506869</v>
       </c>
       <c r="G254" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I254" s="18" t="s">
-        <v>39</v>
+        <v>824</v>
       </c>
       <c r="J254" s="18" t="s">
-        <v>38</v>
+        <v>69</v>
+      </c>
+      <c r="K254" s="18" t="s">
+        <v>123</v>
       </c>
       <c r="L254" s="18">
-        <v>19180702</v>
-[...11 lines deleted...]
-        <v>156274722563.5</v>
+        <v>20191209</v>
+      </c>
+      <c r="AB254" s="19">
+        <v>8112571</v>
       </c>
       <c r="AC254" s="20">
-        <v>2594147</v>
+        <v>63267375.5</v>
       </c>
       <c r="AD254" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:30" x14ac:dyDescent="0.2">
+        <v>18791</v>
+      </c>
+      <c r="AE254" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="255" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A255" s="17" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="B255" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C255" s="17" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="D255" s="18" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="E255" s="20">
-        <v>2416120508.5500002</v>
+        <v>35030623</v>
       </c>
       <c r="F255" s="20">
-        <v>55658155</v>
+        <v>7374868</v>
       </c>
       <c r="G255" s="19" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="I255" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J255" s="18" t="s">
         <v>38</v>
       </c>
+      <c r="K255" s="18" t="s">
+        <v>123</v>
+      </c>
       <c r="L255" s="18">
-        <v>19431216</v>
-[...1 lines deleted...]
-      <c r="R255" s="18" t="s">
+        <v>20240930</v>
+      </c>
+      <c r="AB255" s="19">
+        <v>398009</v>
+      </c>
+      <c r="AC255" s="20">
+        <v>3808025.5</v>
+      </c>
+      <c r="AD255" s="20">
+        <v>789</v>
+      </c>
+      <c r="AE255" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="256" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A256" s="17" t="s">
+        <v>828</v>
+      </c>
+      <c r="B256" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C256" s="17" t="s">
+        <v>829</v>
+      </c>
+      <c r="D256" s="18" t="s">
+        <v>830</v>
+      </c>
+      <c r="E256" s="20">
+        <v>16248638767.309999</v>
+      </c>
+      <c r="F256" s="20">
+        <v>410215571</v>
+      </c>
+      <c r="G256" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="I256" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J256" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L256" s="18">
+        <v>19971015</v>
+      </c>
+      <c r="R256" s="18">
+        <v>60</v>
+      </c>
+      <c r="T256" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="AB256" s="19">
+        <v>161652788</v>
+      </c>
+      <c r="AC256" s="20">
+        <v>4663998240.5</v>
+      </c>
+      <c r="AD256" s="20">
+        <v>689749</v>
+      </c>
+      <c r="AE256" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="257" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A257" s="17" t="s">
+        <v>831</v>
+      </c>
+      <c r="B257" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C257" s="17" t="s">
+        <v>832</v>
+      </c>
+      <c r="D257" s="18" t="s">
+        <v>833</v>
+      </c>
+      <c r="E257" s="20">
+        <v>1524973393.5</v>
+      </c>
+      <c r="F257" s="20">
+        <v>71594995</v>
+      </c>
+      <c r="G257" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="I257" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J257" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K257" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="L257" s="18">
+        <v>20030320</v>
+      </c>
+      <c r="P257" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q257" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="AB257" s="19">
+        <v>23011381</v>
+      </c>
+      <c r="AC257" s="20">
+        <v>438428909.5</v>
+      </c>
+      <c r="AD257" s="20">
+        <v>133381</v>
+      </c>
+      <c r="AE257" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="258" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A258" s="17" t="s">
+        <v>834</v>
+      </c>
+      <c r="B258" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C258" s="17" t="s">
+        <v>835</v>
+      </c>
+      <c r="D258" s="18" t="s">
+        <v>836</v>
+      </c>
+      <c r="E258" s="20">
+        <v>3957826971.98</v>
+      </c>
+      <c r="F258" s="20">
+        <v>218302646</v>
+      </c>
+      <c r="G258" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="H258" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="I258" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J258" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K258" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="L258" s="18">
+        <v>20100330</v>
+      </c>
+      <c r="R258" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="AA255" s="19">
-[...31 lines deleted...]
-      <c r="G256" s="19" t="s">
+      <c r="AB258" s="19">
+        <v>175247519</v>
+      </c>
+      <c r="AC258" s="20">
+        <v>2763499856</v>
+      </c>
+      <c r="AD258" s="20">
+        <v>692205</v>
+      </c>
+      <c r="AE258" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="259" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A259" s="17" t="s">
+        <v>837</v>
+      </c>
+      <c r="B259" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C259" s="17" t="s">
+        <v>838</v>
+      </c>
+      <c r="D259" s="18" t="s">
+        <v>839</v>
+      </c>
+      <c r="E259" s="20">
+        <v>852201324</v>
+      </c>
+      <c r="F259" s="20">
+        <v>2427924</v>
+      </c>
+      <c r="G259" s="19" t="s">
         <v>58</v>
-      </c>
-[...139 lines deleted...]
-        <v>51</v>
       </c>
       <c r="I259" s="18" t="s">
         <v>46</v>
       </c>
       <c r="J259" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L259" s="18">
-        <v>19971015</v>
-[...11 lines deleted...]
-        <v>4165441075</v>
+        <v>19831011</v>
+      </c>
+      <c r="AB259" s="19">
+        <v>27537</v>
       </c>
       <c r="AC259" s="20">
-        <v>633046</v>
+        <v>9973917</v>
       </c>
       <c r="AD259" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:30" x14ac:dyDescent="0.2">
+        <v>296</v>
+      </c>
+      <c r="AE259" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="260" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A260" s="17" t="s">
+        <v>840</v>
+      </c>
+      <c r="B260" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C260" s="17" t="s">
+        <v>841</v>
+      </c>
+      <c r="D260" s="18" t="s">
+        <v>842</v>
+      </c>
+      <c r="E260" s="20">
+        <v>1949788342.8800001</v>
+      </c>
+      <c r="F260" s="20">
+        <v>94101754</v>
+      </c>
+      <c r="G260" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="I260" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J260" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K260" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="L260" s="18">
+        <v>20100322</v>
+      </c>
+      <c r="R260" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="U260" s="18" t="s">
+        <v>321</v>
+      </c>
+      <c r="AB260" s="19">
+        <v>63048254</v>
+      </c>
+      <c r="AC260" s="20">
+        <v>1104050015</v>
+      </c>
+      <c r="AD260" s="20">
+        <v>299721</v>
+      </c>
+      <c r="AE260" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="261" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A261" s="17" t="s">
+        <v>843</v>
+      </c>
+      <c r="B261" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C261" s="17" t="s">
         <v>844</v>
       </c>
-      <c r="B260" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C260" s="17" t="s">
+      <c r="D261" s="18" t="s">
         <v>845</v>
       </c>
-      <c r="D260" s="18" t="s">
-[...54 lines deleted...]
-      </c>
       <c r="E261" s="20">
-        <v>3822364308.27</v>
+        <v>116839159.65000001</v>
       </c>
       <c r="F261" s="20">
-        <v>218296077</v>
+        <v>8375567</v>
       </c>
       <c r="G261" s="19" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>51</v>
       </c>
       <c r="I261" s="18" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="J261" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K261" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L261" s="18">
-        <v>20100330</v>
-[...8 lines deleted...]
-        <v>2556811013.5</v>
+        <v>20041008</v>
+      </c>
+      <c r="T261" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="Z261" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="AA261" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="AB261" s="19">
+        <v>1050732</v>
       </c>
       <c r="AC261" s="20">
-        <v>645486</v>
+        <v>14238794</v>
       </c>
       <c r="AD261" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:30" x14ac:dyDescent="0.2">
+        <v>4205</v>
+      </c>
+      <c r="AE261" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="262" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A262" s="17" t="s">
+        <v>846</v>
+      </c>
+      <c r="B262" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C262" s="17" t="s">
+        <v>847</v>
+      </c>
+      <c r="D262" s="18" t="s">
+        <v>848</v>
+      </c>
+      <c r="E262" s="20">
+        <v>895471514.94000006</v>
+      </c>
+      <c r="F262" s="20">
+        <v>59146071</v>
+      </c>
+      <c r="G262" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="I262" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J262" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K262" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="L262" s="18">
+        <v>20140422</v>
+      </c>
+      <c r="U262" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="Z262" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB262" s="19">
+        <v>24761432</v>
+      </c>
+      <c r="AC262" s="20">
+        <v>353058109.5</v>
+      </c>
+      <c r="AD262" s="20">
+        <v>116256</v>
+      </c>
+      <c r="AE262" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="263" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A263" s="17" t="s">
+        <v>849</v>
+      </c>
+      <c r="B263" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C263" s="17" t="s">
         <v>850</v>
       </c>
-      <c r="B262" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C262" s="17" t="s">
+      <c r="D263" s="18" t="s">
         <v>851</v>
       </c>
-      <c r="D262" s="18" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="E263" s="20">
-        <v>1797903459</v>
+        <v>3795156639.8200002</v>
       </c>
       <c r="F263" s="20">
-        <v>93934350</v>
+        <v>144687634</v>
       </c>
       <c r="G263" s="19" t="s">
         <v>132</v>
       </c>
       <c r="I263" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J263" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K263" s="18" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="L263" s="18">
-        <v>20100322</v>
+        <v>20021101</v>
+      </c>
+      <c r="P263" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q263" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="R263" s="18" t="s">
         <v>82</v>
       </c>
       <c r="U263" s="18" t="s">
-        <v>324</v>
-[...5 lines deleted...]
-        <v>994586511</v>
+        <v>133</v>
+      </c>
+      <c r="Z263" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB263" s="19">
+        <v>71453229</v>
       </c>
       <c r="AC263" s="20">
-        <v>268727</v>
+        <v>1836374528</v>
       </c>
       <c r="AD263" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:30" x14ac:dyDescent="0.2">
+        <v>337771</v>
+      </c>
+      <c r="AE263" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="264" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A264" s="17" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
       <c r="B264" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C264" s="17" t="s">
-        <v>857</v>
+        <v>853</v>
       </c>
       <c r="D264" s="18" t="s">
-        <v>858</v>
+        <v>854</v>
       </c>
       <c r="E264" s="20">
-        <v>123958391.59999999</v>
+        <v>23776556.440000001</v>
       </c>
       <c r="F264" s="20">
-        <v>8375567</v>
+        <v>84916273</v>
       </c>
       <c r="G264" s="19" t="s">
         <v>51</v>
       </c>
       <c r="I264" s="18" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="J264" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K264" s="18" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="L264" s="18">
-        <v>20041008</v>
+        <v>20210908</v>
+      </c>
+      <c r="P264" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q264" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="T264" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="Y264" s="18" t="s">
-[...9 lines deleted...]
-        <v>13091489</v>
+      <c r="AB264" s="19">
+        <v>3033111</v>
       </c>
       <c r="AC264" s="20">
-        <v>3790</v>
+        <v>848865</v>
       </c>
       <c r="AD264" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:30" x14ac:dyDescent="0.2">
+        <v>747</v>
+      </c>
+      <c r="AE264" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="265" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A265" s="17" t="s">
+        <v>855</v>
+      </c>
+      <c r="B265" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C265" s="17" t="s">
+        <v>856</v>
+      </c>
+      <c r="D265" s="18" t="s">
+        <v>857</v>
+      </c>
+      <c r="E265" s="20">
+        <v>161520598.75</v>
+      </c>
+      <c r="F265" s="20">
+        <v>13185355</v>
+      </c>
+      <c r="G265" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="H265" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="I265" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J265" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K265" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="L265" s="18">
+        <v>20170413</v>
+      </c>
+      <c r="AB265" s="19">
+        <v>7401381</v>
+      </c>
+      <c r="AC265" s="20">
+        <v>90871444.5</v>
+      </c>
+      <c r="AD265" s="20">
+        <v>29333</v>
+      </c>
+      <c r="AE265" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="266" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A266" s="17" t="s">
+        <v>858</v>
+      </c>
+      <c r="B266" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C266" s="17" t="s">
         <v>859</v>
       </c>
-      <c r="B265" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C265" s="17" t="s">
+      <c r="D266" s="18" t="s">
         <v>860</v>
       </c>
-      <c r="D265" s="18" t="s">
-[...54 lines deleted...]
-      </c>
       <c r="E266" s="20">
-        <v>3848691064.4000001</v>
+        <v>693452545.46000004</v>
       </c>
       <c r="F266" s="20">
-        <v>144687634</v>
+        <v>33679094</v>
       </c>
       <c r="G266" s="19" t="s">
-        <v>132</v>
+        <v>51</v>
       </c>
       <c r="I266" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J266" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K266" s="18" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="L266" s="18">
-        <v>20021101</v>
-[...7 lines deleted...]
-      <c r="R266" s="18" t="s">
+        <v>20150730</v>
+      </c>
+      <c r="T266" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB266" s="19">
+        <v>32533836</v>
+      </c>
+      <c r="AC266" s="20">
+        <v>755552958.5</v>
+      </c>
+      <c r="AD266" s="20">
+        <v>190727</v>
+      </c>
+      <c r="AE266" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="267" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A267" s="17" t="s">
+        <v>861</v>
+      </c>
+      <c r="B267" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C267" s="17" t="s">
+        <v>862</v>
+      </c>
+      <c r="D267" s="18" t="s">
+        <v>863</v>
+      </c>
+      <c r="E267" s="20">
+        <v>3314565603.3200002</v>
+      </c>
+      <c r="F267" s="20">
+        <v>25786258</v>
+      </c>
+      <c r="G267" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="I267" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J267" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K267" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="L267" s="18">
+        <v>20080514</v>
+      </c>
+      <c r="M267" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R267" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="U266" s="18" t="s">
-[...19 lines deleted...]
-      <c r="A267" s="17" t="s">
+      <c r="AB267" s="19">
+        <v>14127799</v>
+      </c>
+      <c r="AC267" s="20">
+        <v>1283218383.5</v>
+      </c>
+      <c r="AD267" s="20">
+        <v>115329</v>
+      </c>
+      <c r="AE267" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="268" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A268" s="17" t="s">
+        <v>864</v>
+      </c>
+      <c r="B268" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C268" s="17" t="s">
         <v>865</v>
       </c>
-      <c r="B267" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C267" s="17" t="s">
+      <c r="D268" s="18" t="s">
         <v>866</v>
       </c>
-      <c r="D267" s="18" t="s">
-[...57 lines deleted...]
-      </c>
       <c r="E268" s="20">
-        <v>162311720.05000001</v>
+        <v>159668121.75999999</v>
       </c>
       <c r="F268" s="20">
-        <v>13185355</v>
+        <v>13184816</v>
       </c>
       <c r="G268" s="19" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="I268" s="18" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="J268" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K268" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L268" s="18">
-        <v>20170413</v>
-[...5 lines deleted...]
-        <v>85676949.5</v>
+        <v>20210615</v>
+      </c>
+      <c r="AB268" s="19">
+        <v>3829435</v>
       </c>
       <c r="AC268" s="20">
-        <v>27008</v>
+        <v>46575780.5</v>
       </c>
       <c r="AD268" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:30" x14ac:dyDescent="0.2">
+        <v>9882</v>
+      </c>
+      <c r="AE268" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="269" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A269" s="17" t="s">
+        <v>867</v>
+      </c>
+      <c r="B269" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C269" s="17" t="s">
+        <v>868</v>
+      </c>
+      <c r="D269" s="18" t="s">
+        <v>869</v>
+      </c>
+      <c r="E269" s="20">
+        <v>15329463458.049999</v>
+      </c>
+      <c r="F269" s="20">
+        <v>114066995</v>
+      </c>
+      <c r="G269" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="I269" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J269" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L269" s="18">
+        <v>19940329</v>
+      </c>
+      <c r="M269" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R269" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB269" s="19">
+        <v>68535486</v>
+      </c>
+      <c r="AC269" s="20">
+        <v>9390579337.5</v>
+      </c>
+      <c r="AD269" s="20">
+        <v>458109</v>
+      </c>
+      <c r="AE269" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="270" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A270" s="17" t="s">
+        <v>870</v>
+      </c>
+      <c r="B270" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C270" s="17" t="s">
         <v>871</v>
       </c>
-      <c r="B269" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C269" s="17" t="s">
+      <c r="D270" s="18" t="s">
         <v>872</v>
       </c>
-      <c r="D269" s="18" t="s">
-[...51 lines deleted...]
-      </c>
       <c r="E270" s="20">
-        <v>2969545471.2800002</v>
+        <v>4781877627.8999996</v>
       </c>
       <c r="F270" s="20">
-        <v>25786258</v>
+        <v>54907310</v>
       </c>
       <c r="G270" s="19" t="s">
-        <v>58</v>
+        <v>47</v>
+      </c>
+      <c r="H270" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="I270" s="18" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="J270" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="K270" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L270" s="18">
-        <v>20080514</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>19940628</v>
       </c>
       <c r="R270" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="AA270" s="19">
-[...3 lines deleted...]
-        <v>1120067216.5</v>
+      <c r="AB270" s="19">
+        <v>26000226</v>
       </c>
       <c r="AC270" s="20">
-        <v>103724</v>
+        <v>1934234468</v>
       </c>
       <c r="AD270" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:30" x14ac:dyDescent="0.2">
+        <v>198179</v>
+      </c>
+      <c r="AE270" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="271" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A271" s="17" t="s">
-        <v>877</v>
+        <v>873</v>
       </c>
       <c r="B271" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C271" s="17" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
       <c r="D271" s="18" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="E271" s="20">
-        <v>179338558.90000001</v>
+        <v>398655224.58999997</v>
       </c>
       <c r="F271" s="20">
-        <v>13235318</v>
+        <v>72880297</v>
       </c>
       <c r="G271" s="19" t="s">
-        <v>58</v>
+        <v>47</v>
+      </c>
+      <c r="H271" s="18" t="s">
+        <v>73</v>
       </c>
       <c r="I271" s="18" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="J271" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K271" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L271" s="18">
-        <v>20210615</v>
-[...5 lines deleted...]
-        <v>40648399.5</v>
+        <v>20170502</v>
+      </c>
+      <c r="AB271" s="19">
+        <v>8475456</v>
       </c>
       <c r="AC271" s="20">
-        <v>8350</v>
+        <v>38169661</v>
       </c>
       <c r="AD271" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:30" x14ac:dyDescent="0.2">
+        <v>17231</v>
+      </c>
+      <c r="AE271" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="272" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A272" s="17" t="s">
+        <v>876</v>
+      </c>
+      <c r="B272" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C272" s="17" t="s">
+        <v>877</v>
+      </c>
+      <c r="D272" s="18" t="s">
+        <v>878</v>
+      </c>
+      <c r="E272" s="20">
+        <v>823644802.33000004</v>
+      </c>
+      <c r="F272" s="20">
+        <v>55037193</v>
+      </c>
+      <c r="G272" s="19" t="s">
+        <v>181</v>
+      </c>
+      <c r="I272" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J272" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K272" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="L272" s="18">
+        <v>20150603</v>
+      </c>
+      <c r="AB272" s="19">
+        <v>8222128</v>
+      </c>
+      <c r="AC272" s="20">
+        <v>84123280</v>
+      </c>
+      <c r="AD272" s="20">
+        <v>35357</v>
+      </c>
+      <c r="AE272" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="273" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A273" s="17" t="s">
+        <v>879</v>
+      </c>
+      <c r="B273" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C273" s="17" t="s">
         <v>880</v>
       </c>
-      <c r="B272" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C272" s="17" t="s">
+      <c r="D273" s="18" t="s">
         <v>881</v>
       </c>
-      <c r="D272" s="18" t="s">
+      <c r="E273" s="20">
+        <v>2136481179.3800001</v>
+      </c>
+      <c r="F273" s="20">
+        <v>368539047</v>
+      </c>
+      <c r="G273" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="I273" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J273" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K273" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="L273" s="18">
+        <v>20220126</v>
+      </c>
+      <c r="P273" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q273" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="U273" s="18" t="s">
+        <v>321</v>
+      </c>
+      <c r="AB273" s="19">
+        <v>70464459.170000002</v>
+      </c>
+      <c r="AC273" s="20">
+        <v>364692951.5</v>
+      </c>
+      <c r="AD273" s="20">
+        <v>232250</v>
+      </c>
+      <c r="AE273" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="274" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A274" s="17" t="s">
         <v>882</v>
       </c>
-      <c r="E272" s="20">
-[...37 lines deleted...]
-      <c r="A273" s="17" t="s">
+      <c r="B274" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C274" s="17" t="s">
         <v>883</v>
       </c>
-      <c r="B273" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C273" s="17" t="s">
+      <c r="D274" s="18" t="s">
         <v>884</v>
       </c>
-      <c r="D273" s="18" t="s">
-[...51 lines deleted...]
-      </c>
       <c r="E274" s="20">
-        <v>398636653.94</v>
+        <v>47233464060.029999</v>
       </c>
       <c r="F274" s="20">
-        <v>72876902</v>
+        <v>608290200</v>
       </c>
       <c r="G274" s="19" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="I274" s="18" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="J274" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K274" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L274" s="18">
-        <v>20170502</v>
-[...5 lines deleted...]
-        <v>37001560.5</v>
+        <v>20000329</v>
+      </c>
+      <c r="M274" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R274" s="18">
+        <v>60</v>
+      </c>
+      <c r="AB274" s="19">
+        <v>483239485</v>
       </c>
       <c r="AC274" s="20">
-        <v>16859</v>
+        <v>39550490176</v>
       </c>
       <c r="AD274" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:30" x14ac:dyDescent="0.2">
+        <v>1324017</v>
+      </c>
+      <c r="AE274" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="275" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A275" s="17" t="s">
-        <v>889</v>
+        <v>885</v>
       </c>
       <c r="B275" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C275" s="17" t="s">
-        <v>890</v>
+        <v>886</v>
       </c>
       <c r="D275" s="18" t="s">
-        <v>891</v>
+        <v>887</v>
       </c>
       <c r="E275" s="20">
-        <v>648550820.32000005</v>
+        <v>91789417.5</v>
       </c>
       <c r="F275" s="20">
-        <v>55154093</v>
+        <v>24477178</v>
       </c>
       <c r="G275" s="19" t="s">
-        <v>184</v>
+        <v>51</v>
+      </c>
+      <c r="H275" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="I275" s="18" t="s">
         <v>46</v>
       </c>
       <c r="J275" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K275" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L275" s="18">
-        <v>20150603</v>
-[...5 lines deleted...]
-        <v>62665778</v>
+        <v>20060330</v>
+      </c>
+      <c r="T275" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB275" s="19">
+        <v>4999813</v>
       </c>
       <c r="AC275" s="20">
-        <v>28322</v>
+        <v>19658825.5</v>
       </c>
       <c r="AD275" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:30" x14ac:dyDescent="0.2">
+        <v>14800</v>
+      </c>
+      <c r="AE275" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="276" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A276" s="17" t="s">
+        <v>888</v>
+      </c>
+      <c r="B276" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C276" s="17" t="s">
+        <v>889</v>
+      </c>
+      <c r="D276" s="18" t="s">
+        <v>890</v>
+      </c>
+      <c r="E276" s="20">
+        <v>42759592.960000001</v>
+      </c>
+      <c r="F276" s="20">
+        <v>9544552</v>
+      </c>
+      <c r="G276" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="I276" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="J276" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L276" s="18">
+        <v>20020723</v>
+      </c>
+      <c r="T276" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="AB276" s="19">
+        <v>1916000</v>
+      </c>
+      <c r="AC276" s="20">
+        <v>7621821.5</v>
+      </c>
+      <c r="AD276" s="20">
+        <v>3167</v>
+      </c>
+      <c r="AE276" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="277" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A277" s="17" t="s">
+        <v>891</v>
+      </c>
+      <c r="B277" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C277" s="17" t="s">
         <v>892</v>
       </c>
-      <c r="B276" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C276" s="17" t="s">
+      <c r="D277" s="18" t="s">
         <v>893</v>
       </c>
-      <c r="D276" s="18" t="s">
-[...23 lines deleted...]
-      <c r="P276" s="18" t="s">
+      <c r="E277" s="20">
+        <v>376726385.26999998</v>
+      </c>
+      <c r="F277" s="20">
+        <v>107944523</v>
+      </c>
+      <c r="G277" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="I277" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="J277" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L277" s="18">
+        <v>19930607</v>
+      </c>
+      <c r="AB277" s="19">
+        <v>2565920</v>
+      </c>
+      <c r="AC277" s="20">
+        <v>10178226</v>
+      </c>
+      <c r="AD277" s="20">
+        <v>4674</v>
+      </c>
+      <c r="AE277" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="278" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A278" s="17" t="s">
+        <v>895</v>
+      </c>
+      <c r="B278" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C278" s="17" t="s">
+        <v>896</v>
+      </c>
+      <c r="D278" s="18" t="s">
+        <v>897</v>
+      </c>
+      <c r="E278" s="20">
+        <v>28444067864.240002</v>
+      </c>
+      <c r="F278" s="20">
+        <v>1550930636</v>
+      </c>
+      <c r="G278" s="19" t="s">
+        <v>181</v>
+      </c>
+      <c r="I278" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="J278" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L278" s="18">
+        <v>19990201</v>
+      </c>
+      <c r="M278" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R278" s="18">
         <v>60</v>
       </c>
-      <c r="Q276" s="18" t="s">
-[...40 lines deleted...]
-      <c r="I277" s="18" t="s">
+      <c r="AB278" s="19">
+        <v>1002589677</v>
+      </c>
+      <c r="AC278" s="20">
+        <v>21249015308</v>
+      </c>
+      <c r="AD278" s="20">
+        <v>2018048</v>
+      </c>
+      <c r="AE278" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="279" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A279" s="17" t="s">
+        <v>898</v>
+      </c>
+      <c r="B279" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C279" s="17" t="s">
+        <v>899</v>
+      </c>
+      <c r="D279" s="18" t="s">
+        <v>900</v>
+      </c>
+      <c r="E279" s="20">
+        <v>30807991.030000001</v>
+      </c>
+      <c r="F279" s="20">
+        <v>38997457</v>
+      </c>
+      <c r="G279" s="19" t="s">
+        <v>181</v>
+      </c>
+      <c r="I279" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="J277" s="18" t="s">
-[...2 lines deleted...]
-      <c r="K277" s="18" t="s">
+      <c r="J279" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K279" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="L277" s="18">
-[...75 lines deleted...]
-      <c r="A279" s="17" t="s">
+      <c r="L279" s="18">
+        <v>20070625</v>
+      </c>
+      <c r="AB279" s="19">
+        <v>3595057</v>
+      </c>
+      <c r="AC279" s="20">
+        <v>2994179.5</v>
+      </c>
+      <c r="AD279" s="20">
+        <v>2733</v>
+      </c>
+      <c r="AE279" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="280" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A280" s="17" t="s">
         <v>901</v>
       </c>
-      <c r="B279" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C279" s="17" t="s">
+      <c r="B280" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C280" s="17" t="s">
         <v>902</v>
       </c>
-      <c r="D279" s="18" t="s">
+      <c r="D280" s="18" t="s">
         <v>903</v>
       </c>
-      <c r="E279" s="20">
-[...45 lines deleted...]
-      </c>
       <c r="E280" s="20">
-        <v>372408604.35000002</v>
+        <v>2751480981.5999999</v>
       </c>
       <c r="F280" s="20">
-        <v>107944523</v>
+        <v>21685695</v>
       </c>
       <c r="G280" s="19" t="s">
         <v>47</v>
       </c>
+      <c r="H280" s="18" t="s">
+        <v>73</v>
+      </c>
       <c r="I280" s="18" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="J280" s="18" t="s">
         <v>38</v>
       </c>
+      <c r="K280" s="18" t="s">
+        <v>40</v>
+      </c>
       <c r="L280" s="18">
-        <v>19930607</v>
-[...5 lines deleted...]
-        <v>9779346.5</v>
+        <v>20040708</v>
+      </c>
+      <c r="R280" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="S280" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="AB280" s="19">
+        <v>18768535</v>
       </c>
       <c r="AC280" s="20">
-        <v>4356</v>
+        <v>2643478761.5</v>
       </c>
       <c r="AD280" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:30" x14ac:dyDescent="0.2">
+        <v>151438</v>
+      </c>
+      <c r="AE280" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="281" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A281" s="17" t="s">
-        <v>908</v>
+        <v>904</v>
       </c>
       <c r="B281" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C281" s="17" t="s">
-        <v>909</v>
+        <v>905</v>
       </c>
       <c r="D281" s="18" t="s">
-        <v>910</v>
+        <v>906</v>
       </c>
       <c r="E281" s="20">
-        <v>31486312723.810001</v>
+        <v>10005259739.09</v>
       </c>
       <c r="F281" s="20">
-        <v>1535168831</v>
+        <v>82097807</v>
       </c>
       <c r="G281" s="19" t="s">
-        <v>184</v>
+        <v>47</v>
       </c>
       <c r="I281" s="18" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="J281" s="18" t="s">
         <v>38</v>
       </c>
+      <c r="K281" s="18" t="s">
+        <v>53</v>
+      </c>
       <c r="L281" s="18">
-        <v>19990201</v>
+        <v>19991206</v>
       </c>
       <c r="M281" s="18" t="s">
         <v>97</v>
       </c>
-      <c r="R281" s="18">
-[...6 lines deleted...]
-        <v>18210007957</v>
+      <c r="R281" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB281" s="19">
+        <v>64355063</v>
       </c>
       <c r="AC281" s="20">
-        <v>1754866</v>
+        <v>8181164465</v>
       </c>
       <c r="AD281" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:30" x14ac:dyDescent="0.2">
+        <v>468505</v>
+      </c>
+      <c r="AE281" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="282" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A282" s="17" t="s">
-        <v>911</v>
+        <v>907</v>
       </c>
       <c r="B282" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C282" s="17" t="s">
-        <v>912</v>
+        <v>908</v>
       </c>
       <c r="D282" s="18" t="s">
-        <v>913</v>
+        <v>909</v>
       </c>
       <c r="E282" s="20">
-        <v>33537813.02</v>
+        <v>84408213410.850006</v>
       </c>
       <c r="F282" s="20">
-        <v>38997457</v>
+        <v>450842487</v>
       </c>
       <c r="G282" s="19" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="I282" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J282" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="K282" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L282" s="18">
-        <v>20070625</v>
-[...5 lines deleted...]
-        <v>2859231</v>
+        <v>19800313</v>
+      </c>
+      <c r="M282" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="R282" s="18">
+        <v>60</v>
+      </c>
+      <c r="AB282" s="19">
+        <v>94689569</v>
       </c>
       <c r="AC282" s="20">
-        <v>2597</v>
+        <v>22565898196.5</v>
       </c>
       <c r="AD282" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:30" x14ac:dyDescent="0.2">
+        <v>629618</v>
+      </c>
+      <c r="AE282" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="283" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A283" s="17" t="s">
-        <v>914</v>
+        <v>910</v>
       </c>
       <c r="B283" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C283" s="17" t="s">
-        <v>915</v>
+        <v>911</v>
       </c>
       <c r="D283" s="18" t="s">
-        <v>916</v>
+        <v>912</v>
       </c>
       <c r="E283" s="20">
-        <v>2944483667.0999999</v>
+        <v>184641938.59999999</v>
       </c>
       <c r="F283" s="20">
-        <v>21685695</v>
+        <v>22596276</v>
       </c>
       <c r="G283" s="19" t="s">
         <v>47</v>
       </c>
       <c r="H283" s="18" t="s">
         <v>73</v>
       </c>
       <c r="I283" s="18" t="s">
         <v>65</v>
       </c>
       <c r="J283" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K283" s="18" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="L283" s="18">
-        <v>20040708</v>
-[...4 lines deleted...]
-      <c r="S283" s="18" t="s">
+        <v>20171120</v>
+      </c>
+      <c r="P283" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="AA283" s="19">
-[...3 lines deleted...]
-        <v>2525879941.5</v>
+      <c r="AB283" s="19">
+        <v>76078653</v>
       </c>
       <c r="AC283" s="20">
-        <v>142677</v>
+        <v>31870135.5</v>
       </c>
       <c r="AD283" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:30" x14ac:dyDescent="0.2">
+        <v>24774</v>
+      </c>
+      <c r="AE283" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="284" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A284" s="17" t="s">
-        <v>917</v>
+        <v>913</v>
       </c>
       <c r="B284" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C284" s="17" t="s">
-        <v>918</v>
+        <v>914</v>
       </c>
       <c r="D284" s="18" t="s">
-        <v>919</v>
+        <v>915</v>
       </c>
       <c r="E284" s="20">
-        <v>10371555194.280001</v>
+        <v>1104569417.9000001</v>
       </c>
       <c r="F284" s="20">
-        <v>82287807</v>
+        <v>960495146</v>
       </c>
       <c r="G284" s="19" t="s">
-        <v>47</v>
+        <v>51</v>
+      </c>
+      <c r="H284" s="18" t="s">
+        <v>158</v>
       </c>
       <c r="I284" s="18" t="s">
-        <v>46</v>
+        <v>226</v>
       </c>
       <c r="J284" s="18" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="K284" s="18" t="s">
         <v>53</v>
       </c>
       <c r="L284" s="18">
-        <v>19991206</v>
+        <v>20210505</v>
       </c>
       <c r="M284" s="18" t="s">
-        <v>97</v>
-[...8 lines deleted...]
-        <v>7630424310</v>
+        <v>212</v>
+      </c>
+      <c r="T284" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="V284" s="18" t="s">
+        <v>227</v>
+      </c>
+      <c r="AB284" s="19">
+        <v>639562394</v>
       </c>
       <c r="AC284" s="20">
-        <v>436997</v>
+        <v>984537859</v>
       </c>
       <c r="AD284" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:30" x14ac:dyDescent="0.2">
+        <v>309079</v>
+      </c>
+      <c r="AE284" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="285" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A285" s="17" t="s">
-        <v>920</v>
+        <v>916</v>
       </c>
       <c r="B285" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C285" s="17" t="s">
-        <v>921</v>
+        <v>917</v>
       </c>
       <c r="D285" s="18" t="s">
-        <v>922</v>
+        <v>918</v>
       </c>
       <c r="E285" s="20">
-        <v>96048573039.119995</v>
+        <v>564376933.12</v>
       </c>
       <c r="F285" s="20">
-        <v>452658318</v>
+        <v>82753216</v>
       </c>
       <c r="G285" s="19" t="s">
-        <v>184</v>
+        <v>58</v>
       </c>
       <c r="I285" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J285" s="18" t="s">
         <v>38</v>
       </c>
+      <c r="K285" s="18" t="s">
+        <v>40</v>
+      </c>
       <c r="L285" s="18">
-        <v>19800313</v>
-[...11 lines deleted...]
-        <v>20537216193.5</v>
+        <v>20080704</v>
+      </c>
+      <c r="AB285" s="19">
+        <v>46961176</v>
       </c>
       <c r="AC285" s="20">
-        <v>561890</v>
+        <v>356450396</v>
       </c>
       <c r="AD285" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:30" x14ac:dyDescent="0.2">
+        <v>162827</v>
+      </c>
+      <c r="AE285" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="286" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A286" s="17" t="s">
-        <v>923</v>
+        <v>919</v>
       </c>
       <c r="B286" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C286" s="17" t="s">
-        <v>924</v>
+        <v>920</v>
       </c>
       <c r="D286" s="18" t="s">
-        <v>925</v>
+        <v>921</v>
       </c>
       <c r="E286" s="20">
-        <v>212281618.08000001</v>
+        <v>61586463.039999999</v>
       </c>
       <c r="F286" s="20">
-        <v>22596232</v>
+        <v>45284164</v>
       </c>
       <c r="G286" s="19" t="s">
         <v>47</v>
       </c>
-      <c r="H286" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I286" s="18" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="J286" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K286" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L286" s="18">
-        <v>20171120</v>
+        <v>20220803</v>
+      </c>
+      <c r="O286" s="18" t="s">
+        <v>75</v>
       </c>
       <c r="P286" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="AA286" s="19">
-[...3 lines deleted...]
-        <v>28549176.5</v>
+      <c r="AB286" s="19">
+        <v>7399436</v>
       </c>
       <c r="AC286" s="20">
-        <v>23364</v>
+        <v>11038069</v>
       </c>
       <c r="AD286" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:30" x14ac:dyDescent="0.2">
+        <v>8915</v>
+      </c>
+      <c r="AE286" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="287" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A287" s="17" t="s">
+        <v>922</v>
+      </c>
+      <c r="B287" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C287" s="17" t="s">
+        <v>923</v>
+      </c>
+      <c r="D287" s="18" t="s">
+        <v>924</v>
+      </c>
+      <c r="E287" s="20">
+        <v>14270918099.4</v>
+      </c>
+      <c r="F287" s="20">
+        <v>278185538</v>
+      </c>
+      <c r="G287" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="I287" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J287" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K287" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="L287" s="18">
+        <v>20021104</v>
+      </c>
+      <c r="R287" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB287" s="19">
+        <v>126181648</v>
+      </c>
+      <c r="AC287" s="20">
+        <v>6628821406.5</v>
+      </c>
+      <c r="AD287" s="20">
+        <v>557661</v>
+      </c>
+      <c r="AE287" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="288" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A288" s="17" t="s">
+        <v>925</v>
+      </c>
+      <c r="B288" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C288" s="17" t="s">
         <v>926</v>
       </c>
-      <c r="B287" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C287" s="17" t="s">
+      <c r="D288" s="18" t="s">
         <v>927</v>
       </c>
-      <c r="D287" s="18" t="s">
-[...60 lines deleted...]
-      </c>
       <c r="E288" s="20">
-        <v>549481354.24000001</v>
+        <v>13297610490.450001</v>
       </c>
       <c r="F288" s="20">
-        <v>82753216</v>
+        <v>81375745</v>
       </c>
       <c r="G288" s="19" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="I288" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J288" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="K288" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L288" s="18">
-        <v>20080704</v>
-[...5 lines deleted...]
-        <v>317484897</v>
+        <v>19740521</v>
+      </c>
+      <c r="R288" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB288" s="19">
+        <v>35351973</v>
       </c>
       <c r="AC288" s="20">
-        <v>143657</v>
+        <v>4673496268.5</v>
       </c>
       <c r="AD288" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:30" x14ac:dyDescent="0.2">
+        <v>243232</v>
+      </c>
+      <c r="AE288" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="289" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A289" s="17" t="s">
-        <v>932</v>
+        <v>928</v>
       </c>
       <c r="B289" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C289" s="17" t="s">
-        <v>933</v>
+        <v>929</v>
       </c>
       <c r="D289" s="18" t="s">
-        <v>934</v>
+        <v>894</v>
       </c>
       <c r="E289" s="20">
-        <v>58416571.560000002</v>
+        <v>200007886163.25</v>
       </c>
       <c r="F289" s="20">
-        <v>45284164</v>
+        <v>1737495505</v>
       </c>
       <c r="G289" s="19" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="I289" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J289" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="K289" s="18" t="s">
+      <c r="L289" s="18">
+        <v>19550202</v>
+      </c>
+      <c r="M289" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R289" s="18">
+        <v>60</v>
+      </c>
+      <c r="AB289" s="19">
+        <v>1673779690</v>
+      </c>
+      <c r="AC289" s="20">
+        <v>156521672832.5</v>
+      </c>
+      <c r="AD289" s="20">
+        <v>3743852</v>
+      </c>
+      <c r="AE289" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="290" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A290" s="17" t="s">
+        <v>930</v>
+      </c>
+      <c r="B290" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C290" s="17" t="s">
+        <v>931</v>
+      </c>
+      <c r="D290" s="18" t="s">
+        <v>932</v>
+      </c>
+      <c r="E290" s="20">
+        <v>528821360</v>
+      </c>
+      <c r="F290" s="20">
+        <v>36826000</v>
+      </c>
+      <c r="G290" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="H290" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="I290" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J290" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K290" s="18" t="s">
         <v>59</v>
       </c>
-      <c r="L289" s="18">
-[...5 lines deleted...]
-      <c r="P289" s="18" t="s">
+      <c r="L290" s="18">
+        <v>19981214</v>
+      </c>
+      <c r="P290" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="AA289" s="19">
-[...13 lines deleted...]
-      <c r="A290" s="17" t="s">
+      <c r="Q290" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="AB290" s="19">
+        <v>13424379</v>
+      </c>
+      <c r="AC290" s="20">
+        <v>156327708.5</v>
+      </c>
+      <c r="AD290" s="20">
+        <v>58512</v>
+      </c>
+      <c r="AE290" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="291" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A291" s="17" t="s">
+        <v>933</v>
+      </c>
+      <c r="B291" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C291" s="17" t="s">
+        <v>934</v>
+      </c>
+      <c r="D291" s="18" t="s">
         <v>935</v>
       </c>
-      <c r="B290" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C290" s="17" t="s">
+      <c r="E291" s="20">
+        <v>88836530.200000003</v>
+      </c>
+      <c r="F291" s="20">
+        <v>40380241</v>
+      </c>
+      <c r="G291" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="I291" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J291" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L291" s="18">
+        <v>19930330</v>
+      </c>
+      <c r="T291" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB291" s="19">
+        <v>16400190</v>
+      </c>
+      <c r="AC291" s="20">
+        <v>38959430.5</v>
+      </c>
+      <c r="AD291" s="20">
+        <v>35662</v>
+      </c>
+      <c r="AE291" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="292" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A292" s="17" t="s">
         <v>936</v>
       </c>
-      <c r="D290" s="18" t="s">
+      <c r="B292" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C292" s="17" t="s">
         <v>937</v>
       </c>
-      <c r="E290" s="20">
-[...20 lines deleted...]
-      <c r="R290" s="18" t="s">
+      <c r="D292" s="18" t="s">
+        <v>938</v>
+      </c>
+      <c r="E292" s="20">
+        <v>1712420398.4000001</v>
+      </c>
+      <c r="F292" s="20">
+        <v>83618919</v>
+      </c>
+      <c r="G292" s="19" t="s">
+        <v>181</v>
+      </c>
+      <c r="I292" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J292" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L292" s="18">
+        <v>19850321</v>
+      </c>
+      <c r="R292" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="AA290" s="19">
-[...19 lines deleted...]
-      <c r="C291" s="17" t="s">
+      <c r="AB292" s="19">
+        <v>44871416</v>
+      </c>
+      <c r="AC292" s="20">
+        <v>847091646.5</v>
+      </c>
+      <c r="AD292" s="20">
+        <v>182150</v>
+      </c>
+      <c r="AE292" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="293" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A293" s="17" t="s">
         <v>939</v>
       </c>
-      <c r="D291" s="18" t="s">
+      <c r="B293" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C293" s="17" t="s">
         <v>940</v>
       </c>
-      <c r="E291" s="20">
-[...34 lines deleted...]
-      <c r="A292" s="17" t="s">
+      <c r="D293" s="18" t="s">
         <v>941</v>
       </c>
-      <c r="B292" s="17" t="s">
-[...57 lines deleted...]
-      </c>
       <c r="E293" s="20">
-        <v>519246600</v>
+        <v>72290702.340000004</v>
       </c>
       <c r="F293" s="20">
-        <v>36826000</v>
+        <v>25910646</v>
       </c>
       <c r="G293" s="19" t="s">
         <v>47</v>
       </c>
-      <c r="H293" s="18" t="s">
+      <c r="I293" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="J293" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L293" s="18">
+        <v>20021111</v>
+      </c>
+      <c r="AB293" s="19">
+        <v>2103583</v>
+      </c>
+      <c r="AC293" s="20">
+        <v>5637247.5</v>
+      </c>
+      <c r="AD293" s="20">
+        <v>3760</v>
+      </c>
+      <c r="AE293" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="294" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A294" s="17" t="s">
+        <v>942</v>
+      </c>
+      <c r="B294" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C294" s="17" t="s">
+        <v>943</v>
+      </c>
+      <c r="D294" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="E294" s="20">
+        <v>1279765056.3299999</v>
+      </c>
+      <c r="F294" s="20">
+        <v>212233011</v>
+      </c>
+      <c r="G294" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="H294" s="18" t="s">
         <v>73</v>
       </c>
-      <c r="I293" s="18" t="s">
+      <c r="I294" s="18" t="s">
         <v>65</v>
       </c>
-      <c r="J293" s="18" t="s">
-[...28 lines deleted...]
-      <c r="A294" s="17" t="s">
+      <c r="J294" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L294" s="18">
+        <v>19961209</v>
+      </c>
+      <c r="AB294" s="19">
+        <v>122095978</v>
+      </c>
+      <c r="AC294" s="20">
+        <v>612652056</v>
+      </c>
+      <c r="AD294" s="20">
+        <v>366158</v>
+      </c>
+      <c r="AE294" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="295" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A295" s="17" t="s">
+        <v>945</v>
+      </c>
+      <c r="B295" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C295" s="17" t="s">
         <v>946</v>
       </c>
-      <c r="B294" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C294" s="17" t="s">
+      <c r="D295" s="18" t="s">
         <v>947</v>
       </c>
-      <c r="D294" s="18" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="E295" s="20">
-        <v>1646836765.99</v>
+        <v>1947739515.54</v>
       </c>
       <c r="F295" s="20">
-        <v>83618919</v>
+        <v>47809021</v>
       </c>
       <c r="G295" s="19" t="s">
-        <v>184</v>
+        <v>58</v>
       </c>
       <c r="I295" s="18" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="J295" s="18" t="s">
         <v>38</v>
       </c>
+      <c r="K295" s="18" t="s">
+        <v>53</v>
+      </c>
       <c r="L295" s="18">
-        <v>19850321</v>
+        <v>20170530</v>
       </c>
       <c r="R295" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="AA295" s="19">
-[...3 lines deleted...]
-        <v>813035591.5</v>
+      <c r="AB295" s="19">
+        <v>20509827</v>
       </c>
       <c r="AC295" s="20">
-        <v>170336</v>
+        <v>772748337.5</v>
       </c>
       <c r="AD295" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:30" x14ac:dyDescent="0.2">
+        <v>129502</v>
+      </c>
+      <c r="AE295" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="296" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A296" s="17" t="s">
+        <v>948</v>
+      </c>
+      <c r="B296" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C296" s="17" t="s">
+        <v>949</v>
+      </c>
+      <c r="D296" s="18" t="s">
+        <v>950</v>
+      </c>
+      <c r="E296" s="20">
+        <v>126931181.40000001</v>
+      </c>
+      <c r="F296" s="20">
+        <v>13979205</v>
+      </c>
+      <c r="G296" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="I296" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J296" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K296" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="L296" s="18">
+        <v>20130619</v>
+      </c>
+      <c r="P296" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="U296" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="Z296" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB296" s="19">
+        <v>4630293</v>
+      </c>
+      <c r="AC296" s="20">
+        <v>43034906.5</v>
+      </c>
+      <c r="AD296" s="20">
+        <v>20535</v>
+      </c>
+      <c r="AE296" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="297" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A297" s="17" t="s">
+        <v>951</v>
+      </c>
+      <c r="B297" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C297" s="17" t="s">
         <v>952</v>
       </c>
-      <c r="B296" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C296" s="17" t="s">
+      <c r="D297" s="18" t="s">
         <v>953</v>
       </c>
-      <c r="D296" s="18" t="s">
+      <c r="E297" s="20">
+        <v>19442767.5</v>
+      </c>
+      <c r="F297" s="20">
+        <v>38885535</v>
+      </c>
+      <c r="G297" s="19" t="s">
+        <v>181</v>
+      </c>
+      <c r="I297" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J297" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L297" s="18">
+        <v>19801113</v>
+      </c>
+      <c r="AB297" s="19">
+        <v>1519934</v>
+      </c>
+      <c r="AC297" s="20">
+        <v>1085111.5</v>
+      </c>
+      <c r="AD297" s="20">
+        <v>930</v>
+      </c>
+      <c r="AE297" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="298" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A298" s="17" t="s">
         <v>954</v>
       </c>
-      <c r="E296" s="20">
-[...31 lines deleted...]
-      <c r="A297" s="17" t="s">
+      <c r="B298" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C298" s="17" t="s">
         <v>955</v>
       </c>
-      <c r="B297" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C297" s="17" t="s">
+      <c r="D298" s="18" t="s">
         <v>956</v>
       </c>
-      <c r="D297" s="18" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="E298" s="20">
-        <v>1847818661.6500001</v>
+        <v>560614335.20000005</v>
       </c>
       <c r="F298" s="20">
-        <v>47809021</v>
+        <v>24164411</v>
       </c>
       <c r="G298" s="19" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="I298" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J298" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="K298" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L298" s="18">
-        <v>20170530</v>
-[...8 lines deleted...]
-        <v>710860662.5</v>
+        <v>19971224</v>
+      </c>
+      <c r="T298" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB298" s="19">
+        <v>352086</v>
       </c>
       <c r="AC298" s="20">
-        <v>119559</v>
+        <v>7226746.5</v>
       </c>
       <c r="AD298" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:30" x14ac:dyDescent="0.2">
+        <v>877</v>
+      </c>
+      <c r="AE298" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="299" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A299" s="17" t="s">
-        <v>961</v>
+        <v>957</v>
       </c>
       <c r="B299" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C299" s="17" t="s">
-        <v>962</v>
+        <v>958</v>
       </c>
       <c r="D299" s="18" t="s">
-        <v>963</v>
+        <v>959</v>
       </c>
       <c r="E299" s="20">
-        <v>126791389.34999999</v>
+        <v>23004797.09</v>
       </c>
       <c r="F299" s="20">
-        <v>13979205</v>
+        <v>19012229</v>
       </c>
       <c r="G299" s="19" t="s">
-        <v>132</v>
+        <v>51</v>
       </c>
       <c r="I299" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J299" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K299" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L299" s="18">
-        <v>20130619</v>
+        <v>20190114</v>
       </c>
       <c r="P299" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="U299" s="18" t="s">
-[...9 lines deleted...]
-        <v>39513168.5</v>
+      <c r="T299" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB299" s="19">
+        <v>1413338</v>
       </c>
       <c r="AC299" s="20">
-        <v>18869</v>
+        <v>1776963</v>
       </c>
       <c r="AD299" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:30" x14ac:dyDescent="0.2">
+        <v>998</v>
+      </c>
+      <c r="AE299" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="300" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A300" s="17" t="s">
+        <v>960</v>
+      </c>
+      <c r="B300" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C300" s="17" t="s">
+        <v>961</v>
+      </c>
+      <c r="D300" s="18" t="s">
+        <v>962</v>
+      </c>
+      <c r="E300" s="20">
+        <v>347321183</v>
+      </c>
+      <c r="F300" s="20">
+        <v>41395100</v>
+      </c>
+      <c r="G300" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="I300" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J300" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K300" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="L300" s="18">
+        <v>20070110</v>
+      </c>
+      <c r="P300" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="AB300" s="19">
+        <v>3523596</v>
+      </c>
+      <c r="AC300" s="20">
+        <v>23748645</v>
+      </c>
+      <c r="AD300" s="20">
+        <v>9545</v>
+      </c>
+      <c r="AE300" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="301" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A301" s="17" t="s">
+        <v>963</v>
+      </c>
+      <c r="B301" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C301" s="17" t="s">
         <v>964</v>
       </c>
-      <c r="B300" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C300" s="17" t="s">
+      <c r="D301" s="18" t="s">
         <v>965</v>
       </c>
-      <c r="D300" s="18" t="s">
+      <c r="E301" s="20">
+        <v>108824749.44</v>
+      </c>
+      <c r="F301" s="20">
+        <v>6019068</v>
+      </c>
+      <c r="G301" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="I301" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="J301" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L301" s="18">
+        <v>19960918</v>
+      </c>
+      <c r="AB301" s="19">
+        <v>3944833</v>
+      </c>
+      <c r="AC301" s="20">
+        <v>60896394.5</v>
+      </c>
+      <c r="AD301" s="20">
+        <v>11249</v>
+      </c>
+      <c r="AE301" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="302" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A302" s="17" t="s">
         <v>966</v>
       </c>
-      <c r="E300" s="20">
-[...31 lines deleted...]
-      <c r="A301" s="17" t="s">
+      <c r="B302" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C302" s="17" t="s">
         <v>967</v>
       </c>
-      <c r="B301" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C301" s="17" t="s">
+      <c r="D302" s="18" t="s">
         <v>968</v>
       </c>
-      <c r="D301" s="18" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="E302" s="20">
-        <v>23765286.25</v>
+        <v>528379148.89999998</v>
       </c>
       <c r="F302" s="20">
-        <v>19012229</v>
+        <v>31945535</v>
       </c>
       <c r="G302" s="19" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="I302" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J302" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K302" s="18" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="L302" s="18">
-        <v>20190114</v>
-[...11 lines deleted...]
-        <v>1525449.5</v>
+        <v>20130827</v>
+      </c>
+      <c r="M302" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="AB302" s="19">
+        <v>6241432</v>
       </c>
       <c r="AC302" s="20">
-        <v>881</v>
+        <v>101261647.5</v>
       </c>
       <c r="AD302" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:30" x14ac:dyDescent="0.2">
+        <v>43474</v>
+      </c>
+      <c r="AE302" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="303" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A303" s="17" t="s">
-        <v>973</v>
+        <v>969</v>
       </c>
       <c r="B303" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C303" s="17" t="s">
-        <v>974</v>
+        <v>970</v>
       </c>
       <c r="D303" s="18" t="s">
-        <v>975</v>
+        <v>971</v>
       </c>
       <c r="E303" s="20">
-        <v>318787637.5</v>
+        <v>14189637.52</v>
       </c>
       <c r="F303" s="20">
-        <v>41395100</v>
+        <v>709481876</v>
       </c>
       <c r="G303" s="19" t="s">
-        <v>58</v>
+        <v>181</v>
       </c>
       <c r="I303" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J303" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K303" s="18" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="L303" s="18">
-        <v>20070110</v>
-[...8 lines deleted...]
-        <v>19825013.5</v>
+        <v>20230719</v>
+      </c>
+      <c r="AB303" s="19">
+        <v>43830395</v>
       </c>
       <c r="AC303" s="20">
-        <v>8032</v>
+        <v>847892.5</v>
       </c>
       <c r="AD303" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:30" x14ac:dyDescent="0.2">
+        <v>1786</v>
+      </c>
+      <c r="AE303" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="304" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A304" s="17" t="s">
-        <v>976</v>
+        <v>972</v>
       </c>
       <c r="B304" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C304" s="17" t="s">
-        <v>977</v>
+        <v>973</v>
       </c>
       <c r="D304" s="18" t="s">
-        <v>978</v>
+        <v>974</v>
       </c>
       <c r="E304" s="20">
-        <v>98712715.200000003</v>
+        <v>604453194.91999996</v>
       </c>
       <c r="F304" s="20">
-        <v>6019068</v>
+        <v>21956164</v>
       </c>
       <c r="G304" s="19" t="s">
         <v>47</v>
       </c>
       <c r="I304" s="18" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="J304" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L304" s="18">
-        <v>19960918</v>
-[...5 lines deleted...]
-        <v>55314832.5</v>
+        <v>19660815</v>
+      </c>
+      <c r="AB304" s="19">
+        <v>11666580</v>
       </c>
       <c r="AC304" s="20">
-        <v>10745</v>
+        <v>249620036</v>
       </c>
       <c r="AD304" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:30" x14ac:dyDescent="0.2">
+        <v>69363</v>
+      </c>
+      <c r="AE304" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="305" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A305" s="17" t="s">
+        <v>975</v>
+      </c>
+      <c r="B305" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C305" s="17" t="s">
+        <v>976</v>
+      </c>
+      <c r="D305" s="18" t="s">
+        <v>977</v>
+      </c>
+      <c r="E305" s="20">
+        <v>512741430.94999999</v>
+      </c>
+      <c r="F305" s="20">
+        <v>31986365</v>
+      </c>
+      <c r="G305" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="I305" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="J305" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L305" s="18">
+        <v>19730201</v>
+      </c>
+      <c r="U305" s="18" t="s">
+        <v>219</v>
+      </c>
+      <c r="AB305" s="19">
+        <v>312097</v>
+      </c>
+      <c r="AC305" s="20">
+        <v>4354773</v>
+      </c>
+      <c r="AD305" s="20">
+        <v>1214</v>
+      </c>
+      <c r="AE305" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="306" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A306" s="17" t="s">
+        <v>978</v>
+      </c>
+      <c r="B306" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C306" s="17" t="s">
         <v>979</v>
       </c>
-      <c r="B305" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C305" s="17" t="s">
+      <c r="D306" s="18" t="s">
         <v>980</v>
       </c>
-      <c r="D305" s="18" t="s">
-[...51 lines deleted...]
-      </c>
       <c r="E306" s="20">
-        <v>21284456.280000001</v>
+        <v>63477172987.040001</v>
       </c>
       <c r="F306" s="20">
-        <v>709481876</v>
+        <v>255842864</v>
       </c>
       <c r="G306" s="19" t="s">
-        <v>184</v>
+        <v>47</v>
       </c>
       <c r="I306" s="18" t="s">
         <v>39</v>
       </c>
       <c r="J306" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K306" s="18" t="s">
         <v>53</v>
       </c>
       <c r="L306" s="18">
-        <v>20230719</v>
-[...5 lines deleted...]
-        <v>816493.5</v>
+        <v>20160601</v>
+      </c>
+      <c r="M306" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R306" s="18">
+        <v>60</v>
+      </c>
+      <c r="AB306" s="19">
+        <v>70936966</v>
       </c>
       <c r="AC306" s="20">
-        <v>1670</v>
+        <v>18222532154</v>
       </c>
       <c r="AD306" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:30" x14ac:dyDescent="0.2">
+        <v>482841</v>
+      </c>
+      <c r="AE306" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="307" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A307" s="17" t="s">
-        <v>985</v>
+        <v>981</v>
       </c>
       <c r="B307" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C307" s="17" t="s">
-        <v>986</v>
+        <v>982</v>
       </c>
       <c r="D307" s="18" t="s">
-        <v>987</v>
+        <v>983</v>
       </c>
       <c r="E307" s="20">
-        <v>544869095.42999995</v>
+        <v>6588592368.9899998</v>
       </c>
       <c r="F307" s="20">
-        <v>21908689</v>
+        <v>76071959</v>
       </c>
       <c r="G307" s="19" t="s">
         <v>47</v>
       </c>
+      <c r="H307" s="18" t="s">
+        <v>64</v>
+      </c>
       <c r="I307" s="18" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="J307" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L307" s="18">
-        <v>19660815</v>
-[...5 lines deleted...]
-        <v>220346703</v>
+        <v>19860507</v>
+      </c>
+      <c r="M307" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="R307" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB307" s="19">
+        <v>50333563</v>
       </c>
       <c r="AC307" s="20">
-        <v>61890</v>
+        <v>5150938440</v>
       </c>
       <c r="AD307" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:30" x14ac:dyDescent="0.2">
+        <v>339328</v>
+      </c>
+      <c r="AE307" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="308" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A308" s="17" t="s">
+        <v>984</v>
+      </c>
+      <c r="B308" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C308" s="17" t="s">
+        <v>985</v>
+      </c>
+      <c r="D308" s="18" t="s">
+        <v>986</v>
+      </c>
+      <c r="E308" s="20">
+        <v>69378195.099999994</v>
+      </c>
+      <c r="F308" s="20">
+        <v>33843022</v>
+      </c>
+      <c r="G308" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="H308" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="I308" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J308" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K308" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="L308" s="18">
+        <v>20111013</v>
+      </c>
+      <c r="P308" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="AB308" s="19">
+        <v>775658</v>
+      </c>
+      <c r="AC308" s="20">
+        <v>1698754.5</v>
+      </c>
+      <c r="AD308" s="20">
+        <v>762</v>
+      </c>
+      <c r="AE308" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="309" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A309" s="17" t="s">
+        <v>987</v>
+      </c>
+      <c r="B309" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C309" s="17" t="s">
         <v>988</v>
       </c>
-      <c r="B308" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C308" s="17" t="s">
+      <c r="D309" s="18" t="s">
         <v>989</v>
       </c>
-      <c r="D308" s="18" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="E309" s="20">
-        <v>60221598807.239998</v>
+        <v>123847486.59</v>
       </c>
       <c r="F309" s="20">
-        <v>256022442</v>
+        <v>10558183</v>
       </c>
       <c r="G309" s="19" t="s">
         <v>47</v>
       </c>
+      <c r="H309" s="18" t="s">
+        <v>64</v>
+      </c>
       <c r="I309" s="18" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="J309" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="K309" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L309" s="18">
-        <v>20160601</v>
-[...11 lines deleted...]
-        <v>16688392168.5</v>
+        <v>20040730</v>
+      </c>
+      <c r="AB309" s="19">
+        <v>56695663</v>
       </c>
       <c r="AC309" s="20">
-        <v>442777</v>
+        <v>52793006.5</v>
       </c>
       <c r="AD309" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:30" x14ac:dyDescent="0.2">
+        <v>23157</v>
+      </c>
+      <c r="AE309" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="310" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A310" s="17" t="s">
-        <v>994</v>
+        <v>990</v>
       </c>
       <c r="B310" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C310" s="17" t="s">
-        <v>995</v>
+        <v>991</v>
       </c>
       <c r="D310" s="18" t="s">
-        <v>996</v>
+        <v>992</v>
       </c>
       <c r="E310" s="20">
-        <v>6518206568.8000002</v>
+        <v>1573893637.6800001</v>
       </c>
       <c r="F310" s="20">
-        <v>76147273</v>
+        <v>61769766</v>
       </c>
       <c r="G310" s="19" t="s">
         <v>47</v>
       </c>
-      <c r="H310" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I310" s="18" t="s">
         <v>52</v>
       </c>
       <c r="J310" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L310" s="18">
-        <v>19860507</v>
-[...11 lines deleted...]
-        <v>4821104903.5</v>
+        <v>19970129</v>
+      </c>
+      <c r="AB310" s="19">
+        <v>23381506</v>
       </c>
       <c r="AC310" s="20">
-        <v>312002</v>
+        <v>585737794</v>
       </c>
       <c r="AD310" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="311" spans="1:30" x14ac:dyDescent="0.2">
+        <v>142797</v>
+      </c>
+      <c r="AE310" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="311" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A311" s="17" t="s">
+        <v>993</v>
+      </c>
+      <c r="B311" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C311" s="17" t="s">
+        <v>994</v>
+      </c>
+      <c r="D311" s="18" t="s">
+        <v>995</v>
+      </c>
+      <c r="E311" s="20">
+        <v>296952099.56</v>
+      </c>
+      <c r="F311" s="20">
+        <v>213634604</v>
+      </c>
+      <c r="G311" s="19" t="s">
+        <v>181</v>
+      </c>
+      <c r="I311" s="18" t="s">
+        <v>142</v>
+      </c>
+      <c r="J311" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K311" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="L311" s="18">
+        <v>20060518</v>
+      </c>
+      <c r="AB311" s="19">
+        <v>11909487</v>
+      </c>
+      <c r="AC311" s="20">
+        <v>22109037.5</v>
+      </c>
+      <c r="AD311" s="20">
+        <v>23857</v>
+      </c>
+      <c r="AE311" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="312" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A312" s="17" t="s">
+        <v>996</v>
+      </c>
+      <c r="B312" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C312" s="17" t="s">
         <v>997</v>
       </c>
-      <c r="B311" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C311" s="17" t="s">
+      <c r="D312" s="18" t="s">
         <v>998</v>
       </c>
-      <c r="D311" s="18" t="s">
+      <c r="E312" s="20">
+        <v>32237234.5</v>
+      </c>
+      <c r="F312" s="20">
+        <v>12495833</v>
+      </c>
+      <c r="G312" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="I312" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="J312" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L312" s="18">
+        <v>19721130</v>
+      </c>
+      <c r="AB312" s="19">
+        <v>55480</v>
+      </c>
+      <c r="AC312" s="20">
+        <v>136987.5</v>
+      </c>
+      <c r="AD312" s="20">
+        <v>105</v>
+      </c>
+      <c r="AE312" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="313" spans="1:31" x14ac:dyDescent="0.2">
+      <c r="A313" s="17" t="s">
         <v>999</v>
       </c>
-      <c r="E311" s="20">
-[...40 lines deleted...]
-      <c r="A312" s="17" t="s">
+      <c r="B313" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C313" s="17" t="s">
         <v>1000</v>
       </c>
-      <c r="B312" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C312" s="17" t="s">
+      <c r="D313" s="18" t="s">
         <v>1001</v>
       </c>
-      <c r="D312" s="18" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="E313" s="20">
-        <v>1592424567.48</v>
+        <v>2646690767.52</v>
       </c>
       <c r="F313" s="20">
-        <v>61769766</v>
+        <v>60042894</v>
       </c>
       <c r="G313" s="19" t="s">
         <v>47</v>
       </c>
+      <c r="H313" s="18" t="s">
+        <v>64</v>
+      </c>
       <c r="I313" s="18" t="s">
-        <v>52</v>
+        <v>93</v>
       </c>
       <c r="J313" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L313" s="18">
-        <v>19970129</v>
-[...5 lines deleted...]
-        <v>548576332</v>
+        <v>19860827</v>
+      </c>
+      <c r="R313" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB313" s="19">
+        <v>13195491</v>
       </c>
       <c r="AC313" s="20">
-        <v>131869</v>
+        <v>562129100.5</v>
       </c>
       <c r="AD313" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="314" spans="1:30" x14ac:dyDescent="0.2">
+        <v>86183</v>
+      </c>
+      <c r="AE313" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="314" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A314" s="17" t="s">
-        <v>1006</v>
+        <v>1002</v>
       </c>
       <c r="B314" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C314" s="17" t="s">
-        <v>1007</v>
+        <v>1003</v>
       </c>
       <c r="D314" s="18" t="s">
-        <v>1008</v>
+        <v>1004</v>
       </c>
       <c r="E314" s="20">
-        <v>318571129.5</v>
+        <v>31927050798.299999</v>
       </c>
       <c r="F314" s="20">
-        <v>212380753</v>
+        <v>130607694</v>
       </c>
       <c r="G314" s="19" t="s">
-        <v>184</v>
+        <v>47</v>
       </c>
       <c r="I314" s="18" t="s">
-        <v>145</v>
+        <v>46</v>
       </c>
       <c r="J314" s="18" t="s">
         <v>38</v>
       </c>
       <c r="K314" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L314" s="18">
-        <v>20060518</v>
-[...5 lines deleted...]
-        <v>20843993</v>
+        <v>20060524</v>
+      </c>
+      <c r="R314" s="18">
+        <v>60</v>
+      </c>
+      <c r="AB314" s="19">
+        <v>58697514</v>
       </c>
       <c r="AC314" s="20">
-        <v>21235</v>
+        <v>15426208635.5</v>
       </c>
       <c r="AD314" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="315" spans="1:30" x14ac:dyDescent="0.2">
+        <v>401839</v>
+      </c>
+      <c r="AE314" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="315" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A315" s="17" t="s">
-        <v>1009</v>
+        <v>1005</v>
       </c>
       <c r="B315" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C315" s="17" t="s">
-        <v>1010</v>
+        <v>1006</v>
       </c>
       <c r="D315" s="18" t="s">
-        <v>1011</v>
+        <v>60</v>
       </c>
       <c r="E315" s="20">
-        <v>32352216.309999999</v>
+        <v>154372165.19999999</v>
       </c>
       <c r="F315" s="20">
-        <v>12495833</v>
+        <v>13758660</v>
       </c>
       <c r="G315" s="19" t="s">
-        <v>58</v>
+        <v>181</v>
       </c>
       <c r="I315" s="18" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="J315" s="18" t="s">
         <v>38</v>
       </c>
+      <c r="K315" s="18" t="s">
+        <v>40</v>
+      </c>
       <c r="L315" s="18">
-        <v>19721130</v>
-[...5 lines deleted...]
-        <v>80543.5</v>
+        <v>20030728</v>
+      </c>
+      <c r="AB315" s="19">
+        <v>1155267</v>
       </c>
       <c r="AC315" s="20">
-        <v>92</v>
+        <v>12829056</v>
       </c>
       <c r="AD315" s="20">
-        <v>8</v>
-[...146 lines deleted...]
-        <v>10</v>
+        <v>5104</v>
+      </c>
+      <c r="AE315" s="20">
+        <v>11</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A10:AD318" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:AK10">
+  <autoFilter ref="A10:AE315" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:AL10">
     <sortCondition sortBy="cellColor" ref="M8:M10" dxfId="1"/>
     <sortCondition sortBy="cellColor" ref="N8:N10" dxfId="0"/>
   </sortState>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:AB145"/>
+  <dimension ref="A1:AB143"/>
   <sheetViews>
     <sheetView topLeftCell="C1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.28515625" style="17" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="8.140625" style="28" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" style="23" customWidth="1"/>
     <col min="4" max="4" width="44.140625" style="28" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.85546875" style="24" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="16.28515625" style="24" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="31.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="22.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="16.85546875" style="18" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.140625" style="32" bestFit="1" customWidth="1"/>
     <col min="12" max="13" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="13.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="17.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="18.85546875" style="18" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="18.42578125" style="18" bestFit="1" customWidth="1"/>
@@ -21386,57 +21210,57 @@
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="29"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="36"/>
       <c r="Z7" s="36"/>
       <c r="AA7" s="36"/>
       <c r="AB7" s="36"/>
     </row>
     <row r="8" spans="1:28" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="2"/>
       <c r="C8" s="22"/>
       <c r="D8" s="56">
-        <f>SUBTOTAL(3,D11:D145)</f>
-        <v>135</v>
+        <f>SUBTOTAL(3,D11:D143)</f>
+        <v>133</v>
       </c>
       <c r="E8" s="51"/>
       <c r="F8" s="54">
-        <f>SUBTOTAL(9,F11:F145)</f>
-        <v>20390524840.425003</v>
+        <f>SUBTOTAL(9,F11:F143)</f>
+        <v>19046365726.169994</v>
       </c>
       <c r="G8" s="55"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="29"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="6"/>
       <c r="Y8" s="36"/>
       <c r="Z8" s="36"/>
       <c r="AA8" s="36"/>
       <c r="AB8" s="36"/>
     </row>
     <row r="9" spans="1:28" s="7" customFormat="1" x14ac:dyDescent="0.2">
@@ -21463,7266 +21287,7163 @@
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
       <c r="X9" s="6"/>
       <c r="Y9" s="36"/>
       <c r="Z9" s="36"/>
       <c r="AA9" s="36"/>
       <c r="AB9" s="36"/>
     </row>
     <row r="10" spans="1:28" s="15" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="14" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="33" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>0</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>2</v>
       </c>
       <c r="E10" s="16" t="s">
         <v>3</v>
       </c>
       <c r="F10" s="16" t="s">
-        <v>1452</v>
+        <v>1440</v>
       </c>
       <c r="G10" s="16" t="s">
-        <v>1453</v>
+        <v>1441</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>4</v>
       </c>
       <c r="I10" s="27" t="s">
         <v>23</v>
       </c>
       <c r="J10" s="15" t="s">
         <v>6</v>
       </c>
       <c r="K10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="L10" s="15" t="s">
         <v>5</v>
       </c>
       <c r="M10" s="31" t="s">
         <v>34</v>
       </c>
       <c r="N10" s="15" t="s">
         <v>16</v>
       </c>
       <c r="O10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="P10" s="15" t="s">
         <v>17</v>
       </c>
       <c r="Q10" s="15" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="15" t="s">
-        <v>1427</v>
+        <v>1406</v>
       </c>
       <c r="S10" s="15" t="s">
         <v>18</v>
       </c>
       <c r="T10" s="15" t="s">
         <v>24</v>
       </c>
       <c r="U10" s="15" t="s">
         <v>28</v>
       </c>
       <c r="V10" s="15" t="s">
         <v>26</v>
       </c>
       <c r="W10" s="27" t="s">
         <v>22</v>
       </c>
       <c r="X10" s="15" t="s">
         <v>19</v>
       </c>
       <c r="Y10" s="16" t="s">
-        <v>1454</v>
+        <v>1442</v>
       </c>
       <c r="Z10" s="16" t="s">
-        <v>1455</v>
+        <v>1443</v>
       </c>
       <c r="AA10" s="16" t="s">
-        <v>1456</v>
+        <v>1444</v>
       </c>
       <c r="AB10" s="16" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:28" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A11" s="17" t="s">
-        <v>1175</v>
+        <v>1159</v>
       </c>
       <c r="B11" s="28">
         <v>1110620</v>
       </c>
       <c r="C11" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D11" s="28" t="s">
-        <v>1176</v>
+        <v>1160</v>
       </c>
       <c r="E11" s="18" t="s">
-        <v>1177</v>
+        <v>1161</v>
       </c>
       <c r="F11" s="24">
-        <v>3324766.2</v>
+        <v>2493574.65</v>
       </c>
       <c r="G11" s="24">
         <v>166238310</v>
       </c>
       <c r="H11" s="18" t="s">
         <v>58</v>
       </c>
       <c r="J11" s="18" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="K11" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L11" s="18" t="s">
         <v>53</v>
       </c>
       <c r="M11" s="18">
         <v>20061228</v>
       </c>
       <c r="Y11" s="34">
-        <v>4461371</v>
+        <v>4558970</v>
       </c>
       <c r="Z11" s="34">
-        <v>93158.5</v>
+        <v>94625.5</v>
       </c>
       <c r="AA11" s="20">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="AB11" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A12" s="17" t="s">
-        <v>1148</v>
+        <v>1132</v>
       </c>
       <c r="B12" s="28">
         <v>1063055</v>
       </c>
       <c r="C12" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D12" s="28" t="s">
-        <v>1149</v>
+        <v>1133</v>
       </c>
       <c r="E12" s="18" t="s">
-        <v>1150</v>
+        <v>1134</v>
       </c>
       <c r="F12" s="24">
-        <v>7320197.71</v>
+        <v>6611791.4800000004</v>
       </c>
       <c r="G12" s="24">
         <v>23613541</v>
       </c>
       <c r="H12" s="18" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="J12" s="18" t="s">
         <v>39</v>
       </c>
       <c r="K12" s="32" t="s">
         <v>38</v>
       </c>
       <c r="O12" s="18" t="s">
         <v>134</v>
       </c>
       <c r="Y12" s="34">
-        <v>506238</v>
+        <v>531206</v>
       </c>
       <c r="Z12" s="34">
-        <v>218150</v>
+        <v>227004.5</v>
       </c>
       <c r="AA12" s="20">
-        <v>566</v>
+        <v>597</v>
       </c>
       <c r="AB12" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A13" s="17" t="s">
-        <v>1239</v>
+        <v>1223</v>
       </c>
       <c r="B13" s="28">
         <v>1134760</v>
       </c>
       <c r="C13" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="28" t="s">
-        <v>1240</v>
+        <v>1224</v>
       </c>
       <c r="E13" s="18" t="s">
-        <v>1241</v>
+        <v>1225</v>
       </c>
       <c r="F13" s="24">
-        <v>8806999.5749999993</v>
+        <v>7365854.1900000004</v>
       </c>
       <c r="G13" s="24">
         <v>32025453</v>
       </c>
       <c r="H13" s="18" t="s">
         <v>58</v>
       </c>
       <c r="J13" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K13" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L13" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M13" s="18">
         <v>20110720</v>
       </c>
       <c r="O13" s="18" t="s">
         <v>134</v>
       </c>
       <c r="P13" s="18" t="s">
         <v>60</v>
       </c>
       <c r="Y13" s="34">
-        <v>4363072</v>
+        <v>4985089</v>
       </c>
       <c r="Z13" s="34">
-        <v>1708736.5</v>
+        <v>1845352.5</v>
       </c>
       <c r="AA13" s="20">
-        <v>2516</v>
+        <v>2765</v>
       </c>
       <c r="AB13" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A14" s="17" t="s">
-        <v>1317</v>
+        <v>1295</v>
       </c>
       <c r="B14" s="28">
         <v>1179630</v>
       </c>
       <c r="C14" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="28" t="s">
-        <v>1318</v>
+        <v>1296</v>
       </c>
       <c r="E14" s="18" t="s">
-        <v>1319</v>
+        <v>1297</v>
       </c>
       <c r="F14" s="24">
         <v>49244.480000000003</v>
       </c>
       <c r="G14" s="24">
         <v>4924448</v>
       </c>
       <c r="H14" s="18" t="s">
         <v>132</v>
       </c>
       <c r="J14" s="18" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="K14" s="32" t="s">
         <v>15</v>
       </c>
       <c r="L14" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M14" s="18">
         <v>20220421</v>
       </c>
       <c r="P14" s="18" t="s">
         <v>60</v>
       </c>
       <c r="S14" s="18" t="s">
-        <v>1320</v>
+        <v>1298</v>
       </c>
       <c r="W14" s="19" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="X14" s="19" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A15" s="17" t="s">
-        <v>1296</v>
+        <v>1277</v>
       </c>
       <c r="B15" s="28">
         <v>1174860</v>
       </c>
       <c r="C15" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D15" s="28" t="s">
-        <v>1297</v>
+        <v>1278</v>
       </c>
       <c r="E15" s="18" t="s">
-        <v>1298</v>
+        <v>1279</v>
       </c>
       <c r="F15" s="24">
-        <v>16396530.465</v>
+        <v>11002280.310000001</v>
       </c>
       <c r="G15" s="24">
-        <v>156157433</v>
+        <v>157175433</v>
       </c>
       <c r="H15" s="18" t="s">
         <v>58</v>
       </c>
       <c r="J15" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K15" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L15" s="18" t="s">
         <v>53</v>
       </c>
       <c r="M15" s="18">
         <v>20151103</v>
       </c>
       <c r="Y15" s="34">
-        <v>351712045</v>
+        <v>356565606</v>
       </c>
       <c r="Z15" s="34">
-        <v>43815076.5</v>
+        <v>44222717</v>
       </c>
       <c r="AA15" s="20">
-        <v>29283</v>
+        <v>29802</v>
       </c>
       <c r="AB15" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A16" s="17" t="s">
-        <v>1387</v>
+        <v>1366</v>
       </c>
       <c r="B16" s="28">
         <v>1184800</v>
       </c>
       <c r="C16" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D16" s="28" t="s">
-        <v>1388</v>
+        <v>1367</v>
       </c>
       <c r="E16" s="18" t="s">
-        <v>1389</v>
+        <v>1368</v>
       </c>
       <c r="F16" s="24">
-        <v>94727199.599999994</v>
+        <v>76044890.790000007</v>
       </c>
       <c r="G16" s="24">
         <v>26313111</v>
       </c>
       <c r="H16" s="18" t="s">
         <v>47</v>
       </c>
       <c r="J16" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K16" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L16" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M16" s="18">
         <v>20230420</v>
       </c>
       <c r="P16" s="18" t="s">
         <v>60</v>
       </c>
       <c r="Y16" s="34">
-        <v>42180534</v>
+        <v>42380196</v>
       </c>
       <c r="Z16" s="34">
-        <v>9083462</v>
+        <v>9715309.5</v>
       </c>
       <c r="AA16" s="20">
-        <v>3212</v>
+        <v>3654</v>
       </c>
       <c r="AB16" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A17" s="17" t="s">
-        <v>1035</v>
+        <v>1022</v>
       </c>
       <c r="B17" s="28">
         <v>1080452</v>
       </c>
       <c r="C17" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D17" s="28" t="s">
-        <v>1036</v>
+        <v>1023</v>
       </c>
       <c r="E17" s="18" t="s">
-        <v>1037</v>
+        <v>1024</v>
       </c>
       <c r="F17" s="24">
-        <v>3323768.4</v>
+        <v>3249906.88</v>
       </c>
       <c r="G17" s="24">
         <v>14772304</v>
       </c>
       <c r="H17" s="18" t="s">
         <v>47</v>
       </c>
       <c r="J17" s="18" t="s">
         <v>65</v>
       </c>
       <c r="K17" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L17" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M17" s="18">
         <v>20030304</v>
       </c>
       <c r="P17" s="18" t="s">
         <v>60</v>
       </c>
       <c r="Y17" s="34">
-        <v>482063</v>
+        <v>503563</v>
       </c>
       <c r="Z17" s="34">
-        <v>111079.5</v>
+        <v>115809.5</v>
       </c>
       <c r="AA17" s="20">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="AB17" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A18" s="17" t="s">
-        <v>1039</v>
+        <v>1026</v>
       </c>
       <c r="B18" s="28">
         <v>1062219</v>
       </c>
       <c r="C18" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D18" s="28" t="s">
-        <v>1040</v>
+        <v>1027</v>
       </c>
       <c r="E18" s="18" t="s">
-        <v>1041</v>
+        <v>1028</v>
       </c>
       <c r="F18" s="24">
-        <v>1708203.98</v>
+        <v>1586189.41</v>
       </c>
       <c r="G18" s="24">
         <v>24402914</v>
       </c>
       <c r="H18" s="18" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="J18" s="18" t="s">
         <v>39</v>
       </c>
       <c r="K18" s="32" t="s">
         <v>38</v>
       </c>
       <c r="M18" s="18">
         <v>20001002</v>
       </c>
       <c r="Y18" s="34">
-        <v>858451</v>
+        <v>893471</v>
       </c>
       <c r="Z18" s="34">
-        <v>68003</v>
+        <v>70429</v>
       </c>
       <c r="AA18" s="20">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="AB18" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A19" s="17" t="s">
-        <v>1024</v>
+        <v>1011</v>
       </c>
       <c r="B19" s="28">
         <v>35946</v>
       </c>
       <c r="C19" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D19" s="28" t="s">
-        <v>1025</v>
+        <v>1012</v>
       </c>
       <c r="E19" s="18" t="s">
-        <v>1026</v>
+        <v>1013</v>
       </c>
       <c r="F19" s="24">
-        <v>53390567.719999999</v>
+        <v>43555463.140000001</v>
       </c>
       <c r="G19" s="24">
         <v>70250747</v>
       </c>
       <c r="H19" s="18" t="s">
         <v>47</v>
       </c>
       <c r="J19" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K19" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L19" s="18" t="s">
-        <v>1023</v>
+        <v>1010</v>
       </c>
       <c r="M19" s="18">
         <v>20171109</v>
       </c>
       <c r="Y19" s="34">
-        <v>20425046</v>
+        <v>22927376</v>
       </c>
       <c r="Z19" s="34">
-        <v>18207458</v>
+        <v>19867987</v>
       </c>
       <c r="AA19" s="20">
-        <v>8468</v>
+        <v>9577</v>
       </c>
       <c r="AB19" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A20" s="17" t="s">
-        <v>1441</v>
+        <v>1420</v>
       </c>
       <c r="B20" s="28">
         <v>1188705</v>
       </c>
       <c r="C20" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D20" s="28" t="s">
-        <v>1442</v>
+        <v>1421</v>
       </c>
       <c r="E20" s="18" t="s">
-        <v>1443</v>
+        <v>1422</v>
       </c>
       <c r="F20" s="24">
-        <v>74196426.700000003</v>
+        <v>62465496</v>
       </c>
       <c r="G20" s="24">
-        <v>9648430</v>
+        <v>10075080</v>
       </c>
       <c r="H20" s="18" t="s">
         <v>58</v>
       </c>
       <c r="I20" s="18" t="s">
         <v>45</v>
       </c>
       <c r="J20" s="18" t="s">
         <v>39</v>
       </c>
       <c r="K20" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L20" s="18" t="s">
         <v>53</v>
       </c>
       <c r="M20" s="18">
         <v>20250626</v>
       </c>
       <c r="Y20" s="34">
-        <v>2172764</v>
+        <v>2661400</v>
       </c>
       <c r="Z20" s="34">
-        <v>19038700.5</v>
+        <v>22359211</v>
       </c>
       <c r="AA20" s="20">
-        <v>4884</v>
+        <v>5638</v>
       </c>
       <c r="AB20" s="18">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A21" s="17" t="s">
-        <v>1254</v>
+        <v>1238</v>
       </c>
       <c r="B21" s="28">
         <v>1151957</v>
       </c>
       <c r="C21" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D21" s="28" t="s">
-        <v>1255</v>
+        <v>1239</v>
       </c>
       <c r="E21" s="18" t="s">
-        <v>1256</v>
+        <v>1240</v>
       </c>
       <c r="F21" s="24">
-        <v>8059460.1600000001</v>
+        <v>6548311.3799999999</v>
       </c>
       <c r="G21" s="24">
         <v>100743252</v>
       </c>
       <c r="H21" s="18" t="s">
         <v>47</v>
       </c>
       <c r="J21" s="18" t="s">
         <v>39</v>
       </c>
       <c r="K21" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L21" s="18" t="s">
-        <v>1045</v>
+        <v>1032</v>
       </c>
       <c r="M21" s="18">
         <v>20180727</v>
       </c>
       <c r="P21" s="18" t="s">
         <v>60</v>
       </c>
       <c r="Y21" s="34">
-        <v>9630916</v>
+        <v>10174716</v>
       </c>
       <c r="Z21" s="34">
-        <v>591619.5</v>
+        <v>631623</v>
       </c>
       <c r="AA21" s="20">
-        <v>1674</v>
+        <v>1804</v>
       </c>
       <c r="AB21" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A22" s="17" t="s">
-        <v>1236</v>
+        <v>1220</v>
       </c>
       <c r="B22" s="28">
         <v>1142750</v>
       </c>
       <c r="C22" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D22" s="28" t="s">
-        <v>1237</v>
+        <v>1221</v>
       </c>
       <c r="E22" s="18" t="s">
-        <v>1238</v>
+        <v>1222</v>
       </c>
       <c r="F22" s="24">
-        <v>132562659.88</v>
+        <v>134092431.92</v>
       </c>
       <c r="G22" s="24">
         <v>5275076</v>
       </c>
       <c r="H22" s="18" t="s">
         <v>58</v>
       </c>
       <c r="J22" s="18" t="s">
         <v>39</v>
       </c>
       <c r="K22" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L22" s="18" t="s">
         <v>42</v>
       </c>
       <c r="M22" s="18">
         <v>20101224</v>
       </c>
       <c r="Y22" s="34">
-        <v>123897</v>
+        <v>130048</v>
       </c>
       <c r="Z22" s="34">
-        <v>3122887</v>
+        <v>3278816</v>
       </c>
       <c r="AA22" s="20">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="AB22" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A23" s="17" t="s">
-        <v>1281</v>
+        <v>1262</v>
       </c>
       <c r="B23" s="28">
         <v>1167075</v>
       </c>
       <c r="C23" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D23" s="28" t="s">
-        <v>1282</v>
+        <v>1263</v>
       </c>
       <c r="E23" s="18" t="s">
-        <v>1283</v>
+        <v>1264</v>
       </c>
       <c r="F23" s="24">
-        <v>21120145.600000001</v>
+        <v>21771724.559999999</v>
       </c>
       <c r="G23" s="24">
         <v>2246824</v>
       </c>
       <c r="H23" s="18" t="s">
         <v>58</v>
       </c>
       <c r="J23" s="18" t="s">
         <v>65</v>
       </c>
       <c r="K23" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L23" s="18" t="s">
         <v>40</v>
       </c>
       <c r="M23" s="18">
         <v>20131223</v>
       </c>
       <c r="Y23" s="34">
-        <v>314917</v>
+        <v>336114</v>
       </c>
       <c r="Z23" s="34">
-        <v>2870634</v>
+        <v>3071342</v>
       </c>
       <c r="AA23" s="20">
-        <v>755</v>
+        <v>801</v>
       </c>
       <c r="AB23" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A24" s="17" t="s">
-        <v>1184</v>
+        <v>1168</v>
       </c>
       <c r="B24" s="28">
         <v>1112839</v>
       </c>
       <c r="C24" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D24" s="28" t="s">
-        <v>1185</v>
+        <v>1169</v>
       </c>
       <c r="E24" s="18" t="s">
-        <v>1186</v>
+        <v>1170</v>
       </c>
       <c r="F24" s="24">
-        <v>112051145.28</v>
+        <v>113287003.5</v>
       </c>
       <c r="G24" s="24">
         <v>20597637</v>
       </c>
       <c r="H24" s="18" t="s">
         <v>132</v>
       </c>
       <c r="J24" s="18" t="s">
         <v>46</v>
       </c>
       <c r="K24" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L24" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M24" s="18">
         <v>20080811</v>
       </c>
       <c r="P24" s="18" t="s">
         <v>60</v>
       </c>
       <c r="W24" s="19" t="s">
-        <v>248</v>
+        <v>133</v>
       </c>
       <c r="X24" s="19" t="s">
         <v>60</v>
       </c>
       <c r="Y24" s="34">
-        <v>2783996</v>
+        <v>3629468</v>
       </c>
       <c r="Z24" s="34">
-        <v>14987749</v>
+        <v>19596115.5</v>
       </c>
       <c r="AA24" s="20">
-        <v>6510</v>
+        <v>7361</v>
       </c>
       <c r="AB24" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A25" s="17" t="s">
-        <v>1336</v>
+        <v>1314</v>
       </c>
       <c r="B25" s="28">
         <v>1181296</v>
       </c>
       <c r="C25" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D25" s="28" t="s">
-        <v>1337</v>
+        <v>1315</v>
       </c>
       <c r="E25" s="18" t="s">
-        <v>1338</v>
+        <v>1316</v>
       </c>
       <c r="F25" s="24">
-        <v>20723918.68</v>
+        <v>21037647.34</v>
       </c>
       <c r="G25" s="24">
         <v>5218437</v>
       </c>
       <c r="H25" s="18" t="s">
         <v>58</v>
       </c>
       <c r="J25" s="18" t="s">
         <v>39</v>
       </c>
       <c r="K25" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L25" s="18" t="s">
         <v>53</v>
       </c>
       <c r="M25" s="18">
         <v>20180904</v>
       </c>
       <c r="Y25" s="34">
-        <v>128394</v>
+        <v>134478</v>
       </c>
       <c r="Z25" s="34">
-        <v>363460</v>
+        <v>388712</v>
       </c>
       <c r="AA25" s="20">
-        <v>248</v>
+        <v>270</v>
       </c>
       <c r="AB25" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A26" s="17" t="s">
-        <v>1055</v>
+        <v>1042</v>
       </c>
       <c r="B26" s="28">
         <v>1023501</v>
       </c>
       <c r="C26" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D26" s="28" t="s">
-        <v>1056</v>
+        <v>1043</v>
       </c>
       <c r="E26" s="18" t="s">
-        <v>1057</v>
+        <v>1044</v>
       </c>
       <c r="F26" s="24">
         <v>351489.02</v>
       </c>
       <c r="G26" s="24">
         <v>35148902</v>
       </c>
       <c r="H26" s="18" t="s">
         <v>51</v>
       </c>
       <c r="J26" s="18" t="s">
         <v>65</v>
       </c>
       <c r="K26" s="32" t="s">
         <v>38</v>
       </c>
       <c r="V26" s="18" t="s">
         <v>128</v>
       </c>
       <c r="Y26" s="34">
-        <v>523547</v>
+        <v>660687</v>
       </c>
       <c r="Z26" s="34">
-        <v>7281</v>
+        <v>8702.5</v>
       </c>
       <c r="AA26" s="20">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="AB26" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A27" s="17" t="s">
-        <v>1042</v>
+        <v>1029</v>
       </c>
       <c r="B27" s="28">
         <v>1100092</v>
       </c>
       <c r="C27" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D27" s="28" t="s">
-        <v>1043</v>
+        <v>1030</v>
       </c>
       <c r="E27" s="18" t="s">
-        <v>1044</v>
+        <v>1031</v>
       </c>
       <c r="F27" s="24">
-        <v>5793681.4400000004</v>
+        <v>4345261.08</v>
       </c>
       <c r="G27" s="24">
         <v>289684072</v>
       </c>
       <c r="H27" s="18" t="s">
         <v>58</v>
       </c>
       <c r="J27" s="18" t="s">
         <v>65</v>
       </c>
       <c r="K27" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L27" s="18" t="s">
-        <v>1034</v>
+        <v>1021</v>
       </c>
       <c r="M27" s="18">
         <v>20210909</v>
       </c>
       <c r="P27" s="18" t="s">
         <v>60</v>
       </c>
       <c r="Y27" s="34">
-        <v>519804</v>
+        <v>553469</v>
       </c>
       <c r="Z27" s="34">
-        <v>7581</v>
+        <v>8021</v>
       </c>
       <c r="AA27" s="20">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="AB27" s="18">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A28" s="17" t="s">
-        <v>1181</v>
+        <v>1165</v>
       </c>
       <c r="B28" s="28">
         <v>1112704</v>
       </c>
       <c r="C28" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D28" s="28" t="s">
-        <v>1182</v>
+        <v>1166</v>
       </c>
       <c r="E28" s="18" t="s">
-        <v>1183</v>
+        <v>1167</v>
       </c>
       <c r="F28" s="24">
-        <v>5581168.1699999999</v>
+        <v>5471733.5</v>
       </c>
       <c r="G28" s="24">
         <v>21886934</v>
       </c>
       <c r="H28" s="18" t="s">
         <v>58</v>
       </c>
       <c r="J28" s="18" t="s">
         <v>39</v>
       </c>
       <c r="K28" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L28" s="18" t="s">
-        <v>1045</v>
+        <v>1032</v>
       </c>
       <c r="M28" s="18">
         <v>20210825</v>
       </c>
       <c r="P28" s="18" t="s">
         <v>60</v>
       </c>
       <c r="Y28" s="34">
-        <v>1646494</v>
+        <v>1687544</v>
       </c>
       <c r="Z28" s="34">
-        <v>423116</v>
+        <v>434694</v>
       </c>
       <c r="AA28" s="20">
-        <v>317</v>
+        <v>331</v>
       </c>
       <c r="AB28" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A29" s="17" t="s">
-        <v>1058</v>
+        <v>1045</v>
       </c>
       <c r="B29" s="28">
         <v>18104</v>
       </c>
       <c r="C29" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D29" s="28" t="s">
-        <v>1059</v>
+        <v>1046</v>
       </c>
       <c r="E29" s="18" t="s">
-        <v>1060</v>
+        <v>1047</v>
       </c>
       <c r="F29" s="24">
-        <v>23112427.5</v>
+        <v>20544380</v>
       </c>
       <c r="G29" s="24">
         <v>5136095</v>
       </c>
       <c r="H29" s="18" t="s">
         <v>132</v>
       </c>
       <c r="J29" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K29" s="32" t="s">
         <v>38</v>
       </c>
       <c r="W29" s="19" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="Y29" s="34">
-        <v>203227</v>
+        <v>203239</v>
       </c>
       <c r="Z29" s="34">
-        <v>785064.5</v>
+        <v>785117.5</v>
       </c>
       <c r="AA29" s="20">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="AB29" s="18">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A30" s="17" t="s">
-        <v>1208</v>
+        <v>1192</v>
       </c>
       <c r="B30" s="28">
         <v>1120725</v>
       </c>
       <c r="C30" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D30" s="28" t="s">
-        <v>1209</v>
+        <v>1193</v>
       </c>
       <c r="E30" s="18" t="s">
-        <v>1210</v>
+        <v>1194</v>
       </c>
       <c r="F30" s="24">
-        <v>2755840.25</v>
+        <v>3858176.35</v>
       </c>
       <c r="G30" s="24">
         <v>110233610</v>
       </c>
       <c r="H30" s="18" t="s">
         <v>47</v>
       </c>
       <c r="J30" s="18" t="s">
         <v>65</v>
       </c>
       <c r="K30" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L30" s="18" t="s">
-        <v>1023</v>
+        <v>1010</v>
       </c>
       <c r="M30" s="18">
         <v>20190215</v>
       </c>
       <c r="P30" s="18" t="s">
         <v>60</v>
       </c>
       <c r="Y30" s="34">
-        <v>264787</v>
+        <v>296541</v>
       </c>
       <c r="Z30" s="34">
-        <v>4575.5</v>
+        <v>5689</v>
       </c>
       <c r="AA30" s="20">
-        <v>54</v>
+        <v>69</v>
       </c>
       <c r="AB30" s="18">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A31" s="17" t="s">
-        <v>1061</v>
+        <v>1048</v>
       </c>
       <c r="B31" s="28">
         <v>29551</v>
       </c>
       <c r="C31" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D31" s="28" t="s">
-        <v>1062</v>
+        <v>1049</v>
       </c>
       <c r="E31" s="18" t="s">
-        <v>1063</v>
+        <v>1050</v>
       </c>
       <c r="F31" s="24">
         <v>1542925.75</v>
       </c>
       <c r="G31" s="24">
         <v>6171703</v>
       </c>
       <c r="H31" s="18" t="s">
         <v>132</v>
       </c>
       <c r="J31" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K31" s="32" t="s">
         <v>38</v>
       </c>
       <c r="W31" s="19" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="Y31" s="34">
-        <v>10500</v>
+        <v>11000</v>
       </c>
       <c r="Z31" s="34">
-        <v>2625</v>
+        <v>2750</v>
       </c>
       <c r="AA31" s="20">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB31" s="18">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="32" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A32" s="17" t="s">
-        <v>1116</v>
+        <v>1100</v>
       </c>
       <c r="B32" s="28">
         <v>30994</v>
       </c>
       <c r="C32" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D32" s="28" t="s">
-        <v>1117</v>
+        <v>1101</v>
       </c>
       <c r="E32" s="18" t="s">
-        <v>1118</v>
+        <v>1102</v>
       </c>
       <c r="F32" s="24">
-        <v>153214175.40000001</v>
+        <v>182464328.94999999</v>
       </c>
       <c r="G32" s="24">
-        <v>98214215</v>
+        <v>98629367</v>
       </c>
       <c r="H32" s="18" t="s">
         <v>58</v>
       </c>
       <c r="I32" s="18" t="s">
-        <v>514</v>
+        <v>508</v>
       </c>
       <c r="J32" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K32" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L32" s="18" t="s">
-        <v>1045</v>
+        <v>1032</v>
       </c>
       <c r="M32" s="18">
         <v>20091204</v>
       </c>
       <c r="O32" s="18" t="s">
         <v>134</v>
       </c>
       <c r="Y32" s="34">
-        <v>8835666</v>
+        <v>9759309</v>
       </c>
       <c r="Z32" s="34">
-        <v>10394412.5</v>
+        <v>11792896</v>
       </c>
       <c r="AA32" s="20">
-        <v>5871</v>
+        <v>6953</v>
       </c>
       <c r="AB32" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A33" s="17" t="s">
-        <v>1278</v>
+        <v>1259</v>
       </c>
       <c r="B33" s="28">
         <v>1062273</v>
       </c>
       <c r="C33" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D33" s="28" t="s">
-        <v>1279</v>
+        <v>1260</v>
       </c>
       <c r="E33" s="18" t="s">
-        <v>1280</v>
+        <v>1261</v>
       </c>
       <c r="F33" s="24">
         <v>9692519.7599999998</v>
       </c>
       <c r="G33" s="24">
         <v>88113816</v>
       </c>
       <c r="H33" s="18" t="s">
         <v>47</v>
       </c>
       <c r="J33" s="18" t="s">
         <v>39</v>
       </c>
       <c r="K33" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L33" s="18" t="s">
         <v>42</v>
       </c>
       <c r="M33" s="18">
         <v>20131021</v>
       </c>
       <c r="O33" s="18" t="s">
         <v>134</v>
       </c>
       <c r="Y33" s="34">
-        <v>8522979</v>
+        <v>9973827</v>
       </c>
       <c r="Z33" s="34">
-        <v>1115427.5</v>
+        <v>1260812.5</v>
       </c>
       <c r="AA33" s="20">
-        <v>1381</v>
+        <v>1487</v>
       </c>
       <c r="AB33" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A34" s="17" t="s">
-        <v>1410</v>
+        <v>1389</v>
       </c>
       <c r="B34" s="28">
         <v>1187290</v>
       </c>
       <c r="C34" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D34" s="28" t="s">
-        <v>1411</v>
+        <v>1390</v>
       </c>
       <c r="E34" s="18" t="s">
-        <v>1412</v>
+        <v>1391</v>
       </c>
       <c r="F34" s="24">
-        <v>23175679.899999999</v>
+        <v>24792587.800000001</v>
       </c>
       <c r="G34" s="24">
         <v>26948465</v>
       </c>
       <c r="H34" s="18" t="s">
         <v>51</v>
       </c>
       <c r="J34" s="18" t="s">
         <v>46</v>
       </c>
       <c r="K34" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L34" s="18" t="s">
         <v>53</v>
       </c>
       <c r="M34" s="18">
         <v>20230403</v>
       </c>
       <c r="V34" s="18" t="s">
         <v>54</v>
       </c>
       <c r="Y34" s="34">
-        <v>6643626</v>
+        <v>6859552</v>
       </c>
       <c r="Z34" s="34">
-        <v>6184701.5</v>
+        <v>6378052</v>
       </c>
       <c r="AA34" s="20">
-        <v>4400</v>
+        <v>4537</v>
       </c>
       <c r="AB34" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A35" s="17" t="s">
-        <v>1085</v>
+        <v>1072</v>
       </c>
       <c r="B35" s="28">
         <v>718451</v>
       </c>
       <c r="C35" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D35" s="28" t="s">
-        <v>1086</v>
+        <v>1073</v>
       </c>
       <c r="E35" s="18" t="s">
-        <v>1087</v>
+        <v>1074</v>
       </c>
       <c r="F35" s="24">
-        <v>80760562.540000007</v>
+        <v>63454727.710000001</v>
       </c>
       <c r="G35" s="24">
         <v>576861161</v>
       </c>
       <c r="H35" s="18" t="s">
         <v>51</v>
       </c>
       <c r="I35" s="18" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="J35" s="18" t="s">
         <v>65</v>
       </c>
       <c r="K35" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L35" s="18" t="s">
-        <v>1023</v>
+        <v>1010</v>
       </c>
       <c r="M35" s="18">
         <v>20190109</v>
       </c>
       <c r="O35" s="18" t="s">
         <v>134</v>
       </c>
       <c r="V35" s="18" t="s">
         <v>54</v>
       </c>
       <c r="Y35" s="34">
-        <v>59505649</v>
+        <v>65513837</v>
       </c>
       <c r="Z35" s="34">
-        <v>5494965.5</v>
+        <v>6245943</v>
       </c>
       <c r="AA35" s="20">
-        <v>4453</v>
+        <v>5107</v>
       </c>
       <c r="AB35" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A36" s="17" t="s">
-        <v>1275</v>
+        <v>1256</v>
       </c>
       <c r="B36" s="28">
         <v>1164225</v>
       </c>
       <c r="C36" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D36" s="28" t="s">
-        <v>1276</v>
+        <v>1257</v>
       </c>
       <c r="E36" s="18" t="s">
-        <v>1277</v>
+        <v>1258</v>
       </c>
       <c r="F36" s="24">
-        <v>157106551.84</v>
+        <v>144481918.21000001</v>
       </c>
       <c r="G36" s="24">
         <v>20039101</v>
       </c>
       <c r="H36" s="18" t="s">
         <v>58</v>
       </c>
       <c r="J36" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K36" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L36" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M36" s="18">
         <v>20150313</v>
       </c>
       <c r="P36" s="18" t="s">
         <v>60</v>
       </c>
       <c r="Q36" s="18" t="s">
         <v>60</v>
       </c>
       <c r="Y36" s="34">
-        <v>4047606</v>
+        <v>4481558</v>
       </c>
       <c r="Z36" s="34">
-        <v>27115636</v>
+        <v>30251466</v>
       </c>
       <c r="AA36" s="20">
-        <v>11540</v>
+        <v>13232</v>
       </c>
       <c r="AB36" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A37" s="17" t="s">
-        <v>1260</v>
+        <v>1244</v>
       </c>
       <c r="B37" s="28">
         <v>1154345</v>
       </c>
       <c r="C37" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D37" s="28" t="s">
-        <v>1261</v>
+        <v>1245</v>
       </c>
       <c r="E37" s="18" t="s">
-        <v>1262</v>
+        <v>1246</v>
       </c>
       <c r="F37" s="24">
-        <v>11309594.77</v>
+        <v>10714352.939999999</v>
       </c>
       <c r="G37" s="24">
         <v>59524183</v>
       </c>
       <c r="H37" s="18" t="s">
         <v>51</v>
       </c>
       <c r="J37" s="18" t="s">
         <v>39</v>
       </c>
       <c r="K37" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L37" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M37" s="18">
         <v>20131003</v>
       </c>
       <c r="P37" s="18" t="s">
         <v>60</v>
       </c>
       <c r="V37" s="18" t="s">
         <v>54</v>
       </c>
       <c r="Y37" s="34">
-        <v>4717515</v>
+        <v>5935947</v>
       </c>
       <c r="Z37" s="34">
-        <v>877059</v>
+        <v>1092414.5</v>
       </c>
       <c r="AA37" s="20">
-        <v>1233</v>
+        <v>1448</v>
       </c>
       <c r="AB37" s="18">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A38" s="17" t="s">
-        <v>1248</v>
+        <v>1232</v>
       </c>
       <c r="B38" s="28">
         <v>1150405</v>
       </c>
       <c r="C38" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D38" s="28" t="s">
-        <v>1249</v>
+        <v>1233</v>
       </c>
       <c r="E38" s="18" t="s">
-        <v>1250</v>
+        <v>1234</v>
       </c>
       <c r="F38" s="24">
         <v>1016168.125</v>
       </c>
       <c r="G38" s="24">
         <v>29033375</v>
       </c>
       <c r="H38" s="18" t="s">
         <v>51</v>
       </c>
       <c r="J38" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K38" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L38" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M38" s="18">
         <v>20140428</v>
       </c>
       <c r="P38" s="18" t="s">
         <v>60</v>
       </c>
       <c r="V38" s="18" t="s">
         <v>128</v>
       </c>
       <c r="Y38" s="34">
         <v>137100</v>
       </c>
       <c r="Z38" s="34">
         <v>4819</v>
       </c>
       <c r="AA38" s="20">
         <v>16</v>
       </c>
       <c r="AB38" s="18">
         <v>4</v>
       </c>
     </row>
     <row r="39" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A39" s="17" t="s">
-        <v>1406</v>
+        <v>1385</v>
       </c>
       <c r="B39" s="28">
         <v>1186835</v>
       </c>
       <c r="C39" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D39" s="28" t="s">
-        <v>1430</v>
+        <v>1409</v>
       </c>
       <c r="E39" s="18" t="s">
-        <v>1431</v>
+        <v>1410</v>
       </c>
       <c r="F39" s="24">
-        <v>38832753.82</v>
+        <v>35019468.119999997</v>
       </c>
       <c r="G39" s="24">
-        <v>158501036</v>
+        <v>166759372</v>
       </c>
       <c r="H39" s="18" t="s">
         <v>51</v>
       </c>
       <c r="J39" s="18" t="s">
         <v>65</v>
       </c>
       <c r="K39" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L39" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M39" s="18">
         <v>20250310</v>
       </c>
       <c r="P39" s="18" t="s">
         <v>60</v>
       </c>
       <c r="V39" s="18" t="s">
         <v>54</v>
       </c>
       <c r="Y39" s="34">
-        <v>3792550</v>
+        <v>4338345</v>
       </c>
       <c r="Z39" s="34">
-        <v>827371.5</v>
+        <v>950148.5</v>
       </c>
       <c r="AA39" s="20">
-        <v>563</v>
+        <v>749</v>
       </c>
       <c r="AB39" s="18">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A40" s="17" t="s">
-        <v>1251</v>
+        <v>1235</v>
       </c>
       <c r="B40" s="28">
         <v>1138090</v>
       </c>
       <c r="C40" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D40" s="28" t="s">
-        <v>1252</v>
+        <v>1236</v>
       </c>
       <c r="E40" s="18" t="s">
-        <v>1253</v>
+        <v>1237</v>
       </c>
       <c r="F40" s="24">
         <v>704783</v>
       </c>
       <c r="G40" s="24">
         <v>70478300</v>
       </c>
       <c r="H40" s="18" t="s">
         <v>132</v>
       </c>
       <c r="J40" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K40" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L40" s="18" t="s">
-        <v>1023</v>
+        <v>1010</v>
       </c>
       <c r="M40" s="18">
         <v>20151204</v>
       </c>
       <c r="W40" s="19" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="Y40" s="34">
-        <v>512500</v>
+        <v>554500</v>
       </c>
       <c r="Z40" s="34">
-        <v>5165</v>
+        <v>5610</v>
       </c>
       <c r="AA40" s="20">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="AB40" s="18">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="41" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A41" s="17" t="s">
-        <v>1027</v>
+        <v>1343</v>
       </c>
       <c r="B41" s="28">
-        <v>1008741</v>
+        <v>1184840</v>
       </c>
       <c r="C41" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D41" s="28" t="s">
-        <v>1028</v>
+        <v>1445</v>
       </c>
       <c r="E41" s="18" t="s">
-        <v>1029</v>
+        <v>1446</v>
       </c>
       <c r="F41" s="24">
-        <v>13907355.91</v>
+        <v>35911150</v>
       </c>
       <c r="G41" s="24">
-        <v>28382359</v>
+        <v>32646500</v>
       </c>
       <c r="H41" s="18" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>514</v>
+        <v>47</v>
       </c>
       <c r="J41" s="18" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="K41" s="32" t="s">
         <v>38</v>
       </c>
+      <c r="L41" s="18" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M41" s="18">
+        <v>20251117</v>
+      </c>
+      <c r="P41" s="18" t="s">
+        <v>60</v>
+      </c>
       <c r="Y41" s="34">
-        <v>2512927</v>
+        <v>193575</v>
       </c>
       <c r="Z41" s="34">
-        <v>974080</v>
+        <v>203600</v>
       </c>
       <c r="AA41" s="20">
-        <v>708</v>
+        <v>104</v>
       </c>
       <c r="AB41" s="18">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="42" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A42" s="17" t="s">
-        <v>1343</v>
+        <v>1014</v>
       </c>
       <c r="B42" s="28">
-        <v>1182545</v>
+        <v>1008741</v>
       </c>
       <c r="C42" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D42" s="28" t="s">
-        <v>1344</v>
+        <v>1015</v>
       </c>
       <c r="E42" s="18" t="s">
-        <v>1345</v>
+        <v>1016</v>
       </c>
       <c r="F42" s="24">
-        <v>17659285.605</v>
+        <v>13757441.615</v>
       </c>
       <c r="G42" s="24">
-        <v>130809523</v>
+        <v>28365859</v>
       </c>
       <c r="H42" s="18" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="I42" s="18" t="s">
-        <v>214</v>
+        <v>508</v>
       </c>
       <c r="J42" s="18" t="s">
-        <v>1223</v>
+        <v>52</v>
       </c>
       <c r="K42" s="32" t="s">
-        <v>393</v>
-[...14 lines deleted...]
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="Y42" s="34">
-        <v>29559683</v>
+        <v>2896665</v>
       </c>
       <c r="Z42" s="34">
-        <v>2546651</v>
+        <v>1169920</v>
       </c>
       <c r="AA42" s="20">
-        <v>3382</v>
+        <v>884</v>
       </c>
       <c r="AB42" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A43" s="17" t="s">
-        <v>1352</v>
+        <v>1321</v>
       </c>
       <c r="B43" s="28">
-        <v>1183280</v>
+        <v>1182545</v>
       </c>
       <c r="C43" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D43" s="28" t="s">
-        <v>1434</v>
+        <v>1322</v>
       </c>
       <c r="E43" s="18" t="s">
-        <v>1435</v>
+        <v>1323</v>
       </c>
       <c r="F43" s="24">
-        <v>13632738.800000001</v>
+        <v>9810714.2249999996</v>
       </c>
       <c r="G43" s="24">
-        <v>68163694</v>
+        <v>130809523</v>
       </c>
       <c r="H43" s="18" t="s">
         <v>51</v>
       </c>
+      <c r="I43" s="18" t="s">
+        <v>211</v>
+      </c>
       <c r="J43" s="18" t="s">
-        <v>74</v>
+        <v>1207</v>
       </c>
       <c r="K43" s="32" t="s">
-        <v>53</v>
+        <v>390</v>
       </c>
       <c r="L43" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M43" s="18">
-        <v>20250422</v>
+        <v>20200817</v>
+      </c>
+      <c r="O43" s="18" t="s">
+        <v>134</v>
       </c>
       <c r="P43" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="U43" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V43" s="18" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="Y43" s="34">
-        <v>1717688</v>
+        <v>31794818</v>
       </c>
       <c r="Z43" s="34">
-        <v>345075.5</v>
+        <v>2769738</v>
       </c>
       <c r="AA43" s="20">
-        <v>318</v>
+        <v>3781</v>
       </c>
       <c r="AB43" s="18">
-        <v>7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A44" s="17" t="s">
-        <v>1113</v>
+        <v>1330</v>
       </c>
       <c r="B44" s="28">
-        <v>1023067</v>
+        <v>1183280</v>
       </c>
       <c r="C44" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D44" s="28" t="s">
-        <v>1114</v>
+        <v>1413</v>
       </c>
       <c r="E44" s="18" t="s">
-        <v>1115</v>
+        <v>1414</v>
       </c>
       <c r="F44" s="24">
-        <v>2138551.44</v>
+        <v>12269464.92</v>
       </c>
       <c r="G44" s="24">
-        <v>35642524</v>
+        <v>68163694</v>
       </c>
       <c r="H44" s="18" t="s">
         <v>51</v>
       </c>
       <c r="J44" s="18" t="s">
-        <v>39</v>
+        <v>74</v>
       </c>
       <c r="K44" s="32" t="s">
-        <v>38</v>
+        <v>53</v>
+      </c>
+      <c r="L44" s="18" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M44" s="18">
+        <v>20250422</v>
+      </c>
+      <c r="P44" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="U44" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="V44" s="18" t="s">
-        <v>54</v>
+        <v>128</v>
       </c>
       <c r="Y44" s="34">
-        <v>5178879</v>
+        <v>1917450</v>
       </c>
       <c r="Z44" s="34">
-        <v>255923</v>
+        <v>379610.5</v>
       </c>
       <c r="AA44" s="20">
-        <v>288</v>
+        <v>350</v>
       </c>
       <c r="AB44" s="18">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="45" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A45" s="17" t="s">
-        <v>1067</v>
+        <v>1097</v>
       </c>
       <c r="B45" s="28">
-        <v>822073</v>
+        <v>1023067</v>
       </c>
       <c r="C45" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D45" s="28" t="s">
-        <v>1068</v>
+        <v>1098</v>
       </c>
       <c r="E45" s="18" t="s">
-        <v>1069</v>
+        <v>1099</v>
       </c>
       <c r="F45" s="24">
-        <v>9357997.1400000006</v>
+        <v>1960338.82</v>
       </c>
       <c r="G45" s="24">
-        <v>9174507</v>
+        <v>35642524</v>
       </c>
       <c r="H45" s="18" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="J45" s="18" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="K45" s="32" t="s">
         <v>38</v>
       </c>
+      <c r="V45" s="18" t="s">
+        <v>54</v>
+      </c>
       <c r="Y45" s="34">
-        <v>535500</v>
+        <v>5777953</v>
       </c>
       <c r="Z45" s="34">
-        <v>646460.5</v>
+        <v>290972.5</v>
       </c>
       <c r="AA45" s="20">
-        <v>593</v>
+        <v>317</v>
       </c>
       <c r="AB45" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A46" s="17" t="s">
-        <v>1154</v>
+        <v>1054</v>
       </c>
       <c r="B46" s="28">
-        <v>1099899</v>
+        <v>822073</v>
       </c>
       <c r="C46" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D46" s="28" t="s">
-        <v>1155</v>
+        <v>1055</v>
       </c>
       <c r="E46" s="18" t="s">
-        <v>1156</v>
+        <v>1056</v>
       </c>
       <c r="F46" s="24">
-        <v>11888688.015000001</v>
+        <v>9357997.1400000006</v>
       </c>
       <c r="G46" s="24">
-        <v>28647441</v>
+        <v>9174507</v>
       </c>
       <c r="H46" s="18" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="J46" s="18" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="K46" s="32" t="s">
         <v>38</v>
       </c>
-      <c r="L46" s="18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Y46" s="34">
-        <v>2525301</v>
+        <v>602545</v>
       </c>
       <c r="Z46" s="34">
-        <v>1105097</v>
+        <v>719031.5</v>
       </c>
       <c r="AA46" s="20">
-        <v>1169</v>
+        <v>667</v>
       </c>
       <c r="AB46" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A47" s="17" t="s">
-        <v>1187</v>
+        <v>1138</v>
       </c>
       <c r="B47" s="28">
-        <v>1113907</v>
+        <v>1099899</v>
       </c>
       <c r="C47" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D47" s="28" t="s">
-        <v>1188</v>
+        <v>1139</v>
       </c>
       <c r="E47" s="18" t="s">
-        <v>1189</v>
+        <v>1140</v>
       </c>
       <c r="F47" s="24">
-        <v>52521816.090000004</v>
+        <v>11745450.810000001</v>
       </c>
       <c r="G47" s="24">
-        <v>14649981</v>
+        <v>28647441</v>
       </c>
       <c r="H47" s="18" t="s">
-        <v>132</v>
+        <v>58</v>
       </c>
       <c r="J47" s="18" t="s">
         <v>39</v>
       </c>
       <c r="K47" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L47" s="18" t="s">
-        <v>1038</v>
+        <v>1021</v>
       </c>
       <c r="M47" s="18">
-        <v>20140103</v>
+        <v>20161206</v>
       </c>
       <c r="P47" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="W47" s="19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Y47" s="34">
-        <v>260924</v>
+        <v>2628595</v>
       </c>
       <c r="Z47" s="34">
-        <v>1138879.5</v>
+        <v>1146898.5</v>
       </c>
       <c r="AA47" s="20">
-        <v>441</v>
+        <v>1271</v>
       </c>
       <c r="AB47" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A48" s="17" t="s">
-        <v>1333</v>
+        <v>1171</v>
       </c>
       <c r="B48" s="28">
-        <v>1181461</v>
+        <v>1113907</v>
       </c>
       <c r="C48" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D48" s="28" t="s">
-        <v>1334</v>
+        <v>1172</v>
       </c>
       <c r="E48" s="18" t="s">
-        <v>1335</v>
+        <v>1173</v>
       </c>
       <c r="F48" s="24">
-        <v>22485647.25</v>
+        <v>47793273.420000002</v>
       </c>
       <c r="G48" s="24">
-        <v>29980863</v>
+        <v>14649981</v>
       </c>
       <c r="H48" s="18" t="s">
-        <v>58</v>
+        <v>132</v>
       </c>
       <c r="J48" s="18" t="s">
         <v>39</v>
       </c>
       <c r="K48" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L48" s="18" t="s">
-        <v>42</v>
+        <v>1025</v>
       </c>
       <c r="M48" s="18">
-        <v>20180611</v>
+        <v>20140103</v>
+      </c>
+      <c r="P48" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="W48" s="19" t="s">
+        <v>133</v>
+      </c>
+      <c r="X48" s="19" t="s">
+        <v>60</v>
       </c>
       <c r="Y48" s="34">
-        <v>2335910</v>
+        <v>270265</v>
       </c>
       <c r="Z48" s="34">
-        <v>1858639.5</v>
+        <v>1173317.5</v>
       </c>
       <c r="AA48" s="20">
-        <v>330</v>
+        <v>469</v>
       </c>
       <c r="AB48" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A49" s="17" t="s">
-        <v>1402</v>
+        <v>1311</v>
       </c>
       <c r="B49" s="28">
-        <v>1185430</v>
+        <v>1181461</v>
       </c>
       <c r="C49" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D49" s="28" t="s">
-        <v>1447</v>
+        <v>1312</v>
       </c>
       <c r="E49" s="18" t="s">
-        <v>1448</v>
+        <v>1313</v>
       </c>
       <c r="F49" s="24">
-        <v>38646214</v>
+        <v>24584307.66</v>
       </c>
       <c r="G49" s="24">
-        <v>19323107</v>
+        <v>29980863</v>
       </c>
       <c r="H49" s="18" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="J49" s="18" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="K49" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L49" s="18" t="s">
-        <v>1030</v>
+        <v>42</v>
       </c>
       <c r="M49" s="18">
-        <v>20250710</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>20180611</v>
       </c>
       <c r="Y49" s="34">
-        <v>2408548</v>
+        <v>2438699</v>
       </c>
       <c r="Z49" s="34">
-        <v>488518</v>
+        <v>1940303.5</v>
       </c>
       <c r="AA49" s="20">
-        <v>394</v>
+        <v>352</v>
       </c>
       <c r="AB49" s="18">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A50" s="17" t="s">
-        <v>1076</v>
+        <v>1381</v>
       </c>
       <c r="B50" s="28">
-        <v>1074373</v>
+        <v>1185430</v>
       </c>
       <c r="C50" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D50" s="28" t="s">
-        <v>1077</v>
+        <v>1426</v>
       </c>
       <c r="E50" s="18" t="s">
-        <v>1078</v>
+        <v>1427</v>
       </c>
       <c r="F50" s="24">
-        <v>3216335.1</v>
+        <v>38646214</v>
       </c>
       <c r="G50" s="24">
-        <v>64326702</v>
+        <v>19323107</v>
       </c>
       <c r="H50" s="18" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="J50" s="18" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="K50" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L50" s="18" t="s">
-        <v>53</v>
+        <v>1017</v>
       </c>
       <c r="M50" s="18">
-        <v>20060109</v>
+        <v>20250710</v>
+      </c>
+      <c r="P50" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="V50" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="Y50" s="34">
-        <v>3142899</v>
+        <v>2408803</v>
       </c>
       <c r="Z50" s="34">
-        <v>116202</v>
+        <v>489027</v>
       </c>
       <c r="AA50" s="20">
-        <v>99</v>
+        <v>397</v>
       </c>
       <c r="AB50" s="18">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A51" s="17" t="s">
-        <v>1308</v>
+        <v>1063</v>
       </c>
       <c r="B51" s="28">
-        <v>1178240</v>
+        <v>1074373</v>
       </c>
       <c r="C51" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D51" s="28" t="s">
-        <v>1309</v>
+        <v>1064</v>
       </c>
       <c r="E51" s="18" t="s">
-        <v>1310</v>
+        <v>1065</v>
       </c>
       <c r="F51" s="24">
-        <v>5384021.7599999998</v>
+        <v>2894701.59</v>
       </c>
       <c r="G51" s="24">
-        <v>6902592</v>
+        <v>64326702</v>
       </c>
       <c r="H51" s="18" t="s">
-        <v>184</v>
+        <v>58</v>
       </c>
       <c r="J51" s="18" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="K51" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L51" s="18" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="M51" s="18">
-        <v>20161122</v>
+        <v>20060109</v>
       </c>
       <c r="Y51" s="34">
-        <v>570553</v>
+        <v>3510137</v>
       </c>
       <c r="Z51" s="34">
-        <v>344501</v>
+        <v>131802</v>
       </c>
       <c r="AA51" s="20">
-        <v>212</v>
+        <v>116</v>
       </c>
       <c r="AB51" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A52" s="17" t="s">
-        <v>1418</v>
+        <v>1289</v>
       </c>
       <c r="B52" s="28">
-        <v>1186680</v>
+        <v>1178240</v>
       </c>
       <c r="C52" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D52" s="28" t="s">
-        <v>1419</v>
+        <v>1290</v>
       </c>
       <c r="E52" s="18" t="s">
-        <v>1420</v>
+        <v>1291</v>
       </c>
       <c r="F52" s="24">
-        <v>11073583.619999999</v>
+        <v>5384021.7599999998</v>
       </c>
       <c r="G52" s="24">
-        <v>10446777</v>
+        <v>6902592</v>
       </c>
       <c r="H52" s="18" t="s">
-        <v>47</v>
+        <v>181</v>
       </c>
       <c r="J52" s="18" t="s">
-        <v>1147</v>
+        <v>52</v>
       </c>
       <c r="K52" s="32" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="L52" s="18" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="M52" s="18">
-        <v>20231005</v>
-[...2 lines deleted...]
-        <v>1421</v>
+        <v>20161122</v>
       </c>
       <c r="Y52" s="34">
-        <v>1307902</v>
+        <v>603473</v>
       </c>
       <c r="Z52" s="34">
-        <v>1243297</v>
+        <v>369500.5</v>
       </c>
       <c r="AA52" s="20">
-        <v>894</v>
+        <v>245</v>
       </c>
       <c r="AB52" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A53" s="17" t="s">
-        <v>1064</v>
+        <v>1397</v>
       </c>
       <c r="B53" s="28">
-        <v>19977</v>
+        <v>1186680</v>
       </c>
       <c r="C53" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D53" s="28" t="s">
-        <v>1065</v>
+        <v>1398</v>
       </c>
       <c r="E53" s="18" t="s">
-        <v>1066</v>
+        <v>1399</v>
       </c>
       <c r="F53" s="24">
-        <v>3957831.71</v>
+        <v>10133373.689999999</v>
       </c>
       <c r="G53" s="24">
-        <v>23281363</v>
+        <v>10446777</v>
       </c>
       <c r="H53" s="18" t="s">
         <v>47</v>
       </c>
       <c r="J53" s="18" t="s">
-        <v>39</v>
+        <v>1131</v>
       </c>
       <c r="K53" s="32" t="s">
-        <v>38</v>
+        <v>15</v>
+      </c>
+      <c r="L53" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="M53" s="18">
+        <v>20231005</v>
+      </c>
+      <c r="S53" s="18" t="s">
+        <v>1400</v>
       </c>
       <c r="Y53" s="34">
-        <v>2039496</v>
+        <v>1409628</v>
       </c>
       <c r="Z53" s="34">
-        <v>415279</v>
+        <v>1340237</v>
       </c>
       <c r="AA53" s="20">
-        <v>596</v>
+        <v>964</v>
       </c>
       <c r="AB53" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A54" s="17" t="s">
-        <v>1321</v>
+        <v>1051</v>
       </c>
       <c r="B54" s="28">
-        <v>1180518</v>
+        <v>19977</v>
       </c>
       <c r="C54" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D54" s="28" t="s">
-        <v>1322</v>
+        <v>1052</v>
       </c>
       <c r="E54" s="18" t="s">
-        <v>1323</v>
+        <v>1053</v>
       </c>
       <c r="F54" s="24">
-        <v>12109711.83</v>
+        <v>3957831.71</v>
       </c>
       <c r="G54" s="24">
-        <v>47489066</v>
+        <v>23281363</v>
       </c>
       <c r="H54" s="18" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="J54" s="18" t="s">
         <v>39</v>
       </c>
       <c r="K54" s="32" t="s">
         <v>38</v>
       </c>
-      <c r="L54" s="18" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Y54" s="34">
-        <v>392959</v>
+        <v>2039496</v>
       </c>
       <c r="Z54" s="34">
-        <v>163217.5</v>
+        <v>415279</v>
       </c>
       <c r="AA54" s="20">
-        <v>167</v>
+        <v>596</v>
       </c>
       <c r="AB54" s="18">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="55" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A55" s="17" t="s">
-        <v>1079</v>
+        <v>1299</v>
       </c>
       <c r="B55" s="28">
-        <v>1023145</v>
+        <v>1180518</v>
       </c>
       <c r="C55" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D55" s="28" t="s">
-        <v>1080</v>
+        <v>1300</v>
       </c>
       <c r="E55" s="18" t="s">
-        <v>1081</v>
+        <v>1301</v>
       </c>
       <c r="F55" s="24">
-        <v>9206594.5500000007</v>
+        <v>13059493.15</v>
       </c>
       <c r="G55" s="24">
-        <v>21410685</v>
+        <v>47489066</v>
       </c>
       <c r="H55" s="18" t="s">
-        <v>132</v>
+        <v>51</v>
       </c>
       <c r="J55" s="18" t="s">
         <v>39</v>
       </c>
       <c r="K55" s="32" t="s">
         <v>38</v>
       </c>
-      <c r="W55" s="19" t="s">
-        <v>188</v>
+      <c r="L55" s="18" t="s">
+        <v>1025</v>
+      </c>
+      <c r="M55" s="18">
+        <v>20191008</v>
+      </c>
+      <c r="P55" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="V55" s="18" t="s">
+        <v>128</v>
       </c>
       <c r="Y55" s="34">
-        <v>238823</v>
+        <v>421559</v>
       </c>
       <c r="Z55" s="34">
-        <v>102512</v>
+        <v>169752.5</v>
       </c>
       <c r="AA55" s="20">
-        <v>61</v>
+        <v>173</v>
       </c>
       <c r="AB55" s="18">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A56" s="17" t="s">
-        <v>1082</v>
+        <v>1066</v>
       </c>
       <c r="B56" s="28">
-        <v>1061861</v>
+        <v>1023145</v>
       </c>
       <c r="C56" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D56" s="28" t="s">
-        <v>1083</v>
+        <v>1067</v>
       </c>
       <c r="E56" s="18" t="s">
-        <v>1084</v>
+        <v>1068</v>
       </c>
       <c r="F56" s="24">
-        <v>90655200</v>
+        <v>9099541.125</v>
       </c>
       <c r="G56" s="24">
-        <v>83940000</v>
+        <v>21410685</v>
       </c>
       <c r="H56" s="18" t="s">
         <v>132</v>
       </c>
       <c r="J56" s="18" t="s">
         <v>39</v>
       </c>
       <c r="K56" s="32" t="s">
         <v>38</v>
       </c>
-      <c r="P56" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W56" s="19" t="s">
-        <v>695</v>
+        <v>185</v>
       </c>
       <c r="Y56" s="34">
-        <v>214185</v>
+        <v>238823</v>
       </c>
       <c r="Z56" s="34">
-        <v>227526</v>
+        <v>102512</v>
       </c>
       <c r="AA56" s="20">
-        <v>105</v>
+        <v>61</v>
       </c>
       <c r="AB56" s="18">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A57" s="17" t="s">
-        <v>1290</v>
+        <v>1069</v>
       </c>
       <c r="B57" s="28">
-        <v>1173305</v>
+        <v>1061861</v>
       </c>
       <c r="C57" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D57" s="28" t="s">
-        <v>1291</v>
+        <v>1070</v>
       </c>
       <c r="E57" s="18" t="s">
-        <v>1292</v>
+        <v>1071</v>
       </c>
       <c r="F57" s="24">
-        <v>14675786.58</v>
+        <v>88137000</v>
       </c>
       <c r="G57" s="24">
-        <v>38620491</v>
+        <v>83940000</v>
       </c>
       <c r="H57" s="18" t="s">
-        <v>58</v>
+        <v>132</v>
       </c>
       <c r="J57" s="18" t="s">
         <v>39</v>
       </c>
       <c r="K57" s="32" t="s">
         <v>38</v>
       </c>
-      <c r="L57" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P57" s="18" t="s">
         <v>60</v>
       </c>
+      <c r="W57" s="19" t="s">
+        <v>245</v>
+      </c>
       <c r="Y57" s="34">
-        <v>278950</v>
+        <v>265130</v>
       </c>
       <c r="Z57" s="34">
-        <v>112254.5</v>
+        <v>280998</v>
       </c>
       <c r="AA57" s="20">
-        <v>66</v>
+        <v>118</v>
       </c>
       <c r="AB57" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A58" s="17" t="s">
-        <v>1422</v>
+        <v>1271</v>
       </c>
       <c r="B58" s="28">
-        <v>1188285</v>
+        <v>1173305</v>
       </c>
       <c r="C58" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D58" s="28" t="s">
-        <v>1423</v>
+        <v>1272</v>
       </c>
       <c r="E58" s="18" t="s">
-        <v>1424</v>
+        <v>1273</v>
       </c>
       <c r="F58" s="24">
-        <v>13195055.960000001</v>
+        <v>15061991.49</v>
       </c>
       <c r="G58" s="24">
-        <v>12448166</v>
+        <v>38620491</v>
       </c>
       <c r="H58" s="18" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="J58" s="18" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="K58" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L58" s="18" t="s">
-        <v>53</v>
+        <v>1017</v>
       </c>
       <c r="M58" s="18">
-        <v>20240816</v>
+        <v>20160812</v>
+      </c>
+      <c r="P58" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="Y58" s="34">
-        <v>1324327</v>
+        <v>286718</v>
       </c>
       <c r="Z58" s="34">
-        <v>1508090</v>
+        <v>115306.5</v>
       </c>
       <c r="AA58" s="20">
-        <v>1232</v>
+        <v>79</v>
       </c>
       <c r="AB58" s="18">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A59" s="17" t="s">
-        <v>1359</v>
+        <v>1401</v>
       </c>
       <c r="B59" s="28">
-        <v>1184270</v>
+        <v>1188285</v>
       </c>
       <c r="C59" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D59" s="28" t="s">
-        <v>1360</v>
+        <v>1402</v>
       </c>
       <c r="E59" s="18" t="s">
-        <v>1361</v>
+        <v>1403</v>
       </c>
       <c r="F59" s="24">
-        <v>382083443.94</v>
+        <v>13319537.619999999</v>
       </c>
       <c r="G59" s="24">
-        <v>87233663</v>
+        <v>12448166</v>
       </c>
       <c r="H59" s="18" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I59" s="18" t="s">
-        <v>161</v>
+        <v>73</v>
       </c>
       <c r="J59" s="18" t="s">
         <v>65</v>
       </c>
       <c r="K59" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L59" s="18" t="s">
         <v>53</v>
       </c>
       <c r="M59" s="18">
-        <v>20201119</v>
-[...11 lines deleted...]
-        <v>54</v>
+        <v>20240816</v>
       </c>
       <c r="Y59" s="34">
-        <v>16599312</v>
+        <v>1373313</v>
       </c>
       <c r="Z59" s="34">
-        <v>68576996</v>
+        <v>1560490.5</v>
       </c>
       <c r="AA59" s="20">
-        <v>49656</v>
+        <v>1316</v>
       </c>
       <c r="AB59" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A60" s="17" t="s">
-        <v>1314</v>
+        <v>1337</v>
       </c>
       <c r="B60" s="28">
-        <v>1177240</v>
+        <v>1184270</v>
       </c>
       <c r="C60" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D60" s="28" t="s">
-        <v>1315</v>
+        <v>1338</v>
       </c>
       <c r="E60" s="18" t="s">
-        <v>1316</v>
+        <v>1339</v>
       </c>
       <c r="F60" s="24">
-        <v>558073.79</v>
+        <v>316704497.33999997</v>
       </c>
       <c r="G60" s="24">
-        <v>3282787</v>
+        <v>87246418</v>
       </c>
       <c r="H60" s="18" t="s">
         <v>51</v>
       </c>
       <c r="I60" s="18" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="J60" s="18" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="K60" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L60" s="18" t="s">
-        <v>1030</v>
+        <v>53</v>
       </c>
       <c r="M60" s="18">
-        <v>20180731</v>
-[...1 lines deleted...]
-      <c r="P60" s="18" t="s">
+        <v>20201119</v>
+      </c>
+      <c r="N60" s="18" t="s">
+        <v>143</v>
+      </c>
+      <c r="Q60" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="R60" s="18" t="s">
         <v>60</v>
       </c>
       <c r="V60" s="18" t="s">
         <v>54</v>
       </c>
       <c r="Y60" s="34">
-        <v>257780</v>
+        <v>17907689</v>
       </c>
       <c r="Z60" s="34">
-        <v>72450</v>
+        <v>73576987</v>
       </c>
       <c r="AA60" s="20">
-        <v>204</v>
+        <v>53489</v>
       </c>
       <c r="AB60" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A61" s="17" t="s">
-        <v>1103</v>
+        <v>1090</v>
       </c>
       <c r="B61" s="28">
         <v>1100352</v>
       </c>
       <c r="C61" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D61" s="28" t="s">
-        <v>1104</v>
+        <v>1091</v>
       </c>
       <c r="E61" s="18" t="s">
-        <v>1105</v>
+        <v>1092</v>
       </c>
       <c r="F61" s="24">
-        <v>24602634.254999999</v>
+        <v>19453245.690000001</v>
       </c>
       <c r="G61" s="24">
         <v>114430857</v>
       </c>
       <c r="H61" s="18" t="s">
         <v>47</v>
       </c>
       <c r="J61" s="18" t="s">
-        <v>606</v>
+        <v>600</v>
       </c>
       <c r="K61" s="32" t="s">
         <v>15</v>
       </c>
       <c r="L61" s="18" t="s">
-        <v>1045</v>
+        <v>1032</v>
       </c>
       <c r="M61" s="18">
         <v>20071128</v>
       </c>
       <c r="O61" s="18" t="s">
         <v>134</v>
       </c>
       <c r="S61" s="18" t="s">
-        <v>1106</v>
+        <v>1093</v>
       </c>
       <c r="Y61" s="34">
-        <v>9018947</v>
+        <v>9745859</v>
       </c>
       <c r="Z61" s="34">
-        <v>992753.5</v>
+        <v>1131766</v>
       </c>
       <c r="AA61" s="20">
-        <v>1995</v>
+        <v>2192</v>
       </c>
       <c r="AB61" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A62" s="17" t="s">
-        <v>1399</v>
+        <v>1378</v>
       </c>
       <c r="B62" s="28">
         <v>1185630</v>
       </c>
       <c r="C62" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D62" s="28" t="s">
-        <v>1400</v>
+        <v>1379</v>
       </c>
       <c r="E62" s="18" t="s">
-        <v>1401</v>
+        <v>1380</v>
       </c>
       <c r="F62" s="24">
         <v>214445.67499999999</v>
       </c>
       <c r="G62" s="24">
         <v>8577827</v>
       </c>
       <c r="H62" s="18" t="s">
         <v>51</v>
       </c>
       <c r="J62" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K62" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L62" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M62" s="18">
         <v>20231006</v>
       </c>
       <c r="P62" s="18" t="s">
         <v>60</v>
       </c>
       <c r="V62" s="18" t="s">
         <v>54</v>
       </c>
       <c r="Y62" s="34">
-        <v>804641</v>
+        <v>975641</v>
       </c>
       <c r="Z62" s="34">
-        <v>23666</v>
+        <v>28166</v>
       </c>
       <c r="AA62" s="20">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="AB62" s="18">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A63" s="17" t="s">
-        <v>1088</v>
+        <v>1075</v>
       </c>
       <c r="B63" s="28">
         <v>1023294</v>
       </c>
       <c r="C63" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D63" s="28" t="s">
-        <v>1089</v>
+        <v>1076</v>
       </c>
       <c r="E63" s="18" t="s">
-        <v>1090</v>
+        <v>1077</v>
       </c>
       <c r="F63" s="24">
-        <v>55213955.219999999</v>
+        <v>54693068.850000001</v>
       </c>
       <c r="G63" s="24">
         <v>52088637</v>
       </c>
       <c r="H63" s="18" t="s">
         <v>47</v>
       </c>
       <c r="I63" s="18" t="s">
         <v>92</v>
       </c>
       <c r="J63" s="18" t="s">
         <v>46</v>
       </c>
       <c r="K63" s="32" t="s">
         <v>38</v>
       </c>
       <c r="Y63" s="34">
-        <v>3754431</v>
+        <v>3863273</v>
       </c>
       <c r="Z63" s="34">
-        <v>4449852</v>
+        <v>4569168</v>
       </c>
       <c r="AA63" s="20">
-        <v>1370</v>
+        <v>1425</v>
       </c>
       <c r="AB63" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="64" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A64" s="17" t="s">
-        <v>1383</v>
+        <v>1362</v>
       </c>
       <c r="B64" s="28">
         <v>1184965</v>
       </c>
       <c r="C64" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D64" s="28" t="s">
-        <v>1384</v>
+        <v>1363</v>
       </c>
       <c r="E64" s="18" t="s">
-        <v>1385</v>
+        <v>1364</v>
       </c>
       <c r="F64" s="24">
         <v>70709.634999999995</v>
       </c>
       <c r="G64" s="24">
         <v>14141927</v>
       </c>
       <c r="H64" s="18" t="s">
         <v>132</v>
       </c>
       <c r="J64" s="18" t="s">
-        <v>1386</v>
+        <v>1365</v>
       </c>
       <c r="K64" s="32" t="s">
         <v>69</v>
       </c>
       <c r="L64" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M64" s="18">
         <v>20231212</v>
       </c>
       <c r="P64" s="18" t="s">
         <v>60</v>
       </c>
       <c r="W64" s="19" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="Y64" s="34">
         <v>5260</v>
       </c>
       <c r="Z64" s="34">
         <v>3616</v>
       </c>
       <c r="AA64" s="20">
         <v>11</v>
       </c>
       <c r="AB64" s="18">
         <v>3</v>
       </c>
     </row>
     <row r="65" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A65" s="17" t="s">
-        <v>1091</v>
+        <v>1078</v>
       </c>
       <c r="B65" s="28">
         <v>1023123</v>
       </c>
       <c r="C65" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D65" s="28" t="s">
-        <v>1092</v>
+        <v>1079</v>
       </c>
       <c r="E65" s="18" t="s">
-        <v>1093</v>
+        <v>1080</v>
       </c>
       <c r="F65" s="24">
         <v>33079347</v>
       </c>
       <c r="G65" s="24">
         <v>9451242</v>
       </c>
       <c r="H65" s="18" t="s">
         <v>132</v>
       </c>
       <c r="J65" s="18" t="s">
         <v>65</v>
       </c>
       <c r="K65" s="32" t="s">
         <v>38</v>
       </c>
       <c r="W65" s="19" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="Y65" s="34">
-        <v>73364</v>
+        <v>79583</v>
       </c>
       <c r="Z65" s="34">
-        <v>266002</v>
+        <v>287600</v>
       </c>
       <c r="AA65" s="20">
-        <v>124</v>
+        <v>139</v>
       </c>
       <c r="AB65" s="18">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A66" s="17" t="s">
-        <v>1094</v>
+        <v>1081</v>
       </c>
       <c r="B66" s="28">
         <v>17316</v>
       </c>
       <c r="C66" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D66" s="28" t="s">
-        <v>1095</v>
+        <v>1082</v>
       </c>
       <c r="E66" s="18" t="s">
-        <v>1096</v>
+        <v>1083</v>
       </c>
       <c r="F66" s="24">
         <v>38262.735000000001</v>
       </c>
       <c r="G66" s="24">
         <v>7652547</v>
       </c>
       <c r="H66" s="18" t="s">
         <v>51</v>
       </c>
       <c r="I66" s="18" t="s">
         <v>92</v>
       </c>
       <c r="J66" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K66" s="32" t="s">
         <v>38</v>
       </c>
       <c r="V66" s="18" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="67" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A67" s="17" t="s">
-        <v>1097</v>
+        <v>1084</v>
       </c>
       <c r="B67" s="28">
         <v>34193</v>
       </c>
       <c r="C67" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D67" s="28" t="s">
-        <v>1098</v>
+        <v>1085</v>
       </c>
       <c r="E67" s="18" t="s">
-        <v>1099</v>
+        <v>1086</v>
       </c>
       <c r="F67" s="24">
-        <v>742862.43</v>
+        <v>907942.97</v>
       </c>
       <c r="G67" s="24">
         <v>16508054</v>
       </c>
       <c r="H67" s="18" t="s">
         <v>51</v>
       </c>
       <c r="J67" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K67" s="32" t="s">
         <v>38</v>
       </c>
       <c r="V67" s="18" t="s">
         <v>54</v>
       </c>
       <c r="Y67" s="34">
-        <v>67020</v>
+        <v>141020</v>
       </c>
       <c r="Z67" s="34">
-        <v>3078</v>
+        <v>6918</v>
       </c>
       <c r="AA67" s="20">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="AB67" s="18">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A68" s="17" t="s">
-        <v>1100</v>
+        <v>1087</v>
       </c>
       <c r="B68" s="28">
         <v>1092131</v>
       </c>
       <c r="C68" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D68" s="28" t="s">
-        <v>1101</v>
+        <v>1088</v>
       </c>
       <c r="E68" s="18" t="s">
-        <v>1102</v>
+        <v>1089</v>
       </c>
       <c r="F68" s="24">
-        <v>4286607.5999999996</v>
+        <v>3945627.45</v>
       </c>
       <c r="G68" s="24">
         <v>4871145</v>
       </c>
       <c r="H68" s="18" t="s">
         <v>47</v>
       </c>
       <c r="J68" s="18" t="s">
         <v>65</v>
       </c>
       <c r="K68" s="32" t="s">
         <v>38</v>
       </c>
       <c r="Y68" s="34">
-        <v>683488</v>
+        <v>717772</v>
       </c>
       <c r="Z68" s="34">
-        <v>483936</v>
+        <v>510310</v>
       </c>
       <c r="AA68" s="20">
-        <v>328</v>
+        <v>355</v>
       </c>
       <c r="AB68" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="69" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A69" s="17" t="s">
-        <v>1356</v>
+        <v>1334</v>
       </c>
       <c r="B69" s="28">
         <v>1183575</v>
       </c>
       <c r="C69" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D69" s="28" t="s">
-        <v>1357</v>
+        <v>1335</v>
       </c>
       <c r="E69" s="18" t="s">
-        <v>1358</v>
+        <v>1336</v>
       </c>
       <c r="F69" s="24">
-        <v>29564795.609999999</v>
+        <v>35196185.25</v>
       </c>
       <c r="G69" s="24">
         <v>46928247</v>
       </c>
       <c r="H69" s="18" t="s">
         <v>132</v>
       </c>
       <c r="J69" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K69" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L69" s="18" t="s">
         <v>40</v>
       </c>
       <c r="M69" s="18">
         <v>20201029</v>
       </c>
       <c r="O69" s="18" t="s">
         <v>134</v>
       </c>
       <c r="W69" s="19" t="s">
-        <v>248</v>
+        <v>185</v>
       </c>
       <c r="Y69" s="34">
-        <v>497986</v>
+        <v>614450</v>
       </c>
       <c r="Z69" s="34">
-        <v>397308.5</v>
+        <v>475217.5</v>
       </c>
       <c r="AA69" s="20">
-        <v>199</v>
+        <v>228</v>
       </c>
       <c r="AB69" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="70" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A70" s="17" t="s">
-        <v>1211</v>
+        <v>1195</v>
       </c>
       <c r="B70" s="28">
         <v>1118618</v>
       </c>
       <c r="C70" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D70" s="28" t="s">
-        <v>1212</v>
+        <v>1196</v>
       </c>
       <c r="E70" s="18" t="s">
-        <v>1213</v>
+        <v>1197</v>
       </c>
       <c r="F70" s="24">
-        <v>49584566.399999999</v>
+        <v>51529059.200000003</v>
       </c>
       <c r="G70" s="24">
         <v>194449280</v>
       </c>
       <c r="H70" s="18" t="s">
         <v>47</v>
       </c>
       <c r="J70" s="18" t="s">
         <v>46</v>
       </c>
       <c r="K70" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L70" s="18" t="s">
-        <v>1038</v>
+        <v>1025</v>
       </c>
       <c r="M70" s="18">
         <v>20150115</v>
       </c>
       <c r="P70" s="18" t="s">
         <v>60</v>
       </c>
       <c r="Y70" s="34">
-        <v>19192655</v>
+        <v>20542113</v>
       </c>
       <c r="Z70" s="34">
-        <v>5350489.5</v>
+        <v>5687439</v>
       </c>
       <c r="AA70" s="20">
-        <v>2943</v>
+        <v>3218</v>
       </c>
       <c r="AB70" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A71" s="17" t="s">
-        <v>1110</v>
+        <v>1347</v>
       </c>
       <c r="B71" s="28">
-        <v>1065326</v>
+        <v>1184845</v>
       </c>
       <c r="C71" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D71" s="28" t="s">
-        <v>1111</v>
+        <v>1348</v>
       </c>
       <c r="E71" s="18" t="s">
-        <v>1112</v>
+        <v>1349</v>
       </c>
       <c r="F71" s="24">
-        <v>3402368.1</v>
+        <v>10594583.369999999</v>
       </c>
       <c r="G71" s="24">
-        <v>680473620</v>
+        <v>16816799</v>
       </c>
       <c r="H71" s="18" t="s">
-        <v>132</v>
+        <v>58</v>
+      </c>
+      <c r="I71" s="18" t="s">
+        <v>508</v>
       </c>
       <c r="J71" s="18" t="s">
-        <v>93</v>
+        <v>39</v>
       </c>
       <c r="K71" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L71" s="18" t="s">
-        <v>42</v>
+        <v>1017</v>
       </c>
       <c r="M71" s="18">
-        <v>20180601</v>
-[...4 lines deleted...]
-      <c r="X71" s="19" t="s">
+        <v>20220927</v>
+      </c>
+      <c r="O71" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="P71" s="18" t="s">
         <v>60</v>
+      </c>
+      <c r="Y71" s="34">
+        <v>1122816</v>
+      </c>
+      <c r="Z71" s="34">
+        <v>775357.5</v>
+      </c>
+      <c r="AA71" s="20">
+        <v>587</v>
+      </c>
+      <c r="AB71" s="18">
+        <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A72" s="17" t="s">
-        <v>1368</v>
+        <v>1211</v>
       </c>
       <c r="B72" s="28">
-        <v>1184845</v>
+        <v>1138435</v>
       </c>
       <c r="C72" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D72" s="28" t="s">
-        <v>1369</v>
+        <v>1212</v>
       </c>
       <c r="E72" s="18" t="s">
-        <v>1370</v>
+        <v>1213</v>
       </c>
       <c r="F72" s="24">
-        <v>11939927.289999999</v>
+        <v>13155842.285</v>
       </c>
       <c r="G72" s="24">
-        <v>16816799</v>
+        <v>39271171</v>
       </c>
       <c r="H72" s="18" t="s">
         <v>58</v>
       </c>
-      <c r="I72" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J72" s="18" t="s">
-        <v>39</v>
+        <v>98</v>
       </c>
       <c r="K72" s="32" t="s">
-        <v>38</v>
+        <v>317</v>
       </c>
       <c r="L72" s="18" t="s">
-        <v>1030</v>
+        <v>1025</v>
       </c>
       <c r="M72" s="18">
-        <v>20220927</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>20171116</v>
       </c>
       <c r="P72" s="18" t="s">
         <v>60</v>
       </c>
       <c r="Y72" s="34">
-        <v>1018119</v>
+        <v>2975490</v>
       </c>
       <c r="Z72" s="34">
-        <v>708821.5</v>
+        <v>151242</v>
       </c>
       <c r="AA72" s="20">
-        <v>537</v>
+        <v>157</v>
       </c>
       <c r="AB72" s="18">
         <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A73" s="17" t="s">
-        <v>1227</v>
+        <v>1033</v>
       </c>
       <c r="B73" s="28">
-        <v>1138435</v>
+        <v>1013706</v>
       </c>
       <c r="C73" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D73" s="28" t="s">
-        <v>1228</v>
+        <v>1034</v>
       </c>
       <c r="E73" s="18" t="s">
-        <v>1229</v>
+        <v>1035</v>
       </c>
       <c r="F73" s="24">
-        <v>6353310.7800000003</v>
+        <v>375869.04</v>
       </c>
       <c r="G73" s="24">
-        <v>35296171</v>
+        <v>60704841</v>
       </c>
       <c r="H73" s="18" t="s">
         <v>58</v>
       </c>
       <c r="J73" s="18" t="s">
-        <v>98</v>
+        <v>65</v>
       </c>
       <c r="K73" s="32" t="s">
-        <v>320</v>
+        <v>38</v>
       </c>
       <c r="L73" s="18" t="s">
-        <v>1038</v>
+        <v>1010</v>
       </c>
       <c r="M73" s="18">
-        <v>20171116</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>20191022</v>
       </c>
       <c r="Y73" s="34">
-        <v>2727057</v>
+        <v>611906</v>
       </c>
       <c r="Z73" s="34">
-        <v>80762</v>
+        <v>185855</v>
       </c>
       <c r="AA73" s="20">
-        <v>109</v>
+        <v>171</v>
       </c>
       <c r="AB73" s="18">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="74" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A74" s="17" t="s">
-        <v>1046</v>
+        <v>1268</v>
       </c>
       <c r="B74" s="28">
-        <v>1013706</v>
+        <v>1169230</v>
       </c>
       <c r="C74" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D74" s="28" t="s">
-        <v>1047</v>
+        <v>1269</v>
       </c>
       <c r="E74" s="18" t="s">
-        <v>1048</v>
+        <v>1270</v>
       </c>
       <c r="F74" s="24">
-        <v>375869.04</v>
+        <v>7080000</v>
       </c>
       <c r="G74" s="24">
-        <v>60704841</v>
+        <v>59000000</v>
       </c>
       <c r="H74" s="18" t="s">
         <v>58</v>
       </c>
+      <c r="I74" s="18" t="s">
+        <v>211</v>
+      </c>
       <c r="J74" s="18" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="K74" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L74" s="18" t="s">
-        <v>1023</v>
+        <v>1017</v>
       </c>
       <c r="M74" s="18">
-        <v>20191022</v>
+        <v>20160714</v>
+      </c>
+      <c r="P74" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="Y74" s="34">
-        <v>611906</v>
+        <v>455775</v>
       </c>
       <c r="Z74" s="34">
-        <v>185855</v>
+        <v>51171.5</v>
       </c>
       <c r="AA74" s="20">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="AB74" s="18">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A75" s="17" t="s">
-        <v>1287</v>
+        <v>1392</v>
       </c>
       <c r="B75" s="28">
-        <v>1169230</v>
+        <v>1187540</v>
       </c>
       <c r="C75" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D75" s="28" t="s">
-        <v>1288</v>
+        <v>1411</v>
       </c>
       <c r="E75" s="18" t="s">
-        <v>1289</v>
+        <v>1412</v>
       </c>
       <c r="F75" s="24">
-        <v>9440000</v>
+        <v>9343565.8300000001</v>
       </c>
       <c r="G75" s="24">
-        <v>59000000</v>
+        <v>7132493</v>
       </c>
       <c r="H75" s="18" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>214</v>
+        <v>132</v>
       </c>
       <c r="J75" s="18" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="K75" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L75" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M75" s="18">
-        <v>20160714</v>
+        <v>20250314</v>
       </c>
       <c r="P75" s="18" t="s">
         <v>60</v>
       </c>
+      <c r="W75" s="19" t="s">
+        <v>133</v>
+      </c>
+      <c r="X75" s="19" t="s">
+        <v>60</v>
+      </c>
       <c r="Y75" s="34">
-        <v>450890</v>
+        <v>1486452</v>
       </c>
       <c r="Z75" s="34">
-        <v>50512.5</v>
+        <v>4004786.5</v>
       </c>
       <c r="AA75" s="20">
-        <v>159</v>
+        <v>4667</v>
       </c>
       <c r="AB75" s="18">
-        <v>4</v>
+        <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A76" s="17" t="s">
-        <v>1413</v>
+        <v>1331</v>
       </c>
       <c r="B76" s="28">
-        <v>1187540</v>
+        <v>1184055</v>
       </c>
       <c r="C76" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D76" s="28" t="s">
-        <v>1432</v>
+        <v>1332</v>
       </c>
       <c r="E76" s="18" t="s">
-        <v>1433</v>
+        <v>1333</v>
       </c>
       <c r="F76" s="24">
-        <v>10556089.640000001</v>
+        <v>7107879.0800000001</v>
       </c>
       <c r="G76" s="24">
-        <v>7132493</v>
+        <v>9605242</v>
       </c>
       <c r="H76" s="18" t="s">
         <v>132</v>
       </c>
       <c r="J76" s="18" t="s">
-        <v>46</v>
+        <v>93</v>
       </c>
       <c r="K76" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L76" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M76" s="18">
-        <v>20250314</v>
+        <v>20210505</v>
       </c>
       <c r="P76" s="18" t="s">
         <v>60</v>
       </c>
       <c r="W76" s="19" t="s">
-        <v>248</v>
+        <v>133</v>
       </c>
       <c r="X76" s="19" t="s">
         <v>60</v>
       </c>
       <c r="Y76" s="34">
-        <v>1441618</v>
+        <v>1229767</v>
       </c>
       <c r="Z76" s="34">
-        <v>3944269.5</v>
+        <v>922794</v>
       </c>
       <c r="AA76" s="20">
-        <v>4517</v>
+        <v>454</v>
       </c>
       <c r="AB76" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="77" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A77" s="17" t="s">
-        <v>1353</v>
+        <v>1229</v>
       </c>
       <c r="B77" s="28">
-        <v>1184055</v>
+        <v>1148145</v>
       </c>
       <c r="C77" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D77" s="28" t="s">
-        <v>1354</v>
+        <v>1230</v>
       </c>
       <c r="E77" s="18" t="s">
-        <v>1355</v>
+        <v>1231</v>
       </c>
       <c r="F77" s="24">
-        <v>6723669.4000000004</v>
+        <v>17775721.425000001</v>
       </c>
       <c r="G77" s="24">
-        <v>9605242</v>
+        <v>169292585</v>
       </c>
       <c r="H77" s="18" t="s">
-        <v>132</v>
+        <v>58</v>
+      </c>
+      <c r="I77" s="18" t="s">
+        <v>508</v>
       </c>
       <c r="J77" s="18" t="s">
-        <v>93</v>
+        <v>46</v>
       </c>
       <c r="K77" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L77" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M77" s="18">
-        <v>20210505</v>
+        <v>20121030</v>
+      </c>
+      <c r="O77" s="18" t="s">
+        <v>134</v>
       </c>
       <c r="P77" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="W77" s="19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Y77" s="34">
-        <v>1077894</v>
+        <v>40047535</v>
       </c>
       <c r="Z77" s="34">
-        <v>811811</v>
+        <v>3580163.5</v>
       </c>
       <c r="AA77" s="20">
-        <v>401</v>
+        <v>4078</v>
       </c>
       <c r="AB77" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A78" s="17" t="s">
-        <v>1245</v>
+        <v>1018</v>
       </c>
       <c r="B78" s="28">
-        <v>1148145</v>
+        <v>41920</v>
       </c>
       <c r="C78" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D78" s="28" t="s">
-        <v>1246</v>
+        <v>1019</v>
       </c>
       <c r="E78" s="18" t="s">
-        <v>1247</v>
+        <v>1020</v>
       </c>
       <c r="F78" s="24">
-        <v>16929258.5</v>
+        <v>24750000</v>
       </c>
       <c r="G78" s="24">
-        <v>169292585</v>
+        <v>150000000</v>
       </c>
       <c r="H78" s="18" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>514</v>
+        <v>51</v>
       </c>
       <c r="J78" s="18" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="K78" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L78" s="18" t="s">
-        <v>1030</v>
+        <v>1010</v>
       </c>
       <c r="M78" s="18">
-        <v>20121030</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>20181106</v>
+      </c>
+      <c r="V78" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="Y78" s="34">
-        <v>36841286</v>
+        <v>5211362</v>
       </c>
       <c r="Z78" s="34">
-        <v>3265631</v>
+        <v>802939.5</v>
       </c>
       <c r="AA78" s="20">
-        <v>3736</v>
+        <v>1039</v>
       </c>
       <c r="AB78" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="79" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A79" s="17" t="s">
-        <v>1031</v>
+        <v>1103</v>
       </c>
       <c r="B79" s="28">
-        <v>41920</v>
+        <v>1023102</v>
       </c>
       <c r="C79" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D79" s="28" t="s">
-        <v>1032</v>
+        <v>1104</v>
       </c>
       <c r="E79" s="18" t="s">
-        <v>1033</v>
+        <v>1105</v>
       </c>
       <c r="F79" s="24">
-        <v>35250000</v>
+        <v>3647546.37</v>
       </c>
       <c r="G79" s="24">
-        <v>150000000</v>
+        <v>121584879</v>
       </c>
       <c r="H79" s="18" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="J79" s="18" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="K79" s="32" t="s">
         <v>38</v>
       </c>
-      <c r="L79" s="18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Y79" s="34">
-        <v>4857427</v>
+        <v>8942051</v>
       </c>
       <c r="Z79" s="34">
-        <v>737980.5</v>
+        <v>255220</v>
       </c>
       <c r="AA79" s="20">
-        <v>907</v>
+        <v>374</v>
       </c>
       <c r="AB79" s="18">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A80" s="17" t="s">
-        <v>1119</v>
+        <v>1350</v>
       </c>
       <c r="B80" s="28">
-        <v>1023102</v>
+        <v>1185025</v>
       </c>
       <c r="C80" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D80" s="28" t="s">
-        <v>1120</v>
+        <v>1351</v>
       </c>
       <c r="E80" s="18" t="s">
-        <v>1121</v>
+        <v>1352</v>
       </c>
       <c r="F80" s="24">
-        <v>4255470.7649999997</v>
+        <v>26358907.350000001</v>
       </c>
       <c r="G80" s="24">
-        <v>121584879</v>
+        <v>76402630</v>
       </c>
       <c r="H80" s="18" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="J80" s="18" t="s">
-        <v>52</v>
+        <v>1353</v>
       </c>
       <c r="K80" s="32" t="s">
-        <v>38</v>
+        <v>15</v>
+      </c>
+      <c r="L80" s="18" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M80" s="18">
+        <v>20211208</v>
+      </c>
+      <c r="P80" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="S80" s="18" t="s">
+        <v>1354</v>
+      </c>
+      <c r="V80" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="Y80" s="34">
-        <v>5058551</v>
+        <v>1416164</v>
       </c>
       <c r="Z80" s="34">
-        <v>130972</v>
+        <v>600618.5</v>
       </c>
       <c r="AA80" s="20">
-        <v>248</v>
+        <v>458</v>
       </c>
       <c r="AB80" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A81" s="17" t="s">
-        <v>1371</v>
+        <v>1057</v>
       </c>
       <c r="B81" s="28">
-        <v>1185025</v>
+        <v>1044476</v>
       </c>
       <c r="C81" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D81" s="28" t="s">
-        <v>1372</v>
+        <v>1058</v>
       </c>
       <c r="E81" s="18" t="s">
-        <v>1373</v>
+        <v>1059</v>
       </c>
       <c r="F81" s="24">
-        <v>24448841.600000001</v>
+        <v>13062689.52</v>
       </c>
       <c r="G81" s="24">
-        <v>76402630</v>
+        <v>108855746</v>
       </c>
       <c r="H81" s="18" t="s">
         <v>51</v>
       </c>
       <c r="J81" s="18" t="s">
-        <v>1374</v>
+        <v>52</v>
       </c>
       <c r="K81" s="32" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>1375</v>
+        <v>38</v>
       </c>
       <c r="V81" s="18" t="s">
         <v>54</v>
       </c>
       <c r="Y81" s="34">
-        <v>1317194</v>
+        <v>1318181</v>
       </c>
       <c r="Z81" s="34">
-        <v>571240</v>
+        <v>97801</v>
       </c>
       <c r="AA81" s="20">
-        <v>438</v>
+        <v>197</v>
       </c>
       <c r="AB81" s="18">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="82" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A82" s="17" t="s">
-        <v>1070</v>
+        <v>1180</v>
       </c>
       <c r="B82" s="28">
-        <v>1044476</v>
+        <v>1117741</v>
       </c>
       <c r="C82" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D82" s="28" t="s">
-        <v>1071</v>
+        <v>1181</v>
       </c>
       <c r="E82" s="18" t="s">
-        <v>1072</v>
+        <v>1182</v>
       </c>
       <c r="F82" s="24">
-        <v>8708459.6799999997</v>
+        <v>5994788.0700000003</v>
       </c>
       <c r="G82" s="24">
-        <v>108855746</v>
+        <v>115216909</v>
       </c>
       <c r="H82" s="18" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="J82" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K82" s="32" t="s">
         <v>38</v>
       </c>
-      <c r="V82" s="18" t="s">
-        <v>54</v>
+      <c r="L82" s="18" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M82" s="18">
+        <v>20091029</v>
+      </c>
+      <c r="P82" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="Y82" s="34">
-        <v>1011102</v>
+        <v>4796539</v>
       </c>
       <c r="Z82" s="34">
-        <v>68188</v>
+        <v>187524.5</v>
       </c>
       <c r="AA82" s="20">
-        <v>167</v>
+        <v>350</v>
       </c>
       <c r="AB82" s="18">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A83" s="17" t="s">
-        <v>1269</v>
+        <v>1214</v>
       </c>
       <c r="B83" s="28">
-        <v>1141295</v>
+        <v>1140490</v>
       </c>
       <c r="C83" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D83" s="28" t="s">
-        <v>1270</v>
+        <v>1215</v>
       </c>
       <c r="E83" s="18" t="s">
-        <v>1271</v>
+        <v>1216</v>
       </c>
       <c r="F83" s="24">
-        <v>31059612.780000001</v>
+        <v>1897470.4</v>
       </c>
       <c r="G83" s="24">
-        <v>25458699</v>
+        <v>18974704</v>
       </c>
       <c r="H83" s="18" t="s">
-        <v>132</v>
+        <v>181</v>
       </c>
       <c r="J83" s="18" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="K83" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L83" s="18" t="s">
-        <v>53</v>
+        <v>1017</v>
       </c>
       <c r="M83" s="18">
-        <v>20130109</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>20120103</v>
+      </c>
+      <c r="O83" s="18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P83" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="Y83" s="34">
-        <v>3638329</v>
+        <v>4729467</v>
       </c>
       <c r="Z83" s="34">
-        <v>4362022</v>
+        <v>511782</v>
       </c>
       <c r="AA83" s="20">
-        <v>1611</v>
+        <v>501</v>
       </c>
       <c r="AB83" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A84" s="17" t="s">
-        <v>1196</v>
+        <v>1156</v>
       </c>
       <c r="B84" s="28">
-        <v>1117741</v>
+        <v>1108203</v>
       </c>
       <c r="C84" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D84" s="28" t="s">
-        <v>1197</v>
+        <v>1157</v>
       </c>
       <c r="E84" s="18" t="s">
-        <v>1198</v>
+        <v>1158</v>
       </c>
       <c r="F84" s="24">
-        <v>8162602.29</v>
+        <v>30224781.100000001</v>
       </c>
       <c r="G84" s="24">
-        <v>116883576</v>
+        <v>71117132</v>
       </c>
       <c r="H84" s="18" t="s">
         <v>58</v>
       </c>
       <c r="J84" s="18" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="K84" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L84" s="18" t="s">
-        <v>1030</v>
+        <v>53</v>
       </c>
       <c r="M84" s="18">
-        <v>20091029</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>20060914</v>
       </c>
       <c r="Y84" s="34">
-        <v>4470200</v>
+        <v>2442463</v>
       </c>
       <c r="Z84" s="34">
-        <v>179734.5</v>
+        <v>779421.5</v>
       </c>
       <c r="AA84" s="20">
-        <v>323</v>
+        <v>262</v>
       </c>
       <c r="AB84" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="85" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A85" s="17" t="s">
-        <v>1230</v>
+        <v>1241</v>
       </c>
       <c r="B85" s="28">
-        <v>1140490</v>
+        <v>1153211</v>
       </c>
       <c r="C85" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D85" s="28" t="s">
-        <v>1231</v>
+        <v>1242</v>
       </c>
       <c r="E85" s="18" t="s">
-        <v>1232</v>
+        <v>1243</v>
       </c>
       <c r="F85" s="24">
-        <v>2182090.96</v>
+        <v>76751507.599999994</v>
       </c>
       <c r="G85" s="24">
-        <v>18974704</v>
+        <v>32660216</v>
       </c>
       <c r="H85" s="18" t="s">
-        <v>184</v>
+        <v>132</v>
       </c>
       <c r="J85" s="18" t="s">
-        <v>52</v>
+        <v>142</v>
       </c>
       <c r="K85" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L85" s="18" t="s">
-        <v>1030</v>
+        <v>1021</v>
       </c>
       <c r="M85" s="18">
-        <v>20120103</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>20180912</v>
+      </c>
+      <c r="W85" s="19" t="s">
+        <v>321</v>
       </c>
       <c r="Y85" s="34">
-        <v>4149402</v>
+        <v>2954707</v>
       </c>
       <c r="Z85" s="34">
-        <v>451730.5</v>
+        <v>5590089.5</v>
       </c>
       <c r="AA85" s="20">
-        <v>465</v>
+        <v>2027</v>
       </c>
       <c r="AB85" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="86" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A86" s="17" t="s">
-        <v>1172</v>
+        <v>1106</v>
       </c>
       <c r="B86" s="28">
-        <v>1108203</v>
+        <v>1062268</v>
       </c>
       <c r="C86" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D86" s="28" t="s">
-        <v>1173</v>
+        <v>1107</v>
       </c>
       <c r="E86" s="18" t="s">
-        <v>1174</v>
+        <v>1108</v>
       </c>
       <c r="F86" s="24">
-        <v>27024510.16</v>
+        <v>115200691.2</v>
       </c>
       <c r="G86" s="24">
-        <v>71117132</v>
+        <v>18000108</v>
       </c>
       <c r="H86" s="18" t="s">
         <v>58</v>
       </c>
       <c r="J86" s="18" t="s">
         <v>39</v>
       </c>
       <c r="K86" s="32" t="s">
         <v>38</v>
       </c>
-      <c r="L86" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Y86" s="34">
-        <v>2124270</v>
+        <v>336591</v>
       </c>
       <c r="Z86" s="34">
-        <v>644770</v>
+        <v>2272451.5</v>
       </c>
       <c r="AA86" s="20">
-        <v>233</v>
+        <v>578</v>
       </c>
       <c r="AB86" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="87" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A87" s="17" t="s">
-        <v>1257</v>
+        <v>1283</v>
       </c>
       <c r="B87" s="28">
-        <v>1153211</v>
+        <v>1176075</v>
       </c>
       <c r="C87" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D87" s="28" t="s">
-        <v>1258</v>
+        <v>1284</v>
       </c>
       <c r="E87" s="18" t="s">
-        <v>1259</v>
+        <v>1285</v>
       </c>
       <c r="F87" s="24">
-        <v>80418177.359999999</v>
+        <v>6890451.1900000004</v>
       </c>
       <c r="G87" s="24">
-        <v>32690316</v>
+        <v>98435017</v>
       </c>
       <c r="H87" s="18" t="s">
-        <v>132</v>
+        <v>51</v>
       </c>
       <c r="J87" s="18" t="s">
-        <v>145</v>
+        <v>39</v>
       </c>
       <c r="K87" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L87" s="18" t="s">
-        <v>1034</v>
+        <v>1025</v>
       </c>
       <c r="M87" s="18">
-        <v>20180912</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>20210416</v>
+      </c>
+      <c r="P87" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="V87" s="18" t="s">
+        <v>128</v>
       </c>
       <c r="Y87" s="34">
-        <v>2750153</v>
+        <v>13158208</v>
       </c>
       <c r="Z87" s="34">
-        <v>5114715</v>
+        <v>1899705</v>
       </c>
       <c r="AA87" s="20">
-        <v>1822</v>
+        <v>2682</v>
       </c>
       <c r="AB87" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="88" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A88" s="17" t="s">
-        <v>1122</v>
+        <v>1036</v>
       </c>
       <c r="B88" s="28">
-        <v>1062268</v>
+        <v>1060812</v>
       </c>
       <c r="C88" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D88" s="28" t="s">
-        <v>1123</v>
+        <v>1037</v>
       </c>
       <c r="E88" s="18" t="s">
-        <v>1124</v>
+        <v>1038</v>
       </c>
       <c r="F88" s="24">
-        <v>119700718.2</v>
+        <v>8188103.1749999998</v>
       </c>
       <c r="G88" s="24">
-        <v>18000108</v>
+        <v>109174709</v>
       </c>
       <c r="H88" s="18" t="s">
         <v>58</v>
       </c>
       <c r="J88" s="18" t="s">
         <v>39</v>
       </c>
       <c r="K88" s="32" t="s">
         <v>38</v>
       </c>
+      <c r="L88" s="18" t="s">
+        <v>1032</v>
+      </c>
+      <c r="M88" s="18">
+        <v>20140702</v>
+      </c>
       <c r="Y88" s="34">
-        <v>265578</v>
+        <v>22328370</v>
       </c>
       <c r="Z88" s="34">
-        <v>1824504</v>
+        <v>1064259.5</v>
       </c>
       <c r="AA88" s="20">
-        <v>423</v>
+        <v>801</v>
       </c>
       <c r="AB88" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="89" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A89" s="17" t="s">
-        <v>1302</v>
+        <v>1109</v>
       </c>
       <c r="B89" s="28">
-        <v>1176075</v>
+        <v>1023596</v>
       </c>
       <c r="C89" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D89" s="28" t="s">
-        <v>1303</v>
+        <v>1110</v>
       </c>
       <c r="E89" s="18" t="s">
-        <v>1304</v>
+        <v>1111</v>
       </c>
       <c r="F89" s="24">
-        <v>9351326.6150000002</v>
+        <v>25073653.68</v>
       </c>
       <c r="G89" s="24">
-        <v>98435017</v>
+        <v>15477564</v>
       </c>
       <c r="H89" s="18" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="J89" s="18" t="s">
-        <v>39</v>
+        <v>138</v>
       </c>
       <c r="K89" s="32" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>1038</v>
+        <v>15</v>
       </c>
       <c r="M89" s="18">
-        <v>20210416</v>
-[...5 lines deleted...]
-        <v>128</v>
+        <v>19941104</v>
+      </c>
+      <c r="S89" s="18" t="s">
+        <v>1112</v>
       </c>
       <c r="Y89" s="34">
-        <v>12094233</v>
+        <v>2965415</v>
       </c>
       <c r="Z89" s="34">
-        <v>1828253.5</v>
+        <v>4064667</v>
       </c>
       <c r="AA89" s="20">
-        <v>2459</v>
+        <v>2881</v>
       </c>
       <c r="AB89" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="90" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A90" s="17" t="s">
-        <v>1049</v>
+        <v>1250</v>
       </c>
       <c r="B90" s="28">
-        <v>1060812</v>
+        <v>1156385</v>
       </c>
       <c r="C90" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D90" s="28" t="s">
-        <v>1050</v>
+        <v>1251</v>
       </c>
       <c r="E90" s="18" t="s">
-        <v>1051</v>
+        <v>1252</v>
       </c>
       <c r="F90" s="24">
-        <v>7642229.6299999999</v>
+        <v>23591805.620000001</v>
       </c>
       <c r="G90" s="24">
-        <v>109174709</v>
+        <v>248334796</v>
       </c>
       <c r="H90" s="18" t="s">
         <v>58</v>
       </c>
+      <c r="I90" s="18" t="s">
+        <v>508</v>
+      </c>
       <c r="J90" s="18" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="K90" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L90" s="18" t="s">
-        <v>1045</v>
+        <v>40</v>
       </c>
       <c r="M90" s="18">
-        <v>20140702</v>
+        <v>20121217</v>
+      </c>
+      <c r="O90" s="18" t="s">
+        <v>134</v>
       </c>
       <c r="Y90" s="34">
-        <v>20053296</v>
+        <v>39220857</v>
       </c>
       <c r="Z90" s="34">
-        <v>913514</v>
+        <v>2914091.5</v>
       </c>
       <c r="AA90" s="20">
-        <v>742</v>
+        <v>1635</v>
       </c>
       <c r="AB90" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="91" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A91" s="17" t="s">
-        <v>1125</v>
+        <v>1189</v>
       </c>
       <c r="B91" s="28">
-        <v>1023596</v>
+        <v>1117014</v>
       </c>
       <c r="C91" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D91" s="28" t="s">
-        <v>1126</v>
+        <v>1190</v>
       </c>
       <c r="E91" s="18" t="s">
-        <v>1127</v>
+        <v>1191</v>
       </c>
       <c r="F91" s="24">
-        <v>27859615.199999999</v>
+        <v>97743818.900000006</v>
       </c>
       <c r="G91" s="24">
-        <v>15477564</v>
+        <v>139634027</v>
       </c>
       <c r="H91" s="18" t="s">
-        <v>47</v>
+        <v>51</v>
+      </c>
+      <c r="I91" s="18" t="s">
+        <v>92</v>
       </c>
       <c r="J91" s="18" t="s">
-        <v>138</v>
+        <v>52</v>
       </c>
       <c r="K91" s="32" t="s">
-        <v>15</v>
+        <v>38</v>
+      </c>
+      <c r="L91" s="18" t="s">
+        <v>1032</v>
       </c>
       <c r="M91" s="18">
-        <v>19941104</v>
-[...2 lines deleted...]
-        <v>1128</v>
+        <v>20151222</v>
+      </c>
+      <c r="V91" s="18" t="s">
+        <v>128</v>
       </c>
       <c r="Y91" s="34">
-        <v>2874140</v>
+        <v>23011116</v>
       </c>
       <c r="Z91" s="34">
-        <v>3898567.5</v>
+        <v>10427172.5</v>
       </c>
       <c r="AA91" s="20">
-        <v>2759</v>
+        <v>3746</v>
       </c>
       <c r="AB91" s="18">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A92" s="17" t="s">
-        <v>1266</v>
+        <v>1324</v>
       </c>
       <c r="B92" s="28">
-        <v>1156385</v>
+        <v>1183245</v>
       </c>
       <c r="C92" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D92" s="28" t="s">
-        <v>1267</v>
+        <v>1325</v>
       </c>
       <c r="E92" s="18" t="s">
-        <v>1268</v>
+        <v>1326</v>
       </c>
       <c r="F92" s="24">
-        <v>21055715.329999998</v>
+        <v>37383275.560000002</v>
       </c>
       <c r="G92" s="24">
-        <v>247714298</v>
+        <v>126722968</v>
       </c>
       <c r="H92" s="18" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="I92" s="18" t="s">
-        <v>514</v>
+        <v>211</v>
       </c>
       <c r="J92" s="18" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="K92" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L92" s="18" t="s">
-        <v>40</v>
+        <v>1017</v>
       </c>
       <c r="M92" s="18">
-        <v>20121217</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>20210714</v>
+      </c>
+      <c r="P92" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="V92" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="Y92" s="34">
-        <v>33939287</v>
+        <v>5399259</v>
       </c>
       <c r="Z92" s="34">
-        <v>2428163</v>
+        <v>1613150</v>
       </c>
       <c r="AA92" s="20">
-        <v>1474</v>
+        <v>2198</v>
       </c>
       <c r="AB92" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A93" s="17" t="s">
-        <v>1205</v>
+        <v>1386</v>
       </c>
       <c r="B93" s="28">
-        <v>1117014</v>
+        <v>1186875</v>
       </c>
       <c r="C93" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D93" s="28" t="s">
-        <v>1206</v>
+        <v>1387</v>
       </c>
       <c r="E93" s="18" t="s">
-        <v>1207</v>
+        <v>1388</v>
       </c>
       <c r="F93" s="24">
-        <v>80987735.659999996</v>
+        <v>105726923.04000001</v>
       </c>
       <c r="G93" s="24">
-        <v>139634027</v>
+        <v>64467636</v>
       </c>
       <c r="H93" s="18" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="I93" s="18" t="s">
-        <v>92</v>
+        <v>508</v>
       </c>
       <c r="J93" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K93" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L93" s="18" t="s">
-        <v>1045</v>
+        <v>53</v>
       </c>
       <c r="M93" s="18">
-        <v>20151222</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>20230206</v>
       </c>
       <c r="Y93" s="34">
-        <v>20854562</v>
+        <v>11838300</v>
       </c>
       <c r="Z93" s="34">
-        <v>9086249.5</v>
+        <v>14421093</v>
       </c>
       <c r="AA93" s="20">
-        <v>3402</v>
+        <v>11060</v>
       </c>
       <c r="AB93" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="94" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A94" s="17" t="s">
-        <v>1346</v>
+        <v>1201</v>
       </c>
       <c r="B94" s="28">
-        <v>1183245</v>
+        <v>1123235</v>
       </c>
       <c r="C94" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D94" s="28" t="s">
-        <v>1347</v>
+        <v>1202</v>
       </c>
       <c r="E94" s="18" t="s">
-        <v>1348</v>
+        <v>1203</v>
       </c>
       <c r="F94" s="24">
-        <v>33507035.66</v>
+        <v>114307513.62</v>
       </c>
       <c r="G94" s="24">
-        <v>126441644</v>
+        <v>215674554</v>
       </c>
       <c r="H94" s="18" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>214</v>
+        <v>132</v>
       </c>
       <c r="J94" s="18" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="K94" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L94" s="18" t="s">
-        <v>1030</v>
+        <v>40</v>
       </c>
       <c r="M94" s="18">
-        <v>20210714</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>20091023</v>
+      </c>
+      <c r="W94" s="19" t="s">
+        <v>321</v>
       </c>
       <c r="Y94" s="34">
-        <v>4074777</v>
+        <v>26070223</v>
       </c>
       <c r="Z94" s="34">
-        <v>1221670</v>
+        <v>13895944</v>
       </c>
       <c r="AA94" s="20">
-        <v>1831</v>
+        <v>2119</v>
       </c>
       <c r="AB94" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="95" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A95" s="17" t="s">
-        <v>1407</v>
+        <v>1217</v>
       </c>
       <c r="B95" s="28">
-        <v>1186875</v>
+        <v>1177685</v>
       </c>
       <c r="C95" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D95" s="28" t="s">
-        <v>1408</v>
+        <v>1218</v>
       </c>
       <c r="E95" s="18" t="s">
-        <v>1409</v>
+        <v>1219</v>
       </c>
       <c r="F95" s="24">
-        <v>103792893.95999999</v>
+        <v>13574782057.6</v>
       </c>
       <c r="G95" s="24">
-        <v>64467636</v>
+        <v>822679207</v>
       </c>
       <c r="H95" s="18" t="s">
         <v>58</v>
       </c>
-      <c r="I95" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J95" s="18" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="K95" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L95" s="18" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="M95" s="18">
-        <v>20230206</v>
+        <v>20101224</v>
       </c>
       <c r="Y95" s="34">
-        <v>11190812</v>
+        <v>981224</v>
       </c>
       <c r="Z95" s="34">
-        <v>13534269</v>
+        <v>14998466</v>
       </c>
       <c r="AA95" s="20">
-        <v>10473</v>
+        <v>557</v>
       </c>
       <c r="AB95" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A96" s="17" t="s">
-        <v>1217</v>
+        <v>1317</v>
       </c>
       <c r="B96" s="28">
-        <v>1123235</v>
+        <v>1181717</v>
       </c>
       <c r="C96" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D96" s="28" t="s">
-        <v>1218</v>
+        <v>1318</v>
       </c>
       <c r="E96" s="18" t="s">
-        <v>1219</v>
+        <v>1319</v>
       </c>
       <c r="F96" s="24">
-        <v>120806310.23999999</v>
+        <v>1364865.03</v>
       </c>
       <c r="G96" s="24">
-        <v>215725554</v>
+        <v>45495501</v>
       </c>
       <c r="H96" s="18" t="s">
-        <v>132</v>
+        <v>51</v>
       </c>
       <c r="J96" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K96" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L96" s="18" t="s">
-        <v>40</v>
+        <v>1017</v>
       </c>
       <c r="M96" s="18">
-        <v>20091023</v>
-[...2 lines deleted...]
-        <v>324</v>
+        <v>20211020</v>
+      </c>
+      <c r="O96" s="18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P96" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="V96" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="Y96" s="34">
-        <v>25205977</v>
+        <v>9240259</v>
       </c>
       <c r="Z96" s="34">
-        <v>13434174</v>
+        <v>495933</v>
       </c>
       <c r="AA96" s="20">
-        <v>1978</v>
+        <v>520</v>
       </c>
       <c r="AB96" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="97" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A97" s="17" t="s">
-        <v>1233</v>
+        <v>1113</v>
       </c>
       <c r="B97" s="28">
-        <v>1177685</v>
+        <v>1062230</v>
       </c>
       <c r="C97" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D97" s="28" t="s">
-        <v>1234</v>
+        <v>1114</v>
       </c>
       <c r="E97" s="18" t="s">
-        <v>1235</v>
+        <v>1115</v>
       </c>
       <c r="F97" s="24">
-        <v>14661698455.6</v>
+        <v>3004091.97</v>
       </c>
       <c r="G97" s="24">
-        <v>822732517</v>
+        <v>27309927</v>
       </c>
       <c r="H97" s="18" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="J97" s="18" t="s">
         <v>39</v>
       </c>
       <c r="K97" s="32" t="s">
         <v>38</v>
       </c>
-      <c r="L97" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Y97" s="34">
-        <v>963610</v>
+        <v>496209</v>
       </c>
       <c r="Z97" s="34">
-        <v>14685982</v>
+        <v>72986</v>
       </c>
       <c r="AA97" s="20">
-        <v>519</v>
+        <v>31</v>
       </c>
       <c r="AB97" s="18">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A98" s="17" t="s">
-        <v>1339</v>
+        <v>1208</v>
       </c>
       <c r="B98" s="28">
-        <v>1181717</v>
+        <v>1135135</v>
       </c>
       <c r="C98" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D98" s="28" t="s">
-        <v>1340</v>
+        <v>1209</v>
       </c>
       <c r="E98" s="18" t="s">
-        <v>1341</v>
+        <v>1210</v>
       </c>
       <c r="F98" s="24">
-        <v>1592342.5349999999</v>
+        <v>104020106.84999999</v>
       </c>
       <c r="G98" s="24">
-        <v>45495501</v>
+        <v>7004721</v>
       </c>
       <c r="H98" s="18" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="J98" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K98" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L98" s="18" t="s">
-        <v>1030</v>
+        <v>53</v>
       </c>
       <c r="M98" s="18">
-        <v>20211020</v>
-[...8 lines deleted...]
-        <v>54</v>
+        <v>20100823</v>
       </c>
       <c r="Y98" s="34">
-        <v>8731106</v>
+        <v>657820</v>
       </c>
       <c r="Z98" s="34">
-        <v>479647.5</v>
+        <v>8658553.5</v>
       </c>
       <c r="AA98" s="20">
-        <v>499</v>
+        <v>1052</v>
       </c>
       <c r="AB98" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A99" s="17" t="s">
-        <v>1129</v>
+        <v>1302</v>
       </c>
       <c r="B99" s="28">
-        <v>1062230</v>
+        <v>1181106</v>
       </c>
       <c r="C99" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D99" s="28" t="s">
-        <v>1130</v>
+        <v>1303</v>
       </c>
       <c r="E99" s="18" t="s">
-        <v>1131</v>
+        <v>1304</v>
       </c>
       <c r="F99" s="24">
-        <v>3004091.97</v>
+        <v>34788845.314999998</v>
       </c>
       <c r="G99" s="24">
-        <v>27309927</v>
+        <v>141995287</v>
       </c>
       <c r="H99" s="18" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="J99" s="18" t="s">
         <v>39</v>
       </c>
       <c r="K99" s="32" t="s">
         <v>38</v>
       </c>
+      <c r="L99" s="18" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M99" s="18">
+        <v>20220224</v>
+      </c>
+      <c r="O99" s="18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P99" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="V99" s="18" t="s">
+        <v>54</v>
+      </c>
       <c r="Y99" s="34">
-        <v>496209</v>
+        <v>24564470</v>
       </c>
       <c r="Z99" s="34">
-        <v>72986</v>
+        <v>4374060.5</v>
       </c>
       <c r="AA99" s="20">
-        <v>31</v>
+        <v>2893</v>
       </c>
       <c r="AB99" s="18">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="100" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A100" s="17" t="s">
-        <v>1224</v>
+        <v>1305</v>
       </c>
       <c r="B100" s="28">
-        <v>1135135</v>
+        <v>1181125</v>
       </c>
       <c r="C100" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D100" s="28" t="s">
-        <v>1225</v>
+        <v>1306</v>
       </c>
       <c r="E100" s="18" t="s">
-        <v>1226</v>
+        <v>1307</v>
       </c>
       <c r="F100" s="24">
-        <v>103417204.5</v>
+        <v>1949346.135</v>
       </c>
       <c r="G100" s="24">
-        <v>7132221</v>
+        <v>70885314</v>
       </c>
       <c r="H100" s="18" t="s">
-        <v>58</v>
+        <v>132</v>
       </c>
       <c r="J100" s="18" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="K100" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L100" s="18" t="s">
-        <v>53</v>
+        <v>1017</v>
       </c>
       <c r="M100" s="18">
-        <v>20100823</v>
+        <v>20181127</v>
+      </c>
+      <c r="P100" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="W100" s="19" t="s">
+        <v>133</v>
+      </c>
+      <c r="X100" s="19" t="s">
+        <v>60</v>
       </c>
       <c r="Y100" s="34">
-        <v>597378</v>
+        <v>964112</v>
       </c>
       <c r="Z100" s="34">
-        <v>7775722.5</v>
+        <v>33250</v>
       </c>
       <c r="AA100" s="20">
-        <v>949</v>
+        <v>47</v>
       </c>
       <c r="AB100" s="18">
         <v>10</v>
       </c>
     </row>
     <row r="101" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A101" s="17" t="s">
-        <v>1324</v>
+        <v>1327</v>
       </c>
       <c r="B101" s="28">
-        <v>1181106</v>
+        <v>1182910</v>
       </c>
       <c r="C101" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D101" s="28" t="s">
-        <v>1325</v>
+        <v>1328</v>
       </c>
       <c r="E101" s="18" t="s">
-        <v>1326</v>
+        <v>1329</v>
       </c>
       <c r="F101" s="24">
-        <v>36714614.299999997</v>
+        <v>4576195.5999999996</v>
       </c>
       <c r="G101" s="24">
-        <v>141210055</v>
+        <v>11440489</v>
       </c>
       <c r="H101" s="18" t="s">
         <v>51</v>
       </c>
       <c r="J101" s="18" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="K101" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L101" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M101" s="18">
-        <v>20220224</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>20220804</v>
       </c>
       <c r="P101" s="18" t="s">
         <v>60</v>
       </c>
+      <c r="U101" s="18" t="s">
+        <v>60</v>
+      </c>
       <c r="V101" s="18" t="s">
-        <v>54</v>
+        <v>128</v>
       </c>
       <c r="Y101" s="34">
-        <v>22522211</v>
+        <v>2142</v>
       </c>
       <c r="Z101" s="34">
-        <v>3832050.5</v>
+        <v>788.5</v>
       </c>
       <c r="AA101" s="20">
-        <v>2527</v>
+        <v>4</v>
       </c>
       <c r="AB101" s="18">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A102" s="17" t="s">
-        <v>1327</v>
+        <v>1204</v>
       </c>
       <c r="B102" s="28">
-        <v>1181125</v>
+        <v>1125730</v>
       </c>
       <c r="C102" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D102" s="28" t="s">
-        <v>1328</v>
+        <v>1205</v>
       </c>
       <c r="E102" s="18" t="s">
-        <v>1329</v>
+        <v>1206</v>
       </c>
       <c r="F102" s="24">
-        <v>1594919.5649999999</v>
+        <v>4142617.5</v>
       </c>
       <c r="G102" s="24">
-        <v>70885314</v>
+        <v>138087250</v>
       </c>
       <c r="H102" s="18" t="s">
-        <v>132</v>
+        <v>51</v>
       </c>
       <c r="J102" s="18" t="s">
         <v>39</v>
       </c>
       <c r="K102" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L102" s="18" t="s">
-        <v>1030</v>
+        <v>1025</v>
       </c>
       <c r="M102" s="18">
-        <v>20181127</v>
+        <v>20170424</v>
       </c>
       <c r="P102" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="W102" s="19" t="s">
-[...3 lines deleted...]
-        <v>60</v>
+      <c r="V102" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="Y102" s="34">
-        <v>923594</v>
+        <v>14749355</v>
       </c>
       <c r="Z102" s="34">
-        <v>31349</v>
+        <v>488735</v>
       </c>
       <c r="AA102" s="20">
-        <v>40</v>
+        <v>423</v>
       </c>
       <c r="AB102" s="18">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="103" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A103" s="17" t="s">
-        <v>1349</v>
+        <v>1382</v>
       </c>
       <c r="B103" s="28">
-        <v>1182910</v>
+        <v>1185925</v>
       </c>
       <c r="C103" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D103" s="28" t="s">
-        <v>1350</v>
+        <v>1383</v>
       </c>
       <c r="E103" s="18" t="s">
-        <v>1351</v>
+        <v>1384</v>
       </c>
       <c r="F103" s="24">
-        <v>4576195.5999999996</v>
+        <v>3500414.19</v>
       </c>
       <c r="G103" s="24">
-        <v>11440489</v>
+        <v>26926263</v>
       </c>
       <c r="H103" s="18" t="s">
         <v>51</v>
       </c>
       <c r="J103" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K103" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L103" s="18" t="s">
-        <v>1030</v>
+        <v>40</v>
       </c>
       <c r="M103" s="18">
-        <v>20220804</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>20220609</v>
       </c>
       <c r="V103" s="18" t="s">
         <v>128</v>
       </c>
       <c r="Y103" s="34">
-        <v>2142</v>
+        <v>5649273</v>
       </c>
       <c r="Z103" s="34">
-        <v>788.5</v>
+        <v>480144</v>
       </c>
       <c r="AA103" s="20">
-        <v>4</v>
+        <v>727</v>
       </c>
       <c r="AB103" s="18">
-        <v>1</v>
+        <v>11</v>
       </c>
     </row>
     <row r="104" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A104" s="17" t="s">
-        <v>1220</v>
+        <v>1060</v>
       </c>
       <c r="B104" s="28">
-        <v>1125730</v>
+        <v>1023694</v>
       </c>
       <c r="C104" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D104" s="28" t="s">
-        <v>1221</v>
+        <v>1061</v>
       </c>
       <c r="E104" s="18" t="s">
-        <v>1222</v>
+        <v>1062</v>
       </c>
       <c r="F104" s="24">
-        <v>4112617.5</v>
+        <v>25951855</v>
       </c>
       <c r="G104" s="24">
-        <v>137087250</v>
+        <v>51903710</v>
       </c>
       <c r="H104" s="18" t="s">
-        <v>51</v>
+        <v>181</v>
       </c>
       <c r="J104" s="18" t="s">
         <v>39</v>
       </c>
       <c r="K104" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L104" s="18" t="s">
-        <v>1038</v>
+        <v>1010</v>
       </c>
       <c r="M104" s="18">
-        <v>20170424</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>20170331</v>
+      </c>
+      <c r="O104" s="18" t="s">
+        <v>134</v>
       </c>
       <c r="Y104" s="34">
-        <v>14308742</v>
+        <v>38566269</v>
       </c>
       <c r="Z104" s="34">
-        <v>475526</v>
+        <v>1734730.5</v>
       </c>
       <c r="AA104" s="20">
-        <v>412</v>
+        <v>3812</v>
       </c>
       <c r="AB104" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="105" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A105" s="17" t="s">
-        <v>1403</v>
+        <v>1265</v>
       </c>
       <c r="B105" s="28">
-        <v>1185925</v>
+        <v>1168255</v>
       </c>
       <c r="C105" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D105" s="28" t="s">
-        <v>1404</v>
+        <v>1266</v>
       </c>
       <c r="E105" s="18" t="s">
-        <v>1405</v>
+        <v>1267</v>
       </c>
       <c r="F105" s="24">
-        <v>1346313.15</v>
+        <v>3535142.8</v>
       </c>
       <c r="G105" s="24">
-        <v>26926263</v>
+        <v>35351428</v>
       </c>
       <c r="H105" s="18" t="s">
-        <v>51</v>
+        <v>132</v>
       </c>
       <c r="J105" s="18" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="K105" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L105" s="18" t="s">
-        <v>40</v>
+        <v>1017</v>
       </c>
       <c r="M105" s="18">
-        <v>20220609</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>20140828</v>
+      </c>
+      <c r="P105" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="W105" s="19" t="s">
+        <v>133</v>
+      </c>
+      <c r="X105" s="19" t="s">
+        <v>60</v>
       </c>
       <c r="Y105" s="34">
-        <v>3389293</v>
+        <v>3832404</v>
       </c>
       <c r="Z105" s="34">
-        <v>239829.5</v>
+        <v>520563</v>
       </c>
       <c r="AA105" s="20">
-        <v>382</v>
+        <v>280</v>
       </c>
       <c r="AB105" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="106" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A106" s="17" t="s">
-        <v>1073</v>
+        <v>1116</v>
       </c>
       <c r="B106" s="28">
-        <v>1023694</v>
+        <v>1045838</v>
       </c>
       <c r="C106" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D106" s="28" t="s">
-        <v>1074</v>
+        <v>1117</v>
       </c>
       <c r="E106" s="18" t="s">
-        <v>1075</v>
+        <v>1118</v>
       </c>
       <c r="F106" s="24">
-        <v>24913781</v>
+        <v>744534.52500000002</v>
       </c>
       <c r="G106" s="24">
-        <v>622844525</v>
+        <v>49635635</v>
       </c>
       <c r="H106" s="18" t="s">
-        <v>184</v>
+        <v>47</v>
       </c>
       <c r="J106" s="18" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="K106" s="32" t="s">
         <v>38</v>
       </c>
-      <c r="L106" s="18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Y106" s="34">
-        <v>35508993</v>
+        <v>1679012</v>
       </c>
       <c r="Z106" s="34">
-        <v>1437113</v>
+        <v>26895</v>
       </c>
       <c r="AA106" s="20">
-        <v>3117</v>
+        <v>48</v>
       </c>
       <c r="AB106" s="18">
         <v>10</v>
       </c>
     </row>
     <row r="107" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A107" s="17" t="s">
-        <v>1284</v>
+        <v>1361</v>
       </c>
       <c r="B107" s="28">
-        <v>1168255</v>
+        <v>1185015</v>
       </c>
       <c r="C107" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D107" s="28" t="s">
-        <v>1285</v>
+        <v>1415</v>
       </c>
       <c r="E107" s="18" t="s">
-        <v>1286</v>
+        <v>1416</v>
       </c>
       <c r="F107" s="24">
-        <v>4065414.22</v>
+        <v>6960225</v>
       </c>
       <c r="G107" s="24">
-        <v>35351428</v>
+        <v>46401500</v>
       </c>
       <c r="H107" s="18" t="s">
-        <v>132</v>
+        <v>47</v>
       </c>
       <c r="J107" s="18" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="K107" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L107" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M107" s="18">
-        <v>20140828</v>
+        <v>20250526</v>
       </c>
       <c r="P107" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="W107" s="19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Y107" s="34">
-        <v>3438546</v>
+        <v>1199855</v>
       </c>
       <c r="Z107" s="34">
-        <v>481728.5</v>
+        <v>190269</v>
       </c>
       <c r="AA107" s="20">
-        <v>257</v>
+        <v>175</v>
       </c>
       <c r="AB107" s="18">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="108" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A108" s="17" t="s">
-        <v>1132</v>
+        <v>1186</v>
       </c>
       <c r="B108" s="28">
-        <v>1045838</v>
+        <v>1117483</v>
       </c>
       <c r="C108" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D108" s="28" t="s">
-        <v>1133</v>
+        <v>1187</v>
       </c>
       <c r="E108" s="18" t="s">
-        <v>1134</v>
+        <v>1188</v>
       </c>
       <c r="F108" s="24">
-        <v>744534.52500000002</v>
+        <v>2001950</v>
       </c>
       <c r="G108" s="24">
-        <v>49635635</v>
+        <v>40039000</v>
       </c>
       <c r="H108" s="18" t="s">
-        <v>47</v>
+        <v>132</v>
       </c>
       <c r="J108" s="18" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="K108" s="32" t="s">
         <v>38</v>
       </c>
+      <c r="L108" s="18" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M108" s="18">
+        <v>20101027</v>
+      </c>
+      <c r="P108" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="W108" s="19" t="s">
+        <v>219</v>
+      </c>
       <c r="Y108" s="34">
-        <v>1586012</v>
+        <v>152889</v>
       </c>
       <c r="Z108" s="34">
-        <v>25500</v>
+        <v>8334</v>
       </c>
       <c r="AA108" s="20">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="AB108" s="18">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="109" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A109" s="17" t="s">
-        <v>1382</v>
+        <v>1007</v>
       </c>
       <c r="B109" s="28">
-        <v>1185015</v>
+        <v>1184281</v>
       </c>
       <c r="C109" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D109" s="28" t="s">
-        <v>1436</v>
+        <v>1008</v>
       </c>
       <c r="E109" s="18" t="s">
-        <v>1437</v>
+        <v>1009</v>
       </c>
       <c r="F109" s="24">
-        <v>8120262.5</v>
+        <v>106568349.76000001</v>
       </c>
       <c r="G109" s="24">
-        <v>46401500</v>
+        <v>49296322</v>
       </c>
       <c r="H109" s="18" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="J109" s="18" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="K109" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L109" s="18" t="s">
-        <v>1030</v>
+        <v>42</v>
       </c>
       <c r="M109" s="18">
-        <v>20250526</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>20200903</v>
+      </c>
+      <c r="V109" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="Y109" s="34">
-        <v>1042155</v>
+        <v>6603279</v>
       </c>
       <c r="Z109" s="34">
-        <v>165429</v>
+        <v>14097732.5</v>
       </c>
       <c r="AA109" s="20">
-        <v>153</v>
+        <v>6374</v>
       </c>
       <c r="AB109" s="18">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="110" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A110" s="17" t="s">
-        <v>1202</v>
+        <v>1226</v>
       </c>
       <c r="B110" s="28">
-        <v>1117483</v>
+        <v>1141865</v>
       </c>
       <c r="C110" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D110" s="28" t="s">
-        <v>1203</v>
+        <v>1227</v>
       </c>
       <c r="E110" s="18" t="s">
-        <v>1204</v>
+        <v>1228</v>
       </c>
       <c r="F110" s="24">
-        <v>2602535</v>
+        <v>19535190.280000001</v>
       </c>
       <c r="G110" s="24">
-        <v>40039000</v>
+        <v>5487413</v>
       </c>
       <c r="H110" s="18" t="s">
-        <v>132</v>
+        <v>47</v>
       </c>
       <c r="J110" s="18" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="K110" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L110" s="18" t="s">
-        <v>1030</v>
+        <v>42</v>
       </c>
       <c r="M110" s="18">
-        <v>20101027</v>
-[...5 lines deleted...]
-        <v>222</v>
+        <v>20101209</v>
       </c>
       <c r="Y110" s="34">
-        <v>152819</v>
+        <v>56105</v>
       </c>
       <c r="Z110" s="34">
-        <v>8330</v>
+        <v>205559</v>
       </c>
       <c r="AA110" s="20">
-        <v>32</v>
+        <v>73</v>
       </c>
       <c r="AB110" s="18">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="111" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A111" s="17" t="s">
-        <v>1020</v>
+        <v>1177</v>
       </c>
       <c r="B111" s="28">
-        <v>1184281</v>
+        <v>1116771</v>
       </c>
       <c r="C111" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D111" s="28" t="s">
-        <v>1021</v>
+        <v>1178</v>
       </c>
       <c r="E111" s="18" t="s">
-        <v>1022</v>
+        <v>1179</v>
       </c>
       <c r="F111" s="24">
-        <v>103925476.2</v>
+        <v>8808757.2300000004</v>
       </c>
       <c r="G111" s="24">
-        <v>49296322</v>
+        <v>51816219</v>
       </c>
       <c r="H111" s="18" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="J111" s="18" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="K111" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L111" s="18" t="s">
-        <v>42</v>
+        <v>1017</v>
       </c>
       <c r="M111" s="18">
-        <v>20200903</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>20100422</v>
+      </c>
+      <c r="P111" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="Y111" s="34">
-        <v>6146169</v>
+        <v>1954973</v>
       </c>
       <c r="Z111" s="34">
-        <v>13128679</v>
+        <v>486678</v>
       </c>
       <c r="AA111" s="20">
-        <v>5960</v>
+        <v>481</v>
       </c>
       <c r="AB111" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="112" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A112" s="17" t="s">
-        <v>1242</v>
+        <v>1183</v>
       </c>
       <c r="B112" s="28">
-        <v>1141865</v>
+        <v>1117518</v>
       </c>
       <c r="C112" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D112" s="28" t="s">
-        <v>1243</v>
+        <v>1184</v>
       </c>
       <c r="E112" s="18" t="s">
-        <v>1244</v>
+        <v>1185</v>
       </c>
       <c r="F112" s="24">
-        <v>21949652</v>
+        <v>4304499.75</v>
       </c>
       <c r="G112" s="24">
-        <v>5487413</v>
+        <v>47827775</v>
       </c>
       <c r="H112" s="18" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="J112" s="18" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="K112" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L112" s="18" t="s">
-        <v>42</v>
+        <v>1017</v>
       </c>
       <c r="M112" s="18">
-        <v>20101209</v>
+        <v>20081212</v>
+      </c>
+      <c r="P112" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="V112" s="18" t="s">
+        <v>128</v>
       </c>
       <c r="Y112" s="34">
-        <v>53105</v>
+        <v>2410124</v>
       </c>
       <c r="Z112" s="34">
-        <v>194329</v>
+        <v>230277.5</v>
       </c>
       <c r="AA112" s="20">
-        <v>69</v>
+        <v>306</v>
       </c>
       <c r="AB112" s="18">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A113" s="17" t="s">
-        <v>1193</v>
+        <v>1375</v>
       </c>
       <c r="B113" s="28">
-        <v>1116771</v>
+        <v>1185720</v>
       </c>
       <c r="C113" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D113" s="28" t="s">
-        <v>1194</v>
+        <v>1376</v>
       </c>
       <c r="E113" s="18" t="s">
-        <v>1195</v>
+        <v>1377</v>
       </c>
       <c r="F113" s="24">
-        <v>7254270.6600000001</v>
+        <v>12015550</v>
       </c>
       <c r="G113" s="24">
-        <v>51816219</v>
+        <v>12782500</v>
       </c>
       <c r="H113" s="18" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="J113" s="18" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="K113" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L113" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M113" s="18">
-        <v>20100422</v>
+        <v>20231027</v>
       </c>
       <c r="P113" s="18" t="s">
         <v>60</v>
       </c>
+      <c r="V113" s="18" t="s">
+        <v>54</v>
+      </c>
       <c r="Y113" s="34">
-        <v>1707142</v>
+        <v>3403783</v>
       </c>
       <c r="Z113" s="34">
-        <v>445823.5</v>
+        <v>2991551</v>
       </c>
       <c r="AA113" s="20">
-        <v>430</v>
+        <v>1487</v>
       </c>
       <c r="AB113" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="114" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A114" s="17" t="s">
-        <v>1199</v>
+        <v>1344</v>
       </c>
       <c r="B114" s="28">
-        <v>1117518</v>
+        <v>1184885</v>
       </c>
       <c r="C114" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D114" s="28" t="s">
-        <v>1200</v>
+        <v>1345</v>
       </c>
       <c r="E114" s="18" t="s">
-        <v>1201</v>
+        <v>1346</v>
       </c>
       <c r="F114" s="24">
-        <v>4304499.75</v>
+        <v>16170391.859999999</v>
       </c>
       <c r="G114" s="24">
-        <v>47827775</v>
+        <v>115502799</v>
       </c>
       <c r="H114" s="18" t="s">
         <v>51</v>
       </c>
+      <c r="I114" s="18" t="s">
+        <v>158</v>
+      </c>
       <c r="J114" s="18" t="s">
         <v>65</v>
       </c>
       <c r="K114" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L114" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M114" s="18">
-        <v>20081212</v>
+        <v>20231220</v>
       </c>
       <c r="P114" s="18" t="s">
         <v>60</v>
       </c>
+      <c r="R114" s="18" t="s">
+        <v>60</v>
+      </c>
       <c r="V114" s="18" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="Y114" s="34">
-        <v>2186359</v>
+        <v>84609650</v>
       </c>
       <c r="Z114" s="34">
-        <v>210146.5</v>
+        <v>32337947.5</v>
       </c>
       <c r="AA114" s="20">
-        <v>291</v>
+        <v>16666</v>
       </c>
       <c r="AB114" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="115" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A115" s="17" t="s">
-        <v>1396</v>
+        <v>1355</v>
       </c>
       <c r="B115" s="28">
-        <v>1185720</v>
+        <v>1185006</v>
       </c>
       <c r="C115" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D115" s="28" t="s">
-        <v>1397</v>
+        <v>1356</v>
       </c>
       <c r="E115" s="18" t="s">
-        <v>1398</v>
+        <v>1357</v>
       </c>
       <c r="F115" s="24">
-        <v>17000725</v>
+        <v>383879.97</v>
       </c>
       <c r="G115" s="24">
-        <v>12782500</v>
+        <v>12795999</v>
       </c>
       <c r="H115" s="18" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="J115" s="18" t="s">
         <v>65</v>
       </c>
       <c r="K115" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L115" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M115" s="18">
-        <v>20231027</v>
+        <v>20240606</v>
       </c>
       <c r="P115" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="V115" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y115" s="34">
-        <v>2645385</v>
+        <v>706619</v>
       </c>
       <c r="Z115" s="34">
-        <v>2219249.5</v>
+        <v>52191</v>
       </c>
       <c r="AA115" s="20">
-        <v>1146</v>
+        <v>56</v>
       </c>
       <c r="AB115" s="18">
         <v>10</v>
       </c>
     </row>
     <row r="116" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A116" s="17" t="s">
-        <v>1365</v>
+        <v>1119</v>
       </c>
       <c r="B116" s="28">
-        <v>1184885</v>
+        <v>1057714</v>
       </c>
       <c r="C116" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D116" s="28" t="s">
-        <v>1366</v>
+        <v>1120</v>
       </c>
       <c r="E116" s="18" t="s">
-        <v>1367</v>
+        <v>1121</v>
       </c>
       <c r="F116" s="24">
-        <v>26565643.77</v>
+        <v>1017120</v>
       </c>
       <c r="G116" s="24">
-        <v>115502799</v>
+        <v>195600</v>
       </c>
       <c r="H116" s="18" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>58</v>
       </c>
       <c r="J116" s="18" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="K116" s="32" t="s">
         <v>38</v>
       </c>
-      <c r="L116" s="18" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="Y116" s="34">
-        <v>79522153</v>
+        <v>20124</v>
       </c>
       <c r="Z116" s="34">
-        <v>31396022</v>
+        <v>105757.5</v>
       </c>
       <c r="AA116" s="20">
-        <v>15929</v>
+        <v>22</v>
       </c>
       <c r="AB116" s="18">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A117" s="17" t="s">
-        <v>1376</v>
+        <v>1174</v>
       </c>
       <c r="B117" s="28">
-        <v>1185006</v>
+        <v>1115439</v>
       </c>
       <c r="C117" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D117" s="28" t="s">
-        <v>1377</v>
+        <v>1175</v>
       </c>
       <c r="E117" s="18" t="s">
-        <v>1378</v>
+        <v>1176</v>
       </c>
       <c r="F117" s="24">
-        <v>1023679.92</v>
+        <v>33109760.059999999</v>
       </c>
       <c r="G117" s="24">
-        <v>12795999</v>
+        <v>254690462</v>
       </c>
       <c r="H117" s="18" t="s">
         <v>58</v>
       </c>
       <c r="J117" s="18" t="s">
-        <v>65</v>
+        <v>312</v>
       </c>
       <c r="K117" s="32" t="s">
-        <v>38</v>
+        <v>313</v>
       </c>
       <c r="L117" s="18" t="s">
-        <v>1030</v>
+        <v>53</v>
       </c>
       <c r="M117" s="18">
-        <v>20240606</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>20071011</v>
+      </c>
+      <c r="T117" s="18" t="s">
+        <v>312</v>
       </c>
       <c r="Y117" s="34">
-        <v>552256</v>
+        <v>1695904</v>
       </c>
       <c r="Z117" s="34">
-        <v>45456</v>
+        <v>3436894</v>
       </c>
       <c r="AA117" s="20">
-        <v>46</v>
+        <v>2358</v>
       </c>
       <c r="AB117" s="18">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="118" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A118" s="17" t="s">
-        <v>1135</v>
+        <v>1122</v>
       </c>
       <c r="B118" s="28">
-        <v>1057714</v>
+        <v>1023851</v>
       </c>
       <c r="C118" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D118" s="28" t="s">
-        <v>1136</v>
+        <v>1123</v>
       </c>
       <c r="E118" s="18" t="s">
-        <v>1137</v>
+        <v>1124</v>
       </c>
       <c r="F118" s="24">
-        <v>1015164</v>
+        <v>3738831.3450000002</v>
       </c>
       <c r="G118" s="24">
-        <v>195600</v>
+        <v>249255423</v>
       </c>
       <c r="H118" s="18" t="s">
         <v>58</v>
       </c>
       <c r="J118" s="18" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="K118" s="32" t="s">
         <v>38</v>
       </c>
       <c r="Y118" s="34">
-        <v>20124</v>
+        <v>6086162</v>
       </c>
       <c r="Z118" s="34">
-        <v>105757.5</v>
+        <v>99384</v>
       </c>
       <c r="AA118" s="20">
-        <v>22</v>
+        <v>146</v>
       </c>
       <c r="AB118" s="18">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="119" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A119" s="17" t="s">
-        <v>1190</v>
+        <v>1125</v>
       </c>
       <c r="B119" s="28">
-        <v>1115439</v>
+        <v>1023599</v>
       </c>
       <c r="C119" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D119" s="28" t="s">
-        <v>1191</v>
+        <v>1126</v>
       </c>
       <c r="E119" s="18" t="s">
-        <v>1192</v>
+        <v>1127</v>
       </c>
       <c r="F119" s="24">
-        <v>71292161.359999999</v>
+        <v>2454371.1</v>
       </c>
       <c r="G119" s="24">
-        <v>254614862</v>
+        <v>13635395</v>
       </c>
       <c r="H119" s="18" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="J119" s="18" t="s">
-        <v>315</v>
+        <v>39</v>
       </c>
       <c r="K119" s="32" t="s">
-        <v>316</v>
-[...8 lines deleted...]
-        <v>315</v>
+        <v>38</v>
+      </c>
+      <c r="V119" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="Y119" s="34">
-        <v>1420778</v>
+        <v>1544533</v>
       </c>
       <c r="Z119" s="34">
-        <v>3384690</v>
+        <v>293386.5</v>
       </c>
       <c r="AA119" s="20">
-        <v>2242</v>
+        <v>213</v>
       </c>
       <c r="AB119" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="120" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A120" s="17" t="s">
-        <v>1138</v>
+        <v>1247</v>
       </c>
       <c r="B120" s="28">
-        <v>1023851</v>
+        <v>1155991</v>
       </c>
       <c r="C120" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D120" s="28" t="s">
-        <v>1139</v>
+        <v>1248</v>
       </c>
       <c r="E120" s="18" t="s">
-        <v>1140</v>
+        <v>1249</v>
       </c>
       <c r="F120" s="24">
-        <v>3738831.3450000002</v>
+        <v>47121857.880000003</v>
       </c>
       <c r="G120" s="24">
-        <v>249255423</v>
+        <v>18264286</v>
       </c>
       <c r="H120" s="18" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="J120" s="18" t="s">
-        <v>65</v>
+        <v>272</v>
       </c>
       <c r="K120" s="32" t="s">
         <v>38</v>
       </c>
+      <c r="L120" s="18" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M120" s="18">
+        <v>20130722</v>
+      </c>
+      <c r="O120" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="P120" s="18" t="s">
+        <v>60</v>
+      </c>
       <c r="Y120" s="34">
-        <v>6086162</v>
+        <v>2274041</v>
       </c>
       <c r="Z120" s="34">
-        <v>99384</v>
+        <v>5666354</v>
       </c>
       <c r="AA120" s="20">
-        <v>146</v>
+        <v>2172</v>
       </c>
       <c r="AB120" s="18">
-        <v>2</v>
+        <v>11</v>
       </c>
     </row>
     <row r="121" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A121" s="17" t="s">
-        <v>1141</v>
+        <v>1198</v>
       </c>
       <c r="B121" s="28">
-        <v>1023599</v>
+        <v>1126275</v>
       </c>
       <c r="C121" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D121" s="28" t="s">
-        <v>1142</v>
+        <v>1199</v>
       </c>
       <c r="E121" s="18" t="s">
-        <v>1143</v>
+        <v>1200</v>
       </c>
       <c r="F121" s="24">
-        <v>2522548.0750000002</v>
+        <v>26992115.324999999</v>
       </c>
       <c r="G121" s="24">
-        <v>13635395</v>
+        <v>199941595</v>
       </c>
       <c r="H121" s="18" t="s">
-        <v>51</v>
+        <v>47</v>
+      </c>
+      <c r="I121" s="18" t="s">
+        <v>73</v>
       </c>
       <c r="J121" s="18" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="K121" s="32" t="s">
         <v>38</v>
       </c>
-      <c r="V121" s="18" t="s">
-        <v>54</v>
+      <c r="L121" s="18" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M121" s="18">
+        <v>20110921</v>
+      </c>
+      <c r="P121" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="Y121" s="34">
-        <v>1460963</v>
+        <v>13602488</v>
       </c>
       <c r="Z121" s="34">
-        <v>278200.5</v>
+        <v>1994637.5</v>
       </c>
       <c r="AA121" s="20">
-        <v>200</v>
+        <v>1411</v>
       </c>
       <c r="AB121" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="122" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A122" s="17" t="s">
-        <v>1263</v>
+        <v>1340</v>
       </c>
       <c r="B122" s="28">
-        <v>1155991</v>
+        <v>1184760</v>
       </c>
       <c r="C122" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D122" s="28" t="s">
-        <v>1264</v>
+        <v>1341</v>
       </c>
       <c r="E122" s="18" t="s">
-        <v>1265</v>
+        <v>1342</v>
       </c>
       <c r="F122" s="24">
-        <v>49315462.200000003</v>
+        <v>810409.34</v>
       </c>
       <c r="G122" s="24">
-        <v>18264986</v>
+        <v>3143436</v>
       </c>
       <c r="H122" s="18" t="s">
-        <v>47</v>
+        <v>132</v>
       </c>
       <c r="J122" s="18" t="s">
-        <v>275</v>
+        <v>39</v>
       </c>
       <c r="K122" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L122" s="18" t="s">
-        <v>1030</v>
+        <v>40</v>
       </c>
       <c r="M122" s="18">
-        <v>20130722</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>20210331</v>
+      </c>
+      <c r="W122" s="19" t="s">
+        <v>245</v>
       </c>
       <c r="Y122" s="34">
-        <v>1969326</v>
+        <v>1707326</v>
       </c>
       <c r="Z122" s="34">
-        <v>4870057.5</v>
+        <v>519940</v>
       </c>
       <c r="AA122" s="20">
-        <v>2012</v>
+        <v>561</v>
       </c>
       <c r="AB122" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="123" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A123" s="17" t="s">
-        <v>1214</v>
+        <v>1372</v>
       </c>
       <c r="B123" s="28">
-        <v>1126275</v>
+        <v>1185915</v>
       </c>
       <c r="C123" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D123" s="28" t="s">
-        <v>1215</v>
+        <v>1373</v>
       </c>
       <c r="E123" s="18" t="s">
-        <v>1216</v>
+        <v>1374</v>
       </c>
       <c r="F123" s="24">
-        <v>26992115.324999999</v>
+        <v>453225.02</v>
       </c>
       <c r="G123" s="24">
-        <v>199941595</v>
+        <v>4344765</v>
       </c>
       <c r="H123" s="18" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>132</v>
       </c>
       <c r="J123" s="18" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="K123" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L123" s="18" t="s">
-        <v>1030</v>
+        <v>40</v>
       </c>
       <c r="M123" s="18">
-        <v>20110921</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>20211115</v>
+      </c>
+      <c r="W123" s="19" t="s">
+        <v>245</v>
       </c>
       <c r="Y123" s="34">
-        <v>12449928</v>
+        <v>915435</v>
       </c>
       <c r="Z123" s="34">
-        <v>1840976.5</v>
+        <v>345484</v>
       </c>
       <c r="AA123" s="20">
-        <v>1224</v>
+        <v>413</v>
       </c>
       <c r="AB123" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="124" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A124" s="17" t="s">
-        <v>1362</v>
+        <v>1128</v>
       </c>
       <c r="B124" s="28">
-        <v>1184760</v>
+        <v>820649</v>
       </c>
       <c r="C124" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D124" s="28" t="s">
-        <v>1363</v>
+        <v>1129</v>
       </c>
       <c r="E124" s="18" t="s">
-        <v>1364</v>
+        <v>1130</v>
       </c>
       <c r="F124" s="24">
-        <v>438542.20500000002</v>
+        <v>2278507</v>
       </c>
       <c r="G124" s="24">
-        <v>3119381</v>
+        <v>9114028</v>
       </c>
       <c r="H124" s="18" t="s">
-        <v>132</v>
+        <v>58</v>
       </c>
       <c r="J124" s="18" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="K124" s="32" t="s">
         <v>38</v>
       </c>
-      <c r="L124" s="18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Y124" s="34">
-        <v>1233568</v>
+        <v>88355</v>
       </c>
       <c r="Z124" s="34">
-        <v>408240.5</v>
+        <v>23122</v>
       </c>
       <c r="AA124" s="20">
-        <v>484</v>
+        <v>19</v>
       </c>
       <c r="AB124" s="18">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="125" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A125" s="17" t="s">
         <v>1393</v>
       </c>
       <c r="B125" s="28">
-        <v>1185915</v>
+        <v>1187530</v>
       </c>
       <c r="C125" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D125" s="28" t="s">
         <v>1394</v>
       </c>
       <c r="E125" s="18" t="s">
         <v>1395</v>
       </c>
       <c r="F125" s="24">
-        <v>463597.76</v>
+        <v>143221806</v>
       </c>
       <c r="G125" s="24">
-        <v>4517151</v>
+        <v>11017062</v>
       </c>
       <c r="H125" s="18" t="s">
-        <v>132</v>
+        <v>51</v>
       </c>
       <c r="J125" s="18" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="K125" s="32" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="L125" s="18" t="s">
         <v>40</v>
       </c>
       <c r="M125" s="18">
-        <v>20211115</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>20231030</v>
+      </c>
+      <c r="O125" s="18" t="s">
+        <v>134</v>
+      </c>
+      <c r="S125" s="18" t="s">
+        <v>1396</v>
+      </c>
+      <c r="V125" s="18" t="s">
+        <v>128</v>
       </c>
       <c r="Y125" s="34">
-        <v>701352</v>
+        <v>142061</v>
       </c>
       <c r="Z125" s="34">
-        <v>323264</v>
+        <v>1755555</v>
       </c>
       <c r="AA125" s="20">
-        <v>354</v>
+        <v>558</v>
       </c>
       <c r="AB125" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="126" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A126" s="17" t="s">
-        <v>1144</v>
+        <v>1358</v>
       </c>
       <c r="B126" s="28">
-        <v>820649</v>
+        <v>1185075</v>
       </c>
       <c r="C126" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D126" s="28" t="s">
-        <v>1145</v>
+        <v>1359</v>
       </c>
       <c r="E126" s="18" t="s">
-        <v>1146</v>
+        <v>1360</v>
       </c>
       <c r="F126" s="24">
-        <v>2187366.7200000002</v>
+        <v>6033910</v>
       </c>
       <c r="G126" s="24">
-        <v>9114028</v>
+        <v>60339100</v>
       </c>
       <c r="H126" s="18" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="J126" s="18" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="K126" s="32" t="s">
         <v>38</v>
       </c>
+      <c r="L126" s="18" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M126" s="18">
+        <v>20240501</v>
+      </c>
+      <c r="P126" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="V126" s="18" t="s">
+        <v>128</v>
+      </c>
       <c r="Y126" s="34">
-        <v>75855</v>
+        <v>1032131</v>
       </c>
       <c r="Z126" s="34">
-        <v>19997</v>
+        <v>125655.5</v>
       </c>
       <c r="AA126" s="20">
-        <v>18</v>
+        <v>170</v>
       </c>
       <c r="AB126" s="18">
-        <v>7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="127" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A127" s="17" t="s">
-        <v>1414</v>
+        <v>1094</v>
       </c>
       <c r="B127" s="28">
-        <v>1187530</v>
+        <v>30405</v>
       </c>
       <c r="C127" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D127" s="28" t="s">
-        <v>1415</v>
+        <v>1095</v>
       </c>
       <c r="E127" s="18" t="s">
-        <v>1416</v>
+        <v>1096</v>
       </c>
       <c r="F127" s="24">
-        <v>120176970.76000001</v>
+        <v>75722483.760000005</v>
       </c>
       <c r="G127" s="24">
-        <v>10846297</v>
+        <v>49170444</v>
       </c>
       <c r="H127" s="18" t="s">
-        <v>51</v>
+        <v>181</v>
       </c>
       <c r="J127" s="18" t="s">
-        <v>99</v>
+        <v>52</v>
       </c>
       <c r="K127" s="32" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="L127" s="18" t="s">
-        <v>40</v>
+        <v>1032</v>
       </c>
       <c r="M127" s="18">
-        <v>20231030</v>
+        <v>20181102</v>
       </c>
       <c r="O127" s="18" t="s">
-        <v>134</v>
-[...5 lines deleted...]
-        <v>128</v>
+        <v>75</v>
       </c>
       <c r="Y127" s="34">
-        <v>133511</v>
+        <v>8287114</v>
       </c>
       <c r="Z127" s="34">
-        <v>1645722</v>
+        <v>12420928</v>
       </c>
       <c r="AA127" s="20">
-        <v>528</v>
+        <v>6279</v>
       </c>
       <c r="AB127" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="128" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A128" s="17" t="s">
-        <v>1379</v>
+        <v>1135</v>
       </c>
       <c r="B128" s="28">
-        <v>1185075</v>
+        <v>39935</v>
       </c>
       <c r="C128" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D128" s="28" t="s">
-        <v>1380</v>
+        <v>1136</v>
       </c>
       <c r="E128" s="18" t="s">
-        <v>1381</v>
+        <v>1137</v>
       </c>
       <c r="F128" s="24">
-        <v>7240692</v>
+        <v>14243253.960000001</v>
       </c>
       <c r="G128" s="24">
-        <v>60339100</v>
+        <v>27390873</v>
       </c>
       <c r="H128" s="18" t="s">
-        <v>51</v>
+        <v>47</v>
+      </c>
+      <c r="I128" s="18" t="s">
+        <v>73</v>
       </c>
       <c r="J128" s="18" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="K128" s="32" t="s">
         <v>38</v>
       </c>
-      <c r="L128" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M128" s="18">
-        <v>20240501</v>
-[...5 lines deleted...]
-        <v>128</v>
+        <v>20020702</v>
       </c>
       <c r="Y128" s="34">
-        <v>973131</v>
+        <v>5063165</v>
       </c>
       <c r="Z128" s="34">
-        <v>119972.5</v>
+        <v>3031782.5</v>
       </c>
       <c r="AA128" s="20">
-        <v>154</v>
+        <v>1154</v>
       </c>
       <c r="AB128" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="129" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A129" s="17" t="s">
-        <v>1107</v>
+        <v>1286</v>
       </c>
       <c r="B129" s="28">
-        <v>30405</v>
+        <v>1177740</v>
       </c>
       <c r="C129" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D129" s="28" t="s">
-        <v>1108</v>
+        <v>1287</v>
       </c>
       <c r="E129" s="18" t="s">
-        <v>1109</v>
+        <v>1288</v>
       </c>
       <c r="F129" s="24">
-        <v>56546010.600000001</v>
+        <v>263062427.09999999</v>
       </c>
       <c r="G129" s="24">
-        <v>49170444</v>
+        <v>138453909</v>
       </c>
       <c r="H129" s="18" t="s">
-        <v>184</v>
+        <v>47</v>
+      </c>
+      <c r="I129" s="18" t="s">
+        <v>73</v>
       </c>
       <c r="J129" s="18" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="K129" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L129" s="18" t="s">
-        <v>1045</v>
+        <v>53</v>
       </c>
       <c r="M129" s="18">
-        <v>20181102</v>
+        <v>20160708</v>
       </c>
       <c r="O129" s="18" t="s">
         <v>75</v>
       </c>
+      <c r="Q129" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="R129" s="18" t="s">
+        <v>60</v>
+      </c>
       <c r="Y129" s="34">
-        <v>7265934</v>
+        <v>33160375</v>
       </c>
       <c r="Z129" s="34">
-        <v>10980660.5</v>
+        <v>50497103</v>
       </c>
       <c r="AA129" s="20">
-        <v>5566</v>
+        <v>14110</v>
       </c>
       <c r="AB129" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="130" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A130" s="17" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="B130" s="28">
-        <v>39935</v>
+        <v>42383</v>
       </c>
       <c r="C130" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D130" s="28" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="E130" s="18" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="F130" s="24">
-        <v>14838861.42</v>
+        <v>22092329.920000002</v>
       </c>
       <c r="G130" s="24">
-        <v>27479373</v>
+        <v>38090224</v>
       </c>
       <c r="H130" s="18" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="J130" s="18" t="s">
-        <v>65</v>
+        <v>142</v>
       </c>
       <c r="K130" s="32" t="s">
         <v>38</v>
       </c>
+      <c r="L130" s="18" t="s">
+        <v>1021</v>
+      </c>
       <c r="M130" s="18">
-        <v>20020702</v>
+        <v>20170206</v>
       </c>
       <c r="Y130" s="34">
-        <v>4656887</v>
+        <v>2249345</v>
       </c>
       <c r="Z130" s="34">
-        <v>2824337</v>
+        <v>1390612.5</v>
       </c>
       <c r="AA130" s="20">
-        <v>1052</v>
+        <v>657</v>
       </c>
       <c r="AB130" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="131" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A131" s="17" t="s">
-        <v>1305</v>
+        <v>1320</v>
       </c>
       <c r="B131" s="28">
-        <v>1177740</v>
+        <v>1182371</v>
       </c>
       <c r="C131" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D131" s="28" t="s">
-        <v>1306</v>
+        <v>1417</v>
       </c>
       <c r="E131" s="18" t="s">
-        <v>1307</v>
+        <v>1418</v>
       </c>
       <c r="F131" s="24">
-        <v>261677888.00999999</v>
+        <v>169234779.21000001</v>
       </c>
       <c r="G131" s="24">
-        <v>138453909</v>
+        <v>107792853</v>
       </c>
       <c r="H131" s="18" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="I131" s="18" t="s">
-        <v>73</v>
+        <v>158</v>
       </c>
       <c r="J131" s="18" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="K131" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L131" s="18" t="s">
-        <v>53</v>
+        <v>1017</v>
       </c>
       <c r="M131" s="18">
-        <v>20160708</v>
+        <v>20201210</v>
       </c>
       <c r="O131" s="18" t="s">
         <v>75</v>
       </c>
-      <c r="Q131" s="18" t="s">
+      <c r="P131" s="18" t="s">
         <v>60</v>
       </c>
       <c r="R131" s="18" t="s">
         <v>60</v>
       </c>
+      <c r="V131" s="18" t="s">
+        <v>54</v>
+      </c>
       <c r="Y131" s="34">
-        <v>31540998</v>
+        <v>83874266</v>
       </c>
       <c r="Z131" s="34">
-        <v>47419507.5</v>
+        <v>87854134.5</v>
       </c>
       <c r="AA131" s="20">
-        <v>13226</v>
+        <v>26567</v>
       </c>
       <c r="AB131" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="132" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A132" s="17" t="s">
-        <v>1169</v>
+        <v>1141</v>
       </c>
       <c r="B132" s="28">
-        <v>42383</v>
+        <v>1050964</v>
       </c>
       <c r="C132" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D132" s="28" t="s">
-        <v>1170</v>
+        <v>1142</v>
       </c>
       <c r="E132" s="18" t="s">
-        <v>1171</v>
+        <v>1143</v>
       </c>
       <c r="F132" s="24">
-        <v>23235036.640000001</v>
+        <v>21955220.280000001</v>
       </c>
       <c r="G132" s="24">
-        <v>38090224</v>
+        <v>34849556</v>
       </c>
       <c r="H132" s="18" t="s">
-        <v>58</v>
+        <v>181</v>
       </c>
       <c r="J132" s="18" t="s">
-        <v>145</v>
+        <v>52</v>
       </c>
       <c r="K132" s="32" t="s">
         <v>38</v>
       </c>
-      <c r="L132" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Y132" s="34">
-        <v>2022973</v>
+        <v>3737476</v>
       </c>
       <c r="Z132" s="34">
-        <v>1255609.5</v>
+        <v>1606101</v>
       </c>
       <c r="AA132" s="20">
-        <v>613</v>
+        <v>792</v>
       </c>
       <c r="AB132" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="133" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A133" s="17" t="s">
-        <v>1342</v>
+        <v>1369</v>
       </c>
       <c r="B133" s="28">
-        <v>1182371</v>
+        <v>1185565</v>
       </c>
       <c r="C133" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D133" s="28" t="s">
-        <v>1438</v>
+        <v>1370</v>
       </c>
       <c r="E133" s="18" t="s">
-        <v>1439</v>
+        <v>1371</v>
       </c>
       <c r="F133" s="24">
-        <v>90545996.519999996</v>
+        <v>4180516.68</v>
       </c>
       <c r="G133" s="24">
-        <v>107792853</v>
+        <v>104512917</v>
       </c>
       <c r="H133" s="18" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>47</v>
       </c>
       <c r="J133" s="18" t="s">
         <v>39</v>
       </c>
       <c r="K133" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L133" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M133" s="18">
-        <v>20201210</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>20240326</v>
       </c>
       <c r="P133" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="R133" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Y133" s="34">
-        <v>63386195</v>
+        <v>4385490</v>
       </c>
       <c r="Z133" s="34">
-        <v>57718871.5</v>
+        <v>230505</v>
       </c>
       <c r="AA133" s="20">
-        <v>21922</v>
+        <v>296</v>
       </c>
       <c r="AB133" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="134" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A134" s="17" t="s">
-        <v>1157</v>
+        <v>1144</v>
       </c>
       <c r="B134" s="28">
-        <v>1050964</v>
+        <v>1023265</v>
       </c>
       <c r="C134" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D134" s="28" t="s">
-        <v>1158</v>
+        <v>1145</v>
       </c>
       <c r="E134" s="18" t="s">
-        <v>1159</v>
+        <v>1146</v>
       </c>
       <c r="F134" s="24">
-        <v>19864246.920000002</v>
+        <v>46277823.780000001</v>
       </c>
       <c r="G134" s="24">
-        <v>34849556</v>
+        <v>53811423</v>
       </c>
       <c r="H134" s="18" t="s">
-        <v>184</v>
+        <v>132</v>
       </c>
       <c r="J134" s="18" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="K134" s="32" t="s">
         <v>38</v>
       </c>
+      <c r="W134" s="19" t="s">
+        <v>185</v>
+      </c>
       <c r="Y134" s="34">
-        <v>3575726</v>
+        <v>407505</v>
       </c>
       <c r="Z134" s="34">
-        <v>1512577.5</v>
+        <v>333251</v>
       </c>
       <c r="AA134" s="20">
-        <v>732</v>
+        <v>311</v>
       </c>
       <c r="AB134" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="135" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A135" s="17" t="s">
-        <v>1390</v>
+        <v>1274</v>
       </c>
       <c r="B135" s="28">
-        <v>1185565</v>
+        <v>1172465</v>
       </c>
       <c r="C135" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D135" s="28" t="s">
-        <v>1391</v>
+        <v>1275</v>
       </c>
       <c r="E135" s="18" t="s">
-        <v>1392</v>
+        <v>1276</v>
       </c>
       <c r="F135" s="24">
-        <v>5225645.8499999996</v>
+        <v>17924302.399999999</v>
       </c>
       <c r="G135" s="24">
-        <v>104512917</v>
+        <v>112026890</v>
       </c>
       <c r="H135" s="18" t="s">
         <v>47</v>
       </c>
+      <c r="I135" s="18" t="s">
+        <v>73</v>
+      </c>
       <c r="J135" s="18" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="K135" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L135" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M135" s="18">
-        <v>20240326</v>
+        <v>20171018</v>
       </c>
       <c r="P135" s="18" t="s">
         <v>60</v>
       </c>
       <c r="Y135" s="34">
-        <v>3569376</v>
+        <v>5075100</v>
       </c>
       <c r="Z135" s="34">
-        <v>199995</v>
+        <v>1205997.5</v>
       </c>
       <c r="AA135" s="20">
-        <v>276</v>
+        <v>862</v>
       </c>
       <c r="AB135" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="136" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A136" s="17" t="s">
-        <v>1160</v>
+        <v>1253</v>
       </c>
       <c r="B136" s="28">
-        <v>1023265</v>
+        <v>1160695</v>
       </c>
       <c r="C136" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D136" s="28" t="s">
-        <v>1161</v>
+        <v>1254</v>
       </c>
       <c r="E136" s="18" t="s">
-        <v>1162</v>
+        <v>1255</v>
       </c>
       <c r="F136" s="24">
-        <v>43587252.630000003</v>
+        <v>754908930</v>
       </c>
       <c r="G136" s="24">
-        <v>53811423</v>
+        <v>33551508</v>
       </c>
       <c r="H136" s="18" t="s">
-        <v>132</v>
+        <v>58</v>
       </c>
       <c r="J136" s="18" t="s">
         <v>39</v>
       </c>
       <c r="K136" s="32" t="s">
         <v>38</v>
       </c>
-      <c r="W136" s="19" t="s">
-        <v>188</v>
+      <c r="L136" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="M136" s="18">
+        <v>20130109</v>
       </c>
       <c r="Y136" s="34">
-        <v>334503</v>
+        <v>3560868</v>
       </c>
       <c r="Z136" s="34">
-        <v>272238</v>
+        <v>104600722.5</v>
       </c>
       <c r="AA136" s="20">
-        <v>234</v>
+        <v>11080</v>
       </c>
       <c r="AB136" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="137" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A137" s="17" t="s">
-        <v>1293</v>
+        <v>1147</v>
       </c>
       <c r="B137" s="28">
-        <v>1172465</v>
+        <v>41339</v>
       </c>
       <c r="C137" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D137" s="28" t="s">
-        <v>1294</v>
+        <v>1148</v>
       </c>
       <c r="E137" s="18" t="s">
-        <v>1295</v>
+        <v>1149</v>
       </c>
       <c r="F137" s="24">
-        <v>26326319.149999999</v>
+        <v>6234515</v>
       </c>
       <c r="G137" s="24">
-        <v>112026890</v>
+        <v>35625800</v>
       </c>
       <c r="H137" s="18" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="I137" s="18" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="J137" s="18" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="K137" s="32" t="s">
         <v>38</v>
       </c>
-      <c r="L137" s="18" t="s">
-[...6 lines deleted...]
-        <v>60</v>
+      <c r="V137" s="18" t="s">
+        <v>128</v>
       </c>
       <c r="Y137" s="34">
-        <v>4053195</v>
+        <v>1755675</v>
       </c>
       <c r="Z137" s="34">
-        <v>1008430.5</v>
+        <v>279095</v>
       </c>
       <c r="AA137" s="20">
-        <v>714</v>
+        <v>451</v>
       </c>
       <c r="AB137" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="138" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A138" s="17" t="s">
-        <v>1272</v>
+        <v>1280</v>
       </c>
       <c r="B138" s="28">
-        <v>1160695</v>
+        <v>1176495</v>
       </c>
       <c r="C138" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D138" s="28" t="s">
-        <v>1273</v>
+        <v>1281</v>
       </c>
       <c r="E138" s="18" t="s">
-        <v>1274</v>
+        <v>1282</v>
       </c>
       <c r="F138" s="24">
-        <v>842142850.79999995</v>
+        <v>95310630</v>
       </c>
       <c r="G138" s="24">
-        <v>33551508</v>
+        <v>158851050</v>
       </c>
       <c r="H138" s="18" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="J138" s="18" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="K138" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L138" s="18" t="s">
-        <v>42</v>
+        <v>1017</v>
       </c>
       <c r="M138" s="18">
-        <v>20130109</v>
+        <v>20161220</v>
+      </c>
+      <c r="P138" s="18" t="s">
+        <v>60</v>
       </c>
       <c r="Y138" s="34">
-        <v>3150617</v>
+        <v>11058860</v>
       </c>
       <c r="Z138" s="34">
-        <v>95094849</v>
+        <v>6675985</v>
       </c>
       <c r="AA138" s="20">
-        <v>9784</v>
+        <v>2409</v>
       </c>
       <c r="AB138" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="139" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A139" s="17" t="s">
-        <v>1163</v>
+        <v>1150</v>
       </c>
       <c r="B139" s="28">
-        <v>41339</v>
+        <v>1019560</v>
       </c>
       <c r="C139" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D139" s="28" t="s">
-        <v>1164</v>
+        <v>1151</v>
       </c>
       <c r="E139" s="18" t="s">
-        <v>1165</v>
+        <v>1152</v>
       </c>
       <c r="F139" s="24">
-        <v>6768902</v>
+        <v>4206969.28</v>
       </c>
       <c r="G139" s="24">
-        <v>35625800</v>
+        <v>26293558</v>
       </c>
       <c r="H139" s="18" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="J139" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K139" s="32" t="s">
         <v>38</v>
       </c>
-      <c r="V139" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y139" s="34">
-        <v>1336715</v>
+        <v>358290</v>
       </c>
       <c r="Z139" s="34">
-        <v>196959.5</v>
+        <v>66125</v>
       </c>
       <c r="AA139" s="20">
-        <v>378</v>
+        <v>69</v>
       </c>
       <c r="AB139" s="18">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="140" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A140" s="17" t="s">
-        <v>1299</v>
+        <v>1308</v>
       </c>
       <c r="B140" s="28">
-        <v>1176495</v>
+        <v>1180951</v>
       </c>
       <c r="C140" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D140" s="28" t="s">
-        <v>1300</v>
+        <v>1309</v>
       </c>
       <c r="E140" s="18" t="s">
-        <v>1301</v>
+        <v>1310</v>
       </c>
       <c r="F140" s="24">
-        <v>98487651</v>
+        <v>500918.84499999997</v>
       </c>
       <c r="G140" s="24">
-        <v>158851050</v>
+        <v>100183769</v>
       </c>
       <c r="H140" s="18" t="s">
         <v>47</v>
       </c>
       <c r="J140" s="18" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="K140" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L140" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M140" s="18">
-        <v>20161220</v>
+        <v>20210520</v>
       </c>
       <c r="P140" s="18" t="s">
         <v>60</v>
       </c>
       <c r="Y140" s="34">
-        <v>10846871</v>
+        <v>9518718</v>
       </c>
       <c r="Z140" s="34">
-        <v>6545424</v>
+        <v>53658.5</v>
       </c>
       <c r="AA140" s="20">
-        <v>2308</v>
+        <v>473</v>
       </c>
       <c r="AB140" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="141" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A141" s="17" t="s">
-        <v>1166</v>
+        <v>1292</v>
       </c>
       <c r="B141" s="28">
-        <v>1019560</v>
+        <v>1177080</v>
       </c>
       <c r="C141" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D141" s="28" t="s">
-        <v>1167</v>
+        <v>1293</v>
       </c>
       <c r="E141" s="18" t="s">
-        <v>1168</v>
+        <v>1294</v>
       </c>
       <c r="F141" s="24">
-        <v>4469904.8600000003</v>
+        <v>18583632.210000001</v>
       </c>
       <c r="G141" s="24">
-        <v>26293558</v>
+        <v>112628074</v>
       </c>
       <c r="H141" s="18" t="s">
-        <v>58</v>
+        <v>132</v>
       </c>
       <c r="J141" s="18" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="K141" s="32" t="s">
         <v>38</v>
       </c>
+      <c r="L141" s="18" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M141" s="18">
+        <v>20201120</v>
+      </c>
+      <c r="P141" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="W141" s="19" t="s">
+        <v>219</v>
+      </c>
       <c r="Y141" s="34">
-        <v>355275</v>
+        <v>2244734</v>
       </c>
       <c r="Z141" s="34">
-        <v>65642</v>
+        <v>435540.5</v>
       </c>
       <c r="AA141" s="20">
-        <v>63</v>
+        <v>962</v>
       </c>
       <c r="AB141" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="142" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A142" s="17" t="s">
-        <v>1330</v>
+        <v>1039</v>
       </c>
       <c r="B142" s="28">
-        <v>1180951</v>
+        <v>1087951</v>
       </c>
       <c r="C142" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D142" s="28" t="s">
-        <v>1331</v>
+        <v>1040</v>
       </c>
       <c r="E142" s="18" t="s">
-        <v>1332</v>
+        <v>1041</v>
       </c>
       <c r="F142" s="24">
-        <v>500918.84499999997</v>
+        <v>633416382</v>
       </c>
       <c r="G142" s="24">
-        <v>100183769</v>
+        <v>105569397</v>
       </c>
       <c r="H142" s="18" t="s">
         <v>47</v>
       </c>
+      <c r="I142" s="18" t="s">
+        <v>73</v>
+      </c>
       <c r="J142" s="18" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="K142" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L142" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M142" s="18">
-        <v>20210520</v>
+        <v>20050706</v>
       </c>
       <c r="P142" s="18" t="s">
         <v>60</v>
       </c>
+      <c r="Q142" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="R142" s="18" t="s">
+        <v>60</v>
+      </c>
       <c r="Y142" s="34">
-        <v>8828130</v>
+        <v>66194898</v>
       </c>
       <c r="Z142" s="34">
-        <v>49959.5</v>
+        <v>314272353</v>
       </c>
       <c r="AA142" s="20">
-        <v>378</v>
+        <v>89492</v>
       </c>
       <c r="AB142" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="143" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A143" s="17" t="s">
-        <v>1311</v>
+        <v>1162</v>
       </c>
       <c r="B143" s="28">
-        <v>1177080</v>
+        <v>1110533</v>
       </c>
       <c r="C143" s="23" t="s">
         <v>43</v>
       </c>
       <c r="D143" s="28" t="s">
-        <v>1312</v>
+        <v>1163</v>
       </c>
       <c r="E143" s="18" t="s">
-        <v>1313</v>
+        <v>1164</v>
       </c>
       <c r="F143" s="24">
-        <v>17458668.969999999</v>
+        <v>7609578</v>
       </c>
       <c r="G143" s="24">
-        <v>112636574</v>
+        <v>12682630</v>
       </c>
       <c r="H143" s="18" t="s">
-        <v>132</v>
+        <v>58</v>
       </c>
       <c r="J143" s="18" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="K143" s="32" t="s">
         <v>38</v>
       </c>
       <c r="L143" s="18" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="M143" s="18">
-        <v>20201120</v>
+        <v>20080811</v>
       </c>
       <c r="P143" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="W143" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y143" s="34">
-        <v>2119120</v>
+        <v>7706564</v>
       </c>
       <c r="Z143" s="34">
-        <v>414369</v>
+        <v>1066116.5</v>
       </c>
       <c r="AA143" s="20">
-        <v>912</v>
+        <v>812</v>
       </c>
       <c r="AB143" s="18">
-        <v>10</v>
-[...114 lines deleted...]
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A10:AB145" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
+  <autoFilter ref="A10:AB143" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>TSX DI Issuers October 2025</vt:lpstr>
-      <vt:lpstr>TSXV DI Issuers October 2025</vt:lpstr>
+      <vt:lpstr>TSX DI Issuers November 2025</vt:lpstr>
+      <vt:lpstr>TSXV DI Issuers November 2025</vt:lpstr>
       <vt:lpstr>TSX_2012</vt:lpstr>
       <vt:lpstr>TSXV_2012</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>TSX Group Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>TSX Group Inc.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="{A44787D4-0540-4523-9961-78E4036D8C6D}">
     <vt:lpwstr>{F923EDEE-0537-42CE-BA9F-51E936965D43}</vt:lpwstr>