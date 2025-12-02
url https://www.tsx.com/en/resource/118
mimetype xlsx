--- v0 (2025-10-10)
+++ v1 (2025-12-02)
@@ -1,136 +1,134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2025\08_August 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2025\10_October 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{36A7441C-CCDC-4E96-B169-6B73FA8A1C69}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7A7C7BB4-CC0F-4E5B-859D-BC4BF622479B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="_CIQHiddenCacheSheet" sheetId="14" state="veryHidden" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="TSXV LS Issuers August 2025" sheetId="2" r:id="rId3"/>
+    <sheet name="TSX LS Issuers October 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="TSXV LS Issuers October 2025" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'TSX LS Issuers August 2025'!$A$10:$Z$51</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'TSXV LS Issuers August 2025'!$A$10:$Y$83</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'TSX LS Issuers October 2025'!$A$10:$Z$50</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'TSXV LS Issuers October 2025'!$A$10:$Y$83</definedName>
     <definedName name="CIQWBGuid" hidden="1">"5a656fc2-e634-467d-ae07-9931c0de23ac"</definedName>
     <definedName name="IQ_ADDIN" hidden="1">"AUTO"</definedName>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_DNTM" hidden="1">700000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
     <definedName name="IQ_LTMMONTH" hidden="1">120000</definedName>
     <definedName name="IQ_MONTH">15000</definedName>
     <definedName name="IQ_MTD" hidden="1">800000</definedName>
     <definedName name="IQ_NAMES_REVISION_DATE_" hidden="1">45719.8028125</definedName>
     <definedName name="IQ_NTM">6000</definedName>
     <definedName name="IQ_QTD" hidden="1">750000</definedName>
     <definedName name="IQ_TODAY" hidden="1">0</definedName>
     <definedName name="IQ_WEEK">50000</definedName>
     <definedName name="IQ_YTD">3000</definedName>
     <definedName name="IQ_YTDMONTH" hidden="1">130000</definedName>
-    <definedName name="TSX_2012">'TSX LS Issuers August 2025'!$B$10:$Z$10</definedName>
-    <definedName name="TSXV_2012">'TSXV LS Issuers August 2025'!$10:$10</definedName>
+    <definedName name="TSX_2012">'TSX LS Issuers October 2025'!$B$10:$Z$10</definedName>
+    <definedName name="TSXV_2012">'TSXV LS Issuers October 2025'!$10:$10</definedName>
   </definedNames>
   <calcPr calcId="191029" iterateDelta="9.9999999999994451E-4"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D8" i="2" l="1"/>
   <c r="F8" i="2"/>
   <c r="C8" i="1"/>
   <c r="E8" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1251" uniqueCount="453">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1239" uniqueCount="446">
   <si>
     <t>Exchange</t>
   </si>
   <si>
     <t>Life Sciences Sub-Sector</t>
   </si>
   <si>
     <t xml:space="preserve">and we are not responsible for any errors or omissions in or your use of, or reliance on, the information provided. </t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Root
 Ticker</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>Listing Type</t>
   </si>
   <si>
     <t>HQ
 Location</t>
@@ -202,62 +200,50 @@
   </si>
   <si>
     <t>S&amp;P/TSX Index</t>
   </si>
   <si>
     <t>Interlisted I</t>
   </si>
   <si>
     <t>Trading 
 on OTC</t>
   </si>
   <si>
     <t>Listing Date</t>
   </si>
   <si>
     <t>Number of Issuers</t>
   </si>
   <si>
     <t>Total Market Cap (C$)</t>
   </si>
   <si>
     <t>S&amp;P/TSX Venture 
 Composite Index</t>
   </si>
   <si>
-    <t>AwABTANDQUQBSP////8BUB8AAAAtQ0lRLklRMTY4MzU3MDU2OC5JUV9DTE9TRVBSSUNFLjA2LzI5LzIwMjMuQ0FEAQAAAIg/WWQDAAAAAAAhn9yefYjbCH3nRz1+iNsILUNJUS5JUTE2ODM1NzA1NjguSVFfQ0xPU0VQUklDRS4wNi8zMC8yMDIzLkNBRAEAAACIP1lkAwAAAAAAxhS6mn2I2wg228GafYjbCCxDSVEuSVEyMjU0MTIyNTYuSVFfQ0xPU0VQUklDRS4wNi8zMC8yMDIzLkNBRAEAAACghG8NAgAAAAQ4LjY1AMYUupp9iNsI2kPQeX+I2wgsQ0lRLklRNjk4NDAwMjUwLklRX0NMT1NFUFJJQ0UuMDYvMzAvMjAyMy5DQUQBAAAA+r2gKQIAAAABMwDGFLqafYjbCDvACel/iNsIK0NJUS5JUTIyOTU1NzUwLklRX0NMT1NFUFJJQ0UuMDYvMzAvMjAyMy5DQUQBAAAA5kZeAQIAAAAEOC4yNgDGFLqafYjbCGCXznl/iNsILENJUS5JUTYzMDQ5MTI5NC5JUV9DTE9TRVBSSUNFLjA2LzMwLzIwMjMuQ0FEAQAAAJ6IlCUCAAAABDMuNjcAxhS6mn2I2whFDM95f4jbCCxDSVEuSVE3MDg2ODEzODguSVFfQ0xPU0VQUklDRS4wNi8zMC8yMDIzLkNBRAEAAACsnj0qAgAAAAQ4LjE3AMYUupp9iNsIIVrPeX+I2wgqQ0lRLklRNjM3MDI2Ny5JUV9DTE9TRVBSSUNFLjA2LzMwLzIwMjMuQ0FEAQAAANszYQACAAAACTIwLjEwMTM1NgDGFLqafYjbCOAd0Hl/iNsIKkNJUS5JUTk0MTI3NzYuSVFfQ0xPU0VQUklDRS4wNi8zMC8y</t>
-[...10 lines deleted...]
-  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>ON</t>
   </si>
   <si>
     <t>IPO</t>
   </si>
   <si>
     <t>TSX</t>
   </si>
   <si>
     <t>TSX Comedown</t>
   </si>
   <si>
     <t>TSXV</t>
   </si>
   <si>
     <t>© 2025 TSX Inc. All Rights Reserved. Do not copy, distribute, sell or modify this document without TSX Inc.'s prior written consent.</t>
   </si>
   <si>
     <t>QC</t>
   </si>
   <si>
     <t>BC</t>
@@ -718,59 +704,50 @@
   <si>
     <t>V-01544</t>
   </si>
   <si>
     <t>SVA</t>
   </si>
   <si>
     <t>SPE0004</t>
   </si>
   <si>
     <t>Spectral Medical Inc.</t>
   </si>
   <si>
     <t>EDT</t>
   </si>
   <si>
     <t>TER0014</t>
   </si>
   <si>
     <t>TerrAscend Corp.</t>
   </si>
   <si>
     <t>TSND</t>
   </si>
   <si>
-    <t>THE0001</t>
-[...7 lines deleted...]
-  <si>
     <t>V-04085</t>
   </si>
   <si>
     <t>WELL Health Technologies Corp.</t>
   </si>
   <si>
     <t>WELL</t>
   </si>
   <si>
     <t>RTO from NEX</t>
   </si>
   <si>
     <t>V-00007</t>
   </si>
   <si>
     <t>Avricore Health Inc.</t>
   </si>
   <si>
     <t>AVCR</t>
   </si>
   <si>
     <t>QT</t>
   </si>
   <si>
     <t>V-00082</t>
@@ -904,59 +881,50 @@
   <si>
     <t>ARC</t>
   </si>
   <si>
     <t>Greenville</t>
   </si>
   <si>
     <t>V-01962</t>
   </si>
   <si>
     <t>Theralase Technologies Inc.</t>
   </si>
   <si>
     <t>TLT</t>
   </si>
   <si>
     <t>V-02116</t>
   </si>
   <si>
     <t>Vitality Products Inc.</t>
   </si>
   <si>
     <t>VPI</t>
   </si>
   <si>
-    <t>V-02555</t>
-[...7 lines deleted...]
-  <si>
     <t>V-02738</t>
   </si>
   <si>
     <t>MedX Health Corp.</t>
   </si>
   <si>
     <t>MDX</t>
   </si>
   <si>
     <t>V-03084</t>
   </si>
   <si>
     <t>Delivra Health Brands Inc.</t>
   </si>
   <si>
     <t>DHB</t>
   </si>
   <si>
     <t>V-03107</t>
   </si>
   <si>
     <t>Medicure Inc.</t>
   </si>
   <si>
     <t>MPH</t>
@@ -976,59 +944,50 @@
   <si>
     <t>LSL Pharma Group Inc.</t>
   </si>
   <si>
     <t>LSL</t>
   </si>
   <si>
     <t>V-03767</t>
   </si>
   <si>
     <t>EvokAI Creative Labs Inc.</t>
   </si>
   <si>
     <t>OKAI</t>
   </si>
   <si>
     <t>V-03952</t>
   </si>
   <si>
     <t>Telo Genomics Corp.</t>
   </si>
   <si>
     <t>TELO</t>
   </si>
   <si>
-    <t>V-03973</t>
-[...7 lines deleted...]
-  <si>
     <t>V-04016</t>
   </si>
   <si>
     <t>NurExone Biologic Inc.</t>
   </si>
   <si>
     <t>NRX</t>
   </si>
   <si>
     <t>V-04081</t>
   </si>
   <si>
     <t>Hemostemix Inc.</t>
   </si>
   <si>
     <t>HEM</t>
   </si>
   <si>
     <t>V-04145</t>
   </si>
   <si>
     <t>Aurora Spine Corporation</t>
   </si>
   <si>
     <t>ASG</t>
@@ -1351,68 +1310,74 @@
   <si>
     <t>LOVE</t>
   </si>
   <si>
     <t>V-04748</t>
   </si>
   <si>
     <t>Kovo+ Holdings Inc.</t>
   </si>
   <si>
     <t>KOVO</t>
   </si>
   <si>
     <t>Evergreen</t>
   </si>
   <si>
     <t>V-04749</t>
   </si>
   <si>
     <t>Grey Wolf Animal Health Corp.</t>
   </si>
   <si>
     <t>WOLF</t>
   </si>
   <si>
+    <t>V-04762</t>
+  </si>
+  <si>
     <t>V-04817</t>
   </si>
   <si>
     <t>XORTX Therapeutics Inc.</t>
   </si>
   <si>
     <t>XRTX</t>
   </si>
   <si>
     <t>V-04842</t>
   </si>
   <si>
     <t>Cytophage Technologies Ltd.</t>
   </si>
   <si>
     <t>CYTO</t>
   </si>
   <si>
+    <t>V-04852</t>
+  </si>
+  <si>
     <t>V-04888</t>
   </si>
   <si>
     <t>PharmaCorp Rx Inc.</t>
   </si>
   <si>
     <t>PCRX</t>
   </si>
   <si>
     <t>V-04921</t>
   </si>
   <si>
     <t>V-04929</t>
   </si>
   <si>
     <t>MustGrow Biologics Corp.</t>
   </si>
   <si>
     <t>MGRO</t>
   </si>
   <si>
     <t>V-04976</t>
   </si>
   <si>
     <t>Sharp Therapeutics Corp.</t>
@@ -1447,69 +1412,81 @@
   <si>
     <t>Mercanto Holdings Inc.</t>
   </si>
   <si>
     <t>2025 Venture 50</t>
   </si>
   <si>
     <t>Organigram Global Inc.</t>
   </si>
   <si>
     <t>V-04654</t>
   </si>
   <si>
     <t>VVT Med Inc.</t>
   </si>
   <si>
     <t>VVTM</t>
   </si>
   <si>
     <t>Cheelcare Inc.</t>
   </si>
   <si>
     <t>CHER</t>
   </si>
   <si>
+    <t>Seegnal Inc.</t>
+  </si>
+  <si>
+    <t>SEGN</t>
+  </si>
+  <si>
     <t>Market Cap (C$)
-31-August-2025</t>
+31-October-2025</t>
   </si>
   <si>
     <t>O/S Shares
-31-August-2025</t>
+31-October-2025</t>
   </si>
   <si>
     <t>Volume YTD
-31-August-2025</t>
+31-October-2025</t>
   </si>
   <si>
     <t>Value (C$) YTD
-31-August-2025</t>
+31-October-2025</t>
   </si>
   <si>
     <t>Number of 
 Trades YTD
-31-August-2025</t>
+31-October-2025</t>
+  </si>
+  <si>
+    <t>Neurothera Labs Inc.</t>
+  </si>
+  <si>
+    <t>NTLX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -1813,51 +1790,51 @@
     <cellStyle name="TextNormal" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFF00"/>
           <bgColor rgb="FF000000"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2101,94 +2078,64 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...28 lines deleted...]
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:Z51"/>
+  <dimension ref="A1:Z50"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1"/>
+      <selection activeCell="B10" sqref="B10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="17" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="12.5703125" style="17" customWidth="1"/>
     <col min="3" max="3" width="71.140625" style="17" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.85546875" style="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.7109375" style="20" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="29.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="32.28515625" style="19" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="22.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="13.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="12" max="14" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="11.42578125" style="18" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="12.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="11.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="17.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="15.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="16.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="21.85546875" style="18" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="20.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="17.7109375" style="19" bestFit="1" customWidth="1"/>
@@ -2233,51 +2180,51 @@
       <c r="E2" s="4"/>
       <c r="F2" s="6"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="6"/>
       <c r="X2" s="6"/>
       <c r="Y2" s="6"/>
       <c r="Z2" s="6"/>
     </row>
     <row r="3" spans="1:26" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B3" s="2" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D3" s="1"/>
       <c r="E3" s="4"/>
       <c r="F3" s="6"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="6"/>
       <c r="X3" s="6"/>
       <c r="Y3" s="6"/>
       <c r="Z3" s="6"/>
     </row>
@@ -2374,57 +2321,57 @@
       <c r="F7" s="46"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="1"/>
       <c r="C8" s="38">
-        <f>SUBTOTAL(3,C11:C51)</f>
-        <v>41</v>
+        <f>SUBTOTAL(3,C11:C50)</f>
+        <v>40</v>
       </c>
       <c r="D8" s="39"/>
       <c r="E8" s="40">
-        <f>SUBTOTAL(9,E11:E51)</f>
-        <v>24837350411.399994</v>
+        <f>SUBTOTAL(9,E11:E50)</f>
+        <v>25409749321.380001</v>
       </c>
       <c r="F8" s="41"/>
       <c r="G8" s="1"/>
       <c r="H8" s="58"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="6"/>
       <c r="X8" s="6"/>
       <c r="Y8" s="6"/>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B9" s="1"/>
@@ -2445,2412 +2392,2362 @@
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="6"/>
       <c r="X9" s="6"/>
       <c r="Y9" s="6"/>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26" s="13" customFormat="1" ht="39" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E10" s="16" t="s">
-        <v>448</v>
+        <v>439</v>
       </c>
       <c r="F10" s="16" t="s">
-        <v>449</v>
+        <v>440</v>
       </c>
       <c r="G10" s="15" t="s">
         <v>1</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>5</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>11</v>
       </c>
       <c r="J10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="K10" s="15" t="s">
         <v>8</v>
       </c>
       <c r="L10" s="13" t="s">
         <v>6</v>
       </c>
       <c r="M10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="15" t="s">
         <v>27</v>
       </c>
       <c r="O10" s="15" t="s">
         <v>28</v>
       </c>
       <c r="P10" s="15" t="s">
         <v>9</v>
       </c>
       <c r="Q10" s="15" t="s">
         <v>10</v>
       </c>
       <c r="R10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="S10" s="13" t="s">
         <v>18</v>
       </c>
       <c r="T10" s="13" t="s">
         <v>24</v>
       </c>
       <c r="U10" s="13" t="s">
         <v>12</v>
       </c>
       <c r="V10" s="13" t="s">
         <v>13</v>
       </c>
       <c r="W10" s="16" t="s">
-        <v>450</v>
+        <v>441</v>
       </c>
       <c r="X10" s="16" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="Y10" s="16" t="s">
-        <v>452</v>
+        <v>443</v>
       </c>
       <c r="Z10" s="16" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:26" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A11" s="17" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B11" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C11" s="17" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D11" s="18" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="E11" s="20">
-        <v>2425322.4</v>
+        <v>3031653</v>
       </c>
       <c r="F11" s="20">
         <v>121266120</v>
       </c>
       <c r="G11" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="H11" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J11" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="K11" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L11" s="18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="M11" s="18">
         <v>20200916</v>
       </c>
       <c r="P11" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="W11" s="19">
-        <v>9852725</v>
+        <v>24229900</v>
       </c>
       <c r="X11" s="20">
-        <v>252176.5</v>
+        <v>708940</v>
       </c>
       <c r="Y11" s="20">
-        <v>706</v>
+        <v>1342</v>
       </c>
       <c r="Z11" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="17" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="B12" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C12" s="17" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="D12" s="18" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="E12" s="20">
-        <v>4313605.01</v>
+        <v>4798566.5199999996</v>
       </c>
       <c r="F12" s="20">
         <v>2552429</v>
       </c>
       <c r="G12" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="H12" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J12" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K12" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M12" s="18">
         <v>19930604</v>
       </c>
       <c r="N12" s="18" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="W12" s="19">
-        <v>3053178</v>
+        <v>3182607</v>
       </c>
       <c r="X12" s="20">
-        <v>2484494</v>
+        <v>2705297.5</v>
       </c>
       <c r="Y12" s="20">
-        <v>5675</v>
+        <v>6152</v>
       </c>
       <c r="Z12" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="17" t="s">
+        <v>70</v>
+      </c>
+      <c r="B13" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" s="17" t="s">
+        <v>71</v>
+      </c>
+      <c r="D13" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E13" s="20">
+        <v>391305948.24000001</v>
+      </c>
+      <c r="F13" s="20">
+        <v>56222119</v>
+      </c>
+      <c r="G13" s="18" t="s">
         <v>74</v>
       </c>
-      <c r="B13" s="17" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H13" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="I13" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="J13" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K13" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L13" s="18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="M13" s="18">
         <v>20170724</v>
       </c>
       <c r="N13" s="18" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="P13" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="W13" s="19">
-        <v>96054530</v>
+        <v>126781950</v>
       </c>
       <c r="X13" s="20">
-        <v>665415826</v>
+        <v>900892787.5</v>
       </c>
       <c r="Y13" s="20">
-        <v>294709</v>
+        <v>383788</v>
       </c>
       <c r="Z13" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="17" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="B14" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C14" s="17" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="D14" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E14" s="20">
-        <v>10191637.82</v>
+        <v>7072919.7000000002</v>
       </c>
       <c r="F14" s="20">
-        <v>11199602</v>
+        <v>11407935</v>
       </c>
       <c r="G14" s="18" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="H14" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="I14" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="J14" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K14" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L14" s="18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="M14" s="18">
         <v>20210712</v>
       </c>
       <c r="O14" s="18" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="P14" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="Q14" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="W14" s="19">
-        <v>1806081</v>
+        <v>2170640</v>
       </c>
       <c r="X14" s="20">
-        <v>1749436.5</v>
+        <v>2012230.5</v>
       </c>
       <c r="Y14" s="20">
-        <v>2870</v>
+        <v>3246</v>
       </c>
       <c r="Z14" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="17" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="B15" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C15" s="17" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D15" s="18" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="E15" s="20">
-        <v>31980337.199999999</v>
+        <v>30838182.300000001</v>
       </c>
       <c r="F15" s="20">
         <v>114215490</v>
       </c>
       <c r="G15" s="18" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="H15" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="I15" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="J15" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K15" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L15" s="18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="M15" s="18">
         <v>20190718</v>
       </c>
       <c r="O15" s="18" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="W15" s="19">
-        <v>22417105</v>
+        <v>24655015</v>
       </c>
       <c r="X15" s="20">
-        <v>6177884.5</v>
+        <v>6773968</v>
       </c>
       <c r="Y15" s="20">
-        <v>5525</v>
+        <v>6192</v>
       </c>
       <c r="Z15" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="17" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="B16" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C16" s="17" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D16" s="18" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="E16" s="20">
-        <v>7076280269.9099998</v>
+        <v>7510217063.79</v>
       </c>
       <c r="F16" s="20">
-        <v>353991009</v>
+        <v>354088499</v>
       </c>
       <c r="G16" s="18" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="H16" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J16" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K16" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L16" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M16" s="18">
         <v>20220510</v>
       </c>
       <c r="N16" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="W16" s="19">
-        <v>554936</v>
+        <v>664335</v>
       </c>
       <c r="X16" s="20">
-        <v>10667725.5</v>
+        <v>12962220.5</v>
       </c>
       <c r="Y16" s="20">
-        <v>4343</v>
+        <v>5223</v>
       </c>
       <c r="Z16" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="17" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="B17" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="C17" s="17" t="s">
+        <v>87</v>
+      </c>
+      <c r="D17" s="18" t="s">
+        <v>88</v>
+      </c>
+      <c r="E17" s="20">
+        <v>3663591447.8800001</v>
+      </c>
+      <c r="F17" s="20">
+        <v>370808851</v>
+      </c>
+      <c r="G17" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="H17" s="19" t="s">
+        <v>62</v>
+      </c>
+      <c r="J17" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="C17" s="17" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K17" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M17" s="18">
         <v>19870629</v>
       </c>
       <c r="N17" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="R17" s="18" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="W17" s="19">
-        <v>63876170</v>
+        <v>79836327</v>
       </c>
       <c r="X17" s="20">
-        <v>556679654</v>
+        <v>704841711</v>
       </c>
       <c r="Y17" s="20">
-        <v>285922</v>
+        <v>357528</v>
       </c>
       <c r="Z17" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="17" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B18" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C18" s="17" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D18" s="18" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="E18" s="20">
-        <v>20138933.760000002</v>
+        <v>28880278.98</v>
       </c>
       <c r="F18" s="20">
-        <v>1883904</v>
+        <v>1883906</v>
       </c>
       <c r="G18" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="H18" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J18" s="18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="K18" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L18" s="18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="M18" s="18">
         <v>20211231</v>
       </c>
       <c r="N18" s="18" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="P18" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="Q18" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="W18" s="19">
-        <v>4785930</v>
+        <v>4944495</v>
       </c>
       <c r="X18" s="20">
-        <v>14242090</v>
+        <v>16771488</v>
       </c>
       <c r="Y18" s="20">
-        <v>19094</v>
+        <v>20594</v>
       </c>
       <c r="Z18" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="17" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B19" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C19" s="17" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D19" s="18" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="E19" s="20">
-        <v>619219805.75</v>
+        <v>575018401.66999996</v>
       </c>
       <c r="F19" s="20">
-        <v>240122615</v>
+        <v>332380579</v>
       </c>
       <c r="G19" s="18" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="H19" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="I19" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="J19" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K19" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L19" s="18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="M19" s="18">
         <v>20160726</v>
       </c>
       <c r="N19" s="18" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="P19" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="Q19" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="W19" s="19">
-        <v>395151562.06</v>
+        <v>595383072.05999994</v>
       </c>
       <c r="X19" s="20">
-        <v>848989306</v>
+        <v>1248403631</v>
       </c>
       <c r="Y19" s="20">
-        <v>323606</v>
+        <v>434298</v>
       </c>
       <c r="Z19" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="17" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B20" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C20" s="17" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="D20" s="18" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="E20" s="20">
-        <v>124312253.175</v>
+        <v>152237811.88</v>
       </c>
       <c r="F20" s="20">
-        <v>83711955</v>
+        <v>98855722</v>
       </c>
       <c r="G20" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="H20" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="I20" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="J20" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K20" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L20" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M20" s="18">
         <v>20181220</v>
       </c>
       <c r="N20" s="18" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="W20" s="19">
-        <v>16501872</v>
+        <v>22951804</v>
       </c>
       <c r="X20" s="20">
-        <v>27557719.5</v>
+        <v>37565422.5</v>
       </c>
       <c r="Y20" s="20">
-        <v>42449</v>
+        <v>54417</v>
       </c>
       <c r="Z20" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="17" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="B21" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C21" s="17" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D21" s="18" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="E21" s="20">
-        <v>188558235.44999999</v>
+        <v>226100257.06999999</v>
       </c>
       <c r="F21" s="20">
-        <v>63062955</v>
+        <v>62980573</v>
       </c>
       <c r="G21" s="18" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="H21" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J21" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K21" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L21" s="18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="M21" s="18">
         <v>20090901</v>
       </c>
       <c r="P21" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="Q21" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="W21" s="19">
-        <v>6846464</v>
+        <v>9086033</v>
       </c>
       <c r="X21" s="20">
-        <v>18654305.5</v>
+        <v>26040884.5</v>
       </c>
       <c r="Y21" s="20">
-        <v>8439</v>
+        <v>11411</v>
       </c>
       <c r="Z21" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="17" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="B22" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C22" s="17" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D22" s="18" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="E22" s="20">
-        <v>21483421.289999999</v>
+        <v>31031608.530000001</v>
       </c>
       <c r="F22" s="20">
         <v>159136454</v>
       </c>
       <c r="G22" s="18" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="H22" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="I22" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="J22" s="18" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="K22" s="18" t="s">
         <v>15</v>
       </c>
       <c r="L22" s="18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="M22" s="18">
         <v>20190531</v>
       </c>
       <c r="O22" s="18" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="S22" s="18" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="W22" s="19">
-        <v>5731745</v>
+        <v>10902460</v>
       </c>
       <c r="X22" s="20">
-        <v>756523.5</v>
+        <v>1894966</v>
       </c>
       <c r="Y22" s="20">
-        <v>2116</v>
+        <v>3861</v>
       </c>
       <c r="Z22" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="17" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="B23" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C23" s="17" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D23" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="E23" s="20">
-        <v>404523329.57999998</v>
+        <v>375470716.39999998</v>
       </c>
       <c r="F23" s="20">
-        <v>25393806</v>
+        <v>25369643</v>
       </c>
       <c r="G23" s="18" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="H23" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J23" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K23" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L23" s="18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="M23" s="18">
         <v>20040225</v>
       </c>
       <c r="O23" s="18" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="W23" s="19">
-        <v>4734228</v>
+        <v>5787423</v>
       </c>
       <c r="X23" s="20">
-        <v>61939013.5</v>
+        <v>78325257</v>
       </c>
       <c r="Y23" s="20">
-        <v>28467</v>
+        <v>36055</v>
       </c>
       <c r="Z23" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="17" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="B24" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="C24" s="17" t="s">
+        <v>117</v>
+      </c>
+      <c r="D24" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="E24" s="20">
+        <v>11325960.890000001</v>
+      </c>
+      <c r="F24" s="20">
+        <v>3245261</v>
+      </c>
+      <c r="G24" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="H24" s="19" t="s">
+        <v>62</v>
+      </c>
+      <c r="J24" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="C24" s="17" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K24" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M24" s="18">
         <v>19951218</v>
       </c>
       <c r="N24" s="18" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="W24" s="19">
-        <v>352218</v>
+        <v>521478</v>
       </c>
       <c r="X24" s="20">
-        <v>1575596.5</v>
+        <v>2183451.5</v>
       </c>
       <c r="Y24" s="20">
-        <v>2466</v>
+        <v>3217</v>
       </c>
       <c r="Z24" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="17" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="B25" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C25" s="17" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="D25" s="18" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="E25" s="20">
-        <v>8679064.7200000007</v>
+        <v>8469341.7899999991</v>
       </c>
       <c r="F25" s="20">
-        <v>18867532</v>
+        <v>18613938</v>
       </c>
       <c r="G25" s="18" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="H25" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J25" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K25" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L25" s="18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="M25" s="18">
         <v>20160307</v>
       </c>
       <c r="W25" s="19">
-        <v>1898037</v>
+        <v>2450837</v>
       </c>
       <c r="X25" s="20">
-        <v>999649.5</v>
+        <v>1257245.5</v>
       </c>
       <c r="Y25" s="20">
-        <v>743</v>
+        <v>908</v>
       </c>
       <c r="Z25" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="17" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="B26" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C26" s="17" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="D26" s="18" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="E26" s="20">
-        <v>1363615931.48</v>
+        <v>1351613232.51</v>
       </c>
       <c r="F26" s="20">
-        <v>383038183</v>
+        <v>382893267</v>
       </c>
       <c r="G26" s="18" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="H26" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="I26" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="J26" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K26" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L26" s="18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="M26" s="18">
         <v>20180523</v>
       </c>
       <c r="N26" s="18" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="P26" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="Q26" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="W26" s="19">
-        <v>31929391</v>
+        <v>39175991</v>
       </c>
       <c r="X26" s="20">
-        <v>89522996.5</v>
+        <v>116312217</v>
       </c>
       <c r="Y26" s="20">
-        <v>72559</v>
+        <v>92909</v>
       </c>
       <c r="Z26" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="17" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="B27" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C27" s="17" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="D27" s="18" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="E27" s="20">
-        <v>3023767320.8600001</v>
+        <v>2656201934.6999998</v>
       </c>
       <c r="F27" s="20">
-        <v>670458386</v>
+        <v>672456186</v>
       </c>
       <c r="G27" s="18" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="H27" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="I27" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="J27" s="18" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="K27" s="18" t="s">
         <v>15</v>
       </c>
       <c r="L27" s="18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="M27" s="18">
         <v>20231214</v>
       </c>
       <c r="O27" s="18" t="s">
-        <v>52</v>
+        <v>48</v>
+      </c>
+      <c r="R27" s="18" t="s">
+        <v>49</v>
       </c>
       <c r="S27" s="18" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="W27" s="19">
-        <v>77902882</v>
+        <v>123462345</v>
       </c>
       <c r="X27" s="20">
-        <v>172585235</v>
+        <v>353014483</v>
       </c>
       <c r="Y27" s="20">
-        <v>184537</v>
+        <v>285409</v>
       </c>
       <c r="Z27" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="17" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="B28" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C28" s="17" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D28" s="18" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="E28" s="20">
-        <v>1549805237.6800001</v>
+        <v>2084332335</v>
       </c>
       <c r="F28" s="20">
-        <v>190862714</v>
+        <v>191223150</v>
       </c>
       <c r="G28" s="18" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="H28" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J28" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K28" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L28" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M28" s="18">
         <v>20210521</v>
       </c>
       <c r="W28" s="19">
-        <v>26597512</v>
+        <v>52459826</v>
       </c>
       <c r="X28" s="20">
-        <v>214347278.5</v>
+        <v>488252819.5</v>
       </c>
       <c r="Y28" s="20">
-        <v>122033</v>
+        <v>167200</v>
       </c>
       <c r="Z28" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="17" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="B29" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C29" s="17" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D29" s="18" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="E29" s="20">
-        <v>784140947.85000002</v>
+        <v>881841336.48000002</v>
       </c>
       <c r="F29" s="20">
-        <v>55338105</v>
+        <v>55149552</v>
       </c>
       <c r="G29" s="18" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="H29" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J29" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K29" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L29" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M29" s="18">
         <v>20210211</v>
       </c>
       <c r="U29" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="V29" s="18" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="W29" s="19">
-        <v>7585145</v>
+        <v>9076437</v>
       </c>
       <c r="X29" s="20">
-        <v>96502640</v>
+        <v>118407908.5</v>
       </c>
       <c r="Y29" s="20">
-        <v>26118</v>
+        <v>32382</v>
       </c>
       <c r="Z29" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="17" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B30" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C30" s="17" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D30" s="18" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="E30" s="20">
-        <v>7482285.6799999997</v>
+        <v>5611714.2599999998</v>
       </c>
       <c r="F30" s="20">
         <v>374114284</v>
       </c>
       <c r="G30" s="18" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="H30" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J30" s="18" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K30" s="18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="L30" s="18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="M30" s="18">
         <v>20220125</v>
       </c>
       <c r="P30" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="Q30" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="T30" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="W30" s="19">
-        <v>90976305</v>
+        <v>113789201</v>
       </c>
       <c r="X30" s="20">
-        <v>1823932</v>
+        <v>2251376</v>
       </c>
       <c r="Y30" s="20">
-        <v>14650</v>
+        <v>16875</v>
       </c>
       <c r="Z30" s="20">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="17" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B31" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C31" s="17" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="D31" s="18" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="E31" s="20">
-        <v>266819994.56</v>
+        <v>404786648</v>
       </c>
       <c r="F31" s="20">
-        <v>35959568</v>
+        <v>50598331</v>
       </c>
       <c r="G31" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="H31" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J31" s="18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="K31" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L31" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M31" s="18">
         <v>20210309</v>
       </c>
       <c r="N31" s="18" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="W31" s="19">
-        <v>5609057</v>
+        <v>7850503</v>
       </c>
       <c r="X31" s="20">
-        <v>31286160</v>
+        <v>48650038.5</v>
       </c>
       <c r="Y31" s="20">
-        <v>15500</v>
+        <v>25672</v>
       </c>
       <c r="Z31" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="17" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="B32" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C32" s="17" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="D32" s="18" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="E32" s="20">
-        <v>343776738.72000003</v>
+        <v>325234778.48000002</v>
       </c>
       <c r="F32" s="20">
-        <v>27813652</v>
+        <v>28061672</v>
       </c>
       <c r="G32" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="H32" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J32" s="18" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="K32" s="18" t="s">
         <v>15</v>
       </c>
       <c r="L32" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M32" s="18">
         <v>20010604</v>
       </c>
       <c r="N32" s="18" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="S32" s="18" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="W32" s="19">
-        <v>119013</v>
+        <v>159359</v>
       </c>
       <c r="X32" s="20">
-        <v>1204359</v>
+        <v>1704168.5</v>
       </c>
       <c r="Y32" s="20">
-        <v>979</v>
+        <v>1355</v>
       </c>
       <c r="Z32" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="17" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="B33" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C33" s="17" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="D33" s="18" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="E33" s="20">
-        <v>358941043.5</v>
+        <v>413767949.72000003</v>
       </c>
       <c r="F33" s="20">
-        <v>276108495</v>
+        <v>279572939</v>
       </c>
       <c r="G33" s="18" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="H33" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J33" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K33" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L33" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M33" s="18">
         <v>20210106</v>
       </c>
       <c r="O33" s="18" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="W33" s="19">
-        <v>55902470</v>
+        <v>74229041</v>
       </c>
       <c r="X33" s="20">
-        <v>86008006.5</v>
+        <v>112012499</v>
       </c>
       <c r="Y33" s="20">
-        <v>69790</v>
+        <v>84746</v>
       </c>
       <c r="Z33" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="17" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B34" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C34" s="17" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="D34" s="18" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="E34" s="20">
-        <v>103874213.28</v>
+        <v>152756196</v>
       </c>
       <c r="F34" s="20">
         <v>76378098</v>
       </c>
       <c r="G34" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="H34" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J34" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K34" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M34" s="18">
         <v>19960603</v>
       </c>
       <c r="W34" s="19">
-        <v>692804</v>
+        <v>1136002</v>
       </c>
       <c r="X34" s="20">
-        <v>714374</v>
+        <v>2084944</v>
       </c>
       <c r="Y34" s="20">
-        <v>732</v>
+        <v>2534</v>
       </c>
       <c r="Z34" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="17" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="B35" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C35" s="17" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="D35" s="18" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="E35" s="20">
-        <v>168270869.84</v>
+        <v>174516067.97999999</v>
       </c>
       <c r="F35" s="20">
-        <v>31393819</v>
+        <v>31275281</v>
       </c>
       <c r="G35" s="18" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="H35" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J35" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K35" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L35" s="18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="M35" s="18">
         <v>20190207</v>
       </c>
       <c r="P35" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="W35" s="19">
-        <v>2078419</v>
+        <v>2891889</v>
       </c>
       <c r="X35" s="20">
-        <v>9229210.5</v>
+        <v>13688095</v>
       </c>
       <c r="Y35" s="20">
-        <v>4713</v>
+        <v>6358</v>
       </c>
       <c r="Z35" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="17" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="B36" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="C36" s="17" t="s">
+        <v>159</v>
+      </c>
+      <c r="D36" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="E36" s="20">
+        <v>582119099.51999998</v>
+      </c>
+      <c r="F36" s="20">
+        <v>99677928</v>
+      </c>
+      <c r="G36" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="H36" s="19" t="s">
+        <v>62</v>
+      </c>
+      <c r="J36" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="C36" s="17" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K36" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L36" s="18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="M36" s="18">
         <v>20140429</v>
       </c>
       <c r="P36" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="W36" s="19">
-        <v>11107205</v>
+        <v>13007153</v>
       </c>
       <c r="X36" s="20">
-        <v>66090484.5</v>
+        <v>77584359.5</v>
       </c>
       <c r="Y36" s="20">
-        <v>38062</v>
+        <v>45340</v>
       </c>
       <c r="Z36" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="17" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="B37" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C37" s="17" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D37" s="18" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="E37" s="20">
-        <v>98387976.650000006</v>
+        <v>90323388.400000006</v>
       </c>
       <c r="F37" s="20">
         <v>32258353</v>
       </c>
       <c r="G37" s="18" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="H37" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J37" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K37" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L37" s="18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="M37" s="18">
         <v>20210617</v>
       </c>
       <c r="O37" s="18" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="P37" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="Q37" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="W37" s="19">
-        <v>12103821</v>
+        <v>13870127</v>
       </c>
       <c r="X37" s="20">
-        <v>40780999</v>
+        <v>45857347.5</v>
       </c>
       <c r="Y37" s="20">
-        <v>31002</v>
+        <v>35352</v>
       </c>
       <c r="Z37" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="17" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="B38" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C38" s="17" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D38" s="18" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="E38" s="20">
-        <v>90916725.599999994</v>
+        <v>123446563.2</v>
       </c>
       <c r="F38" s="20">
         <v>83409840</v>
       </c>
       <c r="G38" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="H38" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J38" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K38" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L38" s="18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="M38" s="18">
         <v>20170802</v>
       </c>
       <c r="O38" s="18" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="P38" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="Q38" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="W38" s="19">
-        <v>7614570</v>
+        <v>10808117</v>
       </c>
       <c r="X38" s="20">
-        <v>8572768</v>
+        <v>12756998</v>
       </c>
       <c r="Y38" s="20">
-        <v>10633</v>
+        <v>15050</v>
       </c>
       <c r="Z38" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="17" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="B39" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C39" s="17" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="D39" s="18" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="E39" s="20">
-        <v>33660400.960000001</v>
+        <v>31556625.899999999</v>
       </c>
       <c r="F39" s="20">
         <v>420755012</v>
       </c>
       <c r="G39" s="18" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="H39" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="I39" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="J39" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K39" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L39" s="18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="M39" s="18">
         <v>20190729</v>
       </c>
       <c r="O39" s="18" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="P39" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="Q39" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="W39" s="19">
-        <v>50720067</v>
+        <v>62878100</v>
       </c>
       <c r="X39" s="20">
-        <v>3977593</v>
+        <v>4898575.5</v>
       </c>
       <c r="Y39" s="20">
-        <v>4971</v>
+        <v>6075</v>
       </c>
       <c r="Z39" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="17" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="B40" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C40" s="17" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="D40" s="18" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="E40" s="20">
-        <v>32905968.530000001</v>
+        <v>34878119.5</v>
       </c>
       <c r="F40" s="20">
-        <v>140025398</v>
+        <v>139512478</v>
       </c>
       <c r="G40" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="H40" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J40" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K40" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M40" s="18">
         <v>19921001</v>
       </c>
       <c r="O40" s="18" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="W40" s="19">
-        <v>22483012</v>
+        <v>25082142</v>
       </c>
       <c r="X40" s="20">
-        <v>8443034</v>
+        <v>9088114</v>
       </c>
       <c r="Y40" s="20">
-        <v>4978</v>
+        <v>5942</v>
       </c>
       <c r="Z40" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="17" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="B41" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C41" s="17" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="D41" s="18" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="E41" s="20">
         <v>16320880</v>
       </c>
       <c r="F41" s="20">
         <v>326417600</v>
       </c>
       <c r="G41" s="18" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="H41" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J41" s="18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="K41" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L41" s="18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="M41" s="18">
         <v>20211216</v>
       </c>
       <c r="O41" s="18" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="P41" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="W41" s="19">
         <v>6436132</v>
       </c>
       <c r="X41" s="20">
         <v>279027</v>
       </c>
       <c r="Y41" s="20">
         <v>887</v>
       </c>
       <c r="Z41" s="20">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="17" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="B42" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C42" s="17" t="s">
-        <v>442</v>
+        <v>431</v>
       </c>
       <c r="D42" s="18" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="E42" s="20">
-        <v>316360931.12</v>
+        <v>305226535.82999998</v>
       </c>
       <c r="F42" s="20">
-        <v>134051242</v>
+        <v>134461029</v>
       </c>
       <c r="G42" s="18" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="H42" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="I42" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="J42" s="18" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="K42" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L42" s="18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="M42" s="18">
         <v>20190822</v>
       </c>
       <c r="N42" s="18" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="P42" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="W42" s="19">
-        <v>29087110</v>
+        <v>36657838</v>
       </c>
       <c r="X42" s="20">
-        <v>55421825</v>
+        <v>74759232.5</v>
       </c>
       <c r="Y42" s="20">
-        <v>44658</v>
+        <v>60167</v>
       </c>
       <c r="Z42" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="17" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="B43" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C43" s="17" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="D43" s="18" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="E43" s="20">
-        <v>185127354.72</v>
+        <v>252418429.12</v>
       </c>
       <c r="F43" s="20">
-        <v>30053142</v>
+        <v>30193592</v>
       </c>
       <c r="G43" s="18" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="H43" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J43" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K43" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L43" s="18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="M43" s="18">
         <v>20180713</v>
       </c>
       <c r="N43" s="18" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="P43" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="Q43" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="W43" s="19">
-        <v>1315965</v>
+        <v>2164708</v>
       </c>
       <c r="X43" s="20">
-        <v>10395913.5</v>
+        <v>16580626.5</v>
       </c>
       <c r="Y43" s="20">
-        <v>8086</v>
+        <v>13779</v>
       </c>
       <c r="Z43" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="17" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="B44" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C44" s="17" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="D44" s="18" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="E44" s="20">
-        <v>156398299.19999999</v>
+        <v>148143944.52000001</v>
       </c>
       <c r="F44" s="20">
         <v>43443972</v>
       </c>
       <c r="G44" s="18" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="H44" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J44" s="18" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="K44" s="18" t="s">
         <v>15</v>
       </c>
       <c r="L44" s="18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="M44" s="18">
         <v>20230621</v>
       </c>
       <c r="N44" s="18" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="P44" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="S44" s="18" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="W44" s="19">
-        <v>4908866</v>
+        <v>5778874</v>
       </c>
       <c r="X44" s="20">
-        <v>15055021.5</v>
+        <v>18177676</v>
       </c>
       <c r="Y44" s="20">
-        <v>20287</v>
+        <v>23756</v>
       </c>
       <c r="Z44" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="17" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="B45" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C45" s="17" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D45" s="18" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="E45" s="20">
-        <v>29359863.635000002</v>
+        <v>27261584.18</v>
       </c>
       <c r="F45" s="20">
-        <v>286437694</v>
+        <v>286964044</v>
       </c>
       <c r="G45" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="H45" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J45" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K45" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L45" s="18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="M45" s="18">
         <v>20050117</v>
       </c>
       <c r="P45" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="Q45" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="W45" s="19">
-        <v>15771382</v>
+        <v>18861907</v>
       </c>
       <c r="X45" s="20">
-        <v>1532247</v>
+        <v>1838964.5</v>
       </c>
       <c r="Y45" s="20">
-        <v>2379</v>
+        <v>2871</v>
       </c>
       <c r="Z45" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="17" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="B46" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C46" s="17" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="D46" s="18" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="E46" s="20">
-        <v>105783215.40000001</v>
+        <v>142522064.30000001</v>
       </c>
       <c r="F46" s="20">
-        <v>176305359</v>
+        <v>185093590</v>
       </c>
       <c r="G46" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="H46" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J46" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K46" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L46" s="18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="M46" s="18">
         <v>20240215</v>
       </c>
       <c r="O46" s="18" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="P46" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="Q46" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="W46" s="19">
-        <v>25282631</v>
+        <v>38735126</v>
       </c>
       <c r="X46" s="20">
-        <v>17611019</v>
+        <v>26528488.5</v>
       </c>
       <c r="Y46" s="20">
-        <v>7575</v>
+        <v>10372</v>
       </c>
       <c r="Z46" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="17" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="B47" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C47" s="17" t="s">
-        <v>439</v>
+        <v>428</v>
       </c>
       <c r="D47" s="18" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="E47" s="20">
-        <v>57484837.549999997</v>
+        <v>49303594.649999999</v>
       </c>
       <c r="F47" s="20">
-        <v>328484786</v>
+        <v>328690631</v>
       </c>
       <c r="G47" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="H47" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J47" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K47" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L47" s="18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="M47" s="18">
         <v>20220602</v>
       </c>
       <c r="O47" s="18" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="P47" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="W47" s="19">
-        <v>21666057</v>
+        <v>25844070</v>
       </c>
       <c r="X47" s="20">
-        <v>4093840</v>
+        <v>4820229.5</v>
       </c>
       <c r="Y47" s="20">
-        <v>5029</v>
+        <v>5898</v>
       </c>
       <c r="Z47" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="17" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="B48" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C48" s="17" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="D48" s="18" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="E48" s="20">
-        <v>425871351.50999999</v>
+        <v>427951501.60000002</v>
       </c>
       <c r="F48" s="20">
-        <v>285819699</v>
+        <v>289156420</v>
       </c>
       <c r="G48" s="18" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="H48" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J48" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K48" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M48" s="18">
         <v>19940606</v>
       </c>
       <c r="W48" s="19">
-        <v>15828074</v>
+        <v>20001538</v>
       </c>
       <c r="X48" s="20">
-        <v>15151129.5</v>
+        <v>21680954</v>
       </c>
       <c r="Y48" s="20">
-        <v>7022</v>
+        <v>12064</v>
       </c>
       <c r="Z48" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="17" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="B49" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C49" s="17" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D49" s="18" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="E49" s="20">
-        <v>480796836.11000001</v>
+        <v>303180902.63999999</v>
       </c>
       <c r="F49" s="20">
-        <v>306240023</v>
+        <v>306243336</v>
       </c>
       <c r="G49" s="18" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="H49" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="I49" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="J49" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K49" s="18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L49" s="18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="M49" s="18">
         <v>20230704</v>
       </c>
       <c r="W49" s="19">
-        <v>40872866</v>
+        <v>55568423</v>
       </c>
       <c r="X49" s="20">
-        <v>26555799.5</v>
+        <v>43834850</v>
       </c>
       <c r="Y49" s="20">
-        <v>30063</v>
+        <v>51119</v>
       </c>
       <c r="Z49" s="20">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="17" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="B50" s="17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C50" s="17" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="D50" s="18" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="E50" s="20">
-        <v>204611084.55000001</v>
+        <v>1405043736.25</v>
       </c>
       <c r="F50" s="20">
-        <v>45980019</v>
+        <v>254594045</v>
       </c>
       <c r="G50" s="18" t="s">
-        <v>68</v>
+        <v>151</v>
       </c>
       <c r="H50" s="19" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J50" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="K50" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="L50" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="M50" s="18">
+        <v>20200110</v>
+      </c>
+      <c r="O50" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="P50" s="18" t="s">
         <v>44</v>
       </c>
-      <c r="K50" s="18" t="s">
-[...9 lines deleted...]
-        <v>72</v>
+      <c r="Q50" s="18" t="s">
+        <v>44</v>
       </c>
       <c r="W50" s="19">
-        <v>13487166</v>
+        <v>212302239</v>
       </c>
       <c r="X50" s="20">
-        <v>44499859</v>
+        <v>1052370369.5</v>
       </c>
       <c r="Y50" s="20">
-        <v>37030</v>
+        <v>509962</v>
       </c>
       <c r="Z50" s="20">
-        <v>8</v>
-[...58 lines deleted...]
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A10:Z51" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
+  <autoFilter ref="A10:Z50" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:AG10">
     <sortCondition sortBy="cellColor" ref="N8:N10" dxfId="0"/>
   </sortState>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:Y83"/>
   <sheetViews>
     <sheetView topLeftCell="C1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="C1" sqref="C1"/>
+      <selection activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.28515625" style="17" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="8.140625" style="28" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" style="23" customWidth="1"/>
     <col min="4" max="4" width="44.140625" style="28" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.85546875" style="24" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="16.28515625" style="24" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="30.28515625" style="19" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="31.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="22.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="16.85546875" style="18" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.140625" style="32" bestFit="1" customWidth="1"/>
     <col min="13" max="14" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="13.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="17.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="11.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="19.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="18.85546875" style="18" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="18.42578125" style="18" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="16.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="16.28515625" style="34" bestFit="1" customWidth="1"/>
@@ -4861,51 +4758,51 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:25" x14ac:dyDescent="0.2">
       <c r="C1" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:25" x14ac:dyDescent="0.2">
       <c r="C2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="1"/>
       <c r="F2" s="26"/>
       <c r="G2" s="26"/>
       <c r="I2" s="1"/>
       <c r="J2" s="19"/>
       <c r="K2" s="1"/>
       <c r="L2" s="29"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="U2" s="19"/>
     </row>
     <row r="3" spans="1:25" x14ac:dyDescent="0.2">
       <c r="C3" s="3" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="1"/>
       <c r="F3" s="26"/>
       <c r="G3" s="26"/>
       <c r="I3" s="1"/>
       <c r="J3" s="19"/>
       <c r="K3" s="1"/>
       <c r="L3" s="29"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="U3" s="19"/>
     </row>
     <row r="4" spans="1:25" s="12" customFormat="1" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="9"/>
       <c r="C4" s="21"/>
       <c r="D4" s="9"/>
       <c r="E4" s="8"/>
       <c r="F4" s="25"/>
       <c r="G4" s="25"/>
       <c r="H4" s="11"/>
       <c r="I4" s="8"/>
       <c r="J4" s="11"/>
       <c r="K4" s="8"/>
       <c r="L4" s="30"/>
@@ -4993,51 +4890,51 @@
       <c r="L7" s="29"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="36"/>
       <c r="W7" s="36"/>
       <c r="X7" s="36"/>
       <c r="Y7" s="36"/>
     </row>
     <row r="8" spans="1:25" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="2"/>
       <c r="C8" s="22"/>
       <c r="D8" s="56">
         <f>SUBTOTAL(3,D11:D83)</f>
         <v>73</v>
       </c>
       <c r="E8" s="51"/>
       <c r="F8" s="54">
         <f>SUBTOTAL(9,F11:F83)</f>
-        <v>2125813608.0210001</v>
+        <v>2170681208.0849996</v>
       </c>
       <c r="G8" s="55"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="29"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="36"/>
       <c r="W8" s="36"/>
       <c r="X8" s="36"/>
       <c r="Y8" s="36"/>
     </row>
     <row r="9" spans="1:25" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B9" s="2"/>
       <c r="C9" s="22"/>
       <c r="D9" s="2"/>
@@ -5058,4217 +4955,4232 @@
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="36"/>
       <c r="W9" s="36"/>
       <c r="X9" s="36"/>
       <c r="Y9" s="36"/>
     </row>
     <row r="10" spans="1:25" s="15" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="33" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>0</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>3</v>
       </c>
       <c r="E10" s="16" t="s">
         <v>4</v>
       </c>
       <c r="F10" s="16" t="s">
-        <v>448</v>
+        <v>439</v>
       </c>
       <c r="G10" s="16" t="s">
-        <v>449</v>
+        <v>440</v>
       </c>
       <c r="H10" s="27" t="s">
         <v>1</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>5</v>
       </c>
       <c r="J10" s="27" t="s">
         <v>21</v>
       </c>
       <c r="K10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="L10" s="15" t="s">
         <v>8</v>
       </c>
       <c r="M10" s="15" t="s">
         <v>6</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>29</v>
       </c>
       <c r="O10" s="15" t="s">
         <v>16</v>
       </c>
       <c r="P10" s="15" t="s">
         <v>25</v>
       </c>
       <c r="Q10" s="15" t="s">
         <v>17</v>
       </c>
       <c r="R10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="S10" s="15" t="s">
-        <v>441</v>
+        <v>430</v>
       </c>
       <c r="T10" s="15" t="s">
         <v>18</v>
       </c>
       <c r="U10" s="15" t="s">
         <v>24</v>
       </c>
       <c r="V10" s="16" t="s">
-        <v>450</v>
+        <v>441</v>
       </c>
       <c r="W10" s="16" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="X10" s="16" t="s">
-        <v>452</v>
+        <v>443</v>
       </c>
       <c r="Y10" s="16" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:25" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A11" s="17" t="s">
-        <v>323</v>
+        <v>310</v>
       </c>
       <c r="B11" s="28">
         <v>1173500</v>
       </c>
       <c r="C11" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D11" s="28" t="s">
-        <v>324</v>
+        <v>311</v>
       </c>
       <c r="E11" s="18" t="s">
-        <v>325</v>
+        <v>312</v>
       </c>
       <c r="F11" s="24">
         <v>663172.15500000003</v>
       </c>
       <c r="G11" s="24">
         <v>132634431</v>
       </c>
       <c r="H11" s="19" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="I11" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K11" s="18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="L11" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M11" s="18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="N11" s="18">
         <v>20150317</v>
       </c>
       <c r="V11" s="34">
         <v>5850265</v>
       </c>
       <c r="W11" s="34">
         <v>38676.5</v>
       </c>
       <c r="X11" s="20">
         <v>150</v>
       </c>
       <c r="Y11" s="18">
         <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A12" s="17" t="s">
-        <v>350</v>
+        <v>337</v>
       </c>
       <c r="B12" s="28">
         <v>1179370</v>
       </c>
       <c r="C12" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D12" s="28" t="s">
-        <v>351</v>
+        <v>338</v>
       </c>
       <c r="E12" s="18" t="s">
-        <v>352</v>
+        <v>339</v>
       </c>
       <c r="F12" s="24">
         <v>2600632.2599999998</v>
       </c>
       <c r="G12" s="24">
         <v>86687742</v>
       </c>
       <c r="H12" s="19" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="I12" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K12" s="18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="L12" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M12" s="18" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="N12" s="18">
         <v>20240926</v>
       </c>
       <c r="V12" s="34">
         <v>583248</v>
       </c>
       <c r="W12" s="34">
         <v>26237</v>
       </c>
       <c r="X12" s="20">
         <v>104</v>
       </c>
       <c r="Y12" s="18">
         <v>7</v>
       </c>
     </row>
     <row r="13" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A13" s="17" t="s">
-        <v>320</v>
+        <v>307</v>
       </c>
       <c r="B13" s="28">
         <v>1170010</v>
       </c>
       <c r="C13" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D13" s="28" t="s">
-        <v>321</v>
+        <v>308</v>
       </c>
       <c r="E13" s="18" t="s">
-        <v>322</v>
+        <v>309</v>
       </c>
       <c r="F13" s="24">
-        <v>111058694.88</v>
+        <v>65445302.340000004</v>
       </c>
       <c r="G13" s="24">
         <v>66106366</v>
       </c>
       <c r="H13" s="19" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="I13" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K13" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L13" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M13" s="18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="N13" s="18">
         <v>20150223</v>
       </c>
       <c r="P13" s="18" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="V13" s="34">
-        <v>2943437</v>
+        <v>5711222</v>
       </c>
       <c r="W13" s="34">
-        <v>5164710</v>
+        <v>8771851</v>
       </c>
       <c r="X13" s="20">
-        <v>6598</v>
+        <v>9861</v>
       </c>
       <c r="Y13" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A14" s="17" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="B14" s="28">
         <v>1003651</v>
       </c>
       <c r="C14" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D14" s="28" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="E14" s="18" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="F14" s="24">
-        <v>2988532.62</v>
+        <v>996177.54</v>
       </c>
       <c r="G14" s="24">
         <v>66411836</v>
       </c>
       <c r="H14" s="19" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="I14" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K14" s="18" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="L14" s="32" t="s">
         <v>15</v>
       </c>
       <c r="M14" s="18" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
       <c r="N14" s="18">
         <v>20221027</v>
       </c>
       <c r="T14" s="18" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
       <c r="V14" s="34">
-        <v>5343367</v>
+        <v>7532884</v>
       </c>
       <c r="W14" s="34">
-        <v>362674.5</v>
+        <v>422494</v>
       </c>
       <c r="X14" s="20">
-        <v>413</v>
+        <v>513</v>
       </c>
       <c r="Y14" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A15" s="17" t="s">
-        <v>300</v>
+        <v>287</v>
       </c>
       <c r="B15" s="28">
         <v>1166025</v>
       </c>
       <c r="C15" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D15" s="28" t="s">
-        <v>301</v>
+        <v>288</v>
       </c>
       <c r="E15" s="18" t="s">
-        <v>302</v>
+        <v>289</v>
       </c>
       <c r="F15" s="24">
-        <v>20849341.68</v>
+        <v>24710330.879999999</v>
       </c>
       <c r="G15" s="24">
         <v>77219784</v>
       </c>
       <c r="H15" s="19" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="I15" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K15" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="L15" s="32" t="s">
         <v>15</v>
       </c>
       <c r="M15" s="18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="N15" s="18">
         <v>20130910</v>
       </c>
       <c r="P15" s="18" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="T15" s="18" t="s">
-        <v>303</v>
+        <v>290</v>
       </c>
       <c r="V15" s="34">
-        <v>5116572</v>
+        <v>6687052</v>
       </c>
       <c r="W15" s="34">
-        <v>1768476</v>
+        <v>2206266.5</v>
       </c>
       <c r="X15" s="20">
-        <v>1083</v>
+        <v>1389</v>
       </c>
       <c r="Y15" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A16" s="17" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="B16" s="28">
         <v>1068761</v>
       </c>
       <c r="C16" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D16" s="28" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
       <c r="E16" s="18" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="F16" s="24">
-        <v>8103173.1200000001</v>
+        <v>5570931.5199999996</v>
       </c>
       <c r="G16" s="24">
         <v>101289664</v>
       </c>
       <c r="H16" s="19" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="I16" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K16" s="18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="L16" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="N16" s="18">
         <v>20010731</v>
       </c>
       <c r="P16" s="18" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="Q16" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V16" s="34">
-        <v>11051927</v>
+        <v>13292554</v>
       </c>
       <c r="W16" s="34">
-        <v>657804</v>
+        <v>802948</v>
       </c>
       <c r="X16" s="20">
-        <v>1067</v>
+        <v>1329</v>
       </c>
       <c r="Y16" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A17" s="17" t="s">
-        <v>326</v>
+        <v>313</v>
       </c>
       <c r="B17" s="28">
         <v>1176395</v>
       </c>
       <c r="C17" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D17" s="28" t="s">
-        <v>327</v>
+        <v>314</v>
       </c>
       <c r="E17" s="18" t="s">
-        <v>328</v>
+        <v>315</v>
       </c>
       <c r="F17" s="24">
         <v>1393463.61</v>
       </c>
       <c r="G17" s="24">
         <v>46448787</v>
       </c>
       <c r="H17" s="19" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="I17" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K17" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="L17" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M17" s="18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="N17" s="18">
         <v>20151209</v>
       </c>
       <c r="V17" s="34">
         <v>174311</v>
       </c>
       <c r="W17" s="34">
         <v>5750</v>
       </c>
       <c r="X17" s="20">
         <v>29</v>
       </c>
       <c r="Y17" s="18">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A18" s="17" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="B18" s="28">
         <v>25138</v>
       </c>
       <c r="C18" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D18" s="28" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="E18" s="18" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="F18" s="24">
-        <v>138445042.51499999</v>
+        <v>126229917</v>
       </c>
       <c r="G18" s="24">
-        <v>11474931</v>
+        <v>11475447</v>
       </c>
       <c r="H18" s="19" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="I18" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K18" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L18" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="N18" s="18">
         <v>20060613</v>
       </c>
-      <c r="R18" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V18" s="34">
-        <v>674068</v>
+        <v>875246</v>
       </c>
       <c r="W18" s="34">
-        <v>7540303.5</v>
+        <v>9884887.5</v>
       </c>
       <c r="X18" s="20">
-        <v>2397</v>
+        <v>3150</v>
       </c>
       <c r="Y18" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A19" s="17" t="s">
-        <v>332</v>
+        <v>319</v>
       </c>
       <c r="B19" s="28">
         <v>1178940</v>
       </c>
       <c r="C19" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D19" s="28" t="s">
-        <v>333</v>
+        <v>320</v>
       </c>
       <c r="E19" s="18" t="s">
-        <v>334</v>
+        <v>321</v>
       </c>
       <c r="F19" s="24">
-        <v>6210000</v>
+        <v>5520000</v>
       </c>
       <c r="G19" s="24">
         <v>138000000</v>
       </c>
       <c r="H19" s="19" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="I19" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J19" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="K19" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="L19" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M19" s="18" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="N19" s="18">
         <v>20190430</v>
       </c>
       <c r="Q19" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V19" s="34">
-        <v>18570797</v>
+        <v>22011172</v>
       </c>
       <c r="W19" s="34">
-        <v>1323880</v>
+        <v>1465986.5</v>
       </c>
       <c r="X19" s="20">
-        <v>1204</v>
+        <v>1348</v>
       </c>
       <c r="Y19" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A20" s="17" t="s">
-        <v>406</v>
+        <v>393</v>
       </c>
       <c r="B20" s="28">
         <v>1183910</v>
       </c>
       <c r="C20" s="23" t="s">
+        <v>38</v>
+      </c>
+      <c r="D20" s="28" t="s">
+        <v>394</v>
+      </c>
+      <c r="E20" s="18" t="s">
+        <v>395</v>
+      </c>
+      <c r="F20" s="24">
+        <v>162271985.58000001</v>
+      </c>
+      <c r="G20" s="24">
+        <v>94895898</v>
+      </c>
+      <c r="H20" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="I20" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="J20" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="K20" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="L20" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="M20" s="18" t="s">
         <v>42</v>
-      </c>
-[...28 lines deleted...]
-        <v>46</v>
       </c>
       <c r="N20" s="18">
         <v>20210408</v>
       </c>
       <c r="P20" s="18" t="s">
-        <v>61</v>
+        <v>57</v>
+      </c>
+      <c r="R20" s="18" t="s">
+        <v>44</v>
       </c>
       <c r="V20" s="34">
-        <v>10744850</v>
+        <v>12737555</v>
       </c>
       <c r="W20" s="34">
-        <v>15805023.5</v>
+        <v>19258326.5</v>
       </c>
       <c r="X20" s="20">
-        <v>7545</v>
+        <v>9831</v>
       </c>
       <c r="Y20" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A21" s="17" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="B21" s="28">
         <v>698705</v>
       </c>
       <c r="C21" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D21" s="28" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="E21" s="18" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="F21" s="24">
-        <v>1972365.06</v>
+        <v>2958547.59</v>
       </c>
       <c r="G21" s="24">
         <v>197236506</v>
       </c>
       <c r="H21" s="19" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="I21" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K21" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L21" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="V21" s="34">
-        <v>6612838</v>
+        <v>8063459</v>
       </c>
       <c r="W21" s="34">
-        <v>71837.5</v>
+        <v>91079</v>
       </c>
       <c r="X21" s="20">
-        <v>304</v>
+        <v>390</v>
       </c>
       <c r="Y21" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A22" s="17" t="s">
-        <v>356</v>
+        <v>343</v>
       </c>
       <c r="B22" s="28">
         <v>1181621</v>
       </c>
       <c r="C22" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D22" s="28" t="s">
-        <v>357</v>
+        <v>344</v>
       </c>
       <c r="E22" s="18" t="s">
-        <v>358</v>
+        <v>345</v>
       </c>
       <c r="F22" s="24">
         <v>714240.52500000002</v>
       </c>
       <c r="G22" s="24">
         <v>47616035</v>
       </c>
       <c r="H22" s="19" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="I22" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K22" s="18" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="L22" s="32" t="s">
         <v>15</v>
       </c>
       <c r="M22" s="18" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="N22" s="18">
         <v>20211126</v>
       </c>
       <c r="Q22" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="T22" s="18" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="V22" s="34">
         <v>48000</v>
       </c>
       <c r="W22" s="34">
         <v>1090</v>
       </c>
       <c r="X22" s="20">
         <v>17</v>
       </c>
       <c r="Y22" s="18">
         <v>2</v>
       </c>
     </row>
     <row r="23" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A23" s="17" t="s">
-        <v>425</v>
+        <v>414</v>
       </c>
       <c r="B23" s="28">
         <v>1186675</v>
       </c>
       <c r="C23" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D23" s="28" t="s">
-        <v>446</v>
+        <v>435</v>
       </c>
       <c r="E23" s="18" t="s">
-        <v>447</v>
+        <v>436</v>
       </c>
       <c r="F23" s="24">
-        <v>20414926.48</v>
+        <v>18059910.039999999</v>
       </c>
       <c r="G23" s="24">
-        <v>19629737</v>
+        <v>19630337</v>
       </c>
       <c r="H23" s="19" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="I23" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K23" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L23" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M23" s="18" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="N23" s="18">
         <v>20250716</v>
       </c>
       <c r="Q23" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V23" s="34">
-        <v>1525920</v>
+        <v>2440226</v>
       </c>
       <c r="W23" s="34">
-        <v>1559055</v>
+        <v>2409230.5</v>
       </c>
       <c r="X23" s="20">
-        <v>705</v>
+        <v>1005</v>
       </c>
       <c r="Y23" s="18">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="24" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A24" s="17" t="s">
-        <v>291</v>
+        <v>361</v>
       </c>
       <c r="B24" s="28">
-        <v>1154937</v>
+        <v>1181730</v>
       </c>
       <c r="C24" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D24" s="28" t="s">
-        <v>292</v>
+        <v>362</v>
       </c>
       <c r="E24" s="18" t="s">
-        <v>293</v>
+        <v>363</v>
       </c>
       <c r="F24" s="24">
-        <v>1946533.96</v>
+        <v>11486798.08</v>
       </c>
       <c r="G24" s="24">
-        <v>97326698</v>
+        <v>17948122</v>
       </c>
       <c r="H24" s="19" t="s">
-        <v>85</v>
+        <v>151</v>
       </c>
       <c r="I24" s="18" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="K24" s="18" t="s">
-        <v>38</v>
+        <v>364</v>
       </c>
       <c r="L24" s="32" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="M24" s="18" t="s">
-        <v>39</v>
+        <v>208</v>
       </c>
       <c r="N24" s="18">
-        <v>20120323</v>
+        <v>20211015</v>
+      </c>
+      <c r="Q24" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="T24" s="18" t="s">
+        <v>365</v>
+      </c>
+      <c r="V24" s="34">
+        <v>16619228</v>
+      </c>
+      <c r="W24" s="34">
+        <v>601600.5</v>
+      </c>
+      <c r="X24" s="20">
+        <v>479</v>
+      </c>
+      <c r="Y24" s="18">
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A25" s="17" t="s">
-        <v>374</v>
+        <v>422</v>
       </c>
       <c r="B25" s="28">
-        <v>1181730</v>
+        <v>1188321</v>
       </c>
       <c r="C25" s="23" t="s">
+        <v>38</v>
+      </c>
+      <c r="D25" s="28" t="s">
+        <v>423</v>
+      </c>
+      <c r="E25" s="18" t="s">
+        <v>424</v>
+      </c>
+      <c r="F25" s="24">
+        <v>45282550.740000002</v>
+      </c>
+      <c r="G25" s="24">
+        <v>76750086</v>
+      </c>
+      <c r="H25" s="19" t="s">
+        <v>106</v>
+      </c>
+      <c r="I25" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="K25" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="M25" s="18" t="s">
         <v>42</v>
       </c>
-      <c r="D25" s="28" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N25" s="18">
-        <v>20211015</v>
-[...5 lines deleted...]
-        <v>378</v>
+        <v>20241016</v>
       </c>
       <c r="V25" s="34">
-        <v>16331944</v>
+        <v>7184565</v>
       </c>
       <c r="W25" s="34">
-        <v>441658</v>
+        <v>3264814</v>
       </c>
       <c r="X25" s="20">
-        <v>416</v>
+        <v>2944</v>
       </c>
       <c r="Y25" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A26" s="17" t="s">
-        <v>433</v>
+        <v>218</v>
       </c>
       <c r="B26" s="28">
-        <v>1188321</v>
+        <v>1096521</v>
       </c>
       <c r="C26" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D26" s="28" t="s">
-        <v>434</v>
+        <v>219</v>
       </c>
       <c r="E26" s="18" t="s">
-        <v>435</v>
+        <v>220</v>
       </c>
       <c r="F26" s="24">
-        <v>33386287.41</v>
+        <v>62787396.329999998</v>
       </c>
       <c r="G26" s="24">
-        <v>76750086</v>
+        <v>27418077</v>
       </c>
       <c r="H26" s="19" t="s">
-        <v>110</v>
+        <v>64</v>
       </c>
       <c r="I26" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K26" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L26" s="32" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>20241016</v>
+        <v>33</v>
+      </c>
+      <c r="P26" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q26" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="S26" s="18" t="s">
+        <v>44</v>
       </c>
       <c r="V26" s="34">
-        <v>6084309</v>
+        <v>5509374</v>
       </c>
       <c r="W26" s="34">
-        <v>2619719.5</v>
+        <v>14601260</v>
       </c>
       <c r="X26" s="20">
-        <v>2344</v>
+        <v>8206</v>
       </c>
       <c r="Y26" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A27" s="17" t="s">
-        <v>225</v>
+        <v>407</v>
       </c>
       <c r="B27" s="28">
-        <v>1096521</v>
+        <v>1186116</v>
       </c>
       <c r="C27" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D27" s="28" t="s">
-        <v>226</v>
+        <v>408</v>
       </c>
       <c r="E27" s="18" t="s">
-        <v>227</v>
+        <v>409</v>
       </c>
       <c r="F27" s="24">
-        <v>65803384.799999997</v>
+        <v>14187600.83</v>
       </c>
       <c r="G27" s="24">
-        <v>27418077</v>
+        <v>61685221</v>
       </c>
       <c r="H27" s="19" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="I27" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K27" s="18" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="L27" s="32" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>33</v>
+      </c>
+      <c r="M27" s="18" t="s">
+        <v>208</v>
+      </c>
+      <c r="N27" s="18">
+        <v>20240209</v>
       </c>
       <c r="Q27" s="18" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V27" s="34">
-        <v>4631047</v>
+        <v>10335398</v>
       </c>
       <c r="W27" s="34">
-        <v>12698090</v>
+        <v>2293571</v>
       </c>
       <c r="X27" s="20">
-        <v>6629</v>
+        <v>2521</v>
       </c>
       <c r="Y27" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A28" s="17" t="s">
-        <v>419</v>
+        <v>263</v>
       </c>
       <c r="B28" s="28">
-        <v>1186116</v>
+        <v>1127835</v>
       </c>
       <c r="C28" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D28" s="28" t="s">
-        <v>420</v>
+        <v>264</v>
       </c>
       <c r="E28" s="18" t="s">
-        <v>421</v>
+        <v>265</v>
       </c>
       <c r="F28" s="24">
-        <v>15421305.25</v>
+        <v>8909607.5850000009</v>
       </c>
       <c r="G28" s="24">
-        <v>61685221</v>
+        <v>31261781</v>
       </c>
       <c r="H28" s="19" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="I28" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
+      </c>
+      <c r="J28" s="18" t="s">
+        <v>73</v>
       </c>
       <c r="K28" s="18" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="L28" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M28" s="18" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="N28" s="18">
-        <v>20240209</v>
+        <v>20170428</v>
+      </c>
+      <c r="P28" s="18" t="s">
+        <v>57</v>
       </c>
       <c r="Q28" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V28" s="34">
-        <v>7807742</v>
+        <v>11576066</v>
       </c>
       <c r="W28" s="34">
-        <v>1709465</v>
+        <v>795298</v>
       </c>
       <c r="X28" s="20">
-        <v>1994</v>
+        <v>1514</v>
       </c>
       <c r="Y28" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A29" s="17" t="s">
-        <v>273</v>
+        <v>304</v>
       </c>
       <c r="B29" s="28">
-        <v>1127835</v>
+        <v>1170025</v>
       </c>
       <c r="C29" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D29" s="28" t="s">
-        <v>274</v>
+        <v>305</v>
       </c>
       <c r="E29" s="18" t="s">
-        <v>275</v>
+        <v>306</v>
       </c>
       <c r="F29" s="24">
-        <v>7346518.5350000001</v>
+        <v>28210397.039999999</v>
       </c>
       <c r="G29" s="24">
-        <v>31261781</v>
+        <v>165943512</v>
       </c>
       <c r="H29" s="19" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="I29" s="18" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="K29" s="18" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="L29" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M29" s="18" t="s">
-        <v>220</v>
+        <v>208</v>
       </c>
       <c r="N29" s="18">
-        <v>20170428</v>
+        <v>20170519</v>
       </c>
       <c r="P29" s="18" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="Q29" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V29" s="34">
-        <v>10146699</v>
+        <v>1839840</v>
       </c>
       <c r="W29" s="34">
-        <v>430231.5</v>
+        <v>310617</v>
       </c>
       <c r="X29" s="20">
-        <v>1076</v>
+        <v>406</v>
       </c>
       <c r="Y29" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A30" s="17" t="s">
-        <v>317</v>
+        <v>301</v>
       </c>
       <c r="B30" s="28">
-        <v>1170025</v>
+        <v>1167235</v>
       </c>
       <c r="C30" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D30" s="28" t="s">
-        <v>318</v>
+        <v>302</v>
       </c>
       <c r="E30" s="18" t="s">
-        <v>319</v>
+        <v>303</v>
       </c>
       <c r="F30" s="24">
-        <v>27875896.710000001</v>
+        <v>48220178.299999997</v>
       </c>
       <c r="G30" s="24">
-        <v>163975863</v>
+        <v>68885969</v>
       </c>
       <c r="H30" s="19" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="I30" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K30" s="18" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="L30" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M30" s="18" t="s">
-        <v>215</v>
+        <v>35</v>
       </c>
       <c r="N30" s="18">
-        <v>20170519</v>
-[...5 lines deleted...]
-        <v>48</v>
+        <v>20140905</v>
       </c>
       <c r="V30" s="34">
-        <v>1138172</v>
+        <v>405059</v>
       </c>
       <c r="W30" s="34">
-        <v>195261</v>
+        <v>166498</v>
       </c>
       <c r="X30" s="20">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="Y30" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A31" s="17" t="s">
-        <v>314</v>
+        <v>275</v>
       </c>
       <c r="B31" s="28">
-        <v>1167235</v>
+        <v>1145690</v>
       </c>
       <c r="C31" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D31" s="28" t="s">
-        <v>315</v>
+        <v>276</v>
       </c>
       <c r="E31" s="18" t="s">
-        <v>316</v>
+        <v>277</v>
       </c>
       <c r="F31" s="24">
-        <v>21010220.545000002</v>
+        <v>532384.51</v>
       </c>
       <c r="G31" s="24">
-        <v>68885969</v>
+        <v>7605493</v>
       </c>
       <c r="H31" s="19" t="s">
-        <v>85</v>
+        <v>151</v>
       </c>
       <c r="I31" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K31" s="18" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="L31" s="32" t="s">
-        <v>37</v>
+        <v>131</v>
       </c>
       <c r="M31" s="18" t="s">
-        <v>39</v>
+        <v>204</v>
       </c>
       <c r="N31" s="18">
-        <v>20140905</v>
+        <v>20230414</v>
+      </c>
+      <c r="P31" s="18" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q31" s="18" t="s">
+        <v>44</v>
       </c>
       <c r="V31" s="34">
-        <v>307981</v>
+        <v>28252</v>
       </c>
       <c r="W31" s="34">
-        <v>121008.5</v>
+        <v>606</v>
       </c>
       <c r="X31" s="20">
-        <v>190</v>
+        <v>21</v>
       </c>
       <c r="Y31" s="18">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="32" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A32" s="17" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="B32" s="28">
-        <v>1145690</v>
+        <v>1168160</v>
       </c>
       <c r="C32" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D32" s="28" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="E32" s="18" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="F32" s="24">
-        <v>532384.51</v>
+        <v>300871.88500000001</v>
       </c>
       <c r="G32" s="24">
-        <v>7605493</v>
+        <v>60174377</v>
       </c>
       <c r="H32" s="19" t="s">
-        <v>155</v>
+        <v>106</v>
       </c>
       <c r="I32" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K32" s="18" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L32" s="32" t="s">
-        <v>135</v>
+        <v>15</v>
       </c>
       <c r="M32" s="18" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="N32" s="18">
-        <v>20230414</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>20210609</v>
       </c>
       <c r="Q32" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
+      </c>
+      <c r="T32" s="18" t="s">
+        <v>294</v>
       </c>
       <c r="V32" s="34">
-        <v>28252</v>
+        <v>19740867</v>
       </c>
       <c r="W32" s="34">
-        <v>606</v>
+        <v>561659.5</v>
       </c>
       <c r="X32" s="20">
-        <v>21</v>
+        <v>1347</v>
       </c>
       <c r="Y32" s="18">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A33" s="17" t="s">
-        <v>304</v>
+        <v>384</v>
       </c>
       <c r="B33" s="28">
-        <v>1168160</v>
+        <v>1183930</v>
       </c>
       <c r="C33" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D33" s="28" t="s">
-        <v>305</v>
+        <v>385</v>
       </c>
       <c r="E33" s="18" t="s">
-        <v>306</v>
+        <v>386</v>
       </c>
       <c r="F33" s="24">
-        <v>300871.88500000001</v>
+        <v>12777480.32</v>
       </c>
       <c r="G33" s="24">
-        <v>60174377</v>
+        <v>58079456</v>
       </c>
       <c r="H33" s="19" t="s">
-        <v>110</v>
+        <v>151</v>
       </c>
       <c r="I33" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K33" s="18" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="L33" s="32" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="M33" s="18" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="N33" s="18">
-        <v>20210609</v>
+        <v>20220207</v>
       </c>
       <c r="Q33" s="18" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>307</v>
+        <v>44</v>
       </c>
       <c r="V33" s="34">
-        <v>19740867</v>
+        <v>638912</v>
       </c>
       <c r="W33" s="34">
-        <v>561659.5</v>
+        <v>161186</v>
       </c>
       <c r="X33" s="20">
-        <v>1347</v>
+        <v>218</v>
       </c>
       <c r="Y33" s="18">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A34" s="17" t="s">
-        <v>397</v>
+        <v>209</v>
       </c>
       <c r="B34" s="28">
-        <v>1183930</v>
+        <v>1023715</v>
       </c>
       <c r="C34" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D34" s="28" t="s">
-        <v>398</v>
+        <v>210</v>
       </c>
       <c r="E34" s="18" t="s">
-        <v>399</v>
+        <v>211</v>
       </c>
       <c r="F34" s="24">
-        <v>11901444.135</v>
+        <v>1836723.93</v>
       </c>
       <c r="G34" s="24">
-        <v>48577323</v>
+        <v>61224131</v>
       </c>
       <c r="H34" s="19" t="s">
-        <v>155</v>
+        <v>81</v>
       </c>
       <c r="I34" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K34" s="18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="L34" s="32" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>48</v>
+        <v>33</v>
+      </c>
+      <c r="P34" s="18" t="s">
+        <v>57</v>
       </c>
       <c r="V34" s="34">
-        <v>384314</v>
+        <v>2962709</v>
       </c>
       <c r="W34" s="34">
-        <v>90957.5</v>
+        <v>74187.5</v>
       </c>
       <c r="X34" s="20">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="Y34" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A35" s="17" t="s">
-        <v>216</v>
+        <v>400</v>
       </c>
       <c r="B35" s="28">
-        <v>1023715</v>
+        <v>1185085</v>
       </c>
       <c r="C35" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D35" s="28" t="s">
-        <v>217</v>
+        <v>401</v>
       </c>
       <c r="E35" s="18" t="s">
-        <v>218</v>
+        <v>402</v>
       </c>
       <c r="F35" s="24">
-        <v>1776723.93</v>
+        <v>45817727.560000002</v>
       </c>
       <c r="G35" s="24">
-        <v>59224131</v>
+        <v>34192334</v>
       </c>
       <c r="H35" s="19" t="s">
         <v>85</v>
       </c>
       <c r="I35" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K35" s="18" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="L35" s="32" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>33</v>
+      </c>
+      <c r="M35" s="18" t="s">
+        <v>208</v>
+      </c>
+      <c r="N35" s="18">
+        <v>20221123</v>
+      </c>
+      <c r="Q35" s="18" t="s">
+        <v>44</v>
       </c>
       <c r="V35" s="34">
-        <v>656709</v>
+        <v>6059131</v>
       </c>
       <c r="W35" s="34">
-        <v>21622.5</v>
+        <v>7317913</v>
       </c>
       <c r="X35" s="20">
-        <v>83</v>
+        <v>933</v>
       </c>
       <c r="Y35" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A36" s="17" t="s">
-        <v>413</v>
+        <v>284</v>
       </c>
       <c r="B36" s="28">
-        <v>1185085</v>
+        <v>1159325</v>
       </c>
       <c r="C36" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D36" s="28" t="s">
-        <v>414</v>
+        <v>285</v>
       </c>
       <c r="E36" s="18" t="s">
-        <v>415</v>
+        <v>286</v>
       </c>
       <c r="F36" s="24">
-        <v>47185420.920000002</v>
+        <v>18400000</v>
       </c>
       <c r="G36" s="24">
-        <v>34192334</v>
+        <v>184000000</v>
       </c>
       <c r="H36" s="19" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="I36" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K36" s="18" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="L36" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M36" s="18" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="N36" s="18">
-        <v>20221123</v>
+        <v>20141127</v>
+      </c>
+      <c r="P36" s="18" t="s">
+        <v>57</v>
       </c>
       <c r="Q36" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V36" s="34">
-        <v>2115597</v>
+        <v>69208321</v>
       </c>
       <c r="W36" s="34">
-        <v>2268258</v>
+        <v>10782749.5</v>
       </c>
       <c r="X36" s="20">
-        <v>583</v>
+        <v>6503</v>
       </c>
       <c r="Y36" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A37" s="17" t="s">
-        <v>297</v>
+        <v>355</v>
       </c>
       <c r="B37" s="28">
-        <v>1159325</v>
+        <v>1181706</v>
       </c>
       <c r="C37" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D37" s="28" t="s">
-        <v>298</v>
+        <v>356</v>
       </c>
       <c r="E37" s="18" t="s">
-        <v>299</v>
+        <v>357</v>
       </c>
       <c r="F37" s="24">
-        <v>19987741.510000002</v>
+        <v>227490291.91999999</v>
       </c>
       <c r="G37" s="24">
-        <v>181706741</v>
+        <v>47197156</v>
       </c>
       <c r="H37" s="19" t="s">
-        <v>68</v>
+        <v>151</v>
       </c>
       <c r="I37" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K37" s="18" t="s">
-        <v>50</v>
+        <v>69</v>
       </c>
       <c r="L37" s="32" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="M37" s="18" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="N37" s="18">
-        <v>20141127</v>
+        <v>20221201</v>
       </c>
       <c r="P37" s="18" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="Q37" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
+      </c>
+      <c r="S37" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="T37" s="18" t="s">
+        <v>233</v>
       </c>
       <c r="V37" s="34">
-        <v>63470539</v>
+        <v>38402314</v>
       </c>
       <c r="W37" s="34">
-        <v>10172908.5</v>
+        <v>92893908</v>
       </c>
       <c r="X37" s="20">
-        <v>5531</v>
+        <v>48941</v>
       </c>
       <c r="Y37" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A38" s="17" t="s">
-        <v>368</v>
+        <v>295</v>
       </c>
       <c r="B38" s="28">
-        <v>1181706</v>
+        <v>1023533</v>
       </c>
       <c r="C38" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D38" s="28" t="s">
-        <v>369</v>
+        <v>296</v>
       </c>
       <c r="E38" s="18" t="s">
-        <v>370</v>
+        <v>297</v>
       </c>
       <c r="F38" s="24">
-        <v>150874993.44</v>
+        <v>413382</v>
       </c>
       <c r="G38" s="24">
-        <v>46566356</v>
+        <v>10334550</v>
       </c>
       <c r="H38" s="19" t="s">
-        <v>155</v>
+        <v>106</v>
       </c>
       <c r="I38" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K38" s="18" t="s">
-        <v>73</v>
+        <v>46</v>
       </c>
       <c r="L38" s="32" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="M38" s="18" t="s">
-        <v>215</v>
+        <v>37</v>
       </c>
       <c r="N38" s="18">
-        <v>20221201</v>
-[...11 lines deleted...]
-        <v>240</v>
+        <v>20140630</v>
       </c>
       <c r="V38" s="34">
-        <v>31922172</v>
+        <v>52506</v>
       </c>
       <c r="W38" s="34">
-        <v>65361030.5</v>
+        <v>1687</v>
       </c>
       <c r="X38" s="20">
-        <v>34828</v>
+        <v>19</v>
       </c>
       <c r="Y38" s="18">
         <v>8</v>
       </c>
     </row>
     <row r="39" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A39" s="17" t="s">
-        <v>308</v>
+        <v>224</v>
       </c>
       <c r="B39" s="28">
-        <v>1023533</v>
+        <v>1083979</v>
       </c>
       <c r="C39" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D39" s="28" t="s">
-        <v>309</v>
+        <v>225</v>
       </c>
       <c r="E39" s="18" t="s">
-        <v>310</v>
+        <v>226</v>
       </c>
       <c r="F39" s="24">
-        <v>258363.75</v>
+        <v>11916468.82</v>
       </c>
       <c r="G39" s="24">
-        <v>10334550</v>
+        <v>51810734</v>
       </c>
       <c r="H39" s="19" t="s">
-        <v>110</v>
+        <v>85</v>
       </c>
       <c r="I39" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K39" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="L39" s="32" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>20140630</v>
+        <v>33</v>
+      </c>
+      <c r="Q39" s="18" t="s">
+        <v>44</v>
       </c>
       <c r="V39" s="34">
-        <v>12230</v>
+        <v>6448548</v>
       </c>
       <c r="W39" s="34">
-        <v>339</v>
+        <v>1323951</v>
       </c>
       <c r="X39" s="20">
-        <v>8</v>
+        <v>746</v>
       </c>
       <c r="Y39" s="18">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A40" s="17" t="s">
-        <v>231</v>
+        <v>369</v>
       </c>
       <c r="B40" s="28">
-        <v>1083979</v>
+        <v>1180325</v>
       </c>
       <c r="C40" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D40" s="28" t="s">
-        <v>232</v>
+        <v>370</v>
       </c>
       <c r="E40" s="18" t="s">
-        <v>233</v>
+        <v>371</v>
       </c>
       <c r="F40" s="24">
-        <v>12035047.439999999</v>
+        <v>435495.79499999998</v>
       </c>
       <c r="G40" s="24">
-        <v>50146031</v>
+        <v>87099159</v>
       </c>
       <c r="H40" s="19" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="I40" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K40" s="18" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="L40" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
+      </c>
+      <c r="M40" s="18" t="s">
+        <v>208</v>
+      </c>
+      <c r="N40" s="18">
+        <v>20201006</v>
+      </c>
+      <c r="P40" s="18" t="s">
+        <v>57</v>
       </c>
       <c r="Q40" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V40" s="34">
-        <v>5545937</v>
+        <v>8568000</v>
       </c>
       <c r="W40" s="34">
-        <v>1132875</v>
+        <v>133130</v>
       </c>
       <c r="X40" s="20">
-        <v>579</v>
+        <v>366</v>
       </c>
       <c r="Y40" s="18">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A41" s="17" t="s">
-        <v>382</v>
+        <v>230</v>
       </c>
       <c r="B41" s="28">
-        <v>1180325</v>
+        <v>1090436</v>
       </c>
       <c r="C41" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D41" s="28" t="s">
-        <v>383</v>
+        <v>231</v>
       </c>
       <c r="E41" s="18" t="s">
-        <v>384</v>
+        <v>232</v>
       </c>
       <c r="F41" s="24">
-        <v>435495.79499999998</v>
+        <v>5020396.95</v>
       </c>
       <c r="G41" s="24">
-        <v>87099159</v>
+        <v>167346565</v>
       </c>
       <c r="H41" s="19" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="I41" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K41" s="18" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="L41" s="32" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>20201006</v>
+        <v>33</v>
       </c>
       <c r="P41" s="18" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="Q41" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V41" s="34">
-        <v>8568000</v>
+        <v>18494655</v>
       </c>
       <c r="W41" s="34">
-        <v>133130</v>
+        <v>1062158</v>
       </c>
       <c r="X41" s="20">
-        <v>366</v>
+        <v>1613</v>
       </c>
       <c r="Y41" s="18">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A42" s="17" t="s">
-        <v>237</v>
+        <v>396</v>
       </c>
       <c r="B42" s="28">
-        <v>1090436</v>
+        <v>1184550</v>
       </c>
       <c r="C42" s="23" t="s">
+        <v>38</v>
+      </c>
+      <c r="D42" s="28" t="s">
+        <v>397</v>
+      </c>
+      <c r="E42" s="18" t="s">
+        <v>398</v>
+      </c>
+      <c r="F42" s="24">
+        <v>7075628.96</v>
+      </c>
+      <c r="G42" s="24">
+        <v>176890724</v>
+      </c>
+      <c r="H42" s="19" t="s">
+        <v>151</v>
+      </c>
+      <c r="I42" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="K42" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="L42" s="32" t="s">
+        <v>15</v>
+      </c>
+      <c r="M42" s="18" t="s">
         <v>42</v>
       </c>
-      <c r="D42" s="28" t="s">
-[...27 lines deleted...]
-        <v>48</v>
+      <c r="N42" s="18">
+        <v>20210604</v>
+      </c>
+      <c r="T42" s="18" t="s">
+        <v>399</v>
       </c>
       <c r="V42" s="34">
-        <v>12728254</v>
+        <v>3172025</v>
       </c>
       <c r="W42" s="34">
-        <v>841744.5</v>
+        <v>146336</v>
       </c>
       <c r="X42" s="20">
-        <v>1284</v>
+        <v>231</v>
       </c>
       <c r="Y42" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A43" s="17" t="s">
-        <v>409</v>
+        <v>378</v>
       </c>
       <c r="B43" s="28">
-        <v>1184550</v>
+        <v>1183195</v>
       </c>
       <c r="C43" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D43" s="28" t="s">
-        <v>410</v>
+        <v>379</v>
       </c>
       <c r="E43" s="18" t="s">
-        <v>411</v>
+        <v>380</v>
       </c>
       <c r="F43" s="24">
-        <v>7960082.5800000001</v>
+        <v>4341812.8049999997</v>
       </c>
       <c r="G43" s="24">
-        <v>176890724</v>
+        <v>96484729</v>
       </c>
       <c r="H43" s="19" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="I43" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K43" s="18" t="s">
-        <v>114</v>
+        <v>34</v>
       </c>
       <c r="L43" s="32" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="M43" s="18" t="s">
-        <v>46</v>
+        <v>208</v>
       </c>
       <c r="N43" s="18">
-        <v>20210604</v>
-[...2 lines deleted...]
-        <v>412</v>
+        <v>20201214</v>
+      </c>
+      <c r="Q43" s="18" t="s">
+        <v>44</v>
       </c>
       <c r="V43" s="34">
-        <v>1803175</v>
+        <v>454558</v>
       </c>
       <c r="W43" s="34">
-        <v>90777</v>
+        <v>25955</v>
       </c>
       <c r="X43" s="20">
-        <v>153</v>
+        <v>38</v>
       </c>
       <c r="Y43" s="18">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A44" s="17" t="s">
-        <v>391</v>
+        <v>334</v>
       </c>
       <c r="B44" s="28">
-        <v>1183195</v>
+        <v>1178321</v>
       </c>
       <c r="C44" s="23" t="s">
+        <v>38</v>
+      </c>
+      <c r="D44" s="28" t="s">
+        <v>335</v>
+      </c>
+      <c r="E44" s="18" t="s">
+        <v>336</v>
+      </c>
+      <c r="F44" s="24">
+        <v>2652048.14</v>
+      </c>
+      <c r="G44" s="24">
+        <v>37886402</v>
+      </c>
+      <c r="H44" s="19" t="s">
+        <v>74</v>
+      </c>
+      <c r="I44" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="J44" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="K44" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="M44" s="18" t="s">
         <v>42</v>
       </c>
-      <c r="D44" s="28" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N44" s="18">
-        <v>20201214</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>20180502</v>
+      </c>
+      <c r="P44" s="18" t="s">
+        <v>57</v>
+      </c>
+      <c r="V44" s="34">
+        <v>6436567</v>
+      </c>
+      <c r="W44" s="34">
+        <v>458523.5</v>
+      </c>
+      <c r="X44" s="20">
+        <v>1632</v>
+      </c>
+      <c r="Y44" s="18">
+        <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A45" s="17" t="s">
-        <v>347</v>
+        <v>272</v>
       </c>
       <c r="B45" s="28">
-        <v>1178321</v>
+        <v>1144260</v>
       </c>
       <c r="C45" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D45" s="28" t="s">
-        <v>348</v>
+        <v>273</v>
       </c>
       <c r="E45" s="18" t="s">
-        <v>349</v>
+        <v>274</v>
       </c>
       <c r="F45" s="24">
-        <v>3409776.18</v>
+        <v>44851465.119999997</v>
       </c>
       <c r="G45" s="24">
-        <v>37886402</v>
+        <v>121220176</v>
       </c>
       <c r="H45" s="19" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="I45" s="18" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="K45" s="18" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="L45" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M45" s="18" t="s">
-        <v>46</v>
+        <v>204</v>
       </c>
       <c r="N45" s="18">
-        <v>20180502</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>20230301</v>
+      </c>
+      <c r="Q45" s="18" t="s">
+        <v>44</v>
       </c>
       <c r="V45" s="34">
-        <v>5443133</v>
+        <v>10328802</v>
       </c>
       <c r="W45" s="34">
-        <v>382327.5</v>
+        <v>3875692.5</v>
       </c>
       <c r="X45" s="20">
-        <v>1360</v>
+        <v>2490</v>
       </c>
       <c r="Y45" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A46" s="17" t="s">
-        <v>282</v>
+        <v>352</v>
       </c>
       <c r="B46" s="28">
-        <v>1144260</v>
+        <v>1182517</v>
       </c>
       <c r="C46" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D46" s="28" t="s">
-        <v>283</v>
+        <v>353</v>
       </c>
       <c r="E46" s="18" t="s">
-        <v>284</v>
+        <v>354</v>
       </c>
       <c r="F46" s="24">
-        <v>45057743.640000001</v>
+        <v>12354975.82</v>
       </c>
       <c r="G46" s="24">
-        <v>115532676</v>
+        <v>56158981</v>
       </c>
       <c r="H46" s="19" t="s">
-        <v>85</v>
+        <v>64</v>
       </c>
       <c r="I46" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K46" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="L46" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="M46" s="18" t="s">
+        <v>208</v>
+      </c>
+      <c r="N46" s="18">
+        <v>20210712</v>
+      </c>
+      <c r="P46" s="18" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q46" s="18" t="s">
         <v>44</v>
       </c>
-      <c r="L46" s="32" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V46" s="34">
-        <v>7653389</v>
+        <v>14301930</v>
       </c>
       <c r="W46" s="34">
-        <v>2900740.5</v>
+        <v>2671062</v>
       </c>
       <c r="X46" s="20">
-        <v>1934</v>
+        <v>3367</v>
       </c>
       <c r="Y46" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A47" s="17" t="s">
-        <v>365</v>
+        <v>266</v>
       </c>
       <c r="B47" s="28">
-        <v>1182517</v>
+        <v>1133312</v>
       </c>
       <c r="C47" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D47" s="28" t="s">
-        <v>366</v>
+        <v>267</v>
       </c>
       <c r="E47" s="18" t="s">
-        <v>367</v>
+        <v>268</v>
       </c>
       <c r="F47" s="24">
-        <v>15139081.99</v>
+        <v>12106123.08</v>
       </c>
       <c r="G47" s="24">
-        <v>52203731</v>
+        <v>10436313</v>
       </c>
       <c r="H47" s="19" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="I47" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K47" s="18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L47" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="M47" s="18" t="s">
         <v>37</v>
       </c>
-      <c r="M47" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N47" s="18">
-        <v>20210712</v>
-[...5 lines deleted...]
-        <v>48</v>
+        <v>20100329</v>
       </c>
       <c r="V47" s="34">
-        <v>10180224</v>
+        <v>364273</v>
       </c>
       <c r="W47" s="34">
-        <v>1710634.5</v>
+        <v>360052.5</v>
       </c>
       <c r="X47" s="20">
-        <v>2370</v>
+        <v>287</v>
       </c>
       <c r="Y47" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A48" s="17" t="s">
-        <v>276</v>
+        <v>237</v>
       </c>
       <c r="B48" s="28">
-        <v>1133312</v>
+        <v>1044237</v>
       </c>
       <c r="C48" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D48" s="28" t="s">
-        <v>277</v>
+        <v>238</v>
       </c>
       <c r="E48" s="18" t="s">
-        <v>278</v>
+        <v>239</v>
       </c>
       <c r="F48" s="24">
-        <v>12001759.949999999</v>
+        <v>60664564.960000001</v>
       </c>
       <c r="G48" s="24">
-        <v>10436313</v>
+        <v>758307062</v>
       </c>
       <c r="H48" s="19" t="s">
-        <v>68</v>
+        <v>106</v>
       </c>
       <c r="I48" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K48" s="18" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="L48" s="32" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>20100329</v>
+        <v>33</v>
       </c>
       <c r="V48" s="34">
-        <v>277357</v>
+        <v>11701417</v>
       </c>
       <c r="W48" s="34">
-        <v>261206.5</v>
+        <v>1131859</v>
       </c>
       <c r="X48" s="20">
-        <v>202</v>
+        <v>1636</v>
       </c>
       <c r="Y48" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A49" s="17" t="s">
-        <v>244</v>
+        <v>260</v>
       </c>
       <c r="B49" s="28">
-        <v>1044237</v>
+        <v>1085717</v>
       </c>
       <c r="C49" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D49" s="28" t="s">
-        <v>245</v>
+        <v>261</v>
       </c>
       <c r="E49" s="18" t="s">
-        <v>246</v>
+        <v>262</v>
       </c>
       <c r="F49" s="24">
-        <v>60664564.960000001</v>
+        <v>20073667.120000001</v>
       </c>
       <c r="G49" s="24">
-        <v>758307062</v>
+        <v>308825648</v>
       </c>
       <c r="H49" s="19" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="I49" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K49" s="18" t="s">
-        <v>67</v>
+        <v>34</v>
       </c>
       <c r="L49" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
+      </c>
+      <c r="M49" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="N49" s="18">
+        <v>20080212</v>
       </c>
       <c r="V49" s="34">
-        <v>8565168</v>
+        <v>27914141</v>
       </c>
       <c r="W49" s="34">
-        <v>850849</v>
+        <v>1998029.5</v>
       </c>
       <c r="X49" s="20">
-        <v>1245</v>
+        <v>1850</v>
       </c>
       <c r="Y49" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A50" s="17" t="s">
-        <v>270</v>
+        <v>298</v>
       </c>
       <c r="B50" s="28">
-        <v>1085717</v>
+        <v>1155750</v>
       </c>
       <c r="C50" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D50" s="28" t="s">
-        <v>271</v>
+        <v>429</v>
       </c>
       <c r="E50" s="18" t="s">
-        <v>272</v>
+        <v>299</v>
       </c>
       <c r="F50" s="24">
-        <v>21125462.050000001</v>
+        <v>4061974.64</v>
       </c>
       <c r="G50" s="24">
-        <v>301792315</v>
+        <v>50774683</v>
       </c>
       <c r="H50" s="19" t="s">
-        <v>110</v>
+        <v>300</v>
       </c>
       <c r="I50" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K50" s="18" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="L50" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M50" s="18" t="s">
-        <v>39</v>
+        <v>213</v>
       </c>
       <c r="N50" s="18">
-        <v>20080212</v>
+        <v>20210428</v>
+      </c>
+      <c r="Q50" s="18" t="s">
+        <v>44</v>
       </c>
       <c r="V50" s="34">
-        <v>22153084</v>
+        <v>5772219</v>
       </c>
       <c r="W50" s="34">
-        <v>1625892</v>
+        <v>401186</v>
       </c>
       <c r="X50" s="20">
-        <v>1570</v>
+        <v>724</v>
       </c>
       <c r="Y50" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A51" s="17" t="s">
-        <v>311</v>
+        <v>415</v>
       </c>
       <c r="B51" s="28">
-        <v>1155750</v>
+        <v>1186855</v>
       </c>
       <c r="C51" s="23" t="s">
+        <v>38</v>
+      </c>
+      <c r="D51" s="28" t="s">
+        <v>416</v>
+      </c>
+      <c r="E51" s="18" t="s">
+        <v>417</v>
+      </c>
+      <c r="F51" s="24">
+        <v>34264873.530000001</v>
+      </c>
+      <c r="G51" s="24">
+        <v>49659237</v>
+      </c>
+      <c r="H51" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="I51" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="J51" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="K51" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="L51" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="M51" s="18" t="s">
         <v>42</v>
       </c>
-      <c r="D51" s="28" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N51" s="18">
-        <v>20210428</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>20221111</v>
+      </c>
+      <c r="P51" s="18" t="s">
+        <v>57</v>
       </c>
       <c r="V51" s="34">
-        <v>4338544</v>
+        <v>2799755</v>
       </c>
       <c r="W51" s="34">
-        <v>296102.5</v>
+        <v>2623205.5</v>
       </c>
       <c r="X51" s="20">
-        <v>598</v>
+        <v>2367</v>
       </c>
       <c r="Y51" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A52" s="17" t="s">
-        <v>426</v>
+        <v>325</v>
       </c>
       <c r="B52" s="28">
-        <v>1186855</v>
+        <v>1179315</v>
       </c>
       <c r="C52" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D52" s="28" t="s">
-        <v>427</v>
+        <v>326</v>
       </c>
       <c r="E52" s="18" t="s">
-        <v>428</v>
+        <v>327</v>
       </c>
       <c r="F52" s="24">
-        <v>37244427.75</v>
+        <v>19519973.75</v>
       </c>
       <c r="G52" s="24">
-        <v>49659237</v>
+        <v>114823375</v>
       </c>
       <c r="H52" s="19" t="s">
-        <v>68</v>
+        <v>151</v>
       </c>
       <c r="I52" s="18" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="K52" s="18" t="s">
-        <v>100</v>
+        <v>46</v>
       </c>
       <c r="L52" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M52" s="18" t="s">
-        <v>46</v>
+        <v>208</v>
       </c>
       <c r="N52" s="18">
-        <v>20221111</v>
+        <v>20190613</v>
       </c>
       <c r="P52" s="18" t="s">
-        <v>61</v>
+        <v>48</v>
+      </c>
+      <c r="Q52" s="18" t="s">
+        <v>44</v>
       </c>
       <c r="V52" s="34">
-        <v>1871183</v>
+        <v>18444396</v>
       </c>
       <c r="W52" s="34">
-        <v>2004325.5</v>
+        <v>4490977</v>
       </c>
       <c r="X52" s="20">
-        <v>1843</v>
+        <v>2965</v>
       </c>
       <c r="Y52" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A53" s="17" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="B53" s="28">
-        <v>1179315</v>
+        <v>1182050</v>
       </c>
       <c r="C53" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D53" s="28" t="s">
-        <v>339</v>
+        <v>347</v>
       </c>
       <c r="E53" s="18" t="s">
-        <v>340</v>
+        <v>348</v>
       </c>
       <c r="F53" s="24">
-        <v>21242324.375</v>
+        <v>285347.70500000002</v>
       </c>
       <c r="G53" s="24">
-        <v>114823375</v>
+        <v>57069541</v>
       </c>
       <c r="H53" s="19" t="s">
-        <v>155</v>
+        <v>64</v>
       </c>
       <c r="I53" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K53" s="18" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="L53" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M53" s="18" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="N53" s="18">
-        <v>20190613</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>20230418</v>
       </c>
       <c r="Q53" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V53" s="34">
-        <v>13446810</v>
+        <v>4474583</v>
       </c>
       <c r="W53" s="34">
-        <v>3525685</v>
+        <v>36642</v>
       </c>
       <c r="X53" s="20">
-        <v>2221</v>
+        <v>157</v>
       </c>
       <c r="Y53" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A54" s="17" t="s">
+        <v>358</v>
+      </c>
+      <c r="B54" s="28">
+        <v>1182720</v>
+      </c>
+      <c r="C54" s="23" t="s">
+        <v>38</v>
+      </c>
+      <c r="D54" s="28" t="s">
         <v>359</v>
       </c>
-      <c r="B54" s="28">
-[...5 lines deleted...]
-      <c r="D54" s="28" t="s">
+      <c r="E54" s="18" t="s">
         <v>360</v>
       </c>
-      <c r="E54" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F54" s="24">
-        <v>285347.70500000002</v>
+        <v>255810599.63999999</v>
       </c>
       <c r="G54" s="24">
-        <v>57069541</v>
+        <v>73508793</v>
       </c>
       <c r="H54" s="19" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="I54" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K54" s="18" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="L54" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M54" s="18" t="s">
-        <v>215</v>
+        <v>35</v>
       </c>
       <c r="N54" s="18">
-        <v>20230418</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>20190313</v>
+      </c>
+      <c r="P54" s="18" t="s">
+        <v>57</v>
+      </c>
+      <c r="R54" s="18" t="s">
+        <v>44</v>
       </c>
       <c r="V54" s="34">
-        <v>3175436</v>
+        <v>20446132</v>
       </c>
       <c r="W54" s="34">
-        <v>27341</v>
+        <v>78141364.5</v>
       </c>
       <c r="X54" s="20">
-        <v>130</v>
+        <v>44079</v>
       </c>
       <c r="Y54" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A55" s="17" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="B55" s="28">
-        <v>1182720</v>
+        <v>1183535</v>
       </c>
       <c r="C55" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D55" s="28" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="E55" s="18" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="F55" s="24">
-        <v>264531016.90000001</v>
+        <v>20806732.440000001</v>
       </c>
       <c r="G55" s="24">
-        <v>73277290</v>
+        <v>56234412</v>
       </c>
       <c r="H55" s="19" t="s">
-        <v>68</v>
+        <v>106</v>
       </c>
       <c r="I55" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K55" s="18" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="L55" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M55" s="18" t="s">
-        <v>39</v>
+        <v>208</v>
       </c>
       <c r="N55" s="18">
-        <v>20190313</v>
-[...5 lines deleted...]
-        <v>48</v>
+        <v>20200706</v>
+      </c>
+      <c r="Q55" s="18" t="s">
+        <v>44</v>
       </c>
       <c r="V55" s="34">
-        <v>16741668</v>
+        <v>18272908</v>
       </c>
       <c r="W55" s="34">
-        <v>63191383.5</v>
+        <v>4580808.5</v>
       </c>
       <c r="X55" s="20">
-        <v>35780</v>
+        <v>2622</v>
       </c>
       <c r="Y55" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A56" s="17" t="s">
-        <v>388</v>
+        <v>403</v>
       </c>
       <c r="B56" s="28">
-        <v>1183535</v>
+        <v>1185080</v>
       </c>
       <c r="C56" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D56" s="28" t="s">
-        <v>389</v>
+        <v>444</v>
       </c>
       <c r="E56" s="18" t="s">
-        <v>390</v>
+        <v>445</v>
       </c>
       <c r="F56" s="24">
-        <v>17789219.280000001</v>
+        <v>14008500</v>
       </c>
       <c r="G56" s="24">
-        <v>56473712</v>
+        <v>84900000</v>
       </c>
       <c r="H56" s="19" t="s">
-        <v>110</v>
+        <v>64</v>
       </c>
       <c r="I56" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K56" s="18" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="L56" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M56" s="18" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="N56" s="18">
-        <v>20200706</v>
+        <v>20251027</v>
       </c>
       <c r="Q56" s="18" t="s">
-        <v>48</v>
-[...11 lines deleted...]
-        <v>8</v>
+        <v>44</v>
+      </c>
+      <c r="U56" s="18" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="57" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A57" s="17" t="s">
-        <v>400</v>
+        <v>387</v>
       </c>
       <c r="B57" s="28">
         <v>1183620</v>
       </c>
       <c r="C57" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D57" s="28" t="s">
-        <v>401</v>
+        <v>388</v>
       </c>
       <c r="E57" s="18" t="s">
-        <v>402</v>
+        <v>389</v>
       </c>
       <c r="F57" s="24">
         <v>866326.51500000001</v>
       </c>
       <c r="G57" s="24">
         <v>173265303</v>
       </c>
       <c r="H57" s="19" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="I57" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K57" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L57" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M57" s="18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="N57" s="18">
         <v>20200504</v>
       </c>
       <c r="V57" s="34">
         <v>146856</v>
       </c>
       <c r="W57" s="34">
         <v>735</v>
       </c>
       <c r="X57" s="20">
         <v>10</v>
       </c>
       <c r="Y57" s="18">
         <v>4</v>
       </c>
     </row>
     <row r="58" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A58" s="17" t="s">
-        <v>329</v>
+        <v>316</v>
       </c>
       <c r="B58" s="28">
         <v>1176461</v>
       </c>
       <c r="C58" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D58" s="28" t="s">
-        <v>330</v>
+        <v>317</v>
       </c>
       <c r="E58" s="18" t="s">
-        <v>331</v>
+        <v>318</v>
       </c>
       <c r="F58" s="24">
-        <v>28377131.899999999</v>
+        <v>23574848.039999999</v>
       </c>
       <c r="G58" s="24">
         <v>87314252</v>
       </c>
       <c r="H58" s="19" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="I58" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K58" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="L58" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M58" s="18" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="N58" s="18">
         <v>20161107</v>
       </c>
       <c r="P58" s="18" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="Q58" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V58" s="34">
-        <v>2738322</v>
+        <v>3605733</v>
       </c>
       <c r="W58" s="34">
-        <v>740343</v>
+        <v>1007537</v>
       </c>
       <c r="X58" s="20">
-        <v>532</v>
+        <v>714</v>
       </c>
       <c r="Y58" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="59" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A59" s="17" t="s">
-        <v>379</v>
+        <v>366</v>
       </c>
       <c r="B59" s="28">
         <v>1183020</v>
       </c>
       <c r="C59" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D59" s="28" t="s">
-        <v>380</v>
+        <v>367</v>
       </c>
       <c r="E59" s="18" t="s">
-        <v>381</v>
+        <v>368</v>
       </c>
       <c r="F59" s="24">
-        <v>11351784.1</v>
+        <v>9081427.2799999993</v>
       </c>
       <c r="G59" s="24">
         <v>227035682</v>
       </c>
       <c r="H59" s="19" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="I59" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K59" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L59" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M59" s="18" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="N59" s="18">
         <v>20211104</v>
       </c>
       <c r="Q59" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V59" s="34">
-        <v>21558100</v>
+        <v>25725425</v>
       </c>
       <c r="W59" s="34">
-        <v>1312206</v>
+        <v>1513246</v>
       </c>
       <c r="X59" s="20">
-        <v>1239</v>
+        <v>1461</v>
       </c>
       <c r="Y59" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A60" s="17" t="s">
-        <v>294</v>
+        <v>281</v>
       </c>
       <c r="B60" s="28">
         <v>1154680</v>
       </c>
       <c r="C60" s="23" t="s">
+        <v>38</v>
+      </c>
+      <c r="D60" s="28" t="s">
+        <v>282</v>
+      </c>
+      <c r="E60" s="18" t="s">
+        <v>283</v>
+      </c>
+      <c r="F60" s="24">
+        <v>57929517.100000001</v>
+      </c>
+      <c r="G60" s="24">
+        <v>82756453</v>
+      </c>
+      <c r="H60" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="I60" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="K60" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="L60" s="32" t="s">
         <v>42</v>
       </c>
-      <c r="D60" s="28" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="M60" s="18" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="N60" s="18">
         <v>20220622</v>
       </c>
       <c r="P60" s="18" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="Q60" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="S60" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="U60" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V60" s="34">
-        <v>5643883</v>
+        <v>9054337</v>
       </c>
       <c r="W60" s="34">
-        <v>3932562</v>
+        <v>7067510</v>
       </c>
       <c r="X60" s="20">
-        <v>2152</v>
+        <v>3484</v>
       </c>
       <c r="Y60" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="61" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A61" s="17" t="s">
-        <v>353</v>
+        <v>340</v>
       </c>
       <c r="B61" s="28">
         <v>1181345</v>
       </c>
       <c r="C61" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D61" s="28" t="s">
-        <v>354</v>
+        <v>341</v>
       </c>
       <c r="E61" s="18" t="s">
-        <v>355</v>
+        <v>342</v>
       </c>
       <c r="F61" s="24">
-        <v>166496095.34999999</v>
+        <v>145875093.56</v>
       </c>
       <c r="G61" s="24">
-        <v>123330441</v>
+        <v>125754391</v>
       </c>
       <c r="H61" s="19" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="I61" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K61" s="18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="L61" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M61" s="18" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="N61" s="18">
         <v>20210903</v>
       </c>
       <c r="P61" s="18" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="Q61" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V61" s="34">
-        <v>6581593</v>
+        <v>9451747</v>
       </c>
       <c r="W61" s="34">
-        <v>4817564</v>
+        <v>8209850.5</v>
       </c>
       <c r="X61" s="20">
-        <v>4539</v>
+        <v>8221</v>
       </c>
       <c r="Y61" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="62" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A62" s="17" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
       <c r="B62" s="28">
         <v>26185</v>
       </c>
       <c r="C62" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D62" s="28" t="s">
-        <v>248</v>
+        <v>241</v>
       </c>
       <c r="E62" s="18" t="s">
-        <v>249</v>
+        <v>242</v>
       </c>
       <c r="F62" s="24">
-        <v>25537695.27</v>
+        <v>27284011.195</v>
       </c>
       <c r="G62" s="24">
-        <v>118779978</v>
+        <v>111363311</v>
       </c>
       <c r="H62" s="19" t="s">
+        <v>85</v>
+      </c>
+      <c r="I62" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="K62" s="18" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
       <c r="L62" s="32" t="s">
         <v>15</v>
       </c>
       <c r="M62" s="18" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="N62" s="18">
         <v>20200706</v>
       </c>
       <c r="T62" s="18" t="s">
-        <v>250</v>
+        <v>243</v>
       </c>
       <c r="V62" s="34">
-        <v>16229065</v>
+        <v>19690789</v>
       </c>
       <c r="W62" s="34">
-        <v>6071458.5</v>
+        <v>6920466.5</v>
       </c>
       <c r="X62" s="20">
-        <v>5898</v>
+        <v>6759</v>
       </c>
       <c r="Y62" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A63" s="17" t="s">
-        <v>344</v>
+        <v>331</v>
       </c>
       <c r="B63" s="28">
         <v>1180557</v>
       </c>
       <c r="C63" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D63" s="28" t="s">
-        <v>345</v>
+        <v>332</v>
       </c>
       <c r="E63" s="18" t="s">
-        <v>346</v>
+        <v>333</v>
       </c>
       <c r="F63" s="24">
-        <v>8452296</v>
+        <v>6574008</v>
       </c>
       <c r="G63" s="24">
         <v>187828800</v>
       </c>
       <c r="H63" s="19" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="I63" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J63" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="K63" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L63" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M63" s="18" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="N63" s="18">
         <v>20190118</v>
       </c>
       <c r="Q63" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V63" s="34">
         <v>16210900</v>
       </c>
       <c r="W63" s="34">
         <v>867793.5</v>
       </c>
       <c r="X63" s="20">
         <v>1531</v>
       </c>
       <c r="Y63" s="18">
         <v>8</v>
       </c>
     </row>
     <row r="64" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A64" s="17" t="s">
-        <v>422</v>
+        <v>411</v>
       </c>
       <c r="B64" s="28">
         <v>1186330</v>
       </c>
       <c r="C64" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D64" s="28" t="s">
-        <v>423</v>
+        <v>412</v>
       </c>
       <c r="E64" s="18" t="s">
-        <v>424</v>
+        <v>413</v>
       </c>
       <c r="F64" s="24">
-        <v>57474807.25</v>
+        <v>57228796.32</v>
       </c>
       <c r="G64" s="24">
-        <v>117295525</v>
+        <v>119226659</v>
       </c>
       <c r="H64" s="19" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="I64" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K64" s="18" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="L64" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M64" s="18" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="N64" s="18">
         <v>20240611</v>
       </c>
       <c r="Q64" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V64" s="34">
-        <v>4075312</v>
+        <v>5868637</v>
       </c>
       <c r="W64" s="34">
-        <v>2003226</v>
+        <v>2859541.5</v>
       </c>
       <c r="X64" s="20">
-        <v>1308</v>
+        <v>1617</v>
       </c>
       <c r="Y64" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A65" s="17" t="s">
-        <v>362</v>
+        <v>349</v>
       </c>
       <c r="B65" s="28">
         <v>1180600</v>
       </c>
       <c r="C65" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D65" s="28" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="E65" s="18" t="s">
-        <v>364</v>
+        <v>351</v>
       </c>
       <c r="F65" s="24">
-        <v>2220566.04</v>
+        <v>1665424.53</v>
       </c>
       <c r="G65" s="24">
         <v>55514151</v>
       </c>
       <c r="H65" s="19" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="I65" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K65" s="18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L65" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M65" s="18" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="N65" s="18">
         <v>20200303</v>
       </c>
       <c r="Q65" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V65" s="34">
-        <v>7110676</v>
+        <v>9141610</v>
       </c>
       <c r="W65" s="34">
-        <v>609961.5</v>
+        <v>671545.5</v>
       </c>
       <c r="X65" s="20">
-        <v>888</v>
+        <v>1022</v>
       </c>
       <c r="Y65" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A66" s="17" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="B66" s="28">
         <v>1023065</v>
       </c>
       <c r="C66" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D66" s="28" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="E66" s="18" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="F66" s="24">
         <v>6765169.8799999999</v>
       </c>
       <c r="G66" s="24">
         <v>169129247</v>
       </c>
       <c r="H66" s="19" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="I66" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K66" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="L66" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="N66" s="18">
         <v>20020805</v>
       </c>
       <c r="V66" s="34">
-        <v>6011717</v>
+        <v>6676919</v>
       </c>
       <c r="W66" s="34">
-        <v>217395</v>
+        <v>244014.5</v>
       </c>
       <c r="X66" s="20">
-        <v>387</v>
+        <v>453</v>
       </c>
       <c r="Y66" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A67" s="17" t="s">
-        <v>394</v>
+        <v>381</v>
       </c>
       <c r="B67" s="28">
         <v>1183526</v>
       </c>
       <c r="C67" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D67" s="28" t="s">
-        <v>395</v>
+        <v>382</v>
       </c>
       <c r="E67" s="18" t="s">
-        <v>396</v>
+        <v>383</v>
       </c>
       <c r="F67" s="24">
-        <v>9939578.3300000001</v>
+        <v>4018127.41</v>
       </c>
       <c r="G67" s="24">
         <v>21148039</v>
       </c>
       <c r="H67" s="19" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="I67" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K67" s="18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="L67" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M67" s="18" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="N67" s="18">
         <v>20210401</v>
       </c>
       <c r="Q67" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V67" s="34">
-        <v>45887660</v>
+        <v>47120614</v>
       </c>
       <c r="W67" s="34">
-        <v>6589595</v>
+        <v>6987520.5</v>
       </c>
       <c r="X67" s="20">
-        <v>7567</v>
+        <v>8312</v>
       </c>
       <c r="Y67" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A68" s="17" t="s">
-        <v>403</v>
+        <v>390</v>
       </c>
       <c r="B68" s="28">
         <v>1184075</v>
       </c>
       <c r="C68" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D68" s="28" t="s">
-        <v>404</v>
+        <v>391</v>
       </c>
       <c r="E68" s="18" t="s">
-        <v>405</v>
+        <v>392</v>
       </c>
       <c r="F68" s="24">
-        <v>44336008.859999999</v>
+        <v>31236733.515000001</v>
       </c>
       <c r="G68" s="24">
         <v>67175771</v>
       </c>
       <c r="H68" s="19" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="I68" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J68" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="K68" s="18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="L68" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M68" s="18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="N68" s="18">
         <v>20200922</v>
       </c>
       <c r="P68" s="18" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="V68" s="34">
-        <v>9568675</v>
+        <v>13219889</v>
       </c>
       <c r="W68" s="34">
-        <v>4645205</v>
+        <v>6686612</v>
       </c>
       <c r="X68" s="20">
-        <v>3297</v>
+        <v>4532</v>
       </c>
       <c r="Y68" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A69" s="17" t="s">
-        <v>429</v>
+        <v>410</v>
       </c>
       <c r="B69" s="28">
-        <v>1187390</v>
+        <v>1185570</v>
       </c>
       <c r="C69" s="23" t="s">
+        <v>38</v>
+      </c>
+      <c r="D69" s="28" t="s">
+        <v>437</v>
+      </c>
+      <c r="E69" s="18" t="s">
+        <v>438</v>
+      </c>
+      <c r="F69" s="24">
+        <v>15861660.85</v>
+      </c>
+      <c r="G69" s="24">
+        <v>45319031</v>
+      </c>
+      <c r="H69" s="19" t="s">
+        <v>151</v>
+      </c>
+      <c r="I69" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="K69" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="L69" s="32" t="s">
         <v>42</v>
       </c>
-      <c r="D69" s="28" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="M69" s="18" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="N69" s="18">
-        <v>20241220</v>
+        <v>20250904</v>
       </c>
       <c r="Q69" s="18" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>432</v>
+        <v>44</v>
+      </c>
+      <c r="U69" s="18" t="s">
+        <v>44</v>
       </c>
       <c r="V69" s="34">
-        <v>62900</v>
+        <v>802711</v>
       </c>
       <c r="W69" s="34">
-        <v>120402</v>
+        <v>488179.5</v>
       </c>
       <c r="X69" s="20">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="Y69" s="18">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="70" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A70" s="17" t="s">
-        <v>267</v>
+        <v>418</v>
       </c>
       <c r="B70" s="28">
-        <v>1112522</v>
+        <v>1187390</v>
       </c>
       <c r="C70" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D70" s="28" t="s">
-        <v>268</v>
+        <v>419</v>
       </c>
       <c r="E70" s="18" t="s">
-        <v>269</v>
+        <v>420</v>
       </c>
       <c r="F70" s="24">
-        <v>13182157.25</v>
+        <v>102630769.73999999</v>
       </c>
       <c r="G70" s="24">
-        <v>263643145</v>
+        <v>30008997</v>
       </c>
       <c r="H70" s="19" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="I70" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K70" s="18" t="s">
         <v>45</v>
       </c>
       <c r="L70" s="32" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="M70" s="18" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="N70" s="18">
-        <v>20090504</v>
+        <v>20241220</v>
       </c>
       <c r="Q70" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
+      </c>
+      <c r="T70" s="18" t="s">
+        <v>421</v>
       </c>
       <c r="V70" s="34">
-        <v>3183787</v>
+        <v>150019</v>
       </c>
       <c r="W70" s="34">
-        <v>196281</v>
+        <v>271666.5</v>
       </c>
       <c r="X70" s="20">
-        <v>310</v>
+        <v>240</v>
       </c>
       <c r="Y70" s="18">
-        <v>3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="71" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A71" s="17" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
       <c r="B71" s="28">
         <v>1153040</v>
       </c>
       <c r="C71" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D71" s="28" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
       <c r="E71" s="18" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="F71" s="24">
-        <v>7532285.4000000004</v>
+        <v>5523675.96</v>
       </c>
       <c r="G71" s="24">
         <v>100430472</v>
       </c>
       <c r="H71" s="19" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="I71" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K71" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L71" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M71" s="18" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="N71" s="18">
         <v>20160913</v>
       </c>
       <c r="P71" s="18" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="Q71" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V71" s="34">
-        <v>7524222</v>
+        <v>9778978</v>
       </c>
       <c r="W71" s="34">
-        <v>703026</v>
+        <v>836969.5</v>
       </c>
       <c r="X71" s="20">
-        <v>1276</v>
+        <v>1469</v>
       </c>
       <c r="Y71" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A72" s="17" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="B72" s="28">
         <v>1074384</v>
       </c>
       <c r="C72" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D72" s="28" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="E72" s="18" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="F72" s="24">
         <v>52033877.490000002</v>
       </c>
       <c r="G72" s="24">
         <v>247780369</v>
       </c>
       <c r="H72" s="19" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="I72" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K72" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L72" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="P72" s="18" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="V72" s="34">
-        <v>15206244</v>
+        <v>20193492</v>
       </c>
       <c r="W72" s="34">
-        <v>3382099</v>
+        <v>4347689</v>
       </c>
       <c r="X72" s="20">
-        <v>2807</v>
+        <v>3551</v>
       </c>
       <c r="Y72" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A73" s="17" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="B73" s="28">
         <v>1072657</v>
       </c>
       <c r="C73" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D73" s="28" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="E73" s="18" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="F73" s="24">
-        <v>3692464.2949999999</v>
+        <v>4260535.7249999996</v>
       </c>
       <c r="G73" s="24">
         <v>56807143</v>
       </c>
       <c r="H73" s="19" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="I73" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K73" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L73" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M73" s="18" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="N73" s="18">
         <v>20011217</v>
       </c>
       <c r="P73" s="18" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="Q73" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V73" s="34">
-        <v>115817575</v>
+        <v>118425749</v>
       </c>
       <c r="W73" s="34">
-        <v>3387631</v>
+        <v>3591041</v>
       </c>
       <c r="X73" s="20">
-        <v>4286</v>
+        <v>4773</v>
       </c>
       <c r="Y73" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A74" s="17" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="B74" s="28">
         <v>1183076</v>
       </c>
       <c r="C74" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D74" s="28" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="E74" s="18" t="s">
-        <v>387</v>
+        <v>374</v>
       </c>
       <c r="F74" s="24">
-        <v>39395326.560000002</v>
+        <v>38876967</v>
       </c>
       <c r="G74" s="24">
         <v>51835956</v>
       </c>
       <c r="H74" s="19" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="I74" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K74" s="18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="L74" s="32" t="s">
         <v>15</v>
       </c>
       <c r="M74" s="18" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="N74" s="18">
         <v>20220413</v>
       </c>
       <c r="Q74" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="T74" s="18" t="s">
-        <v>307</v>
+        <v>294</v>
       </c>
       <c r="V74" s="34">
-        <v>4435700</v>
+        <v>5088338</v>
       </c>
       <c r="W74" s="34">
-        <v>3103343</v>
+        <v>3575258.5</v>
       </c>
       <c r="X74" s="20">
-        <v>1078</v>
+        <v>1264</v>
       </c>
       <c r="Y74" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A75" s="17" t="s">
-        <v>341</v>
+        <v>328</v>
       </c>
       <c r="B75" s="28">
         <v>1179605</v>
       </c>
       <c r="C75" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D75" s="28" t="s">
-        <v>342</v>
+        <v>329</v>
       </c>
       <c r="E75" s="18" t="s">
-        <v>343</v>
+        <v>330</v>
       </c>
       <c r="F75" s="24">
-        <v>4692877.74</v>
+        <v>1564292.58</v>
       </c>
       <c r="G75" s="24">
         <v>312858516</v>
       </c>
       <c r="H75" s="19" t="s">
-        <v>313</v>
+        <v>300</v>
       </c>
       <c r="I75" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K75" s="18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="L75" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M75" s="18" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="N75" s="18">
         <v>20211005</v>
       </c>
       <c r="Q75" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V75" s="34">
-        <v>21616909</v>
+        <v>33334197</v>
       </c>
       <c r="W75" s="34">
-        <v>495358</v>
+        <v>626749</v>
       </c>
       <c r="X75" s="20">
-        <v>1374</v>
+        <v>1774</v>
       </c>
       <c r="Y75" s="18">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A76" s="17" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="B76" s="28">
         <v>1141815</v>
       </c>
       <c r="C76" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D76" s="28" t="s">
-        <v>280</v>
+        <v>270</v>
       </c>
       <c r="E76" s="18" t="s">
-        <v>281</v>
+        <v>271</v>
       </c>
       <c r="F76" s="24">
-        <v>438332.8</v>
+        <v>493124.4</v>
       </c>
       <c r="G76" s="24">
         <v>2739580</v>
       </c>
       <c r="H76" s="19" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="I76" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K76" s="18" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="L76" s="32" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="M76" s="18" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="N76" s="18">
         <v>20160310</v>
       </c>
       <c r="U76" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V76" s="34">
-        <v>148919</v>
+        <v>218249</v>
       </c>
       <c r="W76" s="34">
-        <v>35433.5</v>
+        <v>48292.5</v>
       </c>
       <c r="X76" s="20">
-        <v>198</v>
+        <v>285</v>
       </c>
       <c r="Y76" s="18">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A77" s="17" t="s">
-        <v>241</v>
+        <v>234</v>
       </c>
       <c r="B77" s="28">
         <v>1102962</v>
       </c>
       <c r="C77" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D77" s="28" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="E77" s="18" t="s">
-        <v>243</v>
+        <v>236</v>
       </c>
       <c r="F77" s="24">
-        <v>19197355.949999999</v>
+        <v>17608920.315000001</v>
       </c>
       <c r="G77" s="24">
-        <v>166933530</v>
+        <v>167704003</v>
       </c>
       <c r="H77" s="19" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="I77" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K77" s="18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L77" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M77" s="18" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="N77" s="18">
         <v>20070926</v>
       </c>
       <c r="Q77" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V77" s="34">
-        <v>30751756</v>
+        <v>35642674</v>
       </c>
       <c r="W77" s="34">
-        <v>4021793</v>
+        <v>4532734.5</v>
       </c>
       <c r="X77" s="20">
-        <v>4351</v>
+        <v>5018</v>
       </c>
       <c r="Y77" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="78" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A78" s="17" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="B78" s="28">
         <v>41131</v>
       </c>
       <c r="C78" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D78" s="28" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="E78" s="18" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="F78" s="24">
-        <v>1035282.125</v>
+        <v>1449394.9750000001</v>
       </c>
       <c r="G78" s="24">
         <v>41411285</v>
       </c>
       <c r="H78" s="19" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="I78" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K78" s="18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="L78" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="V78" s="34">
-        <v>354923</v>
+        <v>1197618</v>
       </c>
       <c r="W78" s="34">
-        <v>8701</v>
+        <v>33235</v>
       </c>
       <c r="X78" s="20">
-        <v>62</v>
+        <v>103</v>
       </c>
       <c r="Y78" s="18">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A79" s="17" t="s">
-        <v>443</v>
+        <v>432</v>
       </c>
       <c r="B79" s="28">
         <v>1184135</v>
       </c>
       <c r="C79" s="23" t="s">
+        <v>38</v>
+      </c>
+      <c r="D79" s="28" t="s">
+        <v>433</v>
+      </c>
+      <c r="E79" s="18" t="s">
+        <v>434</v>
+      </c>
+      <c r="F79" s="24">
+        <v>20712989.760000002</v>
+      </c>
+      <c r="G79" s="24">
+        <v>66816096</v>
+      </c>
+      <c r="H79" s="19" t="s">
+        <v>106</v>
+      </c>
+      <c r="I79" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="K79" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="L79" s="32" t="s">
         <v>42</v>
       </c>
-      <c r="D79" s="28" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="M79" s="18" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
       <c r="N79" s="18">
         <v>20250731</v>
       </c>
       <c r="U79" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V79" s="34">
-        <v>283192</v>
+        <v>1353643</v>
       </c>
       <c r="W79" s="34">
-        <v>117631</v>
+        <v>584303.5</v>
       </c>
       <c r="X79" s="20">
-        <v>119</v>
+        <v>232</v>
       </c>
       <c r="Y79" s="18">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="80" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A80" s="17" t="s">
-        <v>335</v>
+        <v>322</v>
       </c>
       <c r="B80" s="28">
         <v>1178945</v>
       </c>
       <c r="C80" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D80" s="28" t="s">
-        <v>336</v>
+        <v>323</v>
       </c>
       <c r="E80" s="18" t="s">
-        <v>337</v>
+        <v>324</v>
       </c>
       <c r="F80" s="24">
-        <v>810000</v>
+        <v>1080000</v>
       </c>
       <c r="G80" s="24">
         <v>54000000</v>
       </c>
       <c r="H80" s="19" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="I80" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K80" s="18" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="L80" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M80" s="18" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="N80" s="18">
         <v>20171027</v>
       </c>
       <c r="Q80" s="18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V80" s="34">
-        <v>1313766</v>
+        <v>1358488</v>
       </c>
       <c r="W80" s="34">
-        <v>22248</v>
+        <v>23098</v>
       </c>
       <c r="X80" s="20">
-        <v>117</v>
+        <v>135</v>
       </c>
       <c r="Y80" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="81" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A81" s="17" t="s">
-        <v>416</v>
+        <v>404</v>
       </c>
       <c r="B81" s="28">
         <v>1185040</v>
       </c>
       <c r="C81" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D81" s="28" t="s">
-        <v>417</v>
+        <v>405</v>
       </c>
       <c r="E81" s="18" t="s">
-        <v>418</v>
+        <v>406</v>
       </c>
       <c r="F81" s="24">
-        <v>5785561.9800000004</v>
+        <v>4690996.2</v>
       </c>
       <c r="G81" s="24">
         <v>5212218</v>
       </c>
       <c r="H81" s="19" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="I81" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K81" s="18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="L81" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M81" s="18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="N81" s="18">
         <v>20211104</v>
       </c>
       <c r="O81" s="18" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="V81" s="34">
-        <v>808039</v>
+        <v>1332992</v>
       </c>
       <c r="W81" s="34">
-        <v>1104933.5</v>
+        <v>1823407.5</v>
       </c>
       <c r="X81" s="20">
-        <v>2147</v>
+        <v>3158</v>
       </c>
       <c r="Y81" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A82" s="17" t="s">
-        <v>436</v>
+        <v>425</v>
       </c>
       <c r="B82" s="28">
         <v>1188400</v>
       </c>
       <c r="C82" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D82" s="28" t="s">
-        <v>437</v>
+        <v>426</v>
       </c>
       <c r="E82" s="18" t="s">
-        <v>438</v>
+        <v>427</v>
       </c>
       <c r="F82" s="24">
-        <v>5495799.6799999997</v>
+        <v>4710685.4400000004</v>
       </c>
       <c r="G82" s="24">
         <v>19627856</v>
       </c>
       <c r="H82" s="19" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="I82" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K82" s="18" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="L82" s="32" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="M82" s="18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="N82" s="18">
         <v>20241125</v>
       </c>
       <c r="V82" s="34">
-        <v>182432</v>
+        <v>200402</v>
       </c>
       <c r="W82" s="34">
-        <v>75635</v>
+        <v>80410</v>
       </c>
       <c r="X82" s="20">
-        <v>180</v>
+        <v>201</v>
       </c>
       <c r="Y82" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A83" s="17" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="B83" s="28">
         <v>1057709</v>
       </c>
       <c r="C83" s="23" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D83" s="28" t="s">
-        <v>252</v>
+        <v>245</v>
       </c>
       <c r="E83" s="18" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="F83" s="24">
-        <v>53825259.18</v>
+        <v>53045182.960000001</v>
       </c>
       <c r="G83" s="24">
         <v>78007622</v>
       </c>
       <c r="H83" s="19" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="I83" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J83" s="18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="K83" s="18" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="L83" s="32" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M83" s="18" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="N83" s="18">
         <v>20230619</v>
       </c>
       <c r="V83" s="34">
-        <v>1609202</v>
+        <v>1908814</v>
       </c>
       <c r="W83" s="34">
-        <v>1156007</v>
+        <v>1358727.5</v>
       </c>
       <c r="X83" s="20">
-        <v>689</v>
+        <v>782</v>
       </c>
       <c r="Y83" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A10:Y83" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>TSX LS Issuers August 2025</vt:lpstr>
-      <vt:lpstr>TSXV LS Issuers August 2025</vt:lpstr>
+      <vt:lpstr>TSX LS Issuers October 2025</vt:lpstr>
+      <vt:lpstr>TSXV LS Issuers October 2025</vt:lpstr>
       <vt:lpstr>TSX_2012</vt:lpstr>
       <vt:lpstr>TSXV_2012</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>TSX Group Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>TSX Group Inc.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="{A44787D4-0540-4523-9961-78E4036D8C6D}">
     <vt:lpwstr>{F923EDEE-0537-42CE-BA9F-51E936965D43}</vt:lpwstr>