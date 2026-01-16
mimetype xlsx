--- v1 (2025-12-02)
+++ v2 (2026-01-16)
@@ -5,98 +5,98 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2025\10_October 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2025\11_November 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7A7C7BB4-CC0F-4E5B-859D-BC4BF622479B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{703CAC8C-DD77-4182-B16A-4B1C42AFD376}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="TSX LS Issuers October 2025" sheetId="1" r:id="rId1"/>
-    <sheet name="TSXV LS Issuers October 2025" sheetId="2" r:id="rId2"/>
+    <sheet name="TSX LS Issuers November 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="TSXV LS Issuers November 2025" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'TSX LS Issuers October 2025'!$A$10:$Z$50</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'TSXV LS Issuers October 2025'!$A$10:$Y$83</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'TSX LS Issuers November 2025'!$A$10:$Z$50</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'TSXV LS Issuers November 2025'!$A$10:$Y$83</definedName>
     <definedName name="CIQWBGuid" hidden="1">"5a656fc2-e634-467d-ae07-9931c0de23ac"</definedName>
     <definedName name="IQ_ADDIN" hidden="1">"AUTO"</definedName>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_DNTM" hidden="1">700000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
     <definedName name="IQ_LTMMONTH" hidden="1">120000</definedName>
     <definedName name="IQ_MONTH">15000</definedName>
     <definedName name="IQ_MTD" hidden="1">800000</definedName>
     <definedName name="IQ_NAMES_REVISION_DATE_" hidden="1">45719.8028125</definedName>
     <definedName name="IQ_NTM">6000</definedName>
     <definedName name="IQ_QTD" hidden="1">750000</definedName>
     <definedName name="IQ_TODAY" hidden="1">0</definedName>
     <definedName name="IQ_WEEK">50000</definedName>
     <definedName name="IQ_YTD">3000</definedName>
     <definedName name="IQ_YTDMONTH" hidden="1">130000</definedName>
-    <definedName name="TSX_2012">'TSX LS Issuers October 2025'!$B$10:$Z$10</definedName>
-    <definedName name="TSXV_2012">'TSXV LS Issuers October 2025'!$10:$10</definedName>
+    <definedName name="TSX_2012">'TSX LS Issuers November 2025'!$B$10:$Z$10</definedName>
+    <definedName name="TSXV_2012">'TSXV LS Issuers November 2025'!$10:$10</definedName>
   </definedNames>
   <calcPr calcId="191029" iterateDelta="9.9999999999994451E-4"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D8" i="2" l="1"/>
   <c r="F8" i="2"/>
@@ -1418,75 +1418,75 @@
   <si>
     <t>Organigram Global Inc.</t>
   </si>
   <si>
     <t>V-04654</t>
   </si>
   <si>
     <t>VVT Med Inc.</t>
   </si>
   <si>
     <t>VVTM</t>
   </si>
   <si>
     <t>Cheelcare Inc.</t>
   </si>
   <si>
     <t>CHER</t>
   </si>
   <si>
     <t>Seegnal Inc.</t>
   </si>
   <si>
     <t>SEGN</t>
   </si>
   <si>
+    <t>Neurothera Labs Inc.</t>
+  </si>
+  <si>
+    <t>NTLX</t>
+  </si>
+  <si>
     <t>Market Cap (C$)
-31-October-2025</t>
+30-November-2025</t>
   </si>
   <si>
     <t>O/S Shares
-31-October-2025</t>
+30-November-2025</t>
   </si>
   <si>
     <t>Volume YTD
-31-October-2025</t>
+30-November-2025</t>
   </si>
   <si>
     <t>Value (C$) YTD
-31-October-2025</t>
+30-November-2025</t>
   </si>
   <si>
     <t>Number of 
 Trades YTD
-31-October-2025</t>
-[...5 lines deleted...]
-    <t>NTLX</t>
+30-November-2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -1767,51 +1767,67 @@
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="37" fontId="8" fillId="4" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="37" fontId="8" fillId="4" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="TextNormal" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
-  <dxfs count="1">
+  <dxfs count="3">
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFFFF00"/>
+          <bgColor rgb="FF000000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFFFF00"/>
+          <bgColor rgb="FF000000"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFF00"/>
           <bgColor rgb="FF000000"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
@@ -2327,51 +2343,51 @@
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="1"/>
       <c r="C8" s="38">
         <f>SUBTOTAL(3,C11:C50)</f>
         <v>40</v>
       </c>
       <c r="D8" s="39"/>
       <c r="E8" s="40">
         <f>SUBTOTAL(9,E11:E50)</f>
-        <v>25409749321.380001</v>
+        <v>24552949045.740002</v>
       </c>
       <c r="F8" s="41"/>
       <c r="G8" s="1"/>
       <c r="H8" s="58"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="6"/>
       <c r="X8" s="6"/>
       <c r="Y8" s="6"/>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B9" s="1"/>
@@ -2392,1779 +2408,1779 @@
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="6"/>
       <c r="X9" s="6"/>
       <c r="Y9" s="6"/>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26" s="13" customFormat="1" ht="39" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E10" s="16" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="F10" s="16" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="G10" s="15" t="s">
         <v>1</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>5</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>11</v>
       </c>
       <c r="J10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="K10" s="15" t="s">
         <v>8</v>
       </c>
       <c r="L10" s="13" t="s">
         <v>6</v>
       </c>
       <c r="M10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="15" t="s">
         <v>27</v>
       </c>
       <c r="O10" s="15" t="s">
         <v>28</v>
       </c>
       <c r="P10" s="15" t="s">
         <v>9</v>
       </c>
       <c r="Q10" s="15" t="s">
         <v>10</v>
       </c>
       <c r="R10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="S10" s="13" t="s">
         <v>18</v>
       </c>
       <c r="T10" s="13" t="s">
         <v>24</v>
       </c>
       <c r="U10" s="13" t="s">
         <v>12</v>
       </c>
       <c r="V10" s="13" t="s">
         <v>13</v>
       </c>
       <c r="W10" s="16" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="X10" s="16" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="Y10" s="16" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="Z10" s="16" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:26" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A11" s="17" t="s">
         <v>59</v>
       </c>
       <c r="B11" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="17" t="s">
         <v>60</v>
       </c>
       <c r="D11" s="18" t="s">
         <v>61</v>
       </c>
       <c r="E11" s="20">
         <v>3031653</v>
       </c>
       <c r="F11" s="20">
         <v>121266120</v>
       </c>
       <c r="G11" s="18" t="s">
         <v>64</v>
       </c>
       <c r="H11" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J11" s="18" t="s">
         <v>63</v>
       </c>
       <c r="K11" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L11" s="18" t="s">
         <v>43</v>
       </c>
       <c r="M11" s="18">
         <v>20200916</v>
       </c>
       <c r="P11" s="18" t="s">
         <v>44</v>
       </c>
       <c r="W11" s="19">
-        <v>24229900</v>
+        <v>25650557</v>
       </c>
       <c r="X11" s="20">
-        <v>708940</v>
+        <v>744089.5</v>
       </c>
       <c r="Y11" s="20">
-        <v>1342</v>
+        <v>1433</v>
       </c>
       <c r="Z11" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="17" t="s">
         <v>65</v>
       </c>
       <c r="B12" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="17" t="s">
         <v>66</v>
       </c>
       <c r="D12" s="18" t="s">
         <v>67</v>
       </c>
       <c r="E12" s="20">
-        <v>4798566.5199999996</v>
+        <v>5896110.9900000002</v>
       </c>
       <c r="F12" s="20">
         <v>2552429</v>
       </c>
       <c r="G12" s="18" t="s">
         <v>64</v>
       </c>
       <c r="H12" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J12" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K12" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="18">
         <v>19930604</v>
       </c>
       <c r="N12" s="18" t="s">
         <v>68</v>
       </c>
       <c r="W12" s="19">
-        <v>3182607</v>
+        <v>3296021</v>
       </c>
       <c r="X12" s="20">
-        <v>2705297.5</v>
+        <v>2958184.5</v>
       </c>
       <c r="Y12" s="20">
-        <v>6152</v>
+        <v>6535</v>
       </c>
       <c r="Z12" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="17" t="s">
         <v>70</v>
       </c>
       <c r="B13" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="17" t="s">
         <v>71</v>
       </c>
       <c r="D13" s="18" t="s">
         <v>72</v>
       </c>
       <c r="E13" s="20">
-        <v>391305948.24000001</v>
+        <v>361508225.17000002</v>
       </c>
       <c r="F13" s="20">
         <v>56222119</v>
       </c>
       <c r="G13" s="18" t="s">
         <v>74</v>
       </c>
       <c r="H13" s="19" t="s">
         <v>62</v>
       </c>
       <c r="I13" s="18" t="s">
         <v>73</v>
       </c>
       <c r="J13" s="18" t="s">
         <v>46</v>
       </c>
       <c r="K13" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L13" s="18" t="s">
         <v>43</v>
       </c>
       <c r="M13" s="18">
         <v>20170724</v>
       </c>
       <c r="N13" s="18" t="s">
         <v>68</v>
       </c>
       <c r="P13" s="18" t="s">
         <v>44</v>
       </c>
       <c r="W13" s="19">
-        <v>126781950</v>
+        <v>135424626</v>
       </c>
       <c r="X13" s="20">
-        <v>900892787.5</v>
+        <v>955211274.5</v>
       </c>
       <c r="Y13" s="20">
-        <v>383788</v>
+        <v>409788</v>
       </c>
       <c r="Z13" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="17" t="s">
         <v>75</v>
       </c>
       <c r="B14" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="17" t="s">
         <v>76</v>
       </c>
       <c r="D14" s="18" t="s">
         <v>77</v>
       </c>
       <c r="E14" s="20">
-        <v>7072919.7000000002</v>
+        <v>9126348</v>
       </c>
       <c r="F14" s="20">
         <v>11407935</v>
       </c>
       <c r="G14" s="18" t="s">
         <v>74</v>
       </c>
       <c r="H14" s="19" t="s">
         <v>62</v>
       </c>
       <c r="I14" s="18" t="s">
         <v>73</v>
       </c>
       <c r="J14" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K14" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L14" s="18" t="s">
         <v>43</v>
       </c>
       <c r="M14" s="18">
         <v>20210712</v>
       </c>
       <c r="O14" s="18" t="s">
         <v>48</v>
       </c>
       <c r="P14" s="18" t="s">
         <v>44</v>
       </c>
       <c r="Q14" s="18" t="s">
         <v>44</v>
       </c>
       <c r="W14" s="19">
-        <v>2170640</v>
+        <v>2343037</v>
       </c>
       <c r="X14" s="20">
-        <v>2012230.5</v>
+        <v>2131036</v>
       </c>
       <c r="Y14" s="20">
-        <v>3246</v>
+        <v>3421</v>
       </c>
       <c r="Z14" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="17" t="s">
         <v>78</v>
       </c>
       <c r="B15" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>79</v>
       </c>
       <c r="D15" s="18" t="s">
         <v>80</v>
       </c>
       <c r="E15" s="20">
-        <v>30838182.300000001</v>
+        <v>28273742.879999999</v>
       </c>
       <c r="F15" s="20">
-        <v>114215490</v>
+        <v>117807262</v>
       </c>
       <c r="G15" s="18" t="s">
         <v>81</v>
       </c>
       <c r="H15" s="19" t="s">
         <v>62</v>
       </c>
       <c r="I15" s="18" t="s">
         <v>73</v>
       </c>
       <c r="J15" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K15" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L15" s="18" t="s">
         <v>42</v>
       </c>
       <c r="M15" s="18">
         <v>20190718</v>
       </c>
       <c r="O15" s="18" t="s">
         <v>48</v>
       </c>
       <c r="W15" s="19">
-        <v>24655015</v>
+        <v>26008092</v>
       </c>
       <c r="X15" s="20">
-        <v>6773968</v>
+        <v>7107093.5</v>
       </c>
       <c r="Y15" s="20">
-        <v>6192</v>
+        <v>6733</v>
       </c>
       <c r="Z15" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="17" t="s">
         <v>82</v>
       </c>
       <c r="B16" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="17" t="s">
         <v>83</v>
       </c>
       <c r="D16" s="18" t="s">
         <v>84</v>
       </c>
       <c r="E16" s="20">
-        <v>7510217063.79</v>
+        <v>8040108096.8000002</v>
       </c>
       <c r="F16" s="20">
-        <v>354088499</v>
+        <v>354189784</v>
       </c>
       <c r="G16" s="18" t="s">
         <v>85</v>
       </c>
       <c r="H16" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J16" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K16" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L16" s="18" t="s">
         <v>35</v>
       </c>
       <c r="M16" s="18">
         <v>20220510</v>
       </c>
       <c r="N16" s="18" t="s">
         <v>52</v>
       </c>
       <c r="W16" s="19">
-        <v>664335</v>
+        <v>694612</v>
       </c>
       <c r="X16" s="20">
-        <v>12962220.5</v>
+        <v>13632391.5</v>
       </c>
       <c r="Y16" s="20">
-        <v>5223</v>
+        <v>5531</v>
       </c>
       <c r="Z16" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="17" t="s">
         <v>86</v>
       </c>
       <c r="B17" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="17" t="s">
         <v>87</v>
       </c>
       <c r="D17" s="18" t="s">
         <v>88</v>
       </c>
       <c r="E17" s="20">
-        <v>3663591447.8800001</v>
+        <v>3293179328.6399999</v>
       </c>
       <c r="F17" s="20">
-        <v>370808851</v>
+        <v>370853528</v>
       </c>
       <c r="G17" s="18" t="s">
         <v>81</v>
       </c>
       <c r="H17" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J17" s="18" t="s">
         <v>40</v>
       </c>
       <c r="K17" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="18">
         <v>19870629</v>
       </c>
       <c r="N17" s="18" t="s">
         <v>52</v>
       </c>
       <c r="R17" s="18" t="s">
         <v>49</v>
       </c>
       <c r="W17" s="19">
-        <v>79836327</v>
+        <v>86772802</v>
       </c>
       <c r="X17" s="20">
-        <v>704841711</v>
+        <v>767806271.5</v>
       </c>
       <c r="Y17" s="20">
-        <v>357528</v>
+        <v>393217</v>
       </c>
       <c r="Z17" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="17" t="s">
         <v>91</v>
       </c>
       <c r="B18" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>92</v>
       </c>
       <c r="D18" s="18" t="s">
         <v>93</v>
       </c>
       <c r="E18" s="20">
-        <v>28880278.98</v>
+        <v>26807982.379999999</v>
       </c>
       <c r="F18" s="20">
         <v>1883906</v>
       </c>
       <c r="G18" s="18" t="s">
         <v>64</v>
       </c>
       <c r="H18" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J18" s="18" t="s">
         <v>41</v>
       </c>
       <c r="K18" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L18" s="18" t="s">
         <v>43</v>
       </c>
       <c r="M18" s="18">
         <v>20211231</v>
       </c>
       <c r="N18" s="18" t="s">
         <v>68</v>
       </c>
       <c r="P18" s="18" t="s">
         <v>44</v>
       </c>
       <c r="Q18" s="18" t="s">
         <v>44</v>
       </c>
       <c r="W18" s="19">
-        <v>4944495</v>
+        <v>5018393</v>
       </c>
       <c r="X18" s="20">
-        <v>16771488</v>
+        <v>17717730.5</v>
       </c>
       <c r="Y18" s="20">
-        <v>20594</v>
+        <v>21254</v>
       </c>
       <c r="Z18" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="17" t="s">
         <v>97</v>
       </c>
       <c r="B19" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C19" s="17" t="s">
         <v>98</v>
       </c>
       <c r="D19" s="18" t="s">
         <v>99</v>
       </c>
       <c r="E19" s="20">
-        <v>575018401.66999996</v>
+        <v>557779408.27999997</v>
       </c>
       <c r="F19" s="20">
-        <v>332380579</v>
+        <v>342195956</v>
       </c>
       <c r="G19" s="18" t="s">
         <v>74</v>
       </c>
       <c r="H19" s="19" t="s">
         <v>62</v>
       </c>
       <c r="I19" s="18" t="s">
         <v>73</v>
       </c>
       <c r="J19" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K19" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L19" s="18" t="s">
         <v>43</v>
       </c>
       <c r="M19" s="18">
         <v>20160726</v>
       </c>
       <c r="N19" s="18" t="s">
         <v>90</v>
       </c>
       <c r="P19" s="18" t="s">
         <v>44</v>
       </c>
       <c r="Q19" s="18" t="s">
         <v>44</v>
       </c>
       <c r="W19" s="19">
-        <v>595383072.05999994</v>
+        <v>636503172.05999994</v>
       </c>
       <c r="X19" s="20">
-        <v>1248403631</v>
+        <v>1314653159</v>
       </c>
       <c r="Y19" s="20">
-        <v>434298</v>
+        <v>460966</v>
       </c>
       <c r="Z19" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="17" t="s">
         <v>100</v>
       </c>
       <c r="B20" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C20" s="17" t="s">
         <v>101</v>
       </c>
       <c r="D20" s="18" t="s">
         <v>102</v>
       </c>
       <c r="E20" s="20">
-        <v>152237811.88</v>
+        <v>150229003.06</v>
       </c>
       <c r="F20" s="20">
-        <v>98855722</v>
+        <v>99489406</v>
       </c>
       <c r="G20" s="18" t="s">
         <v>64</v>
       </c>
       <c r="H20" s="19" t="s">
         <v>62</v>
       </c>
       <c r="I20" s="18" t="s">
         <v>73</v>
       </c>
       <c r="J20" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K20" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L20" s="18" t="s">
         <v>35</v>
       </c>
       <c r="M20" s="18">
         <v>20181220</v>
       </c>
       <c r="N20" s="18" t="s">
         <v>68</v>
       </c>
       <c r="W20" s="19">
-        <v>22951804</v>
+        <v>24638513</v>
       </c>
       <c r="X20" s="20">
-        <v>37565422.5</v>
+        <v>39996500.5</v>
       </c>
       <c r="Y20" s="20">
-        <v>54417</v>
+        <v>57494</v>
       </c>
       <c r="Z20" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="17" t="s">
         <v>103</v>
       </c>
       <c r="B21" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C21" s="17" t="s">
         <v>104</v>
       </c>
       <c r="D21" s="18" t="s">
         <v>105</v>
       </c>
       <c r="E21" s="20">
-        <v>226100257.06999999</v>
+        <v>222911603.55000001</v>
       </c>
       <c r="F21" s="20">
-        <v>62980573</v>
+        <v>62792001</v>
       </c>
       <c r="G21" s="18" t="s">
         <v>106</v>
       </c>
       <c r="H21" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J21" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K21" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L21" s="18" t="s">
         <v>43</v>
       </c>
       <c r="M21" s="18">
         <v>20090901</v>
       </c>
       <c r="P21" s="18" t="s">
         <v>44</v>
       </c>
       <c r="Q21" s="18" t="s">
         <v>44</v>
       </c>
       <c r="W21" s="19">
-        <v>9086033</v>
+        <v>9558703</v>
       </c>
       <c r="X21" s="20">
-        <v>26040884.5</v>
+        <v>27698991</v>
       </c>
       <c r="Y21" s="20">
-        <v>11411</v>
+        <v>12689</v>
       </c>
       <c r="Z21" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="17" t="s">
         <v>107</v>
       </c>
       <c r="B22" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C22" s="17" t="s">
         <v>108</v>
       </c>
       <c r="D22" s="18" t="s">
         <v>109</v>
       </c>
       <c r="E22" s="20">
-        <v>31031608.530000001</v>
+        <v>20724618.329999998</v>
       </c>
       <c r="F22" s="20">
-        <v>159136454</v>
+        <v>159420141</v>
       </c>
       <c r="G22" s="18" t="s">
         <v>111</v>
       </c>
       <c r="H22" s="19" t="s">
         <v>62</v>
       </c>
       <c r="I22" s="18" t="s">
         <v>73</v>
       </c>
       <c r="J22" s="18" t="s">
         <v>110</v>
       </c>
       <c r="K22" s="18" t="s">
         <v>15</v>
       </c>
       <c r="L22" s="18" t="s">
         <v>42</v>
       </c>
       <c r="M22" s="18">
         <v>20190531</v>
       </c>
       <c r="O22" s="18" t="s">
         <v>48</v>
       </c>
       <c r="S22" s="18" t="s">
         <v>112</v>
       </c>
       <c r="W22" s="19">
-        <v>10902460</v>
+        <v>14529514</v>
       </c>
       <c r="X22" s="20">
-        <v>1894966</v>
+        <v>2355577.5</v>
       </c>
       <c r="Y22" s="20">
-        <v>3861</v>
+        <v>4674</v>
       </c>
       <c r="Z22" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="17" t="s">
         <v>113</v>
       </c>
       <c r="B23" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C23" s="17" t="s">
         <v>114</v>
       </c>
       <c r="D23" s="18" t="s">
         <v>115</v>
       </c>
       <c r="E23" s="20">
-        <v>375470716.39999998</v>
+        <v>386379662.88999999</v>
       </c>
       <c r="F23" s="20">
         <v>25369643</v>
       </c>
       <c r="G23" s="18" t="s">
         <v>81</v>
       </c>
       <c r="H23" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J23" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K23" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L23" s="18" t="s">
         <v>42</v>
       </c>
       <c r="M23" s="18">
         <v>20040225</v>
       </c>
       <c r="O23" s="18" t="s">
         <v>48</v>
       </c>
       <c r="W23" s="19">
-        <v>5787423</v>
+        <v>6560317</v>
       </c>
       <c r="X23" s="20">
-        <v>78325257</v>
+        <v>89019044.5</v>
       </c>
       <c r="Y23" s="20">
-        <v>36055</v>
+        <v>40628</v>
       </c>
       <c r="Z23" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="17" t="s">
         <v>116</v>
       </c>
       <c r="B24" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C24" s="17" t="s">
         <v>117</v>
       </c>
       <c r="D24" s="18" t="s">
         <v>118</v>
       </c>
       <c r="E24" s="20">
-        <v>11325960.890000001</v>
+        <v>9581094.8800000008</v>
       </c>
       <c r="F24" s="20">
-        <v>3245261</v>
+        <v>3183088</v>
       </c>
       <c r="G24" s="18" t="s">
         <v>64</v>
       </c>
       <c r="H24" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J24" s="18" t="s">
         <v>40</v>
       </c>
       <c r="K24" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="18">
         <v>19951218</v>
       </c>
       <c r="N24" s="18" t="s">
         <v>68</v>
       </c>
       <c r="W24" s="19">
-        <v>521478</v>
+        <v>572429</v>
       </c>
       <c r="X24" s="20">
-        <v>2183451.5</v>
+        <v>2340538.5</v>
       </c>
       <c r="Y24" s="20">
-        <v>3217</v>
+        <v>3447</v>
       </c>
       <c r="Z24" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="17" t="s">
         <v>119</v>
       </c>
       <c r="B25" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C25" s="17" t="s">
         <v>120</v>
       </c>
       <c r="D25" s="18" t="s">
         <v>121</v>
       </c>
       <c r="E25" s="20">
-        <v>8469341.7899999991</v>
+        <v>8190132.7199999997</v>
       </c>
       <c r="F25" s="20">
         <v>18613938</v>
       </c>
       <c r="G25" s="18" t="s">
         <v>81</v>
       </c>
       <c r="H25" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J25" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K25" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L25" s="18" t="s">
         <v>42</v>
       </c>
       <c r="M25" s="18">
         <v>20160307</v>
       </c>
       <c r="W25" s="19">
-        <v>2450837</v>
+        <v>3126913</v>
       </c>
       <c r="X25" s="20">
-        <v>1257245.5</v>
+        <v>1571847</v>
       </c>
       <c r="Y25" s="20">
-        <v>908</v>
+        <v>1087</v>
       </c>
       <c r="Z25" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="17" t="s">
         <v>122</v>
       </c>
       <c r="B26" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C26" s="17" t="s">
         <v>123</v>
       </c>
       <c r="D26" s="18" t="s">
         <v>124</v>
       </c>
       <c r="E26" s="20">
-        <v>1351613232.51</v>
+        <v>1313323905.8099999</v>
       </c>
       <c r="F26" s="20">
         <v>382893267</v>
       </c>
       <c r="G26" s="18" t="s">
         <v>74</v>
       </c>
       <c r="H26" s="19" t="s">
         <v>62</v>
       </c>
       <c r="I26" s="18" t="s">
         <v>73</v>
       </c>
       <c r="J26" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K26" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L26" s="18" t="s">
         <v>43</v>
       </c>
       <c r="M26" s="18">
         <v>20180523</v>
       </c>
       <c r="N26" s="18" t="s">
         <v>56</v>
       </c>
       <c r="P26" s="18" t="s">
         <v>44</v>
       </c>
       <c r="Q26" s="18" t="s">
         <v>44</v>
       </c>
       <c r="W26" s="19">
-        <v>39175991</v>
+        <v>41760331</v>
       </c>
       <c r="X26" s="20">
-        <v>116312217</v>
+        <v>125245906.5</v>
       </c>
       <c r="Y26" s="20">
-        <v>92909</v>
+        <v>100275</v>
       </c>
       <c r="Z26" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="17" t="s">
         <v>125</v>
       </c>
       <c r="B27" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="17" t="s">
         <v>126</v>
       </c>
       <c r="D27" s="18" t="s">
         <v>127</v>
       </c>
       <c r="E27" s="20">
-        <v>2656201934.6999998</v>
+        <v>2197289886.8400002</v>
       </c>
       <c r="F27" s="20">
-        <v>672456186</v>
+        <v>678175891</v>
       </c>
       <c r="G27" s="18" t="s">
         <v>74</v>
       </c>
       <c r="H27" s="19" t="s">
         <v>62</v>
       </c>
       <c r="I27" s="18" t="s">
         <v>73</v>
       </c>
       <c r="J27" s="18" t="s">
         <v>94</v>
       </c>
       <c r="K27" s="18" t="s">
         <v>15</v>
       </c>
       <c r="L27" s="18" t="s">
         <v>42</v>
       </c>
       <c r="M27" s="18">
         <v>20231214</v>
       </c>
       <c r="O27" s="18" t="s">
         <v>48</v>
       </c>
       <c r="R27" s="18" t="s">
         <v>49</v>
       </c>
       <c r="S27" s="18" t="s">
         <v>95</v>
       </c>
       <c r="W27" s="19">
-        <v>123462345</v>
+        <v>136846428</v>
       </c>
       <c r="X27" s="20">
-        <v>353014483</v>
+        <v>398067982</v>
       </c>
       <c r="Y27" s="20">
-        <v>285409</v>
+        <v>318819</v>
       </c>
       <c r="Z27" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="17" t="s">
         <v>128</v>
       </c>
       <c r="B28" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C28" s="17" t="s">
         <v>129</v>
       </c>
       <c r="D28" s="18" t="s">
         <v>130</v>
       </c>
       <c r="E28" s="20">
-        <v>2084332335</v>
+        <v>2090499125</v>
       </c>
       <c r="F28" s="20">
-        <v>191223150</v>
+        <v>191262500</v>
       </c>
       <c r="G28" s="18" t="s">
         <v>85</v>
       </c>
       <c r="H28" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J28" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K28" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L28" s="18" t="s">
         <v>35</v>
       </c>
       <c r="M28" s="18">
         <v>20210521</v>
       </c>
       <c r="W28" s="19">
-        <v>52459826</v>
+        <v>59818560</v>
       </c>
       <c r="X28" s="20">
-        <v>488252819.5</v>
+        <v>568562968.5</v>
       </c>
       <c r="Y28" s="20">
-        <v>167200</v>
+        <v>183810</v>
       </c>
       <c r="Z28" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="17" t="s">
         <v>132</v>
       </c>
       <c r="B29" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="17" t="s">
         <v>133</v>
       </c>
       <c r="D29" s="18" t="s">
         <v>134</v>
       </c>
       <c r="E29" s="20">
-        <v>881841336.48000002</v>
+        <v>931364154.5</v>
       </c>
       <c r="F29" s="20">
-        <v>55149552</v>
+        <v>55110305</v>
       </c>
       <c r="G29" s="18" t="s">
         <v>135</v>
       </c>
       <c r="H29" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J29" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K29" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L29" s="18" t="s">
         <v>35</v>
       </c>
       <c r="M29" s="18">
         <v>20210211</v>
       </c>
       <c r="U29" s="18" t="s">
         <v>54</v>
       </c>
       <c r="V29" s="18" t="s">
         <v>55</v>
       </c>
       <c r="W29" s="19">
-        <v>9076437</v>
+        <v>10116074</v>
       </c>
       <c r="X29" s="20">
-        <v>118407908.5</v>
+        <v>134918656.5</v>
       </c>
       <c r="Y29" s="20">
-        <v>32382</v>
+        <v>36440</v>
       </c>
       <c r="Z29" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="17" t="s">
         <v>136</v>
       </c>
       <c r="B30" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C30" s="17" t="s">
         <v>137</v>
       </c>
       <c r="D30" s="18" t="s">
         <v>138</v>
       </c>
       <c r="E30" s="20">
-        <v>5611714.2599999998</v>
+        <v>6734057.04</v>
       </c>
       <c r="F30" s="20">
-        <v>374114284</v>
+        <v>37411428</v>
       </c>
       <c r="G30" s="18" t="s">
         <v>81</v>
       </c>
       <c r="H30" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J30" s="18" t="s">
         <v>47</v>
       </c>
       <c r="K30" s="18" t="s">
         <v>42</v>
       </c>
       <c r="L30" s="18" t="s">
         <v>43</v>
       </c>
       <c r="M30" s="18">
         <v>20220125</v>
       </c>
       <c r="P30" s="18" t="s">
         <v>44</v>
       </c>
       <c r="Q30" s="18" t="s">
         <v>44</v>
       </c>
       <c r="T30" s="18" t="s">
         <v>44</v>
       </c>
       <c r="W30" s="19">
-        <v>113789201</v>
+        <v>117581187</v>
       </c>
       <c r="X30" s="20">
-        <v>2251376</v>
+        <v>2613578</v>
       </c>
       <c r="Y30" s="20">
-        <v>16875</v>
+        <v>17796</v>
       </c>
       <c r="Z30" s="20">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="17" t="s">
         <v>139</v>
       </c>
       <c r="B31" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C31" s="17" t="s">
         <v>140</v>
       </c>
       <c r="D31" s="18" t="s">
         <v>141</v>
       </c>
       <c r="E31" s="20">
-        <v>404786648</v>
+        <v>442159929.63</v>
       </c>
       <c r="F31" s="20">
-        <v>50598331</v>
+        <v>50648331</v>
       </c>
       <c r="G31" s="18" t="s">
         <v>64</v>
       </c>
       <c r="H31" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J31" s="18" t="s">
         <v>41</v>
       </c>
       <c r="K31" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L31" s="18" t="s">
         <v>35</v>
       </c>
       <c r="M31" s="18">
         <v>20210309</v>
       </c>
       <c r="N31" s="18" t="s">
         <v>68</v>
       </c>
       <c r="W31" s="19">
-        <v>7850503</v>
+        <v>9449852</v>
       </c>
       <c r="X31" s="20">
-        <v>48650038.5</v>
+        <v>62409748</v>
       </c>
       <c r="Y31" s="20">
-        <v>25672</v>
+        <v>34079</v>
       </c>
       <c r="Z31" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="17" t="s">
         <v>142</v>
       </c>
       <c r="B32" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C32" s="17" t="s">
         <v>143</v>
       </c>
       <c r="D32" s="18" t="s">
         <v>144</v>
       </c>
       <c r="E32" s="20">
-        <v>325234778.48000002</v>
+        <v>381343487.24000001</v>
       </c>
       <c r="F32" s="20">
-        <v>28061672</v>
+        <v>34139972</v>
       </c>
       <c r="G32" s="18" t="s">
         <v>64</v>
       </c>
       <c r="H32" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J32" s="18" t="s">
         <v>145</v>
       </c>
       <c r="K32" s="18" t="s">
         <v>15</v>
       </c>
       <c r="L32" s="18" t="s">
         <v>35</v>
       </c>
       <c r="M32" s="18">
         <v>20010604</v>
       </c>
       <c r="N32" s="18" t="s">
         <v>68</v>
       </c>
       <c r="S32" s="18" t="s">
         <v>146</v>
       </c>
       <c r="W32" s="19">
-        <v>159359</v>
+        <v>181755</v>
       </c>
       <c r="X32" s="20">
-        <v>1704168.5</v>
+        <v>1960246.5</v>
       </c>
       <c r="Y32" s="20">
-        <v>1355</v>
+        <v>1533</v>
       </c>
       <c r="Z32" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="17" t="s">
         <v>148</v>
       </c>
       <c r="B33" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>149</v>
       </c>
       <c r="D33" s="18" t="s">
         <v>150</v>
       </c>
       <c r="E33" s="20">
-        <v>413767949.72000003</v>
+        <v>258406889.68000001</v>
       </c>
       <c r="F33" s="20">
-        <v>279572939</v>
+        <v>280877054</v>
       </c>
       <c r="G33" s="18" t="s">
         <v>151</v>
       </c>
       <c r="H33" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J33" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K33" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L33" s="18" t="s">
         <v>35</v>
       </c>
       <c r="M33" s="18">
         <v>20210106</v>
       </c>
       <c r="O33" s="18" t="s">
         <v>48</v>
       </c>
       <c r="W33" s="19">
-        <v>74229041</v>
+        <v>84231529</v>
       </c>
       <c r="X33" s="20">
-        <v>112012499</v>
+        <v>123539248.5</v>
       </c>
       <c r="Y33" s="20">
-        <v>84746</v>
+        <v>94967</v>
       </c>
       <c r="Z33" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="17" t="s">
         <v>152</v>
       </c>
       <c r="B34" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>153</v>
       </c>
       <c r="D34" s="18" t="s">
         <v>154</v>
       </c>
       <c r="E34" s="20">
-        <v>152756196</v>
+        <v>177197187.36000001</v>
       </c>
       <c r="F34" s="20">
         <v>76378098</v>
       </c>
       <c r="G34" s="18" t="s">
         <v>64</v>
       </c>
       <c r="H34" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J34" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K34" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="18">
         <v>19960603</v>
       </c>
       <c r="W34" s="19">
-        <v>1136002</v>
+        <v>1173538</v>
       </c>
       <c r="X34" s="20">
-        <v>2084944</v>
+        <v>2168219.5</v>
       </c>
       <c r="Y34" s="20">
-        <v>2534</v>
+        <v>2785</v>
       </c>
       <c r="Z34" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="17" t="s">
         <v>155</v>
       </c>
       <c r="B35" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C35" s="17" t="s">
         <v>156</v>
       </c>
       <c r="D35" s="18" t="s">
         <v>157</v>
       </c>
       <c r="E35" s="20">
-        <v>174516067.97999999</v>
+        <v>155117457.75999999</v>
       </c>
       <c r="F35" s="20">
-        <v>31275281</v>
+        <v>31273681</v>
       </c>
       <c r="G35" s="18" t="s">
         <v>81</v>
       </c>
       <c r="H35" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J35" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K35" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L35" s="18" t="s">
         <v>43</v>
       </c>
       <c r="M35" s="18">
         <v>20190207</v>
       </c>
       <c r="P35" s="18" t="s">
         <v>44</v>
       </c>
       <c r="W35" s="19">
-        <v>2891889</v>
+        <v>3143405</v>
       </c>
       <c r="X35" s="20">
-        <v>13688095</v>
+        <v>14959025</v>
       </c>
       <c r="Y35" s="20">
-        <v>6358</v>
+        <v>7661</v>
       </c>
       <c r="Z35" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="17" t="s">
         <v>158</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>159</v>
       </c>
       <c r="D36" s="18" t="s">
         <v>160</v>
       </c>
       <c r="E36" s="20">
-        <v>582119099.51999998</v>
+        <v>600699829.39999998</v>
       </c>
       <c r="F36" s="20">
-        <v>99677928</v>
+        <v>99289228</v>
       </c>
       <c r="G36" s="18" t="s">
         <v>64</v>
       </c>
       <c r="H36" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J36" s="18" t="s">
         <v>40</v>
       </c>
       <c r="K36" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L36" s="18" t="s">
         <v>43</v>
       </c>
       <c r="M36" s="18">
         <v>20140429</v>
       </c>
       <c r="P36" s="18" t="s">
         <v>44</v>
       </c>
       <c r="W36" s="19">
-        <v>13007153</v>
+        <v>14040599</v>
       </c>
       <c r="X36" s="20">
-        <v>77584359.5</v>
+        <v>83863617.5</v>
       </c>
       <c r="Y36" s="20">
-        <v>45340</v>
+        <v>49503</v>
       </c>
       <c r="Z36" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="17" t="s">
         <v>162</v>
       </c>
       <c r="B37" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C37" s="17" t="s">
         <v>163</v>
       </c>
       <c r="D37" s="18" t="s">
         <v>164</v>
       </c>
       <c r="E37" s="20">
-        <v>90323388.400000006</v>
+        <v>90127766.799999997</v>
       </c>
       <c r="F37" s="20">
-        <v>32258353</v>
+        <v>32420060</v>
       </c>
       <c r="G37" s="18" t="s">
         <v>85</v>
       </c>
       <c r="H37" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J37" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K37" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L37" s="18" t="s">
         <v>43</v>
       </c>
       <c r="M37" s="18">
         <v>20210617</v>
       </c>
       <c r="O37" s="18" t="s">
         <v>48</v>
       </c>
       <c r="P37" s="18" t="s">
         <v>44</v>
       </c>
       <c r="Q37" s="18" t="s">
         <v>44</v>
       </c>
       <c r="W37" s="19">
-        <v>13870127</v>
+        <v>14881222</v>
       </c>
       <c r="X37" s="20">
-        <v>45857347.5</v>
+        <v>48569812.5</v>
       </c>
       <c r="Y37" s="20">
-        <v>35352</v>
+        <v>37750</v>
       </c>
       <c r="Z37" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="17" t="s">
         <v>165</v>
       </c>
       <c r="B38" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C38" s="17" t="s">
         <v>166</v>
       </c>
       <c r="D38" s="18" t="s">
         <v>167</v>
       </c>
       <c r="E38" s="20">
-        <v>123446563.2</v>
+        <v>133455744</v>
       </c>
       <c r="F38" s="20">
         <v>83409840</v>
       </c>
       <c r="G38" s="18" t="s">
         <v>64</v>
       </c>
       <c r="H38" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J38" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K38" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L38" s="18" t="s">
         <v>43</v>
       </c>
       <c r="M38" s="18">
         <v>20170802</v>
       </c>
       <c r="O38" s="18" t="s">
         <v>48</v>
       </c>
       <c r="P38" s="18" t="s">
         <v>44</v>
       </c>
       <c r="Q38" s="18" t="s">
         <v>44</v>
       </c>
       <c r="W38" s="19">
-        <v>10808117</v>
+        <v>11978888</v>
       </c>
       <c r="X38" s="20">
-        <v>12756998</v>
+        <v>14490717.5</v>
       </c>
       <c r="Y38" s="20">
-        <v>15050</v>
+        <v>17451</v>
       </c>
       <c r="Z38" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="17" t="s">
         <v>168</v>
       </c>
       <c r="B39" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C39" s="17" t="s">
         <v>169</v>
       </c>
       <c r="D39" s="18" t="s">
         <v>170</v>
       </c>
       <c r="E39" s="20">
-        <v>31556625.899999999</v>
+        <v>27349075.780000001</v>
       </c>
       <c r="F39" s="20">
         <v>420755012</v>
       </c>
       <c r="G39" s="18" t="s">
         <v>81</v>
       </c>
       <c r="H39" s="19" t="s">
         <v>62</v>
       </c>
       <c r="I39" s="18" t="s">
         <v>73</v>
       </c>
       <c r="J39" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K39" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L39" s="18" t="s">
         <v>43</v>
       </c>
       <c r="M39" s="18">
         <v>20190729</v>
       </c>
       <c r="O39" s="18" t="s">
         <v>57</v>
       </c>
       <c r="P39" s="18" t="s">
         <v>44</v>
       </c>
       <c r="Q39" s="18" t="s">
         <v>44</v>
       </c>
       <c r="W39" s="19">
-        <v>62878100</v>
+        <v>73110197</v>
       </c>
       <c r="X39" s="20">
-        <v>4898575.5</v>
+        <v>5588965</v>
       </c>
       <c r="Y39" s="20">
-        <v>6075</v>
+        <v>6822</v>
       </c>
       <c r="Z39" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="17" t="s">
         <v>171</v>
       </c>
       <c r="B40" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>172</v>
       </c>
       <c r="D40" s="18" t="s">
         <v>173</v>
       </c>
       <c r="E40" s="20">
-        <v>34878119.5</v>
+        <v>34051798.094999999</v>
       </c>
       <c r="F40" s="20">
-        <v>139512478</v>
+        <v>138986931</v>
       </c>
       <c r="G40" s="18" t="s">
         <v>64</v>
       </c>
       <c r="H40" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J40" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K40" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="18">
         <v>19921001</v>
       </c>
       <c r="O40" s="18" t="s">
         <v>48</v>
       </c>
       <c r="W40" s="19">
-        <v>25082142</v>
+        <v>25639777</v>
       </c>
       <c r="X40" s="20">
-        <v>9088114</v>
+        <v>9225951</v>
       </c>
       <c r="Y40" s="20">
-        <v>5942</v>
+        <v>6239</v>
       </c>
       <c r="Z40" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="17" t="s">
         <v>174</v>
       </c>
       <c r="B41" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>175</v>
       </c>
       <c r="D41" s="18" t="s">
         <v>176</v>
       </c>
       <c r="E41" s="20">
         <v>16320880</v>
       </c>
       <c r="F41" s="20">
         <v>326417600</v>
       </c>
       <c r="G41" s="18" t="s">
         <v>81</v>
       </c>
       <c r="H41" s="19" t="s">
@@ -4193,547 +4209,547 @@
       </c>
       <c r="X41" s="20">
         <v>279027</v>
       </c>
       <c r="Y41" s="20">
         <v>887</v>
       </c>
       <c r="Z41" s="20">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="17" t="s">
         <v>178</v>
       </c>
       <c r="B42" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>431</v>
       </c>
       <c r="D42" s="18" t="s">
         <v>179</v>
       </c>
       <c r="E42" s="20">
-        <v>305226535.82999998</v>
+        <v>307810834.56</v>
       </c>
       <c r="F42" s="20">
-        <v>134461029</v>
+        <v>135004752</v>
       </c>
       <c r="G42" s="18" t="s">
         <v>74</v>
       </c>
       <c r="H42" s="19" t="s">
         <v>62</v>
       </c>
       <c r="I42" s="18" t="s">
         <v>73</v>
       </c>
       <c r="J42" s="18" t="s">
         <v>161</v>
       </c>
       <c r="K42" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L42" s="18" t="s">
         <v>43</v>
       </c>
       <c r="M42" s="18">
         <v>20190822</v>
       </c>
       <c r="N42" s="18" t="s">
         <v>90</v>
       </c>
       <c r="P42" s="18" t="s">
         <v>44</v>
       </c>
       <c r="W42" s="19">
-        <v>36657838</v>
+        <v>40256974</v>
       </c>
       <c r="X42" s="20">
-        <v>74759232.5</v>
+        <v>82787712.5</v>
       </c>
       <c r="Y42" s="20">
-        <v>60167</v>
+        <v>66484</v>
       </c>
       <c r="Z42" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="17" t="s">
         <v>180</v>
       </c>
       <c r="B43" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C43" s="17" t="s">
         <v>181</v>
       </c>
       <c r="D43" s="18" t="s">
         <v>182</v>
       </c>
       <c r="E43" s="20">
-        <v>252418429.12</v>
+        <v>274157815.36000001</v>
       </c>
       <c r="F43" s="20">
         <v>30193592</v>
       </c>
       <c r="G43" s="18" t="s">
         <v>85</v>
       </c>
       <c r="H43" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J43" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K43" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L43" s="18" t="s">
         <v>43</v>
       </c>
       <c r="M43" s="18">
         <v>20180713</v>
       </c>
       <c r="N43" s="18" t="s">
         <v>68</v>
       </c>
       <c r="P43" s="18" t="s">
         <v>44</v>
       </c>
       <c r="Q43" s="18" t="s">
         <v>44</v>
       </c>
       <c r="W43" s="19">
-        <v>2164708</v>
+        <v>2618544</v>
       </c>
       <c r="X43" s="20">
-        <v>16580626.5</v>
+        <v>20615721</v>
       </c>
       <c r="Y43" s="20">
-        <v>13779</v>
+        <v>16764</v>
       </c>
       <c r="Z43" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="17" t="s">
         <v>183</v>
       </c>
       <c r="B44" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C44" s="17" t="s">
         <v>184</v>
       </c>
       <c r="D44" s="18" t="s">
         <v>185</v>
       </c>
       <c r="E44" s="20">
-        <v>148143944.52000001</v>
+        <v>143799547.31999999</v>
       </c>
       <c r="F44" s="20">
         <v>43443972</v>
       </c>
       <c r="G44" s="18" t="s">
         <v>85</v>
       </c>
       <c r="H44" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J44" s="18" t="s">
         <v>147</v>
       </c>
       <c r="K44" s="18" t="s">
         <v>15</v>
       </c>
       <c r="L44" s="18" t="s">
         <v>43</v>
       </c>
       <c r="M44" s="18">
         <v>20230621</v>
       </c>
       <c r="N44" s="18" t="s">
         <v>68</v>
       </c>
       <c r="P44" s="18" t="s">
         <v>44</v>
       </c>
       <c r="S44" s="18" t="s">
         <v>186</v>
       </c>
       <c r="W44" s="19">
-        <v>5778874</v>
+        <v>6083391</v>
       </c>
       <c r="X44" s="20">
-        <v>18177676</v>
+        <v>19169801</v>
       </c>
       <c r="Y44" s="20">
-        <v>23756</v>
+        <v>25184</v>
       </c>
       <c r="Z44" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="17" t="s">
         <v>187</v>
       </c>
       <c r="B45" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C45" s="17" t="s">
         <v>188</v>
       </c>
       <c r="D45" s="18" t="s">
         <v>189</v>
       </c>
       <c r="E45" s="20">
-        <v>27261584.18</v>
+        <v>31607844.84</v>
       </c>
       <c r="F45" s="20">
-        <v>286964044</v>
+        <v>287344044</v>
       </c>
       <c r="G45" s="18" t="s">
         <v>64</v>
       </c>
       <c r="H45" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J45" s="18" t="s">
         <v>46</v>
       </c>
       <c r="K45" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L45" s="18" t="s">
         <v>43</v>
       </c>
       <c r="M45" s="18">
         <v>20050117</v>
       </c>
       <c r="P45" s="18" t="s">
         <v>44</v>
       </c>
       <c r="Q45" s="18" t="s">
         <v>44</v>
       </c>
       <c r="W45" s="19">
-        <v>18861907</v>
+        <v>19559478</v>
       </c>
       <c r="X45" s="20">
-        <v>1838964.5</v>
+        <v>1913552</v>
       </c>
       <c r="Y45" s="20">
-        <v>2871</v>
+        <v>3042</v>
       </c>
       <c r="Z45" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="17" t="s">
         <v>190</v>
       </c>
       <c r="B46" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C46" s="17" t="s">
         <v>191</v>
       </c>
       <c r="D46" s="18" t="s">
         <v>192</v>
       </c>
       <c r="E46" s="20">
-        <v>142522064.30000001</v>
+        <v>131710078.63</v>
       </c>
       <c r="F46" s="20">
-        <v>185093590</v>
+        <v>185507153</v>
       </c>
       <c r="G46" s="18" t="s">
         <v>64</v>
       </c>
       <c r="H46" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J46" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K46" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L46" s="18" t="s">
         <v>43</v>
       </c>
       <c r="M46" s="18">
         <v>20240215</v>
       </c>
       <c r="O46" s="18" t="s">
         <v>57</v>
       </c>
       <c r="P46" s="18" t="s">
         <v>44</v>
       </c>
       <c r="Q46" s="18" t="s">
         <v>44</v>
       </c>
       <c r="W46" s="19">
-        <v>38735126</v>
+        <v>41383342</v>
       </c>
       <c r="X46" s="20">
-        <v>26528488.5</v>
+        <v>28468883</v>
       </c>
       <c r="Y46" s="20">
-        <v>10372</v>
+        <v>11646</v>
       </c>
       <c r="Z46" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="17" t="s">
         <v>193</v>
       </c>
       <c r="B47" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C47" s="17" t="s">
         <v>428</v>
       </c>
       <c r="D47" s="18" t="s">
         <v>194</v>
       </c>
       <c r="E47" s="20">
-        <v>49303594.649999999</v>
+        <v>51341008.204999998</v>
       </c>
       <c r="F47" s="20">
-        <v>328690631</v>
+        <v>331232311</v>
       </c>
       <c r="G47" s="18" t="s">
         <v>64</v>
       </c>
       <c r="H47" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J47" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K47" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L47" s="18" t="s">
         <v>43</v>
       </c>
       <c r="M47" s="18">
         <v>20220602</v>
       </c>
       <c r="O47" s="18" t="s">
         <v>57</v>
       </c>
       <c r="P47" s="18" t="s">
         <v>44</v>
       </c>
       <c r="W47" s="19">
-        <v>25844070</v>
+        <v>28673378</v>
       </c>
       <c r="X47" s="20">
-        <v>4820229.5</v>
+        <v>5222793.5</v>
       </c>
       <c r="Y47" s="20">
-        <v>5898</v>
+        <v>6436</v>
       </c>
       <c r="Z47" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="17" t="s">
         <v>195</v>
       </c>
       <c r="B48" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C48" s="17" t="s">
         <v>196</v>
       </c>
       <c r="D48" s="18" t="s">
         <v>197</v>
       </c>
       <c r="E48" s="20">
-        <v>427951501.60000002</v>
+        <v>384578038.60000002</v>
       </c>
       <c r="F48" s="20">
         <v>289156420</v>
       </c>
       <c r="G48" s="18" t="s">
         <v>106</v>
       </c>
       <c r="H48" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J48" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K48" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M48" s="18">
         <v>19940606</v>
       </c>
       <c r="W48" s="19">
-        <v>20001538</v>
+        <v>21715130</v>
       </c>
       <c r="X48" s="20">
-        <v>21680954</v>
+        <v>24053897</v>
       </c>
       <c r="Y48" s="20">
-        <v>12064</v>
+        <v>13572</v>
       </c>
       <c r="Z48" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="17" t="s">
         <v>198</v>
       </c>
       <c r="B49" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C49" s="17" t="s">
         <v>199</v>
       </c>
       <c r="D49" s="18" t="s">
         <v>200</v>
       </c>
       <c r="E49" s="20">
-        <v>303180902.63999999</v>
+        <v>201141103.02000001</v>
       </c>
       <c r="F49" s="20">
-        <v>306243336</v>
+        <v>304759247</v>
       </c>
       <c r="G49" s="18" t="s">
         <v>74</v>
       </c>
       <c r="H49" s="19" t="s">
         <v>62</v>
       </c>
       <c r="I49" s="18" t="s">
         <v>73</v>
       </c>
       <c r="J49" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K49" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L49" s="18" t="s">
         <v>42</v>
       </c>
       <c r="M49" s="18">
         <v>20230704</v>
       </c>
       <c r="W49" s="19">
-        <v>55568423</v>
+        <v>60376155</v>
       </c>
       <c r="X49" s="20">
-        <v>43834850</v>
+        <v>47458848</v>
       </c>
       <c r="Y49" s="20">
-        <v>51119</v>
+        <v>54823</v>
       </c>
       <c r="Z49" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="17" t="s">
         <v>201</v>
       </c>
       <c r="B50" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C50" s="17" t="s">
         <v>202</v>
       </c>
       <c r="D50" s="18" t="s">
         <v>203</v>
       </c>
       <c r="E50" s="20">
-        <v>1405043736.25</v>
+        <v>1047634588.7</v>
       </c>
       <c r="F50" s="20">
-        <v>254594045</v>
+        <v>254631062</v>
       </c>
       <c r="G50" s="18" t="s">
         <v>151</v>
       </c>
       <c r="H50" s="19" t="s">
         <v>62</v>
       </c>
       <c r="J50" s="18" t="s">
         <v>41</v>
       </c>
       <c r="K50" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L50" s="18" t="s">
         <v>43</v>
       </c>
       <c r="M50" s="18">
         <v>20200110</v>
       </c>
       <c r="O50" s="18" t="s">
         <v>48</v>
       </c>
       <c r="P50" s="18" t="s">
         <v>44</v>
       </c>
       <c r="Q50" s="18" t="s">
         <v>44</v>
       </c>
       <c r="W50" s="19">
-        <v>212302239</v>
+        <v>250575549</v>
       </c>
       <c r="X50" s="20">
-        <v>1052370369.5</v>
+        <v>1214127816.5</v>
       </c>
       <c r="Y50" s="20">
-        <v>509962</v>
+        <v>586371</v>
       </c>
       <c r="Z50" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A10:Z50" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:AG10">
-    <sortCondition sortBy="cellColor" ref="N8:N10" dxfId="0"/>
+    <sortCondition sortBy="cellColor" ref="N8:N10" dxfId="2"/>
   </sortState>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:Y83"/>
   <sheetViews>
     <sheetView topLeftCell="C1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.28515625" style="17" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="8.140625" style="28" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" style="23" customWidth="1"/>
     <col min="4" max="4" width="44.140625" style="28" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.85546875" style="24" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="16.28515625" style="24" bestFit="1" customWidth="1"/>
@@ -4890,51 +4906,51 @@
       <c r="L7" s="29"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="36"/>
       <c r="W7" s="36"/>
       <c r="X7" s="36"/>
       <c r="Y7" s="36"/>
     </row>
     <row r="8" spans="1:25" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="2"/>
       <c r="C8" s="22"/>
       <c r="D8" s="56">
         <f>SUBTOTAL(3,D11:D83)</f>
         <v>73</v>
       </c>
       <c r="E8" s="51"/>
       <c r="F8" s="54">
         <f>SUBTOTAL(9,F11:F83)</f>
-        <v>2170681208.0849996</v>
+        <v>2238359373.7900004</v>
       </c>
       <c r="G8" s="55"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="29"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="36"/>
       <c r="W8" s="36"/>
       <c r="X8" s="36"/>
       <c r="Y8" s="36"/>
     </row>
     <row r="9" spans="1:25" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B9" s="2"/>
       <c r="C9" s="22"/>
       <c r="D9" s="2"/>
@@ -4955,105 +4971,105 @@
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="36"/>
       <c r="W9" s="36"/>
       <c r="X9" s="36"/>
       <c r="Y9" s="36"/>
     </row>
     <row r="10" spans="1:25" s="15" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="33" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>0</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>3</v>
       </c>
       <c r="E10" s="16" t="s">
         <v>4</v>
       </c>
       <c r="F10" s="16" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="G10" s="16" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="H10" s="27" t="s">
         <v>1</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>5</v>
       </c>
       <c r="J10" s="27" t="s">
         <v>21</v>
       </c>
       <c r="K10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="L10" s="15" t="s">
         <v>8</v>
       </c>
       <c r="M10" s="15" t="s">
         <v>6</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>29</v>
       </c>
       <c r="O10" s="15" t="s">
         <v>16</v>
       </c>
       <c r="P10" s="15" t="s">
         <v>25</v>
       </c>
       <c r="Q10" s="15" t="s">
         <v>17</v>
       </c>
       <c r="R10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="S10" s="15" t="s">
         <v>430</v>
       </c>
       <c r="T10" s="15" t="s">
         <v>18</v>
       </c>
       <c r="U10" s="15" t="s">
         <v>24</v>
       </c>
       <c r="V10" s="16" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="W10" s="16" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="X10" s="16" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="Y10" s="16" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:25" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A11" s="17" t="s">
         <v>310</v>
       </c>
       <c r="B11" s="28">
         <v>1173500</v>
       </c>
       <c r="C11" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D11" s="28" t="s">
         <v>311</v>
       </c>
       <c r="E11" s="18" t="s">
         <v>312</v>
       </c>
       <c r="F11" s="24">
         <v>663172.15500000003</v>
       </c>
       <c r="G11" s="24">
@@ -5138,258 +5154,258 @@
       </c>
       <c r="X12" s="20">
         <v>104</v>
       </c>
       <c r="Y12" s="18">
         <v>7</v>
       </c>
     </row>
     <row r="13" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A13" s="17" t="s">
         <v>307</v>
       </c>
       <c r="B13" s="28">
         <v>1170010</v>
       </c>
       <c r="C13" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="28" t="s">
         <v>308</v>
       </c>
       <c r="E13" s="18" t="s">
         <v>309</v>
       </c>
       <c r="F13" s="24">
-        <v>65445302.340000004</v>
+        <v>68941287.670000002</v>
       </c>
       <c r="G13" s="24">
-        <v>66106366</v>
+        <v>66933289</v>
       </c>
       <c r="H13" s="19" t="s">
         <v>81</v>
       </c>
       <c r="I13" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K13" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M13" s="18" t="s">
         <v>42</v>
       </c>
       <c r="N13" s="18">
         <v>20150223</v>
       </c>
       <c r="P13" s="18" t="s">
         <v>57</v>
       </c>
       <c r="V13" s="34">
-        <v>5711222</v>
+        <v>6630817</v>
       </c>
       <c r="W13" s="34">
-        <v>8771851</v>
+        <v>9727815.5</v>
       </c>
       <c r="X13" s="20">
-        <v>9861</v>
+        <v>10859</v>
       </c>
       <c r="Y13" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A14" s="17" t="s">
         <v>250</v>
       </c>
       <c r="B14" s="28">
         <v>1003651</v>
       </c>
       <c r="C14" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="28" t="s">
         <v>251</v>
       </c>
       <c r="E14" s="18" t="s">
         <v>252</v>
       </c>
       <c r="F14" s="24">
-        <v>996177.54</v>
+        <v>664118.36</v>
       </c>
       <c r="G14" s="24">
         <v>66411836</v>
       </c>
       <c r="H14" s="19" t="s">
         <v>151</v>
       </c>
       <c r="I14" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K14" s="18" t="s">
         <v>177</v>
       </c>
       <c r="L14" s="32" t="s">
         <v>15</v>
       </c>
       <c r="M14" s="18" t="s">
         <v>204</v>
       </c>
       <c r="N14" s="18">
         <v>20221027</v>
       </c>
       <c r="T14" s="18" t="s">
         <v>253</v>
       </c>
       <c r="V14" s="34">
-        <v>7532884</v>
+        <v>10899785</v>
       </c>
       <c r="W14" s="34">
-        <v>422494</v>
+        <v>464585</v>
       </c>
       <c r="X14" s="20">
-        <v>513</v>
+        <v>592</v>
       </c>
       <c r="Y14" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A15" s="17" t="s">
         <v>287</v>
       </c>
       <c r="B15" s="28">
         <v>1166025</v>
       </c>
       <c r="C15" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D15" s="28" t="s">
         <v>288</v>
       </c>
       <c r="E15" s="18" t="s">
         <v>289</v>
       </c>
       <c r="F15" s="24">
-        <v>24710330.879999999</v>
+        <v>21235440.600000001</v>
       </c>
       <c r="G15" s="24">
         <v>77219784</v>
       </c>
       <c r="H15" s="19" t="s">
         <v>106</v>
       </c>
       <c r="I15" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K15" s="18" t="s">
         <v>58</v>
       </c>
       <c r="L15" s="32" t="s">
         <v>15</v>
       </c>
       <c r="M15" s="18" t="s">
         <v>35</v>
       </c>
       <c r="N15" s="18">
         <v>20130910</v>
       </c>
       <c r="P15" s="18" t="s">
         <v>57</v>
       </c>
       <c r="T15" s="18" t="s">
         <v>290</v>
       </c>
       <c r="V15" s="34">
-        <v>6687052</v>
+        <v>7261326</v>
       </c>
       <c r="W15" s="34">
-        <v>2206266.5</v>
+        <v>2377065</v>
       </c>
       <c r="X15" s="20">
-        <v>1389</v>
+        <v>1472</v>
       </c>
       <c r="Y15" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A16" s="17" t="s">
         <v>205</v>
       </c>
       <c r="B16" s="28">
         <v>1068761</v>
       </c>
       <c r="C16" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D16" s="28" t="s">
         <v>206</v>
       </c>
       <c r="E16" s="18" t="s">
         <v>207</v>
       </c>
       <c r="F16" s="24">
-        <v>5570931.5199999996</v>
+        <v>5064483.2</v>
       </c>
       <c r="G16" s="24">
         <v>101289664</v>
       </c>
       <c r="H16" s="19" t="s">
         <v>81</v>
       </c>
       <c r="I16" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K16" s="18" t="s">
         <v>41</v>
       </c>
       <c r="L16" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N16" s="18">
         <v>20010731</v>
       </c>
       <c r="P16" s="18" t="s">
         <v>57</v>
       </c>
       <c r="Q16" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V16" s="34">
-        <v>13292554</v>
+        <v>13864457</v>
       </c>
       <c r="W16" s="34">
-        <v>802948</v>
+        <v>832282</v>
       </c>
       <c r="X16" s="20">
-        <v>1329</v>
+        <v>1413</v>
       </c>
       <c r="Y16" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A17" s="17" t="s">
         <v>313</v>
       </c>
       <c r="B17" s="28">
         <v>1176395</v>
       </c>
       <c r="C17" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D17" s="28" t="s">
         <v>314</v>
       </c>
       <c r="E17" s="18" t="s">
         <v>315</v>
       </c>
       <c r="F17" s="24">
         <v>1393463.61</v>
       </c>
       <c r="G17" s="24">
         <v>46448787</v>
       </c>
       <c r="H17" s="19" t="s">
@@ -5418,249 +5434,249 @@
       </c>
       <c r="X17" s="20">
         <v>29</v>
       </c>
       <c r="Y17" s="18">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A18" s="17" t="s">
         <v>221</v>
       </c>
       <c r="B18" s="28">
         <v>25138</v>
       </c>
       <c r="C18" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D18" s="28" t="s">
         <v>222</v>
       </c>
       <c r="E18" s="18" t="s">
         <v>223</v>
       </c>
       <c r="F18" s="24">
-        <v>126229917</v>
+        <v>139311926.58000001</v>
       </c>
       <c r="G18" s="24">
         <v>11475447</v>
       </c>
       <c r="H18" s="19" t="s">
         <v>81</v>
       </c>
       <c r="I18" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K18" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L18" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N18" s="18">
         <v>20060613</v>
       </c>
       <c r="V18" s="34">
-        <v>875246</v>
+        <v>972858</v>
       </c>
       <c r="W18" s="34">
-        <v>9884887.5</v>
+        <v>10969056</v>
       </c>
       <c r="X18" s="20">
-        <v>3150</v>
+        <v>3509</v>
       </c>
       <c r="Y18" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A19" s="17" t="s">
         <v>319</v>
       </c>
       <c r="B19" s="28">
         <v>1178940</v>
       </c>
       <c r="C19" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D19" s="28" t="s">
         <v>320</v>
       </c>
       <c r="E19" s="18" t="s">
         <v>321</v>
       </c>
       <c r="F19" s="24">
-        <v>5520000</v>
+        <v>4830000</v>
       </c>
       <c r="G19" s="24">
         <v>138000000</v>
       </c>
       <c r="H19" s="19" t="s">
         <v>74</v>
       </c>
       <c r="I19" s="18" t="s">
         <v>62</v>
       </c>
       <c r="J19" s="18" t="s">
         <v>73</v>
       </c>
       <c r="K19" s="18" t="s">
         <v>46</v>
       </c>
       <c r="L19" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N19" s="18">
         <v>20190430</v>
       </c>
       <c r="Q19" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V19" s="34">
-        <v>22011172</v>
+        <v>22489563</v>
       </c>
       <c r="W19" s="34">
-        <v>1465986.5</v>
+        <v>1484787.5</v>
       </c>
       <c r="X19" s="20">
-        <v>1348</v>
+        <v>1386</v>
       </c>
       <c r="Y19" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A20" s="17" t="s">
         <v>393</v>
       </c>
       <c r="B20" s="28">
         <v>1183910</v>
       </c>
       <c r="C20" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D20" s="28" t="s">
         <v>394</v>
       </c>
       <c r="E20" s="18" t="s">
         <v>395</v>
       </c>
       <c r="F20" s="24">
-        <v>162271985.58000001</v>
+        <v>160374067.62</v>
       </c>
       <c r="G20" s="24">
         <v>94895898</v>
       </c>
       <c r="H20" s="19" t="s">
         <v>64</v>
       </c>
       <c r="I20" s="18" t="s">
         <v>62</v>
       </c>
       <c r="J20" s="18" t="s">
         <v>73</v>
       </c>
       <c r="K20" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L20" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="18" t="s">
         <v>42</v>
       </c>
       <c r="N20" s="18">
         <v>20210408</v>
       </c>
       <c r="P20" s="18" t="s">
         <v>57</v>
       </c>
       <c r="R20" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V20" s="34">
-        <v>12737555</v>
+        <v>13825002</v>
       </c>
       <c r="W20" s="34">
-        <v>19258326.5</v>
+        <v>21127238</v>
       </c>
       <c r="X20" s="20">
-        <v>9831</v>
+        <v>11030</v>
       </c>
       <c r="Y20" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A21" s="17" t="s">
         <v>215</v>
       </c>
       <c r="B21" s="28">
         <v>698705</v>
       </c>
       <c r="C21" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D21" s="28" t="s">
         <v>216</v>
       </c>
       <c r="E21" s="18" t="s">
         <v>217</v>
       </c>
       <c r="F21" s="24">
-        <v>2958547.59</v>
+        <v>1972365.06</v>
       </c>
       <c r="G21" s="24">
         <v>197236506</v>
       </c>
       <c r="H21" s="19" t="s">
         <v>106</v>
       </c>
       <c r="I21" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K21" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L21" s="32" t="s">
         <v>33</v>
       </c>
       <c r="V21" s="34">
-        <v>8063459</v>
+        <v>8089355</v>
       </c>
       <c r="W21" s="34">
-        <v>91079</v>
+        <v>91352</v>
       </c>
       <c r="X21" s="20">
-        <v>390</v>
+        <v>411</v>
       </c>
       <c r="Y21" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A22" s="17" t="s">
         <v>343</v>
       </c>
       <c r="B22" s="28">
         <v>1181621</v>
       </c>
       <c r="C22" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D22" s="28" t="s">
         <v>344</v>
       </c>
       <c r="E22" s="18" t="s">
         <v>345</v>
       </c>
       <c r="F22" s="24">
         <v>714240.52500000002</v>
       </c>
       <c r="G22" s="24">
         <v>47616035</v>
       </c>
       <c r="H22" s="19" t="s">
@@ -5695,485 +5711,485 @@
       </c>
       <c r="X22" s="20">
         <v>17</v>
       </c>
       <c r="Y22" s="18">
         <v>2</v>
       </c>
     </row>
     <row r="23" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A23" s="17" t="s">
         <v>414</v>
       </c>
       <c r="B23" s="28">
         <v>1186675</v>
       </c>
       <c r="C23" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D23" s="28" t="s">
         <v>435</v>
       </c>
       <c r="E23" s="18" t="s">
         <v>436</v>
       </c>
       <c r="F23" s="24">
-        <v>18059910.039999999</v>
+        <v>17668203.300000001</v>
       </c>
       <c r="G23" s="24">
-        <v>19630337</v>
+        <v>19631337</v>
       </c>
       <c r="H23" s="19" t="s">
         <v>106</v>
       </c>
       <c r="I23" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K23" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L23" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N23" s="18">
         <v>20250716</v>
       </c>
       <c r="Q23" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V23" s="34">
-        <v>2440226</v>
+        <v>2718777</v>
       </c>
       <c r="W23" s="34">
-        <v>2409230.5</v>
+        <v>2657820.5</v>
       </c>
       <c r="X23" s="20">
-        <v>1005</v>
+        <v>1085</v>
       </c>
       <c r="Y23" s="18">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A24" s="17" t="s">
         <v>361</v>
       </c>
       <c r="B24" s="28">
         <v>1181730</v>
       </c>
       <c r="C24" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D24" s="28" t="s">
         <v>362</v>
       </c>
       <c r="E24" s="18" t="s">
         <v>363</v>
       </c>
       <c r="F24" s="24">
-        <v>11486798.08</v>
+        <v>7448470.6299999999</v>
       </c>
       <c r="G24" s="24">
         <v>17948122</v>
       </c>
       <c r="H24" s="19" t="s">
         <v>151</v>
       </c>
       <c r="I24" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K24" s="18" t="s">
         <v>364</v>
       </c>
       <c r="L24" s="32" t="s">
         <v>15</v>
       </c>
       <c r="M24" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N24" s="18">
         <v>20211015</v>
       </c>
       <c r="Q24" s="18" t="s">
         <v>44</v>
       </c>
       <c r="T24" s="18" t="s">
         <v>365</v>
       </c>
       <c r="V24" s="34">
-        <v>16619228</v>
+        <v>17030954</v>
       </c>
       <c r="W24" s="34">
-        <v>601600.5</v>
+        <v>806978.5</v>
       </c>
       <c r="X24" s="20">
-        <v>479</v>
+        <v>522</v>
       </c>
       <c r="Y24" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A25" s="17" t="s">
         <v>422</v>
       </c>
       <c r="B25" s="28">
         <v>1188321</v>
       </c>
       <c r="C25" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D25" s="28" t="s">
         <v>423</v>
       </c>
       <c r="E25" s="18" t="s">
         <v>424</v>
       </c>
       <c r="F25" s="24">
-        <v>45282550.740000002</v>
+        <v>41445046.439999998</v>
       </c>
       <c r="G25" s="24">
         <v>76750086</v>
       </c>
       <c r="H25" s="19" t="s">
         <v>106</v>
       </c>
       <c r="I25" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K25" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L25" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="18" t="s">
         <v>42</v>
       </c>
       <c r="N25" s="18">
         <v>20241016</v>
       </c>
       <c r="V25" s="34">
-        <v>7184565</v>
+        <v>7429642</v>
       </c>
       <c r="W25" s="34">
-        <v>3264814</v>
+        <v>3415384</v>
       </c>
       <c r="X25" s="20">
-        <v>2944</v>
+        <v>3121</v>
       </c>
       <c r="Y25" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A26" s="17" t="s">
         <v>218</v>
       </c>
       <c r="B26" s="28">
         <v>1096521</v>
       </c>
       <c r="C26" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D26" s="28" t="s">
         <v>219</v>
       </c>
       <c r="E26" s="18" t="s">
         <v>220</v>
       </c>
       <c r="F26" s="24">
-        <v>62787396.329999998</v>
+        <v>53579069.380000003</v>
       </c>
       <c r="G26" s="24">
-        <v>27418077</v>
+        <v>27618077</v>
       </c>
       <c r="H26" s="19" t="s">
         <v>64</v>
       </c>
       <c r="I26" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K26" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L26" s="32" t="s">
         <v>33</v>
       </c>
       <c r="P26" s="18" t="s">
         <v>48</v>
       </c>
       <c r="Q26" s="18" t="s">
         <v>44</v>
       </c>
       <c r="S26" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V26" s="34">
-        <v>5509374</v>
+        <v>5692844</v>
       </c>
       <c r="W26" s="34">
-        <v>14601260</v>
+        <v>14968188.5</v>
       </c>
       <c r="X26" s="20">
-        <v>8206</v>
+        <v>8515</v>
       </c>
       <c r="Y26" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A27" s="17" t="s">
         <v>407</v>
       </c>
       <c r="B27" s="28">
         <v>1186116</v>
       </c>
       <c r="C27" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D27" s="28" t="s">
         <v>408</v>
       </c>
       <c r="E27" s="18" t="s">
         <v>409</v>
       </c>
       <c r="F27" s="24">
-        <v>14187600.83</v>
+        <v>12729091.99</v>
       </c>
       <c r="G27" s="24">
-        <v>61685221</v>
+        <v>66995221</v>
       </c>
       <c r="H27" s="19" t="s">
         <v>64</v>
       </c>
       <c r="I27" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K27" s="18" t="s">
         <v>51</v>
       </c>
       <c r="L27" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N27" s="18">
         <v>20240209</v>
       </c>
       <c r="Q27" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V27" s="34">
-        <v>10335398</v>
+        <v>10992782</v>
       </c>
       <c r="W27" s="34">
-        <v>2293571</v>
+        <v>2418341.5</v>
       </c>
       <c r="X27" s="20">
-        <v>2521</v>
+        <v>2703</v>
       </c>
       <c r="Y27" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A28" s="17" t="s">
         <v>263</v>
       </c>
       <c r="B28" s="28">
         <v>1127835</v>
       </c>
       <c r="C28" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D28" s="28" t="s">
         <v>264</v>
       </c>
       <c r="E28" s="18" t="s">
         <v>265</v>
       </c>
       <c r="F28" s="24">
-        <v>8909607.5850000009</v>
+        <v>7815445.25</v>
       </c>
       <c r="G28" s="24">
         <v>31261781</v>
       </c>
       <c r="H28" s="19" t="s">
         <v>74</v>
       </c>
       <c r="I28" s="18" t="s">
         <v>62</v>
       </c>
       <c r="J28" s="18" t="s">
         <v>73</v>
       </c>
       <c r="K28" s="18" t="s">
         <v>41</v>
       </c>
       <c r="L28" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="18" t="s">
         <v>213</v>
       </c>
       <c r="N28" s="18">
         <v>20170428</v>
       </c>
       <c r="P28" s="18" t="s">
         <v>57</v>
       </c>
       <c r="Q28" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V28" s="34">
-        <v>11576066</v>
+        <v>11931270</v>
       </c>
       <c r="W28" s="34">
-        <v>795298</v>
+        <v>901980</v>
       </c>
       <c r="X28" s="20">
-        <v>1514</v>
+        <v>1701</v>
       </c>
       <c r="Y28" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A29" s="17" t="s">
         <v>304</v>
       </c>
       <c r="B29" s="28">
         <v>1170025</v>
       </c>
       <c r="C29" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D29" s="28" t="s">
         <v>305</v>
       </c>
       <c r="E29" s="18" t="s">
         <v>306</v>
       </c>
       <c r="F29" s="24">
-        <v>28210397.039999999</v>
+        <v>41485878</v>
       </c>
       <c r="G29" s="24">
         <v>165943512</v>
       </c>
       <c r="H29" s="19" t="s">
         <v>81</v>
       </c>
       <c r="I29" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K29" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L29" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N29" s="18">
         <v>20170519</v>
       </c>
       <c r="P29" s="18" t="s">
         <v>57</v>
       </c>
       <c r="Q29" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V29" s="34">
-        <v>1839840</v>
+        <v>1934077</v>
       </c>
       <c r="W29" s="34">
-        <v>310617</v>
+        <v>328743</v>
       </c>
       <c r="X29" s="20">
-        <v>406</v>
+        <v>422</v>
       </c>
       <c r="Y29" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A30" s="17" t="s">
         <v>301</v>
       </c>
       <c r="B30" s="28">
         <v>1167235</v>
       </c>
       <c r="C30" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D30" s="28" t="s">
         <v>302</v>
       </c>
       <c r="E30" s="18" t="s">
         <v>303</v>
       </c>
       <c r="F30" s="24">
-        <v>48220178.299999997</v>
+        <v>68885969</v>
       </c>
       <c r="G30" s="24">
         <v>68885969</v>
       </c>
       <c r="H30" s="19" t="s">
         <v>81</v>
       </c>
       <c r="I30" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K30" s="18" t="s">
         <v>41</v>
       </c>
       <c r="L30" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="18" t="s">
         <v>35</v>
       </c>
       <c r="N30" s="18">
         <v>20140905</v>
       </c>
       <c r="V30" s="34">
-        <v>405059</v>
+        <v>482740</v>
       </c>
       <c r="W30" s="34">
-        <v>166498</v>
+        <v>238317.5</v>
       </c>
       <c r="X30" s="20">
-        <v>255</v>
+        <v>368</v>
       </c>
       <c r="Y30" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A31" s="17" t="s">
         <v>275</v>
       </c>
       <c r="B31" s="28">
         <v>1145690</v>
       </c>
       <c r="C31" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D31" s="28" t="s">
         <v>276</v>
       </c>
       <c r="E31" s="18" t="s">
         <v>277</v>
       </c>
       <c r="F31" s="24">
         <v>532384.51</v>
       </c>
       <c r="G31" s="24">
         <v>7605493</v>
       </c>
       <c r="H31" s="19" t="s">
@@ -6267,420 +6283,420 @@
       </c>
       <c r="X32" s="20">
         <v>1347</v>
       </c>
       <c r="Y32" s="18">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A33" s="17" t="s">
         <v>384</v>
       </c>
       <c r="B33" s="28">
         <v>1183930</v>
       </c>
       <c r="C33" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D33" s="28" t="s">
         <v>385</v>
       </c>
       <c r="E33" s="18" t="s">
         <v>386</v>
       </c>
       <c r="F33" s="24">
-        <v>12777480.32</v>
+        <v>16262247.68</v>
       </c>
       <c r="G33" s="24">
         <v>58079456</v>
       </c>
       <c r="H33" s="19" t="s">
         <v>151</v>
       </c>
       <c r="I33" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K33" s="18" t="s">
         <v>41</v>
       </c>
       <c r="L33" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N33" s="18">
         <v>20220207</v>
       </c>
       <c r="Q33" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V33" s="34">
-        <v>638912</v>
+        <v>779718</v>
       </c>
       <c r="W33" s="34">
-        <v>161186</v>
+        <v>202767</v>
       </c>
       <c r="X33" s="20">
-        <v>218</v>
+        <v>274</v>
       </c>
       <c r="Y33" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A34" s="17" t="s">
         <v>209</v>
       </c>
       <c r="B34" s="28">
         <v>1023715</v>
       </c>
       <c r="C34" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D34" s="28" t="s">
         <v>210</v>
       </c>
       <c r="E34" s="18" t="s">
         <v>211</v>
       </c>
       <c r="F34" s="24">
-        <v>1836723.93</v>
+        <v>1530603.2749999999</v>
       </c>
       <c r="G34" s="24">
         <v>61224131</v>
       </c>
       <c r="H34" s="19" t="s">
         <v>81</v>
       </c>
       <c r="I34" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K34" s="18" t="s">
         <v>41</v>
       </c>
       <c r="L34" s="32" t="s">
         <v>33</v>
       </c>
       <c r="P34" s="18" t="s">
         <v>57</v>
       </c>
       <c r="V34" s="34">
-        <v>2962709</v>
+        <v>3044290</v>
       </c>
       <c r="W34" s="34">
-        <v>74187.5</v>
+        <v>76232.5</v>
       </c>
       <c r="X34" s="20">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="Y34" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A35" s="17" t="s">
         <v>400</v>
       </c>
       <c r="B35" s="28">
         <v>1185085</v>
       </c>
       <c r="C35" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D35" s="28" t="s">
         <v>401</v>
       </c>
       <c r="E35" s="18" t="s">
         <v>402</v>
       </c>
       <c r="F35" s="24">
-        <v>45817727.560000002</v>
+        <v>42740417.5</v>
       </c>
       <c r="G35" s="24">
         <v>34192334</v>
       </c>
       <c r="H35" s="19" t="s">
         <v>85</v>
       </c>
       <c r="I35" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K35" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L35" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N35" s="18">
         <v>20221123</v>
       </c>
       <c r="Q35" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V35" s="34">
-        <v>6059131</v>
+        <v>6513791</v>
       </c>
       <c r="W35" s="34">
-        <v>7317913</v>
+        <v>7904564.5</v>
       </c>
       <c r="X35" s="20">
-        <v>933</v>
+        <v>1038</v>
       </c>
       <c r="Y35" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A36" s="17" t="s">
         <v>284</v>
       </c>
       <c r="B36" s="28">
         <v>1159325</v>
       </c>
       <c r="C36" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D36" s="28" t="s">
         <v>285</v>
       </c>
       <c r="E36" s="18" t="s">
         <v>286</v>
       </c>
       <c r="F36" s="24">
-        <v>18400000</v>
+        <v>16021525.984999999</v>
       </c>
       <c r="G36" s="24">
-        <v>184000000</v>
+        <v>188488541</v>
       </c>
       <c r="H36" s="19" t="s">
         <v>64</v>
       </c>
       <c r="I36" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K36" s="18" t="s">
         <v>46</v>
       </c>
       <c r="L36" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N36" s="18">
         <v>20141127</v>
       </c>
       <c r="P36" s="18" t="s">
         <v>57</v>
       </c>
       <c r="Q36" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V36" s="34">
-        <v>69208321</v>
+        <v>70854642</v>
       </c>
       <c r="W36" s="34">
-        <v>10782749.5</v>
+        <v>10922978</v>
       </c>
       <c r="X36" s="20">
-        <v>6503</v>
+        <v>6870</v>
       </c>
       <c r="Y36" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A37" s="17" t="s">
         <v>355</v>
       </c>
       <c r="B37" s="28">
         <v>1181706</v>
       </c>
       <c r="C37" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D37" s="28" t="s">
         <v>356</v>
       </c>
       <c r="E37" s="18" t="s">
         <v>357</v>
       </c>
       <c r="F37" s="24">
-        <v>227490291.91999999</v>
+        <v>168895989.56999999</v>
       </c>
       <c r="G37" s="24">
-        <v>47197156</v>
+        <v>47309801</v>
       </c>
       <c r="H37" s="19" t="s">
         <v>151</v>
       </c>
       <c r="I37" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K37" s="18" t="s">
         <v>69</v>
       </c>
       <c r="L37" s="32" t="s">
         <v>15</v>
       </c>
       <c r="M37" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N37" s="18">
         <v>20221201</v>
       </c>
       <c r="P37" s="18" t="s">
         <v>57</v>
       </c>
       <c r="Q37" s="18" t="s">
         <v>44</v>
       </c>
       <c r="S37" s="18" t="s">
         <v>44</v>
       </c>
       <c r="T37" s="18" t="s">
         <v>233</v>
       </c>
       <c r="V37" s="34">
-        <v>38402314</v>
+        <v>41338374</v>
       </c>
       <c r="W37" s="34">
-        <v>92893908</v>
+        <v>107005109.5</v>
       </c>
       <c r="X37" s="20">
-        <v>48941</v>
+        <v>55587</v>
       </c>
       <c r="Y37" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A38" s="17" t="s">
         <v>295</v>
       </c>
       <c r="B38" s="28">
         <v>1023533</v>
       </c>
       <c r="C38" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D38" s="28" t="s">
         <v>296</v>
       </c>
       <c r="E38" s="18" t="s">
         <v>297</v>
       </c>
       <c r="F38" s="24">
         <v>413382</v>
       </c>
       <c r="G38" s="24">
         <v>10334550</v>
       </c>
       <c r="H38" s="19" t="s">
         <v>106</v>
       </c>
       <c r="I38" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K38" s="18" t="s">
         <v>46</v>
       </c>
       <c r="L38" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="18" t="s">
         <v>37</v>
       </c>
       <c r="N38" s="18">
         <v>20140630</v>
       </c>
       <c r="V38" s="34">
-        <v>52506</v>
+        <v>57484</v>
       </c>
       <c r="W38" s="34">
-        <v>1687</v>
+        <v>1886</v>
       </c>
       <c r="X38" s="20">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="Y38" s="18">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A39" s="17" t="s">
         <v>224</v>
       </c>
       <c r="B39" s="28">
         <v>1083979</v>
       </c>
       <c r="C39" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D39" s="28" t="s">
         <v>225</v>
       </c>
       <c r="E39" s="18" t="s">
         <v>226</v>
       </c>
       <c r="F39" s="24">
-        <v>11916468.82</v>
+        <v>10524800.199999999</v>
       </c>
       <c r="G39" s="24">
-        <v>51810734</v>
+        <v>52624001</v>
       </c>
       <c r="H39" s="19" t="s">
         <v>85</v>
       </c>
       <c r="I39" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K39" s="18" t="s">
         <v>46</v>
       </c>
       <c r="L39" s="32" t="s">
         <v>33</v>
       </c>
       <c r="Q39" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V39" s="34">
-        <v>6448548</v>
+        <v>6785739</v>
       </c>
       <c r="W39" s="34">
-        <v>1323951</v>
+        <v>1399288.5</v>
       </c>
       <c r="X39" s="20">
-        <v>746</v>
+        <v>796</v>
       </c>
       <c r="Y39" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A40" s="17" t="s">
         <v>369</v>
       </c>
       <c r="B40" s="28">
         <v>1180325</v>
       </c>
       <c r="C40" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D40" s="28" t="s">
         <v>370</v>
       </c>
       <c r="E40" s="18" t="s">
         <v>371</v>
       </c>
       <c r="F40" s="24">
         <v>435495.79499999998</v>
       </c>
       <c r="G40" s="24">
         <v>87099159</v>
       </c>
       <c r="H40" s="19" t="s">
@@ -6715,915 +6731,927 @@
       </c>
       <c r="X40" s="20">
         <v>366</v>
       </c>
       <c r="Y40" s="18">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A41" s="17" t="s">
         <v>230</v>
       </c>
       <c r="B41" s="28">
         <v>1090436</v>
       </c>
       <c r="C41" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D41" s="28" t="s">
         <v>231</v>
       </c>
       <c r="E41" s="18" t="s">
         <v>232</v>
       </c>
       <c r="F41" s="24">
-        <v>5020396.95</v>
+        <v>5857129.7750000004</v>
       </c>
       <c r="G41" s="24">
         <v>167346565</v>
       </c>
       <c r="H41" s="19" t="s">
         <v>64</v>
       </c>
       <c r="I41" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K41" s="18" t="s">
         <v>51</v>
       </c>
       <c r="L41" s="32" t="s">
         <v>33</v>
       </c>
       <c r="P41" s="18" t="s">
         <v>57</v>
       </c>
       <c r="Q41" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V41" s="34">
-        <v>18494655</v>
+        <v>20352059</v>
       </c>
       <c r="W41" s="34">
-        <v>1062158</v>
+        <v>1120269.5</v>
       </c>
       <c r="X41" s="20">
-        <v>1613</v>
+        <v>1701</v>
       </c>
       <c r="Y41" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A42" s="17" t="s">
         <v>396</v>
       </c>
       <c r="B42" s="28">
         <v>1184550</v>
       </c>
       <c r="C42" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D42" s="28" t="s">
         <v>397</v>
       </c>
       <c r="E42" s="18" t="s">
         <v>398</v>
       </c>
       <c r="F42" s="24">
-        <v>7075628.96</v>
+        <v>5306721.72</v>
       </c>
       <c r="G42" s="24">
         <v>176890724</v>
       </c>
       <c r="H42" s="19" t="s">
         <v>151</v>
       </c>
       <c r="I42" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K42" s="18" t="s">
         <v>110</v>
       </c>
       <c r="L42" s="32" t="s">
         <v>15</v>
       </c>
       <c r="M42" s="18" t="s">
         <v>42</v>
       </c>
       <c r="N42" s="18">
         <v>20210604</v>
       </c>
       <c r="T42" s="18" t="s">
         <v>399</v>
       </c>
       <c r="V42" s="34">
-        <v>3172025</v>
+        <v>3397025</v>
       </c>
       <c r="W42" s="34">
-        <v>146336</v>
+        <v>153091</v>
       </c>
       <c r="X42" s="20">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="Y42" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A43" s="17" t="s">
         <v>378</v>
       </c>
       <c r="B43" s="28">
         <v>1183195</v>
       </c>
       <c r="C43" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D43" s="28" t="s">
         <v>379</v>
       </c>
       <c r="E43" s="18" t="s">
         <v>380</v>
       </c>
       <c r="F43" s="24">
-        <v>4341812.8049999997</v>
+        <v>5789083.7400000002</v>
       </c>
       <c r="G43" s="24">
         <v>96484729</v>
       </c>
       <c r="H43" s="19" t="s">
         <v>151</v>
       </c>
       <c r="I43" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K43" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L43" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M43" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N43" s="18">
         <v>20201214</v>
       </c>
       <c r="Q43" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V43" s="34">
-        <v>454558</v>
+        <v>1331487</v>
       </c>
       <c r="W43" s="34">
-        <v>25955</v>
+        <v>77015</v>
       </c>
       <c r="X43" s="20">
-        <v>38</v>
+        <v>100</v>
       </c>
       <c r="Y43" s="18">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="44" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A44" s="17" t="s">
         <v>334</v>
       </c>
       <c r="B44" s="28">
         <v>1178321</v>
       </c>
       <c r="C44" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D44" s="28" t="s">
         <v>335</v>
       </c>
       <c r="E44" s="18" t="s">
         <v>336</v>
       </c>
       <c r="F44" s="24">
-        <v>2652048.14</v>
+        <v>2462616.13</v>
       </c>
       <c r="G44" s="24">
         <v>37886402</v>
       </c>
       <c r="H44" s="19" t="s">
         <v>74</v>
       </c>
       <c r="I44" s="18" t="s">
         <v>62</v>
       </c>
       <c r="J44" s="18" t="s">
         <v>73</v>
       </c>
       <c r="K44" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L44" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M44" s="18" t="s">
         <v>42</v>
       </c>
       <c r="N44" s="18">
         <v>20180502</v>
       </c>
       <c r="P44" s="18" t="s">
         <v>57</v>
       </c>
       <c r="V44" s="34">
-        <v>6436567</v>
+        <v>6891855</v>
       </c>
       <c r="W44" s="34">
-        <v>458523.5</v>
+        <v>487950</v>
       </c>
       <c r="X44" s="20">
-        <v>1632</v>
+        <v>1773</v>
       </c>
       <c r="Y44" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A45" s="17" t="s">
         <v>272</v>
       </c>
       <c r="B45" s="28">
         <v>1144260</v>
       </c>
       <c r="C45" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D45" s="28" t="s">
         <v>273</v>
       </c>
       <c r="E45" s="18" t="s">
         <v>274</v>
       </c>
       <c r="F45" s="24">
-        <v>44851465.119999997</v>
+        <v>47275868.640000001</v>
       </c>
       <c r="G45" s="24">
         <v>121220176</v>
       </c>
       <c r="H45" s="19" t="s">
         <v>81</v>
       </c>
       <c r="I45" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K45" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L45" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M45" s="18" t="s">
         <v>204</v>
       </c>
       <c r="N45" s="18">
         <v>20230301</v>
       </c>
       <c r="Q45" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V45" s="34">
-        <v>10328802</v>
+        <v>11683099</v>
       </c>
       <c r="W45" s="34">
-        <v>3875692.5</v>
+        <v>4369282.5</v>
       </c>
       <c r="X45" s="20">
-        <v>2490</v>
+        <v>2742</v>
       </c>
       <c r="Y45" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A46" s="17" t="s">
         <v>352</v>
       </c>
       <c r="B46" s="28">
         <v>1182517</v>
       </c>
       <c r="C46" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D46" s="28" t="s">
         <v>353</v>
       </c>
       <c r="E46" s="18" t="s">
         <v>354</v>
       </c>
       <c r="F46" s="24">
-        <v>12354975.82</v>
+        <v>8410649.7449999992</v>
       </c>
       <c r="G46" s="24">
-        <v>56158981</v>
+        <v>58004481</v>
       </c>
       <c r="H46" s="19" t="s">
         <v>64</v>
       </c>
       <c r="I46" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K46" s="18" t="s">
         <v>46</v>
       </c>
       <c r="L46" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M46" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N46" s="18">
         <v>20210712</v>
       </c>
       <c r="P46" s="18" t="s">
         <v>57</v>
       </c>
       <c r="Q46" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V46" s="34">
-        <v>14301930</v>
+        <v>15316424</v>
       </c>
       <c r="W46" s="34">
-        <v>2671062</v>
+        <v>2855199.5</v>
       </c>
       <c r="X46" s="20">
-        <v>3367</v>
+        <v>3608</v>
       </c>
       <c r="Y46" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A47" s="17" t="s">
         <v>266</v>
       </c>
       <c r="B47" s="28">
         <v>1133312</v>
       </c>
       <c r="C47" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D47" s="28" t="s">
         <v>267</v>
       </c>
       <c r="E47" s="18" t="s">
         <v>268</v>
       </c>
       <c r="F47" s="24">
-        <v>12106123.08</v>
+        <v>14089022.550000001</v>
       </c>
       <c r="G47" s="24">
         <v>10436313</v>
       </c>
       <c r="H47" s="19" t="s">
         <v>64</v>
       </c>
       <c r="I47" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K47" s="18" t="s">
         <v>51</v>
       </c>
       <c r="L47" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M47" s="18" t="s">
         <v>37</v>
       </c>
       <c r="N47" s="18">
         <v>20100329</v>
       </c>
       <c r="V47" s="34">
-        <v>364273</v>
+        <v>518916</v>
       </c>
       <c r="W47" s="34">
-        <v>360052.5</v>
+        <v>556795</v>
       </c>
       <c r="X47" s="20">
-        <v>287</v>
+        <v>365</v>
       </c>
       <c r="Y47" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A48" s="17" t="s">
         <v>237</v>
       </c>
       <c r="B48" s="28">
         <v>1044237</v>
       </c>
       <c r="C48" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D48" s="28" t="s">
         <v>238</v>
       </c>
       <c r="E48" s="18" t="s">
         <v>239</v>
       </c>
       <c r="F48" s="24">
-        <v>60664564.960000001</v>
+        <v>56873029.649999999</v>
       </c>
       <c r="G48" s="24">
         <v>758307062</v>
       </c>
       <c r="H48" s="19" t="s">
         <v>106</v>
       </c>
       <c r="I48" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K48" s="18" t="s">
         <v>63</v>
       </c>
       <c r="L48" s="32" t="s">
         <v>33</v>
       </c>
       <c r="V48" s="34">
-        <v>11701417</v>
+        <v>13467502</v>
       </c>
       <c r="W48" s="34">
-        <v>1131859</v>
+        <v>1260534</v>
       </c>
       <c r="X48" s="20">
-        <v>1636</v>
+        <v>1834</v>
       </c>
       <c r="Y48" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A49" s="17" t="s">
         <v>260</v>
       </c>
       <c r="B49" s="28">
         <v>1085717</v>
       </c>
       <c r="C49" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D49" s="28" t="s">
         <v>261</v>
       </c>
       <c r="E49" s="18" t="s">
         <v>262</v>
       </c>
       <c r="F49" s="24">
-        <v>20073667.120000001</v>
+        <v>18036277.27</v>
       </c>
       <c r="G49" s="24">
-        <v>308825648</v>
+        <v>327932314</v>
       </c>
       <c r="H49" s="19" t="s">
         <v>106</v>
       </c>
       <c r="I49" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K49" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L49" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M49" s="18" t="s">
         <v>35</v>
       </c>
       <c r="N49" s="18">
         <v>20080212</v>
       </c>
       <c r="V49" s="34">
-        <v>27914141</v>
+        <v>29630907</v>
       </c>
       <c r="W49" s="34">
-        <v>1998029.5</v>
+        <v>2094639.5</v>
       </c>
       <c r="X49" s="20">
-        <v>1850</v>
+        <v>1946</v>
       </c>
       <c r="Y49" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A50" s="17" t="s">
         <v>298</v>
       </c>
       <c r="B50" s="28">
         <v>1155750</v>
       </c>
       <c r="C50" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D50" s="28" t="s">
         <v>429</v>
       </c>
       <c r="E50" s="18" t="s">
         <v>299</v>
       </c>
       <c r="F50" s="24">
-        <v>4061974.64</v>
+        <v>6600708.79</v>
       </c>
       <c r="G50" s="24">
         <v>50774683</v>
       </c>
       <c r="H50" s="19" t="s">
         <v>300</v>
       </c>
       <c r="I50" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K50" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L50" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M50" s="18" t="s">
         <v>213</v>
       </c>
       <c r="N50" s="18">
         <v>20210428</v>
       </c>
       <c r="Q50" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V50" s="34">
-        <v>5772219</v>
+        <v>6306587</v>
       </c>
       <c r="W50" s="34">
-        <v>401186</v>
+        <v>455147.5</v>
       </c>
       <c r="X50" s="20">
-        <v>724</v>
+        <v>864</v>
       </c>
       <c r="Y50" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A51" s="17" t="s">
         <v>415</v>
       </c>
       <c r="B51" s="28">
         <v>1186855</v>
       </c>
       <c r="C51" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D51" s="28" t="s">
         <v>416</v>
       </c>
       <c r="E51" s="18" t="s">
         <v>417</v>
       </c>
       <c r="F51" s="24">
-        <v>34264873.530000001</v>
+        <v>29795542.199999999</v>
       </c>
       <c r="G51" s="24">
         <v>49659237</v>
       </c>
       <c r="H51" s="19" t="s">
         <v>64</v>
       </c>
       <c r="I51" s="18" t="s">
         <v>62</v>
       </c>
       <c r="J51" s="18" t="s">
         <v>50</v>
       </c>
       <c r="K51" s="18" t="s">
         <v>96</v>
       </c>
       <c r="L51" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M51" s="18" t="s">
         <v>42</v>
       </c>
       <c r="N51" s="18">
         <v>20221111</v>
       </c>
       <c r="P51" s="18" t="s">
         <v>57</v>
       </c>
       <c r="V51" s="34">
-        <v>2799755</v>
+        <v>3237717</v>
       </c>
       <c r="W51" s="34">
-        <v>2623205.5</v>
+        <v>2889765</v>
       </c>
       <c r="X51" s="20">
-        <v>2367</v>
+        <v>2593</v>
       </c>
       <c r="Y51" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A52" s="17" t="s">
         <v>325</v>
       </c>
       <c r="B52" s="28">
         <v>1179315</v>
       </c>
       <c r="C52" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D52" s="28" t="s">
         <v>326</v>
       </c>
       <c r="E52" s="18" t="s">
         <v>327</v>
       </c>
       <c r="F52" s="24">
-        <v>19519973.75</v>
+        <v>19683067.16</v>
       </c>
       <c r="G52" s="24">
-        <v>114823375</v>
+        <v>115782748</v>
       </c>
       <c r="H52" s="19" t="s">
         <v>151</v>
       </c>
       <c r="I52" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K52" s="18" t="s">
         <v>46</v>
       </c>
       <c r="L52" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M52" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N52" s="18">
         <v>20190613</v>
       </c>
       <c r="P52" s="18" t="s">
         <v>48</v>
       </c>
       <c r="Q52" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V52" s="34">
-        <v>18444396</v>
+        <v>20642386</v>
       </c>
       <c r="W52" s="34">
-        <v>4490977</v>
+        <v>4882127.5</v>
       </c>
       <c r="X52" s="20">
-        <v>2965</v>
+        <v>3456</v>
       </c>
       <c r="Y52" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A53" s="17" t="s">
         <v>346</v>
       </c>
       <c r="B53" s="28">
         <v>1182050</v>
       </c>
       <c r="C53" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D53" s="28" t="s">
         <v>347</v>
       </c>
       <c r="E53" s="18" t="s">
         <v>348</v>
       </c>
       <c r="F53" s="24">
-        <v>285347.70500000002</v>
+        <v>570695.41</v>
       </c>
       <c r="G53" s="24">
         <v>57069541</v>
       </c>
       <c r="H53" s="19" t="s">
         <v>64</v>
       </c>
       <c r="I53" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K53" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L53" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M53" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N53" s="18">
         <v>20230418</v>
       </c>
       <c r="Q53" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V53" s="34">
-        <v>4474583</v>
+        <v>4609700</v>
       </c>
       <c r="W53" s="34">
-        <v>36642</v>
+        <v>37873</v>
       </c>
       <c r="X53" s="20">
-        <v>157</v>
+        <v>170</v>
       </c>
       <c r="Y53" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A54" s="17" t="s">
         <v>358</v>
       </c>
       <c r="B54" s="28">
         <v>1182720</v>
       </c>
       <c r="C54" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D54" s="28" t="s">
         <v>359</v>
       </c>
       <c r="E54" s="18" t="s">
         <v>360</v>
       </c>
       <c r="F54" s="24">
-        <v>255810599.63999999</v>
+        <v>437674818.35000002</v>
       </c>
       <c r="G54" s="24">
-        <v>73508793</v>
+        <v>73558793</v>
       </c>
       <c r="H54" s="19" t="s">
         <v>64</v>
       </c>
       <c r="I54" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K54" s="18" t="s">
         <v>41</v>
       </c>
       <c r="L54" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M54" s="18" t="s">
         <v>35</v>
       </c>
       <c r="N54" s="18">
         <v>20190313</v>
       </c>
       <c r="P54" s="18" t="s">
         <v>57</v>
       </c>
       <c r="R54" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V54" s="34">
-        <v>20446132</v>
+        <v>23082328</v>
       </c>
       <c r="W54" s="34">
-        <v>78141364.5</v>
+        <v>89624161.5</v>
       </c>
       <c r="X54" s="20">
-        <v>44079</v>
+        <v>49293</v>
       </c>
       <c r="Y54" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="55" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A55" s="17" t="s">
         <v>375</v>
       </c>
       <c r="B55" s="28">
         <v>1183535</v>
       </c>
       <c r="C55" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D55" s="28" t="s">
         <v>376</v>
       </c>
       <c r="E55" s="18" t="s">
         <v>377</v>
       </c>
       <c r="F55" s="24">
-        <v>20806732.440000001</v>
+        <v>23027613.920000002</v>
       </c>
       <c r="G55" s="24">
-        <v>56234412</v>
+        <v>56164912</v>
       </c>
       <c r="H55" s="19" t="s">
         <v>106</v>
       </c>
       <c r="I55" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K55" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L55" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M55" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N55" s="18">
         <v>20200706</v>
       </c>
       <c r="Q55" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V55" s="34">
-        <v>18272908</v>
+        <v>24920214</v>
       </c>
       <c r="W55" s="34">
-        <v>4580808.5</v>
+        <v>7026793</v>
       </c>
       <c r="X55" s="20">
-        <v>2622</v>
+        <v>3193</v>
       </c>
       <c r="Y55" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A56" s="17" t="s">
         <v>403</v>
       </c>
       <c r="B56" s="28">
         <v>1185080</v>
       </c>
       <c r="C56" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D56" s="28" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="E56" s="18" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="F56" s="24">
-        <v>14008500</v>
+        <v>16980000</v>
       </c>
       <c r="G56" s="24">
         <v>84900000</v>
       </c>
       <c r="H56" s="19" t="s">
         <v>64</v>
       </c>
       <c r="I56" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K56" s="18" t="s">
         <v>41</v>
       </c>
       <c r="L56" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M56" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N56" s="18">
         <v>20251027</v>
       </c>
       <c r="Q56" s="18" t="s">
         <v>44</v>
       </c>
       <c r="U56" s="18" t="s">
         <v>44</v>
+      </c>
+      <c r="V56" s="34">
+        <v>66000</v>
+      </c>
+      <c r="W56" s="34">
+        <v>13300.5</v>
+      </c>
+      <c r="X56" s="20">
+        <v>16</v>
+      </c>
+      <c r="Y56" s="18">
+        <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A57" s="17" t="s">
         <v>387</v>
       </c>
       <c r="B57" s="28">
         <v>1183620</v>
       </c>
       <c r="C57" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D57" s="28" t="s">
         <v>388</v>
       </c>
       <c r="E57" s="18" t="s">
         <v>389</v>
       </c>
       <c r="F57" s="24">
         <v>866326.51500000001</v>
       </c>
       <c r="G57" s="24">
         <v>173265303</v>
       </c>
       <c r="H57" s="19" t="s">
@@ -7652,326 +7680,326 @@
       </c>
       <c r="X57" s="20">
         <v>10</v>
       </c>
       <c r="Y57" s="18">
         <v>4</v>
       </c>
     </row>
     <row r="58" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A58" s="17" t="s">
         <v>316</v>
       </c>
       <c r="B58" s="28">
         <v>1176461</v>
       </c>
       <c r="C58" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D58" s="28" t="s">
         <v>317</v>
       </c>
       <c r="E58" s="18" t="s">
         <v>318</v>
       </c>
       <c r="F58" s="24">
-        <v>23574848.039999999</v>
+        <v>26194275.600000001</v>
       </c>
       <c r="G58" s="24">
         <v>87314252</v>
       </c>
       <c r="H58" s="19" t="s">
         <v>106</v>
       </c>
       <c r="I58" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K58" s="18" t="s">
         <v>63</v>
       </c>
       <c r="L58" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M58" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N58" s="18">
         <v>20161107</v>
       </c>
       <c r="P58" s="18" t="s">
         <v>48</v>
       </c>
       <c r="Q58" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V58" s="34">
-        <v>3605733</v>
+        <v>3881895</v>
       </c>
       <c r="W58" s="34">
-        <v>1007537</v>
+        <v>1092874</v>
       </c>
       <c r="X58" s="20">
-        <v>714</v>
+        <v>788</v>
       </c>
       <c r="Y58" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A59" s="17" t="s">
         <v>366</v>
       </c>
       <c r="B59" s="28">
         <v>1183020</v>
       </c>
       <c r="C59" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D59" s="28" t="s">
         <v>367</v>
       </c>
       <c r="E59" s="18" t="s">
         <v>368</v>
       </c>
       <c r="F59" s="24">
         <v>9081427.2799999993</v>
       </c>
       <c r="G59" s="24">
         <v>227035682</v>
       </c>
       <c r="H59" s="19" t="s">
         <v>85</v>
       </c>
       <c r="I59" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K59" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L59" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M59" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N59" s="18">
         <v>20211104</v>
       </c>
       <c r="Q59" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V59" s="34">
-        <v>25725425</v>
+        <v>26825700</v>
       </c>
       <c r="W59" s="34">
-        <v>1513246</v>
+        <v>1557367</v>
       </c>
       <c r="X59" s="20">
-        <v>1461</v>
+        <v>1524</v>
       </c>
       <c r="Y59" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A60" s="17" t="s">
         <v>281</v>
       </c>
       <c r="B60" s="28">
         <v>1154680</v>
       </c>
       <c r="C60" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D60" s="28" t="s">
         <v>282</v>
       </c>
       <c r="E60" s="18" t="s">
         <v>283</v>
       </c>
       <c r="F60" s="24">
-        <v>57929517.100000001</v>
+        <v>58208285.100000001</v>
       </c>
       <c r="G60" s="24">
-        <v>82756453</v>
+        <v>83154693</v>
       </c>
       <c r="H60" s="19" t="s">
         <v>64</v>
       </c>
       <c r="I60" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K60" s="18" t="s">
         <v>47</v>
       </c>
       <c r="L60" s="32" t="s">
         <v>42</v>
       </c>
       <c r="M60" s="18" t="s">
         <v>214</v>
       </c>
       <c r="N60" s="18">
         <v>20220622</v>
       </c>
       <c r="P60" s="18" t="s">
         <v>57</v>
       </c>
       <c r="Q60" s="18" t="s">
         <v>44</v>
       </c>
       <c r="S60" s="18" t="s">
         <v>44</v>
       </c>
       <c r="U60" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V60" s="34">
-        <v>9054337</v>
+        <v>9708007</v>
       </c>
       <c r="W60" s="34">
-        <v>7067510</v>
+        <v>7530847.5</v>
       </c>
       <c r="X60" s="20">
-        <v>3484</v>
+        <v>3693</v>
       </c>
       <c r="Y60" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A61" s="17" t="s">
         <v>340</v>
       </c>
       <c r="B61" s="28">
         <v>1181345</v>
       </c>
       <c r="C61" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D61" s="28" t="s">
         <v>341</v>
       </c>
       <c r="E61" s="18" t="s">
         <v>342</v>
       </c>
       <c r="F61" s="24">
-        <v>145875093.56</v>
+        <v>84255441.969999999</v>
       </c>
       <c r="G61" s="24">
         <v>125754391</v>
       </c>
       <c r="H61" s="19" t="s">
         <v>151</v>
       </c>
       <c r="I61" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K61" s="18" t="s">
         <v>41</v>
       </c>
       <c r="L61" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M61" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N61" s="18">
         <v>20210903</v>
       </c>
       <c r="P61" s="18" t="s">
         <v>57</v>
       </c>
       <c r="Q61" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V61" s="34">
-        <v>9451747</v>
+        <v>10068446</v>
       </c>
       <c r="W61" s="34">
-        <v>8209850.5</v>
+        <v>8769651.5</v>
       </c>
       <c r="X61" s="20">
-        <v>8221</v>
+        <v>8933</v>
       </c>
       <c r="Y61" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A62" s="17" t="s">
         <v>240</v>
       </c>
       <c r="B62" s="28">
         <v>26185</v>
       </c>
       <c r="C62" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D62" s="28" t="s">
         <v>241</v>
       </c>
       <c r="E62" s="18" t="s">
         <v>242</v>
       </c>
       <c r="F62" s="24">
-        <v>27284011.195</v>
+        <v>21159029.09</v>
       </c>
       <c r="G62" s="24">
         <v>111363311</v>
       </c>
       <c r="H62" s="19" t="s">
         <v>85</v>
       </c>
       <c r="I62" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K62" s="18" t="s">
         <v>89</v>
       </c>
       <c r="L62" s="32" t="s">
         <v>15</v>
       </c>
       <c r="M62" s="18" t="s">
         <v>214</v>
       </c>
       <c r="N62" s="18">
         <v>20200706</v>
       </c>
       <c r="T62" s="18" t="s">
         <v>243</v>
       </c>
       <c r="V62" s="34">
-        <v>19690789</v>
+        <v>21959755</v>
       </c>
       <c r="W62" s="34">
-        <v>6920466.5</v>
+        <v>7362863.5</v>
       </c>
       <c r="X62" s="20">
-        <v>6759</v>
+        <v>7333</v>
       </c>
       <c r="Y62" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A63" s="17" t="s">
         <v>331</v>
       </c>
       <c r="B63" s="28">
         <v>1180557</v>
       </c>
       <c r="C63" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D63" s="28" t="s">
         <v>332</v>
       </c>
       <c r="E63" s="18" t="s">
         <v>333</v>
       </c>
       <c r="F63" s="24">
         <v>6574008</v>
       </c>
       <c r="G63" s="24">
         <v>187828800</v>
       </c>
       <c r="H63" s="19" t="s">
@@ -8006,1181 +8034,1181 @@
       </c>
       <c r="X63" s="20">
         <v>1531</v>
       </c>
       <c r="Y63" s="18">
         <v>8</v>
       </c>
     </row>
     <row r="64" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A64" s="17" t="s">
         <v>411</v>
       </c>
       <c r="B64" s="28">
         <v>1186330</v>
       </c>
       <c r="C64" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D64" s="28" t="s">
         <v>412</v>
       </c>
       <c r="E64" s="18" t="s">
         <v>413</v>
       </c>
       <c r="F64" s="24">
-        <v>57228796.32</v>
+        <v>71373480.189999998</v>
       </c>
       <c r="G64" s="24">
-        <v>119226659</v>
+        <v>174081659</v>
       </c>
       <c r="H64" s="19" t="s">
         <v>106</v>
       </c>
       <c r="I64" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K64" s="18" t="s">
         <v>96</v>
       </c>
       <c r="L64" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M64" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N64" s="18">
         <v>20240611</v>
       </c>
       <c r="Q64" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V64" s="34">
-        <v>5868637</v>
+        <v>10645449</v>
       </c>
       <c r="W64" s="34">
-        <v>2859541.5</v>
+        <v>4830108</v>
       </c>
       <c r="X64" s="20">
-        <v>1617</v>
+        <v>2268</v>
       </c>
       <c r="Y64" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="65" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A65" s="17" t="s">
         <v>349</v>
       </c>
       <c r="B65" s="28">
         <v>1180600</v>
       </c>
       <c r="C65" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D65" s="28" t="s">
         <v>350</v>
       </c>
       <c r="E65" s="18" t="s">
         <v>351</v>
       </c>
       <c r="F65" s="24">
-        <v>1665424.53</v>
+        <v>1110283.02</v>
       </c>
       <c r="G65" s="24">
         <v>55514151</v>
       </c>
       <c r="H65" s="19" t="s">
         <v>85</v>
       </c>
       <c r="I65" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K65" s="18" t="s">
         <v>40</v>
       </c>
       <c r="L65" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M65" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N65" s="18">
         <v>20200303</v>
       </c>
       <c r="Q65" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V65" s="34">
-        <v>9141610</v>
+        <v>10432923</v>
       </c>
       <c r="W65" s="34">
-        <v>671545.5</v>
+        <v>698602.5</v>
       </c>
       <c r="X65" s="20">
-        <v>1022</v>
+        <v>1086</v>
       </c>
       <c r="Y65" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="66" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A66" s="17" t="s">
         <v>247</v>
       </c>
       <c r="B66" s="28">
         <v>1023065</v>
       </c>
       <c r="C66" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D66" s="28" t="s">
         <v>248</v>
       </c>
       <c r="E66" s="18" t="s">
         <v>249</v>
       </c>
       <c r="F66" s="24">
-        <v>6765169.8799999999</v>
+        <v>5919523.6449999996</v>
       </c>
       <c r="G66" s="24">
         <v>169129247</v>
       </c>
       <c r="H66" s="19" t="s">
         <v>64</v>
       </c>
       <c r="I66" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K66" s="18" t="s">
         <v>46</v>
       </c>
       <c r="L66" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N66" s="18">
         <v>20020805</v>
       </c>
       <c r="V66" s="34">
-        <v>6676919</v>
+        <v>7331636</v>
       </c>
       <c r="W66" s="34">
-        <v>244014.5</v>
+        <v>270324.5</v>
       </c>
       <c r="X66" s="20">
-        <v>453</v>
+        <v>510</v>
       </c>
       <c r="Y66" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="67" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A67" s="17" t="s">
         <v>381</v>
       </c>
       <c r="B67" s="28">
         <v>1183526</v>
       </c>
       <c r="C67" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D67" s="28" t="s">
         <v>382</v>
       </c>
       <c r="E67" s="18" t="s">
         <v>383</v>
       </c>
       <c r="F67" s="24">
-        <v>4018127.41</v>
+        <v>2537764.6800000002</v>
       </c>
       <c r="G67" s="24">
         <v>21148039</v>
       </c>
       <c r="H67" s="19" t="s">
         <v>81</v>
       </c>
       <c r="I67" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K67" s="18" t="s">
         <v>41</v>
       </c>
       <c r="L67" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M67" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N67" s="18">
         <v>20210401</v>
       </c>
       <c r="Q67" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V67" s="34">
-        <v>47120614</v>
+        <v>47849859</v>
       </c>
       <c r="W67" s="34">
-        <v>6987520.5</v>
+        <v>7091164</v>
       </c>
       <c r="X67" s="20">
-        <v>8312</v>
+        <v>8597</v>
       </c>
       <c r="Y67" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="68" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A68" s="17" t="s">
         <v>390</v>
       </c>
       <c r="B68" s="28">
         <v>1184075</v>
       </c>
       <c r="C68" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D68" s="28" t="s">
         <v>391</v>
       </c>
       <c r="E68" s="18" t="s">
         <v>392</v>
       </c>
       <c r="F68" s="24">
-        <v>31236733.515000001</v>
+        <v>30900854.66</v>
       </c>
       <c r="G68" s="24">
         <v>67175771</v>
       </c>
       <c r="H68" s="19" t="s">
         <v>64</v>
       </c>
       <c r="I68" s="18" t="s">
         <v>62</v>
       </c>
       <c r="J68" s="18" t="s">
         <v>73</v>
       </c>
       <c r="K68" s="18" t="s">
         <v>41</v>
       </c>
       <c r="L68" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M68" s="18" t="s">
         <v>42</v>
       </c>
       <c r="N68" s="18">
         <v>20200922</v>
       </c>
       <c r="P68" s="18" t="s">
         <v>48</v>
       </c>
       <c r="V68" s="34">
-        <v>13219889</v>
+        <v>14985883</v>
       </c>
       <c r="W68" s="34">
-        <v>6686612</v>
+        <v>7526264.5</v>
       </c>
       <c r="X68" s="20">
-        <v>4532</v>
+        <v>5148</v>
       </c>
       <c r="Y68" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="69" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A69" s="17" t="s">
         <v>410</v>
       </c>
       <c r="B69" s="28">
         <v>1185570</v>
       </c>
       <c r="C69" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D69" s="28" t="s">
         <v>437</v>
       </c>
       <c r="E69" s="18" t="s">
         <v>438</v>
       </c>
       <c r="F69" s="24">
-        <v>15861660.85</v>
+        <v>12009543.215</v>
       </c>
       <c r="G69" s="24">
         <v>45319031</v>
       </c>
       <c r="H69" s="19" t="s">
         <v>151</v>
       </c>
       <c r="I69" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K69" s="18" t="s">
         <v>47</v>
       </c>
       <c r="L69" s="32" t="s">
         <v>42</v>
       </c>
       <c r="M69" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N69" s="18">
         <v>20250904</v>
       </c>
       <c r="Q69" s="18" t="s">
         <v>44</v>
       </c>
       <c r="U69" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V69" s="34">
-        <v>802711</v>
+        <v>974263</v>
       </c>
       <c r="W69" s="34">
-        <v>488179.5</v>
+        <v>543176.5</v>
       </c>
       <c r="X69" s="20">
-        <v>128</v>
+        <v>182</v>
       </c>
       <c r="Y69" s="18">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="70" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A70" s="17" t="s">
         <v>418</v>
       </c>
       <c r="B70" s="28">
         <v>1187390</v>
       </c>
       <c r="C70" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D70" s="28" t="s">
         <v>419</v>
       </c>
       <c r="E70" s="18" t="s">
         <v>420</v>
       </c>
       <c r="F70" s="24">
-        <v>102630769.73999999</v>
+        <v>118535538.15000001</v>
       </c>
       <c r="G70" s="24">
         <v>30008997</v>
       </c>
       <c r="H70" s="19" t="s">
         <v>64</v>
       </c>
       <c r="I70" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K70" s="18" t="s">
         <v>45</v>
       </c>
       <c r="L70" s="32" t="s">
         <v>15</v>
       </c>
       <c r="M70" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N70" s="18">
         <v>20241220</v>
       </c>
       <c r="Q70" s="18" t="s">
         <v>44</v>
       </c>
       <c r="T70" s="18" t="s">
         <v>421</v>
       </c>
       <c r="V70" s="34">
-        <v>150019</v>
+        <v>214902</v>
       </c>
       <c r="W70" s="34">
-        <v>271666.5</v>
+        <v>551348.5</v>
       </c>
       <c r="X70" s="20">
-        <v>240</v>
+        <v>351</v>
       </c>
       <c r="Y70" s="18">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A71" s="17" t="s">
         <v>278</v>
       </c>
       <c r="B71" s="28">
         <v>1153040</v>
       </c>
       <c r="C71" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D71" s="28" t="s">
         <v>279</v>
       </c>
       <c r="E71" s="18" t="s">
         <v>280</v>
       </c>
       <c r="F71" s="24">
-        <v>5523675.96</v>
+        <v>5021523.5999999996</v>
       </c>
       <c r="G71" s="24">
         <v>100430472</v>
       </c>
       <c r="H71" s="19" t="s">
         <v>64</v>
       </c>
       <c r="I71" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K71" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L71" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M71" s="18" t="s">
         <v>213</v>
       </c>
       <c r="N71" s="18">
         <v>20160913</v>
       </c>
       <c r="P71" s="18" t="s">
         <v>57</v>
       </c>
       <c r="Q71" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V71" s="34">
-        <v>9778978</v>
+        <v>12674008</v>
       </c>
       <c r="W71" s="34">
-        <v>836969.5</v>
+        <v>1007023</v>
       </c>
       <c r="X71" s="20">
-        <v>1469</v>
+        <v>1666</v>
       </c>
       <c r="Y71" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A72" s="17" t="s">
         <v>254</v>
       </c>
       <c r="B72" s="28">
         <v>1074384</v>
       </c>
       <c r="C72" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D72" s="28" t="s">
         <v>255</v>
       </c>
       <c r="E72" s="18" t="s">
         <v>256</v>
       </c>
       <c r="F72" s="24">
-        <v>52033877.490000002</v>
+        <v>38405957.195</v>
       </c>
       <c r="G72" s="24">
         <v>247780369</v>
       </c>
       <c r="H72" s="19" t="s">
         <v>106</v>
       </c>
       <c r="I72" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K72" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L72" s="32" t="s">
         <v>33</v>
       </c>
       <c r="P72" s="18" t="s">
         <v>57</v>
       </c>
       <c r="V72" s="34">
-        <v>20193492</v>
+        <v>25029769</v>
       </c>
       <c r="W72" s="34">
-        <v>4347689</v>
+        <v>5169185.5</v>
       </c>
       <c r="X72" s="20">
-        <v>3551</v>
+        <v>4047</v>
       </c>
       <c r="Y72" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="73" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A73" s="17" t="s">
         <v>227</v>
       </c>
       <c r="B73" s="28">
         <v>1072657</v>
       </c>
       <c r="C73" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D73" s="28" t="s">
         <v>228</v>
       </c>
       <c r="E73" s="18" t="s">
         <v>229</v>
       </c>
       <c r="F73" s="24">
-        <v>4260535.7249999996</v>
+        <v>2840357.15</v>
       </c>
       <c r="G73" s="24">
         <v>56807143</v>
       </c>
       <c r="H73" s="19" t="s">
         <v>85</v>
       </c>
       <c r="I73" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K73" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L73" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M73" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N73" s="18">
         <v>20011217</v>
       </c>
       <c r="P73" s="18" t="s">
         <v>57</v>
       </c>
       <c r="Q73" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V73" s="34">
-        <v>118425749</v>
+        <v>119650973</v>
       </c>
       <c r="W73" s="34">
-        <v>3591041</v>
+        <v>3669267</v>
       </c>
       <c r="X73" s="20">
-        <v>4773</v>
+        <v>5015</v>
       </c>
       <c r="Y73" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A74" s="17" t="s">
         <v>372</v>
       </c>
       <c r="B74" s="28">
         <v>1183076</v>
       </c>
       <c r="C74" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D74" s="28" t="s">
         <v>373</v>
       </c>
       <c r="E74" s="18" t="s">
         <v>374</v>
       </c>
       <c r="F74" s="24">
-        <v>38876967</v>
+        <v>33693371.399999999</v>
       </c>
       <c r="G74" s="24">
         <v>51835956</v>
       </c>
       <c r="H74" s="19" t="s">
         <v>64</v>
       </c>
       <c r="I74" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K74" s="18" t="s">
         <v>58</v>
       </c>
       <c r="L74" s="32" t="s">
         <v>15</v>
       </c>
       <c r="M74" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N74" s="18">
         <v>20220413</v>
       </c>
       <c r="Q74" s="18" t="s">
         <v>44</v>
       </c>
       <c r="T74" s="18" t="s">
         <v>294</v>
       </c>
       <c r="V74" s="34">
-        <v>5088338</v>
+        <v>5631139</v>
       </c>
       <c r="W74" s="34">
-        <v>3575258.5</v>
+        <v>3960406.5</v>
       </c>
       <c r="X74" s="20">
-        <v>1264</v>
+        <v>1406</v>
       </c>
       <c r="Y74" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A75" s="17" t="s">
         <v>328</v>
       </c>
       <c r="B75" s="28">
         <v>1179605</v>
       </c>
       <c r="C75" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D75" s="28" t="s">
         <v>329</v>
       </c>
       <c r="E75" s="18" t="s">
         <v>330</v>
       </c>
       <c r="F75" s="24">
         <v>1564292.58</v>
       </c>
       <c r="G75" s="24">
         <v>312858516</v>
       </c>
       <c r="H75" s="19" t="s">
         <v>300</v>
       </c>
       <c r="I75" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K75" s="18" t="s">
         <v>41</v>
       </c>
       <c r="L75" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M75" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N75" s="18">
         <v>20211005</v>
       </c>
       <c r="Q75" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V75" s="34">
-        <v>33334197</v>
+        <v>34378187</v>
       </c>
       <c r="W75" s="34">
-        <v>626749</v>
+        <v>632424.5</v>
       </c>
       <c r="X75" s="20">
-        <v>1774</v>
+        <v>1854</v>
       </c>
       <c r="Y75" s="18">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A76" s="17" t="s">
         <v>269</v>
       </c>
       <c r="B76" s="28">
         <v>1141815</v>
       </c>
       <c r="C76" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D76" s="28" t="s">
         <v>270</v>
       </c>
       <c r="E76" s="18" t="s">
         <v>271</v>
       </c>
       <c r="F76" s="24">
-        <v>493124.4</v>
+        <v>383541.2</v>
       </c>
       <c r="G76" s="24">
         <v>2739580</v>
       </c>
       <c r="H76" s="19" t="s">
         <v>81</v>
       </c>
       <c r="I76" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K76" s="18" t="s">
         <v>47</v>
       </c>
       <c r="L76" s="32" t="s">
         <v>42</v>
       </c>
       <c r="M76" s="18" t="s">
         <v>214</v>
       </c>
       <c r="N76" s="18">
         <v>20160310</v>
       </c>
       <c r="U76" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V76" s="34">
-        <v>218249</v>
+        <v>260664</v>
       </c>
       <c r="W76" s="34">
-        <v>48292.5</v>
+        <v>54943</v>
       </c>
       <c r="X76" s="20">
-        <v>285</v>
+        <v>328</v>
       </c>
       <c r="Y76" s="18">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="77" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A77" s="17" t="s">
         <v>234</v>
       </c>
       <c r="B77" s="28">
         <v>1102962</v>
       </c>
       <c r="C77" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D77" s="28" t="s">
         <v>235</v>
       </c>
       <c r="E77" s="18" t="s">
         <v>236</v>
       </c>
       <c r="F77" s="24">
-        <v>17608920.315000001</v>
+        <v>15093360.27</v>
       </c>
       <c r="G77" s="24">
         <v>167704003</v>
       </c>
       <c r="H77" s="19" t="s">
         <v>151</v>
       </c>
       <c r="I77" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K77" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L77" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M77" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N77" s="18">
         <v>20070926</v>
       </c>
       <c r="Q77" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V77" s="34">
-        <v>35642674</v>
+        <v>37274615</v>
       </c>
       <c r="W77" s="34">
-        <v>4532734.5</v>
+        <v>4684083</v>
       </c>
       <c r="X77" s="20">
-        <v>5018</v>
+        <v>5282</v>
       </c>
       <c r="Y77" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A78" s="17" t="s">
         <v>257</v>
       </c>
       <c r="B78" s="28">
         <v>41131</v>
       </c>
       <c r="C78" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D78" s="28" t="s">
         <v>258</v>
       </c>
       <c r="E78" s="18" t="s">
         <v>259</v>
       </c>
       <c r="F78" s="24">
-        <v>1449394.9750000001</v>
+        <v>1656451.4</v>
       </c>
       <c r="G78" s="24">
         <v>41411285</v>
       </c>
       <c r="H78" s="19" t="s">
         <v>81</v>
       </c>
       <c r="I78" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K78" s="18" t="s">
         <v>41</v>
       </c>
       <c r="L78" s="32" t="s">
         <v>33</v>
       </c>
       <c r="V78" s="34">
-        <v>1197618</v>
+        <v>1283934</v>
       </c>
       <c r="W78" s="34">
-        <v>33235</v>
+        <v>36732</v>
       </c>
       <c r="X78" s="20">
-        <v>103</v>
+        <v>120</v>
       </c>
       <c r="Y78" s="18">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A79" s="17" t="s">
         <v>432</v>
       </c>
       <c r="B79" s="28">
         <v>1184135</v>
       </c>
       <c r="C79" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D79" s="28" t="s">
         <v>433</v>
       </c>
       <c r="E79" s="18" t="s">
         <v>434</v>
       </c>
       <c r="F79" s="24">
-        <v>20712989.760000002</v>
+        <v>14703392</v>
       </c>
       <c r="G79" s="24">
-        <v>66816096</v>
+        <v>66833600</v>
       </c>
       <c r="H79" s="19" t="s">
         <v>106</v>
       </c>
       <c r="I79" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K79" s="18" t="s">
         <v>47</v>
       </c>
       <c r="L79" s="32" t="s">
         <v>42</v>
       </c>
       <c r="M79" s="18" t="s">
         <v>204</v>
       </c>
       <c r="N79" s="18">
         <v>20250731</v>
       </c>
       <c r="U79" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V79" s="34">
-        <v>1353643</v>
+        <v>1486486</v>
       </c>
       <c r="W79" s="34">
-        <v>584303.5</v>
+        <v>620699.5</v>
       </c>
       <c r="X79" s="20">
-        <v>232</v>
+        <v>281</v>
       </c>
       <c r="Y79" s="18">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A80" s="17" t="s">
         <v>322</v>
       </c>
       <c r="B80" s="28">
         <v>1178945</v>
       </c>
       <c r="C80" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D80" s="28" t="s">
         <v>323</v>
       </c>
       <c r="E80" s="18" t="s">
         <v>324</v>
       </c>
       <c r="F80" s="24">
-        <v>1080000</v>
+        <v>810000</v>
       </c>
       <c r="G80" s="24">
         <v>54000000</v>
       </c>
       <c r="H80" s="19" t="s">
         <v>64</v>
       </c>
       <c r="I80" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K80" s="18" t="s">
         <v>51</v>
       </c>
       <c r="L80" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M80" s="18" t="s">
         <v>208</v>
       </c>
       <c r="N80" s="18">
         <v>20171027</v>
       </c>
       <c r="Q80" s="18" t="s">
         <v>44</v>
       </c>
       <c r="V80" s="34">
-        <v>1358488</v>
+        <v>1369272</v>
       </c>
       <c r="W80" s="34">
-        <v>23098</v>
+        <v>23263</v>
       </c>
       <c r="X80" s="20">
-        <v>135</v>
+        <v>147</v>
       </c>
       <c r="Y80" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A81" s="17" t="s">
         <v>404</v>
       </c>
       <c r="B81" s="28">
         <v>1185040</v>
       </c>
       <c r="C81" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D81" s="28" t="s">
         <v>405</v>
       </c>
       <c r="E81" s="18" t="s">
         <v>406</v>
       </c>
       <c r="F81" s="24">
-        <v>4690996.2</v>
+        <v>5917885.2999999998</v>
       </c>
       <c r="G81" s="24">
-        <v>5212218</v>
+        <v>6962218</v>
       </c>
       <c r="H81" s="19" t="s">
         <v>64</v>
       </c>
       <c r="I81" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K81" s="18" t="s">
         <v>46</v>
       </c>
       <c r="L81" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M81" s="18" t="s">
         <v>42</v>
       </c>
       <c r="N81" s="18">
         <v>20211104</v>
       </c>
       <c r="O81" s="18" t="s">
         <v>68</v>
       </c>
       <c r="V81" s="34">
-        <v>1332992</v>
+        <v>1373520</v>
       </c>
       <c r="W81" s="34">
-        <v>1823407.5</v>
+        <v>1857216.5</v>
       </c>
       <c r="X81" s="20">
-        <v>3158</v>
+        <v>3220</v>
       </c>
       <c r="Y81" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="82" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A82" s="17" t="s">
         <v>425</v>
       </c>
       <c r="B82" s="28">
         <v>1188400</v>
       </c>
       <c r="C82" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D82" s="28" t="s">
         <v>426</v>
       </c>
       <c r="E82" s="18" t="s">
         <v>427</v>
       </c>
       <c r="F82" s="24">
-        <v>4710685.4400000004</v>
+        <v>3925571.2</v>
       </c>
       <c r="G82" s="24">
         <v>19627856</v>
       </c>
       <c r="H82" s="19" t="s">
         <v>151</v>
       </c>
       <c r="I82" s="18" t="s">
         <v>62</v>
       </c>
       <c r="K82" s="18" t="s">
         <v>47</v>
       </c>
       <c r="L82" s="32" t="s">
         <v>42</v>
       </c>
       <c r="M82" s="18" t="s">
         <v>42</v>
       </c>
       <c r="N82" s="18">
         <v>20241125</v>
       </c>
       <c r="V82" s="34">
-        <v>200402</v>
+        <v>217402</v>
       </c>
       <c r="W82" s="34">
-        <v>80410</v>
+        <v>84308.5</v>
       </c>
       <c r="X82" s="20">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="Y82" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A83" s="17" t="s">
         <v>244</v>
       </c>
       <c r="B83" s="28">
         <v>1057709</v>
       </c>
       <c r="C83" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D83" s="28" t="s">
         <v>245</v>
       </c>
       <c r="E83" s="18" t="s">
         <v>246</v>
       </c>
       <c r="F83" s="24">
-        <v>53045182.960000001</v>
+        <v>50704954.299999997</v>
       </c>
       <c r="G83" s="24">
         <v>78007622</v>
       </c>
       <c r="H83" s="19" t="s">
         <v>81</v>
       </c>
       <c r="I83" s="18" t="s">
         <v>62</v>
       </c>
       <c r="J83" s="18" t="s">
         <v>73</v>
       </c>
       <c r="K83" s="18" t="s">
         <v>96</v>
       </c>
       <c r="L83" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M83" s="18" t="s">
         <v>214</v>
       </c>
       <c r="N83" s="18">
         <v>20230619</v>
       </c>
       <c r="V83" s="34">
-        <v>1908814</v>
+        <v>1974001</v>
       </c>
       <c r="W83" s="34">
-        <v>1358727.5</v>
+        <v>1401727.5</v>
       </c>
       <c r="X83" s="20">
-        <v>782</v>
+        <v>816</v>
       </c>
       <c r="Y83" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A10:Y83" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>TSX LS Issuers October 2025</vt:lpstr>
-      <vt:lpstr>TSXV LS Issuers October 2025</vt:lpstr>
+      <vt:lpstr>TSX LS Issuers November 2025</vt:lpstr>
+      <vt:lpstr>TSXV LS Issuers November 2025</vt:lpstr>
       <vt:lpstr>TSX_2012</vt:lpstr>
       <vt:lpstr>TSXV_2012</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>TSX Group Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>TSX Group Inc.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="{A44787D4-0540-4523-9961-78E4036D8C6D}">
     <vt:lpwstr>{F923EDEE-0537-42CE-BA9F-51E936965D43}</vt:lpwstr>