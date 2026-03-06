--- v2 (2026-01-16)
+++ v3 (2026-03-06)
@@ -5,130 +5,131 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2025\11_November 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2026\01_January 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{703CAC8C-DD77-4182-B16A-4B1C42AFD376}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5AC0CED6-D664-47C8-91EA-D1A2F4F7ACBF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="TSX LS Issuers November 2025" sheetId="1" r:id="rId1"/>
-    <sheet name="TSXV LS Issuers November 2025" sheetId="2" r:id="rId2"/>
+    <sheet name="TSX LS Issuers January 2026" sheetId="1" r:id="rId1"/>
+    <sheet name="TSXV LS Issuers January 2026" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'TSX LS Issuers November 2025'!$A$10:$Z$50</definedName>
-[...1 lines deleted...]
-    <definedName name="CIQWBGuid" hidden="1">"5a656fc2-e634-467d-ae07-9931c0de23ac"</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'TSX LS Issuers January 2026'!$A$10:$Z$49</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'TSXV LS Issuers January 2026'!$A$10:$X$83</definedName>
+    <definedName name="CIQWBGuid" hidden="1">"d61e180a-9afe-4da0-9c11-112c4bf21fd6"</definedName>
+    <definedName name="CIQWBInfo" hidden="1">"{ ""CIQVersion"":""9.47.1108.4092"" }"</definedName>
     <definedName name="IQ_ADDIN" hidden="1">"AUTO"</definedName>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_DNTM" hidden="1">700000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
     <definedName name="IQ_LTMMONTH" hidden="1">120000</definedName>
     <definedName name="IQ_MONTH">15000</definedName>
     <definedName name="IQ_MTD" hidden="1">800000</definedName>
     <definedName name="IQ_NAMES_REVISION_DATE_" hidden="1">45719.8028125</definedName>
     <definedName name="IQ_NTM">6000</definedName>
     <definedName name="IQ_QTD" hidden="1">750000</definedName>
     <definedName name="IQ_TODAY" hidden="1">0</definedName>
     <definedName name="IQ_WEEK">50000</definedName>
     <definedName name="IQ_YTD">3000</definedName>
     <definedName name="IQ_YTDMONTH" hidden="1">130000</definedName>
-    <definedName name="TSX_2012">'TSX LS Issuers November 2025'!$B$10:$Z$10</definedName>
-    <definedName name="TSXV_2012">'TSXV LS Issuers November 2025'!$10:$10</definedName>
+    <definedName name="TSX_2012">'TSX LS Issuers January 2026'!$B$10:$Z$10</definedName>
+    <definedName name="TSXV_2012">'TSXV LS Issuers January 2026'!$10:$10</definedName>
   </definedNames>
-  <calcPr calcId="191029" iterateDelta="9.9999999999994451E-4"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D8" i="2" l="1"/>
   <c r="F8" i="2"/>
   <c r="C8" i="1"/>
   <c r="E8" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1239" uniqueCount="446">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1228" uniqueCount="442">
   <si>
     <t>Exchange</t>
   </si>
   <si>
     <t>Life Sciences Sub-Sector</t>
   </si>
   <si>
     <t xml:space="preserve">and we are not responsible for any errors or omissions in or your use of, or reliance on, the information provided. </t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Root
 Ticker</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>Listing Type</t>
   </si>
   <si>
     <t>HQ
 Location</t>
@@ -218,53 +219,50 @@
     <t>Total Market Cap (C$)</t>
   </si>
   <si>
     <t>S&amp;P/TSX Venture 
 Composite Index</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>ON</t>
   </si>
   <si>
     <t>IPO</t>
   </si>
   <si>
     <t>TSX</t>
   </si>
   <si>
     <t>TSX Comedown</t>
   </si>
   <si>
     <t>TSXV</t>
   </si>
   <si>
-    <t>© 2025 TSX Inc. All Rights Reserved. Do not copy, distribute, sell or modify this document without TSX Inc.'s prior written consent.</t>
-[...1 lines deleted...]
-  <si>
     <t>QC</t>
   </si>
   <si>
     <t>BC</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>TSXV Grad</t>
   </si>
   <si>
     <t>Y</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>AB</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>OTCQX</t>
@@ -485,59 +483,50 @@
   <si>
     <t>Crescita Therapeutics Inc.</t>
   </si>
   <si>
     <t>CTX</t>
   </si>
   <si>
     <t>CRO0017</t>
   </si>
   <si>
     <t>Cronos Group Inc.</t>
   </si>
   <si>
     <t>CRON</t>
   </si>
   <si>
     <t>CUR0008</t>
   </si>
   <si>
     <t>Curaleaf Holdings, Inc.</t>
   </si>
   <si>
     <t>CURA</t>
   </si>
   <si>
-    <t>DEN0007</t>
-[...7 lines deleted...]
-  <si>
     <t>UK/Europe</t>
   </si>
   <si>
     <t>DRI0005</t>
   </si>
   <si>
     <t>DRI Healthcare Trust</t>
   </si>
   <si>
     <t>DHT</t>
   </si>
   <si>
     <t>Investment Company</t>
   </si>
   <si>
     <t>V-03983</t>
   </si>
   <si>
     <t>Else Nutrition Holdings Inc.</t>
   </si>
   <si>
     <t>BABY</t>
   </si>
   <si>
     <t>EUP0001</t>
@@ -1391,102 +1380,102 @@
   <si>
     <t>V-5031</t>
   </si>
   <si>
     <t>Conavi Medical Corp.</t>
   </si>
   <si>
     <t>CNVI</t>
   </si>
   <si>
     <t>V-5035</t>
   </si>
   <si>
     <t>Zero Candida Technologies Inc.</t>
   </si>
   <si>
     <t>ZCT</t>
   </si>
   <si>
     <t>Sernova Biotherapeutics Inc.</t>
   </si>
   <si>
     <t>Mercanto Holdings Inc.</t>
   </si>
   <si>
-    <t>2025 Venture 50</t>
-[...1 lines deleted...]
-  <si>
     <t>Organigram Global Inc.</t>
   </si>
   <si>
     <t>V-04654</t>
   </si>
   <si>
     <t>VVT Med Inc.</t>
   </si>
   <si>
     <t>VVTM</t>
   </si>
   <si>
     <t>Cheelcare Inc.</t>
   </si>
   <si>
     <t>CHER</t>
   </si>
   <si>
     <t>Seegnal Inc.</t>
   </si>
   <si>
     <t>SEGN</t>
   </si>
   <si>
     <t>Neurothera Labs Inc.</t>
   </si>
   <si>
     <t>NTLX</t>
   </si>
   <si>
+    <t>© 2026 TSX Inc. All Rights Reserved. Do not copy, distribute, sell or modify this document without TSX Inc.'s prior written consent.</t>
+  </si>
+  <si>
     <t>Market Cap (C$)
-30-November-2025</t>
+31-January-2026</t>
   </si>
   <si>
     <t>O/S Shares
-30-November-2025</t>
+31-January-2026</t>
   </si>
   <si>
     <t>Volume YTD
-30-November-2025</t>
+31-January-2026</t>
   </si>
   <si>
     <t>Value (C$) YTD
-30-November-2025</t>
+31-January-2026</t>
   </si>
   <si>
     <t>Number of 
 Trades YTD
-30-November-2025</t>
+31-January-2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -1767,67 +1756,51 @@
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="37" fontId="8" fillId="4" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="37" fontId="8" fillId="4" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="TextNormal" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
-  <dxfs count="3">
-[...15 lines deleted...]
-    </dxf>
+  <dxfs count="1">
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFF00"/>
           <bgColor rgb="FF000000"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
@@ -2104,81 +2077,82 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:Z50"/>
+  <dimension ref="A1:Z49"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="B10" sqref="B10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="17" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="12.5703125" style="17" customWidth="1"/>
-    <col min="3" max="3" width="71.140625" style="17" bestFit="1" customWidth="1"/>
-[...19 lines deleted...]
-    <col min="26" max="26" width="15.28515625" style="20" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="80.140625" style="17" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11" style="18" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="22.5703125" style="20" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="19.140625" style="20" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="33.5703125" style="18" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="36.28515625" style="19" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="24" style="18" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="14.85546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="16.42578125" style="18" bestFit="1" customWidth="1"/>
+    <col min="12" max="13" width="15.5703125" style="18" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="15" style="18" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="12" style="18" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="12.42578125" style="18" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="11.85546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="17.85546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="13" style="18" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="17" style="18" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="24.140625" style="18" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="22.85546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="19.140625" style="19" bestFit="1" customWidth="1"/>
+    <col min="24" max="25" width="19.140625" style="20" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="16.28515625" style="20" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B1" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="6"/>
       <c r="F1" s="4"/>
       <c r="G1" s="1"/>
       <c r="H1" s="6"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
@@ -2196,51 +2170,51 @@
       <c r="E2" s="4"/>
       <c r="F2" s="6"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="6"/>
       <c r="X2" s="6"/>
       <c r="Y2" s="6"/>
       <c r="Z2" s="6"/>
     </row>
     <row r="3" spans="1:26" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B3" s="2" t="s">
-        <v>39</v>
+        <v>436</v>
       </c>
       <c r="D3" s="1"/>
       <c r="E3" s="4"/>
       <c r="F3" s="6"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="6"/>
       <c r="X3" s="6"/>
       <c r="Y3" s="6"/>
       <c r="Z3" s="6"/>
     </row>
@@ -2337,57 +2311,57 @@
       <c r="F7" s="46"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="1"/>
       <c r="C8" s="38">
-        <f>SUBTOTAL(3,C11:C50)</f>
-        <v>40</v>
+        <f>SUBTOTAL(3,C11:C49)</f>
+        <v>39</v>
       </c>
       <c r="D8" s="39"/>
       <c r="E8" s="40">
-        <f>SUBTOTAL(9,E11:E50)</f>
-        <v>24552949045.740002</v>
+        <f>SUBTOTAL(9,E11:E49)</f>
+        <v>21969502718.790005</v>
       </c>
       <c r="F8" s="41"/>
       <c r="G8" s="1"/>
       <c r="H8" s="58"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="6"/>
       <c r="X8" s="6"/>
       <c r="Y8" s="6"/>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B9" s="1"/>
@@ -2408,6807 +2382,6635 @@
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="6"/>
       <c r="X9" s="6"/>
       <c r="Y9" s="6"/>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26" s="13" customFormat="1" ht="39" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E10" s="16" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="F10" s="16" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="G10" s="15" t="s">
         <v>1</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>5</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>11</v>
       </c>
       <c r="J10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="K10" s="15" t="s">
         <v>8</v>
       </c>
       <c r="L10" s="13" t="s">
         <v>6</v>
       </c>
       <c r="M10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="15" t="s">
         <v>27</v>
       </c>
       <c r="O10" s="15" t="s">
         <v>28</v>
       </c>
       <c r="P10" s="15" t="s">
         <v>9</v>
       </c>
       <c r="Q10" s="15" t="s">
         <v>10</v>
       </c>
       <c r="R10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="S10" s="13" t="s">
         <v>18</v>
       </c>
       <c r="T10" s="13" t="s">
         <v>24</v>
       </c>
       <c r="U10" s="13" t="s">
         <v>12</v>
       </c>
       <c r="V10" s="13" t="s">
         <v>13</v>
       </c>
       <c r="W10" s="16" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="X10" s="16" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="Y10" s="16" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="Z10" s="16" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:26" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A11" s="17" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B11" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="17" t="s">
+        <v>59</v>
+      </c>
+      <c r="D11" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="D11" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" s="20">
-        <v>3031653</v>
+        <v>3209153</v>
       </c>
       <c r="F11" s="20">
-        <v>121266120</v>
+        <v>128366120</v>
       </c>
       <c r="G11" s="18" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H11" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="J11" s="18" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="K11" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L11" s="18" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="M11" s="18">
         <v>20200916</v>
       </c>
       <c r="P11" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="W11" s="19">
-        <v>25650557</v>
+        <v>163920</v>
       </c>
       <c r="X11" s="20">
-        <v>744089.5</v>
+        <v>3386.5</v>
       </c>
       <c r="Y11" s="20">
-        <v>1433</v>
+        <v>46</v>
       </c>
       <c r="Z11" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="17" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B12" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="17" t="s">
+        <v>65</v>
+      </c>
+      <c r="D12" s="18" t="s">
         <v>66</v>
       </c>
-      <c r="D12" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" s="20">
-        <v>5896110.9900000002</v>
+        <v>5794013.8300000001</v>
       </c>
       <c r="F12" s="20">
         <v>2552429</v>
       </c>
       <c r="G12" s="18" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H12" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J12" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K12" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="18">
         <v>19930604</v>
       </c>
       <c r="N12" s="18" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="W12" s="19">
-        <v>3296021</v>
+        <v>38395</v>
       </c>
       <c r="X12" s="20">
-        <v>2958184.5</v>
+        <v>83689.5</v>
       </c>
       <c r="Y12" s="20">
-        <v>6535</v>
+        <v>108</v>
       </c>
       <c r="Z12" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="17" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B13" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="17" t="s">
+        <v>70</v>
+      </c>
+      <c r="D13" s="18" t="s">
         <v>71</v>
       </c>
-      <c r="D13" s="18" t="s">
+      <c r="E13" s="20">
+        <v>312325903.17000002</v>
+      </c>
+      <c r="F13" s="20">
+        <v>56683467</v>
+      </c>
+      <c r="G13" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="H13" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="I13" s="18" t="s">
         <v>72</v>
       </c>
-      <c r="E13" s="20">
-[...13 lines deleted...]
-      </c>
       <c r="J13" s="18" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="K13" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L13" s="18" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="M13" s="18">
         <v>20170724</v>
       </c>
       <c r="N13" s="18" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="P13" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="W13" s="19">
-        <v>135424626</v>
+        <v>9947184</v>
       </c>
       <c r="X13" s="20">
-        <v>955211274.5</v>
+        <v>58400092</v>
       </c>
       <c r="Y13" s="20">
-        <v>409788</v>
+        <v>26441</v>
       </c>
       <c r="Z13" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="17" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B14" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="17" t="s">
+        <v>75</v>
+      </c>
+      <c r="D14" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="D14" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" s="20">
-        <v>9126348</v>
+        <v>10267141.5</v>
       </c>
       <c r="F14" s="20">
         <v>11407935</v>
       </c>
       <c r="G14" s="18" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="H14" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="I14" s="18" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J14" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K14" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L14" s="18" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="M14" s="18">
         <v>20210712</v>
       </c>
       <c r="O14" s="18" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="P14" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="Q14" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="W14" s="19">
-        <v>2343037</v>
+        <v>224550</v>
       </c>
       <c r="X14" s="20">
-        <v>2131036</v>
+        <v>206633.5</v>
       </c>
       <c r="Y14" s="20">
-        <v>3421</v>
+        <v>210</v>
       </c>
       <c r="Z14" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B15" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="17" t="s">
+        <v>78</v>
+      </c>
+      <c r="D15" s="18" t="s">
         <v>79</v>
       </c>
-      <c r="D15" s="18" t="s">
+      <c r="E15" s="20">
+        <v>24176340.645</v>
+      </c>
+      <c r="F15" s="20">
+        <v>117933369</v>
+      </c>
+      <c r="G15" s="18" t="s">
         <v>80</v>
       </c>
-      <c r="E15" s="20">
-[...7 lines deleted...]
-      </c>
       <c r="H15" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="I15" s="18" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J15" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K15" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L15" s="18" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="M15" s="18">
         <v>20190718</v>
       </c>
       <c r="O15" s="18" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="W15" s="19">
-        <v>26008092</v>
+        <v>1042282</v>
       </c>
       <c r="X15" s="20">
-        <v>7107093.5</v>
+        <v>222257</v>
       </c>
       <c r="Y15" s="20">
-        <v>6733</v>
+        <v>319</v>
       </c>
       <c r="Z15" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="17" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B16" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="17" t="s">
+        <v>82</v>
+      </c>
+      <c r="D16" s="18" t="s">
         <v>83</v>
       </c>
-      <c r="D16" s="18" t="s">
+      <c r="E16" s="20">
+        <v>7828025949.8999996</v>
+      </c>
+      <c r="F16" s="20">
+        <v>354209319</v>
+      </c>
+      <c r="G16" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="E16" s="20">
-[...7 lines deleted...]
-      </c>
       <c r="H16" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J16" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K16" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L16" s="18" t="s">
         <v>35</v>
       </c>
       <c r="M16" s="18">
         <v>20220510</v>
       </c>
       <c r="N16" s="18" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="W16" s="19">
-        <v>694612</v>
+        <v>35018</v>
       </c>
       <c r="X16" s="20">
-        <v>13632391.5</v>
+        <v>814587.5</v>
       </c>
       <c r="Y16" s="20">
-        <v>5531</v>
+        <v>355</v>
       </c>
       <c r="Z16" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="17" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B17" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="17" t="s">
+        <v>86</v>
+      </c>
+      <c r="D17" s="18" t="s">
         <v>87</v>
       </c>
-      <c r="D17" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" s="20">
-        <v>3293179328.6399999</v>
+        <v>2896476088.77</v>
       </c>
       <c r="F17" s="20">
-        <v>370853528</v>
+        <v>370867617</v>
       </c>
       <c r="G17" s="18" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="H17" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J17" s="18" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="K17" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="18">
         <v>19870629</v>
       </c>
       <c r="N17" s="18" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="R17" s="18" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="W17" s="19">
-        <v>86772802</v>
+        <v>11116086</v>
       </c>
       <c r="X17" s="20">
-        <v>767806271.5</v>
+        <v>102120010.5</v>
       </c>
       <c r="Y17" s="20">
-        <v>393217</v>
+        <v>53143</v>
       </c>
       <c r="Z17" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="17" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B18" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="17" t="s">
+        <v>91</v>
+      </c>
+      <c r="D18" s="18" t="s">
         <v>92</v>
       </c>
-      <c r="D18" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" s="20">
-        <v>26807982.379999999</v>
+        <v>36523243.68</v>
       </c>
       <c r="F18" s="20">
-        <v>1883906</v>
+        <v>6211436</v>
       </c>
       <c r="G18" s="18" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H18" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J18" s="18" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K18" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L18" s="18" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="M18" s="18">
         <v>20211231</v>
       </c>
       <c r="N18" s="18" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="P18" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="Q18" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="W18" s="19">
-        <v>5018393</v>
+        <v>970264</v>
       </c>
       <c r="X18" s="20">
-        <v>17717730.5</v>
+        <v>6999876</v>
       </c>
       <c r="Y18" s="20">
-        <v>21254</v>
+        <v>6180</v>
       </c>
       <c r="Z18" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="17" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B19" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C19" s="17" t="s">
+        <v>97</v>
+      </c>
+      <c r="D19" s="18" t="s">
         <v>98</v>
       </c>
-      <c r="D19" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" s="20">
-        <v>557779408.27999997</v>
+        <v>566667463.5</v>
       </c>
       <c r="F19" s="20">
-        <v>342195956</v>
+        <v>377778309</v>
       </c>
       <c r="G19" s="18" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="H19" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="I19" s="18" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J19" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K19" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L19" s="18" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="M19" s="18">
         <v>20160726</v>
       </c>
       <c r="N19" s="18" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="P19" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="Q19" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="W19" s="19">
-        <v>636503172.05999994</v>
+        <v>58142754</v>
       </c>
       <c r="X19" s="20">
-        <v>1314653159</v>
+        <v>95713442.5</v>
       </c>
       <c r="Y19" s="20">
-        <v>460966</v>
+        <v>33077</v>
       </c>
       <c r="Z19" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="17" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B20" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C20" s="17" t="s">
+        <v>100</v>
+      </c>
+      <c r="D20" s="18" t="s">
         <v>101</v>
       </c>
-      <c r="D20" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" s="20">
-        <v>150229003.06</v>
+        <v>142950511.36000001</v>
       </c>
       <c r="F20" s="20">
-        <v>99489406</v>
+        <v>111680087</v>
       </c>
       <c r="G20" s="18" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H20" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="I20" s="18" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J20" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K20" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L20" s="18" t="s">
         <v>35</v>
       </c>
       <c r="M20" s="18">
         <v>20181220</v>
       </c>
       <c r="N20" s="18" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="W20" s="19">
-        <v>24638513</v>
+        <v>1554201</v>
       </c>
       <c r="X20" s="20">
-        <v>39996500.5</v>
+        <v>2174796.5</v>
       </c>
       <c r="Y20" s="20">
-        <v>57494</v>
+        <v>2988</v>
       </c>
       <c r="Z20" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="17" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B21" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C21" s="17" t="s">
+        <v>103</v>
+      </c>
+      <c r="D21" s="18" t="s">
         <v>104</v>
       </c>
-      <c r="D21" s="18" t="s">
+      <c r="E21" s="20">
+        <v>242336570.69999999</v>
+      </c>
+      <c r="F21" s="20">
+        <v>62781495</v>
+      </c>
+      <c r="G21" s="18" t="s">
         <v>105</v>
       </c>
-      <c r="E21" s="20">
-[...7 lines deleted...]
-      </c>
       <c r="H21" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J21" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K21" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L21" s="18" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="M21" s="18">
         <v>20090901</v>
       </c>
       <c r="P21" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="Q21" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="W21" s="19">
-        <v>9558703</v>
+        <v>3005884</v>
       </c>
       <c r="X21" s="20">
-        <v>27698991</v>
+        <v>11662762</v>
       </c>
       <c r="Y21" s="20">
-        <v>12689</v>
+        <v>1515</v>
       </c>
       <c r="Z21" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="17" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B22" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C22" s="17" t="s">
+        <v>107</v>
+      </c>
+      <c r="D22" s="18" t="s">
         <v>108</v>
       </c>
-      <c r="D22" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" s="20">
-        <v>20724618.329999998</v>
+        <v>111594098.7</v>
       </c>
       <c r="F22" s="20">
         <v>159420141</v>
       </c>
       <c r="G22" s="18" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="H22" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="I22" s="18" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J22" s="18" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="K22" s="18" t="s">
         <v>15</v>
       </c>
       <c r="L22" s="18" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="M22" s="18">
         <v>20190531</v>
       </c>
       <c r="O22" s="18" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="S22" s="18" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="W22" s="19">
-        <v>14529514</v>
+        <v>2934454</v>
       </c>
       <c r="X22" s="20">
-        <v>2355577.5</v>
+        <v>1743985</v>
       </c>
       <c r="Y22" s="20">
-        <v>4674</v>
+        <v>1916</v>
       </c>
       <c r="Z22" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="17" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B23" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C23" s="17" t="s">
+        <v>113</v>
+      </c>
+      <c r="D23" s="18" t="s">
         <v>114</v>
       </c>
-      <c r="D23" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" s="20">
-        <v>386379662.88999999</v>
+        <v>369863678.02999997</v>
       </c>
       <c r="F23" s="20">
-        <v>25369643</v>
+        <v>25281181</v>
       </c>
       <c r="G23" s="18" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="H23" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J23" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K23" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L23" s="18" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="M23" s="18">
         <v>20040225</v>
       </c>
       <c r="O23" s="18" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="W23" s="19">
-        <v>6560317</v>
+        <v>599215</v>
       </c>
       <c r="X23" s="20">
-        <v>89019044.5</v>
+        <v>8986287.5</v>
       </c>
       <c r="Y23" s="20">
-        <v>40628</v>
+        <v>3312</v>
       </c>
       <c r="Z23" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="17" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B24" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C24" s="17" t="s">
+        <v>116</v>
+      </c>
+      <c r="D24" s="18" t="s">
         <v>117</v>
       </c>
-      <c r="D24" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24" s="20">
-        <v>9581094.8800000008</v>
+        <v>8977343.0999999996</v>
       </c>
       <c r="F24" s="20">
-        <v>3183088</v>
+        <v>3183455</v>
       </c>
       <c r="G24" s="18" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H24" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J24" s="18" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="K24" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="18">
         <v>19951218</v>
       </c>
       <c r="N24" s="18" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="W24" s="19">
-        <v>572429</v>
+        <v>26590</v>
       </c>
       <c r="X24" s="20">
-        <v>2340538.5</v>
+        <v>76993</v>
       </c>
       <c r="Y24" s="20">
-        <v>3447</v>
+        <v>147</v>
       </c>
       <c r="Z24" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="17" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B25" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C25" s="17" t="s">
+        <v>119</v>
+      </c>
+      <c r="D25" s="18" t="s">
         <v>120</v>
       </c>
-      <c r="D25" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25" s="20">
-        <v>8190132.7199999997</v>
+        <v>9306969</v>
       </c>
       <c r="F25" s="20">
         <v>18613938</v>
       </c>
       <c r="G25" s="18" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="H25" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J25" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K25" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L25" s="18" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="M25" s="18">
         <v>20160307</v>
       </c>
       <c r="W25" s="19">
-        <v>3126913</v>
+        <v>726219</v>
       </c>
       <c r="X25" s="20">
-        <v>1571847</v>
+        <v>353182</v>
       </c>
       <c r="Y25" s="20">
-        <v>1087</v>
+        <v>140</v>
       </c>
       <c r="Z25" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="17" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B26" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C26" s="17" t="s">
+        <v>122</v>
+      </c>
+      <c r="D26" s="18" t="s">
         <v>123</v>
       </c>
-      <c r="D26" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E26" s="20">
-        <v>1313323905.8099999</v>
+        <v>1297416094.5999999</v>
       </c>
       <c r="F26" s="20">
-        <v>382893267</v>
+        <v>381592969</v>
       </c>
       <c r="G26" s="18" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="H26" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="I26" s="18" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J26" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K26" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L26" s="18" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="M26" s="18">
         <v>20180523</v>
       </c>
       <c r="N26" s="18" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="P26" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="Q26" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="W26" s="19">
-        <v>41760331</v>
+        <v>4159382</v>
       </c>
       <c r="X26" s="20">
-        <v>125245906.5</v>
+        <v>15212126</v>
       </c>
       <c r="Y26" s="20">
-        <v>100275</v>
+        <v>10927</v>
       </c>
       <c r="Z26" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="17" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B27" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="17" t="s">
+        <v>125</v>
+      </c>
+      <c r="D27" s="18" t="s">
         <v>126</v>
       </c>
-      <c r="D27" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E27" s="20">
-        <v>2197289886.8400002</v>
+        <v>2042297169.4300001</v>
       </c>
       <c r="F27" s="20">
-        <v>678175891</v>
+        <v>678504043</v>
       </c>
       <c r="G27" s="18" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="H27" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="I27" s="18" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J27" s="18" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="K27" s="18" t="s">
         <v>15</v>
       </c>
       <c r="L27" s="18" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="M27" s="18">
         <v>20231214</v>
       </c>
       <c r="O27" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="R27" s="18" t="s">
         <v>48</v>
       </c>
-      <c r="R27" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S27" s="18" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="W27" s="19">
-        <v>136846428</v>
+        <v>12838022</v>
       </c>
       <c r="X27" s="20">
-        <v>398067982</v>
+        <v>44433731</v>
       </c>
       <c r="Y27" s="20">
-        <v>318819</v>
+        <v>34949</v>
       </c>
       <c r="Z27" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="17" t="s">
         <v>128</v>
       </c>
       <c r="B28" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C28" s="17" t="s">
         <v>129</v>
       </c>
       <c r="D28" s="18" t="s">
         <v>130</v>
       </c>
       <c r="E28" s="20">
-        <v>2090499125</v>
+        <v>889993189.75999999</v>
       </c>
       <c r="F28" s="20">
-        <v>191262500</v>
+        <v>55073836</v>
       </c>
       <c r="G28" s="18" t="s">
-        <v>85</v>
+        <v>131</v>
       </c>
       <c r="H28" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J28" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K28" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L28" s="18" t="s">
         <v>35</v>
       </c>
       <c r="M28" s="18">
-        <v>20210521</v>
+        <v>20210211</v>
+      </c>
+      <c r="U28" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="V28" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="W28" s="19">
-        <v>59818560</v>
+        <v>886606</v>
       </c>
       <c r="X28" s="20">
-        <v>568562968.5</v>
+        <v>13843377</v>
       </c>
       <c r="Y28" s="20">
-        <v>183810</v>
+        <v>3791</v>
       </c>
       <c r="Z28" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="17" t="s">
         <v>132</v>
       </c>
       <c r="B29" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="17" t="s">
         <v>133</v>
       </c>
       <c r="D29" s="18" t="s">
         <v>134</v>
       </c>
       <c r="E29" s="20">
-        <v>931364154.5</v>
+        <v>3741142.8</v>
       </c>
       <c r="F29" s="20">
-        <v>55110305</v>
+        <v>37411428</v>
       </c>
       <c r="G29" s="18" t="s">
-        <v>135</v>
+        <v>80</v>
       </c>
       <c r="H29" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J29" s="18" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K29" s="18" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="L29" s="18" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="M29" s="18">
-        <v>20210211</v>
-[...5 lines deleted...]
-        <v>55</v>
+        <v>20220125</v>
+      </c>
+      <c r="P29" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q29" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="T29" s="18" t="s">
+        <v>43</v>
       </c>
       <c r="W29" s="19">
-        <v>10116074</v>
+        <v>2335533</v>
       </c>
       <c r="X29" s="20">
-        <v>134918656.5</v>
+        <v>247712</v>
       </c>
       <c r="Y29" s="20">
-        <v>36440</v>
+        <v>1811</v>
       </c>
       <c r="Z29" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="17" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B30" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C30" s="17" t="s">
+        <v>136</v>
+      </c>
+      <c r="D30" s="18" t="s">
         <v>137</v>
       </c>
-      <c r="D30" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E30" s="20">
-        <v>6734057.04</v>
+        <v>584316067.5</v>
       </c>
       <c r="F30" s="20">
-        <v>37411428</v>
+        <v>51939206</v>
       </c>
       <c r="G30" s="18" t="s">
-        <v>81</v>
+        <v>63</v>
       </c>
       <c r="H30" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J30" s="18" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="K30" s="18" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="L30" s="18" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="M30" s="18">
-        <v>20220125</v>
-[...8 lines deleted...]
-        <v>44</v>
+        <v>20210309</v>
+      </c>
+      <c r="N30" s="18" t="s">
+        <v>67</v>
       </c>
       <c r="W30" s="19">
-        <v>117581187</v>
+        <v>2133250</v>
       </c>
       <c r="X30" s="20">
-        <v>2613578</v>
+        <v>21749223</v>
       </c>
       <c r="Y30" s="20">
-        <v>17796</v>
+        <v>9953</v>
       </c>
       <c r="Z30" s="20">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="17" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B31" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C31" s="17" t="s">
+        <v>139</v>
+      </c>
+      <c r="D31" s="18" t="s">
         <v>140</v>
       </c>
-      <c r="D31" s="18" t="s">
+      <c r="E31" s="20">
+        <v>348632986.38999999</v>
+      </c>
+      <c r="F31" s="20">
+        <v>34162958</v>
+      </c>
+      <c r="G31" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H31" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="J31" s="18" t="s">
         <v>141</v>
       </c>
-      <c r="E31" s="20">
-[...13 lines deleted...]
-      </c>
       <c r="K31" s="18" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="L31" s="18" t="s">
         <v>35</v>
       </c>
       <c r="M31" s="18">
-        <v>20210309</v>
+        <v>20010604</v>
       </c>
       <c r="N31" s="18" t="s">
-        <v>68</v>
+        <v>67</v>
+      </c>
+      <c r="S31" s="18" t="s">
+        <v>142</v>
       </c>
       <c r="W31" s="19">
-        <v>9449852</v>
+        <v>15460</v>
       </c>
       <c r="X31" s="20">
-        <v>62409748</v>
+        <v>163087</v>
       </c>
       <c r="Y31" s="20">
-        <v>34079</v>
+        <v>132</v>
       </c>
       <c r="Z31" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="17" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B32" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C32" s="17" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D32" s="18" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E32" s="20">
-        <v>381343487.24000001</v>
+        <v>237591238.77000001</v>
       </c>
       <c r="F32" s="20">
-        <v>34139972</v>
+        <v>293322517</v>
       </c>
       <c r="G32" s="18" t="s">
-        <v>64</v>
+        <v>147</v>
       </c>
       <c r="H32" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J32" s="18" t="s">
-        <v>145</v>
+        <v>34</v>
       </c>
       <c r="K32" s="18" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="L32" s="18" t="s">
         <v>35</v>
       </c>
       <c r="M32" s="18">
-        <v>20010604</v>
-[...5 lines deleted...]
-        <v>146</v>
+        <v>20210106</v>
+      </c>
+      <c r="O32" s="18" t="s">
+        <v>47</v>
       </c>
       <c r="W32" s="19">
-        <v>181755</v>
+        <v>11389148</v>
       </c>
       <c r="X32" s="20">
-        <v>1960246.5</v>
+        <v>9936616</v>
       </c>
       <c r="Y32" s="20">
-        <v>1533</v>
+        <v>3935</v>
       </c>
       <c r="Z32" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="17" t="s">
         <v>148</v>
       </c>
       <c r="B33" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>149</v>
       </c>
       <c r="D33" s="18" t="s">
         <v>150</v>
       </c>
       <c r="E33" s="20">
-        <v>258406889.68000001</v>
+        <v>155047538.94</v>
       </c>
       <c r="F33" s="20">
-        <v>280877054</v>
+        <v>76378098</v>
       </c>
       <c r="G33" s="18" t="s">
-        <v>151</v>
+        <v>63</v>
       </c>
       <c r="H33" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J33" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K33" s="18" t="s">
         <v>33</v>
       </c>
-      <c r="L33" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M33" s="18">
-        <v>20210106</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>19960603</v>
       </c>
       <c r="W33" s="19">
-        <v>84231529</v>
+        <v>52502</v>
       </c>
       <c r="X33" s="20">
-        <v>123539248.5</v>
+        <v>114464.5</v>
       </c>
       <c r="Y33" s="20">
-        <v>94967</v>
+        <v>289</v>
       </c>
       <c r="Z33" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="17" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B34" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C34" s="17" t="s">
+        <v>152</v>
+      </c>
+      <c r="D34" s="18" t="s">
         <v>153</v>
       </c>
-      <c r="D34" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E34" s="20">
-        <v>177197187.36000001</v>
+        <v>140418827.69</v>
       </c>
       <c r="F34" s="20">
-        <v>76378098</v>
+        <v>31273681</v>
       </c>
       <c r="G34" s="18" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="H34" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J34" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K34" s="18" t="s">
         <v>33</v>
       </c>
+      <c r="L34" s="18" t="s">
+        <v>42</v>
+      </c>
       <c r="M34" s="18">
-        <v>19960603</v>
+        <v>20190207</v>
+      </c>
+      <c r="P34" s="18" t="s">
+        <v>43</v>
       </c>
       <c r="W34" s="19">
-        <v>1173538</v>
+        <v>287800</v>
       </c>
       <c r="X34" s="20">
-        <v>2168219.5</v>
+        <v>1315063.5</v>
       </c>
       <c r="Y34" s="20">
-        <v>2785</v>
+        <v>605</v>
       </c>
       <c r="Z34" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="17" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B35" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C35" s="17" t="s">
+        <v>155</v>
+      </c>
+      <c r="D35" s="18" t="s">
         <v>156</v>
       </c>
-      <c r="D35" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E35" s="20">
-        <v>155117457.75999999</v>
+        <v>575315589.39999998</v>
       </c>
       <c r="F35" s="20">
-        <v>31273681</v>
+        <v>99192343</v>
       </c>
       <c r="G35" s="18" t="s">
-        <v>81</v>
+        <v>63</v>
       </c>
       <c r="H35" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J35" s="18" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="K35" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L35" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="M35" s="18">
+        <v>20140429</v>
+      </c>
+      <c r="P35" s="18" t="s">
         <v>43</v>
       </c>
-      <c r="M35" s="18">
-[...4 lines deleted...]
-      </c>
       <c r="W35" s="19">
-        <v>3143405</v>
+        <v>1306336</v>
       </c>
       <c r="X35" s="20">
-        <v>14959025</v>
+        <v>7644943.5</v>
       </c>
       <c r="Y35" s="20">
-        <v>7661</v>
+        <v>4105</v>
       </c>
       <c r="Z35" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="17" t="s">
         <v>158</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>159</v>
       </c>
       <c r="D36" s="18" t="s">
         <v>160</v>
       </c>
       <c r="E36" s="20">
-        <v>600699829.39999998</v>
+        <v>91748769.799999997</v>
       </c>
       <c r="F36" s="20">
-        <v>99289228</v>
+        <v>32420060</v>
       </c>
       <c r="G36" s="18" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="H36" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J36" s="18" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="K36" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L36" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="M36" s="18">
+        <v>20210617</v>
+      </c>
+      <c r="O36" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="P36" s="18" t="s">
         <v>43</v>
       </c>
-      <c r="M36" s="18">
-[...3 lines deleted...]
-        <v>44</v>
+      <c r="Q36" s="18" t="s">
+        <v>43</v>
       </c>
       <c r="W36" s="19">
-        <v>14040599</v>
+        <v>868775</v>
       </c>
       <c r="X36" s="20">
-        <v>83863617.5</v>
+        <v>2480855.5</v>
       </c>
       <c r="Y36" s="20">
-        <v>49503</v>
+        <v>2014</v>
       </c>
       <c r="Z36" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="17" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="B37" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C37" s="17" t="s">
+        <v>162</v>
+      </c>
+      <c r="D37" s="18" t="s">
         <v>163</v>
       </c>
-      <c r="D37" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E37" s="20">
-        <v>90127766.799999997</v>
+        <v>73400659.200000003</v>
       </c>
       <c r="F37" s="20">
-        <v>32420060</v>
+        <v>83409840</v>
       </c>
       <c r="G37" s="18" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="H37" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J37" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K37" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L37" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="M37" s="18">
+        <v>20170802</v>
+      </c>
+      <c r="O37" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="P37" s="18" t="s">
         <v>43</v>
       </c>
-      <c r="M37" s="18">
-[...7 lines deleted...]
-      </c>
       <c r="Q37" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="W37" s="19">
-        <v>14881222</v>
+        <v>2939807</v>
       </c>
       <c r="X37" s="20">
-        <v>48569812.5</v>
+        <v>2733014.5</v>
       </c>
       <c r="Y37" s="20">
-        <v>37750</v>
+        <v>2190</v>
       </c>
       <c r="Z37" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="17" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="B38" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C38" s="17" t="s">
+        <v>165</v>
+      </c>
+      <c r="D38" s="18" t="s">
         <v>166</v>
       </c>
-      <c r="D38" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38" s="20">
-        <v>133455744</v>
+        <v>27616177.484999999</v>
       </c>
       <c r="F38" s="20">
-        <v>83409840</v>
+        <v>424864269</v>
       </c>
       <c r="G38" s="18" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="H38" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
+      </c>
+      <c r="I38" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="J38" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K38" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L38" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="M38" s="18">
+        <v>20190729</v>
+      </c>
+      <c r="O38" s="18" t="s">
+        <v>56</v>
+      </c>
+      <c r="P38" s="18" t="s">
         <v>43</v>
       </c>
-      <c r="M38" s="18">
-[...7 lines deleted...]
-      </c>
       <c r="Q38" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="W38" s="19">
-        <v>11978888</v>
+        <v>4006720</v>
       </c>
       <c r="X38" s="20">
-        <v>14490717.5</v>
+        <v>286838</v>
       </c>
       <c r="Y38" s="20">
-        <v>17451</v>
+        <v>620</v>
       </c>
       <c r="Z38" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="17" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B39" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C39" s="17" t="s">
+        <v>168</v>
+      </c>
+      <c r="D39" s="18" t="s">
         <v>169</v>
       </c>
-      <c r="D39" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39" s="20">
-        <v>27349075.780000001</v>
+        <v>29843360.52</v>
       </c>
       <c r="F39" s="20">
-        <v>420755012</v>
+        <v>138806328</v>
       </c>
       <c r="G39" s="18" t="s">
-        <v>81</v>
+        <v>63</v>
       </c>
       <c r="H39" s="19" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>61</v>
       </c>
       <c r="J39" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K39" s="18" t="s">
         <v>33</v>
       </c>
-      <c r="L39" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M39" s="18">
-        <v>20190729</v>
+        <v>19921001</v>
       </c>
       <c r="O39" s="18" t="s">
-        <v>57</v>
-[...5 lines deleted...]
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="W39" s="19">
-        <v>73110197</v>
+        <v>1954747</v>
       </c>
       <c r="X39" s="20">
-        <v>5588965</v>
+        <v>442246.5</v>
       </c>
       <c r="Y39" s="20">
-        <v>6822</v>
+        <v>326</v>
       </c>
       <c r="Z39" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="17" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B40" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C40" s="17" t="s">
+        <v>171</v>
+      </c>
+      <c r="D40" s="18" t="s">
         <v>172</v>
       </c>
-      <c r="D40" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E40" s="20">
-        <v>34051798.094999999</v>
+        <v>16320880</v>
       </c>
       <c r="F40" s="20">
-        <v>138986931</v>
+        <v>326417600</v>
       </c>
       <c r="G40" s="18" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="H40" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J40" s="18" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="K40" s="18" t="s">
         <v>33</v>
       </c>
+      <c r="L40" s="18" t="s">
+        <v>42</v>
+      </c>
       <c r="M40" s="18">
-        <v>19921001</v>
+        <v>20211216</v>
       </c>
       <c r="O40" s="18" t="s">
-        <v>48</v>
-[...11 lines deleted...]
-        <v>11</v>
+        <v>56</v>
+      </c>
+      <c r="P40" s="18" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="17" t="s">
         <v>174</v>
       </c>
       <c r="B41" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C41" s="17" t="s">
+        <v>426</v>
+      </c>
+      <c r="D41" s="18" t="s">
         <v>175</v>
       </c>
-      <c r="D41" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E41" s="20">
-        <v>16320880</v>
+        <v>274319547.45999998</v>
       </c>
       <c r="F41" s="20">
-        <v>326417600</v>
+        <v>135132782</v>
       </c>
       <c r="G41" s="18" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="H41" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
+      </c>
+      <c r="I41" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="J41" s="18" t="s">
-        <v>41</v>
+        <v>157</v>
       </c>
       <c r="K41" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L41" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="M41" s="18">
+        <v>20190822</v>
+      </c>
+      <c r="N41" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="P41" s="18" t="s">
         <v>43</v>
       </c>
-      <c r="M41" s="18">
-[...7 lines deleted...]
-      </c>
       <c r="W41" s="19">
-        <v>6436132</v>
+        <v>4736555</v>
       </c>
       <c r="X41" s="20">
-        <v>279027</v>
+        <v>10767417.5</v>
       </c>
       <c r="Y41" s="20">
-        <v>887</v>
+        <v>9444</v>
       </c>
       <c r="Z41" s="20">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="17" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B42" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C42" s="17" t="s">
-        <v>431</v>
+        <v>177</v>
       </c>
       <c r="D42" s="18" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="E42" s="20">
-        <v>307810834.56</v>
+        <v>370558064.39999998</v>
       </c>
       <c r="F42" s="20">
-        <v>135004752</v>
+        <v>36293640</v>
       </c>
       <c r="G42" s="18" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="H42" s="19" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>61</v>
       </c>
       <c r="J42" s="18" t="s">
-        <v>161</v>
+        <v>34</v>
       </c>
       <c r="K42" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L42" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="M42" s="18">
+        <v>20180713</v>
+      </c>
+      <c r="N42" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="P42" s="18" t="s">
         <v>43</v>
       </c>
-      <c r="M42" s="18">
-[...6 lines deleted...]
-        <v>44</v>
+      <c r="Q42" s="18" t="s">
+        <v>43</v>
       </c>
       <c r="W42" s="19">
-        <v>40256974</v>
+        <v>386594</v>
       </c>
       <c r="X42" s="20">
-        <v>82787712.5</v>
+        <v>4286469</v>
       </c>
       <c r="Y42" s="20">
-        <v>66484</v>
+        <v>2393</v>
       </c>
       <c r="Z42" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="17" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B43" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C43" s="17" t="s">
+        <v>180</v>
+      </c>
+      <c r="D43" s="18" t="s">
         <v>181</v>
       </c>
-      <c r="D43" s="18" t="s">
+      <c r="E43" s="20">
+        <v>214413788.63999999</v>
+      </c>
+      <c r="F43" s="20">
+        <v>44027472</v>
+      </c>
+      <c r="G43" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="H43" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="J43" s="18" t="s">
+        <v>143</v>
+      </c>
+      <c r="K43" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="L43" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="M43" s="18">
+        <v>20230621</v>
+      </c>
+      <c r="N43" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="P43" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="S43" s="18" t="s">
         <v>182</v>
       </c>
-      <c r="E43" s="20">
-[...31 lines deleted...]
-      </c>
       <c r="W43" s="19">
-        <v>2618544</v>
+        <v>891275</v>
       </c>
       <c r="X43" s="20">
-        <v>20615721</v>
+        <v>4362733</v>
       </c>
       <c r="Y43" s="20">
-        <v>16764</v>
+        <v>1322</v>
       </c>
       <c r="Z43" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="17" t="s">
         <v>183</v>
       </c>
       <c r="B44" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C44" s="17" t="s">
         <v>184</v>
       </c>
       <c r="D44" s="18" t="s">
         <v>185</v>
       </c>
       <c r="E44" s="20">
-        <v>143799547.31999999</v>
+        <v>30193552.620000001</v>
       </c>
       <c r="F44" s="20">
-        <v>43443972</v>
+        <v>287557644</v>
       </c>
       <c r="G44" s="18" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="H44" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J44" s="18" t="s">
-        <v>147</v>
+        <v>45</v>
       </c>
       <c r="K44" s="18" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="L44" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="M44" s="18">
+        <v>20050117</v>
+      </c>
+      <c r="P44" s="18" t="s">
         <v>43</v>
       </c>
-      <c r="M44" s="18">
-[...9 lines deleted...]
-        <v>186</v>
+      <c r="Q44" s="18" t="s">
+        <v>43</v>
       </c>
       <c r="W44" s="19">
-        <v>6083391</v>
+        <v>433846</v>
       </c>
       <c r="X44" s="20">
-        <v>19169801</v>
+        <v>43698.5</v>
       </c>
       <c r="Y44" s="20">
-        <v>25184</v>
+        <v>150</v>
       </c>
       <c r="Z44" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="17" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B45" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C45" s="17" t="s">
+        <v>187</v>
+      </c>
+      <c r="D45" s="18" t="s">
         <v>188</v>
       </c>
-      <c r="D45" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E45" s="20">
-        <v>31607844.84</v>
+        <v>239149631.63</v>
       </c>
       <c r="F45" s="20">
-        <v>287344044</v>
+        <v>15458929</v>
       </c>
       <c r="G45" s="18" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H45" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J45" s="18" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="K45" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L45" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="M45" s="18">
+        <v>20240215</v>
+      </c>
+      <c r="N45" s="18" t="s">
+        <v>55</v>
+      </c>
+      <c r="O45" s="18" t="s">
+        <v>56</v>
+      </c>
+      <c r="P45" s="18" t="s">
         <v>43</v>
       </c>
-      <c r="M45" s="18">
-[...4 lines deleted...]
-      </c>
       <c r="Q45" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="W45" s="19">
-        <v>19559478</v>
+        <v>13247979</v>
       </c>
       <c r="X45" s="20">
-        <v>1913552</v>
+        <v>14674116.5</v>
       </c>
       <c r="Y45" s="20">
-        <v>3042</v>
+        <v>4989</v>
       </c>
       <c r="Z45" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="17" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B46" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C46" s="17" t="s">
-        <v>191</v>
+        <v>424</v>
       </c>
       <c r="D46" s="18" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="E46" s="20">
-        <v>131710078.63</v>
+        <v>53871769.759999998</v>
       </c>
       <c r="F46" s="20">
-        <v>185507153</v>
+        <v>336698561</v>
       </c>
       <c r="G46" s="18" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H46" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J46" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K46" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L46" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="M46" s="18">
+        <v>20220602</v>
+      </c>
+      <c r="O46" s="18" t="s">
+        <v>56</v>
+      </c>
+      <c r="P46" s="18" t="s">
         <v>43</v>
       </c>
-      <c r="M46" s="18">
-[...10 lines deleted...]
-      </c>
       <c r="W46" s="19">
-        <v>41383342</v>
+        <v>3167535</v>
       </c>
       <c r="X46" s="20">
-        <v>28468883</v>
+        <v>487763</v>
       </c>
       <c r="Y46" s="20">
-        <v>11646</v>
+        <v>569</v>
       </c>
       <c r="Z46" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="17" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="B47" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C47" s="17" t="s">
-        <v>428</v>
+        <v>192</v>
       </c>
       <c r="D47" s="18" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="E47" s="20">
-        <v>51341008.204999998</v>
+        <v>365703641.25</v>
       </c>
       <c r="F47" s="20">
-        <v>331232311</v>
+        <v>292562913</v>
       </c>
       <c r="G47" s="18" t="s">
-        <v>64</v>
+        <v>105</v>
       </c>
       <c r="H47" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J47" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K47" s="18" t="s">
         <v>33</v>
       </c>
-      <c r="L47" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M47" s="18">
-        <v>20220602</v>
-[...5 lines deleted...]
-        <v>44</v>
+        <v>19940606</v>
       </c>
       <c r="W47" s="19">
-        <v>28673378</v>
+        <v>1324705</v>
       </c>
       <c r="X47" s="20">
-        <v>5222793.5</v>
+        <v>1792830.5</v>
       </c>
       <c r="Y47" s="20">
-        <v>6436</v>
+        <v>1979</v>
       </c>
       <c r="Z47" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="17" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B48" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C48" s="17" t="s">
+        <v>195</v>
+      </c>
+      <c r="D48" s="18" t="s">
         <v>196</v>
       </c>
-      <c r="D48" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E48" s="20">
-        <v>384578038.60000002</v>
+        <v>264715273.02000001</v>
       </c>
       <c r="F48" s="20">
-        <v>289156420</v>
+        <v>307808457</v>
       </c>
       <c r="G48" s="18" t="s">
-        <v>106</v>
+        <v>73</v>
       </c>
       <c r="H48" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
+      </c>
+      <c r="I48" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="J48" s="18" t="s">
         <v>34</v>
       </c>
       <c r="K48" s="18" t="s">
         <v>33</v>
       </c>
+      <c r="L48" s="18" t="s">
+        <v>41</v>
+      </c>
       <c r="M48" s="18">
-        <v>19940606</v>
+        <v>20230704</v>
       </c>
       <c r="W48" s="19">
-        <v>21715130</v>
+        <v>4533598</v>
       </c>
       <c r="X48" s="20">
-        <v>24053897</v>
+        <v>4620491</v>
       </c>
       <c r="Y48" s="20">
-        <v>13572</v>
+        <v>4957</v>
       </c>
       <c r="Z48" s="20">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="17" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B49" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C49" s="17" t="s">
+        <v>198</v>
+      </c>
+      <c r="D49" s="18" t="s">
         <v>199</v>
       </c>
-      <c r="D49" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E49" s="20">
-        <v>201141103.02000001</v>
+        <v>1074383288.8399999</v>
       </c>
       <c r="F49" s="20">
-        <v>304759247</v>
+        <v>254685679</v>
       </c>
       <c r="G49" s="18" t="s">
-        <v>74</v>
+        <v>147</v>
       </c>
       <c r="H49" s="19" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>61</v>
       </c>
       <c r="J49" s="18" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="K49" s="18" t="s">
         <v>33</v>
       </c>
       <c r="L49" s="18" t="s">
         <v>42</v>
       </c>
       <c r="M49" s="18">
-        <v>20230704</v>
+        <v>20200110</v>
+      </c>
+      <c r="O49" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="P49" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q49" s="18" t="s">
+        <v>43</v>
       </c>
       <c r="W49" s="19">
-        <v>60376155</v>
+        <v>26809957</v>
       </c>
       <c r="X49" s="20">
-        <v>47458848</v>
+        <v>112148545.5</v>
       </c>
       <c r="Y49" s="20">
-        <v>54823</v>
+        <v>47460</v>
       </c>
       <c r="Z49" s="20">
-        <v>11</v>
-[...58 lines deleted...]
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A10:Z50" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
-[...1 lines deleted...]
-    <sortCondition sortBy="cellColor" ref="N8:N10" dxfId="2"/>
+  <autoFilter ref="A10:Z49" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:AF10">
+    <sortCondition sortBy="cellColor" ref="N8:N10" dxfId="0"/>
   </sortState>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:Y83"/>
+  <dimension ref="A1:X83"/>
   <sheetViews>
     <sheetView topLeftCell="C1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.28515625" style="17" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="8.140625" style="28" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" style="23" customWidth="1"/>
-    <col min="4" max="4" width="44.140625" style="28" bestFit="1" customWidth="1"/>
-[...20 lines deleted...]
-    <col min="26" max="16384" width="9" style="17"/>
+    <col min="4" max="4" width="54" style="28" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11" style="18" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="22.5703125" style="24" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="19.140625" style="24" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="34.85546875" style="19" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="35" style="18" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="24" style="18" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="19.7109375" style="18" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="16.42578125" style="32" bestFit="1" customWidth="1"/>
+    <col min="13" max="14" width="15.5703125" style="18" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="14.140625" style="18" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="18.140625" style="18" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="11.85546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="20" style="18" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="20.5703125" style="18" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="17" style="18" bestFit="1" customWidth="1"/>
+    <col min="21" max="22" width="19.140625" style="34" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="19.140625" style="20" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="16.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="25" max="16384" width="9" style="17"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:24" x14ac:dyDescent="0.2">
       <c r="C1" s="2" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="2" spans="1:25" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:24" x14ac:dyDescent="0.2">
       <c r="C2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="1"/>
       <c r="F2" s="26"/>
       <c r="G2" s="26"/>
       <c r="I2" s="1"/>
       <c r="J2" s="19"/>
       <c r="K2" s="1"/>
       <c r="L2" s="29"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
-      <c r="U2" s="19"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="T2" s="19"/>
+    </row>
+    <row r="3" spans="1:24" x14ac:dyDescent="0.2">
       <c r="C3" s="3" t="s">
-        <v>39</v>
+        <v>436</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="1"/>
       <c r="F3" s="26"/>
       <c r="G3" s="26"/>
       <c r="I3" s="1"/>
       <c r="J3" s="19"/>
       <c r="K3" s="1"/>
       <c r="L3" s="29"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
-      <c r="U3" s="19"/>
-[...1 lines deleted...]
-    <row r="4" spans="1:25" s="12" customFormat="1" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="T3" s="19"/>
+    </row>
+    <row r="4" spans="1:24" s="12" customFormat="1" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="9"/>
       <c r="C4" s="21"/>
       <c r="D4" s="9"/>
       <c r="E4" s="8"/>
       <c r="F4" s="25"/>
       <c r="G4" s="25"/>
       <c r="H4" s="11"/>
       <c r="I4" s="8"/>
       <c r="J4" s="11"/>
       <c r="K4" s="8"/>
       <c r="L4" s="30"/>
       <c r="M4" s="8"/>
       <c r="N4" s="8"/>
       <c r="O4" s="8"/>
       <c r="P4" s="8"/>
       <c r="Q4" s="8"/>
       <c r="R4" s="8"/>
       <c r="S4" s="8"/>
-      <c r="T4" s="8"/>
-      <c r="U4" s="11"/>
+      <c r="T4" s="11"/>
+      <c r="U4" s="35"/>
       <c r="V4" s="35"/>
-      <c r="W4" s="35"/>
-[...3 lines deleted...]
-    <row r="5" spans="1:25" s="7" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="W4" s="57"/>
+      <c r="X4" s="8"/>
+    </row>
+    <row r="5" spans="1:24" s="7" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B5" s="2"/>
       <c r="C5" s="22"/>
       <c r="D5" s="2"/>
       <c r="E5" s="1"/>
       <c r="F5" s="26"/>
       <c r="G5" s="26"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="29"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
-      <c r="U5" s="1"/>
+      <c r="U5" s="36"/>
       <c r="V5" s="36"/>
       <c r="W5" s="36"/>
-      <c r="X5" s="36"/>
-[...2 lines deleted...]
-    <row r="6" spans="1:25" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="X5" s="5"/>
+    </row>
+    <row r="6" spans="1:24" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B6" s="2"/>
       <c r="C6" s="22"/>
       <c r="D6" s="42" t="s">
         <v>30</v>
       </c>
       <c r="E6" s="48"/>
       <c r="F6" s="48" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="52"/>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="29"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
-      <c r="U6" s="1"/>
+      <c r="U6" s="36"/>
       <c r="V6" s="36"/>
       <c r="W6" s="36"/>
       <c r="X6" s="36"/>
-      <c r="Y6" s="36"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:25" s="7" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="7" spans="1:24" s="7" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="2"/>
       <c r="C7" s="22"/>
       <c r="D7" s="49"/>
       <c r="E7" s="50"/>
       <c r="F7" s="50"/>
       <c r="G7" s="53"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="29"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
-      <c r="U7" s="1"/>
+      <c r="U7" s="36"/>
       <c r="V7" s="36"/>
       <c r="W7" s="36"/>
       <c r="X7" s="36"/>
-      <c r="Y7" s="36"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:25" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    </row>
+    <row r="8" spans="1:24" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="2"/>
       <c r="C8" s="22"/>
       <c r="D8" s="56">
         <f>SUBTOTAL(3,D11:D83)</f>
         <v>73</v>
       </c>
       <c r="E8" s="51"/>
       <c r="F8" s="54">
         <f>SUBTOTAL(9,F11:F83)</f>
-        <v>2238359373.7900004</v>
+        <v>2306794513.9450011</v>
       </c>
       <c r="G8" s="55"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="29"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
-      <c r="U8" s="1"/>
+      <c r="U8" s="36"/>
       <c r="V8" s="36"/>
       <c r="W8" s="36"/>
       <c r="X8" s="36"/>
-      <c r="Y8" s="36"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:25" s="7" customFormat="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="9" spans="1:24" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B9" s="2"/>
       <c r="C9" s="22"/>
       <c r="D9" s="2"/>
       <c r="E9" s="1"/>
       <c r="F9" s="26"/>
       <c r="G9" s="26"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="29"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
-      <c r="U9" s="1"/>
+      <c r="U9" s="36"/>
       <c r="V9" s="36"/>
       <c r="W9" s="36"/>
       <c r="X9" s="36"/>
-      <c r="Y9" s="36"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:25" s="15" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="10" spans="1:24" s="15" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="33" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>0</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>3</v>
       </c>
       <c r="E10" s="16" t="s">
         <v>4</v>
       </c>
       <c r="F10" s="16" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="G10" s="16" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="H10" s="27" t="s">
         <v>1</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>5</v>
       </c>
       <c r="J10" s="27" t="s">
         <v>21</v>
       </c>
       <c r="K10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="L10" s="15" t="s">
         <v>8</v>
       </c>
       <c r="M10" s="15" t="s">
         <v>6</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>29</v>
       </c>
       <c r="O10" s="15" t="s">
         <v>16</v>
       </c>
       <c r="P10" s="15" t="s">
         <v>25</v>
       </c>
       <c r="Q10" s="15" t="s">
         <v>17</v>
       </c>
       <c r="R10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="S10" s="15" t="s">
-        <v>430</v>
+        <v>18</v>
       </c>
       <c r="T10" s="15" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="U10" s="15" t="s">
         <v>24</v>
       </c>
+      <c r="U10" s="16" t="s">
+        <v>439</v>
+      </c>
       <c r="V10" s="16" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="W10" s="16" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="X10" s="16" t="s">
-        <v>445</v>
-[...1 lines deleted...]
-      <c r="Y10" s="16" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="11" spans="1:25" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:24" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A11" s="17" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="B11" s="28">
         <v>1173500</v>
       </c>
       <c r="C11" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D11" s="28" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E11" s="18" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="F11" s="24">
         <v>663172.15500000003</v>
       </c>
       <c r="G11" s="24">
         <v>132634431</v>
       </c>
       <c r="H11" s="19" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I11" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K11" s="18" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L11" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="18" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="N11" s="18">
         <v>20150317</v>
       </c>
-      <c r="V11" s="34">
-[...12 lines deleted...]
-    <row r="12" spans="1:25" x14ac:dyDescent="0.2">
+    </row>
+    <row r="12" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A12" s="17" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="B12" s="28">
         <v>1179370</v>
       </c>
       <c r="C12" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="28" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="E12" s="18" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="F12" s="24">
         <v>2600632.2599999998</v>
       </c>
       <c r="G12" s="24">
         <v>86687742</v>
       </c>
       <c r="H12" s="19" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="I12" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K12" s="18" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L12" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="18" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="N12" s="18">
         <v>20240926</v>
       </c>
-      <c r="V12" s="34">
-[...12 lines deleted...]
-    <row r="13" spans="1:25" x14ac:dyDescent="0.2">
+    </row>
+    <row r="13" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A13" s="17" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="B13" s="28">
         <v>1170010</v>
       </c>
       <c r="C13" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="28" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="E13" s="18" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="F13" s="24">
-        <v>68941287.670000002</v>
+        <v>66263956.109999999</v>
       </c>
       <c r="G13" s="24">
         <v>66933289</v>
       </c>
       <c r="H13" s="19" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="I13" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K13" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M13" s="18" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="N13" s="18">
         <v>20150223</v>
       </c>
       <c r="P13" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
+      </c>
+      <c r="U13" s="34">
+        <v>1248062</v>
       </c>
       <c r="V13" s="34">
-        <v>6630817</v>
-[...11 lines deleted...]
-    <row r="14" spans="1:25" x14ac:dyDescent="0.2">
+        <v>1488329.5</v>
+      </c>
+      <c r="W13" s="20">
+        <v>1049</v>
+      </c>
+      <c r="X13" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A14" s="17" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="B14" s="28">
         <v>1003651</v>
       </c>
       <c r="C14" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="28" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="E14" s="18" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="F14" s="24">
         <v>664118.36</v>
       </c>
       <c r="G14" s="24">
         <v>66411836</v>
       </c>
       <c r="H14" s="19" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="I14" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K14" s="18" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="L14" s="32" t="s">
         <v>15</v>
       </c>
       <c r="M14" s="18" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="N14" s="18">
         <v>20221027</v>
       </c>
-      <c r="T14" s="18" t="s">
-        <v>253</v>
+      <c r="S14" s="18" t="s">
+        <v>249</v>
+      </c>
+      <c r="U14" s="34">
+        <v>895792</v>
       </c>
       <c r="V14" s="34">
-        <v>10899785</v>
-[...11 lines deleted...]
-    <row r="15" spans="1:25" x14ac:dyDescent="0.2">
+        <v>9236.5</v>
+      </c>
+      <c r="W14" s="20">
+        <v>132</v>
+      </c>
+      <c r="X14" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A15" s="17" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="B15" s="28">
         <v>1166025</v>
       </c>
       <c r="C15" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D15" s="28" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="E15" s="18" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="F15" s="24">
-        <v>21235440.600000001</v>
+        <v>24324231.960000001</v>
       </c>
       <c r="G15" s="24">
         <v>77219784</v>
       </c>
       <c r="H15" s="19" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="I15" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K15" s="18" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="L15" s="32" t="s">
         <v>15</v>
       </c>
       <c r="M15" s="18" t="s">
         <v>35</v>
       </c>
       <c r="N15" s="18">
         <v>20130910</v>
       </c>
       <c r="P15" s="18" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>290</v>
+        <v>56</v>
+      </c>
+      <c r="S15" s="18" t="s">
+        <v>286</v>
+      </c>
+      <c r="U15" s="34">
+        <v>572621</v>
       </c>
       <c r="V15" s="34">
-        <v>7261326</v>
-[...11 lines deleted...]
-    <row r="16" spans="1:25" x14ac:dyDescent="0.2">
+        <v>157752</v>
+      </c>
+      <c r="W15" s="20">
+        <v>150</v>
+      </c>
+      <c r="X15" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A16" s="17" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="B16" s="28">
         <v>1068761</v>
       </c>
       <c r="C16" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D16" s="28" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="E16" s="18" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="F16" s="24">
-        <v>5064483.2</v>
+        <v>7090276.4800000004</v>
       </c>
       <c r="G16" s="24">
         <v>101289664</v>
       </c>
       <c r="H16" s="19" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="I16" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K16" s="18" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L16" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N16" s="18">
         <v>20010731</v>
       </c>
       <c r="P16" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="Q16" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U16" s="34">
+        <v>2008285</v>
       </c>
       <c r="V16" s="34">
-        <v>13864457</v>
-[...11 lines deleted...]
-    <row r="17" spans="1:25" x14ac:dyDescent="0.2">
+        <v>153577</v>
+      </c>
+      <c r="W16" s="20">
+        <v>249</v>
+      </c>
+      <c r="X16" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A17" s="17" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="B17" s="28">
         <v>1176395</v>
       </c>
       <c r="C17" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D17" s="28" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="E17" s="18" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="F17" s="24">
         <v>1393463.61</v>
       </c>
       <c r="G17" s="24">
         <v>46448787</v>
       </c>
       <c r="H17" s="19" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I17" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K17" s="18" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="L17" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="18" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="N17" s="18">
         <v>20151209</v>
       </c>
-      <c r="V17" s="34">
-[...12 lines deleted...]
-    <row r="18" spans="1:25" x14ac:dyDescent="0.2">
+    </row>
+    <row r="18" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A18" s="17" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="B18" s="28">
         <v>25138</v>
       </c>
       <c r="C18" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D18" s="28" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="E18" s="18" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="F18" s="24">
-        <v>139311926.58000001</v>
+        <v>144590632.19999999</v>
       </c>
       <c r="G18" s="24">
         <v>11475447</v>
       </c>
       <c r="H18" s="19" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="I18" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K18" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L18" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N18" s="18">
         <v>20060613</v>
       </c>
+      <c r="U18" s="34">
+        <v>91881</v>
+      </c>
       <c r="V18" s="34">
-        <v>972858</v>
-[...11 lines deleted...]
-    <row r="19" spans="1:25" x14ac:dyDescent="0.2">
+        <v>1167649</v>
+      </c>
+      <c r="W18" s="20">
+        <v>235</v>
+      </c>
+      <c r="X18" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A19" s="17" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="B19" s="28">
         <v>1178940</v>
       </c>
       <c r="C19" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D19" s="28" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="E19" s="18" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="F19" s="24">
-        <v>4830000</v>
+        <v>3525570.375</v>
       </c>
       <c r="G19" s="24">
-        <v>138000000</v>
+        <v>141022815</v>
       </c>
       <c r="H19" s="19" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I19" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J19" s="18" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="K19" s="18" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="L19" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N19" s="18">
         <v>20190430</v>
       </c>
       <c r="Q19" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U19" s="34">
+        <v>529924</v>
       </c>
       <c r="V19" s="34">
-        <v>22489563</v>
-[...11 lines deleted...]
-    <row r="20" spans="1:25" x14ac:dyDescent="0.2">
+        <v>14215</v>
+      </c>
+      <c r="W19" s="20">
+        <v>36</v>
+      </c>
+      <c r="X19" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A20" s="17" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="B20" s="28">
         <v>1183910</v>
       </c>
       <c r="C20" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D20" s="28" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="E20" s="18" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="F20" s="24">
-        <v>160374067.62</v>
+        <v>167618759</v>
       </c>
       <c r="G20" s="24">
-        <v>94895898</v>
+        <v>95782148</v>
       </c>
       <c r="H20" s="19" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I20" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J20" s="18" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="K20" s="18" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="L20" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="18" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="N20" s="18">
         <v>20210408</v>
       </c>
       <c r="P20" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="R20" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U20" s="34">
+        <v>1351382</v>
       </c>
       <c r="V20" s="34">
-        <v>13825002</v>
-[...11 lines deleted...]
-    <row r="21" spans="1:25" x14ac:dyDescent="0.2">
+        <v>2492095.5</v>
+      </c>
+      <c r="W20" s="20">
+        <v>1942</v>
+      </c>
+      <c r="X20" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A21" s="17" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="B21" s="28">
         <v>698705</v>
       </c>
       <c r="C21" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D21" s="28" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="E21" s="18" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="F21" s="24">
-        <v>1972365.06</v>
+        <v>1975821.06</v>
       </c>
       <c r="G21" s="24">
-        <v>197236506</v>
+        <v>197582106</v>
       </c>
       <c r="H21" s="19" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="I21" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K21" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L21" s="32" t="s">
         <v>33</v>
       </c>
+      <c r="U21" s="34">
+        <v>1231680</v>
+      </c>
       <c r="V21" s="34">
-        <v>8089355</v>
-[...11 lines deleted...]
-    <row r="22" spans="1:25" x14ac:dyDescent="0.2">
+        <v>17620</v>
+      </c>
+      <c r="W21" s="20">
+        <v>52</v>
+      </c>
+      <c r="X21" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="22" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A22" s="17" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="B22" s="28">
         <v>1181621</v>
       </c>
       <c r="C22" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D22" s="28" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="E22" s="18" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="F22" s="24">
         <v>714240.52500000002</v>
       </c>
       <c r="G22" s="24">
         <v>47616035</v>
       </c>
       <c r="H22" s="19" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="I22" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K22" s="18" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="L22" s="32" t="s">
         <v>15</v>
       </c>
       <c r="M22" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N22" s="18">
         <v>20211126</v>
       </c>
       <c r="Q22" s="18" t="s">
-        <v>44</v>
-[...17 lines deleted...]
-    <row r="23" spans="1:25" x14ac:dyDescent="0.2">
+        <v>43</v>
+      </c>
+      <c r="S22" s="18" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="23" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A23" s="17" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="B23" s="28">
         <v>1186675</v>
       </c>
       <c r="C23" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D23" s="28" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="E23" s="18" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="F23" s="24">
-        <v>17668203.300000001</v>
+        <v>29054378.760000002</v>
       </c>
       <c r="G23" s="24">
         <v>19631337</v>
       </c>
       <c r="H23" s="19" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="I23" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K23" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L23" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N23" s="18">
         <v>20250716</v>
       </c>
       <c r="Q23" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U23" s="34">
+        <v>724397</v>
       </c>
       <c r="V23" s="34">
-        <v>2718777</v>
-[...11 lines deleted...]
-    <row r="24" spans="1:25" x14ac:dyDescent="0.2">
+        <v>756492</v>
+      </c>
+      <c r="W23" s="20">
+        <v>385</v>
+      </c>
+      <c r="X23" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="24" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A24" s="17" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="B24" s="28">
         <v>1181730</v>
       </c>
       <c r="C24" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D24" s="28" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="E24" s="18" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="F24" s="24">
-        <v>7448470.6299999999</v>
+        <v>14179016.380000001</v>
       </c>
       <c r="G24" s="24">
         <v>17948122</v>
       </c>
       <c r="H24" s="19" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="I24" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K24" s="18" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="L24" s="32" t="s">
         <v>15</v>
       </c>
       <c r="M24" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N24" s="18">
         <v>20211015</v>
       </c>
       <c r="Q24" s="18" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>365</v>
+        <v>43</v>
+      </c>
+      <c r="S24" s="18" t="s">
+        <v>361</v>
+      </c>
+      <c r="U24" s="34">
+        <v>162843</v>
       </c>
       <c r="V24" s="34">
-        <v>17030954</v>
-[...11 lines deleted...]
-    <row r="25" spans="1:25" x14ac:dyDescent="0.2">
+        <v>109318.5</v>
+      </c>
+      <c r="W24" s="20">
+        <v>56</v>
+      </c>
+      <c r="X24" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A25" s="17" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="B25" s="28">
         <v>1188321</v>
       </c>
       <c r="C25" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D25" s="28" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="E25" s="18" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="F25" s="24">
-        <v>41445046.439999998</v>
+        <v>45503372.640000001</v>
       </c>
       <c r="G25" s="24">
-        <v>76750086</v>
+        <v>103416756</v>
       </c>
       <c r="H25" s="19" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="I25" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K25" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L25" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="18" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="N25" s="18">
         <v>20241016</v>
       </c>
+      <c r="U25" s="34">
+        <v>1462379</v>
+      </c>
       <c r="V25" s="34">
-        <v>7429642</v>
-[...11 lines deleted...]
-    <row r="26" spans="1:25" x14ac:dyDescent="0.2">
+        <v>672587.5</v>
+      </c>
+      <c r="W25" s="20">
+        <v>519</v>
+      </c>
+      <c r="X25" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="26" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A26" s="17" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="B26" s="28">
         <v>1096521</v>
       </c>
       <c r="C26" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D26" s="28" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="E26" s="18" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="F26" s="24">
-        <v>53579069.380000003</v>
+        <v>46950730.899999999</v>
       </c>
       <c r="G26" s="24">
         <v>27618077</v>
       </c>
       <c r="H26" s="19" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I26" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K26" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L26" s="32" t="s">
         <v>33</v>
       </c>
       <c r="P26" s="18" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="Q26" s="18" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U26" s="34">
+        <v>264504</v>
       </c>
       <c r="V26" s="34">
-        <v>5692844</v>
-[...11 lines deleted...]
-    <row r="27" spans="1:25" x14ac:dyDescent="0.2">
+        <v>462423.5</v>
+      </c>
+      <c r="W26" s="20">
+        <v>473</v>
+      </c>
+      <c r="X26" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="27" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A27" s="17" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="B27" s="28">
         <v>1186116</v>
       </c>
       <c r="C27" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D27" s="28" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="E27" s="18" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="F27" s="24">
-        <v>12729091.99</v>
+        <v>10491209.255000001</v>
       </c>
       <c r="G27" s="24">
-        <v>66995221</v>
+        <v>67685221</v>
       </c>
       <c r="H27" s="19" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I27" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K27" s="18" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L27" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N27" s="18">
         <v>20240209</v>
       </c>
       <c r="Q27" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U27" s="34">
+        <v>361917</v>
       </c>
       <c r="V27" s="34">
-        <v>10992782</v>
-[...11 lines deleted...]
-    <row r="28" spans="1:25" x14ac:dyDescent="0.2">
+        <v>56498.5</v>
+      </c>
+      <c r="W27" s="20">
+        <v>110</v>
+      </c>
+      <c r="X27" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A28" s="17" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="B28" s="28">
         <v>1127835</v>
       </c>
       <c r="C28" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D28" s="28" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="E28" s="18" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="F28" s="24">
-        <v>7815445.25</v>
+        <v>6252356.2000000002</v>
       </c>
       <c r="G28" s="24">
         <v>31261781</v>
       </c>
       <c r="H28" s="19" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I28" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J28" s="18" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="K28" s="18" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L28" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="18" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="N28" s="18">
         <v>20170428</v>
       </c>
       <c r="P28" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="Q28" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U28" s="34">
+        <v>399453</v>
       </c>
       <c r="V28" s="34">
-        <v>11931270</v>
-[...11 lines deleted...]
-    <row r="29" spans="1:25" x14ac:dyDescent="0.2">
+        <v>80315.5</v>
+      </c>
+      <c r="W28" s="20">
+        <v>124</v>
+      </c>
+      <c r="X28" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="29" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A29" s="17" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="B29" s="28">
         <v>1170025</v>
       </c>
       <c r="C29" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D29" s="28" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="E29" s="18" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="F29" s="24">
-        <v>41485878</v>
+        <v>31805906.5</v>
       </c>
       <c r="G29" s="24">
-        <v>165943512</v>
+        <v>2765731</v>
       </c>
       <c r="H29" s="19" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="I29" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K29" s="18" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="L29" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N29" s="18">
         <v>20170519</v>
       </c>
       <c r="P29" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="Q29" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U29" s="34">
+        <v>323418</v>
       </c>
       <c r="V29" s="34">
-        <v>1934077</v>
-[...11 lines deleted...]
-    <row r="30" spans="1:25" x14ac:dyDescent="0.2">
+        <v>120646.5</v>
+      </c>
+      <c r="W29" s="20">
+        <v>43</v>
+      </c>
+      <c r="X29" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A30" s="17" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="B30" s="28">
         <v>1167235</v>
       </c>
       <c r="C30" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D30" s="28" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="E30" s="18" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="F30" s="24">
-        <v>68885969</v>
+        <v>41331581.399999999</v>
       </c>
       <c r="G30" s="24">
         <v>68885969</v>
       </c>
       <c r="H30" s="19" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="I30" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K30" s="18" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L30" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="18" t="s">
         <v>35</v>
       </c>
       <c r="N30" s="18">
         <v>20140905</v>
       </c>
+      <c r="U30" s="34">
+        <v>74539</v>
+      </c>
       <c r="V30" s="34">
-        <v>482740</v>
-[...11 lines deleted...]
-    <row r="31" spans="1:25" x14ac:dyDescent="0.2">
+        <v>43266.5</v>
+      </c>
+      <c r="W30" s="20">
+        <v>75</v>
+      </c>
+      <c r="X30" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A31" s="17" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="B31" s="28">
         <v>1145690</v>
       </c>
       <c r="C31" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D31" s="28" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="E31" s="18" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="F31" s="24">
-        <v>532384.51</v>
+        <v>874631.69499999995</v>
       </c>
       <c r="G31" s="24">
         <v>7605493</v>
       </c>
       <c r="H31" s="19" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="I31" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K31" s="18" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="L31" s="32" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="M31" s="18" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="N31" s="18">
         <v>20230414</v>
       </c>
       <c r="P31" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="Q31" s="18" t="s">
-        <v>44</v>
-[...14 lines deleted...]
-    <row r="32" spans="1:25" x14ac:dyDescent="0.2">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="32" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A32" s="17" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="B32" s="28">
         <v>1168160</v>
       </c>
       <c r="C32" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="28" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="E32" s="18" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="F32" s="24">
         <v>300871.88500000001</v>
       </c>
       <c r="G32" s="24">
         <v>60174377</v>
       </c>
       <c r="H32" s="19" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="I32" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K32" s="18" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="L32" s="32" t="s">
         <v>15</v>
       </c>
       <c r="M32" s="18" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="N32" s="18">
         <v>20210609</v>
       </c>
       <c r="Q32" s="18" t="s">
-        <v>44</v>
-[...17 lines deleted...]
-    <row r="33" spans="1:25" x14ac:dyDescent="0.2">
+        <v>43</v>
+      </c>
+      <c r="S32" s="18" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="33" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A33" s="17" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="B33" s="28">
         <v>1183930</v>
       </c>
       <c r="C33" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D33" s="28" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="E33" s="18" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="F33" s="24">
-        <v>16262247.68</v>
+        <v>18004631.359999999</v>
       </c>
       <c r="G33" s="24">
         <v>58079456</v>
       </c>
       <c r="H33" s="19" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="I33" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K33" s="18" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L33" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N33" s="18">
         <v>20220207</v>
       </c>
       <c r="Q33" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U33" s="34">
+        <v>297422</v>
       </c>
       <c r="V33" s="34">
-        <v>779718</v>
-[...11 lines deleted...]
-    <row r="34" spans="1:25" x14ac:dyDescent="0.2">
+        <v>90007.5</v>
+      </c>
+      <c r="W33" s="20">
+        <v>53</v>
+      </c>
+      <c r="X33" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="34" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A34" s="17" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="B34" s="28">
         <v>1023715</v>
       </c>
       <c r="C34" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D34" s="28" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="E34" s="18" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="F34" s="24">
-        <v>1530603.2749999999</v>
+        <v>1224482.6200000001</v>
       </c>
       <c r="G34" s="24">
         <v>61224131</v>
       </c>
       <c r="H34" s="19" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="I34" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K34" s="18" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L34" s="32" t="s">
         <v>33</v>
       </c>
       <c r="P34" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
+      </c>
+      <c r="U34" s="34">
+        <v>35000</v>
       </c>
       <c r="V34" s="34">
-        <v>3044290</v>
-[...11 lines deleted...]
-    <row r="35" spans="1:25" x14ac:dyDescent="0.2">
+        <v>785</v>
+      </c>
+      <c r="W34" s="20">
+        <v>5</v>
+      </c>
+      <c r="X34" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="35" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A35" s="17" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="B35" s="28">
         <v>1185085</v>
       </c>
       <c r="C35" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D35" s="28" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="E35" s="18" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="F35" s="24">
-        <v>42740417.5</v>
+        <v>51288501</v>
       </c>
       <c r="G35" s="24">
         <v>34192334</v>
       </c>
       <c r="H35" s="19" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="I35" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K35" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L35" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N35" s="18">
         <v>20221123</v>
       </c>
       <c r="Q35" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U35" s="34">
+        <v>653613</v>
       </c>
       <c r="V35" s="34">
-        <v>6513791</v>
-[...11 lines deleted...]
-    <row r="36" spans="1:25" x14ac:dyDescent="0.2">
+        <v>873382</v>
+      </c>
+      <c r="W35" s="20">
+        <v>155</v>
+      </c>
+      <c r="X35" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A36" s="17" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="B36" s="28">
         <v>1159325</v>
       </c>
       <c r="C36" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D36" s="28" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="E36" s="18" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="F36" s="24">
-        <v>16021525.984999999</v>
+        <v>18549071.385000002</v>
       </c>
       <c r="G36" s="24">
-        <v>188488541</v>
+        <v>195253383</v>
       </c>
       <c r="H36" s="19" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I36" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K36" s="18" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="L36" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N36" s="18">
         <v>20141127</v>
       </c>
       <c r="P36" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="Q36" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U36" s="34">
+        <v>1745420</v>
       </c>
       <c r="V36" s="34">
-        <v>70854642</v>
-[...11 lines deleted...]
-    <row r="37" spans="1:25" x14ac:dyDescent="0.2">
+        <v>161488.5</v>
+      </c>
+      <c r="W36" s="20">
+        <v>320</v>
+      </c>
+      <c r="X36" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A37" s="17" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="B37" s="28">
         <v>1181706</v>
       </c>
       <c r="C37" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D37" s="28" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="E37" s="18" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="F37" s="24">
-        <v>168895989.56999999</v>
+        <v>182154093.56</v>
       </c>
       <c r="G37" s="24">
-        <v>47309801</v>
+        <v>49633268</v>
       </c>
       <c r="H37" s="19" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="I37" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K37" s="18" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="L37" s="32" t="s">
         <v>15</v>
       </c>
       <c r="M37" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N37" s="18">
         <v>20221201</v>
       </c>
       <c r="P37" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="Q37" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="S37" s="18" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>229</v>
+      </c>
+      <c r="U37" s="34">
+        <v>3837153</v>
       </c>
       <c r="V37" s="34">
-        <v>41338374</v>
-[...11 lines deleted...]
-    <row r="38" spans="1:25" x14ac:dyDescent="0.2">
+        <v>15136163.5</v>
+      </c>
+      <c r="W37" s="20">
+        <v>8297</v>
+      </c>
+      <c r="X37" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="38" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A38" s="17" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="B38" s="28">
         <v>1023533</v>
       </c>
       <c r="C38" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D38" s="28" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="E38" s="18" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="F38" s="24">
-        <v>413382</v>
+        <v>465054.75</v>
       </c>
       <c r="G38" s="24">
         <v>10334550</v>
       </c>
       <c r="H38" s="19" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="I38" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K38" s="18" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="L38" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="18" t="s">
         <v>37</v>
       </c>
       <c r="N38" s="18">
         <v>20140630</v>
       </c>
+      <c r="U38" s="34">
+        <v>3000</v>
+      </c>
       <c r="V38" s="34">
-        <v>57484</v>
-[...11 lines deleted...]
-    <row r="39" spans="1:25" x14ac:dyDescent="0.2">
+        <v>135</v>
+      </c>
+      <c r="W38" s="20">
+        <v>3</v>
+      </c>
+      <c r="X38" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="39" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A39" s="17" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="B39" s="28">
         <v>1083979</v>
       </c>
       <c r="C39" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D39" s="28" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="E39" s="18" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="F39" s="24">
-        <v>10524800.199999999</v>
+        <v>14426131.48</v>
       </c>
       <c r="G39" s="24">
-        <v>52624001</v>
+        <v>54438232</v>
       </c>
       <c r="H39" s="19" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="I39" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K39" s="18" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="L39" s="32" t="s">
         <v>33</v>
       </c>
       <c r="Q39" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U39" s="34">
+        <v>358705</v>
       </c>
       <c r="V39" s="34">
-        <v>6785739</v>
-[...11 lines deleted...]
-    <row r="40" spans="1:25" x14ac:dyDescent="0.2">
+        <v>94003</v>
+      </c>
+      <c r="W39" s="20">
+        <v>72</v>
+      </c>
+      <c r="X39" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="40" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A40" s="17" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="B40" s="28">
         <v>1180325</v>
       </c>
       <c r="C40" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D40" s="28" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="E40" s="18" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="F40" s="24">
-        <v>435495.79499999998</v>
+        <v>870991.59</v>
       </c>
       <c r="G40" s="24">
         <v>87099159</v>
       </c>
       <c r="H40" s="19" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="I40" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K40" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L40" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N40" s="18">
         <v>20201006</v>
       </c>
       <c r="P40" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="Q40" s="18" t="s">
-        <v>44</v>
-[...14 lines deleted...]
-    <row r="41" spans="1:25" x14ac:dyDescent="0.2">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="41" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A41" s="17" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="B41" s="28">
         <v>1090436</v>
       </c>
       <c r="C41" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D41" s="28" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="E41" s="18" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="F41" s="24">
-        <v>5857129.7750000004</v>
+        <v>7263862.5999999996</v>
       </c>
       <c r="G41" s="24">
-        <v>167346565</v>
+        <v>181596565</v>
       </c>
       <c r="H41" s="19" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I41" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K41" s="18" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L41" s="32" t="s">
         <v>33</v>
       </c>
       <c r="P41" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="Q41" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U41" s="34">
+        <v>4650368</v>
       </c>
       <c r="V41" s="34">
-        <v>20352059</v>
-[...11 lines deleted...]
-    <row r="42" spans="1:25" x14ac:dyDescent="0.2">
+        <v>179957.5</v>
+      </c>
+      <c r="W41" s="20">
+        <v>146</v>
+      </c>
+      <c r="X41" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="42" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A42" s="17" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="B42" s="28">
         <v>1184550</v>
       </c>
       <c r="C42" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D42" s="28" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="E42" s="18" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="F42" s="24">
-        <v>5306721.72</v>
+        <v>4422268.0999999996</v>
       </c>
       <c r="G42" s="24">
         <v>176890724</v>
       </c>
       <c r="H42" s="19" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="I42" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K42" s="18" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="L42" s="32" t="s">
         <v>15</v>
       </c>
       <c r="M42" s="18" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="N42" s="18">
         <v>20210604</v>
       </c>
-      <c r="T42" s="18" t="s">
-        <v>399</v>
+      <c r="S42" s="18" t="s">
+        <v>395</v>
+      </c>
+      <c r="U42" s="34">
+        <v>57280</v>
       </c>
       <c r="V42" s="34">
-        <v>3397025</v>
-[...11 lines deleted...]
-    <row r="43" spans="1:25" x14ac:dyDescent="0.2">
+        <v>1510</v>
+      </c>
+      <c r="W42" s="20">
+        <v>13</v>
+      </c>
+      <c r="X42" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="43" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A43" s="17" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="B43" s="28">
         <v>1183195</v>
       </c>
       <c r="C43" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D43" s="28" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="E43" s="18" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="F43" s="24">
-        <v>5789083.7400000002</v>
+        <v>6271507.3849999998</v>
       </c>
       <c r="G43" s="24">
         <v>96484729</v>
       </c>
       <c r="H43" s="19" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="I43" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K43" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L43" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M43" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N43" s="18">
         <v>20201214</v>
       </c>
       <c r="Q43" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U43" s="34">
+        <v>1596724</v>
       </c>
       <c r="V43" s="34">
-        <v>1331487</v>
-[...11 lines deleted...]
-    <row r="44" spans="1:25" x14ac:dyDescent="0.2">
+        <v>90116</v>
+      </c>
+      <c r="W43" s="20">
+        <v>70</v>
+      </c>
+      <c r="X43" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="44" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A44" s="17" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="B44" s="28">
         <v>1178321</v>
       </c>
       <c r="C44" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D44" s="28" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="E44" s="18" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="F44" s="24">
-        <v>2462616.13</v>
+        <v>1515456.08</v>
       </c>
       <c r="G44" s="24">
         <v>37886402</v>
       </c>
       <c r="H44" s="19" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I44" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J44" s="18" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="K44" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L44" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M44" s="18" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="N44" s="18">
         <v>20180502</v>
       </c>
       <c r="P44" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
+      </c>
+      <c r="U44" s="34">
+        <v>502974</v>
       </c>
       <c r="V44" s="34">
-        <v>6891855</v>
-[...11 lines deleted...]
-    <row r="45" spans="1:25" x14ac:dyDescent="0.2">
+        <v>19965.5</v>
+      </c>
+      <c r="W44" s="20">
+        <v>97</v>
+      </c>
+      <c r="X44" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="45" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A45" s="17" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B45" s="28">
         <v>1144260</v>
       </c>
       <c r="C45" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D45" s="28" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="E45" s="18" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="F45" s="24">
-        <v>47275868.640000001</v>
+        <v>67166803.540000007</v>
       </c>
       <c r="G45" s="24">
-        <v>121220176</v>
+        <v>126729818</v>
       </c>
       <c r="H45" s="19" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="I45" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K45" s="18" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="L45" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M45" s="18" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="N45" s="18">
         <v>20230301</v>
       </c>
       <c r="Q45" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U45" s="34">
+        <v>1856294</v>
       </c>
       <c r="V45" s="34">
-        <v>11683099</v>
-[...11 lines deleted...]
-    <row r="46" spans="1:25" x14ac:dyDescent="0.2">
+        <v>831719</v>
+      </c>
+      <c r="W45" s="20">
+        <v>615</v>
+      </c>
+      <c r="X45" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="46" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A46" s="17" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="B46" s="28">
         <v>1182517</v>
       </c>
       <c r="C46" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D46" s="28" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="E46" s="18" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="F46" s="24">
-        <v>8410649.7449999992</v>
+        <v>7830604.9349999996</v>
       </c>
       <c r="G46" s="24">
         <v>58004481</v>
       </c>
       <c r="H46" s="19" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I46" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K46" s="18" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="L46" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M46" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N46" s="18">
         <v>20210712</v>
       </c>
       <c r="P46" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="Q46" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U46" s="34">
+        <v>1438049</v>
       </c>
       <c r="V46" s="34">
-        <v>15316424</v>
-[...11 lines deleted...]
-    <row r="47" spans="1:25" x14ac:dyDescent="0.2">
+        <v>193016.5</v>
+      </c>
+      <c r="W46" s="20">
+        <v>121</v>
+      </c>
+      <c r="X46" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="47" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A47" s="17" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="B47" s="28">
         <v>1133312</v>
       </c>
       <c r="C47" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D47" s="28" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="E47" s="18" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="F47" s="24">
-        <v>14089022.550000001</v>
+        <v>12106123.08</v>
       </c>
       <c r="G47" s="24">
         <v>10436313</v>
       </c>
       <c r="H47" s="19" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I47" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K47" s="18" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L47" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M47" s="18" t="s">
         <v>37</v>
       </c>
       <c r="N47" s="18">
         <v>20100329</v>
       </c>
+      <c r="U47" s="34">
+        <v>41324</v>
+      </c>
       <c r="V47" s="34">
-        <v>518916</v>
-[...11 lines deleted...]
-    <row r="48" spans="1:25" x14ac:dyDescent="0.2">
+        <v>48888</v>
+      </c>
+      <c r="W47" s="20">
+        <v>40</v>
+      </c>
+      <c r="X47" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="48" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A48" s="17" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="B48" s="28">
         <v>1044237</v>
       </c>
       <c r="C48" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D48" s="28" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="E48" s="18" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="F48" s="24">
-        <v>56873029.649999999</v>
+        <v>49289959.030000001</v>
       </c>
       <c r="G48" s="24">
         <v>758307062</v>
       </c>
       <c r="H48" s="19" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="I48" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="K48" s="18" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="L48" s="32" t="s">
         <v>33</v>
       </c>
+      <c r="U48" s="34">
+        <v>650732</v>
+      </c>
       <c r="V48" s="34">
-        <v>13467502</v>
-[...11 lines deleted...]
-    <row r="49" spans="1:25" x14ac:dyDescent="0.2">
+        <v>43863</v>
+      </c>
+      <c r="W48" s="20">
+        <v>155</v>
+      </c>
+      <c r="X48" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="49" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A49" s="17" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="B49" s="28">
         <v>1085717</v>
       </c>
       <c r="C49" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D49" s="28" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="E49" s="18" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="F49" s="24">
-        <v>18036277.27</v>
+        <v>21315600.41</v>
       </c>
       <c r="G49" s="24">
         <v>327932314</v>
       </c>
       <c r="H49" s="19" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="I49" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K49" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L49" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M49" s="18" t="s">
         <v>35</v>
       </c>
       <c r="N49" s="18">
         <v>20080212</v>
       </c>
+      <c r="U49" s="34">
+        <v>1497568</v>
+      </c>
       <c r="V49" s="34">
-        <v>29630907</v>
-[...11 lines deleted...]
-    <row r="50" spans="1:25" x14ac:dyDescent="0.2">
+        <v>88102.5</v>
+      </c>
+      <c r="W49" s="20">
+        <v>112</v>
+      </c>
+      <c r="X49" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="50" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A50" s="17" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="B50" s="28">
         <v>1155750</v>
       </c>
       <c r="C50" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D50" s="28" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="E50" s="18" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="F50" s="24">
-        <v>6600708.79</v>
+        <v>7870075.8650000002</v>
       </c>
       <c r="G50" s="24">
         <v>50774683</v>
       </c>
       <c r="H50" s="19" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="I50" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K50" s="18" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="L50" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M50" s="18" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="N50" s="18">
         <v>20210428</v>
       </c>
       <c r="Q50" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U50" s="34">
+        <v>562622</v>
       </c>
       <c r="V50" s="34">
-        <v>6306587</v>
-[...11 lines deleted...]
-    <row r="51" spans="1:25" x14ac:dyDescent="0.2">
+        <v>85209</v>
+      </c>
+      <c r="W50" s="20">
+        <v>112</v>
+      </c>
+      <c r="X50" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="51" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A51" s="17" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="B51" s="28">
         <v>1186855</v>
       </c>
       <c r="C51" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D51" s="28" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="E51" s="18" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="F51" s="24">
-        <v>29795542.199999999</v>
+        <v>46512224.18</v>
       </c>
       <c r="G51" s="24">
-        <v>49659237</v>
+        <v>62854357</v>
       </c>
       <c r="H51" s="19" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I51" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J51" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="K51" s="18" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="L51" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M51" s="18" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="N51" s="18">
         <v>20221111</v>
       </c>
       <c r="P51" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
+      </c>
+      <c r="U51" s="34">
+        <v>3000510</v>
       </c>
       <c r="V51" s="34">
-        <v>3237717</v>
-[...11 lines deleted...]
-    <row r="52" spans="1:25" x14ac:dyDescent="0.2">
+        <v>2296877</v>
+      </c>
+      <c r="W51" s="20">
+        <v>1109</v>
+      </c>
+      <c r="X51" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="52" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A52" s="17" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="B52" s="28">
         <v>1179315</v>
       </c>
       <c r="C52" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D52" s="28" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="E52" s="18" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="F52" s="24">
-        <v>19683067.16</v>
+        <v>20507899.805</v>
       </c>
       <c r="G52" s="24">
-        <v>115782748</v>
+        <v>132309031</v>
       </c>
       <c r="H52" s="19" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="I52" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K52" s="18" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="L52" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M52" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N52" s="18">
         <v>20190613</v>
       </c>
       <c r="P52" s="18" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="Q52" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U52" s="34">
+        <v>978101</v>
       </c>
       <c r="V52" s="34">
-        <v>20642386</v>
-[...11 lines deleted...]
-    <row r="53" spans="1:25" x14ac:dyDescent="0.2">
+        <v>165000.5</v>
+      </c>
+      <c r="W52" s="20">
+        <v>293</v>
+      </c>
+      <c r="X52" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="53" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A53" s="17" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="B53" s="28">
         <v>1182050</v>
       </c>
       <c r="C53" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D53" s="28" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="E53" s="18" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="F53" s="24">
         <v>570695.41</v>
       </c>
       <c r="G53" s="24">
         <v>57069541</v>
       </c>
       <c r="H53" s="19" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I53" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K53" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L53" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M53" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N53" s="18">
         <v>20230418</v>
       </c>
       <c r="Q53" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U53" s="34">
+        <v>155375</v>
       </c>
       <c r="V53" s="34">
-        <v>4609700</v>
-[...11 lines deleted...]
-    <row r="54" spans="1:25" x14ac:dyDescent="0.2">
+        <v>1534</v>
+      </c>
+      <c r="W53" s="20">
+        <v>21</v>
+      </c>
+      <c r="X53" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="54" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A54" s="17" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="B54" s="28">
         <v>1182720</v>
       </c>
       <c r="C54" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D54" s="28" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="E54" s="18" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="F54" s="24">
-        <v>437674818.35000002</v>
+        <v>436940294.07999998</v>
       </c>
       <c r="G54" s="24">
-        <v>73558793</v>
+        <v>80319907</v>
       </c>
       <c r="H54" s="19" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I54" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K54" s="18" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L54" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M54" s="18" t="s">
         <v>35</v>
       </c>
       <c r="N54" s="18">
         <v>20190313</v>
       </c>
+      <c r="O54" s="18" t="s">
+        <v>67</v>
+      </c>
       <c r="P54" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="R54" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U54" s="34">
+        <v>2684967</v>
       </c>
       <c r="V54" s="34">
-        <v>23082328</v>
-[...11 lines deleted...]
-    <row r="55" spans="1:25" x14ac:dyDescent="0.2">
+        <v>19271487.5</v>
+      </c>
+      <c r="W54" s="20">
+        <v>8855</v>
+      </c>
+      <c r="X54" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="55" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A55" s="17" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="B55" s="28">
         <v>1183535</v>
       </c>
       <c r="C55" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D55" s="28" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="E55" s="18" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="F55" s="24">
-        <v>23027613.920000002</v>
+        <v>27308791.695</v>
       </c>
       <c r="G55" s="24">
-        <v>56164912</v>
+        <v>56306787</v>
       </c>
       <c r="H55" s="19" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="I55" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K55" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L55" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M55" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N55" s="18">
         <v>20200706</v>
       </c>
       <c r="Q55" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U55" s="34">
+        <v>1243936</v>
       </c>
       <c r="V55" s="34">
-        <v>24920214</v>
-[...11 lines deleted...]
-    <row r="56" spans="1:25" x14ac:dyDescent="0.2">
+        <v>635477.5</v>
+      </c>
+      <c r="W55" s="20">
+        <v>316</v>
+      </c>
+      <c r="X55" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="56" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A56" s="17" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="B56" s="28">
         <v>1185080</v>
       </c>
       <c r="C56" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D56" s="28" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="E56" s="18" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="F56" s="24">
         <v>16980000</v>
       </c>
       <c r="G56" s="24">
         <v>84900000</v>
       </c>
       <c r="H56" s="19" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I56" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K56" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="L56" s="32" t="s">
         <v>41</v>
       </c>
-      <c r="L56" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M56" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N56" s="18">
         <v>20251027</v>
       </c>
       <c r="Q56" s="18" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="T56" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="U56" s="34">
+        <v>9000</v>
       </c>
       <c r="V56" s="34">
-        <v>66000</v>
-[...11 lines deleted...]
-    <row r="57" spans="1:25" x14ac:dyDescent="0.2">
+        <v>1650</v>
+      </c>
+      <c r="W56" s="20">
+        <v>3</v>
+      </c>
+      <c r="X56" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="57" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A57" s="17" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="B57" s="28">
         <v>1183620</v>
       </c>
       <c r="C57" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D57" s="28" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="E57" s="18" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="F57" s="24">
         <v>866326.51500000001</v>
       </c>
       <c r="G57" s="24">
         <v>173265303</v>
       </c>
       <c r="H57" s="19" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="I57" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K57" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L57" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M57" s="18" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="N57" s="18">
         <v>20200504</v>
       </c>
-      <c r="V57" s="34">
-[...12 lines deleted...]
-    <row r="58" spans="1:25" x14ac:dyDescent="0.2">
+    </row>
+    <row r="58" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A58" s="17" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="B58" s="28">
         <v>1176461</v>
       </c>
       <c r="C58" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D58" s="28" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="E58" s="18" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="F58" s="24">
-        <v>26194275.600000001</v>
+        <v>24011419.300000001</v>
       </c>
       <c r="G58" s="24">
         <v>87314252</v>
       </c>
       <c r="H58" s="19" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="I58" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="K58" s="18" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="L58" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M58" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N58" s="18">
         <v>20161107</v>
       </c>
       <c r="P58" s="18" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="Q58" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U58" s="34">
+        <v>210543</v>
       </c>
       <c r="V58" s="34">
-        <v>3881895</v>
-[...11 lines deleted...]
-    <row r="59" spans="1:25" x14ac:dyDescent="0.2">
+        <v>59420</v>
+      </c>
+      <c r="W58" s="20">
+        <v>78</v>
+      </c>
+      <c r="X58" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="59" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A59" s="17" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="B59" s="28">
         <v>1183020</v>
       </c>
       <c r="C59" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D59" s="28" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="E59" s="18" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="F59" s="24">
-        <v>9081427.2799999993</v>
+        <v>7946248.8700000001</v>
       </c>
       <c r="G59" s="24">
         <v>227035682</v>
       </c>
       <c r="H59" s="19" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="I59" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K59" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L59" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M59" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N59" s="18">
         <v>20211104</v>
       </c>
       <c r="Q59" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U59" s="34">
+        <v>145749</v>
       </c>
       <c r="V59" s="34">
-        <v>26825700</v>
-[...11 lines deleted...]
-    <row r="60" spans="1:25" x14ac:dyDescent="0.2">
+        <v>4593.5</v>
+      </c>
+      <c r="W59" s="20">
+        <v>39</v>
+      </c>
+      <c r="X59" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="60" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A60" s="17" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="B60" s="28">
         <v>1154680</v>
       </c>
       <c r="C60" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D60" s="28" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="E60" s="18" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="F60" s="24">
-        <v>58208285.100000001</v>
+        <v>59849687.700000003</v>
       </c>
       <c r="G60" s="24">
-        <v>83154693</v>
+        <v>90681345</v>
       </c>
       <c r="H60" s="19" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I60" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K60" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="L60" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="M60" s="18" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="N60" s="18">
         <v>20220622</v>
       </c>
       <c r="P60" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="Q60" s="18" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="T60" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="U60" s="34">
+        <v>256701</v>
       </c>
       <c r="V60" s="34">
-        <v>9708007</v>
-[...11 lines deleted...]
-    <row r="61" spans="1:25" x14ac:dyDescent="0.2">
+        <v>169645.5</v>
+      </c>
+      <c r="W60" s="20">
+        <v>152</v>
+      </c>
+      <c r="X60" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="61" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A61" s="17" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="B61" s="28">
         <v>1181345</v>
       </c>
       <c r="C61" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D61" s="28" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="E61" s="18" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="F61" s="24">
-        <v>84255441.969999999</v>
+        <v>74928521.480000004</v>
       </c>
       <c r="G61" s="24">
-        <v>125754391</v>
+        <v>129187106</v>
       </c>
       <c r="H61" s="19" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="I61" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K61" s="18" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L61" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M61" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N61" s="18">
         <v>20210903</v>
       </c>
       <c r="P61" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="Q61" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U61" s="34">
+        <v>603962</v>
       </c>
       <c r="V61" s="34">
-        <v>10068446</v>
-[...11 lines deleted...]
-    <row r="62" spans="1:25" x14ac:dyDescent="0.2">
+        <v>361988</v>
+      </c>
+      <c r="W61" s="20">
+        <v>494</v>
+      </c>
+      <c r="X61" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="62" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A62" s="17" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="B62" s="28">
         <v>26185</v>
       </c>
       <c r="C62" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D62" s="28" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="E62" s="18" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="F62" s="24">
-        <v>21159029.09</v>
+        <v>34091360.159999996</v>
       </c>
       <c r="G62" s="24">
-        <v>111363311</v>
+        <v>131120616</v>
       </c>
       <c r="H62" s="19" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="I62" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K62" s="18" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L62" s="32" t="s">
         <v>15</v>
       </c>
       <c r="M62" s="18" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="N62" s="18">
         <v>20200706</v>
       </c>
-      <c r="T62" s="18" t="s">
-        <v>243</v>
+      <c r="S62" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="U62" s="34">
+        <v>2797548</v>
       </c>
       <c r="V62" s="34">
-        <v>21959755</v>
-[...11 lines deleted...]
-    <row r="63" spans="1:25" x14ac:dyDescent="0.2">
+        <v>850510</v>
+      </c>
+      <c r="W62" s="20">
+        <v>825</v>
+      </c>
+      <c r="X62" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="63" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A63" s="17" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="B63" s="28">
         <v>1180557</v>
       </c>
       <c r="C63" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D63" s="28" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="E63" s="18" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="F63" s="24">
-        <v>6574008</v>
+        <v>16910432.460000001</v>
       </c>
       <c r="G63" s="24">
-        <v>187828800</v>
+        <v>187893694</v>
       </c>
       <c r="H63" s="19" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I63" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J63" s="18" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="K63" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L63" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M63" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N63" s="18">
         <v>20190118</v>
       </c>
       <c r="Q63" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U63" s="34">
+        <v>2973390</v>
       </c>
       <c r="V63" s="34">
-        <v>16210900</v>
-[...11 lines deleted...]
-    <row r="64" spans="1:25" x14ac:dyDescent="0.2">
+        <v>351407</v>
+      </c>
+      <c r="W63" s="20">
+        <v>441</v>
+      </c>
+      <c r="X63" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="64" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A64" s="17" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="B64" s="28">
         <v>1186330</v>
       </c>
       <c r="C64" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D64" s="28" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="E64" s="18" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="F64" s="24">
-        <v>71373480.189999998</v>
+        <v>79207154.844999999</v>
       </c>
       <c r="G64" s="24">
         <v>174081659</v>
       </c>
       <c r="H64" s="19" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="I64" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K64" s="18" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="L64" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M64" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N64" s="18">
         <v>20240611</v>
       </c>
       <c r="Q64" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U64" s="34">
+        <v>1790448</v>
       </c>
       <c r="V64" s="34">
-        <v>10645449</v>
-[...11 lines deleted...]
-    <row r="65" spans="1:25" x14ac:dyDescent="0.2">
+        <v>794393.5</v>
+      </c>
+      <c r="W64" s="20">
+        <v>417</v>
+      </c>
+      <c r="X64" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="65" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A65" s="17" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="B65" s="28">
         <v>1180600</v>
       </c>
       <c r="C65" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D65" s="28" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="E65" s="18" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="F65" s="24">
-        <v>1110283.02</v>
+        <v>1387853.7749999999</v>
       </c>
       <c r="G65" s="24">
         <v>55514151</v>
       </c>
       <c r="H65" s="19" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="I65" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K65" s="18" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="L65" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M65" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N65" s="18">
         <v>20200303</v>
       </c>
       <c r="Q65" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U65" s="34">
+        <v>313598</v>
       </c>
       <c r="V65" s="34">
-        <v>10432923</v>
-[...11 lines deleted...]
-    <row r="66" spans="1:25" x14ac:dyDescent="0.2">
+        <v>7733</v>
+      </c>
+      <c r="W65" s="20">
+        <v>43</v>
+      </c>
+      <c r="X65" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="66" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A66" s="17" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="B66" s="28">
         <v>1023065</v>
       </c>
       <c r="C66" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D66" s="28" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="E66" s="18" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="F66" s="24">
         <v>5919523.6449999996</v>
       </c>
       <c r="G66" s="24">
         <v>169129247</v>
       </c>
       <c r="H66" s="19" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I66" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K66" s="18" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="L66" s="32" t="s">
         <v>33</v>
       </c>
       <c r="N66" s="18">
         <v>20020805</v>
       </c>
+      <c r="U66" s="34">
+        <v>329228</v>
+      </c>
       <c r="V66" s="34">
-        <v>7331636</v>
-[...11 lines deleted...]
-    <row r="67" spans="1:25" x14ac:dyDescent="0.2">
+        <v>12046.5</v>
+      </c>
+      <c r="W66" s="20">
+        <v>46</v>
+      </c>
+      <c r="X66" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="67" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A67" s="17" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="B67" s="28">
         <v>1183526</v>
       </c>
       <c r="C67" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D67" s="28" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="E67" s="18" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="F67" s="24">
-        <v>2537764.6800000002</v>
+        <v>3806647.02</v>
       </c>
       <c r="G67" s="24">
         <v>21148039</v>
       </c>
       <c r="H67" s="19" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="I67" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K67" s="18" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L67" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M67" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N67" s="18">
         <v>20210401</v>
       </c>
       <c r="Q67" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U67" s="34">
+        <v>654528</v>
       </c>
       <c r="V67" s="34">
-        <v>47849859</v>
-[...11 lines deleted...]
-    <row r="68" spans="1:25" x14ac:dyDescent="0.2">
+        <v>87684</v>
+      </c>
+      <c r="W67" s="20">
+        <v>200</v>
+      </c>
+      <c r="X67" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="68" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A68" s="17" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B68" s="28">
         <v>1184075</v>
       </c>
       <c r="C68" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D68" s="28" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="E68" s="18" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="F68" s="24">
-        <v>30900854.66</v>
+        <v>30229096.949999999</v>
       </c>
       <c r="G68" s="24">
         <v>67175771</v>
       </c>
       <c r="H68" s="19" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I68" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J68" s="18" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="K68" s="18" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L68" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M68" s="18" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="N68" s="18">
         <v>20200922</v>
       </c>
       <c r="P68" s="18" t="s">
-        <v>48</v>
+        <v>47</v>
+      </c>
+      <c r="U68" s="34">
+        <v>1288798</v>
       </c>
       <c r="V68" s="34">
-        <v>14985883</v>
-[...11 lines deleted...]
-    <row r="69" spans="1:25" x14ac:dyDescent="0.2">
+        <v>608973.5</v>
+      </c>
+      <c r="W68" s="20">
+        <v>399</v>
+      </c>
+      <c r="X68" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="69" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A69" s="17" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="B69" s="28">
         <v>1185570</v>
       </c>
       <c r="C69" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D69" s="28" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="E69" s="18" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="F69" s="24">
-        <v>12009543.215</v>
+        <v>13595709.300000001</v>
       </c>
       <c r="G69" s="24">
         <v>45319031</v>
       </c>
       <c r="H69" s="19" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="I69" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K69" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="L69" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="M69" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N69" s="18">
         <v>20250904</v>
       </c>
       <c r="Q69" s="18" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="T69" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="U69" s="34">
+        <v>86645</v>
       </c>
       <c r="V69" s="34">
-        <v>974263</v>
-[...11 lines deleted...]
-    <row r="70" spans="1:25" x14ac:dyDescent="0.2">
+        <v>21099</v>
+      </c>
+      <c r="W69" s="20">
+        <v>35</v>
+      </c>
+      <c r="X69" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="70" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A70" s="17" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="B70" s="28">
         <v>1187390</v>
       </c>
       <c r="C70" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D70" s="28" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="E70" s="18" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="F70" s="24">
-        <v>118535538.15000001</v>
+        <v>72031272</v>
       </c>
       <c r="G70" s="24">
-        <v>30008997</v>
+        <v>30013030</v>
       </c>
       <c r="H70" s="19" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I70" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K70" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L70" s="32" t="s">
         <v>15</v>
       </c>
       <c r="M70" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N70" s="18">
         <v>20241220</v>
       </c>
       <c r="Q70" s="18" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>421</v>
+        <v>43</v>
+      </c>
+      <c r="S70" s="18" t="s">
+        <v>417</v>
+      </c>
+      <c r="U70" s="34">
+        <v>1387</v>
       </c>
       <c r="V70" s="34">
-        <v>214902</v>
-[...11 lines deleted...]
-    <row r="71" spans="1:25" x14ac:dyDescent="0.2">
+        <v>2799.5</v>
+      </c>
+      <c r="W70" s="20">
+        <v>13</v>
+      </c>
+      <c r="X70" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="71" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A71" s="17" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="B71" s="28">
         <v>1153040</v>
       </c>
       <c r="C71" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D71" s="28" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="E71" s="18" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="F71" s="24">
-        <v>5021523.5999999996</v>
+        <v>4519371.24</v>
       </c>
       <c r="G71" s="24">
         <v>100430472</v>
       </c>
       <c r="H71" s="19" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I71" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K71" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L71" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M71" s="18" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="N71" s="18">
         <v>20160913</v>
       </c>
       <c r="P71" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="Q71" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U71" s="34">
+        <v>722322</v>
       </c>
       <c r="V71" s="34">
-        <v>12674008</v>
-[...11 lines deleted...]
-    <row r="72" spans="1:25" x14ac:dyDescent="0.2">
+        <v>33943.5</v>
+      </c>
+      <c r="W71" s="20">
+        <v>65</v>
+      </c>
+      <c r="X71" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="72" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A72" s="17" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="B72" s="28">
         <v>1074384</v>
       </c>
       <c r="C72" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D72" s="28" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="E72" s="18" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="F72" s="24">
-        <v>38405957.195</v>
+        <v>64264583.5</v>
       </c>
       <c r="G72" s="24">
-        <v>247780369</v>
+        <v>257058334</v>
       </c>
       <c r="H72" s="19" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="I72" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K72" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L72" s="32" t="s">
         <v>33</v>
       </c>
       <c r="P72" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
+      </c>
+      <c r="U72" s="34">
+        <v>5203462</v>
       </c>
       <c r="V72" s="34">
-        <v>25029769</v>
-[...11 lines deleted...]
-    <row r="73" spans="1:25" x14ac:dyDescent="0.2">
+        <v>1286371.5</v>
+      </c>
+      <c r="W72" s="20">
+        <v>996</v>
+      </c>
+      <c r="X72" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="73" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A73" s="17" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="B73" s="28">
         <v>1072657</v>
       </c>
       <c r="C73" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D73" s="28" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="E73" s="18" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="F73" s="24">
-        <v>2840357.15</v>
+        <v>3692464.2949999999</v>
       </c>
       <c r="G73" s="24">
         <v>56807143</v>
       </c>
       <c r="H73" s="19" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="I73" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K73" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L73" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M73" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N73" s="18">
         <v>20011217</v>
       </c>
       <c r="P73" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="Q73" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U73" s="34">
+        <v>695155</v>
       </c>
       <c r="V73" s="34">
-        <v>119650973</v>
-[...11 lines deleted...]
-    <row r="74" spans="1:25" x14ac:dyDescent="0.2">
+        <v>46477</v>
+      </c>
+      <c r="W73" s="20">
+        <v>167</v>
+      </c>
+      <c r="X73" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="74" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A74" s="17" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="B74" s="28">
         <v>1183076</v>
       </c>
       <c r="C74" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D74" s="28" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="E74" s="18" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="F74" s="24">
-        <v>33693371.399999999</v>
+        <v>30583214.039999999</v>
       </c>
       <c r="G74" s="24">
         <v>51835956</v>
       </c>
       <c r="H74" s="19" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I74" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K74" s="18" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="L74" s="32" t="s">
         <v>15</v>
       </c>
       <c r="M74" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N74" s="18">
         <v>20220413</v>
       </c>
       <c r="Q74" s="18" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>294</v>
+        <v>43</v>
+      </c>
+      <c r="S74" s="18" t="s">
+        <v>290</v>
+      </c>
+      <c r="U74" s="34">
+        <v>305562</v>
       </c>
       <c r="V74" s="34">
-        <v>5631139</v>
-[...11 lines deleted...]
-    <row r="75" spans="1:25" x14ac:dyDescent="0.2">
+        <v>190348</v>
+      </c>
+      <c r="W74" s="20">
+        <v>80</v>
+      </c>
+      <c r="X74" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="75" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A75" s="17" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="B75" s="28">
         <v>1179605</v>
       </c>
       <c r="C75" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D75" s="28" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="E75" s="18" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="F75" s="24">
-        <v>1564292.58</v>
+        <v>3128585.16</v>
       </c>
       <c r="G75" s="24">
         <v>312858516</v>
       </c>
       <c r="H75" s="19" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="I75" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K75" s="18" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L75" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M75" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N75" s="18">
         <v>20211005</v>
       </c>
       <c r="Q75" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U75" s="34">
+        <v>3592763</v>
       </c>
       <c r="V75" s="34">
-        <v>34378187</v>
-[...11 lines deleted...]
-    <row r="76" spans="1:25" x14ac:dyDescent="0.2">
+        <v>19979</v>
+      </c>
+      <c r="W75" s="20">
+        <v>166</v>
+      </c>
+      <c r="X75" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="76" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A76" s="17" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="B76" s="28">
         <v>1141815</v>
       </c>
       <c r="C76" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D76" s="28" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="E76" s="18" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="F76" s="24">
-        <v>383541.2</v>
+        <v>557762.93999999994</v>
       </c>
       <c r="G76" s="24">
-        <v>2739580</v>
+        <v>3984021</v>
       </c>
       <c r="H76" s="19" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="I76" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K76" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="L76" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="M76" s="18" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="N76" s="18">
         <v>20160310</v>
       </c>
-      <c r="U76" s="18" t="s">
-        <v>44</v>
+      <c r="T76" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="U76" s="34">
+        <v>40447</v>
       </c>
       <c r="V76" s="34">
-        <v>260664</v>
-[...11 lines deleted...]
-    <row r="77" spans="1:25" x14ac:dyDescent="0.2">
+        <v>5486.5</v>
+      </c>
+      <c r="W76" s="20">
+        <v>29</v>
+      </c>
+      <c r="X76" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="77" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A77" s="17" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="B77" s="28">
         <v>1102962</v>
       </c>
       <c r="C77" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D77" s="28" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="E77" s="18" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="F77" s="24">
-        <v>15093360.27</v>
+        <v>21824265.960000001</v>
       </c>
       <c r="G77" s="24">
-        <v>167704003</v>
+        <v>181868883</v>
       </c>
       <c r="H77" s="19" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="I77" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K77" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L77" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M77" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N77" s="18">
         <v>20070926</v>
       </c>
       <c r="Q77" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U77" s="34">
+        <v>2574409</v>
       </c>
       <c r="V77" s="34">
-        <v>37274615</v>
-[...11 lines deleted...]
-    <row r="78" spans="1:25" x14ac:dyDescent="0.2">
+        <v>329023</v>
+      </c>
+      <c r="W77" s="20">
+        <v>401</v>
+      </c>
+      <c r="X77" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="78" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A78" s="17" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="B78" s="28">
         <v>41131</v>
       </c>
       <c r="C78" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D78" s="28" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="E78" s="18" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="F78" s="24">
         <v>1656451.4</v>
       </c>
       <c r="G78" s="24">
         <v>41411285</v>
       </c>
       <c r="H78" s="19" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="I78" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K78" s="18" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L78" s="32" t="s">
         <v>33</v>
       </c>
+      <c r="U78" s="34">
+        <v>164006</v>
+      </c>
       <c r="V78" s="34">
-        <v>1283934</v>
-[...11 lines deleted...]
-    <row r="79" spans="1:25" x14ac:dyDescent="0.2">
+        <v>5755</v>
+      </c>
+      <c r="W78" s="20">
+        <v>16</v>
+      </c>
+      <c r="X78" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="79" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A79" s="17" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="B79" s="28">
         <v>1184135</v>
       </c>
       <c r="C79" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D79" s="28" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="E79" s="18" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
       <c r="F79" s="24">
-        <v>14703392</v>
+        <v>21418672</v>
       </c>
       <c r="G79" s="24">
-        <v>66833600</v>
+        <v>66933350</v>
       </c>
       <c r="H79" s="19" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="I79" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K79" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="L79" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="M79" s="18" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="N79" s="18">
         <v>20250731</v>
       </c>
-      <c r="U79" s="18" t="s">
-        <v>44</v>
+      <c r="T79" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="U79" s="34">
+        <v>201420</v>
       </c>
       <c r="V79" s="34">
-        <v>1486486</v>
-[...11 lines deleted...]
-    <row r="80" spans="1:25" x14ac:dyDescent="0.2">
+        <v>65394</v>
+      </c>
+      <c r="W79" s="20">
+        <v>48</v>
+      </c>
+      <c r="X79" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="80" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A80" s="17" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="B80" s="28">
         <v>1178945</v>
       </c>
       <c r="C80" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D80" s="28" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="E80" s="18" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="F80" s="24">
-        <v>810000</v>
+        <v>1620000</v>
       </c>
       <c r="G80" s="24">
         <v>54000000</v>
       </c>
       <c r="H80" s="19" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I80" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K80" s="18" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L80" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M80" s="18" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="N80" s="18">
         <v>20171027</v>
       </c>
       <c r="Q80" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="U80" s="34">
+        <v>117017</v>
       </c>
       <c r="V80" s="34">
-        <v>1369272</v>
-[...11 lines deleted...]
-    <row r="81" spans="1:25" x14ac:dyDescent="0.2">
+        <v>3081</v>
+      </c>
+      <c r="W80" s="20">
+        <v>22</v>
+      </c>
+      <c r="X80" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="81" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A81" s="17" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="B81" s="28">
         <v>1185040</v>
       </c>
       <c r="C81" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D81" s="28" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="E81" s="18" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="F81" s="24">
-        <v>5917885.2999999998</v>
+        <v>4803930.42</v>
       </c>
       <c r="G81" s="24">
         <v>6962218</v>
       </c>
       <c r="H81" s="19" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I81" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K81" s="18" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="L81" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M81" s="18" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="N81" s="18">
         <v>20211104</v>
       </c>
       <c r="O81" s="18" t="s">
-        <v>68</v>
+        <v>67</v>
+      </c>
+      <c r="U81" s="34">
+        <v>34690</v>
       </c>
       <c r="V81" s="34">
-        <v>1373520</v>
-[...11 lines deleted...]
-    <row r="82" spans="1:25" x14ac:dyDescent="0.2">
+        <v>27088</v>
+      </c>
+      <c r="W81" s="20">
+        <v>57</v>
+      </c>
+      <c r="X81" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="82" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A82" s="17" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="B82" s="28">
         <v>1188400</v>
       </c>
       <c r="C82" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D82" s="28" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="E82" s="18" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="F82" s="24">
-        <v>3925571.2</v>
+        <v>3434874.8</v>
       </c>
       <c r="G82" s="24">
         <v>19627856</v>
       </c>
       <c r="H82" s="19" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="I82" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K82" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="L82" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="M82" s="18" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="N82" s="18">
         <v>20241125</v>
       </c>
+      <c r="U82" s="34">
+        <v>24783</v>
+      </c>
       <c r="V82" s="34">
-        <v>217402</v>
-[...11 lines deleted...]
-    <row r="83" spans="1:25" x14ac:dyDescent="0.2">
+        <v>4552</v>
+      </c>
+      <c r="W82" s="20">
+        <v>9</v>
+      </c>
+      <c r="X82" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="83" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A83" s="17" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="B83" s="28">
         <v>1057709</v>
       </c>
       <c r="C83" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D83" s="28" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="E83" s="18" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="F83" s="24">
-        <v>50704954.299999997</v>
+        <v>51485030.520000003</v>
       </c>
       <c r="G83" s="24">
         <v>78007622</v>
       </c>
       <c r="H83" s="19" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="I83" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J83" s="18" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="K83" s="18" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="L83" s="32" t="s">
         <v>33</v>
       </c>
       <c r="M83" s="18" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="N83" s="18">
         <v>20230619</v>
       </c>
+      <c r="U83" s="34">
+        <v>185153</v>
+      </c>
       <c r="V83" s="34">
-        <v>1974001</v>
-[...8 lines deleted...]
-        <v>11</v>
+        <v>116000.5</v>
+      </c>
+      <c r="W83" s="20">
+        <v>76</v>
+      </c>
+      <c r="X83" s="18">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A10:Y83" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
+  <autoFilter ref="A10:X83" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>TSX LS Issuers November 2025</vt:lpstr>
-      <vt:lpstr>TSXV LS Issuers November 2025</vt:lpstr>
+      <vt:lpstr>TSX LS Issuers January 2026</vt:lpstr>
+      <vt:lpstr>TSXV LS Issuers January 2026</vt:lpstr>
       <vt:lpstr>TSX_2012</vt:lpstr>
       <vt:lpstr>TSXV_2012</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>TSX Group Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>TSX Group Inc.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="{A44787D4-0540-4523-9961-78E4036D8C6D}">
     <vt:lpwstr>{F923EDEE-0537-42CE-BA9F-51E936965D43}</vt:lpwstr>