--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -1,455 +1,454 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2025\09_September 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2025\10_October 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2AF6CFC7-0385-4091-9280-4ED7CDD5ED41}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{88FAB783-8292-4D4A-877A-58D8EED9C894}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="285" windowWidth="25440" windowHeight="15990" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="_CIQHiddenCacheSheet" sheetId="14" state="veryHidden" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="TSXV New Issuers September 2025" sheetId="2" r:id="rId3"/>
+    <sheet name="TSX New Issuers October 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="TSXV New Issuers October 2025" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'TSX New Issuers September 2025'!$A$10:$AZ$235</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'TSXV New Issuers September 2025'!$A$10:$BB$57</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'TSX New Issuers October 2025'!$A$10:$AN$287</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'TSXV New Issuers October 2025'!$A$10:$AX$67</definedName>
     <definedName name="CIQWBGuid" hidden="1">"5a656fc2-e634-467d-ae07-9931c0de23ac"</definedName>
     <definedName name="IQ_ADDIN" hidden="1">"AUTO"</definedName>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_DNTM" hidden="1">700000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
     <definedName name="IQ_LTMMONTH" hidden="1">120000</definedName>
     <definedName name="IQ_MONTH">15000</definedName>
     <definedName name="IQ_MTD" hidden="1">800000</definedName>
     <definedName name="IQ_NAMES_REVISION_DATE_" hidden="1">45719.8028125</definedName>
     <definedName name="IQ_NTM">6000</definedName>
     <definedName name="IQ_QTD" hidden="1">750000</definedName>
     <definedName name="IQ_TODAY" hidden="1">0</definedName>
     <definedName name="IQ_WEEK">50000</definedName>
     <definedName name="IQ_YTD">3000</definedName>
     <definedName name="IQ_YTDMONTH" hidden="1">130000</definedName>
-    <definedName name="TSX_2012">'TSX New Issuers September 2025'!$B$10:$X$10</definedName>
-    <definedName name="TSXV_2012">'TSXV New Issuers September 2025'!$10:$10</definedName>
+    <definedName name="TSX_2012">'TSX New Issuers October 2025'!$B$10:$AA$10</definedName>
+    <definedName name="TSXV_2012">'TSXV New Issuers October 2025'!$10:$10</definedName>
   </definedNames>
   <calcPr calcId="191029" iterateDelta="9.9999999999994451E-4"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F8" i="2" l="1"/>
-  <c r="D8" i="2"/>
+  <c r="D8" i="2" l="1"/>
+  <c r="F8" i="2"/>
+  <c r="C8" i="1"/>
   <c r="E8" i="1"/>
-  <c r="C8" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2917" uniqueCount="1004">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3521" uniqueCount="1197">
   <si>
     <t>Exchange</t>
   </si>
   <si>
     <t>Life Sciences Sub-Sector</t>
   </si>
   <si>
     <t xml:space="preserve">and we are not responsible for any errors or omissions in or your use of, or reliance on, the information provided. </t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Root
 Ticker</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>Listing Type</t>
   </si>
   <si>
     <t>HQ
 Location</t>
   </si>
   <si>
     <t>HQ
 Region</t>
   </si>
   <si>
     <t>TSX 
 Venture 
 Grad</t>
   </si>
   <si>
     <t>Former
 CPC</t>
   </si>
   <si>
+    <t xml:space="preserve">Technology Sub-Sector </t>
+  </si>
+  <si>
     <t xml:space="preserve">Real Estate Sub-Sector </t>
   </si>
   <si>
     <t>Sub
 Sector</t>
   </si>
   <si>
     <t>SP_Type</t>
   </si>
   <si>
     <t>Number of
 Months of 
 Trading Data</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>CPC/
 Former
 CPC</t>
   </si>
   <si>
     <t>USA City</t>
   </si>
   <si>
     <t>Trust</t>
   </si>
   <si>
     <t>Number of
 Months in
 Trading Data</t>
   </si>
   <si>
     <t xml:space="preserve">This information is provided for information purposes only.  Neither TMX Group Limited nor any of its affiliated companies represents, warrants or guarantees the accuracy or completeness of the information contained in this document </t>
   </si>
   <si>
     <t>Real Estate Sub-Sector</t>
   </si>
   <si>
     <t>Sub-Sector</t>
   </si>
   <si>
     <t>Technology Sub-Sector</t>
   </si>
   <si>
+    <t>Cleantech Sub-Sector</t>
+  </si>
+  <si>
+    <t>Clean Technology Primary Industry</t>
+  </si>
+  <si>
     <t>Co_ID</t>
   </si>
   <si>
     <t>Consumer Products &amp; Services
 Sub-Sector</t>
   </si>
   <si>
     <t>PO ID</t>
   </si>
   <si>
     <t>Israel Related</t>
   </si>
   <si>
     <t>Trading on OTC</t>
   </si>
   <si>
+    <t>S&amp;P/TSX Index</t>
+  </si>
+  <si>
     <t>Interlisted I</t>
   </si>
   <si>
     <t>Trading 
 on OTC</t>
   </si>
   <si>
     <t>Listing Date</t>
   </si>
   <si>
     <t>Number of Issuers</t>
   </si>
   <si>
     <t>Total Market Cap (C$)</t>
   </si>
   <si>
     <t>Oil and Gas</t>
   </si>
   <si>
     <t>Gold</t>
   </si>
   <si>
     <t>Silver</t>
   </si>
   <si>
     <t>Copper</t>
   </si>
   <si>
     <t>Nickel</t>
   </si>
   <si>
-    <t>Diamond</t>
-[...1 lines deleted...]
-  <si>
     <t>Molybdenum</t>
   </si>
   <si>
     <t>Platinum/PGM</t>
   </si>
   <si>
     <t>Iron</t>
   </si>
   <si>
     <t>Lead</t>
   </si>
   <si>
     <t>Zinc</t>
   </si>
   <si>
-    <t>Rare Earths</t>
-[...4 lines deleted...]
-  <si>
     <t>Lithium</t>
   </si>
   <si>
     <t>Uranium</t>
   </si>
   <si>
-    <t>Coal</t>
-[...4 lines deleted...]
-  <si>
     <t>Base &amp; Precious Metals</t>
   </si>
   <si>
     <t>Other Properties</t>
   </si>
   <si>
     <t>PROPERTIES and COMMODITIES</t>
   </si>
   <si>
     <t>AFRICA</t>
   </si>
   <si>
     <t>AUS/NZ/PNG</t>
   </si>
   <si>
     <t>CANADA</t>
   </si>
   <si>
     <t>ASIA</t>
   </si>
   <si>
     <t>LATIN AMERICA</t>
   </si>
   <si>
-    <t>OTHER</t>
-[...1 lines deleted...]
-  <si>
     <t>UK/EUROPE</t>
   </si>
   <si>
-    <t>AwABTANDQUQBSP////8BUB8AAAAtQ0lRLklRMTY4MzU3MDU2OC5JUV9DTE9TRVBSSUNFLjA2LzI5LzIwMjMuQ0FEAQAAAIg/WWQDAAAAAAAhn9yefYjbCH3nRz1+iNsILUNJUS5JUTE2ODM1NzA1NjguSVFfQ0xPU0VQUklDRS4wNi8zMC8yMDIzLkNBRAEAAACIP1lkAwAAAAAAxhS6mn2I2wg228GafYjbCCxDSVEuSVEyMjU0MTIyNTYuSVFfQ0xPU0VQUklDRS4wNi8zMC8yMDIzLkNBRAEAAACghG8NAgAAAAQ4LjY1AMYUupp9iNsI2kPQeX+I2wgsQ0lRLklRNjk4NDAwMjUwLklRX0NMT1NFUFJJQ0UuMDYvMzAvMjAyMy5DQUQBAAAA+r2gKQIAAAABMwDGFLqafYjbCDvACel/iNsIK0NJUS5JUTIyOTU1NzUwLklRX0NMT1NFUFJJQ0UuMDYvMzAvMjAyMy5DQUQBAAAA5kZeAQIAAAAEOC4yNgDGFLqafYjbCGCXznl/iNsILENJUS5JUTYzMDQ5MTI5NC5JUV9DTE9TRVBSSUNFLjA2LzMwLzIwMjMuQ0FEAQAAAJ6IlCUCAAAABDMuNjcAxhS6mn2I2whFDM95f4jbCCxDSVEuSVE3MDg2ODEzODguSVFfQ0xPU0VQUklDRS4wNi8zMC8yMDIzLkNBRAEAAACsnj0qAgAAAAQ4LjE3AMYUupp9iNsIIVrPeX+I2wgqQ0lRLklRNjM3MDI2Ny5JUV9DTE9TRVBSSUNFLjA2LzMwLzIwMjMuQ0FEAQAAANszYQACAAAACTIwLjEwMTM1NgDGFLqafYjbCOAd0Hl/iNsIKkNJUS5JUTk0MTI3NzYuSVFfQ0xPU0VQUklDRS4wNi8zMC8y</t>
-[...8 lines deleted...]
-    <t>FLqafYjbCGuoz3l/iNsILUNJUS5JUTE2NzgxMjI5NTkuSVFfQ0xPU0VQUklDRS4wNi8zMC8yMDIzLkNBRAEAAADPHwZkAgAAAAkyNi41NzY2OTQAxhS6mn2I2wgf9895f4jbCCpDSVEuSVExNTQyMzc0LklRX0NMT1NFUFJJQ0UuMDYvMzAvMjAyMy5DQUQBAAAA5ogXAAIAAAAFMTguMDkAxhS6mn2I2whrqM95f4jbCCxDSVEuSVE2MDg3MjY3MzQuSVFfQ0xPU0VQUklDRS4wNi8zMC8yMDIzLkNBRAEAAADObkgkAgAAAAUwLjQzNQDGFLqafYjbCGuoz3l/iNsILENJUS5JUTcxMzI1ODk5MS5JUV9DTE9TRVBSSUNFLjA2LzMwLzIwMjMuQ0FEAQAAAO93gyoCAAAABDcuMzQAxhS6mn2I2wg75c55f4jbCCxDSVEuSVE2MjA1MTQ3OTYuSVFfQ0xPU0VQUklDRS4wNi8zMC8yMDIzLkNBRAEAAADsTfwkAwAAAAAAxhS6mn2I2whAZt6Lf4jbCA==</t>
+    <t>S&amp;P/TSX Venture 
+Composite Index</t>
   </si>
   <si>
     <t>Royalty Streaming</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>ON</t>
   </si>
   <si>
     <t>IPO</t>
   </si>
   <si>
     <t>Technology</t>
   </si>
   <si>
+    <t>Software</t>
+  </si>
+  <si>
     <t>TSX</t>
   </si>
   <si>
     <t>TSX Comedown</t>
   </si>
   <si>
     <t>TSXV</t>
   </si>
   <si>
     <t>© 2025 TSX Inc. All Rights Reserved. Do not copy, distribute, sell or modify this document without TSX Inc.'s prior written consent.</t>
   </si>
   <si>
     <t>CPC</t>
   </si>
   <si>
     <t>ETP</t>
   </si>
   <si>
     <t>Blockchain/Cryptocurrency</t>
   </si>
   <si>
     <t>3iQ</t>
   </si>
   <si>
     <t>Exchange Traded Funds</t>
   </si>
   <si>
+    <t>Clean Technology &amp; Renewable Energy</t>
+  </si>
+  <si>
     <t>QC</t>
   </si>
   <si>
     <t>Industrial Products &amp; Services</t>
   </si>
   <si>
     <t>Consumer Products &amp; Services</t>
   </si>
   <si>
     <t>BC</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Consumer Discretionary</t>
   </si>
   <si>
     <t>Financial Services</t>
   </si>
   <si>
     <t>TSXV Grad</t>
   </si>
   <si>
     <t>Y</t>
   </si>
   <si>
     <t>AB</t>
   </si>
   <si>
     <t>Mining</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Latin America</t>
   </si>
   <si>
+    <t>Energy Services</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>OTCQX</t>
   </si>
   <si>
     <t>Internet Software &amp; Services</t>
   </si>
   <si>
     <t>Oil &amp; Gas</t>
   </si>
   <si>
+    <t>Composite</t>
+  </si>
+  <si>
     <t>MB</t>
   </si>
   <si>
     <t>NYSE</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>AK</t>
   </si>
   <si>
+    <t>SPAC</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Income Trust</t>
   </si>
   <si>
     <t>Consumer Staples</t>
   </si>
   <si>
     <t>Real Estate</t>
   </si>
   <si>
     <t>REIT</t>
   </si>
   <si>
     <t>FAI0002</t>
   </si>
   <si>
     <t>Almaden Minerals Ltd.</t>
   </si>
   <si>
     <t>AMM</t>
   </si>
   <si>
     <t>OTCQB</t>
@@ -469,92 +468,101 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>V-04572</t>
   </si>
   <si>
     <t>Andean Precious Metals Corp.</t>
   </si>
   <si>
     <t>APM</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Life Sciences</t>
   </si>
   <si>
     <t>NS</t>
   </si>
   <si>
+    <t>Biotechnology</t>
+  </si>
+  <si>
+    <t>Colombia</t>
+  </si>
+  <si>
     <t>Arrow Capital</t>
   </si>
   <si>
     <t>NV</t>
   </si>
   <si>
     <t>BMO</t>
   </si>
   <si>
     <t>Hardware &amp; Equipment</t>
   </si>
   <si>
     <t>AB, SK</t>
   </si>
   <si>
     <t>Comm. &amp; Media</t>
   </si>
   <si>
     <t>Global X ETFs</t>
   </si>
   <si>
     <t>Purpose Investments</t>
   </si>
   <si>
     <t>Harvest Portfolios</t>
   </si>
   <si>
     <t>BOA0002</t>
   </si>
   <si>
     <t>Brompton</t>
   </si>
   <si>
     <t>NY</t>
   </si>
   <si>
     <t>New York</t>
   </si>
   <si>
     <t>Industrial/Office/Retail/Residential</t>
   </si>
   <si>
+    <t>Low Impact Material and Products</t>
+  </si>
+  <si>
     <t>SK</t>
   </si>
   <si>
     <t>Ninepoint Partners</t>
   </si>
   <si>
     <t>Healthcare Facilities and Equipment</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
     <t>Australia/NZ/PNG</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>CI GAM</t>
   </si>
   <si>
     <t>CIBC</t>
   </si>
   <si>
     <t>X-1049</t>
@@ -616,53 +624,59 @@
   <si>
     <t>FCAB</t>
   </si>
   <si>
     <t>Fidelity</t>
   </si>
   <si>
     <t>X-1056</t>
   </si>
   <si>
     <t>Fidelity Advanced U.S. Equity Fund</t>
   </si>
   <si>
     <t>FAUS</t>
   </si>
   <si>
     <t>X-1052</t>
   </si>
   <si>
     <t>Fidelity Core U.S. Bond ETF</t>
   </si>
   <si>
     <t>FCUB</t>
   </si>
   <si>
+    <t>ON, QC</t>
+  </si>
+  <si>
     <t>First Trust</t>
   </si>
   <si>
+    <t>Cobalt</t>
+  </si>
+  <si>
     <t>Franklin Templeton</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Guardian Capital</t>
   </si>
   <si>
     <t>Hamilton Capital</t>
   </si>
   <si>
     <t>X-1045</t>
   </si>
   <si>
     <t>Hamilton Canadian Financials Index ETF</t>
   </si>
   <si>
     <t>HFN</t>
   </si>
   <si>
     <t>X-1050</t>
   </si>
   <si>
     <t>HAMILTON CHAMPIONS™ Canadian Dividend Index ETF</t>
@@ -751,50 +765,53 @@
   <si>
     <t>TSLY</t>
   </si>
   <si>
     <t>Healthcare Technology</t>
   </si>
   <si>
     <t>Reno</t>
   </si>
   <si>
     <t>IA Clarington</t>
   </si>
   <si>
     <t>Invesco</t>
   </si>
   <si>
     <t>Blackrock/iShares</t>
   </si>
   <si>
     <t>JPMorgan</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
+    <t>MI</t>
+  </si>
+  <si>
     <t>Mackenzie</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Antimony</t>
   </si>
   <si>
     <t>Manulife</t>
   </si>
   <si>
     <t>National Bank</t>
   </si>
   <si>
     <t>V-04015</t>
   </si>
   <si>
     <t>Nouveau Monde Graphite Inc.</t>
   </si>
   <si>
     <t>NOU</t>
   </si>
   <si>
     <t>Graphite</t>
@@ -838,50 +855,59 @@
   <si>
     <t>TD Target 2029 Investment Grade Bond ETF</t>
   </si>
   <si>
     <t>TBCI</t>
   </si>
   <si>
     <t>X-1034</t>
   </si>
   <si>
     <t>TD Target 2030 Investment Grade Bond ETF</t>
   </si>
   <si>
     <t>TBCJ</t>
   </si>
   <si>
     <t>X-1032</t>
   </si>
   <si>
     <t>TD U.S. Cash Management ETF</t>
   </si>
   <si>
     <t>TUSD</t>
   </si>
   <si>
+    <t>V-02065</t>
+  </si>
+  <si>
+    <t>VIQ Solutions Inc.</t>
+  </si>
+  <si>
+    <t>VQS</t>
+  </si>
+  <si>
     <t>X-1037</t>
   </si>
   <si>
     <t>WaveFront All-Weather Alternative Fund</t>
   </si>
   <si>
     <t>WAAV</t>
   </si>
   <si>
     <t>MAW0001</t>
   </si>
   <si>
     <t>Southern Cross Gold Consolidated Ltd.</t>
   </si>
   <si>
     <t>SXGC</t>
   </si>
   <si>
     <t>RTO from NEX</t>
   </si>
   <si>
     <t>QT</t>
   </si>
   <si>
     <t>RTO</t>
@@ -901,107 +927,134 @@
   <si>
     <t>ABRA</t>
   </si>
   <si>
     <t>V-01531</t>
   </si>
   <si>
     <t>Osisko Metals Incorporated</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>NT, QC</t>
   </si>
   <si>
     <t>V-01608</t>
   </si>
   <si>
     <t>Rio2 Limited</t>
   </si>
   <si>
     <t>RIO</t>
   </si>
   <si>
+    <t>V-03685</t>
+  </si>
+  <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>WI</t>
   </si>
   <si>
     <t>IPO/CPC</t>
   </si>
   <si>
     <t>V-04541</t>
   </si>
   <si>
     <t>V-04599</t>
   </si>
   <si>
     <t>Daura Gold Corp.</t>
   </si>
   <si>
     <t>DGC</t>
   </si>
   <si>
+    <t>V-04614</t>
+  </si>
+  <si>
+    <t>Tiny Ltd.</t>
+  </si>
+  <si>
+    <t>TINY</t>
+  </si>
+  <si>
     <t>V-04635</t>
   </si>
   <si>
     <t>V-04661</t>
   </si>
   <si>
     <t>V-04671</t>
   </si>
   <si>
     <t>Montage Gold Corp.</t>
   </si>
   <si>
     <t>MAU</t>
   </si>
   <si>
     <t>V-04680</t>
   </si>
   <si>
     <t>V-04757</t>
   </si>
   <si>
     <t>V-04758</t>
   </si>
   <si>
+    <t>V-04762</t>
+  </si>
+  <si>
+    <t>V-04790</t>
+  </si>
+  <si>
+    <t>Quetzal Copper Corp.</t>
+  </si>
+  <si>
     <t>V-04799</t>
   </si>
   <si>
     <t>V-04852</t>
   </si>
   <si>
     <t>V-04860</t>
   </si>
   <si>
     <t>V-04913</t>
   </si>
   <si>
+    <t>V-04918</t>
+  </si>
+  <si>
+    <t>Torchlight Innovations Inc.</t>
+  </si>
+  <si>
     <t>V-04921</t>
   </si>
   <si>
     <t>V-04932</t>
   </si>
   <si>
     <t>V-04936</t>
   </si>
   <si>
     <t>V-04939</t>
   </si>
   <si>
     <t>V-04942</t>
   </si>
   <si>
     <t>V-04977</t>
   </si>
   <si>
     <t>V-05008</t>
   </si>
   <si>
     <t>X-1077</t>
   </si>
   <si>
     <t>Advanced Micro Devices CDR (CAD Hedged)</t>
@@ -2803,366 +2856,891 @@
   <si>
     <t>X-1229</t>
   </si>
   <si>
     <t>Desjardins American Mid Cap Equity Index ETF</t>
   </si>
   <si>
     <t>DMID</t>
   </si>
   <si>
     <t>X-1230</t>
   </si>
   <si>
     <t>Desjardins Global Macro ETF</t>
   </si>
   <si>
     <t>DGLM</t>
   </si>
   <si>
     <t>Total Metals Corp.</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
+    <t>X-1231</t>
+  </si>
+  <si>
+    <t>Mackenzie Canadian High Dividend Yield ETF</t>
+  </si>
+  <si>
+    <t>MHDC</t>
+  </si>
+  <si>
+    <t>X-1232</t>
+  </si>
+  <si>
+    <t>Mackenzie US High Dividend Yield ETF</t>
+  </si>
+  <si>
+    <t>MHDU</t>
+  </si>
+  <si>
+    <t>X-1233</t>
+  </si>
+  <si>
+    <t>Mackenzie Defensive Tilt ETF</t>
+  </si>
+  <si>
+    <t>MDEF</t>
+  </si>
+  <si>
+    <t>X-1234</t>
+  </si>
+  <si>
+    <t>Mackenzie Cyclical Tilt ETF</t>
+  </si>
+  <si>
+    <t>MCYC</t>
+  </si>
+  <si>
+    <t>X-1235</t>
+  </si>
+  <si>
+    <t>PICTON Income Fund</t>
+  </si>
+  <si>
+    <t>PFIN</t>
+  </si>
+  <si>
+    <t>X-1236</t>
+  </si>
+  <si>
+    <t>Evolve US Equity UltraYield ETF</t>
+  </si>
+  <si>
+    <t>BIGY</t>
+  </si>
+  <si>
+    <t>X-1237</t>
+  </si>
+  <si>
+    <t>NBI Canadian Core Plus Bond Fund</t>
+  </si>
+  <si>
+    <t>NCPB</t>
+  </si>
+  <si>
+    <t>X-1238</t>
+  </si>
+  <si>
+    <t>NBI Target 2030 Investment Grade Bond Fund</t>
+  </si>
+  <si>
+    <t>NTGE</t>
+  </si>
+  <si>
+    <t>X-1239</t>
+  </si>
+  <si>
+    <t>NBI Target 2029 Investment Grade Bond Fund</t>
+  </si>
+  <si>
+    <t>NTGD</t>
+  </si>
+  <si>
+    <t>X-1240</t>
+  </si>
+  <si>
+    <t>NBI Quebec Growth Fund</t>
+  </si>
+  <si>
+    <t>NBQC</t>
+  </si>
+  <si>
+    <t>X-1241</t>
+  </si>
+  <si>
+    <t>NBI Innovators Fund</t>
+  </si>
+  <si>
+    <t>NINV</t>
+  </si>
+  <si>
+    <t>X-1242</t>
+  </si>
+  <si>
+    <t>NBI SmartData U.S. Equity Fund</t>
+  </si>
+  <si>
+    <t>NSDU</t>
+  </si>
+  <si>
+    <t>X-1243</t>
+  </si>
+  <si>
+    <t>NBI Target 2031 Investment Grade Bond Fund</t>
+  </si>
+  <si>
+    <t>NTGF</t>
+  </si>
+  <si>
+    <t>X-1244</t>
+  </si>
+  <si>
+    <t>NBI U.S. Equity Fund</t>
+  </si>
+  <si>
+    <t>NBUE</t>
+  </si>
+  <si>
+    <t>X-1245</t>
+  </si>
+  <si>
+    <t>NBI Global Equity Fund</t>
+  </si>
+  <si>
+    <t>NBGE</t>
+  </si>
+  <si>
+    <t>X-1246</t>
+  </si>
+  <si>
+    <t>NBI SmartData International Equity Fund</t>
+  </si>
+  <si>
+    <t>NSDI</t>
+  </si>
+  <si>
+    <t>X-1247</t>
+  </si>
+  <si>
+    <t>NBI Global Small Cap Fund</t>
+  </si>
+  <si>
+    <t>NBSC</t>
+  </si>
+  <si>
+    <t>X-1248</t>
+  </si>
+  <si>
+    <t>TD North American Dividend Fund</t>
+  </si>
+  <si>
+    <t>TDNA</t>
+  </si>
+  <si>
+    <t>X-1249</t>
+  </si>
+  <si>
+    <t>NBI International Equity Fund</t>
+  </si>
+  <si>
+    <t>NBIE</t>
+  </si>
+  <si>
+    <t>X-1250</t>
+  </si>
+  <si>
+    <t>Ninepoint Global Select Fund</t>
+  </si>
+  <si>
+    <t>GBSL</t>
+  </si>
+  <si>
+    <t>X-1251</t>
+  </si>
+  <si>
+    <t>BetaPro Nasdaq-100 Daily Inverse ETF</t>
+  </si>
+  <si>
+    <t>QQI</t>
+  </si>
+  <si>
+    <t>Horizons ETF</t>
+  </si>
+  <si>
+    <t>X-1252</t>
+  </si>
+  <si>
+    <t>BetaPro 3x Russell 2000 Daily Leveraged Bull Alternative ETF</t>
+  </si>
+  <si>
+    <t>TRSL</t>
+  </si>
+  <si>
+    <t>X-1253</t>
+  </si>
+  <si>
+    <t>BetaPro -3x Russell 2000 Daily Leveraged Bear Alternative ETF</t>
+  </si>
+  <si>
+    <t>SRSL</t>
+  </si>
+  <si>
+    <t>X-1254</t>
+  </si>
+  <si>
+    <t>Evolve Canadian Equity UltraYield ETF</t>
+  </si>
+  <si>
+    <t>CANY</t>
+  </si>
+  <si>
+    <t>X-1255</t>
+  </si>
+  <si>
+    <t>Sun Life Core Advantage Credit Private Pool</t>
+  </si>
+  <si>
+    <t>SLCA</t>
+  </si>
+  <si>
+    <t>Sun Life</t>
+  </si>
+  <si>
+    <t>X-1256</t>
+  </si>
+  <si>
+    <t>Sun Life MFS Global Core Plus Bond Fund</t>
+  </si>
+  <si>
+    <t>SLGC</t>
+  </si>
+  <si>
+    <t>X-1257</t>
+  </si>
+  <si>
+    <t>Sun Life Crescent Specialty Credit Private Pool</t>
+  </si>
+  <si>
+    <t>SLSC</t>
+  </si>
+  <si>
+    <t>V-03940</t>
+  </si>
+  <si>
+    <t>Asante Gold Corporation</t>
+  </si>
+  <si>
+    <t>ASE</t>
+  </si>
+  <si>
+    <t>BP Silver Corp.</t>
+  </si>
+  <si>
+    <t>BPAG</t>
+  </si>
+  <si>
+    <t>Seegnal Inc.</t>
+  </si>
+  <si>
+    <t>SEGN</t>
+  </si>
+  <si>
+    <t>Excalibur Metals Corp.</t>
+  </si>
+  <si>
+    <t>EXCL</t>
+  </si>
+  <si>
+    <t>Carson City</t>
+  </si>
+  <si>
+    <t>V-5072</t>
+  </si>
+  <si>
+    <t>Pecoy Copper Corp.</t>
+  </si>
+  <si>
+    <t>PCU</t>
+  </si>
+  <si>
+    <t>V-5073</t>
+  </si>
+  <si>
+    <t>River Road Resources Ltd.</t>
+  </si>
+  <si>
+    <t>RRRL</t>
+  </si>
+  <si>
     <t>Market Cap (C$)
-30-September-2025</t>
+31-October-2025</t>
   </si>
   <si>
     <t>O/S Shares
-30-September-2025</t>
+31-October-2025</t>
   </si>
   <si>
     <t>Volume YTD
-30-September-2025</t>
+31-October-2025</t>
   </si>
   <si>
     <t>Value (C$) YTD
-30-September-2025</t>
+31-October-2025</t>
   </si>
   <si>
     <t>Number of 
 Trades YTD
-30-September-2025</t>
-[...296 lines deleted...]
-    <t>RRRL</t>
+31-October-2025</t>
+  </si>
+  <si>
+    <t>X-1258</t>
+  </si>
+  <si>
+    <t>JPMorgan US Bond Active ETF</t>
+  </si>
+  <si>
+    <t>JBND</t>
+  </si>
+  <si>
+    <t>X-1259</t>
+  </si>
+  <si>
+    <t>JPMorgan US Ultra-Short Income Active ETF</t>
+  </si>
+  <si>
+    <t>JPST</t>
+  </si>
+  <si>
+    <t>X-1260</t>
+  </si>
+  <si>
+    <t>CI Target 2030 Investment Grade Bond Fund</t>
+  </si>
+  <si>
+    <t>CTMC</t>
+  </si>
+  <si>
+    <t>X-1261</t>
+  </si>
+  <si>
+    <t>Harvest Robinhood Enhanced High Income Shares ETF</t>
+  </si>
+  <si>
+    <t>HODY</t>
+  </si>
+  <si>
+    <t>X-1262</t>
+  </si>
+  <si>
+    <t>Harvest SoFi Enhanced High Income Shares ETF</t>
+  </si>
+  <si>
+    <t>SOFY</t>
+  </si>
+  <si>
+    <t>X-1263</t>
+  </si>
+  <si>
+    <t>CI Target 2029 Investment Grade Bond Fund</t>
+  </si>
+  <si>
+    <t>CTMB</t>
+  </si>
+  <si>
+    <t>X-1264</t>
+  </si>
+  <si>
+    <t>Harvest Circle Enhanced High Income Shares ETF</t>
+  </si>
+  <si>
+    <t>CRCY</t>
+  </si>
+  <si>
+    <t>X-1265</t>
+  </si>
+  <si>
+    <t>CI Target 2028 Investment Grade Bond Fund</t>
+  </si>
+  <si>
+    <t>CTMA</t>
+  </si>
+  <si>
+    <t>X-1266</t>
+  </si>
+  <si>
+    <t>Harvest Reddit Enhanced High Income Shares ETF</t>
+  </si>
+  <si>
+    <t>RDDY</t>
+  </si>
+  <si>
+    <t>X-1267</t>
+  </si>
+  <si>
+    <t>Canada Packers Inc.</t>
+  </si>
+  <si>
+    <t>CPKR</t>
+  </si>
+  <si>
+    <t>X-1268</t>
+  </si>
+  <si>
+    <t>Brompton Wellington Square Investment Grade CLO ETF</t>
+  </si>
+  <si>
+    <t>BBBB</t>
+  </si>
+  <si>
+    <t>X-1269</t>
+  </si>
+  <si>
+    <t>Global X Silver Covered Call ETF</t>
+  </si>
+  <si>
+    <t>AGCC</t>
+  </si>
+  <si>
+    <t>X-1270</t>
+  </si>
+  <si>
+    <t>Global X China Hang Seng TECH Index ETF</t>
+  </si>
+  <si>
+    <t>CHQQ</t>
+  </si>
+  <si>
+    <t>X-1271</t>
+  </si>
+  <si>
+    <t>Global X 1-3 Year U.S. Treasury Bond Index ETF</t>
+  </si>
+  <si>
+    <t>TSTX</t>
+  </si>
+  <si>
+    <t>X-1272</t>
+  </si>
+  <si>
+    <t>Global X 20+ Year U.S. Treasury Bond Index ETF</t>
+  </si>
+  <si>
+    <t>TLTX</t>
+  </si>
+  <si>
+    <t>X-1273</t>
+  </si>
+  <si>
+    <t>Ninepoint Mining Evolution Fund</t>
+  </si>
+  <si>
+    <t>NMNG</t>
+  </si>
+  <si>
+    <t>X-1274</t>
+  </si>
+  <si>
+    <t>Rockpoint Gas Storage Inc.</t>
+  </si>
+  <si>
+    <t>RGSI</t>
+  </si>
+  <si>
+    <t>X-1275</t>
+  </si>
+  <si>
+    <t>Fidelity Multi-Alt Equity Fund</t>
+  </si>
+  <si>
+    <t>FMAE</t>
+  </si>
+  <si>
+    <t>X-1276</t>
+  </si>
+  <si>
+    <t>Philip Morris CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>ZYNS</t>
+  </si>
+  <si>
+    <t>X-1277</t>
+  </si>
+  <si>
+    <t>AppLovin CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>APPS</t>
+  </si>
+  <si>
+    <t>X-1278</t>
+  </si>
+  <si>
+    <t>Fidelity Global Balanced Portfolio</t>
+  </si>
+  <si>
+    <t>FMPB</t>
+  </si>
+  <si>
+    <t>X-1279</t>
+  </si>
+  <si>
+    <t>Fidelity Global Income Portfolio</t>
+  </si>
+  <si>
+    <t>FMPI</t>
+  </si>
+  <si>
+    <t>X-1280</t>
+  </si>
+  <si>
+    <t>Fidelity Global Growth Portfolio</t>
+  </si>
+  <si>
+    <t>FMPG</t>
+  </si>
+  <si>
+    <t>X-1281</t>
+  </si>
+  <si>
+    <t>Strategy CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>MSTR</t>
+  </si>
+  <si>
+    <t>X-1282</t>
+  </si>
+  <si>
+    <t>Reddit CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>RDDT</t>
+  </si>
+  <si>
+    <t>X-1283</t>
+  </si>
+  <si>
+    <t>Robinhood CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>HOOD</t>
+  </si>
+  <si>
+    <t>X-1284</t>
+  </si>
+  <si>
+    <t>Fidelity Global Small-Mid Cap Equity Fund</t>
+  </si>
+  <si>
+    <t>FGSM</t>
+  </si>
+  <si>
+    <t>X-1285</t>
+  </si>
+  <si>
+    <t>Constellation Energy CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>CEGS</t>
+  </si>
+  <si>
+    <t>X-1286</t>
+  </si>
+  <si>
+    <t>Novartis CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>NVS</t>
+  </si>
+  <si>
+    <t>X-1287</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>BENZ</t>
+  </si>
+  <si>
+    <t>X-1288</t>
+  </si>
+  <si>
+    <t>Siemens CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>SMNS</t>
+  </si>
+  <si>
+    <t>X-1289</t>
+  </si>
+  <si>
+    <t>Allianz CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>ALZ</t>
+  </si>
+  <si>
+    <t>X-1290</t>
+  </si>
+  <si>
+    <t>BMW CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>BMW</t>
+  </si>
+  <si>
+    <t>X-1291</t>
+  </si>
+  <si>
+    <t>UBS CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>UBSS</t>
+  </si>
+  <si>
+    <t>X-1292</t>
+  </si>
+  <si>
+    <t>SAP CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>SAPS</t>
+  </si>
+  <si>
+    <t>X-1293</t>
+  </si>
+  <si>
+    <t>Roche CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>ROG</t>
+  </si>
+  <si>
+    <t>X-1294</t>
+  </si>
+  <si>
+    <t>ING CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>INGS</t>
+  </si>
+  <si>
+    <t>X-1295</t>
+  </si>
+  <si>
+    <t>Nestlé CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>NSTL</t>
+  </si>
+  <si>
+    <t>X-1296</t>
+  </si>
+  <si>
+    <t>ASML CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>ASML</t>
+  </si>
+  <si>
+    <t>X-1297</t>
+  </si>
+  <si>
+    <t>SavvyLong (2X) Constellation Software ETF</t>
+  </si>
+  <si>
+    <t>CSUU</t>
+  </si>
+  <si>
+    <t>X-1298</t>
+  </si>
+  <si>
+    <t>SavvyLong 2X TDB (TD) Equity-Linked ETF</t>
+  </si>
+  <si>
+    <t>TDU</t>
+  </si>
+  <si>
+    <t>X-1299</t>
+  </si>
+  <si>
+    <t>SavvyLong 2X CIBC (CM) Equity-Linked ETF</t>
+  </si>
+  <si>
+    <t>COMU</t>
+  </si>
+  <si>
+    <t>X-1300</t>
+  </si>
+  <si>
+    <t>SavvyLong (2X) Cdn Natural Resources ETF</t>
+  </si>
+  <si>
+    <t>CNQU</t>
+  </si>
+  <si>
+    <t>X-1301</t>
+  </si>
+  <si>
+    <t>SavvyLong (2X) Cameco ETF</t>
+  </si>
+  <si>
+    <t>CCOU</t>
+  </si>
+  <si>
+    <t>X-1302</t>
+  </si>
+  <si>
+    <t>SavvyLong 2X NBC (NA) Equity-Linked ETF</t>
+  </si>
+  <si>
+    <t>NBCU</t>
+  </si>
+  <si>
+    <t>X-1303</t>
+  </si>
+  <si>
+    <t>SavvyLong (2X) Shopify ETF</t>
+  </si>
+  <si>
+    <t>SHPU</t>
+  </si>
+  <si>
+    <t>X-1304</t>
+  </si>
+  <si>
+    <t>SavvyLong (2X) Barrick ETF</t>
+  </si>
+  <si>
+    <t>ABXU</t>
+  </si>
+  <si>
+    <t>X-1305</t>
+  </si>
+  <si>
+    <t>SavvyLong 2X RBC (RY) Equity-Linked ETF</t>
+  </si>
+  <si>
+    <t>RBCU</t>
+  </si>
+  <si>
+    <t>X-1306</t>
+  </si>
+  <si>
+    <t>MAK Acquisition Corp.</t>
+  </si>
+  <si>
+    <t>MAK</t>
+  </si>
+  <si>
+    <t>X-1307</t>
+  </si>
+  <si>
+    <t>Capstone Biblically Informed U.S. Equity Fund</t>
+  </si>
+  <si>
+    <t>BIVU</t>
+  </si>
+  <si>
+    <t>Capstone Asset Management</t>
+  </si>
+  <si>
+    <t>X-1308</t>
+  </si>
+  <si>
+    <t>Capstone Biblically Informed Canadian Equity Fund</t>
+  </si>
+  <si>
+    <t>BIVC</t>
+  </si>
+  <si>
+    <t>0749116 B.C. Ltd.</t>
+  </si>
+  <si>
+    <t>TRR</t>
+  </si>
+  <si>
+    <t>Neurothera Labs Inc.</t>
+  </si>
+  <si>
+    <t>NTLX</t>
+  </si>
+  <si>
+    <t>SICO</t>
+  </si>
+  <si>
+    <t>RZL</t>
+  </si>
+  <si>
+    <t>V-5075</t>
+  </si>
+  <si>
+    <t>Chrysalis 12 Inc.</t>
+  </si>
+  <si>
+    <t>RTO.P</t>
+  </si>
+  <si>
+    <t>V-5076</t>
+  </si>
+  <si>
+    <t>Perseverance Metals Inc.</t>
+  </si>
+  <si>
+    <t>PMI</t>
+  </si>
+  <si>
+    <t>V-5078</t>
+  </si>
+  <si>
+    <t>Essex Resources Corp.</t>
+  </si>
+  <si>
+    <t>ESXR</t>
+  </si>
+  <si>
+    <t>V-5079</t>
+  </si>
+  <si>
+    <t>Apolo V Acquisition Corp.</t>
+  </si>
+  <si>
+    <t>AFV.P</t>
+  </si>
+  <si>
+    <t>V-5080</t>
+  </si>
+  <si>
+    <t>Matchpoint Ventures Corp.</t>
+  </si>
+  <si>
+    <t>MPV.P</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -3326,51 +3904,51 @@
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="0"/>
   </cellStyleXfs>
-  <cellXfs count="65">
+  <cellXfs count="64">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
@@ -3444,199 +4022,100 @@
     <xf numFmtId="37" fontId="8" fillId="3" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="37" fontId="8" fillId="3" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="37" fontId="8" fillId="4" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="37" fontId="8" fillId="4" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="TextNormal" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
-  <dxfs count="13">
-[...95 lines deleted...]
-    </dxf>
+  <dxfs count="1">
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFF00"/>
           <bgColor rgb="FF000000"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3880,16162 +4359,19311 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...28 lines deleted...]
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:AZ235"/>
+  <dimension ref="A1:AN287"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="B10" sqref="B10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="10.6640625" style="17" hidden="1" customWidth="1"/>
-[...49 lines deleted...]
-    <col min="53" max="16384" width="9.109375" style="17"/>
+    <col min="1" max="1" width="10.7109375" style="17" hidden="1" customWidth="1"/>
+    <col min="2" max="2" width="12.5703125" style="17" customWidth="1"/>
+    <col min="3" max="3" width="71.140625" style="17" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="10.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="21.85546875" style="20" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="17.7109375" style="20" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="32.28515625" style="19" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="22.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="13.140625" style="18" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="15.140625" style="18" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="11.42578125" style="18" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="12.140625" style="18" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="11.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="17.140625" style="18" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="29.85546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="30.7109375" style="18" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="23.42578125" style="18" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="15.7109375" style="18" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="27.7109375" style="18" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="21.85546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="17.7109375" style="19" bestFit="1" customWidth="1"/>
+    <col min="25" max="26" width="17.7109375" style="20" bestFit="1" customWidth="1"/>
+    <col min="27" max="27" width="15.28515625" style="20" bestFit="1" customWidth="1"/>
+    <col min="28" max="28" width="41" style="19" bestFit="1" customWidth="1"/>
+    <col min="29" max="30" width="16.7109375" style="18" bestFit="1" customWidth="1"/>
+    <col min="31" max="31" width="50.7109375" style="18" bestFit="1" customWidth="1"/>
+    <col min="32" max="32" width="54" style="18" bestFit="1" customWidth="1"/>
+    <col min="33" max="33" width="11" style="18" bestFit="1" customWidth="1"/>
+    <col min="34" max="34" width="9.42578125" style="18" bestFit="1" customWidth="1"/>
+    <col min="35" max="35" width="10.140625" style="18" bestFit="1" customWidth="1"/>
+    <col min="36" max="36" width="11.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="37" max="37" width="16.140625" style="18" bestFit="1" customWidth="1"/>
+    <col min="38" max="39" width="8.85546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="40" max="40" width="31.7109375" style="18" bestFit="1" customWidth="1"/>
+    <col min="41" max="16384" width="9.140625" style="17"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:52" s="7" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:40" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B1" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="6"/>
       <c r="F1" s="4"/>
-      <c r="G1" s="6"/>
+      <c r="G1" s="1"/>
       <c r="H1" s="1"/>
-      <c r="I1" s="1"/>
+      <c r="I1" s="6"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
-      <c r="U1" s="6"/>
-[...1 lines deleted...]
-      <c r="W1" s="6"/>
+      <c r="U1" s="1"/>
+      <c r="V1" s="1"/>
+      <c r="W1" s="1"/>
       <c r="X1" s="6"/>
       <c r="Y1" s="6"/>
-      <c r="Z1" s="1"/>
-[...1 lines deleted...]
-      <c r="AB1" s="1"/>
+      <c r="Z1" s="6"/>
+      <c r="AA1" s="6"/>
+      <c r="AB1" s="6"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
       <c r="AL1" s="1"/>
       <c r="AM1" s="1"/>
       <c r="AN1" s="1"/>
-      <c r="AO1" s="1"/>
-[...12 lines deleted...]
-    <row r="2" spans="1:52" s="7" customFormat="1" x14ac:dyDescent="0.3">
+    </row>
+    <row r="2" spans="1:40" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="1"/>
       <c r="E2" s="4"/>
       <c r="F2" s="6"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
-      <c r="U2" s="6"/>
-[...1 lines deleted...]
-      <c r="W2" s="6"/>
+      <c r="U2" s="1"/>
+      <c r="V2" s="1"/>
+      <c r="W2" s="1"/>
       <c r="X2" s="6"/>
       <c r="Y2" s="6"/>
-      <c r="Z2" s="1"/>
-[...1 lines deleted...]
-      <c r="AB2" s="1"/>
+      <c r="Z2" s="6"/>
+      <c r="AA2" s="6"/>
+      <c r="AB2" s="6"/>
       <c r="AC2" s="1"/>
       <c r="AD2" s="1"/>
       <c r="AE2" s="1"/>
       <c r="AF2" s="1"/>
       <c r="AG2" s="1"/>
       <c r="AH2" s="1"/>
       <c r="AI2" s="1"/>
       <c r="AJ2" s="1"/>
       <c r="AK2" s="1"/>
       <c r="AL2" s="1"/>
       <c r="AM2" s="1"/>
       <c r="AN2" s="1"/>
-      <c r="AO2" s="1"/>
-[...12 lines deleted...]
-    <row r="3" spans="1:52" s="7" customFormat="1" x14ac:dyDescent="0.3">
+    </row>
+    <row r="3" spans="1:40" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B3" s="2" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D3" s="1"/>
       <c r="E3" s="4"/>
       <c r="F3" s="6"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
-      <c r="U3" s="6"/>
-[...1 lines deleted...]
-      <c r="W3" s="6"/>
+      <c r="U3" s="1"/>
+      <c r="V3" s="1"/>
+      <c r="W3" s="1"/>
       <c r="X3" s="6"/>
       <c r="Y3" s="6"/>
-      <c r="Z3" s="1"/>
-[...1 lines deleted...]
-      <c r="AB3" s="1"/>
+      <c r="Z3" s="6"/>
+      <c r="AA3" s="6"/>
+      <c r="AB3" s="6"/>
       <c r="AC3" s="1"/>
       <c r="AD3" s="1"/>
       <c r="AE3" s="1"/>
       <c r="AF3" s="1"/>
       <c r="AG3" s="1"/>
       <c r="AH3" s="1"/>
       <c r="AI3" s="1"/>
       <c r="AJ3" s="1"/>
       <c r="AK3" s="1"/>
       <c r="AL3" s="1"/>
       <c r="AM3" s="1"/>
       <c r="AN3" s="1"/>
-      <c r="AO3" s="1"/>
-[...12 lines deleted...]
-    <row r="4" spans="1:52" s="12" customFormat="1" ht="3.45" customHeight="1" x14ac:dyDescent="0.3">
+    </row>
+    <row r="4" spans="1:40" s="12" customFormat="1" ht="3.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="8"/>
       <c r="C4" s="9"/>
       <c r="D4" s="8"/>
       <c r="E4" s="10"/>
       <c r="F4" s="11"/>
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="8"/>
       <c r="M4" s="8"/>
       <c r="N4" s="8"/>
       <c r="O4" s="8"/>
       <c r="P4" s="8"/>
       <c r="Q4" s="8"/>
       <c r="R4" s="8"/>
       <c r="S4" s="8"/>
       <c r="T4" s="8"/>
+      <c r="U4" s="8"/>
+      <c r="V4" s="8"/>
+      <c r="W4" s="8"/>
+      <c r="X4" s="11"/>
+      <c r="Y4" s="11"/>
+      <c r="Z4" s="11"/>
+      <c r="AA4" s="11"/>
+      <c r="AB4" s="11"/>
+      <c r="AC4" s="8"/>
+      <c r="AD4" s="8"/>
+      <c r="AE4" s="8"/>
+      <c r="AF4" s="8"/>
+      <c r="AG4" s="8"/>
+      <c r="AH4" s="8"/>
+      <c r="AI4" s="8"/>
+      <c r="AJ4" s="8"/>
+      <c r="AK4" s="8"/>
+      <c r="AL4" s="8"/>
+      <c r="AM4" s="8"/>
+      <c r="AN4" s="8"/>
+    </row>
+    <row r="5" spans="1:40" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B5" s="1"/>
+      <c r="C5" s="3"/>
+      <c r="D5" s="1"/>
+      <c r="E5" s="5"/>
+      <c r="F5" s="6"/>
+      <c r="G5" s="1"/>
+      <c r="H5" s="1"/>
+      <c r="I5" s="1"/>
+      <c r="J5" s="1"/>
+      <c r="K5" s="1"/>
+      <c r="L5" s="1"/>
+      <c r="M5" s="1"/>
+      <c r="N5" s="1"/>
+      <c r="O5" s="1"/>
+      <c r="P5" s="1"/>
+      <c r="Q5" s="1"/>
+      <c r="R5" s="1"/>
+      <c r="S5" s="1"/>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+      <c r="X5" s="6"/>
+      <c r="Y5" s="6"/>
+      <c r="Z5" s="6"/>
+      <c r="AA5" s="6"/>
+      <c r="AB5" s="61" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC5" s="56"/>
+      <c r="AD5" s="56"/>
+      <c r="AE5" s="56"/>
+      <c r="AF5" s="56"/>
+      <c r="AG5" s="56"/>
+      <c r="AH5" s="56"/>
+      <c r="AI5" s="56"/>
+      <c r="AJ5" s="56"/>
+      <c r="AK5" s="56"/>
+      <c r="AL5" s="56"/>
+      <c r="AM5" s="56"/>
+      <c r="AN5" s="56"/>
+    </row>
+    <row r="6" spans="1:40" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B6" s="1"/>
+      <c r="C6" s="37" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" s="43"/>
+      <c r="E6" s="43" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" s="44"/>
+      <c r="G6" s="1"/>
+      <c r="H6" s="1"/>
+      <c r="I6" s="1"/>
+      <c r="J6" s="1"/>
+      <c r="K6" s="1"/>
+      <c r="L6" s="1"/>
+      <c r="M6" s="1"/>
+      <c r="N6" s="1"/>
+      <c r="O6" s="1"/>
+      <c r="P6" s="1"/>
+      <c r="Q6" s="1"/>
+      <c r="R6" s="1"/>
+      <c r="S6" s="1"/>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+      <c r="X6" s="6"/>
+      <c r="Y6" s="6"/>
+      <c r="Z6" s="6"/>
+      <c r="AA6" s="6"/>
+      <c r="AB6" s="56"/>
+      <c r="AC6" s="56"/>
+      <c r="AD6" s="56"/>
+      <c r="AE6" s="56"/>
+      <c r="AF6" s="56"/>
+      <c r="AG6" s="56"/>
+      <c r="AH6" s="56"/>
+      <c r="AI6" s="56"/>
+      <c r="AJ6" s="56"/>
+      <c r="AK6" s="56"/>
+      <c r="AL6" s="56"/>
+      <c r="AM6" s="56"/>
+      <c r="AN6" s="56"/>
+    </row>
+    <row r="7" spans="1:40" s="7" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="1"/>
+      <c r="C7" s="47"/>
+      <c r="D7" s="45"/>
+      <c r="E7" s="45"/>
+      <c r="F7" s="46"/>
+      <c r="G7" s="1"/>
+      <c r="H7" s="1"/>
+      <c r="I7" s="1"/>
+      <c r="J7" s="1"/>
+      <c r="K7" s="1"/>
+      <c r="L7" s="1"/>
+      <c r="M7" s="1"/>
+      <c r="N7" s="1"/>
+      <c r="O7" s="1"/>
+      <c r="P7" s="1"/>
+      <c r="Q7" s="1"/>
+      <c r="R7" s="1"/>
+      <c r="S7" s="1"/>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+      <c r="X7" s="6"/>
+      <c r="Y7" s="6"/>
+      <c r="Z7" s="6"/>
+      <c r="AA7" s="6"/>
+      <c r="AB7" s="56"/>
+      <c r="AC7" s="56"/>
+      <c r="AD7" s="56"/>
+      <c r="AE7" s="56"/>
+      <c r="AF7" s="56"/>
+      <c r="AG7" s="56"/>
+      <c r="AH7" s="56"/>
+      <c r="AI7" s="56"/>
+      <c r="AJ7" s="56"/>
+      <c r="AK7" s="56"/>
+      <c r="AL7" s="56"/>
+      <c r="AM7" s="56"/>
+      <c r="AN7" s="56"/>
+    </row>
+    <row r="8" spans="1:40" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B8" s="1"/>
+      <c r="C8" s="38">
+        <f>SUBTOTAL(3,C11:C287)</f>
+        <v>277</v>
+      </c>
+      <c r="D8" s="39"/>
+      <c r="E8" s="40">
+        <f>SUBTOTAL(9,E11:E287)</f>
+        <v>32864123217.174999</v>
+      </c>
+      <c r="F8" s="41"/>
+      <c r="G8" s="1"/>
+      <c r="H8" s="1"/>
+      <c r="I8" s="63"/>
+      <c r="J8" s="1"/>
+      <c r="K8" s="1"/>
+      <c r="L8" s="1"/>
+      <c r="M8" s="1"/>
+      <c r="N8" s="1"/>
+      <c r="O8" s="1"/>
+      <c r="P8" s="1"/>
+      <c r="Q8" s="1"/>
+      <c r="R8" s="1"/>
+      <c r="S8" s="1"/>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+      <c r="X8" s="6"/>
+      <c r="Y8" s="6"/>
+      <c r="Z8" s="6"/>
+      <c r="AA8" s="6"/>
+      <c r="AB8" s="56"/>
+      <c r="AC8" s="56"/>
+      <c r="AD8" s="56"/>
+      <c r="AE8" s="56"/>
+      <c r="AF8" s="56"/>
+      <c r="AG8" s="56"/>
+      <c r="AH8" s="56"/>
+      <c r="AI8" s="56"/>
+      <c r="AJ8" s="56"/>
+      <c r="AK8" s="56"/>
+      <c r="AL8" s="56"/>
+      <c r="AM8" s="56"/>
+      <c r="AN8" s="56"/>
+    </row>
+    <row r="9" spans="1:40" s="7" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="1"/>
+      <c r="C9" s="3"/>
+      <c r="D9" s="1"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="6"/>
+      <c r="G9" s="1"/>
+      <c r="H9" s="1"/>
+      <c r="I9" s="1"/>
+      <c r="J9" s="1"/>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1"/>
+      <c r="M9" s="1"/>
+      <c r="N9" s="1"/>
+      <c r="O9" s="1"/>
+      <c r="P9" s="1"/>
+      <c r="Q9" s="1"/>
+      <c r="R9" s="1"/>
+      <c r="S9" s="1"/>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+      <c r="X9" s="6"/>
+      <c r="Y9" s="6"/>
+      <c r="Z9" s="6"/>
+      <c r="AA9" s="6"/>
+      <c r="AB9" s="56"/>
+      <c r="AC9" s="56"/>
+      <c r="AD9" s="56"/>
+      <c r="AE9" s="56"/>
+      <c r="AF9" s="56"/>
+      <c r="AG9" s="56"/>
+      <c r="AH9" s="56"/>
+      <c r="AI9" s="56"/>
+      <c r="AJ9" s="56"/>
+      <c r="AK9" s="56"/>
+      <c r="AL9" s="56"/>
+      <c r="AM9" s="56"/>
+      <c r="AN9" s="56"/>
+    </row>
+    <row r="10" spans="1:40" s="13" customFormat="1" ht="39" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="C10" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="D10" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="E10" s="16" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F10" s="16" t="s">
+        <v>1018</v>
+      </c>
+      <c r="G10" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="H10" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="K10" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="L10" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="M10" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="N10" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="O10" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="P10" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="Q10" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="R10" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="S10" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="T10" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="U10" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="V10" s="13" t="s">
+        <v>395</v>
+      </c>
+      <c r="W10" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="X10" s="16" t="s">
+        <v>1019</v>
+      </c>
+      <c r="Y10" s="16" t="s">
+        <v>1020</v>
+      </c>
+      <c r="Z10" s="16" t="s">
+        <v>1021</v>
+      </c>
+      <c r="AA10" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="AB10" s="57" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC10" s="57" t="s">
+        <v>54</v>
+      </c>
+      <c r="AD10" s="57" t="s">
+        <v>55</v>
+      </c>
+      <c r="AE10" s="57" t="s">
+        <v>57</v>
+      </c>
+      <c r="AF10" s="57" t="s">
+        <v>58</v>
+      </c>
+      <c r="AG10" s="57" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH10" s="57" t="s">
+        <v>39</v>
+      </c>
+      <c r="AI10" s="57" t="s">
+        <v>40</v>
+      </c>
+      <c r="AJ10" s="57" t="s">
+        <v>41</v>
+      </c>
+      <c r="AK10" s="57" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL10" s="57" t="s">
+        <v>45</v>
+      </c>
+      <c r="AM10" s="57" t="s">
+        <v>47</v>
+      </c>
+      <c r="AN10" s="57" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="11" spans="1:40" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="17" t="s">
+        <v>514</v>
+      </c>
+      <c r="B11" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C11" s="17" t="s">
+        <v>515</v>
+      </c>
+      <c r="D11" s="18" t="s">
+        <v>516</v>
+      </c>
+      <c r="E11" s="20">
+        <v>253092000</v>
+      </c>
+      <c r="F11" s="20">
+        <v>12075000</v>
+      </c>
+      <c r="G11" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H11" s="18">
+        <v>20250416</v>
+      </c>
+      <c r="I11" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="J11" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="K11" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L11" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V11" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="W11" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X11" s="19">
+        <v>12630996</v>
+      </c>
+      <c r="Y11" s="20">
+        <v>241662262.5</v>
+      </c>
+      <c r="Z11" s="20">
+        <v>37811</v>
+      </c>
+      <c r="AA11" s="20">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="12" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A12" s="17" t="s">
+        <v>699</v>
+      </c>
+      <c r="B12" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" s="17" t="s">
+        <v>700</v>
+      </c>
+      <c r="D12" s="18" t="s">
+        <v>701</v>
+      </c>
+      <c r="E12" s="20">
+        <v>114184750</v>
+      </c>
+      <c r="F12" s="20">
+        <v>10025000</v>
+      </c>
+      <c r="G12" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H12" s="18">
+        <v>20250618</v>
+      </c>
+      <c r="I12" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K12" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L12" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V12" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="W12" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X12" s="19">
+        <v>5563293</v>
+      </c>
+      <c r="Y12" s="20">
+        <v>91696383</v>
+      </c>
+      <c r="Z12" s="20">
+        <v>18340</v>
+      </c>
+      <c r="AA12" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A13" s="17" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B13" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" s="17" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D13" s="18" t="s">
+        <v>1081</v>
+      </c>
+      <c r="E13" s="20">
+        <v>2042000</v>
+      </c>
+      <c r="F13" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G13" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H13" s="18">
+        <v>20251015</v>
+      </c>
+      <c r="I13" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K13" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L13" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V13" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W13" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X13" s="19">
+        <v>122634</v>
+      </c>
+      <c r="Y13" s="20">
+        <v>2373732.5</v>
+      </c>
+      <c r="Z13" s="20">
+        <v>214</v>
+      </c>
+      <c r="AA13" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A14" s="17" t="s">
+        <v>678</v>
+      </c>
+      <c r="B14" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C14" s="17" t="s">
+        <v>679</v>
+      </c>
+      <c r="D14" s="18" t="s">
+        <v>680</v>
+      </c>
+      <c r="E14" s="20">
+        <v>14214000</v>
+      </c>
+      <c r="F14" s="20">
+        <v>1150000</v>
+      </c>
+      <c r="G14" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H14" s="18">
+        <v>20250617</v>
+      </c>
+      <c r="I14" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K14" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L14" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V14" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="W14" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X14" s="19">
+        <v>17372854</v>
+      </c>
+      <c r="Y14" s="20">
+        <v>255508679</v>
+      </c>
+      <c r="Z14" s="20">
+        <v>26588</v>
+      </c>
+      <c r="AA14" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A15" s="17" t="s">
+        <v>684</v>
+      </c>
+      <c r="B15" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C15" s="17" t="s">
+        <v>685</v>
+      </c>
+      <c r="D15" s="18" t="s">
+        <v>686</v>
+      </c>
+      <c r="E15" s="20">
+        <v>50275500</v>
+      </c>
+      <c r="F15" s="20">
+        <v>1650000</v>
+      </c>
+      <c r="G15" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H15" s="18">
+        <v>20250617</v>
+      </c>
+      <c r="I15" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K15" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L15" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V15" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="W15" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X15" s="19">
+        <v>14588855</v>
+      </c>
+      <c r="Y15" s="20">
+        <v>381851807.5</v>
+      </c>
+      <c r="Z15" s="20">
+        <v>34296</v>
+      </c>
+      <c r="AA15" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A16" s="17" t="s">
+        <v>985</v>
+      </c>
+      <c r="B16" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C16" s="17" t="s">
+        <v>986</v>
+      </c>
+      <c r="D16" s="18" t="s">
+        <v>987</v>
+      </c>
+      <c r="E16" s="20">
+        <v>4632500</v>
+      </c>
+      <c r="F16" s="20">
+        <v>250000</v>
+      </c>
+      <c r="G16" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H16" s="18">
+        <v>20250918</v>
+      </c>
+      <c r="I16" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K16" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L16" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V16" s="18" t="s">
+        <v>981</v>
+      </c>
+      <c r="W16" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X16" s="19">
+        <v>65886</v>
+      </c>
+      <c r="Y16" s="20">
+        <v>1211817</v>
+      </c>
+      <c r="Z16" s="20">
+        <v>119</v>
+      </c>
+      <c r="AA16" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A17" s="17" t="s">
+        <v>982</v>
+      </c>
+      <c r="B17" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="17" t="s">
+        <v>983</v>
+      </c>
+      <c r="D17" s="18" t="s">
+        <v>984</v>
+      </c>
+      <c r="E17" s="20">
+        <v>5157500</v>
+      </c>
+      <c r="F17" s="20">
+        <v>250000</v>
+      </c>
+      <c r="G17" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H17" s="18">
+        <v>20250918</v>
+      </c>
+      <c r="I17" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K17" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L17" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V17" s="18" t="s">
+        <v>981</v>
+      </c>
+      <c r="W17" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X17" s="19">
+        <v>80203</v>
+      </c>
+      <c r="Y17" s="20">
+        <v>1701136.5</v>
+      </c>
+      <c r="Z17" s="20">
+        <v>168</v>
+      </c>
+      <c r="AA17" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A18" s="17" t="s">
+        <v>681</v>
+      </c>
+      <c r="B18" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C18" s="17" t="s">
+        <v>682</v>
+      </c>
+      <c r="D18" s="18" t="s">
+        <v>683</v>
+      </c>
+      <c r="E18" s="20">
+        <v>3500000</v>
+      </c>
+      <c r="F18" s="20">
+        <v>250000</v>
+      </c>
+      <c r="G18" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H18" s="18">
+        <v>20250617</v>
+      </c>
+      <c r="I18" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K18" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L18" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V18" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="W18" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X18" s="19">
+        <v>512678</v>
+      </c>
+      <c r="Y18" s="20">
+        <v>8622107.5</v>
+      </c>
+      <c r="Z18" s="20">
+        <v>1093</v>
+      </c>
+      <c r="AA18" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="19" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A19" s="17" t="s">
+        <v>690</v>
+      </c>
+      <c r="B19" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C19" s="17" t="s">
+        <v>691</v>
+      </c>
+      <c r="D19" s="18" t="s">
+        <v>692</v>
+      </c>
+      <c r="E19" s="20">
+        <v>6887500</v>
+      </c>
+      <c r="F19" s="20">
+        <v>250000</v>
+      </c>
+      <c r="G19" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H19" s="18">
+        <v>20250617</v>
+      </c>
+      <c r="I19" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K19" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L19" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V19" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="W19" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X19" s="19">
+        <v>485688</v>
+      </c>
+      <c r="Y19" s="20">
+        <v>11792941.5</v>
+      </c>
+      <c r="Z19" s="20">
+        <v>1664</v>
+      </c>
+      <c r="AA19" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A20" s="17" t="s">
+        <v>796</v>
+      </c>
+      <c r="B20" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C20" s="17" t="s">
+        <v>797</v>
+      </c>
+      <c r="D20" s="18" t="s">
+        <v>798</v>
+      </c>
+      <c r="E20" s="20">
+        <v>3935000</v>
+      </c>
+      <c r="F20" s="20">
+        <v>250000</v>
+      </c>
+      <c r="G20" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H20" s="18">
+        <v>20250812</v>
+      </c>
+      <c r="I20" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K20" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L20" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V20" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="W20" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X20" s="19">
+        <v>129551</v>
+      </c>
+      <c r="Y20" s="20">
+        <v>2132304</v>
+      </c>
+      <c r="Z20" s="20">
+        <v>182</v>
+      </c>
+      <c r="AA20" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="21" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A21" s="17" t="s">
+        <v>790</v>
+      </c>
+      <c r="B21" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C21" s="17" t="s">
+        <v>791</v>
+      </c>
+      <c r="D21" s="18" t="s">
+        <v>792</v>
+      </c>
+      <c r="E21" s="20">
+        <v>6250000</v>
+      </c>
+      <c r="F21" s="20">
+        <v>250000</v>
+      </c>
+      <c r="G21" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H21" s="18">
+        <v>20250812</v>
+      </c>
+      <c r="I21" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K21" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L21" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V21" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="W21" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X21" s="19">
+        <v>125653</v>
+      </c>
+      <c r="Y21" s="20">
+        <v>3018886.5</v>
+      </c>
+      <c r="Z21" s="20">
+        <v>335</v>
+      </c>
+      <c r="AA21" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="22" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A22" s="17" t="s">
+        <v>978</v>
+      </c>
+      <c r="B22" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C22" s="17" t="s">
+        <v>979</v>
+      </c>
+      <c r="D22" s="18" t="s">
+        <v>980</v>
+      </c>
+      <c r="E22" s="20">
+        <v>4707500</v>
+      </c>
+      <c r="F22" s="20">
+        <v>250000</v>
+      </c>
+      <c r="G22" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H22" s="18">
+        <v>20250918</v>
+      </c>
+      <c r="I22" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K22" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L22" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V22" s="18" t="s">
+        <v>981</v>
+      </c>
+      <c r="W22" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X22" s="19">
+        <v>23735</v>
+      </c>
+      <c r="Y22" s="20">
+        <v>461333</v>
+      </c>
+      <c r="Z22" s="20">
+        <v>64</v>
+      </c>
+      <c r="AA22" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A23" s="17" t="s">
+        <v>570</v>
+      </c>
+      <c r="B23" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C23" s="17" t="s">
+        <v>571</v>
+      </c>
+      <c r="D23" s="18" t="s">
+        <v>572</v>
+      </c>
+      <c r="E23" s="20">
+        <v>21072035.120000001</v>
+      </c>
+      <c r="F23" s="20">
+        <v>600001</v>
+      </c>
+      <c r="G23" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H23" s="18">
+        <v>20250527</v>
+      </c>
+      <c r="I23" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K23" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L23" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V23" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="W23" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X23" s="19">
+        <v>219429</v>
+      </c>
+      <c r="Y23" s="20">
+        <v>7307545.5</v>
+      </c>
+      <c r="Z23" s="20">
+        <v>764</v>
+      </c>
+      <c r="AA23" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="24" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A24" s="17" t="s">
+        <v>325</v>
+      </c>
+      <c r="B24" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C24" s="17" t="s">
+        <v>326</v>
+      </c>
+      <c r="D24" s="18" t="s">
+        <v>327</v>
+      </c>
+      <c r="E24" s="20">
+        <v>8338816.71</v>
+      </c>
+      <c r="F24" s="20">
+        <v>250002</v>
+      </c>
+      <c r="G24" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H24" s="18">
+        <v>20250206</v>
+      </c>
+      <c r="I24" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K24" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L24" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V24" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="W24" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X24" s="19">
+        <v>58587</v>
+      </c>
+      <c r="Y24" s="20">
+        <v>1689740</v>
+      </c>
+      <c r="Z24" s="20">
+        <v>186</v>
+      </c>
+      <c r="AA24" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="25" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A25" s="17" t="s">
+        <v>328</v>
+      </c>
+      <c r="B25" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="17" t="s">
+        <v>329</v>
+      </c>
+      <c r="D25" s="18" t="s">
+        <v>330</v>
+      </c>
+      <c r="E25" s="20">
+        <v>9231061.5399999991</v>
+      </c>
+      <c r="F25" s="20">
+        <v>300002</v>
+      </c>
+      <c r="G25" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H25" s="18">
+        <v>20250206</v>
+      </c>
+      <c r="I25" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K25" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L25" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V25" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="W25" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X25" s="19">
+        <v>85870</v>
+      </c>
+      <c r="Y25" s="20">
+        <v>2278332</v>
+      </c>
+      <c r="Z25" s="20">
+        <v>225</v>
+      </c>
+      <c r="AA25" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="26" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A26" s="17" t="s">
+        <v>331</v>
+      </c>
+      <c r="B26" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C26" s="17" t="s">
+        <v>332</v>
+      </c>
+      <c r="D26" s="18" t="s">
+        <v>333</v>
+      </c>
+      <c r="E26" s="20">
+        <v>5051807.95</v>
+      </c>
+      <c r="F26" s="20">
+        <v>175002</v>
+      </c>
+      <c r="G26" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H26" s="18">
+        <v>20250206</v>
+      </c>
+      <c r="I26" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K26" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L26" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V26" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="W26" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X26" s="19">
+        <v>67358</v>
+      </c>
+      <c r="Y26" s="20">
+        <v>2002913</v>
+      </c>
+      <c r="Z26" s="20">
+        <v>294</v>
+      </c>
+      <c r="AA26" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="27" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A27" s="17" t="s">
+        <v>334</v>
+      </c>
+      <c r="B27" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C27" s="17" t="s">
+        <v>335</v>
+      </c>
+      <c r="D27" s="18" t="s">
+        <v>336</v>
+      </c>
+      <c r="E27" s="20">
+        <v>5994059.54</v>
+      </c>
+      <c r="F27" s="20">
+        <v>200002</v>
+      </c>
+      <c r="G27" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H27" s="18">
+        <v>20250206</v>
+      </c>
+      <c r="I27" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K27" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L27" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V27" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="W27" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X27" s="19">
+        <v>62373</v>
+      </c>
+      <c r="Y27" s="20">
+        <v>1825856</v>
+      </c>
+      <c r="Z27" s="20">
+        <v>295</v>
+      </c>
+      <c r="AA27" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="28" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A28" s="17" t="s">
+        <v>337</v>
+      </c>
+      <c r="B28" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C28" s="17" t="s">
+        <v>338</v>
+      </c>
+      <c r="D28" s="18" t="s">
+        <v>339</v>
+      </c>
+      <c r="E28" s="20">
+        <v>28343060.260000002</v>
+      </c>
+      <c r="F28" s="20">
+        <v>950002</v>
+      </c>
+      <c r="G28" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H28" s="18">
+        <v>20250206</v>
+      </c>
+      <c r="I28" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K28" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L28" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V28" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="W28" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X28" s="19">
+        <v>137929</v>
+      </c>
+      <c r="Y28" s="20">
+        <v>3977242</v>
+      </c>
+      <c r="Z28" s="20">
+        <v>428</v>
+      </c>
+      <c r="AA28" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="29" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A29" s="17" t="s">
+        <v>340</v>
+      </c>
+      <c r="B29" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C29" s="17" t="s">
+        <v>341</v>
+      </c>
+      <c r="D29" s="18" t="s">
+        <v>342</v>
+      </c>
+      <c r="E29" s="20">
+        <v>5004307.92</v>
+      </c>
+      <c r="F29" s="20">
+        <v>175002</v>
+      </c>
+      <c r="G29" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H29" s="18">
+        <v>20250206</v>
+      </c>
+      <c r="I29" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K29" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L29" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V29" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="W29" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X29" s="19">
+        <v>126710</v>
+      </c>
+      <c r="Y29" s="20">
+        <v>3471784.5</v>
+      </c>
+      <c r="Z29" s="20">
+        <v>442</v>
+      </c>
+      <c r="AA29" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="30" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A30" s="17" t="s">
+        <v>343</v>
+      </c>
+      <c r="B30" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C30" s="17" t="s">
+        <v>344</v>
+      </c>
+      <c r="D30" s="18" t="s">
+        <v>345</v>
+      </c>
+      <c r="E30" s="20">
+        <v>9994066.8000000007</v>
+      </c>
+      <c r="F30" s="20">
+        <v>300002</v>
+      </c>
+      <c r="G30" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H30" s="18">
+        <v>20250206</v>
+      </c>
+      <c r="I30" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K30" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L30" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V30" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="W30" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X30" s="19">
+        <v>135133</v>
+      </c>
+      <c r="Y30" s="20">
+        <v>4104941.5</v>
+      </c>
+      <c r="Z30" s="20">
+        <v>314</v>
+      </c>
+      <c r="AA30" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="31" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A31" s="17" t="s">
+        <v>346</v>
+      </c>
+      <c r="B31" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C31" s="17" t="s">
+        <v>347</v>
+      </c>
+      <c r="D31" s="18" t="s">
+        <v>348</v>
+      </c>
+      <c r="E31" s="20">
+        <v>2865557.31</v>
+      </c>
+      <c r="F31" s="20">
+        <v>100002</v>
+      </c>
+      <c r="G31" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H31" s="18">
+        <v>20250206</v>
+      </c>
+      <c r="I31" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K31" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L31" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V31" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="W31" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X31" s="19">
+        <v>42852</v>
+      </c>
+      <c r="Y31" s="20">
+        <v>1234979</v>
+      </c>
+      <c r="Z31" s="20">
+        <v>153</v>
+      </c>
+      <c r="AA31" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="32" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A32" s="17" t="s">
+        <v>349</v>
+      </c>
+      <c r="B32" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C32" s="17" t="s">
+        <v>350</v>
+      </c>
+      <c r="D32" s="18" t="s">
+        <v>351</v>
+      </c>
+      <c r="E32" s="20">
+        <v>2231809.7000000002</v>
+      </c>
+      <c r="F32" s="20">
+        <v>75002</v>
+      </c>
+      <c r="G32" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H32" s="18">
+        <v>20250206</v>
+      </c>
+      <c r="I32" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K32" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L32" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V32" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="W32" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X32" s="19">
+        <v>17374</v>
+      </c>
+      <c r="Y32" s="20">
+        <v>510737</v>
+      </c>
+      <c r="Z32" s="20">
+        <v>58</v>
+      </c>
+      <c r="AA32" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="33" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A33" s="17" t="s">
+        <v>352</v>
+      </c>
+      <c r="B33" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C33" s="17" t="s">
+        <v>353</v>
+      </c>
+      <c r="D33" s="18" t="s">
+        <v>354</v>
+      </c>
+      <c r="E33" s="20">
+        <v>8698327.7400000002</v>
+      </c>
+      <c r="F33" s="20">
+        <v>225002</v>
+      </c>
+      <c r="G33" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H33" s="18">
+        <v>20250206</v>
+      </c>
+      <c r="I33" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K33" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L33" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V33" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="W33" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X33" s="19">
+        <v>184154</v>
+      </c>
+      <c r="Y33" s="20">
+        <v>5938889</v>
+      </c>
+      <c r="Z33" s="20">
+        <v>768</v>
+      </c>
+      <c r="AA33" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="34" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A34" s="17" t="s">
+        <v>355</v>
+      </c>
+      <c r="B34" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C34" s="17" t="s">
+        <v>356</v>
+      </c>
+      <c r="D34" s="18" t="s">
+        <v>357</v>
+      </c>
+      <c r="E34" s="20">
+        <v>69165067.900000006</v>
+      </c>
+      <c r="F34" s="20">
+        <v>2025002</v>
+      </c>
+      <c r="G34" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H34" s="18">
+        <v>20250206</v>
+      </c>
+      <c r="I34" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K34" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L34" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V34" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="W34" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X34" s="19">
+        <v>359760</v>
+      </c>
+      <c r="Y34" s="20">
+        <v>11489750</v>
+      </c>
+      <c r="Z34" s="20">
+        <v>1331</v>
+      </c>
+      <c r="AA34" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="35" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A35" s="17" t="s">
+        <v>435</v>
+      </c>
+      <c r="B35" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C35" s="17" t="s">
+        <v>436</v>
+      </c>
+      <c r="D35" s="18" t="s">
+        <v>437</v>
+      </c>
+      <c r="E35" s="20">
+        <v>6072010.1200000001</v>
+      </c>
+      <c r="F35" s="20">
+        <v>600001</v>
+      </c>
+      <c r="G35" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H35" s="18">
+        <v>20250321</v>
+      </c>
+      <c r="I35" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K35" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L35" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V35" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="W35" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X35" s="19">
+        <v>106691</v>
+      </c>
+      <c r="Y35" s="20">
+        <v>1073598.5</v>
+      </c>
+      <c r="Z35" s="20">
+        <v>78</v>
+      </c>
+      <c r="AA35" s="20">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="36" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A36" s="17" t="s">
+        <v>432</v>
+      </c>
+      <c r="B36" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C36" s="17" t="s">
+        <v>433</v>
+      </c>
+      <c r="D36" s="18" t="s">
+        <v>434</v>
+      </c>
+      <c r="E36" s="20">
+        <v>4554010.12</v>
+      </c>
+      <c r="F36" s="20">
+        <v>450001</v>
+      </c>
+      <c r="G36" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H36" s="18">
+        <v>20250321</v>
+      </c>
+      <c r="I36" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K36" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L36" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V36" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="W36" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X36" s="19">
+        <v>90469</v>
+      </c>
+      <c r="Y36" s="20">
+        <v>911498</v>
+      </c>
+      <c r="Z36" s="20">
+        <v>55</v>
+      </c>
+      <c r="AA36" s="20">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="37" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A37" s="17" t="s">
+        <v>426</v>
+      </c>
+      <c r="B37" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C37" s="17" t="s">
+        <v>427</v>
+      </c>
+      <c r="D37" s="18" t="s">
+        <v>428</v>
+      </c>
+      <c r="E37" s="20">
+        <v>6610510.1699999999</v>
+      </c>
+      <c r="F37" s="20">
+        <v>650001</v>
+      </c>
+      <c r="G37" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H37" s="18">
+        <v>20250321</v>
+      </c>
+      <c r="I37" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K37" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L37" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V37" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="W37" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X37" s="19">
+        <v>135491</v>
+      </c>
+      <c r="Y37" s="20">
+        <v>1371837.5</v>
+      </c>
+      <c r="Z37" s="20">
+        <v>118</v>
+      </c>
+      <c r="AA37" s="20">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="38" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A38" s="17" t="s">
+        <v>429</v>
+      </c>
+      <c r="B38" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C38" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="D38" s="18" t="s">
+        <v>431</v>
+      </c>
+      <c r="E38" s="20">
+        <v>15814700</v>
+      </c>
+      <c r="F38" s="20">
+        <v>1210000</v>
+      </c>
+      <c r="G38" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H38" s="18">
+        <v>20250321</v>
+      </c>
+      <c r="I38" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K38" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L38" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V38" s="18" t="s">
+        <v>134</v>
+      </c>
+      <c r="W38" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X38" s="19">
+        <v>599867</v>
+      </c>
+      <c r="Y38" s="20">
+        <v>6627696</v>
+      </c>
+      <c r="Z38" s="20">
+        <v>1898</v>
+      </c>
+      <c r="AA38" s="20">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="39" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A39" s="17" t="s">
+        <v>517</v>
+      </c>
+      <c r="B39" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C39" s="17" t="s">
+        <v>518</v>
+      </c>
+      <c r="D39" s="18" t="s">
+        <v>519</v>
+      </c>
+      <c r="E39" s="20">
+        <v>119850000</v>
+      </c>
+      <c r="F39" s="20">
+        <v>6030000</v>
+      </c>
+      <c r="G39" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H39" s="18">
+        <v>20250423</v>
+      </c>
+      <c r="I39" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K39" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L39" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V39" s="18" t="s">
+        <v>134</v>
+      </c>
+      <c r="W39" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X39" s="19">
+        <v>1361237</v>
+      </c>
+      <c r="Y39" s="20">
+        <v>27267768.5</v>
+      </c>
+      <c r="Z39" s="20">
+        <v>910</v>
+      </c>
+      <c r="AA39" s="20">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="40" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A40" s="17" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B40" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C40" s="17" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D40" s="18" t="s">
+        <v>1054</v>
+      </c>
+      <c r="E40" s="20">
+        <v>15255020</v>
+      </c>
+      <c r="F40" s="20">
+        <v>766000</v>
+      </c>
+      <c r="G40" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H40" s="18">
+        <v>20251006</v>
+      </c>
+      <c r="I40" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K40" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L40" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V40" s="18" t="s">
+        <v>134</v>
+      </c>
+      <c r="W40" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X40" s="19">
+        <v>83007</v>
+      </c>
+      <c r="Y40" s="20">
+        <v>1657315</v>
+      </c>
+      <c r="Z40" s="20">
+        <v>33</v>
+      </c>
+      <c r="AA40" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="41" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A41" s="17" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B41" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C41" s="17" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D41" s="18" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E41" s="20">
+        <v>1000000</v>
+      </c>
+      <c r="F41" s="20">
+        <v>50000</v>
+      </c>
+      <c r="G41" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H41" s="18">
+        <v>20251030</v>
+      </c>
+      <c r="I41" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K41" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="L41" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V41" s="18" t="s">
+        <v>1172</v>
+      </c>
+      <c r="W41" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X41" s="19">
+        <v>253</v>
+      </c>
+      <c r="Y41" s="20">
+        <v>5074</v>
+      </c>
+      <c r="Z41" s="20">
+        <v>4</v>
+      </c>
+      <c r="AA41" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="42" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A42" s="17" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B42" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C42" s="17" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D42" s="18" t="s">
+        <v>1171</v>
+      </c>
+      <c r="E42" s="20">
+        <v>1000000</v>
+      </c>
+      <c r="F42" s="20">
+        <v>50000</v>
+      </c>
+      <c r="G42" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H42" s="18">
+        <v>20251030</v>
+      </c>
+      <c r="I42" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K42" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="L42" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V42" s="18" t="s">
+        <v>1172</v>
+      </c>
+      <c r="W42" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X42" s="19">
+        <v>304</v>
+      </c>
+      <c r="Y42" s="20">
+        <v>6072</v>
+      </c>
+      <c r="Z42" s="20">
+        <v>4</v>
+      </c>
+      <c r="AA42" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="43" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A43" s="17" t="s">
+        <v>901</v>
+      </c>
+      <c r="B43" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C43" s="17" t="s">
+        <v>902</v>
+      </c>
+      <c r="D43" s="18" t="s">
+        <v>903</v>
+      </c>
+      <c r="E43" s="20">
+        <v>13011000</v>
+      </c>
+      <c r="F43" s="20">
+        <v>1400000</v>
+      </c>
+      <c r="G43" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H43" s="18">
+        <v>20250826</v>
+      </c>
+      <c r="I43" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K43" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L43" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V43" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W43" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X43" s="19">
+        <v>65992</v>
+      </c>
+      <c r="Y43" s="20">
+        <v>627115.5</v>
+      </c>
+      <c r="Z43" s="20">
+        <v>109</v>
+      </c>
+      <c r="AA43" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="44" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A44" s="17" t="s">
+        <v>505</v>
+      </c>
+      <c r="B44" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C44" s="17" t="s">
+        <v>506</v>
+      </c>
+      <c r="D44" s="18" t="s">
+        <v>507</v>
+      </c>
+      <c r="E44" s="20">
+        <v>55589500</v>
+      </c>
+      <c r="F44" s="20">
+        <v>3900000</v>
+      </c>
+      <c r="G44" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H44" s="18">
+        <v>20250416</v>
+      </c>
+      <c r="I44" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="J44" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="K44" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L44" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V44" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W44" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X44" s="19">
+        <v>6767003</v>
+      </c>
+      <c r="Y44" s="20">
+        <v>94747030</v>
+      </c>
+      <c r="Z44" s="20">
+        <v>18561</v>
+      </c>
+      <c r="AA44" s="20">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="45" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A45" s="17" t="s">
+        <v>799</v>
+      </c>
+      <c r="B45" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C45" s="17" t="s">
+        <v>800</v>
+      </c>
+      <c r="D45" s="18" t="s">
+        <v>801</v>
+      </c>
+      <c r="E45" s="20">
+        <v>1010000</v>
+      </c>
+      <c r="F45" s="20">
+        <v>50000</v>
+      </c>
+      <c r="G45" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H45" s="18">
+        <v>20250812</v>
+      </c>
+      <c r="I45" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K45" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L45" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V45" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W45" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X45" s="19">
+        <v>1700</v>
+      </c>
+      <c r="Y45" s="20">
+        <v>34336</v>
+      </c>
+      <c r="Z45" s="20">
+        <v>8</v>
+      </c>
+      <c r="AA45" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="46" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A46" s="17" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B46" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C46" s="17" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D46" s="18" t="s">
+        <v>1045</v>
+      </c>
+      <c r="E46" s="20">
+        <v>1000000</v>
+      </c>
+      <c r="F46" s="20">
+        <v>50000</v>
+      </c>
+      <c r="G46" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H46" s="18">
+        <v>20251001</v>
+      </c>
+      <c r="I46" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K46" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L46" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V46" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W46" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X46" s="19">
+        <v>10</v>
+      </c>
+      <c r="Y46" s="20">
+        <v>201</v>
+      </c>
+      <c r="Z46" s="20">
+        <v>1</v>
+      </c>
+      <c r="AA46" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="47" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A47" s="17" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B47" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C47" s="17" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D47" s="18" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E47" s="20">
+        <v>1000000</v>
+      </c>
+      <c r="F47" s="20">
+        <v>50000</v>
+      </c>
+      <c r="G47" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H47" s="18">
+        <v>20251001</v>
+      </c>
+      <c r="I47" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K47" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L47" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V47" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W47" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X47" s="19">
+        <v>10</v>
+      </c>
+      <c r="Y47" s="20">
+        <v>202</v>
+      </c>
+      <c r="Z47" s="20">
+        <v>1</v>
+      </c>
+      <c r="AA47" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="48" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A48" s="17" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B48" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C48" s="17" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D48" s="18" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E48" s="20">
+        <v>1000000</v>
+      </c>
+      <c r="F48" s="20">
+        <v>50000</v>
+      </c>
+      <c r="G48" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H48" s="18">
+        <v>20251001</v>
+      </c>
+      <c r="I48" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K48" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L48" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V48" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W48" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X48" s="19">
+        <v>10</v>
+      </c>
+      <c r="Y48" s="20">
+        <v>202</v>
+      </c>
+      <c r="Z48" s="20">
+        <v>1</v>
+      </c>
+      <c r="AA48" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="49" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A49" s="17" t="s">
+        <v>802</v>
+      </c>
+      <c r="B49" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C49" s="17" t="s">
+        <v>803</v>
+      </c>
+      <c r="D49" s="18" t="s">
+        <v>804</v>
+      </c>
+      <c r="E49" s="20">
+        <v>2038500</v>
+      </c>
+      <c r="F49" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G49" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H49" s="18">
+        <v>20250812</v>
+      </c>
+      <c r="I49" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K49" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L49" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V49" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W49" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X49" s="19">
+        <v>3205</v>
+      </c>
+      <c r="Y49" s="20">
+        <v>66062</v>
+      </c>
+      <c r="Z49" s="20">
+        <v>5</v>
+      </c>
+      <c r="AA49" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="50" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A50" s="17" t="s">
+        <v>793</v>
+      </c>
+      <c r="B50" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C50" s="17" t="s">
+        <v>794</v>
+      </c>
+      <c r="D50" s="18" t="s">
+        <v>795</v>
+      </c>
+      <c r="E50" s="20">
+        <v>1000000</v>
+      </c>
+      <c r="F50" s="20">
+        <v>50000</v>
+      </c>
+      <c r="G50" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H50" s="18">
+        <v>20250812</v>
+      </c>
+      <c r="I50" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K50" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L50" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V50" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W50" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X50" s="19">
+        <v>6</v>
+      </c>
+      <c r="Y50" s="20">
+        <v>123.5</v>
+      </c>
+      <c r="Z50" s="20">
+        <v>2</v>
+      </c>
+      <c r="AA50" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="51" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A51" s="17" t="s">
+        <v>892</v>
+      </c>
+      <c r="B51" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C51" s="17" t="s">
+        <v>893</v>
+      </c>
+      <c r="D51" s="18" t="s">
+        <v>894</v>
+      </c>
+      <c r="E51" s="20">
+        <v>1288800</v>
+      </c>
+      <c r="F51" s="20">
+        <v>60000</v>
+      </c>
+      <c r="G51" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H51" s="18">
+        <v>20250825</v>
+      </c>
+      <c r="I51" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K51" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L51" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V51" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W51" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X51" s="19">
+        <v>23891</v>
+      </c>
+      <c r="Y51" s="20">
+        <v>496537</v>
+      </c>
+      <c r="Z51" s="20">
+        <v>58</v>
+      </c>
+      <c r="AA51" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="52" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A52" s="17" t="s">
+        <v>889</v>
+      </c>
+      <c r="B52" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C52" s="17" t="s">
+        <v>890</v>
+      </c>
+      <c r="D52" s="18" t="s">
+        <v>891</v>
+      </c>
+      <c r="E52" s="20">
+        <v>2410100</v>
+      </c>
+      <c r="F52" s="20">
+        <v>110000</v>
+      </c>
+      <c r="G52" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H52" s="18">
+        <v>20250825</v>
+      </c>
+      <c r="I52" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K52" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L52" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V52" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W52" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X52" s="19">
+        <v>158140</v>
+      </c>
+      <c r="Y52" s="20">
+        <v>3360593.5</v>
+      </c>
+      <c r="Z52" s="20">
+        <v>226</v>
+      </c>
+      <c r="AA52" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="53" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A53" s="17" t="s">
+        <v>573</v>
+      </c>
+      <c r="B53" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C53" s="17" t="s">
+        <v>574</v>
+      </c>
+      <c r="D53" s="18" t="s">
+        <v>575</v>
+      </c>
+      <c r="E53" s="20">
+        <v>1976000</v>
+      </c>
+      <c r="F53" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G53" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H53" s="18">
+        <v>20250514</v>
+      </c>
+      <c r="I53" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K53" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L53" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V53" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W53" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X53" s="19">
+        <v>6880</v>
+      </c>
+      <c r="Y53" s="20">
+        <v>135708</v>
+      </c>
+      <c r="Z53" s="20">
+        <v>14</v>
+      </c>
+      <c r="AA53" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="54" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A54" s="17" t="s">
+        <v>886</v>
+      </c>
+      <c r="B54" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C54" s="17" t="s">
+        <v>887</v>
+      </c>
+      <c r="D54" s="18" t="s">
+        <v>888</v>
+      </c>
+      <c r="E54" s="20">
+        <v>7224000</v>
+      </c>
+      <c r="F54" s="20">
+        <v>350000</v>
+      </c>
+      <c r="G54" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H54" s="18">
+        <v>20250825</v>
+      </c>
+      <c r="I54" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K54" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L54" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V54" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W54" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X54" s="19">
+        <v>68168</v>
+      </c>
+      <c r="Y54" s="20">
+        <v>1422558</v>
+      </c>
+      <c r="Z54" s="20">
+        <v>95</v>
+      </c>
+      <c r="AA54" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="55" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A55" s="17" t="s">
+        <v>576</v>
+      </c>
+      <c r="B55" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C55" s="17" t="s">
+        <v>577</v>
+      </c>
+      <c r="D55" s="18" t="s">
+        <v>578</v>
+      </c>
+      <c r="E55" s="20">
+        <v>222767000</v>
+      </c>
+      <c r="F55" s="20">
+        <v>4450000</v>
+      </c>
+      <c r="G55" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H55" s="18">
+        <v>20250514</v>
+      </c>
+      <c r="I55" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K55" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L55" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V55" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W55" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X55" s="19">
+        <v>1475353</v>
+      </c>
+      <c r="Y55" s="20">
+        <v>73895633.5</v>
+      </c>
+      <c r="Z55" s="20">
+        <v>660</v>
+      </c>
+      <c r="AA55" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="56" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A56" s="17" t="s">
+        <v>895</v>
+      </c>
+      <c r="B56" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C56" s="17" t="s">
+        <v>896</v>
+      </c>
+      <c r="D56" s="18" t="s">
+        <v>897</v>
+      </c>
+      <c r="E56" s="20">
+        <v>12412000</v>
+      </c>
+      <c r="F56" s="20">
+        <v>600000</v>
+      </c>
+      <c r="G56" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H56" s="18">
+        <v>20250825</v>
+      </c>
+      <c r="I56" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K56" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L56" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V56" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W56" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X56" s="19">
+        <v>72393</v>
+      </c>
+      <c r="Y56" s="20">
+        <v>1470910</v>
+      </c>
+      <c r="Z56" s="20">
+        <v>55</v>
+      </c>
+      <c r="AA56" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="57" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A57" s="17" t="s">
+        <v>579</v>
+      </c>
+      <c r="B57" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C57" s="17" t="s">
+        <v>580</v>
+      </c>
+      <c r="D57" s="18" t="s">
+        <v>581</v>
+      </c>
+      <c r="E57" s="20">
+        <v>32656000</v>
+      </c>
+      <c r="F57" s="20">
+        <v>650000</v>
+      </c>
+      <c r="G57" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H57" s="18">
+        <v>20250514</v>
+      </c>
+      <c r="I57" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K57" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L57" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V57" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W57" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X57" s="19">
+        <v>334325</v>
+      </c>
+      <c r="Y57" s="20">
+        <v>16779597</v>
+      </c>
+      <c r="Z57" s="20">
+        <v>160</v>
+      </c>
+      <c r="AA57" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="58" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A58" s="17" t="s">
+        <v>907</v>
+      </c>
+      <c r="B58" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C58" s="17" t="s">
+        <v>908</v>
+      </c>
+      <c r="D58" s="18" t="s">
+        <v>909</v>
+      </c>
+      <c r="E58" s="20">
+        <v>26600000</v>
+      </c>
+      <c r="F58" s="20">
+        <v>1250000</v>
+      </c>
+      <c r="G58" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H58" s="18">
+        <v>20250827</v>
+      </c>
+      <c r="I58" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K58" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L58" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V58" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W58" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X58" s="19">
+        <v>2263440</v>
+      </c>
+      <c r="Y58" s="20">
+        <v>48297215.5</v>
+      </c>
+      <c r="Z58" s="20">
+        <v>7161</v>
+      </c>
+      <c r="AA58" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="59" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A59" s="17" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B59" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C59" s="17" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D59" s="18" t="s">
+        <v>1105</v>
+      </c>
+      <c r="E59" s="20">
+        <v>2650000</v>
+      </c>
+      <c r="F59" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G59" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H59" s="18">
+        <v>20251015</v>
+      </c>
+      <c r="I59" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K59" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L59" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V59" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W59" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X59" s="19">
+        <v>48890</v>
+      </c>
+      <c r="Y59" s="20">
+        <v>1275296</v>
+      </c>
+      <c r="Z59" s="20">
+        <v>159</v>
+      </c>
+      <c r="AA59" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="60" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A60" s="17" t="s">
+        <v>910</v>
+      </c>
+      <c r="B60" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C60" s="17" t="s">
+        <v>911</v>
+      </c>
+      <c r="D60" s="18" t="s">
+        <v>912</v>
+      </c>
+      <c r="E60" s="20">
+        <v>366207750</v>
+      </c>
+      <c r="F60" s="20">
+        <v>17925000</v>
+      </c>
+      <c r="G60" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H60" s="18">
+        <v>20250828</v>
+      </c>
+      <c r="I60" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K60" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L60" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V60" s="18" t="s">
+        <v>154</v>
+      </c>
+      <c r="W60" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X60" s="19">
+        <v>335642</v>
+      </c>
+      <c r="Y60" s="20">
+        <v>6997384.5</v>
+      </c>
+      <c r="Z60" s="20">
+        <v>247</v>
+      </c>
+      <c r="AA60" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="61" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A61" s="17" t="s">
+        <v>361</v>
+      </c>
+      <c r="B61" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C61" s="17" t="s">
+        <v>362</v>
+      </c>
+      <c r="D61" s="18" t="s">
+        <v>363</v>
+      </c>
+      <c r="E61" s="20">
+        <v>504847500</v>
+      </c>
+      <c r="F61" s="20">
+        <v>20750000</v>
+      </c>
+      <c r="G61" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H61" s="18">
+        <v>20250227</v>
+      </c>
+      <c r="I61" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K61" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L61" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V61" s="18" t="s">
+        <v>154</v>
+      </c>
+      <c r="W61" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X61" s="19">
+        <v>1228189</v>
+      </c>
+      <c r="Y61" s="20">
+        <v>26600010</v>
+      </c>
+      <c r="Z61" s="20">
+        <v>4718</v>
+      </c>
+      <c r="AA61" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="62" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A62" s="17" t="s">
+        <v>913</v>
+      </c>
+      <c r="B62" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C62" s="17" t="s">
+        <v>914</v>
+      </c>
+      <c r="D62" s="18" t="s">
+        <v>915</v>
+      </c>
+      <c r="E62" s="20">
+        <v>82355750</v>
+      </c>
+      <c r="F62" s="20">
+        <v>4075000</v>
+      </c>
+      <c r="G62" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H62" s="18">
+        <v>20250828</v>
+      </c>
+      <c r="I62" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K62" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L62" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V62" s="18" t="s">
+        <v>154</v>
+      </c>
+      <c r="W62" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X62" s="19">
+        <v>2112</v>
+      </c>
+      <c r="Y62" s="20">
+        <v>42652</v>
+      </c>
+      <c r="Z62" s="20">
+        <v>22</v>
+      </c>
+      <c r="AA62" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="63" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A63" s="17" t="s">
+        <v>708</v>
+      </c>
+      <c r="B63" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C63" s="17" t="s">
+        <v>709</v>
+      </c>
+      <c r="D63" s="18" t="s">
+        <v>710</v>
+      </c>
+      <c r="E63" s="20">
+        <v>29282500</v>
+      </c>
+      <c r="F63" s="20">
+        <v>1325000</v>
+      </c>
+      <c r="G63" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H63" s="18">
+        <v>20250620</v>
+      </c>
+      <c r="I63" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K63" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L63" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V63" s="18" t="s">
+        <v>154</v>
+      </c>
+      <c r="W63" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X63" s="19">
+        <v>594093</v>
+      </c>
+      <c r="Y63" s="20">
+        <v>12462723</v>
+      </c>
+      <c r="Z63" s="20">
+        <v>5568</v>
+      </c>
+      <c r="AA63" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="64" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A64" s="17" t="s">
+        <v>156</v>
+      </c>
+      <c r="B64" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C64" s="17" t="s">
+        <v>157</v>
+      </c>
+      <c r="D64" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="E64" s="20">
+        <v>96293400</v>
+      </c>
+      <c r="F64" s="20">
+        <v>4035000</v>
+      </c>
+      <c r="G64" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H64" s="18">
+        <v>20250122</v>
+      </c>
+      <c r="I64" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K64" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L64" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V64" s="18" t="s">
+        <v>155</v>
+      </c>
+      <c r="W64" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X64" s="19">
+        <v>1836795</v>
+      </c>
+      <c r="Y64" s="20">
+        <v>35624848</v>
+      </c>
+      <c r="Z64" s="20">
+        <v>2929</v>
+      </c>
+      <c r="AA64" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="65" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A65" s="17" t="s">
+        <v>898</v>
+      </c>
+      <c r="B65" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C65" s="17" t="s">
+        <v>899</v>
+      </c>
+      <c r="D65" s="18" t="s">
+        <v>900</v>
+      </c>
+      <c r="E65" s="20">
+        <v>41707500</v>
+      </c>
+      <c r="F65" s="20">
+        <v>2075000</v>
+      </c>
+      <c r="G65" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H65" s="18">
+        <v>20250826</v>
+      </c>
+      <c r="I65" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K65" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L65" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V65" s="18" t="s">
+        <v>155</v>
+      </c>
+      <c r="W65" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X65" s="19">
+        <v>188352</v>
+      </c>
+      <c r="Y65" s="20">
+        <v>3802836.5</v>
+      </c>
+      <c r="Z65" s="20">
+        <v>456</v>
+      </c>
+      <c r="AA65" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="66" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A66" s="17" t="s">
+        <v>444</v>
+      </c>
+      <c r="B66" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C66" s="17" t="s">
+        <v>445</v>
+      </c>
+      <c r="D66" s="18" t="s">
+        <v>446</v>
+      </c>
+      <c r="E66" s="20">
+        <v>9220000</v>
+      </c>
+      <c r="F66" s="20">
+        <v>1000000</v>
+      </c>
+      <c r="G66" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H66" s="18">
+        <v>20250327</v>
+      </c>
+      <c r="I66" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K66" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L66" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V66" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="W66" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X66" s="19">
+        <v>722598</v>
+      </c>
+      <c r="Y66" s="20">
+        <v>6669442.5</v>
+      </c>
+      <c r="Z66" s="20">
+        <v>1752</v>
+      </c>
+      <c r="AA66" s="20">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="67" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A67" s="17" t="s">
+        <v>988</v>
+      </c>
+      <c r="B67" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C67" s="17" t="s">
+        <v>989</v>
+      </c>
+      <c r="D67" s="18" t="s">
+        <v>990</v>
+      </c>
+      <c r="E67" s="20">
+        <v>29893200</v>
+      </c>
+      <c r="F67" s="20">
+        <v>1160000</v>
+      </c>
+      <c r="G67" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H67" s="18">
+        <v>20250918</v>
+      </c>
+      <c r="I67" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K67" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L67" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V67" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="W67" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X67" s="19">
+        <v>1110286</v>
+      </c>
+      <c r="Y67" s="20">
+        <v>28227917.5</v>
+      </c>
+      <c r="Z67" s="20">
+        <v>5026</v>
+      </c>
+      <c r="AA67" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="68" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A68" s="17" t="s">
+        <v>447</v>
+      </c>
+      <c r="B68" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C68" s="17" t="s">
+        <v>448</v>
+      </c>
+      <c r="D68" s="18" t="s">
+        <v>449</v>
+      </c>
+      <c r="E68" s="20">
+        <v>21638708.25</v>
+      </c>
+      <c r="F68" s="20">
+        <v>1116286</v>
+      </c>
+      <c r="G68" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H68" s="18">
+        <v>20250327</v>
+      </c>
+      <c r="I68" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K68" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L68" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V68" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="W68" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X68" s="19">
+        <v>1935054</v>
+      </c>
+      <c r="Y68" s="20">
+        <v>37480972.5</v>
+      </c>
+      <c r="Z68" s="20">
+        <v>657</v>
+      </c>
+      <c r="AA68" s="20">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="69" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A69" s="17" t="s">
+        <v>423</v>
+      </c>
+      <c r="B69" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C69" s="17" t="s">
+        <v>424</v>
+      </c>
+      <c r="D69" s="18" t="s">
+        <v>425</v>
+      </c>
+      <c r="E69" s="20">
+        <v>3833500</v>
+      </c>
+      <c r="F69" s="20">
+        <v>150000</v>
+      </c>
+      <c r="G69" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H69" s="18">
+        <v>20250318</v>
+      </c>
+      <c r="I69" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K69" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L69" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V69" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="W69" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X69" s="19">
+        <v>215146</v>
+      </c>
+      <c r="Y69" s="20">
+        <v>5569656</v>
+      </c>
+      <c r="Z69" s="20">
+        <v>749</v>
+      </c>
+      <c r="AA69" s="20">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="70" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A70" s="17" t="s">
+        <v>420</v>
+      </c>
+      <c r="B70" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C70" s="17" t="s">
+        <v>421</v>
+      </c>
+      <c r="D70" s="18" t="s">
+        <v>422</v>
+      </c>
+      <c r="E70" s="20">
+        <v>6696250</v>
+      </c>
+      <c r="F70" s="20">
+        <v>150000</v>
+      </c>
+      <c r="G70" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H70" s="18">
+        <v>20250318</v>
+      </c>
+      <c r="I70" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K70" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L70" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V70" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="W70" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X70" s="19">
+        <v>210377</v>
+      </c>
+      <c r="Y70" s="20">
+        <v>8324525</v>
+      </c>
+      <c r="Z70" s="20">
+        <v>1183</v>
+      </c>
+      <c r="AA70" s="20">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="71" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A71" s="17" t="s">
+        <v>508</v>
+      </c>
+      <c r="B71" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C71" s="17" t="s">
+        <v>509</v>
+      </c>
+      <c r="D71" s="18" t="s">
+        <v>510</v>
+      </c>
+      <c r="E71" s="20">
+        <v>24494260</v>
+      </c>
+      <c r="F71" s="20">
+        <v>1721000</v>
+      </c>
+      <c r="G71" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H71" s="18">
+        <v>20250416</v>
+      </c>
+      <c r="I71" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="J71" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="K71" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L71" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V71" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="W71" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X71" s="19">
+        <v>1882774</v>
+      </c>
+      <c r="Y71" s="20">
+        <v>26538863</v>
+      </c>
+      <c r="Z71" s="20">
+        <v>6309</v>
+      </c>
+      <c r="AA71" s="20">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="72" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A72" s="17" t="s">
+        <v>933</v>
+      </c>
+      <c r="B72" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C72" s="17" t="s">
+        <v>934</v>
+      </c>
+      <c r="D72" s="18" t="s">
+        <v>935</v>
+      </c>
+      <c r="E72" s="20">
+        <v>119260400</v>
+      </c>
+      <c r="F72" s="20">
+        <v>4460000</v>
+      </c>
+      <c r="G72" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H72" s="18">
+        <v>20250910</v>
+      </c>
+      <c r="I72" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K72" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L72" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V72" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="W72" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X72" s="19">
+        <v>4646892</v>
+      </c>
+      <c r="Y72" s="20">
+        <v>121408062</v>
+      </c>
+      <c r="Z72" s="20">
+        <v>19716</v>
+      </c>
+      <c r="AA72" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="73" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A73" s="17" t="s">
+        <v>705</v>
+      </c>
+      <c r="B73" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C73" s="17" t="s">
+        <v>706</v>
+      </c>
+      <c r="D73" s="18" t="s">
+        <v>707</v>
+      </c>
+      <c r="E73" s="20">
+        <v>54419500</v>
+      </c>
+      <c r="F73" s="20">
+        <v>4650000</v>
+      </c>
+      <c r="G73" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H73" s="18">
+        <v>20250618</v>
+      </c>
+      <c r="I73" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K73" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L73" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V73" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="W73" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X73" s="19">
+        <v>2989668</v>
+      </c>
+      <c r="Y73" s="20">
+        <v>39663424.5</v>
+      </c>
+      <c r="Z73" s="20">
+        <v>11297</v>
+      </c>
+      <c r="AA73" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="74" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A74" s="17" t="s">
+        <v>164</v>
+      </c>
+      <c r="B74" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C74" s="17" t="s">
+        <v>165</v>
+      </c>
+      <c r="D74" s="18" t="s">
+        <v>166</v>
+      </c>
+      <c r="E74" s="20">
+        <v>445749600</v>
+      </c>
+      <c r="F74" s="20">
+        <v>17632500</v>
+      </c>
+      <c r="G74" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H74" s="18">
+        <v>20250128</v>
+      </c>
+      <c r="I74" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K74" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L74" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V74" s="18" t="s">
+        <v>167</v>
+      </c>
+      <c r="W74" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X74" s="19">
+        <v>1404936</v>
+      </c>
+      <c r="Y74" s="20">
+        <v>34206652</v>
+      </c>
+      <c r="Z74" s="20">
+        <v>6905</v>
+      </c>
+      <c r="AA74" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="75" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A75" s="17" t="s">
+        <v>168</v>
+      </c>
+      <c r="B75" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C75" s="17" t="s">
+        <v>169</v>
+      </c>
+      <c r="D75" s="18" t="s">
+        <v>170</v>
+      </c>
+      <c r="E75" s="20">
+        <v>4209150</v>
+      </c>
+      <c r="F75" s="20">
+        <v>165000</v>
+      </c>
+      <c r="G75" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H75" s="18">
+        <v>20250128</v>
+      </c>
+      <c r="I75" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K75" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L75" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V75" s="18" t="s">
+        <v>167</v>
+      </c>
+      <c r="W75" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X75" s="19">
+        <v>106299</v>
+      </c>
+      <c r="Y75" s="20">
+        <v>2444921</v>
+      </c>
+      <c r="Z75" s="20">
+        <v>272</v>
+      </c>
+      <c r="AA75" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="76" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A76" s="17" t="s">
+        <v>171</v>
+      </c>
+      <c r="B76" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C76" s="17" t="s">
+        <v>172</v>
+      </c>
+      <c r="D76" s="18" t="s">
+        <v>173</v>
+      </c>
+      <c r="E76" s="20">
+        <v>162111300</v>
+      </c>
+      <c r="F76" s="20">
+        <v>6330000</v>
+      </c>
+      <c r="G76" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H76" s="18">
+        <v>20250128</v>
+      </c>
+      <c r="I76" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K76" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L76" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V76" s="18" t="s">
+        <v>167</v>
+      </c>
+      <c r="W76" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X76" s="19">
+        <v>586619</v>
+      </c>
+      <c r="Y76" s="20">
+        <v>13859681</v>
+      </c>
+      <c r="Z76" s="20">
+        <v>1734</v>
+      </c>
+      <c r="AA76" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="77" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A77" s="17" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B77" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C77" s="17" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D77" s="18" t="s">
+        <v>1084</v>
+      </c>
+      <c r="E77" s="20">
+        <v>1020000</v>
+      </c>
+      <c r="F77" s="20">
+        <v>40000</v>
+      </c>
+      <c r="G77" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H77" s="18">
+        <v>20251015</v>
+      </c>
+      <c r="I77" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K77" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L77" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V77" s="18" t="s">
+        <v>167</v>
+      </c>
+      <c r="W77" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X77" s="19">
+        <v>5300</v>
+      </c>
+      <c r="Y77" s="20">
+        <v>135589</v>
+      </c>
+      <c r="Z77" s="20">
+        <v>19</v>
+      </c>
+      <c r="AA77" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="78" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A78" s="17" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B78" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C78" s="17" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D78" s="18" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E78" s="20">
+        <v>1022800</v>
+      </c>
+      <c r="F78" s="20">
+        <v>40000</v>
+      </c>
+      <c r="G78" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H78" s="18">
+        <v>20251015</v>
+      </c>
+      <c r="I78" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K78" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L78" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V78" s="18" t="s">
+        <v>167</v>
+      </c>
+      <c r="W78" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X78" s="19">
+        <v>406</v>
+      </c>
+      <c r="Y78" s="20">
+        <v>10455</v>
+      </c>
+      <c r="Z78" s="20">
+        <v>5</v>
+      </c>
+      <c r="AA78" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="79" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A79" s="17" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B79" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C79" s="17" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D79" s="18" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E79" s="20">
+        <v>1022800</v>
+      </c>
+      <c r="F79" s="20">
+        <v>40000</v>
+      </c>
+      <c r="G79" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H79" s="18">
+        <v>20251015</v>
+      </c>
+      <c r="I79" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K79" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L79" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V79" s="18" t="s">
+        <v>167</v>
+      </c>
+      <c r="W79" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X79" s="19">
+        <v>900</v>
+      </c>
+      <c r="Y79" s="20">
+        <v>23013</v>
+      </c>
+      <c r="Z79" s="20">
+        <v>2</v>
+      </c>
+      <c r="AA79" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="80" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A80" s="17" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B80" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C80" s="17" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D80" s="18" t="s">
+        <v>1102</v>
+      </c>
+      <c r="E80" s="20">
+        <v>1025000</v>
+      </c>
+      <c r="F80" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G80" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H80" s="18">
+        <v>20251015</v>
+      </c>
+      <c r="I80" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K80" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L80" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V80" s="18" t="s">
+        <v>167</v>
+      </c>
+      <c r="W80" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X80" s="19">
+        <v>3345</v>
+      </c>
+      <c r="Y80" s="20">
+        <v>34602</v>
+      </c>
+      <c r="Z80" s="20">
+        <v>13</v>
+      </c>
+      <c r="AA80" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="81" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A81" s="17" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B81" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C81" s="17" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D81" s="18" t="s">
+        <v>1075</v>
+      </c>
+      <c r="E81" s="20">
+        <v>4284000</v>
+      </c>
+      <c r="F81" s="20">
+        <v>425000</v>
+      </c>
+      <c r="G81" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H81" s="18">
+        <v>20251015</v>
+      </c>
+      <c r="I81" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K81" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L81" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V81" s="18" t="s">
+        <v>167</v>
+      </c>
+      <c r="W81" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X81" s="19">
+        <v>175186</v>
+      </c>
+      <c r="Y81" s="20">
+        <v>1777749</v>
+      </c>
+      <c r="Z81" s="20">
+        <v>240</v>
+      </c>
+      <c r="AA81" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="82" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A82" s="17" t="s">
+        <v>759</v>
+      </c>
+      <c r="B82" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C82" s="17" t="s">
+        <v>760</v>
+      </c>
+      <c r="D82" s="18" t="s">
+        <v>761</v>
+      </c>
+      <c r="E82" s="20">
+        <v>2164000</v>
+      </c>
+      <c r="F82" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G82" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H82" s="18">
+        <v>20250721</v>
+      </c>
+      <c r="I82" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K82" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L82" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V82" s="18" t="s">
+        <v>175</v>
+      </c>
+      <c r="W82" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X82" s="19">
+        <v>25206</v>
+      </c>
+      <c r="Y82" s="20">
+        <v>537067</v>
+      </c>
+      <c r="Z82" s="20">
+        <v>17</v>
+      </c>
+      <c r="AA82" s="20">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="83" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A83" s="17" t="s">
+        <v>711</v>
+      </c>
+      <c r="B83" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C83" s="17" t="s">
+        <v>712</v>
+      </c>
+      <c r="D83" s="18" t="s">
+        <v>713</v>
+      </c>
+      <c r="E83" s="20">
+        <v>1137000</v>
+      </c>
+      <c r="F83" s="20">
+        <v>50000</v>
+      </c>
+      <c r="G83" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H83" s="18">
+        <v>20250625</v>
+      </c>
+      <c r="I83" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K83" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L83" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V83" s="18" t="s">
+        <v>177</v>
+      </c>
+      <c r="W83" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X83" s="19">
+        <v>4975</v>
+      </c>
+      <c r="Y83" s="20">
+        <v>108538</v>
+      </c>
+      <c r="Z83" s="20">
+        <v>9</v>
+      </c>
+      <c r="AA83" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="84" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A84" s="17" t="s">
+        <v>714</v>
+      </c>
+      <c r="B84" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C84" s="17" t="s">
+        <v>715</v>
+      </c>
+      <c r="D84" s="18" t="s">
+        <v>716</v>
+      </c>
+      <c r="E84" s="20">
+        <v>1109000</v>
+      </c>
+      <c r="F84" s="20">
+        <v>50000</v>
+      </c>
+      <c r="G84" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H84" s="18">
+        <v>20250625</v>
+      </c>
+      <c r="I84" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K84" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L84" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V84" s="18" t="s">
+        <v>177</v>
+      </c>
+      <c r="W84" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X84" s="19">
+        <v>7100</v>
+      </c>
+      <c r="Y84" s="20">
+        <v>148780</v>
+      </c>
+      <c r="Z84" s="20">
+        <v>8</v>
+      </c>
+      <c r="AA84" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="85" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A85" s="17" t="s">
+        <v>717</v>
+      </c>
+      <c r="B85" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C85" s="17" t="s">
+        <v>718</v>
+      </c>
+      <c r="D85" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="E85" s="20">
+        <v>1139000</v>
+      </c>
+      <c r="F85" s="20">
+        <v>50000</v>
+      </c>
+      <c r="G85" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H85" s="18">
+        <v>20250625</v>
+      </c>
+      <c r="I85" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K85" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L85" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V85" s="18" t="s">
+        <v>177</v>
+      </c>
+      <c r="W85" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X85" s="19">
+        <v>4400</v>
+      </c>
+      <c r="Y85" s="20">
+        <v>100300</v>
+      </c>
+      <c r="Z85" s="20">
+        <v>8</v>
+      </c>
+      <c r="AA85" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="86" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A86" s="17" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B86" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C86" s="17" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D86" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E86" s="20">
+        <v>37500650.189999998</v>
+      </c>
+      <c r="F86" s="20">
+        <v>750003</v>
+      </c>
+      <c r="G86" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H86" s="18">
+        <v>20251008</v>
+      </c>
+      <c r="I86" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K86" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L86" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V86" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="W86" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X86" s="19">
+        <v>21042</v>
+      </c>
+      <c r="Y86" s="20">
+        <v>1053946</v>
+      </c>
+      <c r="Z86" s="20">
+        <v>119</v>
+      </c>
+      <c r="AA86" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="87" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A87" s="17" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B87" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C87" s="17" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D87" s="18" t="s">
+        <v>1066</v>
+      </c>
+      <c r="E87" s="20">
+        <v>41754902.270000003</v>
+      </c>
+      <c r="F87" s="20">
+        <v>825003</v>
+      </c>
+      <c r="G87" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H87" s="18">
+        <v>20251008</v>
+      </c>
+      <c r="I87" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K87" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L87" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V87" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="W87" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X87" s="19">
+        <v>109124</v>
+      </c>
+      <c r="Y87" s="20">
+        <v>5512394.5</v>
+      </c>
+      <c r="Z87" s="20">
+        <v>486</v>
+      </c>
+      <c r="AA87" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="88" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A88" s="17" t="s">
+        <v>364</v>
+      </c>
+      <c r="B88" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C88" s="17" t="s">
+        <v>365</v>
+      </c>
+      <c r="D88" s="18" t="s">
+        <v>366</v>
+      </c>
+      <c r="E88" s="20">
+        <v>10575000</v>
+      </c>
+      <c r="F88" s="20">
+        <v>375000</v>
+      </c>
+      <c r="G88" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H88" s="18">
+        <v>20250220</v>
+      </c>
+      <c r="I88" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K88" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L88" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V88" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="W88" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X88" s="19">
+        <v>276838</v>
+      </c>
+      <c r="Y88" s="20">
+        <v>6860775.5</v>
+      </c>
+      <c r="Z88" s="20">
+        <v>1636</v>
+      </c>
+      <c r="AA88" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="89" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A89" s="17" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B89" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C89" s="17" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D89" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="E89" s="20">
+        <v>5027018.28</v>
+      </c>
+      <c r="F89" s="20">
+        <v>275001</v>
+      </c>
+      <c r="G89" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H89" s="18">
+        <v>20251008</v>
+      </c>
+      <c r="I89" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K89" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L89" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V89" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="W89" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X89" s="19">
+        <v>162001</v>
+      </c>
+      <c r="Y89" s="20">
+        <v>3133233</v>
+      </c>
+      <c r="Z89" s="20">
+        <v>939</v>
+      </c>
+      <c r="AA89" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="90" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A90" s="17" t="s">
+        <v>531</v>
+      </c>
+      <c r="B90" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C90" s="17" t="s">
+        <v>532</v>
+      </c>
+      <c r="D90" s="18" t="s">
+        <v>533</v>
+      </c>
+      <c r="E90" s="20">
+        <v>147812500</v>
+      </c>
+      <c r="F90" s="20">
+        <v>5375000</v>
+      </c>
+      <c r="G90" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H90" s="18">
+        <v>20250430</v>
+      </c>
+      <c r="I90" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K90" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L90" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V90" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="W90" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X90" s="19">
+        <v>3482384</v>
+      </c>
+      <c r="Y90" s="20">
+        <v>86584512.5</v>
+      </c>
+      <c r="Z90" s="20">
+        <v>12686</v>
+      </c>
+      <c r="AA90" s="20">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="91" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A91" s="17" t="s">
+        <v>543</v>
+      </c>
+      <c r="B91" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C91" s="17" t="s">
+        <v>544</v>
+      </c>
+      <c r="D91" s="18" t="s">
+        <v>545</v>
+      </c>
+      <c r="E91" s="20">
+        <v>2811955.76</v>
+      </c>
+      <c r="F91" s="20">
+        <v>125087</v>
+      </c>
+      <c r="G91" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H91" s="18">
+        <v>20250430</v>
+      </c>
+      <c r="I91" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K91" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L91" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V91" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="W91" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X91" s="19">
+        <v>269600</v>
+      </c>
+      <c r="Y91" s="20">
+        <v>6115380.5</v>
+      </c>
+      <c r="Z91" s="20">
+        <v>463</v>
+      </c>
+      <c r="AA91" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="92" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A92" s="17" t="s">
+        <v>537</v>
+      </c>
+      <c r="B92" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C92" s="17" t="s">
+        <v>538</v>
+      </c>
+      <c r="D92" s="18" t="s">
+        <v>539</v>
+      </c>
+      <c r="E92" s="20">
+        <v>15029116.85</v>
+      </c>
+      <c r="F92" s="20">
+        <v>500137</v>
+      </c>
+      <c r="G92" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H92" s="18">
+        <v>20250430</v>
+      </c>
+      <c r="I92" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K92" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L92" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V92" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="W92" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X92" s="19">
+        <v>474932</v>
+      </c>
+      <c r="Y92" s="20">
+        <v>12304487</v>
+      </c>
+      <c r="Z92" s="20">
+        <v>2457</v>
+      </c>
+      <c r="AA92" s="20">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="93" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A93" s="17" t="s">
+        <v>523</v>
+      </c>
+      <c r="B93" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C93" s="17" t="s">
+        <v>524</v>
+      </c>
+      <c r="D93" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="E93" s="20">
+        <v>2183000</v>
+      </c>
+      <c r="F93" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G93" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H93" s="18">
+        <v>20250430</v>
+      </c>
+      <c r="I93" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K93" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L93" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V93" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="W93" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X93" s="19">
+        <v>68064</v>
+      </c>
+      <c r="Y93" s="20">
+        <v>1472979</v>
+      </c>
+      <c r="Z93" s="20">
+        <v>491</v>
+      </c>
+      <c r="AA93" s="20">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="94" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A94" s="17" t="s">
+        <v>540</v>
+      </c>
+      <c r="B94" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C94" s="17" t="s">
+        <v>541</v>
+      </c>
+      <c r="D94" s="18" t="s">
+        <v>542</v>
+      </c>
+      <c r="E94" s="20">
+        <v>8732000</v>
+      </c>
+      <c r="F94" s="20">
+        <v>400000</v>
+      </c>
+      <c r="G94" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H94" s="18">
+        <v>20250430</v>
+      </c>
+      <c r="I94" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K94" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L94" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V94" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="W94" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X94" s="19">
+        <v>351048</v>
+      </c>
+      <c r="Y94" s="20">
+        <v>7654727</v>
+      </c>
+      <c r="Z94" s="20">
+        <v>469</v>
+      </c>
+      <c r="AA94" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="95" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A95" s="17" t="s">
+        <v>525</v>
+      </c>
+      <c r="B95" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C95" s="17" t="s">
+        <v>526</v>
+      </c>
+      <c r="D95" s="18" t="s">
+        <v>527</v>
+      </c>
+      <c r="E95" s="20">
+        <v>2142000</v>
+      </c>
+      <c r="F95" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G95" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H95" s="18">
+        <v>20250430</v>
+      </c>
+      <c r="I95" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K95" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L95" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V95" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="W95" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X95" s="19">
+        <v>68069</v>
+      </c>
+      <c r="Y95" s="20">
+        <v>1341334.5</v>
+      </c>
+      <c r="Z95" s="20">
+        <v>180</v>
+      </c>
+      <c r="AA95" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="96" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A96" s="17" t="s">
+        <v>534</v>
+      </c>
+      <c r="B96" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C96" s="17" t="s">
+        <v>535</v>
+      </c>
+      <c r="D96" s="18" t="s">
+        <v>536</v>
+      </c>
+      <c r="E96" s="20">
+        <v>5562000</v>
+      </c>
+      <c r="F96" s="20">
+        <v>200000</v>
+      </c>
+      <c r="G96" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H96" s="18">
+        <v>20250430</v>
+      </c>
+      <c r="I96" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K96" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L96" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V96" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="W96" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X96" s="19">
+        <v>75977</v>
+      </c>
+      <c r="Y96" s="20">
+        <v>1917304.5</v>
+      </c>
+      <c r="Z96" s="20">
+        <v>322</v>
+      </c>
+      <c r="AA96" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="97" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A97" s="17" t="s">
+        <v>528</v>
+      </c>
+      <c r="B97" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C97" s="17" t="s">
+        <v>529</v>
+      </c>
+      <c r="D97" s="18" t="s">
+        <v>530</v>
+      </c>
+      <c r="E97" s="20">
+        <v>2465000</v>
+      </c>
+      <c r="F97" s="20">
+        <v>125000</v>
+      </c>
+      <c r="G97" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H97" s="18">
+        <v>20250430</v>
+      </c>
+      <c r="I97" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K97" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L97" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V97" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="W97" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X97" s="19">
+        <v>12639</v>
+      </c>
+      <c r="Y97" s="20">
+        <v>253984.5</v>
+      </c>
+      <c r="Z97" s="20">
+        <v>34</v>
+      </c>
+      <c r="AA97" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="98" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A98" s="17" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B98" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C98" s="17" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D98" s="18" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E98" s="20">
+        <v>2470019.7599999998</v>
+      </c>
+      <c r="F98" s="20">
+        <v>125001</v>
+      </c>
+      <c r="G98" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H98" s="18">
+        <v>20251008</v>
+      </c>
+      <c r="I98" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K98" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L98" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V98" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="W98" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X98" s="19">
+        <v>53855</v>
+      </c>
+      <c r="Y98" s="20">
+        <v>1090369</v>
+      </c>
+      <c r="Z98" s="20">
+        <v>424</v>
+      </c>
+      <c r="AA98" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="99" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A99" s="17" t="s">
+        <v>771</v>
+      </c>
+      <c r="B99" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C99" s="17" t="s">
+        <v>772</v>
+      </c>
+      <c r="D99" s="18" t="s">
+        <v>773</v>
+      </c>
+      <c r="E99" s="20">
+        <v>382391837.14999998</v>
+      </c>
+      <c r="F99" s="20">
+        <v>33396667</v>
+      </c>
+      <c r="G99" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H99" s="18">
+        <v>20250725</v>
+      </c>
+      <c r="I99" s="19" t="s">
+        <v>104</v>
+      </c>
+      <c r="K99" s="18" t="s">
+        <v>135</v>
+      </c>
+      <c r="L99" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="S99" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="U99" s="18" t="s">
+        <v>136</v>
+      </c>
+      <c r="W99" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="X99" s="19">
+        <v>10463479</v>
+      </c>
+      <c r="Y99" s="20">
+        <v>138090211</v>
+      </c>
+      <c r="Z99" s="20">
+        <v>18443</v>
+      </c>
+      <c r="AA99" s="20">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="100" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A100" s="17" t="s">
+        <v>396</v>
+      </c>
+      <c r="B100" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C100" s="17" t="s">
+        <v>397</v>
+      </c>
+      <c r="D100" s="18" t="s">
+        <v>398</v>
+      </c>
+      <c r="E100" s="20">
+        <v>18147100</v>
+      </c>
+      <c r="F100" s="20">
+        <v>890000</v>
+      </c>
+      <c r="G100" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H100" s="18">
+        <v>20250304</v>
+      </c>
+      <c r="I100" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K100" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L100" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V100" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="W100" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X100" s="19">
+        <v>119344</v>
+      </c>
+      <c r="Y100" s="20">
+        <v>2280840.5</v>
+      </c>
+      <c r="Z100" s="20">
+        <v>192</v>
+      </c>
+      <c r="AA100" s="20">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="101" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A101" s="17" t="s">
+        <v>181</v>
+      </c>
+      <c r="B101" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C101" s="17" t="s">
+        <v>182</v>
+      </c>
+      <c r="D101" s="18" t="s">
+        <v>183</v>
+      </c>
+      <c r="E101" s="20">
+        <v>119464400</v>
+      </c>
+      <c r="F101" s="20">
+        <v>6287600</v>
+      </c>
+      <c r="G101" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H101" s="18">
+        <v>20250121</v>
+      </c>
+      <c r="I101" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K101" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L101" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V101" s="18" t="s">
+        <v>180</v>
+      </c>
+      <c r="W101" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X101" s="19">
+        <v>257449</v>
+      </c>
+      <c r="Y101" s="20">
+        <v>4438737</v>
+      </c>
+      <c r="Z101" s="20">
+        <v>778</v>
+      </c>
+      <c r="AA101" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="102" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A102" s="17" t="s">
+        <v>184</v>
+      </c>
+      <c r="B102" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C102" s="17" t="s">
+        <v>185</v>
+      </c>
+      <c r="D102" s="18" t="s">
+        <v>186</v>
+      </c>
+      <c r="E102" s="20">
+        <v>205214323.125</v>
+      </c>
+      <c r="F102" s="20">
+        <v>11512725</v>
+      </c>
+      <c r="G102" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H102" s="18">
+        <v>20250127</v>
+      </c>
+      <c r="I102" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K102" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L102" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V102" s="18" t="s">
+        <v>180</v>
+      </c>
+      <c r="W102" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X102" s="19">
+        <v>3154722</v>
+      </c>
+      <c r="Y102" s="20">
+        <v>54689462</v>
+      </c>
+      <c r="Z102" s="20">
+        <v>8426</v>
+      </c>
+      <c r="AA102" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="103" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A103" s="17" t="s">
+        <v>187</v>
+      </c>
+      <c r="B103" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C103" s="17" t="s">
+        <v>188</v>
+      </c>
+      <c r="D103" s="18" t="s">
+        <v>189</v>
+      </c>
+      <c r="E103" s="20">
+        <v>11065101.25</v>
+      </c>
+      <c r="F103" s="20">
+        <v>613025</v>
+      </c>
+      <c r="G103" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H103" s="18">
+        <v>20250128</v>
+      </c>
+      <c r="I103" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K103" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L103" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V103" s="18" t="s">
+        <v>180</v>
+      </c>
+      <c r="W103" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X103" s="19">
+        <v>461493</v>
+      </c>
+      <c r="Y103" s="20">
+        <v>7693099</v>
+      </c>
+      <c r="Z103" s="20">
+        <v>1561</v>
+      </c>
+      <c r="AA103" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="104" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A104" s="17" t="s">
+        <v>190</v>
+      </c>
+      <c r="B104" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C104" s="17" t="s">
+        <v>191</v>
+      </c>
+      <c r="D104" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="E104" s="20">
+        <v>5239691.68</v>
+      </c>
+      <c r="F104" s="20">
+        <v>337609</v>
+      </c>
+      <c r="G104" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H104" s="18">
+        <v>20250129</v>
+      </c>
+      <c r="I104" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K104" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L104" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V104" s="18" t="s">
+        <v>180</v>
+      </c>
+      <c r="W104" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X104" s="19">
+        <v>190892</v>
+      </c>
+      <c r="Y104" s="20">
+        <v>2965511.5</v>
+      </c>
+      <c r="Z104" s="20">
+        <v>656</v>
+      </c>
+      <c r="AA104" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="105" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A105" s="17" t="s">
+        <v>193</v>
+      </c>
+      <c r="B105" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C105" s="17" t="s">
+        <v>194</v>
+      </c>
+      <c r="D105" s="18" t="s">
+        <v>195</v>
+      </c>
+      <c r="E105" s="20">
+        <v>127288225.02</v>
+      </c>
+      <c r="F105" s="20">
+        <v>7900077</v>
+      </c>
+      <c r="G105" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H105" s="18">
+        <v>20250127</v>
+      </c>
+      <c r="I105" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K105" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L105" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V105" s="18" t="s">
+        <v>180</v>
+      </c>
+      <c r="W105" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X105" s="19">
+        <v>1861944</v>
+      </c>
+      <c r="Y105" s="20">
+        <v>30200657.5</v>
+      </c>
+      <c r="Z105" s="20">
+        <v>5177</v>
+      </c>
+      <c r="AA105" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="106" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A106" s="17" t="s">
+        <v>520</v>
+      </c>
+      <c r="B106" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C106" s="17" t="s">
+        <v>521</v>
+      </c>
+      <c r="D106" s="18" t="s">
+        <v>522</v>
+      </c>
+      <c r="E106" s="20">
+        <v>17000863.199999999</v>
+      </c>
+      <c r="F106" s="20">
+        <v>863865</v>
+      </c>
+      <c r="G106" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H106" s="18">
+        <v>20250428</v>
+      </c>
+      <c r="I106" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K106" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L106" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V106" s="18" t="s">
+        <v>180</v>
+      </c>
+      <c r="W106" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X106" s="19">
+        <v>1150808</v>
+      </c>
+      <c r="Y106" s="20">
+        <v>20489544</v>
+      </c>
+      <c r="Z106" s="20">
+        <v>2238</v>
+      </c>
+      <c r="AA106" s="20">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="107" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A107" s="17" t="s">
+        <v>838</v>
+      </c>
+      <c r="B107" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C107" s="17" t="s">
+        <v>839</v>
+      </c>
+      <c r="D107" s="18" t="s">
+        <v>840</v>
+      </c>
+      <c r="E107" s="20">
+        <v>5561250</v>
+      </c>
+      <c r="F107" s="20">
+        <v>375000</v>
+      </c>
+      <c r="G107" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H107" s="18">
+        <v>20250821</v>
+      </c>
+      <c r="I107" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K107" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L107" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V107" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W107" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X107" s="19">
+        <v>366380</v>
+      </c>
+      <c r="Y107" s="20">
+        <v>5334462.5</v>
+      </c>
+      <c r="Z107" s="20">
+        <v>1106</v>
+      </c>
+      <c r="AA107" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="108" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A108" s="17" t="s">
+        <v>399</v>
+      </c>
+      <c r="B108" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C108" s="17" t="s">
+        <v>400</v>
+      </c>
+      <c r="D108" s="18" t="s">
+        <v>401</v>
+      </c>
+      <c r="E108" s="20">
+        <v>99082000</v>
+      </c>
+      <c r="F108" s="20">
+        <v>5350000</v>
+      </c>
+      <c r="G108" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H108" s="18">
+        <v>20250305</v>
+      </c>
+      <c r="I108" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K108" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L108" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V108" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W108" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X108" s="19">
+        <v>546596</v>
+      </c>
+      <c r="Y108" s="20">
+        <v>6955211.5</v>
+      </c>
+      <c r="Z108" s="20">
+        <v>2525</v>
+      </c>
+      <c r="AA108" s="20">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="109" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A109" s="17" t="s">
+        <v>411</v>
+      </c>
+      <c r="B109" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C109" s="17" t="s">
+        <v>412</v>
+      </c>
+      <c r="D109" s="18" t="s">
+        <v>413</v>
+      </c>
+      <c r="E109" s="20">
+        <v>91640000</v>
+      </c>
+      <c r="F109" s="20">
+        <v>3625000</v>
+      </c>
+      <c r="G109" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H109" s="18">
+        <v>20250305</v>
+      </c>
+      <c r="I109" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K109" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L109" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V109" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W109" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X109" s="19">
+        <v>1133927</v>
+      </c>
+      <c r="Y109" s="20">
+        <v>19199264</v>
+      </c>
+      <c r="Z109" s="20">
+        <v>5105</v>
+      </c>
+      <c r="AA109" s="20">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="110" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A110" s="17" t="s">
+        <v>675</v>
+      </c>
+      <c r="B110" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C110" s="17" t="s">
+        <v>676</v>
+      </c>
+      <c r="D110" s="18" t="s">
+        <v>677</v>
+      </c>
+      <c r="E110" s="20">
+        <v>80370000</v>
+      </c>
+      <c r="F110" s="20">
+        <v>4700000</v>
+      </c>
+      <c r="G110" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H110" s="18">
+        <v>20250616</v>
+      </c>
+      <c r="I110" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K110" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L110" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V110" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W110" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X110" s="19">
+        <v>755382</v>
+      </c>
+      <c r="Y110" s="20">
+        <v>10532643</v>
+      </c>
+      <c r="Z110" s="20">
+        <v>2039</v>
+      </c>
+      <c r="AA110" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="111" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A111" s="17" t="s">
+        <v>832</v>
+      </c>
+      <c r="B111" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C111" s="17" t="s">
+        <v>833</v>
+      </c>
+      <c r="D111" s="18" t="s">
+        <v>834</v>
+      </c>
+      <c r="E111" s="20">
+        <v>3159000</v>
+      </c>
+      <c r="F111" s="20">
+        <v>300000</v>
+      </c>
+      <c r="G111" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H111" s="18">
+        <v>20250821</v>
+      </c>
+      <c r="I111" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K111" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L111" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V111" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W111" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X111" s="19">
+        <v>212989</v>
+      </c>
+      <c r="Y111" s="20">
+        <v>2362948.5</v>
+      </c>
+      <c r="Z111" s="20">
+        <v>672</v>
+      </c>
+      <c r="AA111" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="112" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A112" s="17" t="s">
+        <v>417</v>
+      </c>
+      <c r="B112" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C112" s="17" t="s">
+        <v>418</v>
+      </c>
+      <c r="D112" s="18" t="s">
+        <v>419</v>
+      </c>
+      <c r="E112" s="20">
+        <v>100004000</v>
+      </c>
+      <c r="F112" s="20">
+        <v>4600000</v>
+      </c>
+      <c r="G112" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H112" s="18">
+        <v>20250305</v>
+      </c>
+      <c r="I112" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K112" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L112" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V112" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W112" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X112" s="19">
+        <v>581872</v>
+      </c>
+      <c r="Y112" s="20">
+        <v>9279337.5</v>
+      </c>
+      <c r="Z112" s="20">
+        <v>2649</v>
+      </c>
+      <c r="AA112" s="20">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="113" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A113" s="17" t="s">
+        <v>835</v>
+      </c>
+      <c r="B113" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C113" s="17" t="s">
+        <v>836</v>
+      </c>
+      <c r="D113" s="18" t="s">
+        <v>837</v>
+      </c>
+      <c r="E113" s="20">
+        <v>7225000</v>
+      </c>
+      <c r="F113" s="20">
+        <v>425000</v>
+      </c>
+      <c r="G113" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H113" s="18">
+        <v>20250821</v>
+      </c>
+      <c r="I113" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K113" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L113" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V113" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W113" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X113" s="19">
+        <v>547969</v>
+      </c>
+      <c r="Y113" s="20">
+        <v>7457975.5</v>
+      </c>
+      <c r="Z113" s="20">
+        <v>1887</v>
+      </c>
+      <c r="AA113" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="114" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A114" s="17" t="s">
+        <v>820</v>
+      </c>
+      <c r="B114" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C114" s="17" t="s">
+        <v>821</v>
+      </c>
+      <c r="D114" s="18" t="s">
+        <v>822</v>
+      </c>
+      <c r="E114" s="20">
+        <v>96187500</v>
+      </c>
+      <c r="F114" s="20">
+        <v>7125000</v>
+      </c>
+      <c r="G114" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H114" s="18">
+        <v>20250821</v>
+      </c>
+      <c r="I114" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K114" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L114" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V114" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W114" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X114" s="19">
+        <v>4553240</v>
+      </c>
+      <c r="Y114" s="20">
+        <v>58789191</v>
+      </c>
+      <c r="Z114" s="20">
+        <v>12154</v>
+      </c>
+      <c r="AA114" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="115" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A115" s="17" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B115" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C115" s="17" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D115" s="18" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E115" s="20">
+        <v>18026500</v>
+      </c>
+      <c r="F115" s="20">
+        <v>1550000</v>
+      </c>
+      <c r="G115" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H115" s="18">
+        <v>20251001</v>
+      </c>
+      <c r="I115" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K115" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L115" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V115" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W115" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X115" s="19">
+        <v>780813</v>
+      </c>
+      <c r="Y115" s="20">
+        <v>10159040</v>
+      </c>
+      <c r="Z115" s="20">
+        <v>4116</v>
+      </c>
+      <c r="AA115" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="116" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A116" s="17" t="s">
+        <v>826</v>
+      </c>
+      <c r="B116" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C116" s="17" t="s">
+        <v>827</v>
+      </c>
+      <c r="D116" s="18" t="s">
+        <v>828</v>
+      </c>
+      <c r="E116" s="20">
+        <v>3327500</v>
+      </c>
+      <c r="F116" s="20">
+        <v>250000</v>
+      </c>
+      <c r="G116" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H116" s="18">
+        <v>20250821</v>
+      </c>
+      <c r="I116" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K116" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L116" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V116" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W116" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X116" s="19">
+        <v>165947</v>
+      </c>
+      <c r="Y116" s="20">
+        <v>2172978</v>
+      </c>
+      <c r="Z116" s="20">
+        <v>502</v>
+      </c>
+      <c r="AA116" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="117" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A117" s="17" t="s">
+        <v>408</v>
+      </c>
+      <c r="B117" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C117" s="17" t="s">
+        <v>409</v>
+      </c>
+      <c r="D117" s="18" t="s">
+        <v>410</v>
+      </c>
+      <c r="E117" s="20">
+        <v>102225000</v>
+      </c>
+      <c r="F117" s="20">
+        <v>7050000</v>
+      </c>
+      <c r="G117" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H117" s="18">
+        <v>20250305</v>
+      </c>
+      <c r="I117" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K117" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L117" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V117" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W117" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X117" s="19">
+        <v>12291496</v>
+      </c>
+      <c r="Y117" s="20">
+        <v>171218094.5</v>
+      </c>
+      <c r="Z117" s="20">
+        <v>30973</v>
+      </c>
+      <c r="AA117" s="20">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="118" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A118" s="17" t="s">
+        <v>196</v>
+      </c>
+      <c r="B118" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C118" s="17" t="s">
+        <v>197</v>
+      </c>
+      <c r="D118" s="18" t="s">
+        <v>198</v>
+      </c>
+      <c r="E118" s="20">
+        <v>16087500</v>
+      </c>
+      <c r="F118" s="20">
+        <v>1375000</v>
+      </c>
+      <c r="G118" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H118" s="18">
+        <v>20250116</v>
+      </c>
+      <c r="I118" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="J118" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="K118" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L118" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V118" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W118" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X118" s="19">
+        <v>3088971</v>
+      </c>
+      <c r="Y118" s="20">
+        <v>34712199.5</v>
+      </c>
+      <c r="Z118" s="20">
+        <v>14732</v>
+      </c>
+      <c r="AA118" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="119" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A119" s="17" t="s">
+        <v>402</v>
+      </c>
+      <c r="B119" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C119" s="17" t="s">
+        <v>403</v>
+      </c>
+      <c r="D119" s="18" t="s">
+        <v>404</v>
+      </c>
+      <c r="E119" s="20">
+        <v>63240000</v>
+      </c>
+      <c r="F119" s="20">
+        <v>6800000</v>
+      </c>
+      <c r="G119" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H119" s="18">
+        <v>20250305</v>
+      </c>
+      <c r="I119" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K119" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L119" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V119" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W119" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X119" s="19">
+        <v>1311069</v>
+      </c>
+      <c r="Y119" s="20">
+        <v>13140147</v>
+      </c>
+      <c r="Z119" s="20">
+        <v>6318</v>
+      </c>
+      <c r="AA119" s="20">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="120" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A120" s="17" t="s">
+        <v>199</v>
+      </c>
+      <c r="B120" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C120" s="17" t="s">
+        <v>200</v>
+      </c>
+      <c r="D120" s="18" t="s">
+        <v>201</v>
+      </c>
+      <c r="E120" s="20">
+        <v>1115267500</v>
+      </c>
+      <c r="F120" s="20">
+        <v>79575000</v>
+      </c>
+      <c r="G120" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H120" s="18">
+        <v>20250116</v>
+      </c>
+      <c r="I120" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K120" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L120" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V120" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W120" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X120" s="19">
+        <v>81723723</v>
+      </c>
+      <c r="Y120" s="20">
+        <v>1010057279</v>
+      </c>
+      <c r="Z120" s="20">
+        <v>197164</v>
+      </c>
+      <c r="AA120" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="121" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A121" s="17" t="s">
+        <v>829</v>
+      </c>
+      <c r="B121" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C121" s="17" t="s">
+        <v>830</v>
+      </c>
+      <c r="D121" s="18" t="s">
+        <v>831</v>
+      </c>
+      <c r="E121" s="20">
+        <v>3519000</v>
+      </c>
+      <c r="F121" s="20">
+        <v>300000</v>
+      </c>
+      <c r="G121" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H121" s="18">
+        <v>20250821</v>
+      </c>
+      <c r="I121" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K121" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L121" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V121" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W121" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X121" s="19">
+        <v>214153</v>
+      </c>
+      <c r="Y121" s="20">
+        <v>2627402</v>
+      </c>
+      <c r="Z121" s="20">
+        <v>782</v>
+      </c>
+      <c r="AA121" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="122" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A122" s="17" t="s">
+        <v>811</v>
+      </c>
+      <c r="B122" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C122" s="17" t="s">
+        <v>812</v>
+      </c>
+      <c r="D122" s="18" t="s">
+        <v>813</v>
+      </c>
+      <c r="E122" s="20">
+        <v>13608000</v>
+      </c>
+      <c r="F122" s="20">
+        <v>1050000</v>
+      </c>
+      <c r="G122" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H122" s="18">
+        <v>20250819</v>
+      </c>
+      <c r="I122" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K122" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L122" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V122" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W122" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X122" s="19">
+        <v>681139</v>
+      </c>
+      <c r="Y122" s="20">
+        <v>8358924.5</v>
+      </c>
+      <c r="Z122" s="20">
+        <v>1566</v>
+      </c>
+      <c r="AA122" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="123" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A123" s="17" t="s">
+        <v>496</v>
+      </c>
+      <c r="B123" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C123" s="17" t="s">
+        <v>497</v>
+      </c>
+      <c r="D123" s="18" t="s">
+        <v>498</v>
+      </c>
+      <c r="E123" s="20">
+        <v>9765750</v>
+      </c>
+      <c r="F123" s="20">
+        <v>725000</v>
+      </c>
+      <c r="G123" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H123" s="18">
+        <v>20250415</v>
+      </c>
+      <c r="I123" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K123" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L123" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V123" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W123" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X123" s="19">
+        <v>382674</v>
+      </c>
+      <c r="Y123" s="20">
+        <v>5148767</v>
+      </c>
+      <c r="Z123" s="20">
+        <v>434</v>
+      </c>
+      <c r="AA123" s="20">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="124" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A124" s="17" t="s">
+        <v>499</v>
+      </c>
+      <c r="B124" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C124" s="17" t="s">
+        <v>500</v>
+      </c>
+      <c r="D124" s="18" t="s">
+        <v>501</v>
+      </c>
+      <c r="E124" s="20">
+        <v>46008000</v>
+      </c>
+      <c r="F124" s="20">
+        <v>3550000</v>
+      </c>
+      <c r="G124" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H124" s="18">
+        <v>20250415</v>
+      </c>
+      <c r="I124" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K124" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L124" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V124" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W124" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X124" s="19">
+        <v>599948</v>
+      </c>
+      <c r="Y124" s="20">
+        <v>7770938.5</v>
+      </c>
+      <c r="Z124" s="20">
+        <v>1656</v>
+      </c>
+      <c r="AA124" s="20">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="125" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A125" s="17" t="s">
+        <v>202</v>
+      </c>
+      <c r="B125" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C125" s="17" t="s">
+        <v>203</v>
+      </c>
+      <c r="D125" s="18" t="s">
+        <v>204</v>
+      </c>
+      <c r="E125" s="20">
+        <v>74460000</v>
+      </c>
+      <c r="F125" s="20">
+        <v>6800000</v>
+      </c>
+      <c r="G125" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H125" s="18">
+        <v>20250116</v>
+      </c>
+      <c r="I125" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K125" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L125" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V125" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W125" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X125" s="19">
+        <v>2059180</v>
+      </c>
+      <c r="Y125" s="20">
+        <v>24898808</v>
+      </c>
+      <c r="Z125" s="20">
+        <v>9210</v>
+      </c>
+      <c r="AA125" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="126" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A126" s="17" t="s">
+        <v>414</v>
+      </c>
+      <c r="B126" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C126" s="17" t="s">
+        <v>415</v>
+      </c>
+      <c r="D126" s="18" t="s">
+        <v>416</v>
+      </c>
+      <c r="E126" s="20">
+        <v>472468500</v>
+      </c>
+      <c r="F126" s="20">
+        <v>49525000</v>
+      </c>
+      <c r="G126" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H126" s="18">
+        <v>20250305</v>
+      </c>
+      <c r="I126" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K126" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L126" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V126" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W126" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X126" s="19">
+        <v>69322819</v>
+      </c>
+      <c r="Y126" s="20">
+        <v>973253275</v>
+      </c>
+      <c r="Z126" s="20">
+        <v>194218</v>
+      </c>
+      <c r="AA126" s="20">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="127" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A127" s="17" t="s">
+        <v>205</v>
+      </c>
+      <c r="B127" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C127" s="17" t="s">
+        <v>206</v>
+      </c>
+      <c r="D127" s="18" t="s">
+        <v>207</v>
+      </c>
+      <c r="E127" s="20">
+        <v>96790750</v>
+      </c>
+      <c r="F127" s="20">
+        <v>12425000</v>
+      </c>
+      <c r="G127" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H127" s="18">
+        <v>20250116</v>
+      </c>
+      <c r="I127" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K127" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L127" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V127" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W127" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X127" s="19">
+        <v>33755154</v>
+      </c>
+      <c r="Y127" s="20">
+        <v>361859861.5</v>
+      </c>
+      <c r="Z127" s="20">
+        <v>102055</v>
+      </c>
+      <c r="AA127" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="128" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A128" s="17" t="s">
+        <v>405</v>
+      </c>
+      <c r="B128" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C128" s="17" t="s">
+        <v>406</v>
+      </c>
+      <c r="D128" s="18" t="s">
+        <v>407</v>
+      </c>
+      <c r="E128" s="20">
+        <v>68799000</v>
+      </c>
+      <c r="F128" s="20">
+        <v>5700000</v>
+      </c>
+      <c r="G128" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H128" s="18">
+        <v>20250305</v>
+      </c>
+      <c r="I128" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K128" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L128" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V128" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W128" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X128" s="19">
+        <v>959054</v>
+      </c>
+      <c r="Y128" s="20">
+        <v>12139617</v>
+      </c>
+      <c r="Z128" s="20">
+        <v>4378</v>
+      </c>
+      <c r="AA128" s="20">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="129" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A129" s="17" t="s">
+        <v>208</v>
+      </c>
+      <c r="B129" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C129" s="17" t="s">
+        <v>209</v>
+      </c>
+      <c r="D129" s="18" t="s">
+        <v>210</v>
+      </c>
+      <c r="E129" s="20">
+        <v>164317500</v>
+      </c>
+      <c r="F129" s="20">
+        <v>5450000</v>
+      </c>
+      <c r="G129" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H129" s="18">
+        <v>20250116</v>
+      </c>
+      <c r="I129" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K129" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L129" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V129" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W129" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X129" s="19">
+        <v>19781970</v>
+      </c>
+      <c r="Y129" s="20">
+        <v>426509753.5</v>
+      </c>
+      <c r="Z129" s="20">
+        <v>57216</v>
+      </c>
+      <c r="AA129" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="130" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A130" s="17" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B130" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C130" s="17" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D130" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="E130" s="20">
+        <v>21340000</v>
+      </c>
+      <c r="F130" s="20">
+        <v>2200000</v>
+      </c>
+      <c r="G130" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H130" s="18">
+        <v>20251001</v>
+      </c>
+      <c r="I130" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K130" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L130" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V130" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W130" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X130" s="19">
+        <v>1636963</v>
+      </c>
+      <c r="Y130" s="20">
+        <v>16112844</v>
+      </c>
+      <c r="Z130" s="20">
+        <v>5870</v>
+      </c>
+      <c r="AA130" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="131" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A131" s="17" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B131" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C131" s="17" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D131" s="18" t="s">
+        <v>1033</v>
+      </c>
+      <c r="E131" s="20">
+        <v>11912000</v>
+      </c>
+      <c r="F131" s="20">
+        <v>800000</v>
+      </c>
+      <c r="G131" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H131" s="18">
+        <v>20251001</v>
+      </c>
+      <c r="I131" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K131" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L131" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V131" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W131" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X131" s="19">
+        <v>369992</v>
+      </c>
+      <c r="Y131" s="20">
+        <v>5258217.5</v>
+      </c>
+      <c r="Z131" s="20">
+        <v>2039</v>
+      </c>
+      <c r="AA131" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="132" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A132" s="17" t="s">
+        <v>823</v>
+      </c>
+      <c r="B132" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C132" s="17" t="s">
+        <v>824</v>
+      </c>
+      <c r="D132" s="18" t="s">
+        <v>825</v>
+      </c>
+      <c r="E132" s="20">
+        <v>2269750</v>
+      </c>
+      <c r="F132" s="20">
+        <v>175000</v>
+      </c>
+      <c r="G132" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H132" s="18">
+        <v>20250821</v>
+      </c>
+      <c r="I132" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K132" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L132" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V132" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W132" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X132" s="19">
+        <v>227967</v>
+      </c>
+      <c r="Y132" s="20">
+        <v>2905794.5</v>
+      </c>
+      <c r="Z132" s="20">
+        <v>445</v>
+      </c>
+      <c r="AA132" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="133" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A133" s="17" t="s">
+        <v>847</v>
+      </c>
+      <c r="B133" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C133" s="17" t="s">
+        <v>848</v>
+      </c>
+      <c r="D133" s="18" t="s">
+        <v>849</v>
+      </c>
+      <c r="E133" s="20">
+        <v>10023750</v>
+      </c>
+      <c r="F133" s="20">
+        <v>675000</v>
+      </c>
+      <c r="G133" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H133" s="18">
+        <v>20250821</v>
+      </c>
+      <c r="I133" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K133" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L133" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V133" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W133" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X133" s="19">
+        <v>889287</v>
+      </c>
+      <c r="Y133" s="20">
+        <v>11516185</v>
+      </c>
+      <c r="Z133" s="20">
+        <v>2969</v>
+      </c>
+      <c r="AA133" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="134" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A134" s="17" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B134" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C134" s="17" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D134" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="E134" s="20">
+        <v>19520000</v>
+      </c>
+      <c r="F134" s="20">
+        <v>1600000</v>
+      </c>
+      <c r="G134" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H134" s="18">
+        <v>20251001</v>
+      </c>
+      <c r="I134" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K134" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L134" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V134" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W134" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X134" s="19">
+        <v>974168</v>
+      </c>
+      <c r="Y134" s="20">
+        <v>11454561</v>
+      </c>
+      <c r="Z134" s="20">
+        <v>3290</v>
+      </c>
+      <c r="AA134" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="135" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A135" s="17" t="s">
+        <v>850</v>
+      </c>
+      <c r="B135" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C135" s="17" t="s">
+        <v>851</v>
+      </c>
+      <c r="D135" s="18" t="s">
+        <v>852</v>
+      </c>
+      <c r="E135" s="20">
+        <v>3418250</v>
+      </c>
+      <c r="F135" s="20">
+        <v>275000</v>
+      </c>
+      <c r="G135" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H135" s="18">
+        <v>20250821</v>
+      </c>
+      <c r="I135" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K135" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L135" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V135" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W135" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X135" s="19">
+        <v>137395</v>
+      </c>
+      <c r="Y135" s="20">
+        <v>1777848</v>
+      </c>
+      <c r="Z135" s="20">
+        <v>306</v>
+      </c>
+      <c r="AA135" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="136" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A136" s="17" t="s">
+        <v>841</v>
+      </c>
+      <c r="B136" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C136" s="17" t="s">
+        <v>842</v>
+      </c>
+      <c r="D136" s="18" t="s">
+        <v>843</v>
+      </c>
+      <c r="E136" s="20">
+        <v>2026500</v>
+      </c>
+      <c r="F136" s="20">
+        <v>150000</v>
+      </c>
+      <c r="G136" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H136" s="18">
+        <v>20250821</v>
+      </c>
+      <c r="I136" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K136" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L136" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V136" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W136" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X136" s="19">
+        <v>154382</v>
+      </c>
+      <c r="Y136" s="20">
+        <v>1945117.5</v>
+      </c>
+      <c r="Z136" s="20">
+        <v>329</v>
+      </c>
+      <c r="AA136" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="137" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A137" s="17" t="s">
+        <v>844</v>
+      </c>
+      <c r="B137" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C137" s="17" t="s">
+        <v>845</v>
+      </c>
+      <c r="D137" s="18" t="s">
+        <v>846</v>
+      </c>
+      <c r="E137" s="20">
+        <v>1856750</v>
+      </c>
+      <c r="F137" s="20">
+        <v>175000</v>
+      </c>
+      <c r="G137" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H137" s="18">
+        <v>20250821</v>
+      </c>
+      <c r="I137" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K137" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L137" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V137" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W137" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X137" s="19">
+        <v>138688</v>
+      </c>
+      <c r="Y137" s="20">
+        <v>1591764.5</v>
+      </c>
+      <c r="Z137" s="20">
+        <v>355</v>
+      </c>
+      <c r="AA137" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="138" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A138" s="17" t="s">
+        <v>211</v>
+      </c>
+      <c r="B138" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C138" s="17" t="s">
+        <v>212</v>
+      </c>
+      <c r="D138" s="18" t="s">
+        <v>213</v>
+      </c>
+      <c r="E138" s="20">
+        <v>245231250</v>
+      </c>
+      <c r="F138" s="20">
+        <v>25625000</v>
+      </c>
+      <c r="G138" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H138" s="18">
+        <v>20250116</v>
+      </c>
+      <c r="I138" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K138" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L138" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V138" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W138" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X138" s="19">
+        <v>51653053</v>
+      </c>
+      <c r="Y138" s="20">
+        <v>404006795.5</v>
+      </c>
+      <c r="Z138" s="20">
+        <v>99216</v>
+      </c>
+      <c r="AA138" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="139" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A139" s="17" t="s">
+        <v>762</v>
+      </c>
+      <c r="B139" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C139" s="17" t="s">
+        <v>763</v>
+      </c>
+      <c r="D139" s="18" t="s">
+        <v>764</v>
+      </c>
+      <c r="E139" s="20">
+        <v>63016400</v>
+      </c>
+      <c r="F139" s="20">
+        <v>6130000</v>
+      </c>
+      <c r="G139" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H139" s="18">
+        <v>20250721</v>
+      </c>
+      <c r="I139" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K139" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L139" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V139" s="18" t="s">
+        <v>216</v>
+      </c>
+      <c r="W139" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X139" s="19">
+        <v>694192</v>
+      </c>
+      <c r="Y139" s="20">
+        <v>7125948.5</v>
+      </c>
+      <c r="Z139" s="20">
+        <v>523</v>
+      </c>
+      <c r="AA139" s="20">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="140" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A140" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B140" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C140" s="17" t="s">
+        <v>494</v>
+      </c>
+      <c r="D140" s="18" t="s">
+        <v>495</v>
+      </c>
+      <c r="E140" s="20">
+        <v>7540000</v>
+      </c>
+      <c r="F140" s="20">
+        <v>325000</v>
+      </c>
+      <c r="G140" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H140" s="18">
+        <v>20250403</v>
+      </c>
+      <c r="I140" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K140" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L140" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V140" s="18" t="s">
+        <v>217</v>
+      </c>
+      <c r="W140" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X140" s="19">
+        <v>147734</v>
+      </c>
+      <c r="Y140" s="20">
+        <v>3221105.5</v>
+      </c>
+      <c r="Z140" s="20">
+        <v>159</v>
+      </c>
+      <c r="AA140" s="20">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="141" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A141" s="17" t="s">
+        <v>648</v>
+      </c>
+      <c r="B141" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C141" s="17" t="s">
+        <v>649</v>
+      </c>
+      <c r="D141" s="18" t="s">
+        <v>650</v>
+      </c>
+      <c r="E141" s="20">
+        <v>10162500</v>
+      </c>
+      <c r="F141" s="20">
+        <v>250000</v>
+      </c>
+      <c r="G141" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H141" s="18">
+        <v>20250602</v>
+      </c>
+      <c r="I141" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K141" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L141" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V141" s="18" t="s">
+        <v>218</v>
+      </c>
+      <c r="W141" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X141" s="19">
+        <v>20109</v>
+      </c>
+      <c r="Y141" s="20">
+        <v>805324</v>
+      </c>
+      <c r="Z141" s="20">
+        <v>23</v>
+      </c>
+      <c r="AA141" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="142" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A142" s="17" t="s">
+        <v>651</v>
+      </c>
+      <c r="B142" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C142" s="17" t="s">
+        <v>652</v>
+      </c>
+      <c r="D142" s="18" t="s">
+        <v>653</v>
+      </c>
+      <c r="E142" s="20">
+        <v>1914431750</v>
+      </c>
+      <c r="F142" s="20">
+        <v>40610000</v>
+      </c>
+      <c r="G142" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H142" s="18">
+        <v>20250602</v>
+      </c>
+      <c r="I142" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K142" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L142" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V142" s="18" t="s">
+        <v>218</v>
+      </c>
+      <c r="W142" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X142" s="19">
+        <v>375381</v>
+      </c>
+      <c r="Y142" s="20">
+        <v>15152482.5</v>
+      </c>
+      <c r="Z142" s="20">
+        <v>1094</v>
+      </c>
+      <c r="AA142" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="143" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A143" s="17" t="s">
+        <v>720</v>
+      </c>
+      <c r="B143" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C143" s="17" t="s">
+        <v>721</v>
+      </c>
+      <c r="D143" s="18" t="s">
+        <v>722</v>
+      </c>
+      <c r="E143" s="20">
+        <v>1109500</v>
+      </c>
+      <c r="F143" s="20">
+        <v>25000</v>
+      </c>
+      <c r="G143" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H143" s="18">
+        <v>20250626</v>
+      </c>
+      <c r="I143" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K143" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L143" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V143" s="18" t="s">
+        <v>218</v>
+      </c>
+      <c r="W143" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X143" s="19">
+        <v>648</v>
+      </c>
+      <c r="Y143" s="20">
+        <v>27877</v>
+      </c>
+      <c r="Z143" s="20">
+        <v>8</v>
+      </c>
+      <c r="AA143" s="20">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="144" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A144" s="17" t="s">
+        <v>768</v>
+      </c>
+      <c r="B144" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C144" s="17" t="s">
+        <v>769</v>
+      </c>
+      <c r="D144" s="18" t="s">
+        <v>770</v>
+      </c>
+      <c r="E144" s="20">
+        <v>36261000</v>
+      </c>
+      <c r="F144" s="20">
+        <v>850000</v>
+      </c>
+      <c r="G144" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H144" s="18">
+        <v>20250728</v>
+      </c>
+      <c r="I144" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K144" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="L144" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V144" s="18" t="s">
+        <v>219</v>
+      </c>
+      <c r="W144" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X144" s="19">
+        <v>42393</v>
+      </c>
+      <c r="Y144" s="20">
+        <v>1756171.5</v>
+      </c>
+      <c r="Z144" s="20">
+        <v>151</v>
+      </c>
+      <c r="AA144" s="20">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="145" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A145" s="17" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B145" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C145" s="17" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D145" s="18" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E145" s="20">
+        <v>52228800</v>
+      </c>
+      <c r="F145" s="20">
+        <v>2080000</v>
+      </c>
+      <c r="G145" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H145" s="18">
+        <v>20251001</v>
+      </c>
+      <c r="I145" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K145" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="L145" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V145" s="18" t="s">
+        <v>219</v>
+      </c>
+      <c r="W145" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X145" s="19">
+        <v>1374363</v>
+      </c>
+      <c r="Y145" s="20">
+        <v>34519503</v>
+      </c>
+      <c r="Z145" s="20">
+        <v>412</v>
+      </c>
+      <c r="AA145" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="146" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A146" s="17" t="s">
+        <v>672</v>
+      </c>
+      <c r="B146" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C146" s="17" t="s">
+        <v>673</v>
+      </c>
+      <c r="D146" s="18" t="s">
+        <v>674</v>
+      </c>
+      <c r="E146" s="20">
+        <v>48163500</v>
+      </c>
+      <c r="F146" s="20">
+        <v>1650000</v>
+      </c>
+      <c r="G146" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H146" s="18">
+        <v>20250616</v>
+      </c>
+      <c r="I146" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K146" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="L146" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V146" s="18" t="s">
+        <v>219</v>
+      </c>
+      <c r="W146" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X146" s="19">
+        <v>253614</v>
+      </c>
+      <c r="Y146" s="20">
+        <v>7177052.5</v>
+      </c>
+      <c r="Z146" s="20">
+        <v>409</v>
+      </c>
+      <c r="AA146" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="147" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A147" s="17" t="s">
+        <v>441</v>
+      </c>
+      <c r="B147" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C147" s="17" t="s">
+        <v>442</v>
+      </c>
+      <c r="D147" s="18" t="s">
+        <v>443</v>
+      </c>
+      <c r="E147" s="20">
+        <v>25591500</v>
+      </c>
+      <c r="F147" s="20">
+        <v>825000</v>
+      </c>
+      <c r="G147" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H147" s="18">
+        <v>20250325</v>
+      </c>
+      <c r="I147" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K147" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="L147" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V147" s="18" t="s">
+        <v>219</v>
+      </c>
+      <c r="W147" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X147" s="19">
+        <v>80438</v>
+      </c>
+      <c r="Y147" s="20">
+        <v>2259285.5</v>
+      </c>
+      <c r="Z147" s="20">
+        <v>263</v>
+      </c>
+      <c r="AA147" s="20">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="148" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A148" s="17" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B148" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C148" s="17" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D148" s="18" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E148" s="20">
+        <v>16038400</v>
+      </c>
+      <c r="F148" s="20">
+        <v>640000</v>
+      </c>
+      <c r="G148" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H148" s="18">
+        <v>20251001</v>
+      </c>
+      <c r="I148" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K148" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="L148" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V148" s="18" t="s">
+        <v>219</v>
+      </c>
+      <c r="W148" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X148" s="19">
+        <v>59914</v>
+      </c>
+      <c r="Y148" s="20">
+        <v>1501141</v>
+      </c>
+      <c r="Z148" s="20">
+        <v>43</v>
+      </c>
+      <c r="AA148" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="149" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A149" s="17" t="s">
+        <v>438</v>
+      </c>
+      <c r="B149" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C149" s="17" t="s">
+        <v>439</v>
+      </c>
+      <c r="D149" s="18" t="s">
+        <v>440</v>
+      </c>
+      <c r="E149" s="20">
+        <v>11898000</v>
+      </c>
+      <c r="F149" s="20">
+        <v>450000</v>
+      </c>
+      <c r="G149" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H149" s="18">
+        <v>20250325</v>
+      </c>
+      <c r="I149" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K149" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="L149" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V149" s="18" t="s">
+        <v>219</v>
+      </c>
+      <c r="W149" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X149" s="19">
+        <v>124183</v>
+      </c>
+      <c r="Y149" s="20">
+        <v>2986955</v>
+      </c>
+      <c r="Z149" s="20">
+        <v>278</v>
+      </c>
+      <c r="AA149" s="20">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="150" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A150" s="17" t="s">
+        <v>744</v>
+      </c>
+      <c r="B150" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C150" s="17" t="s">
+        <v>745</v>
+      </c>
+      <c r="D150" s="18" t="s">
+        <v>746</v>
+      </c>
+      <c r="E150" s="20">
+        <v>8425084.25</v>
+      </c>
+      <c r="F150" s="20">
+        <v>500005</v>
+      </c>
+      <c r="G150" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H150" s="18">
+        <v>20250702</v>
+      </c>
+      <c r="I150" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K150" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L150" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V150" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W150" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X150" s="19">
+        <v>211550</v>
+      </c>
+      <c r="Y150" s="20">
+        <v>3801922</v>
+      </c>
+      <c r="Z150" s="20">
+        <v>1136</v>
+      </c>
+      <c r="AA150" s="20">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="151" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A151" s="17" t="s">
+        <v>741</v>
+      </c>
+      <c r="B151" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C151" s="17" t="s">
+        <v>742</v>
+      </c>
+      <c r="D151" s="18" t="s">
+        <v>743</v>
+      </c>
+      <c r="E151" s="20">
+        <v>6417537.75</v>
+      </c>
+      <c r="F151" s="20">
+        <v>850005</v>
+      </c>
+      <c r="G151" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H151" s="18">
+        <v>20250702</v>
+      </c>
+      <c r="I151" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K151" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L151" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V151" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W151" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X151" s="19">
+        <v>2167241</v>
+      </c>
+      <c r="Y151" s="20">
+        <v>27572726</v>
+      </c>
+      <c r="Z151" s="20">
+        <v>8080</v>
+      </c>
+      <c r="AA151" s="20">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="152" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A152" s="17" t="s">
+        <v>904</v>
+      </c>
+      <c r="B152" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C152" s="17" t="s">
+        <v>905</v>
+      </c>
+      <c r="D152" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="E152" s="20">
+        <v>7145000</v>
+      </c>
+      <c r="F152" s="20">
+        <v>250000</v>
+      </c>
+      <c r="G152" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H152" s="18">
+        <v>20250827</v>
+      </c>
+      <c r="I152" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K152" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L152" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V152" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W152" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X152" s="19">
+        <v>224674</v>
+      </c>
+      <c r="Y152" s="20">
+        <v>6153826.5</v>
+      </c>
+      <c r="Z152" s="20">
+        <v>648</v>
+      </c>
+      <c r="AA152" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="153" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A153" s="17" t="s">
+        <v>585</v>
+      </c>
+      <c r="B153" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C153" s="17" t="s">
+        <v>586</v>
+      </c>
+      <c r="D153" s="18" t="s">
+        <v>587</v>
+      </c>
+      <c r="E153" s="20">
+        <v>137885000</v>
+      </c>
+      <c r="F153" s="20">
+        <v>2750000</v>
+      </c>
+      <c r="G153" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H153" s="18">
+        <v>20250501</v>
+      </c>
+      <c r="I153" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K153" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L153" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V153" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="W153" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X153" s="19">
+        <v>73651</v>
+      </c>
+      <c r="Y153" s="20">
+        <v>3697134.5</v>
+      </c>
+      <c r="Z153" s="20">
+        <v>186</v>
+      </c>
+      <c r="AA153" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="154" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A154" s="17" t="s">
+        <v>918</v>
+      </c>
+      <c r="B154" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C154" s="17" t="s">
+        <v>919</v>
+      </c>
+      <c r="D154" s="18" t="s">
+        <v>920</v>
+      </c>
+      <c r="E154" s="20">
+        <v>4192000</v>
+      </c>
+      <c r="F154" s="20">
+        <v>200000</v>
+      </c>
+      <c r="G154" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H154" s="18">
+        <v>20250903</v>
+      </c>
+      <c r="I154" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K154" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L154" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V154" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="W154" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X154" s="19">
+        <v>44446</v>
+      </c>
+      <c r="Y154" s="20">
+        <v>919414</v>
+      </c>
+      <c r="Z154" s="20">
+        <v>77</v>
+      </c>
+      <c r="AA154" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="155" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A155" s="17" t="s">
+        <v>927</v>
+      </c>
+      <c r="B155" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C155" s="17" t="s">
+        <v>928</v>
+      </c>
+      <c r="D155" s="18" t="s">
+        <v>929</v>
+      </c>
+      <c r="E155" s="20">
+        <v>2073000</v>
+      </c>
+      <c r="F155" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G155" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H155" s="18">
+        <v>20250903</v>
+      </c>
+      <c r="I155" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K155" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L155" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V155" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="W155" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X155" s="19">
+        <v>214</v>
+      </c>
+      <c r="Y155" s="20">
+        <v>4437</v>
+      </c>
+      <c r="Z155" s="20">
+        <v>3</v>
+      </c>
+      <c r="AA155" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="156" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A156" s="17" t="s">
+        <v>924</v>
+      </c>
+      <c r="B156" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C156" s="17" t="s">
+        <v>925</v>
+      </c>
+      <c r="D156" s="18" t="s">
+        <v>926</v>
+      </c>
+      <c r="E156" s="20">
+        <v>2019000</v>
+      </c>
+      <c r="F156" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G156" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H156" s="18">
+        <v>20250903</v>
+      </c>
+      <c r="I156" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K156" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L156" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V156" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="W156" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X156" s="19">
+        <v>100</v>
+      </c>
+      <c r="Y156" s="20">
+        <v>2019</v>
+      </c>
+      <c r="Z156" s="20">
+        <v>1</v>
+      </c>
+      <c r="AA156" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="157" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A157" s="17" t="s">
+        <v>817</v>
+      </c>
+      <c r="B157" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C157" s="17" t="s">
+        <v>818</v>
+      </c>
+      <c r="D157" s="18" t="s">
+        <v>819</v>
+      </c>
+      <c r="E157" s="20">
+        <v>7511000</v>
+      </c>
+      <c r="F157" s="20">
+        <v>350000</v>
+      </c>
+      <c r="G157" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H157" s="18">
+        <v>20250819</v>
+      </c>
+      <c r="I157" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K157" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L157" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V157" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="W157" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X157" s="19">
+        <v>99300</v>
+      </c>
+      <c r="Y157" s="20">
+        <v>2052492</v>
+      </c>
+      <c r="Z157" s="20">
+        <v>77</v>
+      </c>
+      <c r="AA157" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="158" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A158" s="17" t="s">
+        <v>814</v>
+      </c>
+      <c r="B158" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C158" s="17" t="s">
+        <v>815</v>
+      </c>
+      <c r="D158" s="18" t="s">
+        <v>816</v>
+      </c>
+      <c r="E158" s="20">
+        <v>8442000</v>
+      </c>
+      <c r="F158" s="20">
+        <v>75000</v>
+      </c>
+      <c r="G158" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H158" s="18">
+        <v>20250819</v>
+      </c>
+      <c r="I158" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K158" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L158" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V158" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="W158" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X158" s="19">
+        <v>22282</v>
+      </c>
+      <c r="Y158" s="20">
+        <v>2374834</v>
+      </c>
+      <c r="Z158" s="20">
+        <v>112</v>
+      </c>
+      <c r="AA158" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="159" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A159" s="17" t="s">
+        <v>588</v>
+      </c>
+      <c r="B159" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C159" s="17" t="s">
+        <v>589</v>
+      </c>
+      <c r="D159" s="18" t="s">
+        <v>590</v>
+      </c>
+      <c r="E159" s="20">
+        <v>5020000</v>
+      </c>
+      <c r="F159" s="20">
+        <v>250000</v>
+      </c>
+      <c r="G159" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H159" s="18">
+        <v>20250501</v>
+      </c>
+      <c r="I159" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K159" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L159" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V159" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="W159" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X159" s="19">
+        <v>635</v>
+      </c>
+      <c r="Y159" s="20">
+        <v>12727</v>
+      </c>
+      <c r="Z159" s="20">
+        <v>6</v>
+      </c>
+      <c r="AA159" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="160" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A160" s="17" t="s">
+        <v>591</v>
+      </c>
+      <c r="B160" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C160" s="17" t="s">
+        <v>592</v>
+      </c>
+      <c r="D160" s="18" t="s">
+        <v>593</v>
+      </c>
+      <c r="E160" s="20">
+        <v>5075000</v>
+      </c>
+      <c r="F160" s="20">
+        <v>250000</v>
+      </c>
+      <c r="G160" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H160" s="18">
+        <v>20250501</v>
+      </c>
+      <c r="I160" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K160" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L160" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V160" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="W160" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X160" s="19">
+        <v>21880</v>
+      </c>
+      <c r="Y160" s="20">
+        <v>444005</v>
+      </c>
+      <c r="Z160" s="20">
+        <v>10</v>
+      </c>
+      <c r="AA160" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="161" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A161" s="17" t="s">
+        <v>921</v>
+      </c>
+      <c r="B161" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C161" s="17" t="s">
+        <v>922</v>
+      </c>
+      <c r="D161" s="18" t="s">
+        <v>923</v>
+      </c>
+      <c r="E161" s="20">
+        <v>4060000</v>
+      </c>
+      <c r="F161" s="20">
+        <v>200000</v>
+      </c>
+      <c r="G161" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H161" s="18">
+        <v>20250903</v>
+      </c>
+      <c r="I161" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K161" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L161" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V161" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="W161" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X161" s="19">
+        <v>61600</v>
+      </c>
+      <c r="Y161" s="20">
+        <v>1252913</v>
+      </c>
+      <c r="Z161" s="20">
+        <v>23</v>
+      </c>
+      <c r="AA161" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="162" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A162" s="17" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B162" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C162" s="17" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D162" s="18" t="s">
+        <v>1168</v>
+      </c>
+      <c r="E162" s="20">
+        <v>100100000</v>
+      </c>
+      <c r="F162" s="20">
+        <v>10000000</v>
+      </c>
+      <c r="G162" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H162" s="18">
+        <v>20251029</v>
+      </c>
+      <c r="I162" s="19" t="s">
+        <v>100</v>
+      </c>
+      <c r="K162" s="18" t="s">
+        <v>142</v>
+      </c>
+      <c r="L162" s="18" t="s">
+        <v>88</v>
+      </c>
+      <c r="X162" s="19">
+        <v>698700</v>
+      </c>
+      <c r="Y162" s="20">
+        <v>6986577</v>
+      </c>
+      <c r="Z162" s="20">
+        <v>79</v>
+      </c>
+      <c r="AA162" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="163" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A163" s="17" t="s">
+        <v>594</v>
+      </c>
+      <c r="B163" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C163" s="17" t="s">
+        <v>595</v>
+      </c>
+      <c r="D163" s="18" t="s">
+        <v>596</v>
+      </c>
+      <c r="E163" s="20">
+        <v>1612500</v>
+      </c>
+      <c r="F163" s="20">
+        <v>150000</v>
+      </c>
+      <c r="G163" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H163" s="18">
+        <v>20250521</v>
+      </c>
+      <c r="I163" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K163" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L163" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V163" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="W163" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X163" s="19">
+        <v>64513</v>
+      </c>
+      <c r="Y163" s="20">
+        <v>671627</v>
+      </c>
+      <c r="Z163" s="20">
+        <v>69</v>
+      </c>
+      <c r="AA163" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="164" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A164" s="17" t="s">
+        <v>597</v>
+      </c>
+      <c r="B164" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C164" s="17" t="s">
+        <v>598</v>
+      </c>
+      <c r="D164" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="E164" s="20">
+        <v>1250000</v>
+      </c>
+      <c r="F164" s="20">
+        <v>125000</v>
+      </c>
+      <c r="G164" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H164" s="18">
+        <v>20250521</v>
+      </c>
+      <c r="I164" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K164" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L164" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V164" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="W164" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X164" s="19">
+        <v>37</v>
+      </c>
+      <c r="Y164" s="20">
+        <v>374</v>
+      </c>
+      <c r="Z164" s="20">
+        <v>4</v>
+      </c>
+      <c r="AA164" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="165" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A165" s="17" t="s">
+        <v>600</v>
+      </c>
+      <c r="B165" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C165" s="17" t="s">
+        <v>601</v>
+      </c>
+      <c r="D165" s="18" t="s">
+        <v>602</v>
+      </c>
+      <c r="E165" s="20">
+        <v>2136800</v>
+      </c>
+      <c r="F165" s="20">
+        <v>80000</v>
+      </c>
+      <c r="G165" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H165" s="18">
+        <v>20250521</v>
+      </c>
+      <c r="I165" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K165" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L165" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V165" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="W165" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X165" s="19">
+        <v>43007</v>
+      </c>
+      <c r="Y165" s="20">
+        <v>1115827</v>
+      </c>
+      <c r="Z165" s="20">
+        <v>48</v>
+      </c>
+      <c r="AA165" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="166" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A166" s="17" t="s">
+        <v>603</v>
+      </c>
+      <c r="B166" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C166" s="17" t="s">
+        <v>604</v>
+      </c>
+      <c r="D166" s="18" t="s">
+        <v>605</v>
+      </c>
+      <c r="E166" s="20">
+        <v>9369000</v>
+      </c>
+      <c r="F166" s="20">
+        <v>900000</v>
+      </c>
+      <c r="G166" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H166" s="18">
+        <v>20250521</v>
+      </c>
+      <c r="I166" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K166" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L166" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V166" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="W166" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X166" s="19">
+        <v>693285</v>
+      </c>
+      <c r="Y166" s="20">
+        <v>7151333</v>
+      </c>
+      <c r="Z166" s="20">
+        <v>1387</v>
+      </c>
+      <c r="AA166" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="167" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A167" s="17" t="s">
+        <v>606</v>
+      </c>
+      <c r="B167" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C167" s="17" t="s">
+        <v>607</v>
+      </c>
+      <c r="D167" s="18" t="s">
+        <v>608</v>
+      </c>
+      <c r="E167" s="20">
+        <v>12350123.5</v>
+      </c>
+      <c r="F167" s="20">
+        <v>500005</v>
+      </c>
+      <c r="G167" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H167" s="18">
+        <v>20250529</v>
+      </c>
+      <c r="I167" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K167" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L167" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V167" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W167" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X167" s="19">
+        <v>45015</v>
+      </c>
+      <c r="Y167" s="20">
+        <v>977423.5</v>
+      </c>
+      <c r="Z167" s="20">
+        <v>145</v>
+      </c>
+      <c r="AA167" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="168" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A168" s="17" t="s">
+        <v>609</v>
+      </c>
+      <c r="B168" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C168" s="17" t="s">
+        <v>610</v>
+      </c>
+      <c r="D168" s="18" t="s">
+        <v>611</v>
+      </c>
+      <c r="E168" s="20">
+        <v>17475174.75</v>
+      </c>
+      <c r="F168" s="20">
+        <v>500005</v>
+      </c>
+      <c r="G168" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H168" s="18">
+        <v>20250529</v>
+      </c>
+      <c r="I168" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K168" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L168" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V168" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W168" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X168" s="19">
+        <v>150251</v>
+      </c>
+      <c r="Y168" s="20">
+        <v>4216504</v>
+      </c>
+      <c r="Z168" s="20">
+        <v>357</v>
+      </c>
+      <c r="AA168" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="169" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A169" s="17" t="s">
+        <v>612</v>
+      </c>
+      <c r="B169" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C169" s="17" t="s">
+        <v>613</v>
+      </c>
+      <c r="D169" s="18" t="s">
+        <v>614</v>
+      </c>
+      <c r="E169" s="20">
+        <v>27745277.449999999</v>
+      </c>
+      <c r="F169" s="20">
+        <v>500005</v>
+      </c>
+      <c r="G169" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H169" s="18">
+        <v>20250529</v>
+      </c>
+      <c r="I169" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K169" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L169" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V169" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W169" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X169" s="19">
+        <v>474469</v>
+      </c>
+      <c r="Y169" s="20">
+        <v>26566388</v>
+      </c>
+      <c r="Z169" s="20">
+        <v>3953</v>
+      </c>
+      <c r="AA169" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="170" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A170" s="17" t="s">
+        <v>615</v>
+      </c>
+      <c r="B170" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C170" s="17" t="s">
+        <v>616</v>
+      </c>
+      <c r="D170" s="18" t="s">
+        <v>617</v>
+      </c>
+      <c r="E170" s="20">
+        <v>11657929.35</v>
+      </c>
+      <c r="F170" s="20">
+        <v>325005</v>
+      </c>
+      <c r="G170" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H170" s="18">
+        <v>20250523</v>
+      </c>
+      <c r="I170" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K170" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L170" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V170" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W170" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X170" s="19">
+        <v>1561643</v>
+      </c>
+      <c r="Y170" s="20">
+        <v>42978265</v>
+      </c>
+      <c r="Z170" s="20">
+        <v>4336</v>
+      </c>
+      <c r="AA170" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="171" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A171" s="17" t="s">
+        <v>618</v>
+      </c>
+      <c r="B171" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C171" s="17" t="s">
+        <v>619</v>
+      </c>
+      <c r="D171" s="18" t="s">
+        <v>620</v>
+      </c>
+      <c r="E171" s="20">
+        <v>13536409.25</v>
+      </c>
+      <c r="F171" s="20">
+        <v>425005</v>
+      </c>
+      <c r="G171" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H171" s="18">
+        <v>20250523</v>
+      </c>
+      <c r="I171" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K171" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L171" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V171" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W171" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X171" s="19">
+        <v>409928</v>
+      </c>
+      <c r="Y171" s="20">
+        <v>11074171</v>
+      </c>
+      <c r="Z171" s="20">
+        <v>1332</v>
+      </c>
+      <c r="AA171" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="172" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A172" s="17" t="s">
+        <v>621</v>
+      </c>
+      <c r="B172" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C172" s="17" t="s">
+        <v>622</v>
+      </c>
+      <c r="D172" s="18" t="s">
+        <v>623</v>
+      </c>
+      <c r="E172" s="20">
+        <v>30245302.449999999</v>
+      </c>
+      <c r="F172" s="20">
+        <v>500005</v>
+      </c>
+      <c r="G172" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H172" s="18">
+        <v>20250523</v>
+      </c>
+      <c r="I172" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K172" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L172" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V172" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W172" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X172" s="19">
+        <v>156809</v>
+      </c>
+      <c r="Y172" s="20">
+        <v>5734729</v>
+      </c>
+      <c r="Z172" s="20">
+        <v>1165</v>
+      </c>
+      <c r="AA172" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="173" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A173" s="17" t="s">
+        <v>624</v>
+      </c>
+      <c r="B173" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C173" s="17" t="s">
+        <v>625</v>
+      </c>
+      <c r="D173" s="18" t="s">
+        <v>626</v>
+      </c>
+      <c r="E173" s="20">
+        <v>4147582.95</v>
+      </c>
+      <c r="F173" s="20">
+        <v>250005</v>
+      </c>
+      <c r="G173" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H173" s="18">
+        <v>20250529</v>
+      </c>
+      <c r="I173" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K173" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L173" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V173" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W173" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X173" s="19">
+        <v>27620</v>
+      </c>
+      <c r="Y173" s="20">
+        <v>515403</v>
+      </c>
+      <c r="Z173" s="20">
+        <v>62</v>
+      </c>
+      <c r="AA173" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="174" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A174" s="17" t="s">
+        <v>627</v>
+      </c>
+      <c r="B174" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C174" s="17" t="s">
+        <v>628</v>
+      </c>
+      <c r="D174" s="18" t="s">
+        <v>629</v>
+      </c>
+      <c r="E174" s="20">
+        <v>1042520.85</v>
+      </c>
+      <c r="F174" s="20">
+        <v>250005</v>
+      </c>
+      <c r="G174" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H174" s="18">
+        <v>20250529</v>
+      </c>
+      <c r="I174" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K174" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L174" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V174" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W174" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X174" s="19">
+        <v>1067872</v>
+      </c>
+      <c r="Y174" s="20">
+        <v>6034003.5</v>
+      </c>
+      <c r="Z174" s="20">
+        <v>2870</v>
+      </c>
+      <c r="AA174" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="175" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A175" s="17" t="s">
+        <v>630</v>
+      </c>
+      <c r="B175" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C175" s="17" t="s">
+        <v>631</v>
+      </c>
+      <c r="D175" s="18" t="s">
+        <v>632</v>
+      </c>
+      <c r="E175" s="20">
+        <v>4904557.7</v>
+      </c>
+      <c r="F175" s="20">
+        <v>425005</v>
+      </c>
+      <c r="G175" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H175" s="18">
+        <v>20250523</v>
+      </c>
+      <c r="I175" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K175" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L175" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V175" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W175" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X175" s="19">
+        <v>1868261</v>
+      </c>
+      <c r="Y175" s="20">
+        <v>25698346.5</v>
+      </c>
+      <c r="Z175" s="20">
+        <v>4625</v>
+      </c>
+      <c r="AA175" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="176" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A176" s="17" t="s">
+        <v>633</v>
+      </c>
+      <c r="B176" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C176" s="17" t="s">
+        <v>634</v>
+      </c>
+      <c r="D176" s="18" t="s">
+        <v>635</v>
+      </c>
+      <c r="E176" s="20">
+        <v>2981316.25</v>
+      </c>
+      <c r="F176" s="20">
+        <v>225005</v>
+      </c>
+      <c r="G176" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H176" s="18">
+        <v>20250523</v>
+      </c>
+      <c r="I176" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K176" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L176" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V176" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W176" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X176" s="19">
+        <v>443703</v>
+      </c>
+      <c r="Y176" s="20">
+        <v>7274998</v>
+      </c>
+      <c r="Z176" s="20">
+        <v>1106</v>
+      </c>
+      <c r="AA176" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="177" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A177" s="17" t="s">
+        <v>636</v>
+      </c>
+      <c r="B177" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C177" s="17" t="s">
+        <v>637</v>
+      </c>
+      <c r="D177" s="18" t="s">
+        <v>638</v>
+      </c>
+      <c r="E177" s="20">
+        <v>1375027.5</v>
+      </c>
+      <c r="F177" s="20">
+        <v>250005</v>
+      </c>
+      <c r="G177" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H177" s="18">
+        <v>20250523</v>
+      </c>
+      <c r="I177" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K177" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L177" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V177" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W177" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X177" s="19">
+        <v>324593</v>
+      </c>
+      <c r="Y177" s="20">
+        <v>2879550</v>
+      </c>
+      <c r="Z177" s="20">
+        <v>1258</v>
+      </c>
+      <c r="AA177" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="178" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A178" s="17" t="s">
+        <v>936</v>
+      </c>
+      <c r="B178" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C178" s="17" t="s">
+        <v>937</v>
+      </c>
+      <c r="D178" s="18" t="s">
+        <v>938</v>
+      </c>
+      <c r="E178" s="20">
+        <v>48831300</v>
+      </c>
+      <c r="F178" s="20">
+        <v>4830000</v>
+      </c>
+      <c r="G178" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H178" s="18">
+        <v>20250916</v>
+      </c>
+      <c r="I178" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K178" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L178" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V178" s="18" t="s">
+        <v>226</v>
+      </c>
+      <c r="W178" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X178" s="19">
+        <v>6500</v>
+      </c>
+      <c r="Y178" s="20">
+        <v>65726</v>
+      </c>
+      <c r="Z178" s="20">
+        <v>5</v>
+      </c>
+      <c r="AA178" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="179" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A179" s="17" t="s">
+        <v>960</v>
+      </c>
+      <c r="B179" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C179" s="17" t="s">
+        <v>961</v>
+      </c>
+      <c r="D179" s="18" t="s">
+        <v>962</v>
+      </c>
+      <c r="E179" s="20">
+        <v>2030000</v>
+      </c>
+      <c r="F179" s="20">
+        <v>200000</v>
+      </c>
+      <c r="G179" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H179" s="18">
+        <v>20250916</v>
+      </c>
+      <c r="I179" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K179" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L179" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V179" s="18" t="s">
+        <v>226</v>
+      </c>
+      <c r="W179" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X179" s="19">
+        <v>12722</v>
+      </c>
+      <c r="Y179" s="20">
+        <v>130958</v>
+      </c>
+      <c r="Z179" s="20">
+        <v>32</v>
+      </c>
+      <c r="AA179" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="180" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A180" s="17" t="s">
+        <v>966</v>
+      </c>
+      <c r="B180" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C180" s="17" t="s">
+        <v>967</v>
+      </c>
+      <c r="D180" s="18" t="s">
+        <v>968</v>
+      </c>
+      <c r="E180" s="20">
+        <v>1991000</v>
+      </c>
+      <c r="F180" s="20">
+        <v>200000</v>
+      </c>
+      <c r="G180" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H180" s="18">
+        <v>20250916</v>
+      </c>
+      <c r="I180" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K180" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L180" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V180" s="18" t="s">
+        <v>226</v>
+      </c>
+      <c r="W180" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X180" s="19">
+        <v>200</v>
+      </c>
+      <c r="Y180" s="20">
+        <v>1982</v>
+      </c>
+      <c r="Z180" s="20">
+        <v>1</v>
+      </c>
+      <c r="AA180" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="181" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A181" s="17" t="s">
+        <v>948</v>
+      </c>
+      <c r="B181" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C181" s="17" t="s">
+        <v>949</v>
+      </c>
+      <c r="D181" s="18" t="s">
+        <v>950</v>
+      </c>
+      <c r="E181" s="20">
+        <v>2037000</v>
+      </c>
+      <c r="F181" s="20">
+        <v>200000</v>
+      </c>
+      <c r="G181" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H181" s="18">
+        <v>20250916</v>
+      </c>
+      <c r="I181" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K181" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L181" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V181" s="18" t="s">
+        <v>226</v>
+      </c>
+      <c r="W181" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X181" s="19">
+        <v>1015</v>
+      </c>
+      <c r="Y181" s="20">
+        <v>10301.5</v>
+      </c>
+      <c r="Z181" s="20">
+        <v>15</v>
+      </c>
+      <c r="AA181" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="182" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A182" s="17" t="s">
+        <v>972</v>
+      </c>
+      <c r="B182" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C182" s="17" t="s">
+        <v>973</v>
+      </c>
+      <c r="D182" s="18" t="s">
+        <v>974</v>
+      </c>
+      <c r="E182" s="20">
+        <v>2000000</v>
+      </c>
+      <c r="F182" s="20">
+        <v>200000</v>
+      </c>
+      <c r="G182" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H182" s="18">
+        <v>20250916</v>
+      </c>
+      <c r="I182" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K182" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L182" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V182" s="18" t="s">
+        <v>226</v>
+      </c>
+      <c r="W182" s="18" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="183" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A183" s="17" t="s">
+        <v>945</v>
+      </c>
+      <c r="B183" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C183" s="17" t="s">
+        <v>946</v>
+      </c>
+      <c r="D183" s="18" t="s">
+        <v>947</v>
+      </c>
+      <c r="E183" s="20">
+        <v>1013000</v>
+      </c>
+      <c r="F183" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G183" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H183" s="18">
+        <v>20250916</v>
+      </c>
+      <c r="I183" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K183" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L183" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V183" s="18" t="s">
+        <v>226</v>
+      </c>
+      <c r="W183" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X183" s="19">
+        <v>21356</v>
+      </c>
+      <c r="Y183" s="20">
+        <v>212762</v>
+      </c>
+      <c r="Z183" s="20">
+        <v>49</v>
+      </c>
+      <c r="AA183" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="184" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A184" s="17" t="s">
+        <v>963</v>
+      </c>
+      <c r="B184" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C184" s="17" t="s">
+        <v>964</v>
+      </c>
+      <c r="D184" s="18" t="s">
+        <v>965</v>
+      </c>
+      <c r="E184" s="20">
+        <v>22771100</v>
+      </c>
+      <c r="F184" s="20">
+        <v>2190000</v>
+      </c>
+      <c r="G184" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H184" s="18">
+        <v>20250916</v>
+      </c>
+      <c r="I184" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K184" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L184" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V184" s="18" t="s">
+        <v>226</v>
+      </c>
+      <c r="W184" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X184" s="19">
+        <v>227241</v>
+      </c>
+      <c r="Y184" s="20">
+        <v>2364115</v>
+      </c>
+      <c r="Z184" s="20">
+        <v>152</v>
+      </c>
+      <c r="AA184" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="185" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A185" s="17" t="s">
+        <v>951</v>
+      </c>
+      <c r="B185" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C185" s="17" t="s">
+        <v>952</v>
+      </c>
+      <c r="D185" s="18" t="s">
+        <v>953</v>
+      </c>
+      <c r="E185" s="20">
+        <v>2090000</v>
+      </c>
+      <c r="F185" s="20">
+        <v>200000</v>
+      </c>
+      <c r="G185" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H185" s="18">
+        <v>20250916</v>
+      </c>
+      <c r="I185" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K185" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L185" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V185" s="18" t="s">
+        <v>226</v>
+      </c>
+      <c r="W185" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X185" s="19">
+        <v>1140</v>
+      </c>
+      <c r="Y185" s="20">
+        <v>11890</v>
+      </c>
+      <c r="Z185" s="20">
+        <v>5</v>
+      </c>
+      <c r="AA185" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="186" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A186" s="17" t="s">
+        <v>696</v>
+      </c>
+      <c r="B186" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C186" s="17" t="s">
+        <v>697</v>
+      </c>
+      <c r="D186" s="18" t="s">
+        <v>698</v>
+      </c>
+      <c r="E186" s="20">
+        <v>3538500</v>
+      </c>
+      <c r="F186" s="20">
+        <v>350000</v>
+      </c>
+      <c r="G186" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H186" s="18">
+        <v>20250617</v>
+      </c>
+      <c r="I186" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K186" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L186" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V186" s="18" t="s">
+        <v>226</v>
+      </c>
+      <c r="W186" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X186" s="19">
+        <v>9284</v>
+      </c>
+      <c r="Y186" s="20">
+        <v>93391</v>
+      </c>
+      <c r="Z186" s="20">
+        <v>19</v>
+      </c>
+      <c r="AA186" s="20">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="187" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A187" s="17" t="s">
+        <v>693</v>
+      </c>
+      <c r="B187" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C187" s="17" t="s">
+        <v>694</v>
+      </c>
+      <c r="D187" s="18" t="s">
+        <v>695</v>
+      </c>
+      <c r="E187" s="20">
+        <v>2737800</v>
+      </c>
+      <c r="F187" s="20">
+        <v>270000</v>
+      </c>
+      <c r="G187" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H187" s="18">
+        <v>20250617</v>
+      </c>
+      <c r="I187" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K187" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L187" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V187" s="18" t="s">
+        <v>226</v>
+      </c>
+      <c r="W187" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X187" s="19">
+        <v>11033</v>
+      </c>
+      <c r="Y187" s="20">
+        <v>111653</v>
+      </c>
+      <c r="Z187" s="20">
+        <v>14</v>
+      </c>
+      <c r="AA187" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="188" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A188" s="17" t="s">
+        <v>687</v>
+      </c>
+      <c r="B188" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C188" s="17" t="s">
+        <v>688</v>
+      </c>
+      <c r="D188" s="18" t="s">
+        <v>689</v>
+      </c>
+      <c r="E188" s="20">
+        <v>2646800</v>
+      </c>
+      <c r="F188" s="20">
+        <v>260000</v>
+      </c>
+      <c r="G188" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H188" s="18">
+        <v>20250617</v>
+      </c>
+      <c r="I188" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K188" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L188" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V188" s="18" t="s">
+        <v>226</v>
+      </c>
+      <c r="W188" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X188" s="19">
+        <v>11600</v>
+      </c>
+      <c r="Y188" s="20">
+        <v>117990</v>
+      </c>
+      <c r="Z188" s="20">
+        <v>15</v>
+      </c>
+      <c r="AA188" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="189" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A189" s="17" t="s">
+        <v>942</v>
+      </c>
+      <c r="B189" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C189" s="17" t="s">
+        <v>943</v>
+      </c>
+      <c r="D189" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="E189" s="20">
+        <v>1009000</v>
+      </c>
+      <c r="F189" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G189" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H189" s="18">
+        <v>20250916</v>
+      </c>
+      <c r="I189" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K189" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L189" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V189" s="18" t="s">
+        <v>226</v>
+      </c>
+      <c r="W189" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X189" s="19">
+        <v>200</v>
+      </c>
+      <c r="Y189" s="20">
+        <v>2018</v>
+      </c>
+      <c r="Z189" s="20">
+        <v>1</v>
+      </c>
+      <c r="AA189" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="190" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A190" s="17" t="s">
+        <v>939</v>
+      </c>
+      <c r="B190" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C190" s="17" t="s">
+        <v>940</v>
+      </c>
+      <c r="D190" s="18" t="s">
+        <v>941</v>
+      </c>
+      <c r="E190" s="20">
+        <v>3124800</v>
+      </c>
+      <c r="F190" s="20">
+        <v>310000</v>
+      </c>
+      <c r="G190" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H190" s="18">
+        <v>20250916</v>
+      </c>
+      <c r="I190" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K190" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L190" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V190" s="18" t="s">
+        <v>226</v>
+      </c>
+      <c r="W190" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X190" s="19">
+        <v>3800</v>
+      </c>
+      <c r="Y190" s="20">
+        <v>38239</v>
+      </c>
+      <c r="Z190" s="20">
+        <v>8</v>
+      </c>
+      <c r="AA190" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="191" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A191" s="17" t="s">
+        <v>954</v>
+      </c>
+      <c r="B191" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C191" s="17" t="s">
+        <v>955</v>
+      </c>
+      <c r="D191" s="18" t="s">
+        <v>956</v>
+      </c>
+      <c r="E191" s="20">
+        <v>1412600</v>
+      </c>
+      <c r="F191" s="20">
+        <v>140000</v>
+      </c>
+      <c r="G191" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H191" s="18">
+        <v>20250916</v>
+      </c>
+      <c r="I191" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K191" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L191" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V191" s="18" t="s">
+        <v>226</v>
+      </c>
+      <c r="W191" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X191" s="19">
+        <v>89600</v>
+      </c>
+      <c r="Y191" s="20">
+        <v>905704</v>
+      </c>
+      <c r="Z191" s="20">
+        <v>103</v>
+      </c>
+      <c r="AA191" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="192" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A192" s="17" t="s">
+        <v>957</v>
+      </c>
+      <c r="B192" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C192" s="17" t="s">
+        <v>958</v>
+      </c>
+      <c r="D192" s="18" t="s">
+        <v>959</v>
+      </c>
+      <c r="E192" s="20">
+        <v>1959000</v>
+      </c>
+      <c r="F192" s="20">
+        <v>200000</v>
+      </c>
+      <c r="G192" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H192" s="18">
+        <v>20250916</v>
+      </c>
+      <c r="I192" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K192" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L192" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V192" s="18" t="s">
+        <v>226</v>
+      </c>
+      <c r="W192" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X192" s="19">
+        <v>14596</v>
+      </c>
+      <c r="Y192" s="20">
+        <v>143445</v>
+      </c>
+      <c r="Z192" s="20">
+        <v>49</v>
+      </c>
+      <c r="AA192" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="193" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A193" s="17" t="s">
+        <v>853</v>
+      </c>
+      <c r="B193" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C193" s="17" t="s">
+        <v>854</v>
+      </c>
+      <c r="D193" s="18" t="s">
+        <v>855</v>
+      </c>
+      <c r="E193" s="20">
+        <v>6458400</v>
+      </c>
+      <c r="F193" s="20">
+        <v>520000</v>
+      </c>
+      <c r="G193" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H193" s="18">
+        <v>20250822</v>
+      </c>
+      <c r="I193" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K193" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L193" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V193" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="W193" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X193" s="19">
+        <v>182628</v>
+      </c>
+      <c r="Y193" s="20">
+        <v>2233499</v>
+      </c>
+      <c r="Z193" s="20">
+        <v>675</v>
+      </c>
+      <c r="AA193" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="194" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A194" s="17" t="s">
+        <v>883</v>
+      </c>
+      <c r="B194" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C194" s="17" t="s">
+        <v>884</v>
+      </c>
+      <c r="D194" s="18" t="s">
+        <v>885</v>
+      </c>
+      <c r="E194" s="20">
+        <v>3746400</v>
+      </c>
+      <c r="F194" s="20">
+        <v>420000</v>
+      </c>
+      <c r="G194" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H194" s="18">
+        <v>20250822</v>
+      </c>
+      <c r="I194" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K194" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L194" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V194" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="W194" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X194" s="19">
+        <v>108314</v>
+      </c>
+      <c r="Y194" s="20">
+        <v>1016449.5</v>
+      </c>
+      <c r="Z194" s="20">
+        <v>375</v>
+      </c>
+      <c r="AA194" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="195" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A195" s="17" t="s">
+        <v>856</v>
+      </c>
+      <c r="B195" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C195" s="17" t="s">
+        <v>857</v>
+      </c>
+      <c r="D195" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="E195" s="20">
+        <v>12060000</v>
+      </c>
+      <c r="F195" s="20">
+        <v>900000</v>
+      </c>
+      <c r="G195" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H195" s="18">
+        <v>20250822</v>
+      </c>
+      <c r="I195" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K195" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L195" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V195" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="W195" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X195" s="19">
+        <v>372781</v>
+      </c>
+      <c r="Y195" s="20">
+        <v>4296708</v>
+      </c>
+      <c r="Z195" s="20">
+        <v>1378</v>
+      </c>
+      <c r="AA195" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="196" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A196" s="17" t="s">
+        <v>859</v>
+      </c>
+      <c r="B196" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C196" s="17" t="s">
+        <v>860</v>
+      </c>
+      <c r="D196" s="18" t="s">
+        <v>861</v>
+      </c>
+      <c r="E196" s="20">
+        <v>5583600</v>
+      </c>
+      <c r="F196" s="20">
+        <v>540000</v>
+      </c>
+      <c r="G196" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H196" s="18">
+        <v>20250822</v>
+      </c>
+      <c r="I196" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K196" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L196" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V196" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="W196" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X196" s="19">
+        <v>138745</v>
+      </c>
+      <c r="Y196" s="20">
+        <v>1422766</v>
+      </c>
+      <c r="Z196" s="20">
+        <v>1249</v>
+      </c>
+      <c r="AA196" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="197" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A197" s="17" t="s">
+        <v>765</v>
+      </c>
+      <c r="B197" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C197" s="17" t="s">
+        <v>766</v>
+      </c>
+      <c r="D197" s="18" t="s">
+        <v>767</v>
+      </c>
+      <c r="E197" s="20">
+        <v>1064500</v>
+      </c>
+      <c r="F197" s="20">
+        <v>50000</v>
+      </c>
+      <c r="G197" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H197" s="18">
+        <v>20250723</v>
+      </c>
+      <c r="I197" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K197" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L197" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V197" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="W197" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X197" s="19">
+        <v>1404</v>
+      </c>
+      <c r="Y197" s="20">
+        <v>30065</v>
+      </c>
+      <c r="Z197" s="20">
+        <v>16</v>
+      </c>
+      <c r="AA197" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="198" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A198" s="17" t="s">
+        <v>877</v>
+      </c>
+      <c r="B198" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C198" s="17" t="s">
+        <v>878</v>
+      </c>
+      <c r="D198" s="18" t="s">
+        <v>879</v>
+      </c>
+      <c r="E198" s="20">
+        <v>8660200</v>
+      </c>
+      <c r="F198" s="20">
+        <v>860000</v>
+      </c>
+      <c r="G198" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H198" s="18">
+        <v>20250822</v>
+      </c>
+      <c r="I198" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K198" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L198" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V198" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="W198" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X198" s="19">
+        <v>159844</v>
+      </c>
+      <c r="Y198" s="20">
+        <v>1584785.5</v>
+      </c>
+      <c r="Z198" s="20">
+        <v>366</v>
+      </c>
+      <c r="AA198" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="199" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A199" s="17" t="s">
+        <v>871</v>
+      </c>
+      <c r="B199" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C199" s="17" t="s">
+        <v>872</v>
+      </c>
+      <c r="D199" s="18" t="s">
+        <v>873</v>
+      </c>
+      <c r="E199" s="20">
+        <v>5098600</v>
+      </c>
+      <c r="F199" s="20">
+        <v>530000</v>
+      </c>
+      <c r="G199" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H199" s="18">
+        <v>20250822</v>
+      </c>
+      <c r="I199" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K199" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L199" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V199" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="W199" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X199" s="19">
+        <v>43967</v>
+      </c>
+      <c r="Y199" s="20">
+        <v>441262</v>
+      </c>
+      <c r="Z199" s="20">
+        <v>307</v>
+      </c>
+      <c r="AA199" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="200" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A200" s="17" t="s">
+        <v>880</v>
+      </c>
+      <c r="B200" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C200" s="17" t="s">
+        <v>881</v>
+      </c>
+      <c r="D200" s="18" t="s">
+        <v>882</v>
+      </c>
+      <c r="E200" s="20">
+        <v>39018200</v>
+      </c>
+      <c r="F200" s="20">
+        <v>3490000</v>
+      </c>
+      <c r="G200" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H200" s="18">
+        <v>20250822</v>
+      </c>
+      <c r="I200" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K200" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L200" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V200" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="W200" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X200" s="19">
+        <v>1734247</v>
+      </c>
+      <c r="Y200" s="20">
+        <v>18650021</v>
+      </c>
+      <c r="Z200" s="20">
+        <v>4866</v>
+      </c>
+      <c r="AA200" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="201" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A201" s="17" t="s">
+        <v>753</v>
+      </c>
+      <c r="B201" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C201" s="17" t="s">
+        <v>754</v>
+      </c>
+      <c r="D201" s="18" t="s">
+        <v>755</v>
+      </c>
+      <c r="E201" s="20">
+        <v>4437400</v>
+      </c>
+      <c r="F201" s="20">
+        <v>220000</v>
+      </c>
+      <c r="G201" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H201" s="18">
+        <v>20250716</v>
+      </c>
+      <c r="I201" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K201" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L201" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V201" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="W201" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X201" s="19">
+        <v>2146</v>
+      </c>
+      <c r="Y201" s="20">
+        <v>43494</v>
+      </c>
+      <c r="Z201" s="20">
+        <v>21</v>
+      </c>
+      <c r="AA201" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="202" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A202" s="17" t="s">
+        <v>975</v>
+      </c>
+      <c r="B202" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C202" s="17" t="s">
+        <v>976</v>
+      </c>
+      <c r="D202" s="18" t="s">
+        <v>977</v>
+      </c>
+      <c r="E202" s="20">
+        <v>3324800</v>
+      </c>
+      <c r="F202" s="20">
+        <v>320000</v>
+      </c>
+      <c r="G202" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H202" s="18">
+        <v>20250917</v>
+      </c>
+      <c r="I202" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K202" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L202" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V202" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="W202" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X202" s="19">
+        <v>30194</v>
+      </c>
+      <c r="Y202" s="20">
+        <v>306551.5</v>
+      </c>
+      <c r="Z202" s="20">
+        <v>30</v>
+      </c>
+      <c r="AA202" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="203" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A203" s="17" t="s">
+        <v>756</v>
+      </c>
+      <c r="B203" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C203" s="17" t="s">
+        <v>757</v>
+      </c>
+      <c r="D203" s="18" t="s">
+        <v>758</v>
+      </c>
+      <c r="E203" s="20">
+        <v>6890000</v>
+      </c>
+      <c r="F203" s="20">
+        <v>250000</v>
+      </c>
+      <c r="G203" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H203" s="18">
+        <v>20250716</v>
+      </c>
+      <c r="I203" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K203" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L203" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V203" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="W203" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X203" s="19">
+        <v>150270</v>
+      </c>
+      <c r="Y203" s="20">
+        <v>3978785</v>
+      </c>
+      <c r="Z203" s="20">
+        <v>724</v>
+      </c>
+      <c r="AA203" s="20">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="204" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A204" s="17" t="s">
+        <v>750</v>
+      </c>
+      <c r="B204" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C204" s="17" t="s">
+        <v>751</v>
+      </c>
+      <c r="D204" s="18" t="s">
+        <v>752</v>
+      </c>
+      <c r="E204" s="20">
+        <v>1220500</v>
+      </c>
+      <c r="F204" s="20">
+        <v>50000</v>
+      </c>
+      <c r="G204" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H204" s="18">
+        <v>20250716</v>
+      </c>
+      <c r="I204" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K204" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L204" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V204" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="W204" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X204" s="19">
+        <v>5435</v>
+      </c>
+      <c r="Y204" s="20">
+        <v>132779</v>
+      </c>
+      <c r="Z204" s="20">
+        <v>35</v>
+      </c>
+      <c r="AA204" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="205" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A205" s="17" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B205" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C205" s="17" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D205" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E205" s="20">
+        <v>1033200</v>
+      </c>
+      <c r="F205" s="20">
+        <v>105000</v>
+      </c>
+      <c r="G205" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H205" s="18">
+        <v>20251008</v>
+      </c>
+      <c r="I205" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K205" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L205" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V205" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="W205" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X205" s="19">
+        <v>90144</v>
+      </c>
+      <c r="Y205" s="20">
+        <v>891487</v>
+      </c>
+      <c r="Z205" s="20">
+        <v>83</v>
+      </c>
+      <c r="AA205" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="206" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A206" s="17" t="s">
+        <v>874</v>
+      </c>
+      <c r="B206" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C206" s="17" t="s">
+        <v>875</v>
+      </c>
+      <c r="D206" s="18" t="s">
+        <v>876</v>
+      </c>
+      <c r="E206" s="20">
+        <v>4891500</v>
+      </c>
+      <c r="F206" s="20">
+        <v>450000</v>
+      </c>
+      <c r="G206" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H206" s="18">
+        <v>20250822</v>
+      </c>
+      <c r="I206" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K206" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L206" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V206" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="W206" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X206" s="19">
+        <v>41748</v>
+      </c>
+      <c r="Y206" s="20">
+        <v>434841</v>
+      </c>
+      <c r="Z206" s="20">
+        <v>261</v>
+      </c>
+      <c r="AA206" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="207" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A207" s="17" t="s">
+        <v>865</v>
+      </c>
+      <c r="B207" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C207" s="17" t="s">
+        <v>866</v>
+      </c>
+      <c r="D207" s="18" t="s">
+        <v>867</v>
+      </c>
+      <c r="E207" s="20">
+        <v>12900200</v>
+      </c>
+      <c r="F207" s="20">
+        <v>1060000</v>
+      </c>
+      <c r="G207" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H207" s="18">
+        <v>20250822</v>
+      </c>
+      <c r="I207" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K207" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L207" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V207" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="W207" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X207" s="19">
+        <v>539532</v>
+      </c>
+      <c r="Y207" s="20">
+        <v>5815615.5</v>
+      </c>
+      <c r="Z207" s="20">
+        <v>2514</v>
+      </c>
+      <c r="AA207" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="208" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A208" s="17" t="s">
+        <v>747</v>
+      </c>
+      <c r="B208" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C208" s="17" t="s">
+        <v>748</v>
+      </c>
+      <c r="D208" s="18" t="s">
+        <v>749</v>
+      </c>
+      <c r="E208" s="20">
+        <v>1296000</v>
+      </c>
+      <c r="F208" s="20">
+        <v>50000</v>
+      </c>
+      <c r="G208" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H208" s="18">
+        <v>20250716</v>
+      </c>
+      <c r="I208" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K208" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L208" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V208" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="W208" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X208" s="19">
+        <v>5523</v>
+      </c>
+      <c r="Y208" s="20">
+        <v>149240</v>
+      </c>
+      <c r="Z208" s="20">
+        <v>29</v>
+      </c>
+      <c r="AA208" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="209" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A209" s="17" t="s">
+        <v>868</v>
+      </c>
+      <c r="B209" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C209" s="17" t="s">
+        <v>869</v>
+      </c>
+      <c r="D209" s="18" t="s">
+        <v>870</v>
+      </c>
+      <c r="E209" s="20">
+        <v>4060000</v>
+      </c>
+      <c r="F209" s="20">
+        <v>400000</v>
+      </c>
+      <c r="G209" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H209" s="18">
+        <v>20250822</v>
+      </c>
+      <c r="I209" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K209" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L209" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V209" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="W209" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X209" s="19">
+        <v>43716</v>
+      </c>
+      <c r="Y209" s="20">
+        <v>444686</v>
+      </c>
+      <c r="Z209" s="20">
+        <v>284</v>
+      </c>
+      <c r="AA209" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="210" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A210" s="17" t="s">
+        <v>862</v>
+      </c>
+      <c r="B210" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C210" s="17" t="s">
+        <v>863</v>
+      </c>
+      <c r="D210" s="18" t="s">
+        <v>864</v>
+      </c>
+      <c r="E210" s="20">
+        <v>3580800</v>
+      </c>
+      <c r="F210" s="20">
+        <v>320000</v>
+      </c>
+      <c r="G210" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H210" s="18">
+        <v>20250822</v>
+      </c>
+      <c r="I210" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K210" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L210" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V210" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="W210" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X210" s="19">
+        <v>46722</v>
+      </c>
+      <c r="Y210" s="20">
+        <v>486048</v>
+      </c>
+      <c r="Z210" s="20">
+        <v>220</v>
+      </c>
+      <c r="AA210" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="211" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A211" s="17" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B211" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C211" s="17" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D211" s="18" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E211" s="20">
+        <v>1012500</v>
+      </c>
+      <c r="F211" s="20">
+        <v>50000</v>
+      </c>
+      <c r="G211" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H211" s="18">
+        <v>20251015</v>
+      </c>
+      <c r="I211" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K211" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L211" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V211" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W211" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X211" s="19">
+        <v>2054</v>
+      </c>
+      <c r="Y211" s="20">
+        <v>42293</v>
+      </c>
+      <c r="Z211" s="20">
+        <v>27</v>
+      </c>
+      <c r="AA211" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="212" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A212" s="17" t="s">
+        <v>930</v>
+      </c>
+      <c r="B212" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C212" s="17" t="s">
+        <v>931</v>
+      </c>
+      <c r="D212" s="18" t="s">
+        <v>932</v>
+      </c>
+      <c r="E212" s="20">
+        <v>1604800</v>
+      </c>
+      <c r="F212" s="20">
+        <v>160000</v>
+      </c>
+      <c r="G212" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H212" s="18">
+        <v>20250909</v>
+      </c>
+      <c r="I212" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K212" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L212" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V212" s="18" t="s">
+        <v>231</v>
+      </c>
+      <c r="W212" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X212" s="19">
+        <v>60381</v>
+      </c>
+      <c r="Y212" s="20">
+        <v>604116</v>
+      </c>
+      <c r="Z212" s="20">
+        <v>33</v>
+      </c>
+      <c r="AA212" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="213" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A213" s="17" t="s">
+        <v>639</v>
+      </c>
+      <c r="B213" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C213" s="17" t="s">
+        <v>640</v>
+      </c>
+      <c r="D213" s="18" t="s">
+        <v>641</v>
+      </c>
+      <c r="E213" s="20">
+        <v>40409000</v>
+      </c>
+      <c r="F213" s="20">
+        <v>1912500</v>
+      </c>
+      <c r="G213" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H213" s="18">
+        <v>20250515</v>
+      </c>
+      <c r="I213" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K213" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L213" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V213" s="18" t="s">
+        <v>131</v>
+      </c>
+      <c r="W213" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X213" s="19">
+        <v>1104862</v>
+      </c>
+      <c r="Y213" s="20">
+        <v>23082912</v>
+      </c>
+      <c r="Z213" s="20">
+        <v>6296</v>
+      </c>
+      <c r="AA213" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="214" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A214" s="17" t="s">
+        <v>642</v>
+      </c>
+      <c r="B214" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C214" s="17" t="s">
+        <v>643</v>
+      </c>
+      <c r="D214" s="18" t="s">
+        <v>644</v>
+      </c>
+      <c r="E214" s="20">
+        <v>45445750</v>
+      </c>
+      <c r="F214" s="20">
+        <v>1525000</v>
+      </c>
+      <c r="G214" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H214" s="18">
+        <v>20250515</v>
+      </c>
+      <c r="I214" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K214" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L214" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V214" s="18" t="s">
+        <v>131</v>
+      </c>
+      <c r="W214" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X214" s="19">
+        <v>953219</v>
+      </c>
+      <c r="Y214" s="20">
+        <v>24283647.5</v>
+      </c>
+      <c r="Z214" s="20">
+        <v>5559</v>
+      </c>
+      <c r="AA214" s="20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="215" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A215" s="17" t="s">
+        <v>511</v>
+      </c>
+      <c r="B215" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C215" s="17" t="s">
+        <v>512</v>
+      </c>
+      <c r="D215" s="18" t="s">
+        <v>513</v>
+      </c>
+      <c r="E215" s="20">
+        <v>61576500</v>
+      </c>
+      <c r="F215" s="20">
+        <v>4225000</v>
+      </c>
+      <c r="G215" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H215" s="18">
+        <v>20250416</v>
+      </c>
+      <c r="I215" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="J215" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="K215" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L215" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V215" s="18" t="s">
+        <v>131</v>
+      </c>
+      <c r="W215" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X215" s="19">
+        <v>8025603</v>
+      </c>
+      <c r="Y215" s="20">
+        <v>116758590</v>
+      </c>
+      <c r="Z215" s="20">
+        <v>19697</v>
+      </c>
+      <c r="AA215" s="20">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="216" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A216" s="17" t="s">
+        <v>702</v>
+      </c>
+      <c r="B216" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C216" s="17" t="s">
+        <v>703</v>
+      </c>
+      <c r="D216" s="18" t="s">
+        <v>704</v>
+      </c>
+      <c r="E216" s="20">
+        <v>113782250</v>
+      </c>
+      <c r="F216" s="20">
+        <v>9862500</v>
+      </c>
+      <c r="G216" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H216" s="18">
+        <v>20250618</v>
+      </c>
+      <c r="I216" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K216" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L216" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V216" s="18" t="s">
+        <v>131</v>
+      </c>
+      <c r="W216" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X216" s="19">
+        <v>9460754</v>
+      </c>
+      <c r="Y216" s="20">
+        <v>120240431</v>
+      </c>
+      <c r="Z216" s="20">
+        <v>28016</v>
+      </c>
+      <c r="AA216" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="217" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A217" s="17" t="s">
+        <v>484</v>
+      </c>
+      <c r="B217" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C217" s="17" t="s">
+        <v>485</v>
+      </c>
+      <c r="D217" s="18" t="s">
+        <v>486</v>
+      </c>
+      <c r="E217" s="20">
+        <v>6245000</v>
+      </c>
+      <c r="F217" s="20">
+        <v>125000</v>
+      </c>
+      <c r="G217" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H217" s="18">
+        <v>20250402</v>
+      </c>
+      <c r="I217" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K217" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L217" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V217" s="18" t="s">
+        <v>232</v>
+      </c>
+      <c r="W217" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X217" s="19">
+        <v>14068</v>
+      </c>
+      <c r="Y217" s="20">
+        <v>703781</v>
+      </c>
+      <c r="Z217" s="20">
+        <v>65</v>
+      </c>
+      <c r="AA217" s="20">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="218" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A218" s="17" t="s">
+        <v>487</v>
+      </c>
+      <c r="B218" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C218" s="17" t="s">
+        <v>488</v>
+      </c>
+      <c r="D218" s="18" t="s">
+        <v>489</v>
+      </c>
+      <c r="E218" s="20">
+        <v>109086500</v>
+      </c>
+      <c r="F218" s="20">
+        <v>5350000</v>
+      </c>
+      <c r="G218" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H218" s="18">
+        <v>20250402</v>
+      </c>
+      <c r="I218" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K218" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L218" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V218" s="18" t="s">
+        <v>232</v>
+      </c>
+      <c r="W218" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X218" s="19">
+        <v>2237345</v>
+      </c>
+      <c r="Y218" s="20">
+        <v>45456230.5</v>
+      </c>
+      <c r="Z218" s="20">
+        <v>710</v>
+      </c>
+      <c r="AA218" s="20">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="219" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A219" s="17" t="s">
+        <v>490</v>
+      </c>
+      <c r="B219" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C219" s="17" t="s">
+        <v>491</v>
+      </c>
+      <c r="D219" s="18" t="s">
+        <v>492</v>
+      </c>
+      <c r="E219" s="20">
+        <v>36360000</v>
+      </c>
+      <c r="F219" s="20">
+        <v>1800000</v>
+      </c>
+      <c r="G219" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H219" s="18">
+        <v>20250402</v>
+      </c>
+      <c r="I219" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K219" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L219" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V219" s="18" t="s">
+        <v>232</v>
+      </c>
+      <c r="W219" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X219" s="19">
+        <v>57119</v>
+      </c>
+      <c r="Y219" s="20">
+        <v>1145797.5</v>
+      </c>
+      <c r="Z219" s="20">
+        <v>101</v>
+      </c>
+      <c r="AA219" s="20">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="220" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A220" s="17" t="s">
+        <v>481</v>
+      </c>
+      <c r="B220" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C220" s="17" t="s">
+        <v>482</v>
+      </c>
+      <c r="D220" s="18" t="s">
+        <v>483</v>
+      </c>
+      <c r="E220" s="20">
+        <v>10401500</v>
+      </c>
+      <c r="F220" s="20">
+        <v>700000</v>
+      </c>
+      <c r="G220" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H220" s="18">
+        <v>20250402</v>
+      </c>
+      <c r="I220" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K220" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L220" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V220" s="18" t="s">
+        <v>232</v>
+      </c>
+      <c r="W220" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X220" s="19">
+        <v>58158</v>
+      </c>
+      <c r="Y220" s="20">
+        <v>848797</v>
+      </c>
+      <c r="Z220" s="20">
+        <v>55</v>
+      </c>
+      <c r="AA220" s="20">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="221" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A221" s="17" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B221" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C221" s="17" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D221" s="18" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E221" s="20">
+        <v>3076500</v>
+      </c>
+      <c r="F221" s="20">
+        <v>150000</v>
+      </c>
+      <c r="G221" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H221" s="18">
+        <v>20251015</v>
+      </c>
+      <c r="I221" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K221" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L221" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V221" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W221" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X221" s="19">
+        <v>314950</v>
+      </c>
+      <c r="Y221" s="20">
+        <v>6495455.5</v>
+      </c>
+      <c r="Z221" s="20">
+        <v>973</v>
+      </c>
+      <c r="AA221" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="222" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A222" s="17" t="s">
+        <v>376</v>
+      </c>
+      <c r="B222" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C222" s="17" t="s">
+        <v>377</v>
+      </c>
+      <c r="D222" s="18" t="s">
+        <v>378</v>
+      </c>
+      <c r="E222" s="20">
+        <v>30998701.760000002</v>
+      </c>
+      <c r="F222" s="20">
+        <v>1230004</v>
+      </c>
+      <c r="G222" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H222" s="18">
+        <v>20250206</v>
+      </c>
+      <c r="I222" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K222" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L222" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V222" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W222" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X222" s="19">
+        <v>385369</v>
+      </c>
+      <c r="Y222" s="20">
+        <v>8710404.5</v>
+      </c>
+      <c r="Z222" s="20">
+        <v>400</v>
+      </c>
+      <c r="AA222" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="223" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A223" s="17" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B223" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C223" s="17" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D223" s="18" t="s">
+        <v>1099</v>
+      </c>
+      <c r="E223" s="20">
+        <v>7365000</v>
+      </c>
+      <c r="F223" s="20">
+        <v>300000</v>
+      </c>
+      <c r="G223" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H223" s="18">
+        <v>20251015</v>
+      </c>
+      <c r="I223" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K223" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L223" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V223" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W223" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X223" s="19">
+        <v>427936</v>
+      </c>
+      <c r="Y223" s="20">
+        <v>9912206</v>
+      </c>
+      <c r="Z223" s="20">
+        <v>1374</v>
+      </c>
+      <c r="AA223" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="224" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A224" s="17" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B224" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C224" s="17" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D224" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="E224" s="20">
+        <v>1378944000</v>
+      </c>
+      <c r="F224" s="20">
+        <v>53200000</v>
+      </c>
+      <c r="G224" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H224" s="18">
+        <v>20251009</v>
+      </c>
+      <c r="I224" s="19" t="s">
+        <v>77</v>
+      </c>
+      <c r="J224" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="K224" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="L224" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="X224" s="19">
+        <v>8328138</v>
+      </c>
+      <c r="Y224" s="20">
+        <v>208370027.5</v>
+      </c>
+      <c r="Z224" s="20">
+        <v>31270</v>
+      </c>
+      <c r="AA224" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="225" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A225" s="17" t="s">
+        <v>657</v>
+      </c>
+      <c r="B225" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C225" s="17" t="s">
+        <v>658</v>
+      </c>
+      <c r="D225" s="18" t="s">
+        <v>659</v>
+      </c>
+      <c r="E225" s="20">
+        <v>4353924.1500000004</v>
+      </c>
+      <c r="F225" s="20">
+        <v>125005</v>
+      </c>
+      <c r="G225" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H225" s="18">
+        <v>20250604</v>
+      </c>
+      <c r="I225" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K225" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L225" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V225" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W225" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X225" s="19">
+        <v>300487</v>
+      </c>
+      <c r="Y225" s="20">
+        <v>7903082.5</v>
+      </c>
+      <c r="Z225" s="20">
+        <v>1433</v>
+      </c>
+      <c r="AA225" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="226" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A226" s="17" t="s">
+        <v>666</v>
+      </c>
+      <c r="B226" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C226" s="17" t="s">
+        <v>667</v>
+      </c>
+      <c r="D226" s="18" t="s">
+        <v>668</v>
+      </c>
+      <c r="E226" s="20">
+        <v>7477385.9500000002</v>
+      </c>
+      <c r="F226" s="20">
+        <v>275005</v>
+      </c>
+      <c r="G226" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H226" s="18">
+        <v>20250604</v>
+      </c>
+      <c r="I226" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K226" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L226" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V226" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W226" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X226" s="19">
+        <v>844648</v>
+      </c>
+      <c r="Y226" s="20">
+        <v>20121935</v>
+      </c>
+      <c r="Z226" s="20">
+        <v>3825</v>
+      </c>
+      <c r="AA226" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="227" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A227" s="17" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B227" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C227" s="17" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D227" s="18" t="s">
+        <v>1162</v>
+      </c>
+      <c r="E227" s="20">
+        <v>2007000</v>
+      </c>
+      <c r="F227" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G227" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H227" s="18">
+        <v>20251022</v>
+      </c>
+      <c r="I227" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K227" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L227" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V227" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W227" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X227" s="19">
+        <v>39614</v>
+      </c>
+      <c r="Y227" s="20">
+        <v>829662</v>
+      </c>
+      <c r="Z227" s="20">
+        <v>94</v>
+      </c>
+      <c r="AA227" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="228" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A228" s="17" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B228" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C228" s="17" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D228" s="18" t="s">
+        <v>1153</v>
+      </c>
+      <c r="E228" s="20">
+        <v>2880000</v>
+      </c>
+      <c r="F228" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G228" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H228" s="18">
+        <v>20251022</v>
+      </c>
+      <c r="I228" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K228" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L228" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V228" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W228" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X228" s="19">
+        <v>4656</v>
+      </c>
+      <c r="Y228" s="20">
+        <v>142715</v>
+      </c>
+      <c r="Z228" s="20">
+        <v>29</v>
+      </c>
+      <c r="AA228" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="229" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A229" s="17" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B229" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C229" s="17" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D229" s="18" t="s">
+        <v>1150</v>
+      </c>
+      <c r="E229" s="20">
+        <v>2165000</v>
+      </c>
+      <c r="F229" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G229" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H229" s="18">
+        <v>20251022</v>
+      </c>
+      <c r="I229" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K229" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L229" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V229" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W229" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X229" s="19">
+        <v>201</v>
+      </c>
+      <c r="Y229" s="20">
+        <v>4219</v>
+      </c>
+      <c r="Z229" s="20">
+        <v>3</v>
+      </c>
+      <c r="AA229" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="230" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A230" s="17" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B230" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C230" s="17" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D230" s="18" t="s">
+        <v>1141</v>
+      </c>
+      <c r="E230" s="20">
+        <v>940500</v>
+      </c>
+      <c r="F230" s="20">
+        <v>50000</v>
+      </c>
+      <c r="G230" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H230" s="18">
+        <v>20251022</v>
+      </c>
+      <c r="I230" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K230" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L230" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V230" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W230" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X230" s="19">
+        <v>4384</v>
+      </c>
+      <c r="Y230" s="20">
+        <v>86165</v>
+      </c>
+      <c r="Z230" s="20">
+        <v>25</v>
+      </c>
+      <c r="AA230" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="231" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A231" s="17" t="s">
+        <v>654</v>
+      </c>
+      <c r="B231" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C231" s="17" t="s">
+        <v>655</v>
+      </c>
+      <c r="D231" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="E231" s="20">
+        <v>7017780.7000000002</v>
+      </c>
+      <c r="F231" s="20">
+        <v>125005</v>
+      </c>
+      <c r="G231" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H231" s="18">
+        <v>20250604</v>
+      </c>
+      <c r="I231" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K231" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L231" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V231" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W231" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X231" s="19">
+        <v>320728</v>
+      </c>
+      <c r="Y231" s="20">
+        <v>12985789</v>
+      </c>
+      <c r="Z231" s="20">
+        <v>1672</v>
+      </c>
+      <c r="AA231" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="232" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A232" s="17" t="s">
+        <v>660</v>
+      </c>
+      <c r="B232" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C232" s="17" t="s">
+        <v>661</v>
+      </c>
+      <c r="D232" s="18" t="s">
+        <v>662</v>
+      </c>
+      <c r="E232" s="20">
+        <v>3118874.75</v>
+      </c>
+      <c r="F232" s="20">
+        <v>125005</v>
+      </c>
+      <c r="G232" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H232" s="18">
+        <v>20250604</v>
+      </c>
+      <c r="I232" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K232" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L232" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V232" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W232" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X232" s="19">
+        <v>265293</v>
+      </c>
+      <c r="Y232" s="20">
+        <v>6665421</v>
+      </c>
+      <c r="Z232" s="20">
+        <v>1275</v>
+      </c>
+      <c r="AA232" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="233" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A233" s="17" t="s">
+        <v>663</v>
+      </c>
+      <c r="B233" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C233" s="17" t="s">
+        <v>664</v>
+      </c>
+      <c r="D233" s="18" t="s">
+        <v>665</v>
+      </c>
+      <c r="E233" s="20">
+        <v>8995699.9000000004</v>
+      </c>
+      <c r="F233" s="20">
+        <v>225005</v>
+      </c>
+      <c r="G233" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H233" s="18">
+        <v>20250604</v>
+      </c>
+      <c r="I233" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K233" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L233" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V233" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W233" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X233" s="19">
+        <v>1390151</v>
+      </c>
+      <c r="Y233" s="20">
+        <v>43765535</v>
+      </c>
+      <c r="Z233" s="20">
+        <v>7138</v>
+      </c>
+      <c r="AA233" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="234" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A234" s="17" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B234" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C234" s="17" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D234" s="18" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E234" s="20">
+        <v>2273000</v>
+      </c>
+      <c r="F234" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G234" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H234" s="18">
+        <v>20251022</v>
+      </c>
+      <c r="I234" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K234" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L234" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V234" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W234" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X234" s="19">
+        <v>1150</v>
+      </c>
+      <c r="Y234" s="20">
+        <v>25791</v>
+      </c>
+      <c r="Z234" s="20">
+        <v>39</v>
+      </c>
+      <c r="AA234" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="235" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A235" s="17" t="s">
+        <v>669</v>
+      </c>
+      <c r="B235" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C235" s="17" t="s">
+        <v>670</v>
+      </c>
+      <c r="D235" s="18" t="s">
+        <v>671</v>
+      </c>
+      <c r="E235" s="20">
+        <v>6975155</v>
+      </c>
+      <c r="F235" s="20">
+        <v>225005</v>
+      </c>
+      <c r="G235" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H235" s="18">
+        <v>20250604</v>
+      </c>
+      <c r="I235" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K235" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L235" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V235" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W235" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X235" s="19">
+        <v>2431218</v>
+      </c>
+      <c r="Y235" s="20">
+        <v>62127635.5</v>
+      </c>
+      <c r="Z235" s="20">
+        <v>11623</v>
+      </c>
+      <c r="AA235" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="236" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A236" s="17" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B236" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C236" s="17" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D236" s="18" t="s">
+        <v>1147</v>
+      </c>
+      <c r="E236" s="20">
+        <v>2123000</v>
+      </c>
+      <c r="F236" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G236" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H236" s="18">
+        <v>20251022</v>
+      </c>
+      <c r="I236" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K236" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L236" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V236" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W236" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X236" s="19">
+        <v>800</v>
+      </c>
+      <c r="Y236" s="20">
+        <v>16818</v>
+      </c>
+      <c r="Z236" s="20">
+        <v>3</v>
+      </c>
+      <c r="AA236" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="237" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A237" s="17" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B237" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C237" s="17" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D237" s="18" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E237" s="20">
+        <v>2050000</v>
+      </c>
+      <c r="F237" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G237" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H237" s="18">
+        <v>20251022</v>
+      </c>
+      <c r="I237" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K237" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L237" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V237" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W237" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X237" s="19">
+        <v>1140</v>
+      </c>
+      <c r="Y237" s="20">
+        <v>23323</v>
+      </c>
+      <c r="Z237" s="20">
+        <v>3</v>
+      </c>
+      <c r="AA237" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="238" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A238" s="17" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B238" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C238" s="17" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D238" s="18" t="s">
+        <v>1165</v>
+      </c>
+      <c r="E238" s="20">
+        <v>2034000</v>
+      </c>
+      <c r="F238" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G238" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H238" s="18">
+        <v>20251022</v>
+      </c>
+      <c r="I238" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K238" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L238" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V238" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W238" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X238" s="19">
+        <v>2319</v>
+      </c>
+      <c r="Y238" s="20">
+        <v>46897</v>
+      </c>
+      <c r="Z238" s="20">
+        <v>9</v>
+      </c>
+      <c r="AA238" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="239" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A239" s="17" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B239" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C239" s="17" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D239" s="18" t="s">
+        <v>1144</v>
+      </c>
+      <c r="E239" s="20">
+        <v>2088000</v>
+      </c>
+      <c r="F239" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G239" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H239" s="18">
+        <v>20251022</v>
+      </c>
+      <c r="I239" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K239" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L239" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V239" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W239" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X239" s="19">
+        <v>4100</v>
+      </c>
+      <c r="Y239" s="20">
+        <v>84781</v>
+      </c>
+      <c r="Z239" s="20">
+        <v>8</v>
+      </c>
+      <c r="AA239" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="240" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A240" s="17" t="s">
+        <v>808</v>
+      </c>
+      <c r="B240" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C240" s="17" t="s">
+        <v>809</v>
+      </c>
+      <c r="D240" s="18" t="s">
+        <v>810</v>
+      </c>
+      <c r="E240" s="20">
+        <v>2028831.15</v>
+      </c>
+      <c r="F240" s="20">
+        <v>125005</v>
+      </c>
+      <c r="G240" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H240" s="18">
+        <v>20250813</v>
+      </c>
+      <c r="I240" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K240" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L240" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V240" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W240" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X240" s="19">
+        <v>588115</v>
+      </c>
+      <c r="Y240" s="20">
+        <v>12064436.5</v>
+      </c>
+      <c r="Z240" s="20">
+        <v>2045</v>
+      </c>
+      <c r="AA240" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="241" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A241" s="17" t="s">
+        <v>805</v>
+      </c>
+      <c r="B241" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C241" s="17" t="s">
+        <v>806</v>
+      </c>
+      <c r="D241" s="18" t="s">
+        <v>807</v>
+      </c>
+      <c r="E241" s="20">
+        <v>1527050.9</v>
+      </c>
+      <c r="F241" s="20">
+        <v>150005</v>
+      </c>
+      <c r="G241" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H241" s="18">
+        <v>20250813</v>
+      </c>
+      <c r="I241" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K241" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L241" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V241" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="W241" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X241" s="19">
+        <v>678174</v>
+      </c>
+      <c r="Y241" s="20">
+        <v>8389531</v>
+      </c>
+      <c r="Z241" s="20">
+        <v>3422</v>
+      </c>
+      <c r="AA241" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="242" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A242" s="17" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B242" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C242" s="17" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D242" s="18" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E242" s="20">
+        <v>3760000</v>
+      </c>
+      <c r="F242" s="20">
+        <v>200000</v>
+      </c>
+      <c r="G242" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H242" s="18">
+        <v>20251015</v>
+      </c>
+      <c r="I242" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K242" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L242" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V242" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W242" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X242" s="19">
+        <v>267968</v>
+      </c>
+      <c r="Y242" s="20">
+        <v>5329833.5</v>
+      </c>
+      <c r="Z242" s="20">
+        <v>978</v>
+      </c>
+      <c r="AA242" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="243" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A243" s="17" t="s">
+        <v>991</v>
+      </c>
+      <c r="B243" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C243" s="17" t="s">
+        <v>992</v>
+      </c>
+      <c r="D243" s="18" t="s">
+        <v>993</v>
+      </c>
+      <c r="E243" s="20">
+        <v>8052000</v>
+      </c>
+      <c r="F243" s="20">
+        <v>400000</v>
+      </c>
+      <c r="G243" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H243" s="18">
+        <v>20250922</v>
+      </c>
+      <c r="I243" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K243" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L243" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V243" s="18" t="s">
+        <v>994</v>
+      </c>
+      <c r="W243" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X243" s="19">
+        <v>373933</v>
+      </c>
+      <c r="Y243" s="20">
+        <v>7535869</v>
+      </c>
+      <c r="Z243" s="20">
+        <v>232</v>
+      </c>
+      <c r="AA243" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="244" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A244" s="17" t="s">
+        <v>998</v>
+      </c>
+      <c r="B244" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C244" s="17" t="s">
+        <v>999</v>
+      </c>
+      <c r="D244" s="18" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E244" s="20">
+        <v>2000000</v>
+      </c>
+      <c r="F244" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G244" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H244" s="18">
+        <v>20250922</v>
+      </c>
+      <c r="I244" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K244" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L244" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V244" s="18" t="s">
+        <v>994</v>
+      </c>
+      <c r="W244" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X244" s="19">
+        <v>17483</v>
+      </c>
+      <c r="Y244" s="20">
+        <v>348654</v>
+      </c>
+      <c r="Z244" s="20">
+        <v>48</v>
+      </c>
+      <c r="AA244" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="245" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A245" s="17" t="s">
+        <v>995</v>
+      </c>
+      <c r="B245" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C245" s="17" t="s">
+        <v>996</v>
+      </c>
+      <c r="D245" s="18" t="s">
+        <v>997</v>
+      </c>
+      <c r="E245" s="20">
+        <v>3521000</v>
+      </c>
+      <c r="F245" s="20">
+        <v>175000</v>
+      </c>
+      <c r="G245" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H245" s="18">
+        <v>20250922</v>
+      </c>
+      <c r="I245" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K245" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L245" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V245" s="18" t="s">
+        <v>994</v>
+      </c>
+      <c r="W245" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X245" s="19">
+        <v>57600</v>
+      </c>
+      <c r="Y245" s="20">
+        <v>1156976</v>
+      </c>
+      <c r="Z245" s="20">
+        <v>99</v>
+      </c>
+      <c r="AA245" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="246" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A246" s="17" t="s">
+        <v>502</v>
+      </c>
+      <c r="B246" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C246" s="17" t="s">
+        <v>503</v>
+      </c>
+      <c r="D246" s="18" t="s">
+        <v>504</v>
+      </c>
+      <c r="E246" s="20">
+        <v>22444800</v>
+      </c>
+      <c r="F246" s="20">
+        <v>1120000</v>
+      </c>
+      <c r="G246" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H246" s="18">
+        <v>20250415</v>
+      </c>
+      <c r="I246" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K246" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L246" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V246" s="18" t="s">
+        <v>238</v>
+      </c>
+      <c r="W246" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X246" s="19">
+        <v>1299977</v>
+      </c>
+      <c r="Y246" s="20">
+        <v>24431717</v>
+      </c>
+      <c r="Z246" s="20">
+        <v>3475</v>
+      </c>
+      <c r="AA246" s="20">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="247" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A247" s="17" t="s">
+        <v>969</v>
+      </c>
+      <c r="B247" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C247" s="17" t="s">
+        <v>970</v>
+      </c>
+      <c r="D247" s="18" t="s">
+        <v>971</v>
+      </c>
+      <c r="E247" s="20">
+        <v>6447600</v>
+      </c>
+      <c r="F247" s="20">
+        <v>180000</v>
+      </c>
+      <c r="G247" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H247" s="18">
+        <v>20250916</v>
+      </c>
+      <c r="I247" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K247" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L247" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V247" s="18" t="s">
+        <v>238</v>
+      </c>
+      <c r="W247" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X247" s="19">
+        <v>169044</v>
+      </c>
+      <c r="Y247" s="20">
+        <v>6049229</v>
+      </c>
+      <c r="Z247" s="20">
+        <v>305</v>
+      </c>
+      <c r="AA247" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="248" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A248" s="17" t="s">
+        <v>239</v>
+      </c>
+      <c r="B248" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C248" s="17" t="s">
+        <v>240</v>
+      </c>
+      <c r="D248" s="18" t="s">
+        <v>241</v>
+      </c>
+      <c r="E248" s="20">
+        <v>40185600</v>
+      </c>
+      <c r="F248" s="20">
+        <v>1560000</v>
+      </c>
+      <c r="G248" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H248" s="18">
+        <v>20250114</v>
+      </c>
+      <c r="I248" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K248" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L248" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V248" s="18" t="s">
+        <v>238</v>
+      </c>
+      <c r="W248" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X248" s="19">
+        <v>875773</v>
+      </c>
+      <c r="Y248" s="20">
+        <v>22203774.5</v>
+      </c>
+      <c r="Z248" s="20">
+        <v>568</v>
+      </c>
+      <c r="AA248" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="249" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A249" s="17" t="s">
+        <v>242</v>
+      </c>
+      <c r="B249" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C249" s="17" t="s">
+        <v>243</v>
+      </c>
+      <c r="D249" s="18" t="s">
+        <v>244</v>
+      </c>
+      <c r="E249" s="20">
+        <v>17503200</v>
+      </c>
+      <c r="F249" s="20">
+        <v>680000</v>
+      </c>
+      <c r="G249" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H249" s="18">
+        <v>20250114</v>
+      </c>
+      <c r="I249" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K249" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L249" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V249" s="18" t="s">
+        <v>238</v>
+      </c>
+      <c r="W249" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X249" s="19">
+        <v>412970</v>
+      </c>
+      <c r="Y249" s="20">
+        <v>10504655.5</v>
+      </c>
+      <c r="Z249" s="20">
+        <v>310</v>
+      </c>
+      <c r="AA249" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="250" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A250" s="17" t="s">
+        <v>245</v>
+      </c>
+      <c r="B250" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C250" s="17" t="s">
+        <v>246</v>
+      </c>
+      <c r="D250" s="18" t="s">
+        <v>247</v>
+      </c>
+      <c r="E250" s="20">
+        <v>13509600</v>
+      </c>
+      <c r="F250" s="20">
+        <v>520000</v>
+      </c>
+      <c r="G250" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H250" s="18">
+        <v>20250114</v>
+      </c>
+      <c r="I250" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K250" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L250" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V250" s="18" t="s">
+        <v>238</v>
+      </c>
+      <c r="W250" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X250" s="19">
+        <v>408316</v>
+      </c>
+      <c r="Y250" s="20">
+        <v>10430571</v>
+      </c>
+      <c r="Z250" s="20">
+        <v>275</v>
+      </c>
+      <c r="AA250" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="251" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A251" s="17" t="s">
+        <v>248</v>
+      </c>
+      <c r="B251" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C251" s="17" t="s">
+        <v>249</v>
+      </c>
+      <c r="D251" s="18" t="s">
+        <v>250</v>
+      </c>
+      <c r="E251" s="20">
+        <v>27010800</v>
+      </c>
+      <c r="F251" s="20">
+        <v>540000</v>
+      </c>
+      <c r="G251" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H251" s="18">
+        <v>20250114</v>
+      </c>
+      <c r="I251" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K251" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L251" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V251" s="18" t="s">
+        <v>238</v>
+      </c>
+      <c r="W251" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X251" s="19">
+        <v>491014</v>
+      </c>
+      <c r="Y251" s="20">
+        <v>24601128.5</v>
+      </c>
+      <c r="Z251" s="20">
+        <v>887</v>
+      </c>
+      <c r="AA251" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="252" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A252" s="17" t="s">
+        <v>254</v>
+      </c>
+      <c r="B252" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C252" s="17" t="s">
+        <v>255</v>
+      </c>
+      <c r="D252" s="18" t="s">
+        <v>256</v>
+      </c>
+      <c r="E252" s="20">
+        <v>1791200</v>
+      </c>
+      <c r="F252" s="20">
+        <v>80000</v>
+      </c>
+      <c r="G252" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H252" s="18">
+        <v>20250115</v>
+      </c>
+      <c r="I252" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K252" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L252" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V252" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="W252" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="X252" s="19">
+        <v>118370</v>
+      </c>
+      <c r="Y252" s="20">
+        <v>2518405.5</v>
+      </c>
+      <c r="Z252" s="20">
+        <v>874</v>
+      </c>
+      <c r="AA252" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="253" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A253" s="17" t="s">
+        <v>310</v>
+      </c>
+      <c r="B253" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C253" s="17" t="s">
+        <v>311</v>
+      </c>
+      <c r="D253" s="18" t="s">
+        <v>312</v>
+      </c>
+      <c r="E253" s="20">
+        <v>437644000</v>
+      </c>
+      <c r="F253" s="20">
+        <v>9200000</v>
+      </c>
+      <c r="G253" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H253" s="18">
+        <v>20250205</v>
+      </c>
+      <c r="I253" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K253" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L253" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V253" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W253" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X253" s="19">
+        <v>65422810</v>
+      </c>
+      <c r="Y253" s="20">
+        <v>2012429580.5</v>
+      </c>
+      <c r="Z253" s="20">
+        <v>173395</v>
+      </c>
+      <c r="AA253" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="254" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A254" s="17" t="s">
+        <v>787</v>
+      </c>
+      <c r="B254" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C254" s="17" t="s">
+        <v>788</v>
+      </c>
+      <c r="D254" s="18" t="s">
+        <v>789</v>
+      </c>
+      <c r="E254" s="20">
+        <v>1229215470.3</v>
+      </c>
+      <c r="F254" s="20">
+        <v>1365794967</v>
+      </c>
+      <c r="G254" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H254" s="18">
+        <v>20250807</v>
+      </c>
+      <c r="I254" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K254" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="L254" s="18" t="s">
+        <v>143</v>
+      </c>
+      <c r="M254" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="X254" s="19">
+        <v>56204295</v>
+      </c>
+      <c r="Y254" s="20">
+        <v>50718943</v>
+      </c>
+      <c r="Z254" s="20">
+        <v>34802</v>
+      </c>
+      <c r="AA254" s="20">
+        <v>3</v>
+      </c>
+      <c r="AC254" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="AF254" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="AH254" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AN254" s="18" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="255" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A255" s="17" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B255" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C255" s="17" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D255" s="18" t="s">
+        <v>1117</v>
+      </c>
+      <c r="E255" s="20">
+        <v>7884000</v>
+      </c>
+      <c r="F255" s="20">
+        <v>300000</v>
+      </c>
+      <c r="G255" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H255" s="18">
+        <v>20251016</v>
+      </c>
+      <c r="I255" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K255" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L255" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V255" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W255" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X255" s="19">
+        <v>3703</v>
+      </c>
+      <c r="Y255" s="20">
+        <v>97488</v>
+      </c>
+      <c r="Z255" s="20">
+        <v>11</v>
+      </c>
+      <c r="AA255" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="256" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A256" s="17" t="s">
+        <v>313</v>
+      </c>
+      <c r="B256" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C256" s="17" t="s">
+        <v>314</v>
+      </c>
+      <c r="D256" s="18" t="s">
+        <v>315</v>
+      </c>
+      <c r="E256" s="20">
+        <v>1274074000</v>
+      </c>
+      <c r="F256" s="20">
+        <v>27800000</v>
+      </c>
+      <c r="G256" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H256" s="18">
+        <v>20250205</v>
+      </c>
+      <c r="I256" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K256" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L256" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V256" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W256" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X256" s="19">
+        <v>52896205</v>
+      </c>
+      <c r="Y256" s="20">
+        <v>1656587860</v>
+      </c>
+      <c r="Z256" s="20">
+        <v>161007</v>
+      </c>
+      <c r="AA256" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="257" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A257" s="17" t="s">
+        <v>316</v>
+      </c>
+      <c r="B257" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C257" s="17" t="s">
+        <v>317</v>
+      </c>
+      <c r="D257" s="18" t="s">
+        <v>318</v>
+      </c>
+      <c r="E257" s="20">
+        <v>1152420500</v>
+      </c>
+      <c r="F257" s="20">
+        <v>40450000</v>
+      </c>
+      <c r="G257" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H257" s="18">
+        <v>20250205</v>
+      </c>
+      <c r="I257" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K257" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L257" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V257" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W257" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X257" s="19">
+        <v>53929063</v>
+      </c>
+      <c r="Y257" s="20">
+        <v>1348457027.5</v>
+      </c>
+      <c r="Z257" s="20">
+        <v>155545</v>
+      </c>
+      <c r="AA257" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="258" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A258" s="17" t="s">
+        <v>319</v>
+      </c>
+      <c r="B258" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C258" s="17" t="s">
+        <v>320</v>
+      </c>
+      <c r="D258" s="18" t="s">
+        <v>321</v>
+      </c>
+      <c r="E258" s="20">
+        <v>564685500</v>
+      </c>
+      <c r="F258" s="20">
+        <v>14550000</v>
+      </c>
+      <c r="G258" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H258" s="18">
+        <v>20250205</v>
+      </c>
+      <c r="I258" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K258" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L258" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V258" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W258" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X258" s="19">
+        <v>33419312</v>
+      </c>
+      <c r="Y258" s="20">
+        <v>1055147912.5</v>
+      </c>
+      <c r="Z258" s="20">
+        <v>93871</v>
+      </c>
+      <c r="AA258" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="259" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A259" s="17" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B259" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C259" s="17" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D259" s="18" t="s">
+        <v>1138</v>
+      </c>
+      <c r="E259" s="20">
+        <v>61008000</v>
+      </c>
+      <c r="F259" s="20">
+        <v>2050000</v>
+      </c>
+      <c r="G259" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H259" s="18">
+        <v>20251016</v>
+      </c>
+      <c r="I259" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K259" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L259" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V259" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W259" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X259" s="19">
+        <v>195909</v>
+      </c>
+      <c r="Y259" s="20">
+        <v>5733562.5</v>
+      </c>
+      <c r="Z259" s="20">
+        <v>855</v>
+      </c>
+      <c r="AA259" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="260" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A260" s="17" t="s">
+        <v>322</v>
+      </c>
+      <c r="B260" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C260" s="17" t="s">
+        <v>323</v>
+      </c>
+      <c r="D260" s="18" t="s">
+        <v>324</v>
+      </c>
+      <c r="E260" s="20">
+        <v>744197000</v>
+      </c>
+      <c r="F260" s="20">
+        <v>21100000</v>
+      </c>
+      <c r="G260" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H260" s="18">
+        <v>20250205</v>
+      </c>
+      <c r="I260" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K260" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L260" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V260" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W260" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X260" s="19">
+        <v>17866807</v>
+      </c>
+      <c r="Y260" s="20">
+        <v>662995763.5</v>
+      </c>
+      <c r="Z260" s="20">
+        <v>62627</v>
+      </c>
+      <c r="AA260" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="261" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A261" s="17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B261" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C261" s="17" t="s">
+        <v>785</v>
+      </c>
+      <c r="D261" s="18" t="s">
+        <v>786</v>
+      </c>
+      <c r="E261" s="20">
+        <v>184130920.03</v>
+      </c>
+      <c r="F261" s="20">
+        <v>21894283</v>
+      </c>
+      <c r="G261" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H261" s="18">
+        <v>20250806</v>
+      </c>
+      <c r="I261" s="19" t="s">
+        <v>129</v>
+      </c>
+      <c r="K261" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L261" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="X261" s="19">
+        <v>5904609</v>
+      </c>
+      <c r="Y261" s="20">
+        <v>6533555</v>
+      </c>
+      <c r="Z261" s="20">
+        <v>2706</v>
+      </c>
+      <c r="AA261" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="262" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A262" s="17" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B262" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C262" s="17" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D262" s="18" t="s">
+        <v>1120</v>
+      </c>
+      <c r="E262" s="20">
+        <v>2435000</v>
+      </c>
+      <c r="F262" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G262" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H262" s="18">
+        <v>20251016</v>
+      </c>
+      <c r="I262" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K262" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L262" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V262" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W262" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X262" s="19">
+        <v>2643</v>
+      </c>
+      <c r="Y262" s="20">
+        <v>64409</v>
+      </c>
+      <c r="Z262" s="20">
+        <v>11</v>
+      </c>
+      <c r="AA262" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="263" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A263" s="17" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B263" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C263" s="17" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D263" s="18" t="s">
+        <v>1051</v>
+      </c>
+      <c r="E263" s="20">
+        <v>497507689.06999999</v>
+      </c>
+      <c r="F263" s="20">
+        <v>29737459</v>
+      </c>
+      <c r="G263" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H263" s="18">
+        <v>20251001</v>
+      </c>
+      <c r="I263" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="K263" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L263" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q263" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="R263" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="X263" s="19">
+        <v>4151216</v>
+      </c>
+      <c r="Y263" s="20">
+        <v>64091580.5</v>
+      </c>
+      <c r="Z263" s="20">
+        <v>15884</v>
+      </c>
+      <c r="AA263" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="264" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A264" s="17" t="s">
+        <v>147</v>
+      </c>
+      <c r="B264" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C264" s="17" t="s">
+        <v>148</v>
+      </c>
+      <c r="D264" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="E264" s="20">
+        <v>42768000</v>
+      </c>
+      <c r="F264" s="20">
+        <v>1200000</v>
+      </c>
+      <c r="G264" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H264" s="18">
+        <v>20250123</v>
+      </c>
+      <c r="I264" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K264" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L264" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V264" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W264" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X264" s="19">
+        <v>1689120</v>
+      </c>
+      <c r="Y264" s="20">
+        <v>52838851</v>
+      </c>
+      <c r="Z264" s="20">
+        <v>4285</v>
+      </c>
+      <c r="AA264" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="265" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A265" s="17" t="s">
+        <v>151</v>
+      </c>
+      <c r="B265" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C265" s="17" t="s">
+        <v>152</v>
+      </c>
+      <c r="D265" s="18" t="s">
+        <v>153</v>
+      </c>
+      <c r="E265" s="20">
+        <v>26818000</v>
+      </c>
+      <c r="F265" s="20">
+        <v>1100000</v>
+      </c>
+      <c r="G265" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H265" s="18">
+        <v>20250115</v>
+      </c>
+      <c r="I265" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K265" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L265" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V265" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W265" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X265" s="19">
+        <v>1084871</v>
+      </c>
+      <c r="Y265" s="20">
+        <v>26929802</v>
+      </c>
+      <c r="Z265" s="20">
+        <v>4386</v>
+      </c>
+      <c r="AA265" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="266" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A266" s="17" t="s">
+        <v>358</v>
+      </c>
+      <c r="B266" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C266" s="17" t="s">
+        <v>359</v>
+      </c>
+      <c r="D266" s="18" t="s">
+        <v>360</v>
+      </c>
+      <c r="E266" s="20">
+        <v>475640000</v>
+      </c>
+      <c r="F266" s="20">
+        <v>11500000</v>
+      </c>
+      <c r="G266" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H266" s="18">
+        <v>20250205</v>
+      </c>
+      <c r="I266" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K266" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L266" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V266" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W266" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X266" s="19">
+        <v>13585715</v>
+      </c>
+      <c r="Y266" s="20">
+        <v>596707239.5</v>
+      </c>
+      <c r="Z266" s="20">
+        <v>62632</v>
+      </c>
+      <c r="AA266" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="267" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A267" s="17" t="s">
+        <v>582</v>
+      </c>
+      <c r="B267" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C267" s="17" t="s">
+        <v>583</v>
+      </c>
+      <c r="D267" s="18" t="s">
+        <v>584</v>
+      </c>
+      <c r="E267" s="20">
+        <v>491178224.33999997</v>
+      </c>
+      <c r="F267" s="20">
+        <v>128580687</v>
+      </c>
+      <c r="G267" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H267" s="18">
+        <v>20250513</v>
+      </c>
+      <c r="I267" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K267" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L267" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="X267" s="19">
+        <v>17669605</v>
+      </c>
+      <c r="Y267" s="20">
+        <v>63186143.5</v>
+      </c>
+      <c r="Z267" s="20">
+        <v>31709</v>
+      </c>
+      <c r="AA267" s="20">
+        <v>6</v>
+      </c>
+      <c r="AE267" s="18" t="s">
+        <v>112</v>
+      </c>
+      <c r="AH267" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AI267" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="268" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A268" s="17" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B268" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C268" s="17" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D268" s="18" t="s">
+        <v>1132</v>
+      </c>
+      <c r="E268" s="20">
+        <v>11624000</v>
+      </c>
+      <c r="F268" s="20">
+        <v>400000</v>
+      </c>
+      <c r="G268" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H268" s="18">
+        <v>20251016</v>
+      </c>
+      <c r="I268" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K268" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L268" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V268" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W268" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X268" s="19">
+        <v>612</v>
+      </c>
+      <c r="Y268" s="20">
+        <v>17731</v>
+      </c>
+      <c r="Z268" s="20">
+        <v>7</v>
+      </c>
+      <c r="AA268" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="269" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A269" s="17" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B269" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C269" s="17" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D269" s="18" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E269" s="20">
+        <v>2398000</v>
+      </c>
+      <c r="F269" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G269" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H269" s="18">
+        <v>20251016</v>
+      </c>
+      <c r="I269" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K269" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L269" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V269" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W269" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X269" s="19">
+        <v>3606</v>
+      </c>
+      <c r="Y269" s="20">
+        <v>80384</v>
+      </c>
+      <c r="Z269" s="20">
+        <v>14</v>
+      </c>
+      <c r="AA269" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="270" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A270" s="17" t="s">
+        <v>367</v>
+      </c>
+      <c r="B270" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C270" s="17" t="s">
+        <v>368</v>
+      </c>
+      <c r="D270" s="18" t="s">
+        <v>369</v>
+      </c>
+      <c r="E270" s="20">
+        <v>505694000</v>
+      </c>
+      <c r="F270" s="20">
+        <v>14350000</v>
+      </c>
+      <c r="G270" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H270" s="18">
+        <v>20250205</v>
+      </c>
+      <c r="I270" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K270" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L270" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V270" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W270" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X270" s="19">
+        <v>39490490</v>
+      </c>
+      <c r="Y270" s="20">
+        <v>1443500431.5</v>
+      </c>
+      <c r="Z270" s="20">
+        <v>125409</v>
+      </c>
+      <c r="AA270" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="271" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A271" s="17" t="s">
+        <v>370</v>
+      </c>
+      <c r="B271" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C271" s="17" t="s">
+        <v>371</v>
+      </c>
+      <c r="D271" s="18" t="s">
+        <v>372</v>
+      </c>
+      <c r="E271" s="20">
+        <v>803088000</v>
+      </c>
+      <c r="F271" s="20">
+        <v>21600000</v>
+      </c>
+      <c r="G271" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H271" s="18">
+        <v>20250205</v>
+      </c>
+      <c r="I271" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K271" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L271" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V271" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W271" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X271" s="19">
+        <v>21270713</v>
+      </c>
+      <c r="Y271" s="20">
+        <v>704296531</v>
+      </c>
+      <c r="Z271" s="20">
+        <v>71678</v>
+      </c>
+      <c r="AA271" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="272" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A272" s="17" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B272" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C272" s="17" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D272" s="18" t="s">
+        <v>1135</v>
+      </c>
+      <c r="E272" s="20">
+        <v>2311000</v>
+      </c>
+      <c r="F272" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G272" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H272" s="18">
+        <v>20251016</v>
+      </c>
+      <c r="I272" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K272" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L272" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V272" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W272" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X272" s="19">
+        <v>2933</v>
+      </c>
+      <c r="Y272" s="20">
+        <v>71829</v>
+      </c>
+      <c r="Z272" s="20">
+        <v>29</v>
+      </c>
+      <c r="AA272" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="273" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A273" s="17" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B273" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C273" s="17" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D273" s="18" t="s">
+        <v>1108</v>
+      </c>
+      <c r="E273" s="20">
+        <v>3511500</v>
+      </c>
+      <c r="F273" s="20">
+        <v>150000</v>
+      </c>
+      <c r="G273" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H273" s="18">
+        <v>20251016</v>
+      </c>
+      <c r="I273" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K273" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L273" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V273" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W273" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X273" s="19">
+        <v>5996</v>
+      </c>
+      <c r="Y273" s="20">
+        <v>140632.5</v>
+      </c>
+      <c r="Z273" s="20">
+        <v>26</v>
+      </c>
+      <c r="AA273" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="274" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A274" s="17" t="s">
+        <v>373</v>
+      </c>
+      <c r="B274" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C274" s="17" t="s">
+        <v>374</v>
+      </c>
+      <c r="D274" s="18" t="s">
+        <v>375</v>
+      </c>
+      <c r="E274" s="20">
+        <v>2153386000</v>
+      </c>
+      <c r="F274" s="20">
+        <v>46600000</v>
+      </c>
+      <c r="G274" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H274" s="18">
+        <v>20250205</v>
+      </c>
+      <c r="I274" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K274" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L274" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V274" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W274" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X274" s="19">
+        <v>173978952</v>
+      </c>
+      <c r="Y274" s="20">
+        <v>5798589136</v>
+      </c>
+      <c r="Z274" s="20">
+        <v>432732</v>
+      </c>
+      <c r="AA274" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="275" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A275" s="17" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B275" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C275" s="17" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D275" s="18" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E275" s="20">
+        <v>6165000</v>
+      </c>
+      <c r="F275" s="20">
+        <v>300000</v>
+      </c>
+      <c r="G275" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H275" s="18">
+        <v>20251016</v>
+      </c>
+      <c r="I275" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K275" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L275" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V275" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W275" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X275" s="19">
+        <v>205418</v>
+      </c>
+      <c r="Y275" s="20">
+        <v>4237668</v>
+      </c>
+      <c r="Z275" s="20">
+        <v>55</v>
+      </c>
+      <c r="AA275" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="276" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A276" s="17" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B276" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C276" s="17" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D276" s="18" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E276" s="20">
+        <v>16056000</v>
+      </c>
+      <c r="F276" s="20">
+        <v>800000</v>
+      </c>
+      <c r="G276" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H276" s="18">
+        <v>20251016</v>
+      </c>
+      <c r="I276" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K276" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L276" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V276" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W276" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X276" s="19">
+        <v>198361</v>
+      </c>
+      <c r="Y276" s="20">
+        <v>4224494.5</v>
+      </c>
+      <c r="Z276" s="20">
+        <v>42</v>
+      </c>
+      <c r="AA276" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="277" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A277" s="17" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B277" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C277" s="17" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D277" s="18" t="s">
+        <v>1114</v>
+      </c>
+      <c r="E277" s="20">
+        <v>5940000</v>
+      </c>
+      <c r="F277" s="20">
+        <v>200000</v>
+      </c>
+      <c r="G277" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H277" s="18">
+        <v>20251016</v>
+      </c>
+      <c r="I277" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K277" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L277" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V277" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W277" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X277" s="19">
+        <v>12686</v>
+      </c>
+      <c r="Y277" s="20">
+        <v>373187</v>
+      </c>
+      <c r="Z277" s="20">
+        <v>32</v>
+      </c>
+      <c r="AA277" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="278" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A278" s="17" t="s">
+        <v>379</v>
+      </c>
+      <c r="B278" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C278" s="17" t="s">
+        <v>380</v>
+      </c>
+      <c r="D278" s="18" t="s">
+        <v>381</v>
+      </c>
+      <c r="E278" s="20">
+        <v>948552500</v>
+      </c>
+      <c r="F278" s="20">
+        <v>23450000</v>
+      </c>
+      <c r="G278" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H278" s="18">
+        <v>20250205</v>
+      </c>
+      <c r="I278" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K278" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L278" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V278" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W278" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X278" s="19">
+        <v>174310131</v>
+      </c>
+      <c r="Y278" s="20">
+        <v>5191934394</v>
+      </c>
+      <c r="Z278" s="20">
+        <v>475851</v>
+      </c>
+      <c r="AA278" s="20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="279" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A279" s="17" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B279" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C279" s="17" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D279" s="18" t="s">
+        <v>1123</v>
+      </c>
+      <c r="E279" s="20">
+        <v>2397000</v>
+      </c>
+      <c r="F279" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G279" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H279" s="18">
+        <v>20251016</v>
+      </c>
+      <c r="I279" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K279" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L279" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="V279" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="W279" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="X279" s="19">
+        <v>1600</v>
+      </c>
+      <c r="Y279" s="20">
+        <v>38329</v>
+      </c>
+      <c r="Z279" s="20">
+        <v>7</v>
+      </c>
+      <c r="AA279" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="280" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A280" s="17" t="s">
+        <v>265</v>
+      </c>
+      <c r="B280" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C280" s="17" t="s">
+        <v>266</v>
+      </c>
+      <c r="D280" s="18" t="s">
+        <v>267</v>
+      </c>
+      <c r="E280" s="20">
+        <v>1047174009.12</v>
+      </c>
+      <c r="F280" s="20">
+        <v>159387216</v>
+      </c>
+      <c r="G280" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="H280" s="18">
+        <v>20250227</v>
+      </c>
+      <c r="I280" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K280" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L280" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="N280" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="O280" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="X280" s="19">
+        <v>60035746</v>
+      </c>
+      <c r="Y280" s="20">
+        <v>315684998</v>
+      </c>
+      <c r="Z280" s="20">
+        <v>184578</v>
+      </c>
+      <c r="AA280" s="20">
+        <v>9</v>
+      </c>
+      <c r="AE280" s="18" t="s">
+        <v>220</v>
+      </c>
+      <c r="AH280" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AI280" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="281" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A281" s="17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B281" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C281" s="17" t="s">
+        <v>116</v>
+      </c>
+      <c r="D281" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E281" s="20">
+        <v>948259012.79999995</v>
+      </c>
+      <c r="F281" s="20">
+        <v>149332128</v>
+      </c>
+      <c r="G281" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="H281" s="18">
+        <v>20250109</v>
+      </c>
+      <c r="I281" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K281" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L281" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="N281" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="O281" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="P281" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="X281" s="19">
+        <v>44224422</v>
+      </c>
+      <c r="Y281" s="20">
+        <v>194650013.5</v>
+      </c>
+      <c r="Z281" s="20">
+        <v>121611</v>
+      </c>
+      <c r="AA281" s="20">
+        <v>10</v>
+      </c>
+      <c r="AE281" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="AG281" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="AH281" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AI281" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="282" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A282" s="17" t="s">
+        <v>288</v>
+      </c>
+      <c r="B282" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C282" s="17" t="s">
+        <v>289</v>
+      </c>
+      <c r="D282" s="18" t="s">
+        <v>290</v>
+      </c>
+      <c r="E282" s="20">
+        <v>2516504148.48</v>
+      </c>
+      <c r="F282" s="20">
+        <v>361566688</v>
+      </c>
+      <c r="G282" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="H282" s="18">
+        <v>20250429</v>
+      </c>
+      <c r="I282" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K282" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="L282" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="N282" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="O282" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="X282" s="19">
+        <v>55751470</v>
+      </c>
+      <c r="Y282" s="20">
+        <v>306627741</v>
+      </c>
+      <c r="Z282" s="20">
+        <v>136369</v>
+      </c>
+      <c r="AA282" s="20">
+        <v>7</v>
+      </c>
+      <c r="AB282" s="19" t="s">
+        <v>450</v>
+      </c>
+      <c r="AH282" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="283" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A283" s="17" t="s">
+        <v>227</v>
+      </c>
+      <c r="B283" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C283" s="17" t="s">
+        <v>228</v>
+      </c>
+      <c r="D283" s="18" t="s">
+        <v>229</v>
+      </c>
+      <c r="E283" s="20">
+        <v>647633241.36000001</v>
+      </c>
+      <c r="F283" s="20">
+        <v>152743689</v>
+      </c>
+      <c r="G283" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="H283" s="18">
+        <v>20250120</v>
+      </c>
+      <c r="I283" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K283" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L283" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="M283" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="O283" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="P283" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="X283" s="19">
+        <v>11597316</v>
+      </c>
+      <c r="Y283" s="20">
+        <v>43174079</v>
+      </c>
+      <c r="Z283" s="20">
+        <v>48959</v>
+      </c>
+      <c r="AA283" s="20">
+        <v>10</v>
+      </c>
+      <c r="AD283" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="AN283" s="18" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="284" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A284" s="17" t="s">
+        <v>268</v>
+      </c>
+      <c r="B284" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C284" s="17" t="s">
+        <v>269</v>
+      </c>
+      <c r="D284" s="18" t="s">
+        <v>270</v>
+      </c>
+      <c r="E284" s="20">
+        <v>335464596.5</v>
+      </c>
+      <c r="F284" s="20">
+        <v>609935630</v>
+      </c>
+      <c r="G284" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="H284" s="18">
+        <v>20250822</v>
+      </c>
+      <c r="I284" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K284" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L284" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="O284" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="X284" s="19">
+        <v>31809068</v>
+      </c>
+      <c r="Y284" s="20">
+        <v>14457233.5</v>
+      </c>
+      <c r="Z284" s="20">
+        <v>9646</v>
+      </c>
+      <c r="AA284" s="20">
+        <v>3</v>
+      </c>
+      <c r="AD284" s="18" t="s">
+        <v>271</v>
+      </c>
+      <c r="AJ284" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AK284" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AM284" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="285" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A285" s="17" t="s">
+        <v>272</v>
+      </c>
+      <c r="B285" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C285" s="17" t="s">
+        <v>273</v>
+      </c>
+      <c r="D285" s="18" t="s">
+        <v>274</v>
+      </c>
+      <c r="E285" s="20">
+        <v>1010203385.35</v>
+      </c>
+      <c r="F285" s="20">
+        <v>429873781</v>
+      </c>
+      <c r="G285" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="H285" s="18">
+        <v>20250903</v>
+      </c>
+      <c r="I285" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K285" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L285" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="M285" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="N285" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="O285" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="X285" s="19">
+        <v>25608612</v>
+      </c>
+      <c r="Y285" s="20">
+        <v>49632510.5</v>
+      </c>
+      <c r="Z285" s="20">
+        <v>34325</v>
+      </c>
+      <c r="AA285" s="20">
+        <v>2</v>
+      </c>
+      <c r="AE285" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="AH285" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="286" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A286" s="17" t="s">
+        <v>257</v>
+      </c>
+      <c r="B286" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C286" s="17" t="s">
+        <v>258</v>
+      </c>
+      <c r="D286" s="18" t="s">
+        <v>259</v>
+      </c>
+      <c r="E286" s="20">
+        <v>2111978889.1600001</v>
+      </c>
+      <c r="F286" s="20">
+        <v>258504148</v>
+      </c>
+      <c r="G286" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="H286" s="18">
+        <v>20250702</v>
+      </c>
+      <c r="I286" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K286" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="L286" s="18" t="s">
+        <v>143</v>
+      </c>
+      <c r="M286" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="O286" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="X286" s="19">
+        <v>25878635</v>
+      </c>
+      <c r="Y286" s="20">
+        <v>166393974.5</v>
+      </c>
+      <c r="Z286" s="20">
+        <v>107617</v>
+      </c>
+      <c r="AA286" s="20">
+        <v>4</v>
+      </c>
+      <c r="AC286" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="AH286" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AJ286" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AL286" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="287" spans="1:40" x14ac:dyDescent="0.2">
+      <c r="A287" s="17" t="s">
+        <v>283</v>
+      </c>
+      <c r="B287" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C287" s="17" t="s">
+        <v>284</v>
+      </c>
+      <c r="D287" s="18" t="s">
+        <v>285</v>
+      </c>
+      <c r="E287" s="20">
+        <v>235020480.72</v>
+      </c>
+      <c r="F287" s="20">
+        <v>29414328</v>
+      </c>
+      <c r="G287" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="H287" s="18">
+        <v>20251001</v>
+      </c>
+      <c r="I287" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="K287" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="L287" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="O287" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="P287" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="T287" s="18" t="s">
+        <v>92</v>
+      </c>
+      <c r="X287" s="19">
+        <v>173290</v>
+      </c>
+      <c r="Y287" s="20">
+        <v>1348044</v>
+      </c>
+      <c r="Z287" s="20">
+        <v>721</v>
+      </c>
+      <c r="AA287" s="20">
+        <v>1</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A10:AN287" xr:uid="{00000000-0009-0000-0000-000001000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A11:AN287">
+      <sortCondition ref="G10:G287"/>
+    </sortState>
+  </autoFilter>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:AU10">
+    <sortCondition sortBy="cellColor" ref="M8:M10" dxfId="0"/>
+  </sortState>
+  <phoneticPr fontId="6" type="noConversion"/>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="A1:AX67"/>
+  <sheetViews>
+    <sheetView topLeftCell="C1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="C10" sqref="C10"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="8.28515625" style="17" hidden="1" customWidth="1"/>
+    <col min="2" max="2" width="8.140625" style="28" hidden="1" customWidth="1"/>
+    <col min="3" max="3" width="12.42578125" style="23" customWidth="1"/>
+    <col min="4" max="4" width="44.140625" style="28" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="21.85546875" style="24" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="16.28515625" style="24" bestFit="1" customWidth="1"/>
+    <col min="8" max="9" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="31.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="22.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="16.85546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="15.140625" style="32" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="17.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="11.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="19.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="18.42578125" style="18" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="16.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="33.140625" style="18" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="44" style="18" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="29.85546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="30.28515625" style="19" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="31.85546875" style="19" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="24.7109375" style="19" bestFit="1" customWidth="1"/>
+    <col min="25" max="25" width="9.7109375" style="19" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="16.28515625" style="34" bestFit="1" customWidth="1"/>
+    <col min="27" max="27" width="17.5703125" style="34" bestFit="1" customWidth="1"/>
+    <col min="28" max="28" width="16.28515625" style="20" bestFit="1" customWidth="1"/>
+    <col min="29" max="29" width="15.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="30" max="30" width="31.85546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="31" max="31" width="11.5703125" style="18" bestFit="1" customWidth="1"/>
+    <col min="32" max="32" width="20" style="18" bestFit="1" customWidth="1"/>
+    <col min="33" max="33" width="17.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="34" max="34" width="34.7109375" style="18" bestFit="1" customWidth="1"/>
+    <col min="35" max="35" width="22.140625" style="18" bestFit="1" customWidth="1"/>
+    <col min="36" max="36" width="11.5703125" style="18" bestFit="1" customWidth="1"/>
+    <col min="37" max="37" width="14.42578125" style="18" bestFit="1" customWidth="1"/>
+    <col min="38" max="38" width="9.42578125" style="18" bestFit="1" customWidth="1"/>
+    <col min="39" max="39" width="10.140625" style="18" bestFit="1" customWidth="1"/>
+    <col min="40" max="40" width="11.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="41" max="41" width="10.5703125" style="18" bestFit="1" customWidth="1"/>
+    <col min="42" max="42" width="16.140625" style="18" bestFit="1" customWidth="1"/>
+    <col min="43" max="43" width="17.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="44" max="44" width="9.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="45" max="45" width="8.85546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="46" max="46" width="11.5703125" style="18" bestFit="1" customWidth="1"/>
+    <col min="47" max="47" width="12.42578125" style="18" bestFit="1" customWidth="1"/>
+    <col min="48" max="48" width="24.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="49" max="49" width="19.85546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="50" max="50" width="31.7109375" style="17" bestFit="1" customWidth="1"/>
+    <col min="51" max="16384" width="9" style="17"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="C1" s="2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="2" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="C2" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D2" s="2"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="26"/>
+      <c r="G2" s="26"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+      <c r="J2" s="1"/>
+      <c r="K2" s="19"/>
+      <c r="L2" s="1"/>
+      <c r="M2" s="29"/>
+      <c r="R2" s="19"/>
+      <c r="S2" s="19"/>
+      <c r="T2" s="19"/>
+      <c r="U2" s="19"/>
+    </row>
+    <row r="3" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="C3" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="D3" s="2"/>
+      <c r="E3" s="1"/>
+      <c r="F3" s="26"/>
+      <c r="G3" s="26"/>
+      <c r="H3" s="1"/>
+      <c r="I3" s="1"/>
+      <c r="J3" s="1"/>
+      <c r="K3" s="19"/>
+      <c r="L3" s="1"/>
+      <c r="M3" s="29"/>
+      <c r="R3" s="19"/>
+      <c r="S3" s="19"/>
+      <c r="T3" s="19"/>
+      <c r="U3" s="19"/>
+    </row>
+    <row r="4" spans="1:50" s="12" customFormat="1" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B4" s="9"/>
+      <c r="C4" s="21"/>
+      <c r="D4" s="9"/>
+      <c r="E4" s="8"/>
+      <c r="F4" s="25"/>
+      <c r="G4" s="25"/>
+      <c r="H4" s="8"/>
+      <c r="I4" s="8"/>
+      <c r="J4" s="8"/>
+      <c r="K4" s="11"/>
+      <c r="L4" s="8"/>
+      <c r="M4" s="30"/>
+      <c r="N4" s="8"/>
+      <c r="O4" s="8"/>
+      <c r="P4" s="8"/>
+      <c r="Q4" s="8"/>
+      <c r="R4" s="11"/>
+      <c r="S4" s="11"/>
+      <c r="T4" s="11"/>
       <c r="U4" s="11"/>
       <c r="V4" s="11"/>
       <c r="W4" s="11"/>
       <c r="X4" s="11"/>
       <c r="Y4" s="11"/>
-      <c r="Z4" s="8"/>
-[...1 lines deleted...]
-      <c r="AB4" s="8"/>
+      <c r="Z4" s="35"/>
+      <c r="AA4" s="35"/>
+      <c r="AB4" s="62"/>
       <c r="AC4" s="8"/>
       <c r="AD4" s="8"/>
       <c r="AE4" s="8"/>
       <c r="AF4" s="8"/>
       <c r="AG4" s="8"/>
       <c r="AH4" s="8"/>
       <c r="AI4" s="8"/>
       <c r="AJ4" s="8"/>
       <c r="AK4" s="8"/>
       <c r="AL4" s="8"/>
       <c r="AM4" s="8"/>
       <c r="AN4" s="8"/>
       <c r="AO4" s="8"/>
       <c r="AP4" s="8"/>
       <c r="AQ4" s="8"/>
       <c r="AR4" s="8"/>
       <c r="AS4" s="8"/>
       <c r="AT4" s="8"/>
       <c r="AU4" s="8"/>
       <c r="AV4" s="8"/>
       <c r="AW4" s="8"/>
-      <c r="AX4" s="8"/>
-[...12570 lines deleted...]
-    <row r="5" spans="1:54" s="7" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="5" spans="1:50" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B5" s="2"/>
       <c r="C5" s="22"/>
       <c r="D5" s="2"/>
       <c r="E5" s="1"/>
       <c r="F5" s="26"/>
       <c r="G5" s="26"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
-      <c r="K5" s="29"/>
+      <c r="K5" s="1"/>
       <c r="L5" s="1"/>
-      <c r="M5" s="1"/>
+      <c r="M5" s="29"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
-      <c r="T5" s="6"/>
-[...37 lines deleted...]
-    <row r="6" spans="1:54" s="7" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="6"/>
+      <c r="X5" s="6"/>
+      <c r="Y5" s="6"/>
+      <c r="Z5" s="36"/>
+      <c r="AA5" s="36"/>
+      <c r="AB5" s="36"/>
+      <c r="AC5" s="5"/>
+      <c r="AD5" s="61" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE5" s="58"/>
+      <c r="AF5" s="58"/>
+      <c r="AG5" s="58"/>
+      <c r="AH5" s="58"/>
+      <c r="AI5" s="58"/>
+      <c r="AJ5" s="58"/>
+      <c r="AK5" s="58"/>
+      <c r="AL5" s="58"/>
+      <c r="AM5" s="58"/>
+      <c r="AN5" s="58"/>
+      <c r="AO5" s="58"/>
+      <c r="AP5" s="58"/>
+      <c r="AQ5" s="58"/>
+      <c r="AR5" s="58"/>
+      <c r="AS5" s="58"/>
+      <c r="AT5" s="58"/>
+      <c r="AU5" s="58"/>
+      <c r="AV5" s="58"/>
+      <c r="AW5" s="58"/>
+      <c r="AX5" s="58"/>
+    </row>
+    <row r="6" spans="1:50" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B6" s="2"/>
       <c r="C6" s="22"/>
       <c r="D6" s="42" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="E6" s="48"/>
       <c r="F6" s="48" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G6" s="52"/>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
-      <c r="K6" s="29"/>
+      <c r="K6" s="1"/>
       <c r="L6" s="1"/>
-      <c r="M6" s="1"/>
+      <c r="M6" s="29"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
-      <c r="U6" s="6"/>
-[...3 lines deleted...]
-      <c r="Y6" s="36"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+      <c r="X6" s="6"/>
+      <c r="Y6" s="6"/>
       <c r="Z6" s="36"/>
-      <c r="AA6" s="59"/>
-[...28 lines deleted...]
-    <row r="7" spans="1:54" s="7" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AA6" s="36"/>
+      <c r="AB6" s="36"/>
+      <c r="AC6" s="36"/>
+      <c r="AD6" s="58"/>
+      <c r="AE6" s="58"/>
+      <c r="AF6" s="58"/>
+      <c r="AG6" s="58"/>
+      <c r="AH6" s="58"/>
+      <c r="AI6" s="58"/>
+      <c r="AJ6" s="58"/>
+      <c r="AK6" s="58"/>
+      <c r="AL6" s="58"/>
+      <c r="AM6" s="58"/>
+      <c r="AN6" s="58"/>
+      <c r="AO6" s="58"/>
+      <c r="AP6" s="58"/>
+      <c r="AQ6" s="58"/>
+      <c r="AR6" s="58"/>
+      <c r="AS6" s="58"/>
+      <c r="AT6" s="58"/>
+      <c r="AU6" s="58"/>
+      <c r="AV6" s="58"/>
+      <c r="AW6" s="58"/>
+      <c r="AX6" s="58"/>
+    </row>
+    <row r="7" spans="1:50" s="7" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="2"/>
       <c r="C7" s="22"/>
       <c r="D7" s="49"/>
       <c r="E7" s="50"/>
       <c r="F7" s="50"/>
       <c r="G7" s="53"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
-      <c r="K7" s="29"/>
+      <c r="K7" s="1"/>
       <c r="L7" s="1"/>
-      <c r="M7" s="1"/>
+      <c r="M7" s="29"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
-      <c r="U7" s="6"/>
-[...3 lines deleted...]
-      <c r="Y7" s="36"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+      <c r="X7" s="6"/>
+      <c r="Y7" s="6"/>
       <c r="Z7" s="36"/>
-      <c r="AA7" s="59"/>
-[...28 lines deleted...]
-    <row r="8" spans="1:54" s="7" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="AA7" s="36"/>
+      <c r="AB7" s="36"/>
+      <c r="AC7" s="36"/>
+      <c r="AD7" s="58"/>
+      <c r="AE7" s="58"/>
+      <c r="AF7" s="58"/>
+      <c r="AG7" s="58"/>
+      <c r="AH7" s="58"/>
+      <c r="AI7" s="58"/>
+      <c r="AJ7" s="58"/>
+      <c r="AK7" s="58"/>
+      <c r="AL7" s="58"/>
+      <c r="AM7" s="58"/>
+      <c r="AN7" s="58"/>
+      <c r="AO7" s="58"/>
+      <c r="AP7" s="58"/>
+      <c r="AQ7" s="58"/>
+      <c r="AR7" s="58"/>
+      <c r="AS7" s="58"/>
+      <c r="AT7" s="58"/>
+      <c r="AU7" s="58"/>
+      <c r="AV7" s="58"/>
+      <c r="AW7" s="58"/>
+      <c r="AX7" s="58"/>
+    </row>
+    <row r="8" spans="1:50" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="2"/>
       <c r="C8" s="22"/>
-      <c r="D8" s="61">
-[...1 lines deleted...]
-        <v>47</v>
+      <c r="D8" s="60">
+        <f>SUBTOTAL(3,D11:D67)</f>
+        <v>57</v>
       </c>
       <c r="E8" s="51"/>
       <c r="F8" s="54">
-        <f>SUBTOTAL(9,F11:F57)</f>
-        <v>4228994893.0349989</v>
+        <f>SUBTOTAL(9,F11:F67)</f>
+        <v>3950654978.2750006</v>
       </c>
       <c r="G8" s="55"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
-      <c r="K8" s="29"/>
+      <c r="K8" s="1"/>
       <c r="L8" s="1"/>
-      <c r="M8" s="1"/>
+      <c r="M8" s="29"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
-      <c r="U8" s="6"/>
-[...3 lines deleted...]
-      <c r="Y8" s="36"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+      <c r="X8" s="6"/>
+      <c r="Y8" s="6"/>
       <c r="Z8" s="36"/>
-      <c r="AA8" s="59"/>
-[...28 lines deleted...]
-    <row r="9" spans="1:54" s="7" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="AA8" s="36"/>
+      <c r="AB8" s="36"/>
+      <c r="AC8" s="36"/>
+      <c r="AD8" s="58"/>
+      <c r="AE8" s="58"/>
+      <c r="AF8" s="58"/>
+      <c r="AG8" s="58"/>
+      <c r="AH8" s="58"/>
+      <c r="AI8" s="58"/>
+      <c r="AJ8" s="58"/>
+      <c r="AK8" s="58"/>
+      <c r="AL8" s="58"/>
+      <c r="AM8" s="58"/>
+      <c r="AN8" s="58"/>
+      <c r="AO8" s="58"/>
+      <c r="AP8" s="58"/>
+      <c r="AQ8" s="58"/>
+      <c r="AR8" s="58"/>
+      <c r="AS8" s="58"/>
+      <c r="AT8" s="58"/>
+      <c r="AU8" s="58"/>
+      <c r="AV8" s="58"/>
+      <c r="AW8" s="58"/>
+      <c r="AX8" s="58"/>
+    </row>
+    <row r="9" spans="1:50" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B9" s="2"/>
       <c r="C9" s="22"/>
       <c r="D9" s="2"/>
       <c r="E9" s="1"/>
       <c r="F9" s="26"/>
       <c r="G9" s="26"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
-      <c r="K9" s="29"/>
+      <c r="K9" s="1"/>
       <c r="L9" s="1"/>
-      <c r="M9" s="1"/>
+      <c r="M9" s="29"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
-      <c r="U9" s="6"/>
-[...3 lines deleted...]
-      <c r="Y9" s="36"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+      <c r="X9" s="6"/>
+      <c r="Y9" s="6"/>
       <c r="Z9" s="36"/>
-      <c r="AA9" s="59"/>
-[...28 lines deleted...]
-    <row r="10" spans="1:54" s="15" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="AA9" s="36"/>
+      <c r="AB9" s="36"/>
+      <c r="AC9" s="36"/>
+      <c r="AD9" s="58"/>
+      <c r="AE9" s="58"/>
+      <c r="AF9" s="58"/>
+      <c r="AG9" s="58"/>
+      <c r="AH9" s="58"/>
+      <c r="AI9" s="58"/>
+      <c r="AJ9" s="58"/>
+      <c r="AK9" s="58"/>
+      <c r="AL9" s="58"/>
+      <c r="AM9" s="58"/>
+      <c r="AN9" s="58"/>
+      <c r="AO9" s="58"/>
+      <c r="AP9" s="58"/>
+      <c r="AQ9" s="58"/>
+      <c r="AR9" s="58"/>
+      <c r="AS9" s="58"/>
+      <c r="AT9" s="58"/>
+      <c r="AU9" s="58"/>
+      <c r="AV9" s="58"/>
+      <c r="AW9" s="58"/>
+      <c r="AX9" s="58"/>
+    </row>
+    <row r="10" spans="1:50" s="15" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="14" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B10" s="33" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>0</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>3</v>
       </c>
       <c r="E10" s="16" t="s">
         <v>4</v>
       </c>
       <c r="F10" s="16" t="s">
-        <v>900</v>
+        <v>1017</v>
       </c>
       <c r="G10" s="16" t="s">
-        <v>901</v>
+        <v>1018</v>
       </c>
       <c r="H10" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="I10" s="31" t="s">
+        <v>35</v>
+      </c>
+      <c r="J10" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="I10" s="27" t="s">
+      <c r="K10" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="L10" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="M10" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="N10" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="O10" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="P10" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q10" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="R10" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="S10" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="T10" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="U10" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="V10" s="27" t="s">
+        <v>1</v>
+      </c>
+      <c r="W10" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="J10" s="15" t="s">
+      <c r="X10" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="Y10" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="Z10" s="16" t="s">
+        <v>1019</v>
+      </c>
+      <c r="AA10" s="16" t="s">
+        <v>1020</v>
+      </c>
+      <c r="AB10" s="16" t="s">
+        <v>1021</v>
+      </c>
+      <c r="AC10" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="AD10" s="59" t="s">
+        <v>53</v>
+      </c>
+      <c r="AE10" s="59" t="s">
+        <v>56</v>
+      </c>
+      <c r="AF10" s="59" t="s">
+        <v>54</v>
+      </c>
+      <c r="AG10" s="59" t="s">
+        <v>55</v>
+      </c>
+      <c r="AH10" s="59" t="s">
+        <v>57</v>
+      </c>
+      <c r="AI10" s="59" t="s">
+        <v>58</v>
+      </c>
+      <c r="AJ10" s="59" t="s">
+        <v>16</v>
+      </c>
+      <c r="AK10" s="59" t="s">
+        <v>38</v>
+      </c>
+      <c r="AL10" s="59" t="s">
+        <v>39</v>
+      </c>
+      <c r="AM10" s="59" t="s">
+        <v>40</v>
+      </c>
+      <c r="AN10" s="59" t="s">
+        <v>41</v>
+      </c>
+      <c r="AO10" s="59" t="s">
+        <v>42</v>
+      </c>
+      <c r="AP10" s="59" t="s">
+        <v>43</v>
+      </c>
+      <c r="AQ10" s="59" t="s">
+        <v>44</v>
+      </c>
+      <c r="AR10" s="59" t="s">
+        <v>46</v>
+      </c>
+      <c r="AS10" s="59" t="s">
+        <v>47</v>
+      </c>
+      <c r="AT10" s="59" t="s">
+        <v>48</v>
+      </c>
+      <c r="AU10" s="59" t="s">
+        <v>49</v>
+      </c>
+      <c r="AV10" s="59" t="s">
+        <v>50</v>
+      </c>
+      <c r="AW10" s="59" t="s">
+        <v>60</v>
+      </c>
+      <c r="AX10" s="59" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="11" spans="1:50" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="17" t="s">
+        <v>726</v>
+      </c>
+      <c r="B11" s="28">
+        <v>1188055</v>
+      </c>
+      <c r="C11" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D11" s="28" t="s">
+        <v>727</v>
+      </c>
+      <c r="E11" s="18" t="s">
+        <v>728</v>
+      </c>
+      <c r="F11" s="24">
+        <v>48209236.210000001</v>
+      </c>
+      <c r="G11" s="24">
+        <v>130295233</v>
+      </c>
+      <c r="H11" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="I11" s="18">
+        <v>20250604</v>
+      </c>
+      <c r="J11" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L11" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="M11" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z11" s="34">
+        <v>21143431</v>
+      </c>
+      <c r="AA11" s="34">
+        <v>8439244</v>
+      </c>
+      <c r="AB11" s="20">
+        <v>2620</v>
+      </c>
+      <c r="AC11" s="18">
+        <v>5</v>
+      </c>
+      <c r="AH11" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="AN11" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A12" s="17" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B12" s="28">
+        <v>1188927</v>
+      </c>
+      <c r="C12" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" s="28" t="s">
+        <v>1189</v>
+      </c>
+      <c r="E12" s="18" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F12" s="24">
+        <v>2558250</v>
+      </c>
+      <c r="G12" s="24">
+        <v>9475000</v>
+      </c>
+      <c r="H12" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="I12" s="18">
+        <v>20251023</v>
+      </c>
+      <c r="J12" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L12" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M12" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z12" s="34">
+        <v>42200</v>
+      </c>
+      <c r="AA12" s="34">
+        <v>11709.5</v>
+      </c>
+      <c r="AB12" s="20">
+        <v>27</v>
+      </c>
+      <c r="AC12" s="18">
+        <v>1</v>
+      </c>
+      <c r="AG12" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="AV12" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="13" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A13" s="17" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B13" s="28">
+        <v>1188790</v>
+      </c>
+      <c r="C13" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D13" s="28" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E13" s="18" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F13" s="24">
+        <v>2641166.8199999998</v>
+      </c>
+      <c r="G13" s="24">
+        <v>11483334</v>
+      </c>
+      <c r="H13" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="I13" s="18">
+        <v>20250917</v>
+      </c>
+      <c r="J13" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L13" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M13" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z13" s="34">
+        <v>4000</v>
+      </c>
+      <c r="AA13" s="34">
+        <v>920</v>
+      </c>
+      <c r="AB13" s="20">
+        <v>4</v>
+      </c>
+      <c r="AC13" s="18">
+        <v>1</v>
+      </c>
+      <c r="AG13" s="18" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="14" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A14" s="17" t="s">
+        <v>729</v>
+      </c>
+      <c r="B14" s="28">
+        <v>1188650</v>
+      </c>
+      <c r="C14" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D14" s="28" t="s">
+        <v>730</v>
+      </c>
+      <c r="E14" s="18" t="s">
+        <v>731</v>
+      </c>
+      <c r="F14" s="24">
+        <v>850000</v>
+      </c>
+      <c r="G14" s="24">
+        <v>5000000</v>
+      </c>
+      <c r="H14" s="18" t="s">
+        <v>278</v>
+      </c>
+      <c r="I14" s="18">
+        <v>20250612</v>
+      </c>
+      <c r="J14" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="L14" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M14" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O14" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z14" s="34">
+        <v>260537</v>
+      </c>
+      <c r="AA14" s="34">
+        <v>44054</v>
+      </c>
+      <c r="AB14" s="20">
+        <v>97</v>
+      </c>
+      <c r="AC14" s="18">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A15" s="17" t="s">
+        <v>389</v>
+      </c>
+      <c r="B15" s="28">
+        <v>1188410</v>
+      </c>
+      <c r="C15" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D15" s="28" t="s">
+        <v>390</v>
+      </c>
+      <c r="E15" s="18" t="s">
+        <v>391</v>
+      </c>
+      <c r="F15" s="24">
+        <v>32500</v>
+      </c>
+      <c r="G15" s="24">
+        <v>6500000</v>
+      </c>
+      <c r="H15" s="18" t="s">
+        <v>278</v>
+      </c>
+      <c r="I15" s="18">
+        <v>20250212</v>
+      </c>
+      <c r="J15" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="L15" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M15" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O15" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="16" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A16" s="17" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B16" s="28">
+        <v>1188940</v>
+      </c>
+      <c r="C16" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" s="28" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E16" s="18" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F16" s="24">
+        <v>2702630</v>
+      </c>
+      <c r="G16" s="24">
+        <v>27026300</v>
+      </c>
+      <c r="H16" s="18" t="s">
+        <v>278</v>
+      </c>
+      <c r="I16" s="18">
+        <v>20251024</v>
+      </c>
+      <c r="J16" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="L16" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="M16" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O16" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z16" s="34">
+        <v>4000</v>
+      </c>
+      <c r="AA16" s="34">
+        <v>400</v>
+      </c>
+      <c r="AB16" s="20">
+        <v>1</v>
+      </c>
+      <c r="AC16" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A17" s="17" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B17" s="28">
+        <v>1188800</v>
+      </c>
+      <c r="C17" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D17" s="28" t="s">
+        <v>1183</v>
+      </c>
+      <c r="E17" s="18" t="s">
+        <v>1184</v>
+      </c>
+      <c r="F17" s="24">
+        <v>1200000</v>
+      </c>
+      <c r="G17" s="24">
+        <v>12000000</v>
+      </c>
+      <c r="H17" s="18" t="s">
+        <v>278</v>
+      </c>
+      <c r="I17" s="18">
+        <v>20251003</v>
+      </c>
+      <c r="J17" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="L17" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="M17" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O17" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z17" s="34">
+        <v>350000</v>
+      </c>
+      <c r="AA17" s="34">
+        <v>35000</v>
+      </c>
+      <c r="AB17" s="20">
+        <v>4</v>
+      </c>
+      <c r="AC17" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="18" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A18" s="17" t="s">
+        <v>392</v>
+      </c>
+      <c r="B18" s="28">
+        <v>1188535</v>
+      </c>
+      <c r="C18" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D18" s="28" t="s">
+        <v>393</v>
+      </c>
+      <c r="E18" s="18" t="s">
+        <v>394</v>
+      </c>
+      <c r="F18" s="24">
+        <v>233755</v>
+      </c>
+      <c r="G18" s="24">
+        <v>4675100</v>
+      </c>
+      <c r="H18" s="18" t="s">
+        <v>278</v>
+      </c>
+      <c r="I18" s="18">
+        <v>20250225</v>
+      </c>
+      <c r="J18" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="L18" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M18" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O18" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z18" s="34">
+        <v>91085</v>
+      </c>
+      <c r="AA18" s="34">
+        <v>11233</v>
+      </c>
+      <c r="AB18" s="20">
+        <v>120</v>
+      </c>
+      <c r="AC18" s="18">
         <v>7</v>
       </c>
-      <c r="K10" s="15" t="s">
+    </row>
+    <row r="19" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A19" s="17" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B19" s="28">
+        <v>1188922</v>
+      </c>
+      <c r="C19" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D19" s="28" t="s">
+        <v>1195</v>
+      </c>
+      <c r="E19" s="18" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F19" s="24">
+        <v>18500000</v>
+      </c>
+      <c r="G19" s="24">
+        <v>37000000</v>
+      </c>
+      <c r="H19" s="18" t="s">
+        <v>278</v>
+      </c>
+      <c r="I19" s="18">
+        <v>20251020</v>
+      </c>
+      <c r="J19" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="L19" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="M19" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O19" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z19" s="34">
+        <v>142195</v>
+      </c>
+      <c r="AA19" s="34">
+        <v>68504.5</v>
+      </c>
+      <c r="AB19" s="20">
+        <v>94</v>
+      </c>
+      <c r="AC19" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A20" s="17" t="s">
+        <v>561</v>
+      </c>
+      <c r="B20" s="28">
+        <v>1188625</v>
+      </c>
+      <c r="C20" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D20" s="28" t="s">
+        <v>562</v>
+      </c>
+      <c r="E20" s="18" t="s">
+        <v>563</v>
+      </c>
+      <c r="F20" s="24">
+        <v>1267070</v>
+      </c>
+      <c r="G20" s="24">
+        <v>12670700</v>
+      </c>
+      <c r="H20" s="18" t="s">
+        <v>278</v>
+      </c>
+      <c r="I20" s="18">
+        <v>20250509</v>
+      </c>
+      <c r="J20" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="L20" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="M20" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O20" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z20" s="34">
+        <v>1176838</v>
+      </c>
+      <c r="AA20" s="34">
+        <v>125722.5</v>
+      </c>
+      <c r="AB20" s="20">
+        <v>147</v>
+      </c>
+      <c r="AC20" s="18">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A21" s="17" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B21" s="28">
+        <v>1151530</v>
+      </c>
+      <c r="C21" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D21" s="28" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E21" s="18" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F21" s="24">
+        <v>1066625928.16</v>
+      </c>
+      <c r="G21" s="24">
+        <v>512800927</v>
+      </c>
+      <c r="H21" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="I21" s="18">
+        <v>20250924</v>
+      </c>
+      <c r="J21" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L21" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M21" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z21" s="34">
+        <v>19575893</v>
+      </c>
+      <c r="AA21" s="34">
+        <v>45791585</v>
+      </c>
+      <c r="AB21" s="20">
+        <v>28499</v>
+      </c>
+      <c r="AC21" s="18">
+        <v>2</v>
+      </c>
+      <c r="AD21" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="AL21" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="22" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A22" s="17" t="s">
+        <v>738</v>
+      </c>
+      <c r="B22" s="28">
+        <v>1188705</v>
+      </c>
+      <c r="C22" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D22" s="28" t="s">
+        <v>739</v>
+      </c>
+      <c r="E22" s="18" t="s">
+        <v>740</v>
+      </c>
+      <c r="F22" s="24">
+        <v>74196426.700000003</v>
+      </c>
+      <c r="G22" s="24">
+        <v>9648430</v>
+      </c>
+      <c r="H22" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="I22" s="18">
+        <v>20250626</v>
+      </c>
+      <c r="J22" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="K22" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="L22" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="M22" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z22" s="34">
+        <v>2172764</v>
+      </c>
+      <c r="AA22" s="34">
+        <v>19038700.5</v>
+      </c>
+      <c r="AB22" s="20">
+        <v>4884</v>
+      </c>
+      <c r="AC22" s="18">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="23" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A23" s="17" t="s">
+        <v>478</v>
+      </c>
+      <c r="B23" s="28">
+        <v>1188685</v>
+      </c>
+      <c r="C23" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D23" s="28" t="s">
+        <v>479</v>
+      </c>
+      <c r="E23" s="18" t="s">
+        <v>480</v>
+      </c>
+      <c r="F23" s="24">
+        <v>61102337.5</v>
+      </c>
+      <c r="G23" s="24">
+        <v>64318250</v>
+      </c>
+      <c r="H23" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="I23" s="18">
+        <v>20250414</v>
+      </c>
+      <c r="J23" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="L23" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M23" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z23" s="34">
+        <v>1394007</v>
+      </c>
+      <c r="AA23" s="34">
+        <v>1119392</v>
+      </c>
+      <c r="AB23" s="20">
+        <v>407</v>
+      </c>
+      <c r="AC23" s="18">
+        <v>7</v>
+      </c>
+      <c r="AD23" s="18" t="s">
+        <v>276</v>
+      </c>
+      <c r="AK23" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="24" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A24" s="17" t="s">
+        <v>462</v>
+      </c>
+      <c r="B24" s="28">
+        <v>1188710</v>
+      </c>
+      <c r="C24" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D24" s="28" t="s">
+        <v>463</v>
+      </c>
+      <c r="E24" s="18" t="s">
+        <v>464</v>
+      </c>
+      <c r="F24" s="24">
+        <v>257671748.63999999</v>
+      </c>
+      <c r="G24" s="24">
+        <v>536816143</v>
+      </c>
+      <c r="H24" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="I24" s="18">
+        <v>20250314</v>
+      </c>
+      <c r="J24" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L24" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="M24" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="N24" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="P24" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z24" s="34">
+        <v>127176192</v>
+      </c>
+      <c r="AA24" s="34">
+        <v>52456682</v>
+      </c>
+      <c r="AB24" s="20">
+        <v>25138</v>
+      </c>
+      <c r="AC24" s="18">
         <v>8</v>
       </c>
-      <c r="L10" s="15" t="s">
+      <c r="AH24" s="18" t="s">
+        <v>112</v>
+      </c>
+      <c r="AM24" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="25" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A25" s="17" t="s">
+        <v>548</v>
+      </c>
+      <c r="B25" s="28">
+        <v>1188780</v>
+      </c>
+      <c r="C25" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D25" s="28" t="s">
+        <v>549</v>
+      </c>
+      <c r="E25" s="18" t="s">
+        <v>550</v>
+      </c>
+      <c r="F25" s="24">
+        <v>5145268.21</v>
+      </c>
+      <c r="G25" s="24">
+        <v>54160718</v>
+      </c>
+      <c r="H25" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="I25" s="18">
+        <v>20250507</v>
+      </c>
+      <c r="J25" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L25" s="18" t="s">
+        <v>139</v>
+      </c>
+      <c r="M25" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z25" s="34">
+        <v>5672088</v>
+      </c>
+      <c r="AA25" s="34">
+        <v>627871.5</v>
+      </c>
+      <c r="AB25" s="20">
+        <v>877</v>
+      </c>
+      <c r="AC25" s="18">
+        <v>5</v>
+      </c>
+      <c r="AG25" s="18" t="s">
+        <v>95</v>
+      </c>
+      <c r="AO25" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="26" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A26" s="17" t="s">
+        <v>468</v>
+      </c>
+      <c r="B26" s="28">
+        <v>1188680</v>
+      </c>
+      <c r="C26" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D26" s="28" t="s">
+        <v>469</v>
+      </c>
+      <c r="E26" s="18" t="s">
+        <v>470</v>
+      </c>
+      <c r="F26" s="24">
+        <v>6239172.4000000004</v>
+      </c>
+      <c r="G26" s="24">
+        <v>77989655</v>
+      </c>
+      <c r="H26" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="I26" s="18">
+        <v>20250325</v>
+      </c>
+      <c r="J26" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L26" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M26" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z26" s="34">
+        <v>33278535</v>
+      </c>
+      <c r="AA26" s="34">
+        <v>2763798.5</v>
+      </c>
+      <c r="AB26" s="20">
+        <v>5098</v>
+      </c>
+      <c r="AC26" s="18">
+        <v>8</v>
+      </c>
+      <c r="AG26" s="18" t="s">
+        <v>139</v>
+      </c>
+      <c r="AU26" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="27" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A27" s="17" t="s">
+        <v>732</v>
+      </c>
+      <c r="B27" s="28">
+        <v>1188870</v>
+      </c>
+      <c r="C27" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D27" s="28" t="s">
+        <v>733</v>
+      </c>
+      <c r="E27" s="18" t="s">
+        <v>734</v>
+      </c>
+      <c r="F27" s="24">
+        <v>19431089.600000001</v>
+      </c>
+      <c r="G27" s="24">
+        <v>59787968</v>
+      </c>
+      <c r="H27" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="I27" s="18">
+        <v>20250618</v>
+      </c>
+      <c r="J27" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L27" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M27" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z27" s="34">
+        <v>6124574</v>
+      </c>
+      <c r="AA27" s="34">
+        <v>2058415</v>
+      </c>
+      <c r="AB27" s="20">
+        <v>1468</v>
+      </c>
+      <c r="AC27" s="18">
+        <v>5</v>
+      </c>
+      <c r="AI27" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="AL27" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="28" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A28" s="17" t="s">
+        <v>465</v>
+      </c>
+      <c r="B28" s="28">
+        <v>1188475</v>
+      </c>
+      <c r="C28" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D28" s="28" t="s">
+        <v>466</v>
+      </c>
+      <c r="E28" s="18" t="s">
+        <v>467</v>
+      </c>
+      <c r="F28" s="24">
+        <v>32553235.25</v>
+      </c>
+      <c r="G28" s="24">
+        <v>130212941</v>
+      </c>
+      <c r="H28" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="I28" s="18">
+        <v>20250321</v>
+      </c>
+      <c r="J28" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L28" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="M28" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z28" s="34">
+        <v>35788763</v>
+      </c>
+      <c r="AA28" s="34">
+        <v>6648407.5</v>
+      </c>
+      <c r="AB28" s="20">
+        <v>4193</v>
+      </c>
+      <c r="AC28" s="18">
+        <v>8</v>
+      </c>
+      <c r="AH28" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="AL28" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AM28" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AN28" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="29" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A29" s="17" t="s">
+        <v>473</v>
+      </c>
+      <c r="B29" s="28">
+        <v>1185650</v>
+      </c>
+      <c r="C29" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D29" s="28" t="s">
+        <v>474</v>
+      </c>
+      <c r="E29" s="18" t="s">
+        <v>475</v>
+      </c>
+      <c r="F29" s="24">
+        <v>25762885.98</v>
+      </c>
+      <c r="G29" s="24">
+        <v>66058682</v>
+      </c>
+      <c r="H29" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="I29" s="18">
+        <v>20250414</v>
+      </c>
+      <c r="J29" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L29" s="18" t="s">
+        <v>277</v>
+      </c>
+      <c r="M29" s="32" t="s">
+        <v>16</v>
+      </c>
+      <c r="Q29" s="18" t="s">
+        <v>476</v>
+      </c>
+      <c r="Z29" s="34">
+        <v>18189577</v>
+      </c>
+      <c r="AA29" s="34">
+        <v>4628676.5</v>
+      </c>
+      <c r="AB29" s="20">
+        <v>2841</v>
+      </c>
+      <c r="AC29" s="18">
+        <v>7</v>
+      </c>
+      <c r="AJ29" s="18" t="s">
+        <v>477</v>
+      </c>
+      <c r="AL29" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AN29" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="30" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A30" s="17" t="s">
+        <v>553</v>
+      </c>
+      <c r="B30" s="28">
+        <v>1188805</v>
+      </c>
+      <c r="C30" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D30" s="28" t="s">
+        <v>554</v>
+      </c>
+      <c r="E30" s="18" t="s">
+        <v>555</v>
+      </c>
+      <c r="F30" s="24">
+        <v>106866664</v>
+      </c>
+      <c r="G30" s="24">
+        <v>26716666</v>
+      </c>
+      <c r="H30" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="I30" s="18">
+        <v>20250523</v>
+      </c>
+      <c r="J30" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L30" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M30" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z30" s="34">
+        <v>12618488</v>
+      </c>
+      <c r="AA30" s="34">
+        <v>7786208</v>
+      </c>
+      <c r="AB30" s="20">
+        <v>2011</v>
+      </c>
+      <c r="AC30" s="18">
         <v>6</v>
       </c>
-      <c r="M10" s="31" t="s">
-[...5 lines deleted...]
-      <c r="O10" s="15" t="s">
+      <c r="AG30" s="18" t="s">
+        <v>139</v>
+      </c>
+      <c r="AU30" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="31" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A31" s="17" t="s">
+        <v>386</v>
+      </c>
+      <c r="B31" s="28">
+        <v>1188635</v>
+      </c>
+      <c r="C31" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D31" s="28" t="s">
+        <v>387</v>
+      </c>
+      <c r="E31" s="18" t="s">
+        <v>388</v>
+      </c>
+      <c r="F31" s="24">
+        <v>52800000</v>
+      </c>
+      <c r="G31" s="24">
+        <v>40000000</v>
+      </c>
+      <c r="H31" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="I31" s="18">
+        <v>20250211</v>
+      </c>
+      <c r="J31" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="L31" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="M31" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z31" s="34">
+        <v>15907586</v>
+      </c>
+      <c r="AA31" s="34">
+        <v>19003654</v>
+      </c>
+      <c r="AB31" s="20">
+        <v>12542</v>
+      </c>
+      <c r="AC31" s="18">
+        <v>9</v>
+      </c>
+      <c r="AG31" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="AK31" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="32" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A32" s="17" t="s">
+        <v>556</v>
+      </c>
+      <c r="B32" s="28">
+        <v>1188880</v>
+      </c>
+      <c r="C32" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D32" s="28" t="s">
+        <v>557</v>
+      </c>
+      <c r="E32" s="18" t="s">
+        <v>558</v>
+      </c>
+      <c r="F32" s="24">
+        <v>3272323.2</v>
+      </c>
+      <c r="G32" s="24">
+        <v>19248960</v>
+      </c>
+      <c r="H32" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="I32" s="18">
+        <v>20250530</v>
+      </c>
+      <c r="J32" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L32" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M32" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z32" s="34">
+        <v>3590464</v>
+      </c>
+      <c r="AA32" s="34">
+        <v>745392</v>
+      </c>
+      <c r="AB32" s="20">
+        <v>1407</v>
+      </c>
+      <c r="AC32" s="18">
+        <v>6</v>
+      </c>
+      <c r="AG32" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="AL32" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="33" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A33" s="17" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B33" s="28">
+        <v>1188915</v>
+      </c>
+      <c r="C33" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D33" s="28" t="s">
+        <v>1012</v>
+      </c>
+      <c r="E33" s="18" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F33" s="24">
+        <v>194490578.88</v>
+      </c>
+      <c r="G33" s="24">
+        <v>202594353</v>
+      </c>
+      <c r="H33" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="I33" s="18">
+        <v>20250908</v>
+      </c>
+      <c r="J33" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L33" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M33" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z33" s="34">
+        <v>17561829</v>
+      </c>
+      <c r="AA33" s="34">
+        <v>14668985.5</v>
+      </c>
+      <c r="AB33" s="20">
+        <v>4332</v>
+      </c>
+      <c r="AC33" s="18">
+        <v>2</v>
+      </c>
+      <c r="AH33" s="18" t="s">
+        <v>112</v>
+      </c>
+      <c r="AN33" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="34" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A34" s="17" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B34" s="28">
+        <v>1188430</v>
+      </c>
+      <c r="C34" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D34" s="28" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E34" s="18" t="s">
+        <v>1187</v>
+      </c>
+      <c r="F34" s="24">
+        <v>17238165</v>
+      </c>
+      <c r="G34" s="24">
+        <v>28730275</v>
+      </c>
+      <c r="H34" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="I34" s="18">
+        <v>20251014</v>
+      </c>
+      <c r="J34" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L34" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M34" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z34" s="34">
+        <v>169067</v>
+      </c>
+      <c r="AA34" s="34">
+        <v>124770</v>
+      </c>
+      <c r="AB34" s="20">
+        <v>79</v>
+      </c>
+      <c r="AC34" s="18">
+        <v>1</v>
+      </c>
+      <c r="AG34" s="18" t="s">
+        <v>174</v>
+      </c>
+      <c r="AJ34" s="18" t="s">
+        <v>221</v>
+      </c>
+      <c r="AN34" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AO34" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AQ34" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AT34" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AX34" s="17" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="35" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A35" s="17" t="s">
+        <v>451</v>
+      </c>
+      <c r="B35" s="28">
+        <v>1044234</v>
+      </c>
+      <c r="C35" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D35" s="28" t="s">
+        <v>452</v>
+      </c>
+      <c r="E35" s="18" t="s">
+        <v>453</v>
+      </c>
+      <c r="F35" s="24">
+        <v>11877299.5</v>
+      </c>
+      <c r="G35" s="24">
+        <v>118772995</v>
+      </c>
+      <c r="H35" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="I35" s="18">
+        <v>20250311</v>
+      </c>
+      <c r="J35" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L35" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="M35" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="N35" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z35" s="34">
+        <v>65500364</v>
+      </c>
+      <c r="AA35" s="34">
+        <v>7114243</v>
+      </c>
+      <c r="AB35" s="20">
+        <v>5035</v>
+      </c>
+      <c r="AC35" s="18">
+        <v>8</v>
+      </c>
+      <c r="AG35" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="AL35" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AM35" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AN35" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AO35" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AQ35" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="36" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A36" s="17" t="s">
+        <v>564</v>
+      </c>
+      <c r="B36" s="28">
+        <v>1188520</v>
+      </c>
+      <c r="C36" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D36" s="28" t="s">
+        <v>565</v>
+      </c>
+      <c r="E36" s="18" t="s">
+        <v>566</v>
+      </c>
+      <c r="F36" s="24">
+        <v>1026107066.6</v>
+      </c>
+      <c r="G36" s="24">
+        <v>93367340</v>
+      </c>
+      <c r="H36" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="I36" s="18">
+        <v>20250520</v>
+      </c>
+      <c r="J36" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L36" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M36" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z36" s="34">
+        <v>8995831</v>
+      </c>
+      <c r="AA36" s="34">
+        <v>17202296.5</v>
+      </c>
+      <c r="AB36" s="20">
+        <v>6928</v>
+      </c>
+      <c r="AC36" s="18">
+        <v>6</v>
+      </c>
+      <c r="AD36" s="18" t="s">
+        <v>645</v>
+      </c>
+      <c r="AE36" s="18" t="s">
+        <v>159</v>
+      </c>
+      <c r="AF36" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="AG36" s="18" t="s">
+        <v>646</v>
+      </c>
+      <c r="AH36" s="18" t="s">
+        <v>647</v>
+      </c>
+      <c r="AI36" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="AJ36" s="18" t="s">
+        <v>125</v>
+      </c>
+      <c r="AL36" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AM36" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AN36" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AP36" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AR36" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AS36" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AU36" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AV36" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AW36" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AX36" s="17" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="37" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A37" s="17" t="s">
+        <v>567</v>
+      </c>
+      <c r="B37" s="28">
+        <v>1188245</v>
+      </c>
+      <c r="C37" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D37" s="28" t="s">
+        <v>568</v>
+      </c>
+      <c r="E37" s="18" t="s">
+        <v>569</v>
+      </c>
+      <c r="F37" s="24">
+        <v>7336683.96</v>
+      </c>
+      <c r="G37" s="24">
+        <v>10050252</v>
+      </c>
+      <c r="H37" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="I37" s="18">
+        <v>20250523</v>
+      </c>
+      <c r="J37" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L37" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M37" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z37" s="34">
+        <v>1228344</v>
+      </c>
+      <c r="AA37" s="34">
+        <v>738661.5</v>
+      </c>
+      <c r="AB37" s="20">
+        <v>979</v>
+      </c>
+      <c r="AC37" s="18">
+        <v>6</v>
+      </c>
+      <c r="AG37" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="AT37" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="38" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A38" s="17" t="s">
+        <v>782</v>
+      </c>
+      <c r="B38" s="28">
+        <v>1188745</v>
+      </c>
+      <c r="C38" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D38" s="28" t="s">
+        <v>783</v>
+      </c>
+      <c r="E38" s="18" t="s">
+        <v>784</v>
+      </c>
+      <c r="F38" s="24">
+        <v>33120546.199999999</v>
+      </c>
+      <c r="G38" s="24">
+        <v>28552195</v>
+      </c>
+      <c r="H38" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="I38" s="18">
+        <v>20250722</v>
+      </c>
+      <c r="J38" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="K38" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="L38" s="18" t="s">
+        <v>142</v>
+      </c>
+      <c r="M38" s="32" t="s">
+        <v>88</v>
+      </c>
+      <c r="X38" s="19" t="s">
+        <v>72</v>
+      </c>
+      <c r="Z38" s="34">
+        <v>6044974</v>
+      </c>
+      <c r="AA38" s="34">
+        <v>7274557</v>
+      </c>
+      <c r="AB38" s="20">
+        <v>5348</v>
+      </c>
+      <c r="AC38" s="18">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="39" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A39" s="17" t="s">
+        <v>287</v>
+      </c>
+      <c r="B39" s="28">
+        <v>1183871</v>
+      </c>
+      <c r="C39" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D39" s="28" t="s">
+        <v>546</v>
+      </c>
+      <c r="E39" s="18" t="s">
+        <v>547</v>
+      </c>
+      <c r="F39" s="24">
+        <v>1233363</v>
+      </c>
+      <c r="G39" s="24">
+        <v>41112100</v>
+      </c>
+      <c r="H39" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="I39" s="18">
+        <v>20250514</v>
+      </c>
+      <c r="J39" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L39" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M39" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O39" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z39" s="34">
+        <v>6057489</v>
+      </c>
+      <c r="AA39" s="34">
+        <v>228008</v>
+      </c>
+      <c r="AB39" s="20">
+        <v>336</v>
+      </c>
+      <c r="AC39" s="18">
+        <v>6</v>
+      </c>
+      <c r="AG39" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN39" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="40" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A40" s="17" t="s">
+        <v>279</v>
+      </c>
+      <c r="B40" s="28">
+        <v>1181930</v>
+      </c>
+      <c r="C40" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D40" s="28" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E40" s="18" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F40" s="24">
+        <v>21880106.324999999</v>
+      </c>
+      <c r="G40" s="24">
+        <v>50299095</v>
+      </c>
+      <c r="H40" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="I40" s="18">
+        <v>20250929</v>
+      </c>
+      <c r="J40" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L40" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M40" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O40" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z40" s="34">
+        <v>6156766</v>
+      </c>
+      <c r="AA40" s="34">
+        <v>2522383</v>
+      </c>
+      <c r="AB40" s="20">
+        <v>1331</v>
+      </c>
+      <c r="AC40" s="18">
+        <v>4</v>
+      </c>
+      <c r="AH40" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="AM40" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="41" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A41" s="17" t="s">
+        <v>306</v>
+      </c>
+      <c r="B41" s="28">
+        <v>1187140</v>
+      </c>
+      <c r="C41" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D41" s="28" t="s">
+        <v>384</v>
+      </c>
+      <c r="E41" s="18" t="s">
+        <v>385</v>
+      </c>
+      <c r="F41" s="24">
+        <v>10814843.789999999</v>
+      </c>
+      <c r="G41" s="24">
+        <v>13351659</v>
+      </c>
+      <c r="H41" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="I41" s="18">
+        <v>20250221</v>
+      </c>
+      <c r="J41" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="L41" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M41" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O41" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="X41" s="19" t="s">
+        <v>127</v>
+      </c>
+      <c r="Z41" s="34">
+        <v>5254686</v>
+      </c>
+      <c r="AA41" s="34">
+        <v>3130070.5</v>
+      </c>
+      <c r="AB41" s="20">
+        <v>2945</v>
+      </c>
+      <c r="AC41" s="18">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="42" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A42" s="17" t="s">
+        <v>303</v>
+      </c>
+      <c r="B42" s="28">
+        <v>1186675</v>
+      </c>
+      <c r="C42" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D42" s="28" t="s">
+        <v>780</v>
+      </c>
+      <c r="E42" s="18" t="s">
+        <v>781</v>
+      </c>
+      <c r="F42" s="24">
+        <v>18059910.039999999</v>
+      </c>
+      <c r="G42" s="24">
+        <v>19630337</v>
+      </c>
+      <c r="H42" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="I42" s="18">
+        <v>20250716</v>
+      </c>
+      <c r="J42" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="L42" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="M42" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O42" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="V42" s="19" t="s">
+        <v>141</v>
+      </c>
+      <c r="Z42" s="34">
+        <v>2440226</v>
+      </c>
+      <c r="AA42" s="34">
+        <v>2409230.5</v>
+      </c>
+      <c r="AB42" s="20">
+        <v>1005</v>
+      </c>
+      <c r="AC42" s="18">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="43" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A43" s="17" t="s">
+        <v>280</v>
+      </c>
+      <c r="B43" s="28">
+        <v>1182295</v>
+      </c>
+      <c r="C43" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D43" s="28" t="s">
+        <v>281</v>
+      </c>
+      <c r="E43" s="18" t="s">
+        <v>282</v>
+      </c>
+      <c r="F43" s="24">
+        <v>24832869.440000001</v>
+      </c>
+      <c r="G43" s="24">
+        <v>77602717</v>
+      </c>
+      <c r="H43" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="I43" s="18">
+        <v>20250127</v>
+      </c>
+      <c r="J43" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L43" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M43" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O43" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z43" s="34">
+        <v>13302701</v>
+      </c>
+      <c r="AA43" s="34">
+        <v>3856677</v>
+      </c>
+      <c r="AB43" s="20">
+        <v>1997</v>
+      </c>
+      <c r="AC43" s="18">
+        <v>10</v>
+      </c>
+      <c r="AH43" s="18" t="s">
+        <v>112</v>
+      </c>
+      <c r="AL43" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="44" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A44" s="17" t="s">
+        <v>304</v>
+      </c>
+      <c r="B44" s="28">
+        <v>1186835</v>
+      </c>
+      <c r="C44" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D44" s="28" t="s">
+        <v>456</v>
+      </c>
+      <c r="E44" s="18" t="s">
+        <v>457</v>
+      </c>
+      <c r="F44" s="24">
+        <v>38832753.82</v>
+      </c>
+      <c r="G44" s="24">
+        <v>158501036</v>
+      </c>
+      <c r="H44" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="I44" s="18">
+        <v>20250310</v>
+      </c>
+      <c r="J44" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="L44" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="M44" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O44" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="U44" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="Z44" s="34">
+        <v>3792550</v>
+      </c>
+      <c r="AA44" s="34">
+        <v>827371.5</v>
+      </c>
+      <c r="AB44" s="20">
+        <v>563</v>
+      </c>
+      <c r="AC44" s="18">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="45" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A45" s="17" t="s">
+        <v>286</v>
+      </c>
+      <c r="B45" s="28">
+        <v>1183280</v>
+      </c>
+      <c r="C45" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D45" s="28" t="s">
+        <v>471</v>
+      </c>
+      <c r="E45" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="F45" s="24">
+        <v>13632738.800000001</v>
+      </c>
+      <c r="G45" s="24">
+        <v>68163694</v>
+      </c>
+      <c r="H45" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="I45" s="18">
+        <v>20250422</v>
+      </c>
+      <c r="J45" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="L45" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="M45" s="32" t="s">
+        <v>80</v>
+      </c>
+      <c r="O45" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="R45" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="U45" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="Z45" s="34">
+        <v>1717688</v>
+      </c>
+      <c r="AA45" s="34">
+        <v>345075.5</v>
+      </c>
+      <c r="AB45" s="20">
+        <v>318</v>
+      </c>
+      <c r="AC45" s="18">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="46" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A46" s="17" t="s">
+        <v>305</v>
+      </c>
+      <c r="B46" s="28">
+        <v>1186950</v>
+      </c>
+      <c r="C46" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D46" s="28" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E46" s="18" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F46" s="24">
+        <v>9123432.5999999996</v>
+      </c>
+      <c r="G46" s="24">
+        <v>45617163</v>
+      </c>
+      <c r="H46" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="I46" s="18">
+        <v>20250911</v>
+      </c>
+      <c r="J46" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L46" s="18" t="s">
+        <v>125</v>
+      </c>
+      <c r="M46" s="32" t="s">
         <v>16</v>
       </c>
-      <c r="P10" s="15" t="s">
-[...8 lines deleted...]
-      <c r="S10" s="27" t="s">
+      <c r="O46" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q46" s="18" t="s">
+        <v>1010</v>
+      </c>
+      <c r="Z46" s="34">
+        <v>1741558</v>
+      </c>
+      <c r="AA46" s="34">
+        <v>354581.5</v>
+      </c>
+      <c r="AB46" s="20">
+        <v>163</v>
+      </c>
+      <c r="AC46" s="18">
+        <v>2</v>
+      </c>
+      <c r="AJ46" s="18" t="s">
+        <v>125</v>
+      </c>
+      <c r="AL46" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AM46" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="47" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A47" s="17" t="s">
+        <v>299</v>
+      </c>
+      <c r="B47" s="28">
+        <v>1185430</v>
+      </c>
+      <c r="C47" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D47" s="28" t="s">
+        <v>778</v>
+      </c>
+      <c r="E47" s="18" t="s">
+        <v>779</v>
+      </c>
+      <c r="F47" s="24">
+        <v>38646214</v>
+      </c>
+      <c r="G47" s="24">
+        <v>19323107</v>
+      </c>
+      <c r="H47" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="I47" s="18">
+        <v>20250710</v>
+      </c>
+      <c r="J47" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="L47" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M47" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O47" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="U47" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="Z47" s="34">
+        <v>2408548</v>
+      </c>
+      <c r="AA47" s="34">
+        <v>488518</v>
+      </c>
+      <c r="AB47" s="20">
+        <v>394</v>
+      </c>
+      <c r="AC47" s="18">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="48" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A48" s="17" t="s">
+        <v>300</v>
+      </c>
+      <c r="B48" s="28">
+        <v>1186725</v>
+      </c>
+      <c r="C48" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D48" s="28" t="s">
+        <v>551</v>
+      </c>
+      <c r="E48" s="18" t="s">
+        <v>552</v>
+      </c>
+      <c r="F48" s="24">
+        <v>4020800.16</v>
+      </c>
+      <c r="G48" s="24">
+        <v>25130001</v>
+      </c>
+      <c r="H48" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="I48" s="18">
+        <v>20250523</v>
+      </c>
+      <c r="J48" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="L48" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M48" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O48" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="X48" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="Z48" s="34">
+        <v>997688</v>
+      </c>
+      <c r="AA48" s="34">
+        <v>171246</v>
+      </c>
+      <c r="AB48" s="20">
+        <v>172</v>
+      </c>
+      <c r="AC48" s="18">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="49" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A49" s="17" t="s">
+        <v>291</v>
+      </c>
+      <c r="B49" s="28">
+        <v>1184365</v>
+      </c>
+      <c r="C49" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D49" s="28" t="s">
+        <v>382</v>
+      </c>
+      <c r="E49" s="18" t="s">
+        <v>383</v>
+      </c>
+      <c r="F49" s="24">
+        <v>16042520.16</v>
+      </c>
+      <c r="G49" s="24">
+        <v>33421917</v>
+      </c>
+      <c r="H49" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="I49" s="18">
+        <v>20250225</v>
+      </c>
+      <c r="J49" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="L49" s="18" t="s">
+        <v>95</v>
+      </c>
+      <c r="M49" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O49" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="R49" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="X49" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="Z49" s="34">
+        <v>1217829</v>
+      </c>
+      <c r="AA49" s="34">
+        <v>751506.5</v>
+      </c>
+      <c r="AB49" s="20">
+        <v>516</v>
+      </c>
+      <c r="AC49" s="18">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="50" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A50" s="17" t="s">
+        <v>307</v>
+      </c>
+      <c r="B50" s="28">
+        <v>1186755</v>
+      </c>
+      <c r="C50" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D50" s="28" t="s">
+        <v>724</v>
+      </c>
+      <c r="E50" s="18" t="s">
+        <v>725</v>
+      </c>
+      <c r="F50" s="24">
+        <v>25431679</v>
+      </c>
+      <c r="G50" s="24">
+        <v>47984300</v>
+      </c>
+      <c r="H50" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="I50" s="18">
+        <v>20250610</v>
+      </c>
+      <c r="J50" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L50" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M50" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O50" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z50" s="34">
+        <v>20563472</v>
+      </c>
+      <c r="AA50" s="34">
+        <v>13806219.5</v>
+      </c>
+      <c r="AB50" s="20">
+        <v>6819</v>
+      </c>
+      <c r="AC50" s="18">
+        <v>5</v>
+      </c>
+      <c r="AJ50" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="AL50" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AN50" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="51" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A51" s="17" t="s">
+        <v>293</v>
+      </c>
+      <c r="B51" s="28">
+        <v>1185112</v>
+      </c>
+      <c r="C51" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D51" s="28" t="s">
+        <v>454</v>
+      </c>
+      <c r="E51" s="18" t="s">
+        <v>455</v>
+      </c>
+      <c r="F51" s="24">
+        <v>5385675.2599999998</v>
+      </c>
+      <c r="G51" s="24">
+        <v>21982348</v>
+      </c>
+      <c r="H51" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="I51" s="18">
+        <v>20250327</v>
+      </c>
+      <c r="J51" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L51" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M51" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O51" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z51" s="34">
+        <v>1640645</v>
+      </c>
+      <c r="AA51" s="34">
+        <v>216602</v>
+      </c>
+      <c r="AB51" s="20">
+        <v>156</v>
+      </c>
+      <c r="AC51" s="18">
+        <v>7</v>
+      </c>
+      <c r="AG51" s="18" t="s">
+        <v>264</v>
+      </c>
+      <c r="AJ51" s="18" t="s">
+        <v>99</v>
+      </c>
+      <c r="AL51" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AN51" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="52" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A52" s="17" t="s">
+        <v>308</v>
+      </c>
+      <c r="B52" s="28">
+        <v>1187540</v>
+      </c>
+      <c r="C52" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D52" s="28" t="s">
+        <v>458</v>
+      </c>
+      <c r="E52" s="18" t="s">
+        <v>459</v>
+      </c>
+      <c r="F52" s="24">
+        <v>10556089.640000001</v>
+      </c>
+      <c r="G52" s="24">
+        <v>7132493</v>
+      </c>
+      <c r="H52" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="I52" s="18">
+        <v>20250314</v>
+      </c>
+      <c r="J52" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="L52" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="M52" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O52" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="W52" s="19" t="s">
+        <v>137</v>
+      </c>
+      <c r="Y52" s="19" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z52" s="34">
+        <v>1441618</v>
+      </c>
+      <c r="AA52" s="34">
+        <v>3944269.5</v>
+      </c>
+      <c r="AB52" s="20">
+        <v>4517</v>
+      </c>
+      <c r="AC52" s="18">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="53" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A53" s="17" t="s">
+        <v>294</v>
+      </c>
+      <c r="B53" s="28">
+        <v>1185080</v>
+      </c>
+      <c r="C53" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D53" s="28" t="s">
+        <v>1178</v>
+      </c>
+      <c r="E53" s="18" t="s">
+        <v>1179</v>
+      </c>
+      <c r="F53" s="24">
+        <v>14008500</v>
+      </c>
+      <c r="G53" s="24">
+        <v>84900000</v>
+      </c>
+      <c r="H53" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="I53" s="18">
+        <v>20251027</v>
+      </c>
+      <c r="J53" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="L53" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M53" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O53" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="R53" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="V53" s="19" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="54" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A54" s="17" t="s">
+        <v>292</v>
+      </c>
+      <c r="B54" s="28">
+        <v>1185015</v>
+      </c>
+      <c r="C54" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D54" s="28" t="s">
+        <v>559</v>
+      </c>
+      <c r="E54" s="18" t="s">
+        <v>560</v>
+      </c>
+      <c r="F54" s="24">
+        <v>8120262.5</v>
+      </c>
+      <c r="G54" s="24">
+        <v>46401500</v>
+      </c>
+      <c r="H54" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="I54" s="18">
+        <v>20250526</v>
+      </c>
+      <c r="J54" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="L54" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="M54" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O54" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z54" s="34">
+        <v>1042155</v>
+      </c>
+      <c r="AA54" s="34">
+        <v>165429</v>
+      </c>
+      <c r="AB54" s="20">
+        <v>153</v>
+      </c>
+      <c r="AC54" s="18">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="55" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A55" s="17" t="s">
+        <v>298</v>
+      </c>
+      <c r="B55" s="28">
+        <v>1185570</v>
+      </c>
+      <c r="C55" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D55" s="28" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E55" s="18" t="s">
+        <v>1007</v>
+      </c>
+      <c r="F55" s="24">
+        <v>15861660.85</v>
+      </c>
+      <c r="G55" s="24">
+        <v>45319031</v>
+      </c>
+      <c r="H55" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="I55" s="18">
+        <v>20250904</v>
+      </c>
+      <c r="J55" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="L55" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="M55" s="32" t="s">
+        <v>80</v>
+      </c>
+      <c r="O55" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="R55" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="V55" s="19" t="s">
+        <v>214</v>
+      </c>
+      <c r="Z55" s="34">
+        <v>802711</v>
+      </c>
+      <c r="AA55" s="34">
+        <v>488179.5</v>
+      </c>
+      <c r="AB55" s="20">
+        <v>128</v>
+      </c>
+      <c r="AC55" s="18">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="56" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A56" s="17" t="s">
+        <v>297</v>
+      </c>
+      <c r="B56" s="28">
+        <v>1184960</v>
+      </c>
+      <c r="C56" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D56" s="28" t="s">
+        <v>723</v>
+      </c>
+      <c r="E56" s="18" t="s">
+        <v>777</v>
+      </c>
+      <c r="F56" s="24">
+        <v>18149212.855</v>
+      </c>
+      <c r="G56" s="24">
+        <v>77230693</v>
+      </c>
+      <c r="H56" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="I56" s="18">
+        <v>20250716</v>
+      </c>
+      <c r="J56" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L56" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M56" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O56" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z56" s="34">
+        <v>10604007</v>
+      </c>
+      <c r="AA56" s="34">
+        <v>3629675</v>
+      </c>
+      <c r="AB56" s="20">
+        <v>2235</v>
+      </c>
+      <c r="AC56" s="18">
+        <v>6</v>
+      </c>
+      <c r="AG56" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="AL56" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="57" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A57" s="17" t="s">
+        <v>301</v>
+      </c>
+      <c r="B57" s="28">
+        <v>1186585</v>
+      </c>
+      <c r="C57" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D57" s="28" t="s">
+        <v>302</v>
+      </c>
+      <c r="E57" s="18" t="s">
+        <v>1181</v>
+      </c>
+      <c r="F57" s="24">
+        <v>27770425.649999999</v>
+      </c>
+      <c r="G57" s="24">
+        <v>61712057</v>
+      </c>
+      <c r="H57" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="I57" s="18">
+        <v>20251022</v>
+      </c>
+      <c r="J57" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="L57" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M57" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O57" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="S57" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="T57" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="Z57" s="34">
+        <v>2363811</v>
+      </c>
+      <c r="AA57" s="34">
+        <v>1149575</v>
+      </c>
+      <c r="AB57" s="20">
+        <v>547</v>
+      </c>
+      <c r="AC57" s="18">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="58" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A58" s="17" t="s">
+        <v>275</v>
+      </c>
+      <c r="B58" s="28">
+        <v>1113437</v>
+      </c>
+      <c r="C58" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D58" s="28" t="s">
+        <v>1176</v>
+      </c>
+      <c r="E58" s="18" t="s">
+        <v>1177</v>
+      </c>
+      <c r="F58" s="24">
+        <v>30551725.260000002</v>
+      </c>
+      <c r="G58" s="24">
+        <v>72742203</v>
+      </c>
+      <c r="H58" s="18" t="s">
+        <v>262</v>
+      </c>
+      <c r="I58" s="18">
+        <v>20251022</v>
+      </c>
+      <c r="J58" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L58" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M58" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z58" s="34">
+        <v>1913199</v>
+      </c>
+      <c r="AA58" s="34">
+        <v>929422</v>
+      </c>
+      <c r="AB58" s="20">
+        <v>297</v>
+      </c>
+      <c r="AC58" s="18">
         <v>1</v>
       </c>
-      <c r="T10" s="27" t="s">
-[...98 lines deleted...]
-      <c r="BA10" s="60" t="s">
+      <c r="AH58" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="AL58" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="59" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A59" s="17" t="s">
+        <v>309</v>
+      </c>
+      <c r="B59" s="28">
+        <v>1187865</v>
+      </c>
+      <c r="C59" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D59" s="28" t="s">
+        <v>460</v>
+      </c>
+      <c r="E59" s="18" t="s">
+        <v>461</v>
+      </c>
+      <c r="F59" s="24">
+        <v>51723877.170000002</v>
+      </c>
+      <c r="G59" s="24">
+        <v>105558933</v>
+      </c>
+      <c r="H59" s="18" t="s">
+        <v>262</v>
+      </c>
+      <c r="I59" s="18">
+        <v>20250312</v>
+      </c>
+      <c r="J59" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L59" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M59" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z59" s="34">
+        <v>47683017</v>
+      </c>
+      <c r="AA59" s="34">
+        <v>17106268.5</v>
+      </c>
+      <c r="AB59" s="20">
+        <v>11691</v>
+      </c>
+      <c r="AC59" s="18">
+        <v>8</v>
+      </c>
+      <c r="AJ59" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU59" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="60" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A60" s="17" t="s">
+        <v>295</v>
+      </c>
+      <c r="B60" s="28">
+        <v>1185300</v>
+      </c>
+      <c r="C60" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D60" s="28" t="s">
+        <v>296</v>
+      </c>
+      <c r="E60" s="18" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F60" s="24">
+        <v>115135415.45</v>
+      </c>
+      <c r="G60" s="24">
+        <v>32616265</v>
+      </c>
+      <c r="H60" s="18" t="s">
+        <v>262</v>
+      </c>
+      <c r="I60" s="18">
+        <v>20251023</v>
+      </c>
+      <c r="J60" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L60" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M60" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O60" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z60" s="34">
+        <v>25669221</v>
+      </c>
+      <c r="AA60" s="34">
+        <v>3568245.5</v>
+      </c>
+      <c r="AB60" s="20">
+        <v>1811</v>
+      </c>
+      <c r="AC60" s="18">
+        <v>8</v>
+      </c>
+      <c r="AH60" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="AL60" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AM60" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="61" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A61" s="17" t="s">
+        <v>263</v>
+      </c>
+      <c r="B61" s="28">
+        <v>1063208</v>
+      </c>
+      <c r="C61" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D61" s="28" t="s">
+        <v>916</v>
+      </c>
+      <c r="E61" s="18" t="s">
+        <v>917</v>
+      </c>
+      <c r="F61" s="24">
+        <v>54658288.299999997</v>
+      </c>
+      <c r="G61" s="24">
+        <v>49689353</v>
+      </c>
+      <c r="H61" s="18" t="s">
+        <v>262</v>
+      </c>
+      <c r="I61" s="18">
+        <v>20250818</v>
+      </c>
+      <c r="J61" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L61" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M61" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z61" s="34">
+        <v>7544036</v>
+      </c>
+      <c r="AA61" s="34">
+        <v>6383828.5</v>
+      </c>
+      <c r="AB61" s="20">
+        <v>3674</v>
+      </c>
+      <c r="AC61" s="18">
+        <v>3</v>
+      </c>
+      <c r="AG61" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="AL61" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AM61" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AN61" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AS61" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="62" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A62" s="17" t="s">
+        <v>774</v>
+      </c>
+      <c r="B62" s="28">
+        <v>1184135</v>
+      </c>
+      <c r="C62" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D62" s="28" t="s">
+        <v>775</v>
+      </c>
+      <c r="E62" s="18" t="s">
+        <v>776</v>
+      </c>
+      <c r="F62" s="24">
+        <v>20712989.760000002</v>
+      </c>
+      <c r="G62" s="24">
+        <v>66816096</v>
+      </c>
+      <c r="H62" s="18" t="s">
+        <v>260</v>
+      </c>
+      <c r="I62" s="18">
+        <v>20250731</v>
+      </c>
+      <c r="J62" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="L62" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="M62" s="32" t="s">
+        <v>80</v>
+      </c>
+      <c r="R62" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="V62" s="19" t="s">
+        <v>141</v>
+      </c>
+      <c r="Z62" s="34">
+        <v>1353643</v>
+      </c>
+      <c r="AA62" s="34">
+        <v>584303.5</v>
+      </c>
+      <c r="AB62" s="20">
+        <v>232</v>
+      </c>
+      <c r="AC62" s="18">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="63" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A63" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B63" s="28">
+        <v>1188741</v>
+      </c>
+      <c r="C63" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D63" s="28" t="s">
+        <v>107</v>
+      </c>
+      <c r="E63" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="F63" s="24">
+        <v>30906715.725000001</v>
+      </c>
+      <c r="G63" s="24">
+        <v>137363181</v>
+      </c>
+      <c r="H63" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="I63" s="18">
+        <v>20250813</v>
+      </c>
+      <c r="J63" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L63" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M63" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="N63" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z63" s="34">
+        <v>3251535</v>
+      </c>
+      <c r="AA63" s="34">
+        <v>869668</v>
+      </c>
+      <c r="AB63" s="20">
+        <v>1060</v>
+      </c>
+      <c r="AC63" s="18">
+        <v>3</v>
+      </c>
+      <c r="AH63" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="AL63" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AM63" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="64" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A64" s="17" t="s">
+        <v>735</v>
+      </c>
+      <c r="B64" s="28">
+        <v>1188835</v>
+      </c>
+      <c r="C64" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D64" s="28" t="s">
+        <v>736</v>
+      </c>
+      <c r="E64" s="18" t="s">
+        <v>737</v>
+      </c>
+      <c r="F64" s="24">
+        <v>97563099.715000004</v>
+      </c>
+      <c r="G64" s="24">
+        <v>629439353</v>
+      </c>
+      <c r="H64" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="I64" s="18">
+        <v>20250624</v>
+      </c>
+      <c r="J64" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="L64" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="M64" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z64" s="34">
+        <v>4464224</v>
+      </c>
+      <c r="AA64" s="34">
+        <v>1001417</v>
+      </c>
+      <c r="AB64" s="20">
+        <v>885</v>
+      </c>
+      <c r="AC64" s="18">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="65" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A65" s="17" t="s">
+        <v>161</v>
+      </c>
+      <c r="B65" s="28">
+        <v>29329</v>
+      </c>
+      <c r="C65" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D65" s="28" t="s">
+        <v>162</v>
+      </c>
+      <c r="E65" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="F65" s="24">
+        <v>87721429.694999993</v>
+      </c>
+      <c r="G65" s="24">
+        <v>331024263</v>
+      </c>
+      <c r="H65" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="I65" s="18">
+        <v>20250507</v>
+      </c>
+      <c r="J65" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L65" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="M65" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z65" s="34">
+        <v>199125325</v>
+      </c>
+      <c r="AA65" s="34">
+        <v>55217368.5</v>
+      </c>
+      <c r="AB65" s="20">
+        <v>43198</v>
+      </c>
+      <c r="AC65" s="18">
+        <v>6</v>
+      </c>
+      <c r="AH65" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="AJ65" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="AL65" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AM65" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AR65" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AS65" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="66" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A66" s="17" t="s">
+        <v>234</v>
+      </c>
+      <c r="B66" s="28">
+        <v>1188620</v>
+      </c>
+      <c r="C66" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D66" s="28" t="s">
+        <v>235</v>
+      </c>
+      <c r="E66" s="18" t="s">
+        <v>236</v>
+      </c>
+      <c r="F66" s="24">
+        <v>49820513.82</v>
+      </c>
+      <c r="G66" s="24">
+        <v>355860813</v>
+      </c>
+      <c r="H66" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="I66" s="18">
+        <v>20250204</v>
+      </c>
+      <c r="J66" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L66" s="18" t="s">
+        <v>125</v>
+      </c>
+      <c r="M66" s="32" t="s">
+        <v>16</v>
+      </c>
+      <c r="Q66" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="Z66" s="34">
+        <v>35655376</v>
+      </c>
+      <c r="AA66" s="34">
+        <v>2422231</v>
+      </c>
+      <c r="AB66" s="20">
+        <v>2304</v>
+      </c>
+      <c r="AC66" s="18">
+        <v>9</v>
+      </c>
+      <c r="AF66" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="AI66" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="AJ66" s="18" t="s">
+        <v>125</v>
+      </c>
+      <c r="AX66" s="17" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="67" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="A67" s="17" t="s">
+        <v>251</v>
+      </c>
+      <c r="B67" s="28">
+        <v>1099342</v>
+      </c>
+      <c r="C67" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D67" s="28" t="s">
+        <v>252</v>
+      </c>
+      <c r="E67" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="F67" s="24">
+        <v>9425837.6799999997</v>
+      </c>
+      <c r="G67" s="24">
+        <v>55446104</v>
+      </c>
+      <c r="H67" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="I67" s="18">
+        <v>20251021</v>
+      </c>
+      <c r="J67" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="L67" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="M67" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="X67" s="19" t="s">
         <v>65</v>
       </c>
-      <c r="BB10" s="60" t="s">
-[...264 lines deleted...]
-      <c r="Z15" s="18">
+      <c r="Z67" s="34">
+        <v>216168</v>
+      </c>
+      <c r="AA67" s="34">
+        <v>38782</v>
+      </c>
+      <c r="AB67" s="20">
+        <v>66</v>
+      </c>
+      <c r="AC67" s="18">
         <v>1</v>
       </c>
-      <c r="AA15" s="18" t="s">
-[...2473 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A10:BB57" xr:uid="{00000000-0009-0000-0000-000002000000}">
-[...3 lines deleted...]
-  </autoFilter>
+  <autoFilter ref="A10:AX67" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>TSX New Issuers September 2025</vt:lpstr>
-      <vt:lpstr>TSXV New Issuers September 2025</vt:lpstr>
+      <vt:lpstr>TSX New Issuers October 2025</vt:lpstr>
+      <vt:lpstr>TSXV New Issuers October 2025</vt:lpstr>
       <vt:lpstr>TSX_2012</vt:lpstr>
       <vt:lpstr>TSXV_2012</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>TSX Group Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>TSX Group Inc.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="{A44787D4-0540-4523-9961-78E4036D8C6D}">
     <vt:lpwstr>{F923EDEE-0537-42CE-BA9F-51E936965D43}</vt:lpwstr>