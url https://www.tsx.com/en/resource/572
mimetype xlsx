--- v1 (2025-12-16)
+++ v2 (2026-02-02)
@@ -5,130 +5,130 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2025\10_October 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2025\12_December 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{88FAB783-8292-4D4A-877A-58D8EED9C894}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{48BC47FA-FA11-4FAF-BC00-016BFE0EF22B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="TSX New Issuers October 2025" sheetId="1" r:id="rId1"/>
-    <sheet name="TSXV New Issuers October 2025" sheetId="2" r:id="rId2"/>
+    <sheet name="TSX New Issuers December 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="TSXV New Issuers December 2025" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'TSX New Issuers October 2025'!$A$10:$AN$287</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'TSXV New Issuers October 2025'!$A$10:$AX$67</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'TSX New Issuers December 2025'!$A$10:$AS$386</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'TSXV New Issuers December 2025'!$A$10:$AX$83</definedName>
     <definedName name="CIQWBGuid" hidden="1">"5a656fc2-e634-467d-ae07-9931c0de23ac"</definedName>
     <definedName name="IQ_ADDIN" hidden="1">"AUTO"</definedName>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_DNTM" hidden="1">700000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
     <definedName name="IQ_LTMMONTH" hidden="1">120000</definedName>
     <definedName name="IQ_MONTH">15000</definedName>
     <definedName name="IQ_MTD" hidden="1">800000</definedName>
     <definedName name="IQ_NAMES_REVISION_DATE_" hidden="1">45719.8028125</definedName>
     <definedName name="IQ_NTM">6000</definedName>
     <definedName name="IQ_QTD" hidden="1">750000</definedName>
     <definedName name="IQ_TODAY" hidden="1">0</definedName>
     <definedName name="IQ_WEEK">50000</definedName>
     <definedName name="IQ_YTD">3000</definedName>
     <definedName name="IQ_YTDMONTH" hidden="1">130000</definedName>
-    <definedName name="TSX_2012">'TSX New Issuers October 2025'!$B$10:$AA$10</definedName>
-    <definedName name="TSXV_2012">'TSXV New Issuers October 2025'!$10:$10</definedName>
+    <definedName name="TSX_2012">'TSX New Issuers December 2025'!$B$10:$AA$10</definedName>
+    <definedName name="TSXV_2012">'TSXV New Issuers December 2025'!$10:$10</definedName>
   </definedNames>
-  <calcPr calcId="191029" iterateDelta="9.9999999999994451E-4"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D8" i="2" l="1"/>
   <c r="F8" i="2"/>
+  <c r="E8" i="1"/>
   <c r="C8" i="1"/>
-  <c r="E8" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3521" uniqueCount="1197">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4700" uniqueCount="1556">
   <si>
     <t>Exchange</t>
   </si>
   <si>
     <t>Life Sciences Sub-Sector</t>
   </si>
   <si>
     <t xml:space="preserve">and we are not responsible for any errors or omissions in or your use of, or reliance on, the information provided. </t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Root
 Ticker</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>Listing Type</t>
   </si>
   <si>
     <t>HQ
 Location</t>
@@ -196,97 +196,100 @@
     <t>Technology Sub-Sector</t>
   </si>
   <si>
     <t>Cleantech Sub-Sector</t>
   </si>
   <si>
     <t>Clean Technology Primary Industry</t>
   </si>
   <si>
     <t>Co_ID</t>
   </si>
   <si>
     <t>Consumer Products &amp; Services
 Sub-Sector</t>
   </si>
   <si>
     <t>PO ID</t>
   </si>
   <si>
     <t>Israel Related</t>
   </si>
   <si>
     <t>Trading on OTC</t>
   </si>
   <si>
-    <t>S&amp;P/TSX Index</t>
-[...1 lines deleted...]
-  <si>
     <t>Interlisted I</t>
   </si>
   <si>
     <t>Trading 
 on OTC</t>
   </si>
   <si>
     <t>Listing Date</t>
   </si>
   <si>
     <t>Number of Issuers</t>
   </si>
   <si>
     <t>Total Market Cap (C$)</t>
   </si>
   <si>
     <t>Oil and Gas</t>
   </si>
   <si>
     <t>Gold</t>
   </si>
   <si>
     <t>Silver</t>
   </si>
   <si>
     <t>Copper</t>
   </si>
   <si>
     <t>Nickel</t>
   </si>
   <si>
+    <t>Diamond</t>
+  </si>
+  <si>
     <t>Molybdenum</t>
   </si>
   <si>
     <t>Platinum/PGM</t>
   </si>
   <si>
     <t>Iron</t>
   </si>
   <si>
     <t>Lead</t>
   </si>
   <si>
     <t>Zinc</t>
+  </si>
+  <si>
+    <t>Rare Earths</t>
   </si>
   <si>
     <t>Lithium</t>
   </si>
   <si>
     <t>Uranium</t>
   </si>
   <si>
     <t>Base &amp; Precious Metals</t>
   </si>
   <si>
     <t>Other Properties</t>
   </si>
   <si>
     <t>PROPERTIES and COMMODITIES</t>
   </si>
   <si>
     <t>AFRICA</t>
   </si>
   <si>
     <t>AUS/NZ/PNG</t>
   </si>
   <si>
     <t>CANADA</t>
   </si>
@@ -309,53 +312,50 @@
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>ON</t>
   </si>
   <si>
     <t>IPO</t>
   </si>
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Software</t>
   </si>
   <si>
     <t>TSX</t>
   </si>
   <si>
     <t>TSX Comedown</t>
   </si>
   <si>
     <t>TSXV</t>
   </si>
   <si>
-    <t>© 2025 TSX Inc. All Rights Reserved. Do not copy, distribute, sell or modify this document without TSX Inc.'s prior written consent.</t>
-[...1 lines deleted...]
-  <si>
     <t>CPC</t>
   </si>
   <si>
     <t>ETP</t>
   </si>
   <si>
     <t>Blockchain/Cryptocurrency</t>
   </si>
   <si>
     <t>3iQ</t>
   </si>
   <si>
     <t>Exchange Traded Funds</t>
   </si>
   <si>
     <t>Clean Technology &amp; Renewable Energy</t>
   </si>
   <si>
     <t>QC</t>
   </si>
   <si>
     <t>Industrial Products &amp; Services</t>
   </si>
   <si>
     <t>Consumer Products &amp; Services</t>
@@ -384,77 +384,77 @@
   <si>
     <t>Mining</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Latin America</t>
   </si>
   <si>
     <t>Energy Services</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>OTCQX</t>
   </si>
   <si>
     <t>Internet Software &amp; Services</t>
   </si>
   <si>
     <t>Oil &amp; Gas</t>
   </si>
   <si>
-    <t>Composite</t>
-[...1 lines deleted...]
-  <si>
     <t>MB</t>
   </si>
   <si>
     <t>NYSE</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>AK</t>
   </si>
   <si>
     <t>SPAC</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Income Trust</t>
   </si>
   <si>
+    <t>Renewable Energy Production and Distribution</t>
+  </si>
+  <si>
     <t>Consumer Staples</t>
   </si>
   <si>
     <t>Real Estate</t>
   </si>
   <si>
     <t>REIT</t>
   </si>
   <si>
     <t>FAI0002</t>
   </si>
   <si>
     <t>Almaden Minerals Ltd.</t>
   </si>
   <si>
     <t>AMM</t>
   </si>
   <si>
     <t>OTCQB</t>
   </si>
   <si>
     <t>ASX</t>
   </si>
   <si>
     <t>Lima (BVL)</t>
@@ -513,53 +513,50 @@
   <si>
     <t>Comm. &amp; Media</t>
   </si>
   <si>
     <t>Global X ETFs</t>
   </si>
   <si>
     <t>Purpose Investments</t>
   </si>
   <si>
     <t>Harvest Portfolios</t>
   </si>
   <si>
     <t>BOA0002</t>
   </si>
   <si>
     <t>Brompton</t>
   </si>
   <si>
     <t>NY</t>
   </si>
   <si>
     <t>New York</t>
   </si>
   <si>
-    <t>Industrial/Office/Retail/Residential</t>
-[...1 lines deleted...]
-  <si>
     <t>Low Impact Material and Products</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Ninepoint Partners</t>
   </si>
   <si>
     <t>Healthcare Facilities and Equipment</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
     <t>Australia/NZ/PNG</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>CI GAM</t>
   </si>
   <si>
     <t>CIBC</t>
@@ -639,50 +636,53 @@
   <si>
     <t>X-1052</t>
   </si>
   <si>
     <t>Fidelity Core U.S. Bond ETF</t>
   </si>
   <si>
     <t>FCUB</t>
   </si>
   <si>
     <t>ON, QC</t>
   </si>
   <si>
     <t>First Trust</t>
   </si>
   <si>
     <t>Cobalt</t>
   </si>
   <si>
     <t>Franklin Templeton</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
+    <t>Mining Services</t>
+  </si>
+  <si>
     <t>Guardian Capital</t>
   </si>
   <si>
     <t>Hamilton Capital</t>
   </si>
   <si>
     <t>X-1045</t>
   </si>
   <si>
     <t>Hamilton Canadian Financials Index ETF</t>
   </si>
   <si>
     <t>HFN</t>
   </si>
   <si>
     <t>X-1050</t>
   </si>
   <si>
     <t>HAMILTON CHAMPIONS™ Canadian Dividend Index ETF</t>
   </si>
   <si>
     <t>CMVP</t>
   </si>
   <si>
     <t>X-1053</t>
@@ -771,74 +771,83 @@
   <si>
     <t>Reno</t>
   </si>
   <si>
     <t>IA Clarington</t>
   </si>
   <si>
     <t>Invesco</t>
   </si>
   <si>
     <t>Blackrock/iShares</t>
   </si>
   <si>
     <t>JPMorgan</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>MI</t>
   </si>
   <si>
     <t>Mackenzie</t>
   </si>
   <si>
+    <t>NB</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Antimony</t>
   </si>
   <si>
     <t>Manulife</t>
   </si>
   <si>
     <t>National Bank</t>
   </si>
   <si>
+    <t>Argentina, Chile</t>
+  </si>
+  <si>
     <t>V-04015</t>
   </si>
   <si>
     <t>Nouveau Monde Graphite Inc.</t>
   </si>
   <si>
     <t>NOU</t>
   </si>
   <si>
     <t>Graphite</t>
   </si>
   <si>
+    <t>Burkina Faso</t>
+  </si>
+  <si>
     <t>Picton Mahoney</t>
   </si>
   <si>
     <t>RBC ETF</t>
   </si>
   <si>
     <t>LongPoint</t>
   </si>
   <si>
     <t>GOL0061</t>
   </si>
   <si>
     <t>Scandium International Mining Corp.</t>
   </si>
   <si>
     <t>SCY</t>
   </si>
   <si>
     <t>Scandium</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>X-1035</t>
@@ -873,203 +882,260 @@
   <si>
     <t>TD U.S. Cash Management ETF</t>
   </si>
   <si>
     <t>TUSD</t>
   </si>
   <si>
     <t>V-02065</t>
   </si>
   <si>
     <t>VIQ Solutions Inc.</t>
   </si>
   <si>
     <t>VQS</t>
   </si>
   <si>
     <t>X-1037</t>
   </si>
   <si>
     <t>WaveFront All-Weather Alternative Fund</t>
   </si>
   <si>
     <t>WAAV</t>
   </si>
   <si>
+    <t>YT</t>
+  </si>
+  <si>
     <t>MAW0001</t>
   </si>
   <si>
     <t>Southern Cross Gold Consolidated Ltd.</t>
   </si>
   <si>
     <t>SXGC</t>
   </si>
   <si>
     <t>RTO from NEX</t>
   </si>
   <si>
     <t>QT</t>
   </si>
   <si>
     <t>RTO</t>
   </si>
   <si>
     <t>V-00278</t>
   </si>
   <si>
     <t>BC, QC</t>
   </si>
   <si>
+    <t>NM</t>
+  </si>
+  <si>
+    <t>Greenland</t>
+  </si>
+  <si>
+    <t>V-00970</t>
+  </si>
+  <si>
+    <t>V-01295</t>
+  </si>
+  <si>
+    <t>Outcrop Silver &amp; Gold Corporation</t>
+  </si>
+  <si>
+    <t>OCG</t>
+  </si>
+  <si>
     <t>V-01325</t>
   </si>
   <si>
     <t>AbraSilver Resource Corp.</t>
   </si>
   <si>
     <t>ABRA</t>
   </si>
   <si>
     <t>V-01531</t>
   </si>
   <si>
     <t>Osisko Metals Incorporated</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>NT, QC</t>
   </si>
   <si>
     <t>V-01608</t>
   </si>
   <si>
     <t>Rio2 Limited</t>
   </si>
   <si>
     <t>RIO</t>
   </si>
   <si>
+    <t>Botswana</t>
+  </si>
+  <si>
+    <t>MS</t>
+  </si>
+  <si>
     <t>V-03685</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>WI</t>
   </si>
   <si>
     <t>IPO/CPC</t>
   </si>
   <si>
     <t>V-04541</t>
   </si>
   <si>
     <t>V-04599</t>
   </si>
   <si>
     <t>Daura Gold Corp.</t>
   </si>
   <si>
     <t>DGC</t>
   </si>
   <si>
     <t>V-04614</t>
   </si>
   <si>
     <t>Tiny Ltd.</t>
   </si>
   <si>
     <t>TINY</t>
   </si>
   <si>
+    <t>V-04620</t>
+  </si>
+  <si>
     <t>V-04635</t>
   </si>
   <si>
     <t>V-04661</t>
   </si>
   <si>
     <t>V-04671</t>
   </si>
   <si>
     <t>Montage Gold Corp.</t>
   </si>
   <si>
     <t>MAU</t>
   </si>
   <si>
     <t>V-04680</t>
   </si>
   <si>
+    <t>V-04688</t>
+  </si>
+  <si>
+    <t>V-04709</t>
+  </si>
+  <si>
+    <t>V-04739</t>
+  </si>
+  <si>
+    <t>MA</t>
+  </si>
+  <si>
     <t>V-04757</t>
   </si>
   <si>
     <t>V-04758</t>
   </si>
   <si>
     <t>V-04762</t>
   </si>
   <si>
+    <t>V-04775</t>
+  </si>
+  <si>
     <t>V-04790</t>
   </si>
   <si>
-    <t>Quetzal Copper Corp.</t>
-[...1 lines deleted...]
-  <si>
     <t>V-04799</t>
   </si>
   <si>
+    <t>V-04806</t>
+  </si>
+  <si>
+    <t>V-04837</t>
+  </si>
+  <si>
     <t>V-04852</t>
   </si>
   <si>
     <t>V-04860</t>
   </si>
   <si>
+    <t>V-04883</t>
+  </si>
+  <si>
     <t>V-04913</t>
   </si>
   <si>
     <t>V-04918</t>
   </si>
   <si>
-    <t>Torchlight Innovations Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>V-04921</t>
   </si>
   <si>
     <t>V-04932</t>
   </si>
   <si>
     <t>V-04936</t>
   </si>
   <si>
     <t>V-04939</t>
   </si>
   <si>
     <t>V-04942</t>
   </si>
   <si>
+    <t>V-04961</t>
+  </si>
+  <si>
+    <t>Snowline Gold Corp.</t>
+  </si>
+  <si>
+    <t>SGD</t>
+  </si>
+  <si>
     <t>V-04977</t>
   </si>
   <si>
     <t>V-05008</t>
   </si>
   <si>
     <t>X-1077</t>
   </si>
   <si>
     <t>Advanced Micro Devices CDR (CAD Hedged)</t>
   </si>
   <si>
     <t>AMD</t>
   </si>
   <si>
     <t>X-1060</t>
   </si>
   <si>
     <t>Alphabet CDR (CAD Hedged)</t>
   </si>
   <si>
     <t>GOOG</t>
   </si>
   <si>
     <t>X-1058</t>
@@ -1392,53 +1458,50 @@
   <si>
     <t>LETH</t>
   </si>
   <si>
     <t>X-1095</t>
   </si>
   <si>
     <t>Evolve Levered Bitcoin ETF</t>
   </si>
   <si>
     <t>LBIT</t>
   </si>
   <si>
     <t>X-1096</t>
   </si>
   <si>
     <t>BMO Target 2029 Canadian Corporate Bond ETF</t>
   </si>
   <si>
     <t>ZXCQ</t>
   </si>
   <si>
     <t>X-1097</t>
   </si>
   <si>
-    <t>Brompton Split Corp. Class A Share ETF</t>
-[...1 lines deleted...]
-  <si>
     <t>CLSA</t>
   </si>
   <si>
     <t>X-1098</t>
   </si>
   <si>
     <t>BMO Target 2028 Canadian Corporate Bond ETF</t>
   </si>
   <si>
     <t>ZXCP</t>
   </si>
   <si>
     <t>X-1099</t>
   </si>
   <si>
     <t>BMO Target 2027 Canadian Corporate Bond ETF</t>
   </si>
   <si>
     <t>ZXCO</t>
   </si>
   <si>
     <t>X-1100</t>
   </si>
   <si>
     <t>JPMorgan US Value Active ETF</t>
@@ -2400,56 +2463,50 @@
   <si>
     <t>GLDE</t>
   </si>
   <si>
     <t>X-1182</t>
   </si>
   <si>
     <t>First Trust Long/Short Equity ETF</t>
   </si>
   <si>
     <t>FTLS</t>
   </si>
   <si>
     <t>X-1183</t>
   </si>
   <si>
     <t>IA Clarington Agile Global Total Return Income Fund</t>
   </si>
   <si>
     <t>GTRI</t>
   </si>
   <si>
     <t>X-1184</t>
   </si>
   <si>
-    <t>Ninepoint Capital Appreciation Fund</t>
-[...4 lines deleted...]
-  <si>
     <t>X-1185</t>
   </si>
   <si>
     <t>JPMorgan Global Select Equity Active ETF</t>
   </si>
   <si>
     <t>JGLO</t>
   </si>
   <si>
     <t>X-1186</t>
   </si>
   <si>
     <t>GO Residential Real Estate Investment Trust</t>
   </si>
   <si>
     <t>GO</t>
   </si>
   <si>
     <t>V-04654</t>
   </si>
   <si>
     <t>VVT Med Inc.</t>
   </si>
   <si>
     <t>VVTM</t>
@@ -3045,53 +3102,50 @@
   <si>
     <t>NBI International Equity Fund</t>
   </si>
   <si>
     <t>NBIE</t>
   </si>
   <si>
     <t>X-1250</t>
   </si>
   <si>
     <t>Ninepoint Global Select Fund</t>
   </si>
   <si>
     <t>GBSL</t>
   </si>
   <si>
     <t>X-1251</t>
   </si>
   <si>
     <t>BetaPro Nasdaq-100 Daily Inverse ETF</t>
   </si>
   <si>
     <t>QQI</t>
   </si>
   <si>
-    <t>Horizons ETF</t>
-[...1 lines deleted...]
-  <si>
     <t>X-1252</t>
   </si>
   <si>
     <t>BetaPro 3x Russell 2000 Daily Leveraged Bull Alternative ETF</t>
   </si>
   <si>
     <t>TRSL</t>
   </si>
   <si>
     <t>X-1253</t>
   </si>
   <si>
     <t>BetaPro -3x Russell 2000 Daily Leveraged Bear Alternative ETF</t>
   </si>
   <si>
     <t>SRSL</t>
   </si>
   <si>
     <t>X-1254</t>
   </si>
   <si>
     <t>Evolve Canadian Equity UltraYield ETF</t>
   </si>
   <si>
     <t>CANY</t>
@@ -3153,594 +3207,1617 @@
   <si>
     <t>EXCL</t>
   </si>
   <si>
     <t>Carson City</t>
   </si>
   <si>
     <t>V-5072</t>
   </si>
   <si>
     <t>Pecoy Copper Corp.</t>
   </si>
   <si>
     <t>PCU</t>
   </si>
   <si>
     <t>V-5073</t>
   </si>
   <si>
     <t>River Road Resources Ltd.</t>
   </si>
   <si>
     <t>RRRL</t>
   </si>
   <si>
+    <t>X-1258</t>
+  </si>
+  <si>
+    <t>JPMorgan US Bond Active ETF</t>
+  </si>
+  <si>
+    <t>JBND</t>
+  </si>
+  <si>
+    <t>X-1259</t>
+  </si>
+  <si>
+    <t>JPMorgan US Ultra-Short Income Active ETF</t>
+  </si>
+  <si>
+    <t>JPST</t>
+  </si>
+  <si>
+    <t>X-1260</t>
+  </si>
+  <si>
+    <t>CI Target 2030 Investment Grade Bond Fund</t>
+  </si>
+  <si>
+    <t>CTMC</t>
+  </si>
+  <si>
+    <t>X-1261</t>
+  </si>
+  <si>
+    <t>Harvest Robinhood Enhanced High Income Shares ETF</t>
+  </si>
+  <si>
+    <t>HODY</t>
+  </si>
+  <si>
+    <t>X-1262</t>
+  </si>
+  <si>
+    <t>Harvest SoFi Enhanced High Income Shares ETF</t>
+  </si>
+  <si>
+    <t>SOFY</t>
+  </si>
+  <si>
+    <t>X-1263</t>
+  </si>
+  <si>
+    <t>CI Target 2029 Investment Grade Bond Fund</t>
+  </si>
+  <si>
+    <t>CTMB</t>
+  </si>
+  <si>
+    <t>X-1264</t>
+  </si>
+  <si>
+    <t>Harvest Circle Enhanced High Income Shares ETF</t>
+  </si>
+  <si>
+    <t>CRCY</t>
+  </si>
+  <si>
+    <t>X-1265</t>
+  </si>
+  <si>
+    <t>CI Target 2028 Investment Grade Bond Fund</t>
+  </si>
+  <si>
+    <t>CTMA</t>
+  </si>
+  <si>
+    <t>X-1266</t>
+  </si>
+  <si>
+    <t>Harvest Reddit Enhanced High Income Shares ETF</t>
+  </si>
+  <si>
+    <t>RDDY</t>
+  </si>
+  <si>
+    <t>X-1267</t>
+  </si>
+  <si>
+    <t>Canada Packers Inc.</t>
+  </si>
+  <si>
+    <t>CPKR</t>
+  </si>
+  <si>
+    <t>X-1268</t>
+  </si>
+  <si>
+    <t>Brompton Wellington Square Investment Grade CLO ETF</t>
+  </si>
+  <si>
+    <t>BBBB</t>
+  </si>
+  <si>
+    <t>X-1269</t>
+  </si>
+  <si>
+    <t>Global X Silver Covered Call ETF</t>
+  </si>
+  <si>
+    <t>AGCC</t>
+  </si>
+  <si>
+    <t>X-1270</t>
+  </si>
+  <si>
+    <t>Global X China Hang Seng TECH Index ETF</t>
+  </si>
+  <si>
+    <t>CHQQ</t>
+  </si>
+  <si>
+    <t>X-1271</t>
+  </si>
+  <si>
+    <t>Global X 1-3 Year U.S. Treasury Bond Index ETF</t>
+  </si>
+  <si>
+    <t>TSTX</t>
+  </si>
+  <si>
+    <t>X-1272</t>
+  </si>
+  <si>
+    <t>Global X 20+ Year U.S. Treasury Bond Index ETF</t>
+  </si>
+  <si>
+    <t>TLTX</t>
+  </si>
+  <si>
+    <t>X-1273</t>
+  </si>
+  <si>
+    <t>Ninepoint Mining Evolution Fund</t>
+  </si>
+  <si>
+    <t>NMNG</t>
+  </si>
+  <si>
+    <t>X-1274</t>
+  </si>
+  <si>
+    <t>Rockpoint Gas Storage Inc.</t>
+  </si>
+  <si>
+    <t>RGSI</t>
+  </si>
+  <si>
+    <t>X-1275</t>
+  </si>
+  <si>
+    <t>Fidelity Multi-Alt Equity Fund</t>
+  </si>
+  <si>
+    <t>FMAE</t>
+  </si>
+  <si>
+    <t>X-1276</t>
+  </si>
+  <si>
+    <t>Philip Morris CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>ZYNS</t>
+  </si>
+  <si>
+    <t>X-1277</t>
+  </si>
+  <si>
+    <t>AppLovin CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>APPS</t>
+  </si>
+  <si>
+    <t>X-1278</t>
+  </si>
+  <si>
+    <t>Fidelity Global Balanced Portfolio</t>
+  </si>
+  <si>
+    <t>FMPB</t>
+  </si>
+  <si>
+    <t>X-1279</t>
+  </si>
+  <si>
+    <t>Fidelity Global Income Portfolio</t>
+  </si>
+  <si>
+    <t>FMPI</t>
+  </si>
+  <si>
+    <t>X-1280</t>
+  </si>
+  <si>
+    <t>Fidelity Global Growth Portfolio</t>
+  </si>
+  <si>
+    <t>FMPG</t>
+  </si>
+  <si>
+    <t>X-1281</t>
+  </si>
+  <si>
+    <t>Strategy CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>MSTR</t>
+  </si>
+  <si>
+    <t>X-1282</t>
+  </si>
+  <si>
+    <t>Reddit CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>RDDT</t>
+  </si>
+  <si>
+    <t>X-1283</t>
+  </si>
+  <si>
+    <t>Robinhood CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>HOOD</t>
+  </si>
+  <si>
+    <t>X-1284</t>
+  </si>
+  <si>
+    <t>Fidelity Global Small-Mid Cap Equity Fund</t>
+  </si>
+  <si>
+    <t>FGSM</t>
+  </si>
+  <si>
+    <t>X-1285</t>
+  </si>
+  <si>
+    <t>Constellation Energy CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>CEGS</t>
+  </si>
+  <si>
+    <t>X-1286</t>
+  </si>
+  <si>
+    <t>Novartis CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>NVS</t>
+  </si>
+  <si>
+    <t>X-1287</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>BENZ</t>
+  </si>
+  <si>
+    <t>X-1288</t>
+  </si>
+  <si>
+    <t>Siemens CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>SMNS</t>
+  </si>
+  <si>
+    <t>X-1289</t>
+  </si>
+  <si>
+    <t>Allianz CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>ALZ</t>
+  </si>
+  <si>
+    <t>X-1290</t>
+  </si>
+  <si>
+    <t>BMW CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>BMW</t>
+  </si>
+  <si>
+    <t>X-1291</t>
+  </si>
+  <si>
+    <t>UBS CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>UBSS</t>
+  </si>
+  <si>
+    <t>X-1292</t>
+  </si>
+  <si>
+    <t>SAP CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>SAPS</t>
+  </si>
+  <si>
+    <t>X-1293</t>
+  </si>
+  <si>
+    <t>Roche CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>ROG</t>
+  </si>
+  <si>
+    <t>X-1294</t>
+  </si>
+  <si>
+    <t>ING CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>INGS</t>
+  </si>
+  <si>
+    <t>X-1295</t>
+  </si>
+  <si>
+    <t>Nestlé CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>NSTL</t>
+  </si>
+  <si>
+    <t>X-1296</t>
+  </si>
+  <si>
+    <t>ASML CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>ASML</t>
+  </si>
+  <si>
+    <t>X-1297</t>
+  </si>
+  <si>
+    <t>SavvyLong (2X) Constellation Software ETF</t>
+  </si>
+  <si>
+    <t>CSUU</t>
+  </si>
+  <si>
+    <t>X-1298</t>
+  </si>
+  <si>
+    <t>SavvyLong 2X TDB (TD) Equity-Linked ETF</t>
+  </si>
+  <si>
+    <t>TDU</t>
+  </si>
+  <si>
+    <t>X-1299</t>
+  </si>
+  <si>
+    <t>SavvyLong 2X CIBC (CM) Equity-Linked ETF</t>
+  </si>
+  <si>
+    <t>COMU</t>
+  </si>
+  <si>
+    <t>X-1300</t>
+  </si>
+  <si>
+    <t>SavvyLong (2X) Cdn Natural Resources ETF</t>
+  </si>
+  <si>
+    <t>CNQU</t>
+  </si>
+  <si>
+    <t>X-1301</t>
+  </si>
+  <si>
+    <t>SavvyLong (2X) Cameco ETF</t>
+  </si>
+  <si>
+    <t>CCOU</t>
+  </si>
+  <si>
+    <t>X-1302</t>
+  </si>
+  <si>
+    <t>SavvyLong 2X NBC (NA) Equity-Linked ETF</t>
+  </si>
+  <si>
+    <t>NBCU</t>
+  </si>
+  <si>
+    <t>X-1303</t>
+  </si>
+  <si>
+    <t>SavvyLong (2X) Shopify ETF</t>
+  </si>
+  <si>
+    <t>SHPU</t>
+  </si>
+  <si>
+    <t>X-1304</t>
+  </si>
+  <si>
+    <t>SavvyLong (2X) Barrick ETF</t>
+  </si>
+  <si>
+    <t>ABXU</t>
+  </si>
+  <si>
+    <t>X-1305</t>
+  </si>
+  <si>
+    <t>SavvyLong 2X RBC (RY) Equity-Linked ETF</t>
+  </si>
+  <si>
+    <t>RBCU</t>
+  </si>
+  <si>
+    <t>X-1306</t>
+  </si>
+  <si>
+    <t>MAK Acquisition Corp.</t>
+  </si>
+  <si>
+    <t>MAK</t>
+  </si>
+  <si>
+    <t>X-1307</t>
+  </si>
+  <si>
+    <t>Capstone Biblically Informed U.S. Equity Fund</t>
+  </si>
+  <si>
+    <t>BIVU</t>
+  </si>
+  <si>
+    <t>Capstone Asset Management</t>
+  </si>
+  <si>
+    <t>X-1308</t>
+  </si>
+  <si>
+    <t>Capstone Biblically Informed Canadian Equity Fund</t>
+  </si>
+  <si>
+    <t>BIVC</t>
+  </si>
+  <si>
+    <t>V-02897</t>
+  </si>
+  <si>
+    <t>TRR</t>
+  </si>
+  <si>
+    <t>Neurothera Labs Inc.</t>
+  </si>
+  <si>
+    <t>NTLX</t>
+  </si>
+  <si>
+    <t>SICO</t>
+  </si>
+  <si>
+    <t>RZL</t>
+  </si>
+  <si>
+    <t>V-5075</t>
+  </si>
+  <si>
+    <t>Chrysalis 12 Inc.</t>
+  </si>
+  <si>
+    <t>RTO.P</t>
+  </si>
+  <si>
+    <t>V-5076</t>
+  </si>
+  <si>
+    <t>Perseverance Metals Inc.</t>
+  </si>
+  <si>
+    <t>PMI</t>
+  </si>
+  <si>
+    <t>V-5078</t>
+  </si>
+  <si>
+    <t>Essex Resources Corp.</t>
+  </si>
+  <si>
+    <t>ESXR</t>
+  </si>
+  <si>
+    <t>V-5079</t>
+  </si>
+  <si>
+    <t>Apolo V Acquisition Corp.</t>
+  </si>
+  <si>
+    <t>AFV.P</t>
+  </si>
+  <si>
+    <t>V-5080</t>
+  </si>
+  <si>
+    <t>Matchpoint Ventures Corp.</t>
+  </si>
+  <si>
+    <t>MPV.P</t>
+  </si>
+  <si>
+    <t>Brompton Split Corp. Enhanced Equity Income ETF</t>
+  </si>
+  <si>
+    <t>Ninepoint Balanced+ Fund</t>
+  </si>
+  <si>
+    <t>NBAL</t>
+  </si>
+  <si>
+    <t>X-1309</t>
+  </si>
+  <si>
+    <t>TRU.X Exogenous Risk Pool</t>
+  </si>
+  <si>
+    <t>TERP</t>
+  </si>
+  <si>
+    <t>True Exposure Investments</t>
+  </si>
+  <si>
+    <t>X-1310</t>
+  </si>
+  <si>
+    <t>CIBC Balanced Growth ETF Portfolio</t>
+  </si>
+  <si>
+    <t>CGRW</t>
+  </si>
+  <si>
+    <t>X-1311</t>
+  </si>
+  <si>
+    <t>CIBC Balanced ETF Portfolio</t>
+  </si>
+  <si>
+    <t>CBLN</t>
+  </si>
+  <si>
+    <t>X-1312</t>
+  </si>
+  <si>
+    <t>CIBC Conservative ETF Portfolio</t>
+  </si>
+  <si>
+    <t>CCON</t>
+  </si>
+  <si>
+    <t>X-1313</t>
+  </si>
+  <si>
+    <t>SavvyShort (-2X) Shopify ETF</t>
+  </si>
+  <si>
+    <t>SHPD</t>
+  </si>
+  <si>
+    <t>X-1314</t>
+  </si>
+  <si>
+    <t>Rocklinc Principled Equity ETF</t>
+  </si>
+  <si>
+    <t>RKLC</t>
+  </si>
+  <si>
+    <t>Rocklinc Investment Partners</t>
+  </si>
+  <si>
+    <t>X-1315</t>
+  </si>
+  <si>
+    <t>Beyond Oil Ltd.</t>
+  </si>
+  <si>
+    <t>BOIL</t>
+  </si>
+  <si>
+    <t>X-1316</t>
+  </si>
+  <si>
+    <t>TotalEnergies CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>TTES</t>
+  </si>
+  <si>
+    <t>X-1317</t>
+  </si>
+  <si>
+    <t>Hermès CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>HRMS</t>
+  </si>
+  <si>
+    <t>X-1318</t>
+  </si>
+  <si>
+    <t>LVMH CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>LVMH</t>
+  </si>
+  <si>
+    <t>X-1319</t>
+  </si>
+  <si>
+    <t>Novo Nordisk CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>NOVO</t>
+  </si>
+  <si>
+    <t>X-1320</t>
+  </si>
+  <si>
+    <t>L’Oréal CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>LORL</t>
+  </si>
+  <si>
+    <t>X-1321</t>
+  </si>
+  <si>
+    <t>Schneider Electric CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>SCHN</t>
+  </si>
+  <si>
+    <t>X-1322</t>
+  </si>
+  <si>
+    <t>Sanofi CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>SNY</t>
+  </si>
+  <si>
+    <t>Terra Rossa Gold Ltd.</t>
+  </si>
+  <si>
+    <t>Galactic Gold Corp.</t>
+  </si>
+  <si>
+    <t>GGAU</t>
+  </si>
+  <si>
+    <t>Elevate Service Group Inc.</t>
+  </si>
+  <si>
+    <t>SERV</t>
+  </si>
+  <si>
+    <t>Silverco Mining Ltd.</t>
+  </si>
+  <si>
+    <t>EVI</t>
+  </si>
+  <si>
+    <t>RZOLV Technologies Inc.</t>
+  </si>
+  <si>
+    <t>V-5081</t>
+  </si>
+  <si>
+    <t>Summit Royalties Ltd.</t>
+  </si>
+  <si>
+    <t>SUM</t>
+  </si>
+  <si>
+    <t>Brazil, Colombia</t>
+  </si>
+  <si>
+    <t>V-5083</t>
+  </si>
+  <si>
+    <t>Atlantic Horizon Capital Corp.</t>
+  </si>
+  <si>
+    <t>ATLH.P</t>
+  </si>
+  <si>
+    <t>V-5084</t>
+  </si>
+  <si>
+    <t>Andina Copper Corporation</t>
+  </si>
+  <si>
+    <t>ANDC</t>
+  </si>
+  <si>
+    <t>Argentina, Chile, Colombia</t>
+  </si>
+  <si>
+    <t>X-1323</t>
+  </si>
+  <si>
+    <t>Global X Copper Producer Equity Covered Call ETF</t>
+  </si>
+  <si>
+    <t>CPCC</t>
+  </si>
+  <si>
+    <t>X-1324</t>
+  </si>
+  <si>
+    <t>Evolve Big Six Canadian Banks UltraYield Index ETF</t>
+  </si>
+  <si>
+    <t>SIXY</t>
+  </si>
+  <si>
+    <t>X-1325</t>
+  </si>
+  <si>
+    <t>Greenland Resources Inc.</t>
+  </si>
+  <si>
+    <t>MOLY</t>
+  </si>
+  <si>
+    <t>X-1326</t>
+  </si>
+  <si>
+    <t>CrowdStrike CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>CRWD</t>
+  </si>
+  <si>
+    <t>X-1327</t>
+  </si>
+  <si>
+    <t>Eli Lilly CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>LLY</t>
+  </si>
+  <si>
+    <t>X-1328</t>
+  </si>
+  <si>
+    <t>Exxon Mobil CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>XOM</t>
+  </si>
+  <si>
+    <t>X-1329</t>
+  </si>
+  <si>
+    <t>Uber CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>UBER</t>
+  </si>
+  <si>
+    <t>X-1330</t>
+  </si>
+  <si>
+    <t>Intel CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>INTC</t>
+  </si>
+  <si>
+    <t>X-1331</t>
+  </si>
+  <si>
+    <t>GE Aerospace CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>GE</t>
+  </si>
+  <si>
+    <t>X-1332</t>
+  </si>
+  <si>
+    <t>Netflix CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>NFLX</t>
+  </si>
+  <si>
+    <t>X-1333</t>
+  </si>
+  <si>
+    <t>Palantir CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>PLTR</t>
+  </si>
+  <si>
+    <t>X-1334</t>
+  </si>
+  <si>
+    <t>McDonald’s CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>MCDS</t>
+  </si>
+  <si>
+    <t>X-1335</t>
+  </si>
+  <si>
+    <t>Qualcomm CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>QCOM</t>
+  </si>
+  <si>
+    <t>X-1336</t>
+  </si>
+  <si>
+    <t>Palo Alto Networks CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>PANW</t>
+  </si>
+  <si>
+    <t>X-1337</t>
+  </si>
+  <si>
+    <t>Caterpillar CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>CATR</t>
+  </si>
+  <si>
+    <t>X-1338</t>
+  </si>
+  <si>
+    <t>NextEra Energy CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>NEE</t>
+  </si>
+  <si>
+    <t>X-1339</t>
+  </si>
+  <si>
+    <t>Walt Disney CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>DIS</t>
+  </si>
+  <si>
+    <t>X-1340</t>
+  </si>
+  <si>
+    <t>Broadcom CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>AVGO</t>
+  </si>
+  <si>
+    <t>X-1341</t>
+  </si>
+  <si>
+    <t>Supermicro CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>SMCI</t>
+  </si>
+  <si>
+    <t>X-1342</t>
+  </si>
+  <si>
+    <t>Goldman Sachs CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>GS</t>
+  </si>
+  <si>
+    <t>X-1343</t>
+  </si>
+  <si>
+    <t>Home Depot CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>HD</t>
+  </si>
+  <si>
+    <t>X-1344</t>
+  </si>
+  <si>
+    <t>UnitedHealth CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>UNH</t>
+  </si>
+  <si>
+    <t>X-1345</t>
+  </si>
+  <si>
+    <t>Pfizer CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>PFE</t>
+  </si>
+  <si>
+    <t>X-1346</t>
+  </si>
+  <si>
+    <t>lululemon CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>LULU</t>
+  </si>
+  <si>
+    <t>X-1347</t>
+  </si>
+  <si>
+    <t>Bank of America CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>BOFA</t>
+  </si>
+  <si>
+    <t>X-1348</t>
+  </si>
+  <si>
+    <t>Micron CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>MU</t>
+  </si>
+  <si>
+    <t>X-1349</t>
+  </si>
+  <si>
+    <t>Intuitive Surgical CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>ISRG</t>
+  </si>
+  <si>
+    <t>X-1350</t>
+  </si>
+  <si>
+    <t>Adobe CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>ADBE</t>
+  </si>
+  <si>
+    <t>X-1351</t>
+  </si>
+  <si>
+    <t>GE Vernova CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>GEV</t>
+  </si>
+  <si>
+    <t>X-1352</t>
+  </si>
+  <si>
+    <t>Oracle CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>ORAC</t>
+  </si>
+  <si>
+    <t>X-1353</t>
+  </si>
+  <si>
+    <t>JPMorgan CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>JPM</t>
+  </si>
+  <si>
+    <t>X-1354</t>
+  </si>
+  <si>
+    <t>Mastercard CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>X-1355</t>
+  </si>
+  <si>
+    <t>Walmart CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>WMT</t>
+  </si>
+  <si>
+    <t>X-1356</t>
+  </si>
+  <si>
+    <t>Citigroup CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>CITI</t>
+  </si>
+  <si>
+    <t>X-1357</t>
+  </si>
+  <si>
+    <t>Visa CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>VISA</t>
+  </si>
+  <si>
+    <t>X-1358</t>
+  </si>
+  <si>
+    <t>AbbVie CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>ABBV</t>
+  </si>
+  <si>
+    <t>X-1359</t>
+  </si>
+  <si>
+    <t>Johnson &amp; Johnson CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>JNJ</t>
+  </si>
+  <si>
+    <t>X-1360</t>
+  </si>
+  <si>
+    <t>Arista Networks CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>ANET</t>
+  </si>
+  <si>
+    <t>X-1361</t>
+  </si>
+  <si>
+    <t>PayPal CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>PYPL</t>
+  </si>
+  <si>
+    <t>X-1362</t>
+  </si>
+  <si>
+    <t>Thermo Fisher CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>TMO</t>
+  </si>
+  <si>
+    <t>X-1363</t>
+  </si>
+  <si>
+    <t>Boeing CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>BA</t>
+  </si>
+  <si>
+    <t>X-1364</t>
+  </si>
+  <si>
+    <t>IBM CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>IBM</t>
+  </si>
+  <si>
+    <t>X-1365</t>
+  </si>
+  <si>
+    <t>STRACON Group Holding Inc.</t>
+  </si>
+  <si>
+    <t>STG</t>
+  </si>
+  <si>
+    <t>X-1366</t>
+  </si>
+  <si>
+    <t>NIKE CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>NKE</t>
+  </si>
+  <si>
+    <t>X-1367</t>
+  </si>
+  <si>
+    <t>Applied Materials CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>AMAT</t>
+  </si>
+  <si>
+    <t>X-1368</t>
+  </si>
+  <si>
+    <t>Salesforce CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>CRM</t>
+  </si>
+  <si>
+    <t>X-1369</t>
+  </si>
+  <si>
+    <t>Union Pacific CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>UNP</t>
+  </si>
+  <si>
+    <t>X-1370</t>
+  </si>
+  <si>
+    <t>Waste Management CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>WAST</t>
+  </si>
+  <si>
+    <t>X-1371</t>
+  </si>
+  <si>
+    <t>ServiceNow CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>NOWS</t>
+  </si>
+  <si>
+    <t>X-1372</t>
+  </si>
+  <si>
+    <t>CVS Health CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>CVS</t>
+  </si>
+  <si>
+    <t>X-1373</t>
+  </si>
+  <si>
+    <t>Verizon CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>VZ</t>
+  </si>
+  <si>
+    <t>X-1374</t>
+  </si>
+  <si>
+    <t>Honeywell CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>HON</t>
+  </si>
+  <si>
+    <t>X-1375</t>
+  </si>
+  <si>
+    <t>Pepsi CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>PEP</t>
+  </si>
+  <si>
+    <t>X-1376</t>
+  </si>
+  <si>
+    <t>Morgan Stanley CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>X-1377</t>
+  </si>
+  <si>
+    <t>RTX CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>RTX</t>
+  </si>
+  <si>
+    <t>X-1378</t>
+  </si>
+  <si>
+    <t>Starbucks CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>SBUX</t>
+  </si>
+  <si>
+    <t>X-1379</t>
+  </si>
+  <si>
+    <t>Procter &amp; Gamble CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>PG</t>
+  </si>
+  <si>
+    <t>X-1380</t>
+  </si>
+  <si>
+    <t>Deere CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>DEER</t>
+  </si>
+  <si>
+    <t>X-1381</t>
+  </si>
+  <si>
+    <t>Booking CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>BKNG</t>
+  </si>
+  <si>
+    <t>X-1382</t>
+  </si>
+  <si>
+    <t>Chevron CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>CHEV</t>
+  </si>
+  <si>
+    <t>X-1383</t>
+  </si>
+  <si>
+    <t>Wells Fargo CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>WFCS</t>
+  </si>
+  <si>
+    <t>X-1384</t>
+  </si>
+  <si>
+    <t>Texas Instruments CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>TXN</t>
+  </si>
+  <si>
+    <t>X-1385</t>
+  </si>
+  <si>
+    <t>Abbott Labs CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>ABT</t>
+  </si>
+  <si>
+    <t>X-1386</t>
+  </si>
+  <si>
+    <t>Amgen CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>AMGN</t>
+  </si>
+  <si>
+    <t>X-1387</t>
+  </si>
+  <si>
+    <t>Gilead Sciences CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>GILD</t>
+  </si>
+  <si>
+    <t>X-1388</t>
+  </si>
+  <si>
+    <t>Chipotle CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>CMGS</t>
+  </si>
+  <si>
+    <t>X-1389</t>
+  </si>
+  <si>
+    <t>TJX CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>TJX</t>
+  </si>
+  <si>
+    <t>X-1390</t>
+  </si>
+  <si>
+    <t>3M CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>MMMM</t>
+  </si>
+  <si>
+    <t>X-1391</t>
+  </si>
+  <si>
+    <t>S&amp;P Global CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>SPGI</t>
+  </si>
+  <si>
+    <t>X-1392</t>
+  </si>
+  <si>
+    <t>Occidental Petroleum CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>OXY</t>
+  </si>
+  <si>
+    <t>X-1393</t>
+  </si>
+  <si>
+    <t>Airbnb CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>ABNB</t>
+  </si>
+  <si>
+    <t>X-1394</t>
+  </si>
+  <si>
+    <t>Ford CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>X-1395</t>
+  </si>
+  <si>
+    <t>Charles Schwab CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>SCHW</t>
+  </si>
+  <si>
+    <t>X-1396</t>
+  </si>
+  <si>
+    <t>AutoZone CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>AZO</t>
+  </si>
+  <si>
+    <t>X-1397</t>
+  </si>
+  <si>
+    <t>KKR CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>KKR</t>
+  </si>
+  <si>
+    <t>X-1398</t>
+  </si>
+  <si>
+    <t>Fiserv CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>X-1399</t>
+  </si>
+  <si>
+    <t>Blackstone CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>BX</t>
+  </si>
+  <si>
+    <t>X-1400</t>
+  </si>
+  <si>
+    <t>Constellation Brands CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>STZ</t>
+  </si>
+  <si>
+    <t>X-1401</t>
+  </si>
+  <si>
+    <t>UPS CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>UPS</t>
+  </si>
+  <si>
+    <t>X-1402</t>
+  </si>
+  <si>
+    <t>BlackRock CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>BLK</t>
+  </si>
+  <si>
+    <t>X-1403</t>
+  </si>
+  <si>
+    <t>Merck CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>MRK</t>
+  </si>
+  <si>
+    <t>X-1404</t>
+  </si>
+  <si>
+    <t>American Express CDR (CAD Hedged)</t>
+  </si>
+  <si>
+    <t>AXP</t>
+  </si>
+  <si>
     <t>Market Cap (C$)
-31-October-2025</t>
+31-December-2025</t>
   </si>
   <si>
     <t>O/S Shares
-31-October-2025</t>
+31-December-2025</t>
   </si>
   <si>
     <t>Volume YTD
-31-October-2025</t>
+31-December-2025</t>
   </si>
   <si>
     <t>Value (C$) YTD
-31-October-2025</t>
+31-December-2025</t>
   </si>
   <si>
     <t>Number of 
 Trades YTD
-31-October-2025</t>
-[...524 lines deleted...]
-    <t>MPV.P</t>
+31-December-2025</t>
+  </si>
+  <si>
+    <t>V-04548</t>
+  </si>
+  <si>
+    <t>V-5085</t>
+  </si>
+  <si>
+    <t>V-5087</t>
+  </si>
+  <si>
+    <t>One Bullion Limited</t>
+  </si>
+  <si>
+    <t>OBUL</t>
+  </si>
+  <si>
+    <t>Hemlo Mining Corp.</t>
+  </si>
+  <si>
+    <t>HMMC</t>
+  </si>
+  <si>
+    <t>Syntholene Energy Corp.</t>
+  </si>
+  <si>
+    <t>ESAF</t>
+  </si>
+  <si>
+    <t>Tiernan Gold Corp.</t>
+  </si>
+  <si>
+    <t>TNGD</t>
+  </si>
+  <si>
+    <t>Tiger Gold Corp.</t>
+  </si>
+  <si>
+    <t>TIGR</t>
+  </si>
+  <si>
+    <t>J4 Ventures Resources Corp.</t>
+  </si>
+  <si>
+    <t>JJJJ</t>
+  </si>
+  <si>
+    <t>TenX Protocols Inc.</t>
+  </si>
+  <si>
+    <t>TNX</t>
+  </si>
+  <si>
+    <t>Eastport Critical Metals Corp.</t>
+  </si>
+  <si>
+    <t>AE Fuels Corporation</t>
+  </si>
+  <si>
+    <t>AEF</t>
+  </si>
+  <si>
+    <t>Newcastle</t>
+  </si>
+  <si>
+    <t>Fluospar, Manganese</t>
+  </si>
+  <si>
+    <t>Paragon Advanced Labs Inc.</t>
+  </si>
+  <si>
+    <t>PALS</t>
+  </si>
+  <si>
+    <t>LunR Royalties Corp.</t>
+  </si>
+  <si>
+    <t>LUNR</t>
+  </si>
+  <si>
+    <t>© 2026 TSX Inc. All Rights Reserved. Do not copy, distribute, sell or modify this document without TSX Inc.'s prior written consent.</t>
+  </si>
+  <si>
+    <t>Versamet Royalties Corporation (graduated December 10, 2025)</t>
+  </si>
+  <si>
+    <t>na</t>
+  </si>
+  <si>
+    <t>IL</t>
+  </si>
+  <si>
+    <t>Chicago</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -4369,19301 +5446,25578 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:AN287"/>
+  <dimension ref="A1:AS386"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="B10" sqref="B10"/>
+      <selection activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="10.7109375" style="17" hidden="1" customWidth="1"/>
-[...35 lines deleted...]
-    <col min="41" max="16384" width="9.140625" style="17"/>
+    <col min="1" max="1" width="10.6640625" style="17" hidden="1" customWidth="1"/>
+    <col min="2" max="2" width="12.5546875" style="17" customWidth="1"/>
+    <col min="3" max="3" width="73.109375" style="17" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11" style="18" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="22.5546875" style="20" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="21.44140625" style="20" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="15.5546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="28.5546875" style="19" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="24" style="18" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="14.88671875" style="18" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="16.44140625" style="18" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="15" style="18" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="12" style="18" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="12.44140625" style="18" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="11.88671875" style="18" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="30.33203125" style="18" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="24.33203125" style="18" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="25.88671875" style="18" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="13" style="18" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="17" style="18" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="27.44140625" style="18" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="21.5546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="21.44140625" style="19" bestFit="1" customWidth="1"/>
+    <col min="25" max="26" width="21.44140625" style="20" bestFit="1" customWidth="1"/>
+    <col min="27" max="27" width="16.33203125" style="20" bestFit="1" customWidth="1"/>
+    <col min="28" max="28" width="34.44140625" style="19" bestFit="1" customWidth="1"/>
+    <col min="29" max="29" width="9.88671875" style="18" bestFit="1" customWidth="1"/>
+    <col min="30" max="30" width="16.88671875" style="18" bestFit="1" customWidth="1"/>
+    <col min="31" max="31" width="13" style="18" bestFit="1" customWidth="1"/>
+    <col min="32" max="32" width="37.5546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="33" max="33" width="15.88671875" style="18" bestFit="1" customWidth="1"/>
+    <col min="34" max="34" width="9.5546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="35" max="35" width="9.88671875" style="18" bestFit="1" customWidth="1"/>
+    <col min="36" max="36" width="10.5546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="37" max="37" width="11.5546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="38" max="38" width="16.44140625" style="18" bestFit="1" customWidth="1"/>
+    <col min="39" max="39" width="9.109375" style="18" bestFit="1" customWidth="1"/>
+    <col min="40" max="40" width="9.88671875" style="18" bestFit="1" customWidth="1"/>
+    <col min="41" max="41" width="9.33203125" style="18" bestFit="1" customWidth="1"/>
+    <col min="42" max="42" width="13" style="18" bestFit="1" customWidth="1"/>
+    <col min="43" max="43" width="24.88671875" style="18" bestFit="1" customWidth="1"/>
+    <col min="44" max="44" width="21" style="18" bestFit="1" customWidth="1"/>
+    <col min="45" max="45" width="19.109375" style="18" bestFit="1" customWidth="1"/>
+    <col min="46" max="16384" width="9.109375" style="17"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:40" s="7" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:45" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B1" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="6"/>
       <c r="F1" s="4"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="6"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="6"/>
       <c r="Y1" s="6"/>
       <c r="Z1" s="6"/>
       <c r="AA1" s="6"/>
       <c r="AB1" s="6"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
       <c r="AL1" s="1"/>
       <c r="AM1" s="1"/>
       <c r="AN1" s="1"/>
-    </row>
-    <row r="2" spans="1:40" s="7" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="AO1" s="1"/>
+      <c r="AP1" s="1"/>
+      <c r="AQ1" s="1"/>
+      <c r="AR1" s="1"/>
+      <c r="AS1" s="1"/>
+    </row>
+    <row r="2" spans="1:45" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="1"/>
       <c r="E2" s="4"/>
       <c r="F2" s="6"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="6"/>
       <c r="Y2" s="6"/>
       <c r="Z2" s="6"/>
       <c r="AA2" s="6"/>
       <c r="AB2" s="6"/>
       <c r="AC2" s="1"/>
       <c r="AD2" s="1"/>
       <c r="AE2" s="1"/>
       <c r="AF2" s="1"/>
       <c r="AG2" s="1"/>
       <c r="AH2" s="1"/>
       <c r="AI2" s="1"/>
       <c r="AJ2" s="1"/>
       <c r="AK2" s="1"/>
       <c r="AL2" s="1"/>
       <c r="AM2" s="1"/>
       <c r="AN2" s="1"/>
-    </row>
-    <row r="3" spans="1:40" s="7" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="AO2" s="1"/>
+      <c r="AP2" s="1"/>
+      <c r="AQ2" s="1"/>
+      <c r="AR2" s="1"/>
+      <c r="AS2" s="1"/>
+    </row>
+    <row r="3" spans="1:45" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B3" s="2" t="s">
-        <v>69</v>
+        <v>1551</v>
       </c>
       <c r="D3" s="1"/>
       <c r="E3" s="4"/>
       <c r="F3" s="6"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
       <c r="X3" s="6"/>
       <c r="Y3" s="6"/>
       <c r="Z3" s="6"/>
       <c r="AA3" s="6"/>
       <c r="AB3" s="6"/>
       <c r="AC3" s="1"/>
       <c r="AD3" s="1"/>
       <c r="AE3" s="1"/>
       <c r="AF3" s="1"/>
       <c r="AG3" s="1"/>
       <c r="AH3" s="1"/>
       <c r="AI3" s="1"/>
       <c r="AJ3" s="1"/>
       <c r="AK3" s="1"/>
       <c r="AL3" s="1"/>
       <c r="AM3" s="1"/>
       <c r="AN3" s="1"/>
-    </row>
-    <row r="4" spans="1:40" s="12" customFormat="1" ht="3.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO3" s="1"/>
+      <c r="AP3" s="1"/>
+      <c r="AQ3" s="1"/>
+      <c r="AR3" s="1"/>
+      <c r="AS3" s="1"/>
+    </row>
+    <row r="4" spans="1:45" s="12" customFormat="1" ht="3.45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B4" s="8"/>
       <c r="C4" s="9"/>
       <c r="D4" s="8"/>
       <c r="E4" s="10"/>
       <c r="F4" s="11"/>
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="8"/>
       <c r="M4" s="8"/>
       <c r="N4" s="8"/>
       <c r="O4" s="8"/>
       <c r="P4" s="8"/>
       <c r="Q4" s="8"/>
       <c r="R4" s="8"/>
       <c r="S4" s="8"/>
       <c r="T4" s="8"/>
       <c r="U4" s="8"/>
       <c r="V4" s="8"/>
       <c r="W4" s="8"/>
       <c r="X4" s="11"/>
       <c r="Y4" s="11"/>
       <c r="Z4" s="11"/>
       <c r="AA4" s="11"/>
       <c r="AB4" s="11"/>
       <c r="AC4" s="8"/>
       <c r="AD4" s="8"/>
       <c r="AE4" s="8"/>
       <c r="AF4" s="8"/>
       <c r="AG4" s="8"/>
       <c r="AH4" s="8"/>
       <c r="AI4" s="8"/>
       <c r="AJ4" s="8"/>
       <c r="AK4" s="8"/>
       <c r="AL4" s="8"/>
       <c r="AM4" s="8"/>
       <c r="AN4" s="8"/>
-    </row>
-    <row r="5" spans="1:40" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="AO4" s="8"/>
+      <c r="AP4" s="8"/>
+      <c r="AQ4" s="8"/>
+      <c r="AR4" s="8"/>
+      <c r="AS4" s="8"/>
+    </row>
+    <row r="5" spans="1:45" s="7" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B5" s="1"/>
       <c r="C5" s="3"/>
       <c r="D5" s="1"/>
       <c r="E5" s="5"/>
       <c r="F5" s="6"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
       <c r="X5" s="6"/>
       <c r="Y5" s="6"/>
       <c r="Z5" s="6"/>
       <c r="AA5" s="6"/>
       <c r="AB5" s="61" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AC5" s="56"/>
       <c r="AD5" s="56"/>
       <c r="AE5" s="56"/>
       <c r="AF5" s="56"/>
       <c r="AG5" s="56"/>
       <c r="AH5" s="56"/>
       <c r="AI5" s="56"/>
       <c r="AJ5" s="56"/>
       <c r="AK5" s="56"/>
       <c r="AL5" s="56"/>
       <c r="AM5" s="56"/>
       <c r="AN5" s="56"/>
-    </row>
-    <row r="6" spans="1:40" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="AO5" s="56"/>
+      <c r="AP5" s="56"/>
+      <c r="AQ5" s="56"/>
+      <c r="AR5" s="56"/>
+      <c r="AS5" s="56"/>
+    </row>
+    <row r="6" spans="1:45" s="7" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B6" s="1"/>
       <c r="C6" s="37" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D6" s="43"/>
       <c r="E6" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F6" s="44"/>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
       <c r="X6" s="6"/>
       <c r="Y6" s="6"/>
       <c r="Z6" s="6"/>
       <c r="AA6" s="6"/>
       <c r="AB6" s="56"/>
       <c r="AC6" s="56"/>
       <c r="AD6" s="56"/>
       <c r="AE6" s="56"/>
       <c r="AF6" s="56"/>
       <c r="AG6" s="56"/>
       <c r="AH6" s="56"/>
       <c r="AI6" s="56"/>
       <c r="AJ6" s="56"/>
       <c r="AK6" s="56"/>
       <c r="AL6" s="56"/>
       <c r="AM6" s="56"/>
       <c r="AN6" s="56"/>
-    </row>
-    <row r="7" spans="1:40" s="7" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="AO6" s="56"/>
+      <c r="AP6" s="56"/>
+      <c r="AQ6" s="56"/>
+      <c r="AR6" s="56"/>
+      <c r="AS6" s="56"/>
+    </row>
+    <row r="7" spans="1:45" s="7" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B7" s="1"/>
       <c r="C7" s="47"/>
       <c r="D7" s="45"/>
       <c r="E7" s="45"/>
       <c r="F7" s="46"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
       <c r="AB7" s="56"/>
       <c r="AC7" s="56"/>
       <c r="AD7" s="56"/>
       <c r="AE7" s="56"/>
       <c r="AF7" s="56"/>
       <c r="AG7" s="56"/>
       <c r="AH7" s="56"/>
       <c r="AI7" s="56"/>
       <c r="AJ7" s="56"/>
       <c r="AK7" s="56"/>
       <c r="AL7" s="56"/>
       <c r="AM7" s="56"/>
       <c r="AN7" s="56"/>
-    </row>
-    <row r="8" spans="1:40" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="AO7" s="56"/>
+      <c r="AP7" s="56"/>
+      <c r="AQ7" s="56"/>
+      <c r="AR7" s="56"/>
+      <c r="AS7" s="56"/>
+    </row>
+    <row r="8" spans="1:45" s="7" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B8" s="1"/>
       <c r="C8" s="38">
-        <f>SUBTOTAL(3,C11:C287)</f>
-        <v>277</v>
+        <f>SUBTOTAL(3,C11:C386)</f>
+        <v>376</v>
       </c>
       <c r="D8" s="39"/>
       <c r="E8" s="40">
-        <f>SUBTOTAL(9,E11:E287)</f>
-        <v>32864123217.174999</v>
+        <f>SUBTOTAL(9,E11:E386)</f>
+        <v>49228610560.980019</v>
       </c>
       <c r="F8" s="41"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="63"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="6"/>
       <c r="Y8" s="6"/>
       <c r="Z8" s="6"/>
       <c r="AA8" s="6"/>
       <c r="AB8" s="56"/>
       <c r="AC8" s="56"/>
       <c r="AD8" s="56"/>
       <c r="AE8" s="56"/>
       <c r="AF8" s="56"/>
       <c r="AG8" s="56"/>
       <c r="AH8" s="56"/>
       <c r="AI8" s="56"/>
       <c r="AJ8" s="56"/>
       <c r="AK8" s="56"/>
       <c r="AL8" s="56"/>
       <c r="AM8" s="56"/>
       <c r="AN8" s="56"/>
-    </row>
-    <row r="9" spans="1:40" s="7" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="AO8" s="56"/>
+      <c r="AP8" s="56"/>
+      <c r="AQ8" s="56"/>
+      <c r="AR8" s="56"/>
+      <c r="AS8" s="56"/>
+    </row>
+    <row r="9" spans="1:45" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B9" s="1"/>
       <c r="C9" s="3"/>
       <c r="D9" s="1"/>
       <c r="E9" s="5"/>
       <c r="F9" s="6"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
       <c r="X9" s="6"/>
       <c r="Y9" s="6"/>
       <c r="Z9" s="6"/>
       <c r="AA9" s="6"/>
       <c r="AB9" s="56"/>
       <c r="AC9" s="56"/>
       <c r="AD9" s="56"/>
       <c r="AE9" s="56"/>
       <c r="AF9" s="56"/>
       <c r="AG9" s="56"/>
       <c r="AH9" s="56"/>
       <c r="AI9" s="56"/>
       <c r="AJ9" s="56"/>
       <c r="AK9" s="56"/>
       <c r="AL9" s="56"/>
       <c r="AM9" s="56"/>
       <c r="AN9" s="56"/>
-    </row>
-    <row r="10" spans="1:40" s="13" customFormat="1" ht="39" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="AO9" s="56"/>
+      <c r="AP9" s="56"/>
+      <c r="AQ9" s="56"/>
+      <c r="AR9" s="56"/>
+      <c r="AS9" s="56"/>
+    </row>
+    <row r="10" spans="1:45" s="13" customFormat="1" ht="42" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E10" s="16" t="s">
-        <v>1017</v>
+        <v>1520</v>
       </c>
       <c r="F10" s="16" t="s">
-        <v>1018</v>
+        <v>1521</v>
       </c>
       <c r="G10" s="13" t="s">
         <v>6</v>
       </c>
       <c r="H10" s="15" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>5</v>
       </c>
       <c r="J10" s="15" t="s">
         <v>13</v>
       </c>
       <c r="K10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="L10" s="15" t="s">
         <v>8</v>
       </c>
       <c r="M10" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="N10" s="15" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="O10" s="15" t="s">
         <v>9</v>
       </c>
       <c r="P10" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="Q10" s="13" t="s">
-        <v>32</v>
+      <c r="Q10" s="15" t="s">
+        <v>28</v>
       </c>
       <c r="R10" s="15" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="S10" s="15" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="T10" s="15" t="s">
         <v>11</v>
       </c>
+      <c r="T10" s="13" t="s">
+        <v>18</v>
+      </c>
       <c r="U10" s="13" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="V10" s="13" t="s">
-        <v>395</v>
+        <v>417</v>
       </c>
       <c r="W10" s="13" t="s">
         <v>14</v>
       </c>
       <c r="X10" s="16" t="s">
-        <v>1019</v>
+        <v>1522</v>
       </c>
       <c r="Y10" s="16" t="s">
-        <v>1020</v>
+        <v>1523</v>
       </c>
       <c r="Z10" s="16" t="s">
-        <v>1021</v>
+        <v>1524</v>
       </c>
       <c r="AA10" s="16" t="s">
         <v>15</v>
       </c>
       <c r="AB10" s="57" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AC10" s="57" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="AD10" s="57" t="s">
         <v>55</v>
       </c>
       <c r="AE10" s="57" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="AF10" s="57" t="s">
         <v>58</v>
       </c>
       <c r="AG10" s="57" t="s">
+        <v>59</v>
+      </c>
+      <c r="AH10" s="57" t="s">
         <v>16</v>
       </c>
-      <c r="AH10" s="57" t="s">
+      <c r="AI10" s="57" t="s">
+        <v>38</v>
+      </c>
+      <c r="AJ10" s="57" t="s">
         <v>39</v>
       </c>
-      <c r="AI10" s="57" t="s">
+      <c r="AK10" s="57" t="s">
         <v>40</v>
       </c>
-      <c r="AJ10" s="57" t="s">
+      <c r="AL10" s="57" t="s">
+        <v>43</v>
+      </c>
+      <c r="AM10" s="57" t="s">
+        <v>45</v>
+      </c>
+      <c r="AN10" s="57" t="s">
+        <v>46</v>
+      </c>
+      <c r="AO10" s="57" t="s">
+        <v>47</v>
+      </c>
+      <c r="AP10" s="57" t="s">
+        <v>50</v>
+      </c>
+      <c r="AQ10" s="57" t="s">
+        <v>51</v>
+      </c>
+      <c r="AR10" s="57" t="s">
+        <v>61</v>
+      </c>
+      <c r="AS10" s="57" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="11" spans="1:45" ht="14.4" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="17" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B11" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C11" s="17" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D11" s="18" t="s">
+        <v>1241</v>
+      </c>
+      <c r="E11" s="20">
+        <v>1212500</v>
+      </c>
+      <c r="F11" s="20">
+        <v>50000</v>
+      </c>
+      <c r="G11" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="H11" s="18">
+        <v>20251120</v>
+      </c>
+      <c r="I11" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K11" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L11" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V11" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W11" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X11" s="19">
+        <v>600</v>
+      </c>
+      <c r="Y11" s="20">
+        <v>14669</v>
+      </c>
+      <c r="Z11" s="20">
+        <v>3</v>
+      </c>
+      <c r="AA11" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A12" s="17" t="s">
+        <v>1248</v>
+      </c>
+      <c r="B12" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" s="17" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D12" s="18" t="s">
+        <v>1250</v>
+      </c>
+      <c r="E12" s="20">
+        <v>1210000</v>
+      </c>
+      <c r="F12" s="20">
+        <v>50000</v>
+      </c>
+      <c r="G12" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="H12" s="18">
+        <v>20251120</v>
+      </c>
+      <c r="I12" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K12" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L12" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V12" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W12" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X12" s="19">
+        <v>1319</v>
+      </c>
+      <c r="Y12" s="20">
+        <v>31859</v>
+      </c>
+      <c r="Z12" s="20">
+        <v>6</v>
+      </c>
+      <c r="AA12" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A13" s="17" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B13" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C13" s="17" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D13" s="18" t="s">
+        <v>1244</v>
+      </c>
+      <c r="E13" s="20">
+        <v>1380000</v>
+      </c>
+      <c r="F13" s="20">
+        <v>50000</v>
+      </c>
+      <c r="G13" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="H13" s="18">
+        <v>20251120</v>
+      </c>
+      <c r="I13" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K13" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L13" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V13" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W13" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X13" s="19">
+        <v>13299</v>
+      </c>
+      <c r="Y13" s="20">
+        <v>343565.5</v>
+      </c>
+      <c r="Z13" s="20">
         <v>41</v>
       </c>
-      <c r="AK10" s="57" t="s">
-[...169 lines deleted...]
-      </c>
       <c r="AA13" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A14" s="17" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B14" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" s="17" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D14" s="18" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E14" s="20">
+        <v>10605000</v>
+      </c>
+      <c r="F14" s="20">
+        <v>500000</v>
+      </c>
+      <c r="G14" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="H14" s="18">
+        <v>20251120</v>
+      </c>
+      <c r="I14" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K14" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L14" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V14" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W14" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X14" s="19">
+        <v>537609</v>
+      </c>
+      <c r="Y14" s="20">
+        <v>10963050</v>
+      </c>
+      <c r="Z14" s="20">
+        <v>1016</v>
+      </c>
+      <c r="AA14" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A15" s="17" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B15" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C15" s="17" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D15" s="18" t="s">
+        <v>1256</v>
+      </c>
+      <c r="E15" s="20">
+        <v>1065500</v>
+      </c>
+      <c r="F15" s="20">
+        <v>50000</v>
+      </c>
+      <c r="G15" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="H15" s="18">
+        <v>20251120</v>
+      </c>
+      <c r="I15" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K15" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L15" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V15" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W15" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X15" s="19">
+        <v>1500</v>
+      </c>
+      <c r="Y15" s="20">
+        <v>32486</v>
+      </c>
+      <c r="Z15" s="20">
+        <v>12</v>
+      </c>
+      <c r="AA15" s="20">
         <v>1</v>
       </c>
     </row>
-    <row r="14" spans="1:40" x14ac:dyDescent="0.2">
-[...105 lines deleted...]
-    <row r="16" spans="1:40" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:45" x14ac:dyDescent="0.3">
       <c r="A16" s="17" t="s">
-        <v>985</v>
+        <v>1251</v>
       </c>
       <c r="B16" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C16" s="17" t="s">
-        <v>986</v>
+        <v>1252</v>
       </c>
       <c r="D16" s="18" t="s">
-        <v>987</v>
+        <v>1253</v>
       </c>
       <c r="E16" s="20">
-        <v>4632500</v>
+        <v>1142000</v>
       </c>
       <c r="F16" s="20">
-        <v>250000</v>
+        <v>50000</v>
       </c>
       <c r="G16" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H16" s="18">
-        <v>20250918</v>
+        <v>20251120</v>
       </c>
       <c r="I16" s="19" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
       <c r="K16" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L16" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V16" s="18" t="s">
-        <v>981</v>
+        <v>145</v>
       </c>
       <c r="W16" s="18" t="s">
-        <v>74</v>
+        <v>149</v>
       </c>
       <c r="X16" s="19">
-        <v>65886</v>
+        <v>1126</v>
       </c>
       <c r="Y16" s="20">
-        <v>1211817</v>
+        <v>25833</v>
       </c>
       <c r="Z16" s="20">
-        <v>119</v>
+        <v>14</v>
       </c>
       <c r="AA16" s="20">
         <v>2</v>
       </c>
     </row>
-    <row r="17" spans="1:27" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A17" s="17" t="s">
-        <v>982</v>
+        <v>1236</v>
       </c>
       <c r="B17" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C17" s="17" t="s">
-        <v>983</v>
+        <v>1237</v>
       </c>
       <c r="D17" s="18" t="s">
-        <v>984</v>
+        <v>1238</v>
       </c>
       <c r="E17" s="20">
-        <v>5157500</v>
+        <v>1184000</v>
       </c>
       <c r="F17" s="20">
-        <v>250000</v>
+        <v>50000</v>
       </c>
       <c r="G17" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H17" s="18">
-        <v>20250918</v>
+        <v>20251120</v>
       </c>
       <c r="I17" s="19" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
       <c r="K17" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L17" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V17" s="18" t="s">
-        <v>981</v>
+        <v>145</v>
       </c>
       <c r="W17" s="18" t="s">
-        <v>74</v>
+        <v>149</v>
       </c>
       <c r="X17" s="19">
-        <v>80203</v>
+        <v>671</v>
       </c>
       <c r="Y17" s="20">
-        <v>1701136.5</v>
+        <v>15919</v>
       </c>
       <c r="Z17" s="20">
-        <v>168</v>
+        <v>5</v>
       </c>
       <c r="AA17" s="20">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:27" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="18" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A18" s="17" t="s">
-        <v>681</v>
+        <v>1092</v>
       </c>
       <c r="B18" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C18" s="17" t="s">
-        <v>682</v>
+        <v>1093</v>
       </c>
       <c r="D18" s="18" t="s">
-        <v>683</v>
+        <v>1094</v>
       </c>
       <c r="E18" s="20">
-        <v>3500000</v>
+        <v>4382000</v>
       </c>
       <c r="F18" s="20">
-        <v>250000</v>
+        <v>200000</v>
       </c>
       <c r="G18" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H18" s="18">
-        <v>20250617</v>
+        <v>20251015</v>
       </c>
       <c r="I18" s="19" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
       <c r="K18" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L18" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V18" s="18" t="s">
-        <v>130</v>
+        <v>145</v>
       </c>
       <c r="W18" s="18" t="s">
-        <v>74</v>
+        <v>149</v>
       </c>
       <c r="X18" s="19">
-        <v>512678</v>
+        <v>333319</v>
       </c>
       <c r="Y18" s="20">
-        <v>8622107.5</v>
+        <v>6673668</v>
       </c>
       <c r="Z18" s="20">
-        <v>1093</v>
+        <v>1061</v>
       </c>
       <c r="AA18" s="20">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="19" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A19" s="17" t="s">
-        <v>690</v>
+        <v>1116</v>
       </c>
       <c r="B19" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C19" s="17" t="s">
-        <v>691</v>
+        <v>1117</v>
       </c>
       <c r="D19" s="18" t="s">
-        <v>692</v>
+        <v>1118</v>
       </c>
       <c r="E19" s="20">
-        <v>6887500</v>
+        <v>4958000</v>
       </c>
       <c r="F19" s="20">
-        <v>250000</v>
+        <v>200000</v>
       </c>
       <c r="G19" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H19" s="18">
-        <v>20250617</v>
+        <v>20251015</v>
       </c>
       <c r="I19" s="19" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
       <c r="K19" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L19" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V19" s="18" t="s">
-        <v>130</v>
+        <v>145</v>
       </c>
       <c r="W19" s="18" t="s">
-        <v>74</v>
+        <v>149</v>
       </c>
       <c r="X19" s="19">
-        <v>485688</v>
+        <v>124846</v>
       </c>
       <c r="Y19" s="20">
-        <v>11792941.5</v>
+        <v>3162090</v>
       </c>
       <c r="Z19" s="20">
-        <v>1664</v>
+        <v>676</v>
       </c>
       <c r="AA19" s="20">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="20" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A20" s="17" t="s">
-        <v>796</v>
+        <v>1089</v>
       </c>
       <c r="B20" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C20" s="17" t="s">
-        <v>797</v>
+        <v>1090</v>
       </c>
       <c r="D20" s="18" t="s">
-        <v>798</v>
+        <v>1091</v>
       </c>
       <c r="E20" s="20">
-        <v>3935000</v>
+        <v>1124500</v>
       </c>
       <c r="F20" s="20">
-        <v>250000</v>
+        <v>50000</v>
       </c>
       <c r="G20" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H20" s="18">
-        <v>20250812</v>
+        <v>20251015</v>
       </c>
       <c r="I20" s="19" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
       <c r="K20" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L20" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V20" s="18" t="s">
-        <v>130</v>
+        <v>145</v>
       </c>
       <c r="W20" s="18" t="s">
-        <v>74</v>
+        <v>149</v>
       </c>
       <c r="X20" s="19">
-        <v>129551</v>
+        <v>22875</v>
       </c>
       <c r="Y20" s="20">
-        <v>2132304</v>
+        <v>490711</v>
       </c>
       <c r="Z20" s="20">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="AA20" s="20">
         <v>3</v>
       </c>
     </row>
-    <row r="21" spans="1:27" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A21" s="17" t="s">
-        <v>790</v>
+        <v>1107</v>
       </c>
       <c r="B21" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C21" s="17" t="s">
-        <v>791</v>
+        <v>1108</v>
       </c>
       <c r="D21" s="18" t="s">
-        <v>792</v>
+        <v>1109</v>
       </c>
       <c r="E21" s="20">
-        <v>6250000</v>
+        <v>8920000</v>
       </c>
       <c r="F21" s="20">
-        <v>250000</v>
+        <v>400000</v>
       </c>
       <c r="G21" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H21" s="18">
-        <v>20250812</v>
+        <v>20251015</v>
       </c>
       <c r="I21" s="19" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
       <c r="K21" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L21" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V21" s="18" t="s">
-        <v>130</v>
+        <v>145</v>
       </c>
       <c r="W21" s="18" t="s">
-        <v>74</v>
+        <v>149</v>
       </c>
       <c r="X21" s="19">
-        <v>125653</v>
+        <v>831146</v>
       </c>
       <c r="Y21" s="20">
-        <v>3018886.5</v>
+        <v>17199575</v>
       </c>
       <c r="Z21" s="20">
-        <v>335</v>
+        <v>3131</v>
       </c>
       <c r="AA21" s="20">
         <v>3</v>
       </c>
     </row>
-    <row r="22" spans="1:27" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A22" s="17" t="s">
-        <v>978</v>
+        <v>1110</v>
       </c>
       <c r="B22" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C22" s="17" t="s">
-        <v>979</v>
+        <v>1111</v>
       </c>
       <c r="D22" s="18" t="s">
-        <v>980</v>
+        <v>1112</v>
       </c>
       <c r="E22" s="20">
-        <v>4707500</v>
+        <v>19771500</v>
       </c>
       <c r="F22" s="20">
-        <v>250000</v>
+        <v>1050000</v>
       </c>
       <c r="G22" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H22" s="18">
-        <v>20250918</v>
+        <v>20251015</v>
       </c>
       <c r="I22" s="19" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
       <c r="K22" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L22" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V22" s="18" t="s">
-        <v>981</v>
+        <v>145</v>
       </c>
       <c r="W22" s="18" t="s">
-        <v>74</v>
+        <v>149</v>
       </c>
       <c r="X22" s="19">
-        <v>23735</v>
+        <v>3115656</v>
       </c>
       <c r="Y22" s="20">
-        <v>461333</v>
+        <v>65697481.5</v>
       </c>
       <c r="Z22" s="20">
+        <v>10963</v>
+      </c>
+      <c r="AA22" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="23" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A23" s="17" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B23" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C23" s="17" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D23" s="18" t="s">
+        <v>1106</v>
+      </c>
+      <c r="E23" s="20">
+        <v>20102000</v>
+      </c>
+      <c r="F23" s="20">
+        <v>1900000</v>
+      </c>
+      <c r="G23" s="18" t="s">
         <v>64</v>
       </c>
-      <c r="AA22" s="20">
-[...24 lines deleted...]
-      </c>
       <c r="H23" s="18">
-        <v>20250527</v>
+        <v>20251015</v>
       </c>
       <c r="I23" s="19" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
       <c r="K23" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L23" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V23" s="18" t="s">
-        <v>126</v>
+        <v>145</v>
       </c>
       <c r="W23" s="18" t="s">
-        <v>74</v>
+        <v>149</v>
       </c>
       <c r="X23" s="19">
-        <v>219429</v>
+        <v>5334333</v>
       </c>
       <c r="Y23" s="20">
-        <v>7307545.5</v>
+        <v>67159251</v>
       </c>
       <c r="Z23" s="20">
-        <v>764</v>
+        <v>13837</v>
       </c>
       <c r="AA23" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="24" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A24" s="17" t="s">
-        <v>325</v>
+        <v>926</v>
       </c>
       <c r="B24" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C24" s="17" t="s">
-        <v>326</v>
+        <v>927</v>
       </c>
       <c r="D24" s="18" t="s">
-        <v>327</v>
+        <v>928</v>
       </c>
       <c r="E24" s="20">
-        <v>8338816.71</v>
+        <v>32782500</v>
       </c>
       <c r="F24" s="20">
-        <v>250002</v>
+        <v>2350000</v>
       </c>
       <c r="G24" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H24" s="18">
-        <v>20250206</v>
+        <v>20250827</v>
       </c>
       <c r="I24" s="19" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
       <c r="K24" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L24" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V24" s="18" t="s">
-        <v>126</v>
+        <v>145</v>
       </c>
       <c r="W24" s="18" t="s">
-        <v>74</v>
+        <v>149</v>
       </c>
       <c r="X24" s="19">
-        <v>58587</v>
+        <v>5978700</v>
       </c>
       <c r="Y24" s="20">
-        <v>1689740</v>
+        <v>109742665.5</v>
       </c>
       <c r="Z24" s="20">
-        <v>186</v>
+        <v>18738</v>
       </c>
       <c r="AA24" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="25" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A25" s="17" t="s">
-        <v>328</v>
+        <v>923</v>
       </c>
       <c r="B25" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C25" s="17" t="s">
-        <v>329</v>
+        <v>924</v>
       </c>
       <c r="D25" s="18" t="s">
-        <v>330</v>
+        <v>925</v>
       </c>
       <c r="E25" s="20">
-        <v>9231061.5399999991</v>
+        <v>11164000</v>
       </c>
       <c r="F25" s="20">
-        <v>300002</v>
+        <v>400000</v>
       </c>
       <c r="G25" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H25" s="18">
-        <v>20250206</v>
+        <v>20250827</v>
       </c>
       <c r="I25" s="19" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
       <c r="K25" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L25" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V25" s="18" t="s">
-        <v>126</v>
+        <v>145</v>
       </c>
       <c r="W25" s="18" t="s">
-        <v>74</v>
+        <v>149</v>
       </c>
       <c r="X25" s="19">
-        <v>85870</v>
+        <v>377759</v>
       </c>
       <c r="Y25" s="20">
-        <v>2278332</v>
+        <v>10233797.5</v>
       </c>
       <c r="Z25" s="20">
-        <v>225</v>
+        <v>1643</v>
       </c>
       <c r="AA25" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="26" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A26" s="17" t="s">
-        <v>331</v>
+        <v>1279</v>
       </c>
       <c r="B26" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C26" s="17" t="s">
-        <v>332</v>
+        <v>1280</v>
       </c>
       <c r="D26" s="18" t="s">
-        <v>333</v>
+        <v>1281</v>
       </c>
       <c r="E26" s="20">
-        <v>5051807.95</v>
+        <v>1058000</v>
       </c>
       <c r="F26" s="20">
-        <v>175002</v>
+        <v>40000</v>
       </c>
       <c r="G26" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H26" s="18">
-        <v>20250206</v>
+        <v>20251202</v>
       </c>
       <c r="I26" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K26" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L26" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V26" s="18" t="s">
-        <v>126</v>
+        <v>159</v>
       </c>
       <c r="W26" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X26" s="19">
-        <v>67358</v>
+        <v>696402</v>
       </c>
       <c r="Y26" s="20">
-        <v>2002913</v>
+        <v>18191324</v>
       </c>
       <c r="Z26" s="20">
-        <v>294</v>
+        <v>2570</v>
       </c>
       <c r="AA26" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:27" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="27" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A27" s="17" t="s">
-        <v>334</v>
+        <v>1276</v>
       </c>
       <c r="B27" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C27" s="17" t="s">
-        <v>335</v>
+        <v>1277</v>
       </c>
       <c r="D27" s="18" t="s">
-        <v>336</v>
+        <v>1278</v>
       </c>
       <c r="E27" s="20">
-        <v>5994059.54</v>
+        <v>2168021.6800000002</v>
       </c>
       <c r="F27" s="20">
-        <v>200002</v>
+        <v>100001</v>
       </c>
       <c r="G27" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H27" s="18">
-        <v>20250206</v>
+        <v>20251202</v>
       </c>
       <c r="I27" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K27" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L27" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V27" s="18" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="W27" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X27" s="19">
-        <v>62373</v>
+        <v>1041263</v>
       </c>
       <c r="Y27" s="20">
-        <v>1825856</v>
+        <v>21859051</v>
       </c>
       <c r="Z27" s="20">
-        <v>295</v>
+        <v>1500</v>
       </c>
       <c r="AA27" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:27" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A28" s="17" t="s">
-        <v>337</v>
+        <v>1229</v>
       </c>
       <c r="B28" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C28" s="17" t="s">
-        <v>338</v>
+        <v>1230</v>
       </c>
       <c r="D28" s="18" t="s">
-        <v>339</v>
+        <v>1231</v>
       </c>
       <c r="E28" s="20">
-        <v>28343060.260000002</v>
+        <v>34217600</v>
       </c>
       <c r="F28" s="20">
-        <v>950002</v>
+        <v>1360000</v>
       </c>
       <c r="G28" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H28" s="18">
-        <v>20250206</v>
+        <v>20251113</v>
       </c>
       <c r="I28" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K28" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L28" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V28" s="18" t="s">
-        <v>126</v>
+        <v>1232</v>
       </c>
       <c r="W28" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X28" s="19">
-        <v>137929</v>
+        <v>180299</v>
       </c>
       <c r="Y28" s="20">
-        <v>3977242</v>
+        <v>4564537.5</v>
       </c>
       <c r="Z28" s="20">
-        <v>428</v>
+        <v>454</v>
       </c>
       <c r="AA28" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:27" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="29" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A29" s="17" t="s">
-        <v>340</v>
+        <v>1226</v>
       </c>
       <c r="B29" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C29" s="17" t="s">
-        <v>341</v>
+        <v>1227</v>
       </c>
       <c r="D29" s="18" t="s">
-        <v>342</v>
+        <v>1228</v>
       </c>
       <c r="E29" s="20">
-        <v>5004307.92</v>
+        <v>912750</v>
       </c>
       <c r="F29" s="20">
-        <v>175002</v>
+        <v>75000</v>
       </c>
       <c r="G29" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H29" s="18">
-        <v>20250206</v>
+        <v>20251110</v>
       </c>
       <c r="I29" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K29" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L29" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V29" s="18" t="s">
-        <v>126</v>
+        <v>236</v>
       </c>
       <c r="W29" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X29" s="19">
-        <v>126710</v>
+        <v>28130</v>
       </c>
       <c r="Y29" s="20">
-        <v>3471784.5</v>
+        <v>372461.5</v>
       </c>
       <c r="Z29" s="20">
-        <v>442</v>
+        <v>77</v>
       </c>
       <c r="AA29" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:27" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="30" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A30" s="17" t="s">
-        <v>343</v>
+        <v>1220</v>
       </c>
       <c r="B30" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C30" s="17" t="s">
-        <v>344</v>
+        <v>1221</v>
       </c>
       <c r="D30" s="18" t="s">
-        <v>345</v>
+        <v>1222</v>
       </c>
       <c r="E30" s="20">
-        <v>9994066.8000000007</v>
+        <v>1201200</v>
       </c>
       <c r="F30" s="20">
-        <v>300002</v>
+        <v>60000</v>
       </c>
       <c r="G30" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H30" s="18">
-        <v>20250206</v>
+        <v>20251106</v>
       </c>
       <c r="I30" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K30" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L30" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V30" s="18" t="s">
-        <v>126</v>
+        <v>145</v>
       </c>
       <c r="W30" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X30" s="19">
-        <v>135133</v>
+        <v>7261</v>
       </c>
       <c r="Y30" s="20">
-        <v>4104941.5</v>
+        <v>146066.5</v>
       </c>
       <c r="Z30" s="20">
-        <v>314</v>
+        <v>21</v>
       </c>
       <c r="AA30" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:27" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="31" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A31" s="17" t="s">
-        <v>346</v>
+        <v>1217</v>
       </c>
       <c r="B31" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31" s="17" t="s">
-        <v>347</v>
+        <v>1218</v>
       </c>
       <c r="D31" s="18" t="s">
-        <v>348</v>
+        <v>1219</v>
       </c>
       <c r="E31" s="20">
-        <v>2865557.31</v>
+        <v>1211400</v>
       </c>
       <c r="F31" s="20">
-        <v>100002</v>
+        <v>60000</v>
       </c>
       <c r="G31" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H31" s="18">
-        <v>20250206</v>
+        <v>20251106</v>
       </c>
       <c r="I31" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K31" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L31" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V31" s="18" t="s">
-        <v>126</v>
+        <v>145</v>
       </c>
       <c r="W31" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X31" s="19">
-        <v>42852</v>
+        <v>11842</v>
       </c>
       <c r="Y31" s="20">
-        <v>1234979</v>
+        <v>236829.5</v>
       </c>
       <c r="Z31" s="20">
-        <v>153</v>
+        <v>36</v>
       </c>
       <c r="AA31" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:27" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="32" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A32" s="17" t="s">
-        <v>349</v>
+        <v>1223</v>
       </c>
       <c r="B32" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C32" s="17" t="s">
-        <v>350</v>
+        <v>1224</v>
       </c>
       <c r="D32" s="18" t="s">
-        <v>351</v>
+        <v>1225</v>
       </c>
       <c r="E32" s="20">
-        <v>2231809.7000000002</v>
+        <v>1201200</v>
       </c>
       <c r="F32" s="20">
-        <v>75002</v>
+        <v>60000</v>
       </c>
       <c r="G32" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H32" s="18">
-        <v>20250206</v>
+        <v>20251106</v>
       </c>
       <c r="I32" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K32" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L32" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V32" s="18" t="s">
-        <v>126</v>
+        <v>145</v>
       </c>
       <c r="W32" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X32" s="19">
-        <v>17374</v>
+        <v>10756</v>
       </c>
       <c r="Y32" s="20">
-        <v>510737</v>
+        <v>216065.5</v>
       </c>
       <c r="Z32" s="20">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="AA32" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:27" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="33" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A33" s="17" t="s">
-        <v>352</v>
+        <v>1213</v>
       </c>
       <c r="B33" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C33" s="17" t="s">
-        <v>353</v>
+        <v>1214</v>
       </c>
       <c r="D33" s="18" t="s">
-        <v>354</v>
+        <v>1215</v>
       </c>
       <c r="E33" s="20">
-        <v>8698327.7400000002</v>
+        <v>3400000</v>
       </c>
       <c r="F33" s="20">
-        <v>225002</v>
+        <v>340000</v>
       </c>
       <c r="G33" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H33" s="18">
-        <v>20250206</v>
+        <v>20251104</v>
       </c>
       <c r="I33" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K33" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L33" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V33" s="18" t="s">
-        <v>126</v>
+        <v>1216</v>
       </c>
       <c r="W33" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X33" s="19">
-        <v>184154</v>
+        <v>335812</v>
       </c>
       <c r="Y33" s="20">
-        <v>5938889</v>
+        <v>2439543</v>
       </c>
       <c r="Z33" s="20">
-        <v>768</v>
+        <v>20</v>
       </c>
       <c r="AA33" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:27" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="34" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A34" s="17" t="s">
-        <v>355</v>
+        <v>1186</v>
       </c>
       <c r="B34" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C34" s="17" t="s">
-        <v>356</v>
+        <v>1187</v>
       </c>
       <c r="D34" s="18" t="s">
-        <v>357</v>
+        <v>1188</v>
       </c>
       <c r="E34" s="20">
-        <v>69165067.900000006</v>
+        <v>1000000</v>
       </c>
       <c r="F34" s="20">
-        <v>2025002</v>
+        <v>50000</v>
       </c>
       <c r="G34" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H34" s="18">
-        <v>20250206</v>
+        <v>20251030</v>
       </c>
       <c r="I34" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K34" s="18" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="L34" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V34" s="18" t="s">
-        <v>126</v>
+        <v>1185</v>
       </c>
       <c r="W34" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X34" s="19">
-        <v>359760</v>
+        <v>1580</v>
       </c>
       <c r="Y34" s="20">
-        <v>11489750</v>
+        <v>31662</v>
       </c>
       <c r="Z34" s="20">
-        <v>1331</v>
+        <v>16</v>
       </c>
       <c r="AA34" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="35" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A35" s="17" t="s">
-        <v>435</v>
+        <v>1182</v>
       </c>
       <c r="B35" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C35" s="17" t="s">
-        <v>436</v>
+        <v>1183</v>
       </c>
       <c r="D35" s="18" t="s">
-        <v>437</v>
+        <v>1184</v>
       </c>
       <c r="E35" s="20">
-        <v>6072010.1200000001</v>
+        <v>1000000</v>
       </c>
       <c r="F35" s="20">
-        <v>600001</v>
+        <v>50000</v>
       </c>
       <c r="G35" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H35" s="18">
-        <v>20250321</v>
+        <v>20251030</v>
       </c>
       <c r="I35" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K35" s="18" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="L35" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V35" s="18" t="s">
-        <v>126</v>
+        <v>1185</v>
       </c>
       <c r="W35" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X35" s="19">
-        <v>106691</v>
+        <v>327</v>
       </c>
       <c r="Y35" s="20">
-        <v>1073598.5</v>
+        <v>6522</v>
       </c>
       <c r="Z35" s="20">
-        <v>78</v>
+        <v>9</v>
       </c>
       <c r="AA35" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="36" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A36" s="17" t="s">
-        <v>432</v>
+        <v>1173</v>
       </c>
       <c r="B36" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C36" s="17" t="s">
-        <v>433</v>
+        <v>1174</v>
       </c>
       <c r="D36" s="18" t="s">
-        <v>434</v>
+        <v>1175</v>
       </c>
       <c r="E36" s="20">
-        <v>4554010.12</v>
+        <v>5274000</v>
       </c>
       <c r="F36" s="20">
-        <v>450001</v>
+        <v>150000</v>
       </c>
       <c r="G36" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H36" s="18">
-        <v>20250321</v>
+        <v>20251022</v>
       </c>
       <c r="I36" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K36" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L36" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V36" s="18" t="s">
-        <v>126</v>
+        <v>236</v>
       </c>
       <c r="W36" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X36" s="19">
-        <v>90469</v>
+        <v>69660</v>
       </c>
       <c r="Y36" s="20">
-        <v>911498</v>
+        <v>1731747</v>
       </c>
       <c r="Z36" s="20">
-        <v>55</v>
+        <v>275</v>
       </c>
       <c r="AA36" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="37" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A37" s="17" t="s">
-        <v>426</v>
+        <v>1164</v>
       </c>
       <c r="B37" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C37" s="17" t="s">
-        <v>427</v>
+        <v>1165</v>
       </c>
       <c r="D37" s="18" t="s">
-        <v>428</v>
+        <v>1166</v>
       </c>
       <c r="E37" s="20">
-        <v>6610510.1699999999</v>
+        <v>2660000</v>
       </c>
       <c r="F37" s="20">
-        <v>650001</v>
+        <v>125000</v>
       </c>
       <c r="G37" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H37" s="18">
-        <v>20250321</v>
+        <v>20251022</v>
       </c>
       <c r="I37" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K37" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L37" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V37" s="18" t="s">
-        <v>126</v>
+        <v>236</v>
       </c>
       <c r="W37" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X37" s="19">
-        <v>135491</v>
+        <v>79305</v>
       </c>
       <c r="Y37" s="20">
-        <v>1371837.5</v>
+        <v>1711618</v>
       </c>
       <c r="Z37" s="20">
-        <v>118</v>
+        <v>277</v>
       </c>
       <c r="AA37" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="38" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A38" s="17" t="s">
-        <v>429</v>
+        <v>1161</v>
       </c>
       <c r="B38" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C38" s="17" t="s">
-        <v>430</v>
+        <v>1162</v>
       </c>
       <c r="D38" s="18" t="s">
-        <v>431</v>
+        <v>1163</v>
       </c>
       <c r="E38" s="20">
-        <v>15814700</v>
+        <v>4287500</v>
       </c>
       <c r="F38" s="20">
-        <v>1210000</v>
+        <v>175000</v>
       </c>
       <c r="G38" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H38" s="18">
-        <v>20250321</v>
+        <v>20251022</v>
       </c>
       <c r="I38" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K38" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L38" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V38" s="18" t="s">
-        <v>134</v>
+        <v>236</v>
       </c>
       <c r="W38" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X38" s="19">
-        <v>599867</v>
+        <v>20477</v>
       </c>
       <c r="Y38" s="20">
-        <v>6627696</v>
+        <v>477918</v>
       </c>
       <c r="Z38" s="20">
-        <v>1898</v>
+        <v>92</v>
       </c>
       <c r="AA38" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="39" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A39" s="17" t="s">
-        <v>517</v>
+        <v>1152</v>
       </c>
       <c r="B39" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C39" s="17" t="s">
-        <v>518</v>
+        <v>1153</v>
       </c>
       <c r="D39" s="18" t="s">
-        <v>519</v>
+        <v>1154</v>
       </c>
       <c r="E39" s="20">
-        <v>119850000</v>
+        <v>2299500</v>
       </c>
       <c r="F39" s="20">
-        <v>6030000</v>
+        <v>150000</v>
       </c>
       <c r="G39" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H39" s="18">
-        <v>20250423</v>
+        <v>20251022</v>
       </c>
       <c r="I39" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K39" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L39" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V39" s="18" t="s">
-        <v>134</v>
+        <v>236</v>
       </c>
       <c r="W39" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X39" s="19">
-        <v>1361237</v>
+        <v>49806</v>
       </c>
       <c r="Y39" s="20">
-        <v>27267768.5</v>
+        <v>801721</v>
       </c>
       <c r="Z39" s="20">
-        <v>910</v>
+        <v>251</v>
       </c>
       <c r="AA39" s="20">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="40" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A40" s="17" t="s">
-        <v>1052</v>
+        <v>1170</v>
       </c>
       <c r="B40" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C40" s="17" t="s">
-        <v>1053</v>
+        <v>1171</v>
       </c>
       <c r="D40" s="18" t="s">
-        <v>1054</v>
+        <v>1172</v>
       </c>
       <c r="E40" s="20">
-        <v>15255020</v>
+        <v>2652000</v>
       </c>
       <c r="F40" s="20">
-        <v>766000</v>
+        <v>150000</v>
       </c>
       <c r="G40" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H40" s="18">
-        <v>20251006</v>
+        <v>20251022</v>
       </c>
       <c r="I40" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K40" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L40" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V40" s="18" t="s">
-        <v>134</v>
+        <v>236</v>
       </c>
       <c r="W40" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X40" s="19">
-        <v>83007</v>
+        <v>132640</v>
       </c>
       <c r="Y40" s="20">
-        <v>1657315</v>
+        <v>2468890</v>
       </c>
       <c r="Z40" s="20">
-        <v>33</v>
+        <v>751</v>
       </c>
       <c r="AA40" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="41" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A41" s="17" t="s">
-        <v>1173</v>
+        <v>1158</v>
       </c>
       <c r="B41" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C41" s="17" t="s">
-        <v>1174</v>
+        <v>1159</v>
       </c>
       <c r="D41" s="18" t="s">
-        <v>1175</v>
+        <v>1160</v>
       </c>
       <c r="E41" s="20">
-        <v>1000000</v>
+        <v>2481000</v>
       </c>
       <c r="F41" s="20">
-        <v>50000</v>
+        <v>100000</v>
       </c>
       <c r="G41" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H41" s="18">
-        <v>20251030</v>
+        <v>20251022</v>
       </c>
       <c r="I41" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K41" s="18" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="L41" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V41" s="18" t="s">
-        <v>1172</v>
+        <v>236</v>
       </c>
       <c r="W41" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X41" s="19">
-        <v>253</v>
+        <v>4180</v>
       </c>
       <c r="Y41" s="20">
-        <v>5074</v>
+        <v>95655</v>
       </c>
       <c r="Z41" s="20">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="AA41" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="42" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A42" s="17" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B42" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C42" s="17" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D42" s="18" t="s">
         <v>1169</v>
       </c>
-      <c r="B42" s="17" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E42" s="20">
-        <v>1000000</v>
+        <v>2587000</v>
       </c>
       <c r="F42" s="20">
-        <v>50000</v>
+        <v>100000</v>
       </c>
       <c r="G42" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H42" s="18">
-        <v>20251030</v>
+        <v>20251022</v>
       </c>
       <c r="I42" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K42" s="18" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="L42" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V42" s="18" t="s">
-        <v>1172</v>
+        <v>236</v>
       </c>
       <c r="W42" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X42" s="19">
-        <v>304</v>
+        <v>5365</v>
       </c>
       <c r="Y42" s="20">
-        <v>6072</v>
+        <v>126952</v>
       </c>
       <c r="Z42" s="20">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="AA42" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="43" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A43" s="17" t="s">
-        <v>901</v>
+        <v>1176</v>
       </c>
       <c r="B43" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C43" s="17" t="s">
-        <v>902</v>
+        <v>1177</v>
       </c>
       <c r="D43" s="18" t="s">
-        <v>903</v>
+        <v>1178</v>
       </c>
       <c r="E43" s="20">
-        <v>13011000</v>
+        <v>5158000</v>
       </c>
       <c r="F43" s="20">
-        <v>1400000</v>
+        <v>200000</v>
       </c>
       <c r="G43" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H43" s="18">
-        <v>20250826</v>
+        <v>20251022</v>
       </c>
       <c r="I43" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K43" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L43" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V43" s="18" t="s">
-        <v>145</v>
+        <v>236</v>
       </c>
       <c r="W43" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X43" s="19">
-        <v>65992</v>
+        <v>18621</v>
       </c>
       <c r="Y43" s="20">
-        <v>627115.5</v>
+        <v>442658.5</v>
       </c>
       <c r="Z43" s="20">
-        <v>109</v>
+        <v>57</v>
       </c>
       <c r="AA43" s="20">
         <v>3</v>
       </c>
     </row>
-    <row r="44" spans="1:27" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A44" s="17" t="s">
-        <v>505</v>
+        <v>1155</v>
       </c>
       <c r="B44" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C44" s="17" t="s">
-        <v>506</v>
+        <v>1156</v>
       </c>
       <c r="D44" s="18" t="s">
-        <v>507</v>
+        <v>1157</v>
       </c>
       <c r="E44" s="20">
-        <v>55589500</v>
+        <v>4530750</v>
       </c>
       <c r="F44" s="20">
-        <v>3900000</v>
+        <v>175000</v>
       </c>
       <c r="G44" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H44" s="18">
-        <v>20250416</v>
+        <v>20251022</v>
       </c>
       <c r="I44" s="19" t="s">
         <v>71</v>
       </c>
-      <c r="J44" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K44" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L44" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V44" s="18" t="s">
-        <v>145</v>
+        <v>236</v>
       </c>
       <c r="W44" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X44" s="19">
-        <v>6767003</v>
+        <v>86582</v>
       </c>
       <c r="Y44" s="20">
-        <v>94747030</v>
+        <v>1990315.5</v>
       </c>
       <c r="Z44" s="20">
-        <v>18561</v>
+        <v>221</v>
       </c>
       <c r="AA44" s="20">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="45" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A45" s="17" t="s">
-        <v>799</v>
+        <v>1095</v>
       </c>
       <c r="B45" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C45" s="17" t="s">
-        <v>800</v>
+        <v>1096</v>
       </c>
       <c r="D45" s="18" t="s">
-        <v>801</v>
+        <v>1097</v>
       </c>
       <c r="E45" s="20">
-        <v>1010000</v>
+        <v>2001480</v>
       </c>
       <c r="F45" s="20">
-        <v>50000</v>
+        <v>78000</v>
       </c>
       <c r="G45" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H45" s="18">
-        <v>20250812</v>
+        <v>20251015</v>
       </c>
       <c r="I45" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K45" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L45" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V45" s="18" t="s">
-        <v>145</v>
+        <v>166</v>
       </c>
       <c r="W45" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X45" s="19">
-        <v>1700</v>
+        <v>34076</v>
       </c>
       <c r="Y45" s="20">
-        <v>34336</v>
+        <v>866703</v>
       </c>
       <c r="Z45" s="20">
-        <v>8</v>
+        <v>108</v>
       </c>
       <c r="AA45" s="20">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="46" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A46" s="17" t="s">
-        <v>1043</v>
+        <v>1101</v>
       </c>
       <c r="B46" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C46" s="17" t="s">
-        <v>1044</v>
+        <v>1102</v>
       </c>
       <c r="D46" s="18" t="s">
-        <v>1045</v>
+        <v>1103</v>
       </c>
       <c r="E46" s="20">
-        <v>1000000</v>
+        <v>1027200</v>
       </c>
       <c r="F46" s="20">
-        <v>50000</v>
+        <v>40000</v>
       </c>
       <c r="G46" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H46" s="18">
-        <v>20251001</v>
+        <v>20251015</v>
       </c>
       <c r="I46" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K46" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L46" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V46" s="18" t="s">
-        <v>145</v>
+        <v>166</v>
       </c>
       <c r="W46" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X46" s="19">
-        <v>10</v>
+        <v>4332</v>
       </c>
       <c r="Y46" s="20">
-        <v>201</v>
+        <v>110770</v>
       </c>
       <c r="Z46" s="20">
-        <v>1</v>
+        <v>35</v>
       </c>
       <c r="AA46" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="47" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A47" s="17" t="s">
-        <v>1037</v>
+        <v>1098</v>
       </c>
       <c r="B47" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C47" s="17" t="s">
-        <v>1038</v>
+        <v>1099</v>
       </c>
       <c r="D47" s="18" t="s">
-        <v>1039</v>
+        <v>1100</v>
       </c>
       <c r="E47" s="20">
-        <v>1000000</v>
+        <v>1019600</v>
       </c>
       <c r="F47" s="20">
-        <v>50000</v>
+        <v>40000</v>
       </c>
       <c r="G47" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H47" s="18">
-        <v>20251001</v>
+        <v>20251015</v>
       </c>
       <c r="I47" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K47" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L47" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V47" s="18" t="s">
-        <v>145</v>
+        <v>166</v>
       </c>
       <c r="W47" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X47" s="19">
-        <v>10</v>
+        <v>10749</v>
       </c>
       <c r="Y47" s="20">
-        <v>202</v>
+        <v>273584</v>
       </c>
       <c r="Z47" s="20">
-        <v>1</v>
+        <v>52</v>
       </c>
       <c r="AA47" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="48" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A48" s="17" t="s">
-        <v>1028</v>
+        <v>1113</v>
       </c>
       <c r="B48" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C48" s="17" t="s">
-        <v>1029</v>
+        <v>1114</v>
       </c>
       <c r="D48" s="18" t="s">
-        <v>1030</v>
+        <v>1115</v>
       </c>
       <c r="E48" s="20">
-        <v>1000000</v>
+        <v>1003000</v>
       </c>
       <c r="F48" s="20">
-        <v>50000</v>
+        <v>100000</v>
       </c>
       <c r="G48" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H48" s="18">
-        <v>20251001</v>
+        <v>20251015</v>
       </c>
       <c r="I48" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K48" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L48" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V48" s="18" t="s">
-        <v>145</v>
+        <v>166</v>
       </c>
       <c r="W48" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X48" s="19">
-        <v>10</v>
+        <v>16095</v>
       </c>
       <c r="Y48" s="20">
-        <v>202</v>
+        <v>166984</v>
       </c>
       <c r="Z48" s="20">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="AA48" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="49" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A49" s="17" t="s">
-        <v>802</v>
+        <v>1086</v>
       </c>
       <c r="B49" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C49" s="17" t="s">
-        <v>803</v>
+        <v>1087</v>
       </c>
       <c r="D49" s="18" t="s">
-        <v>804</v>
+        <v>1088</v>
       </c>
       <c r="E49" s="20">
-        <v>2038500</v>
+        <v>9325900</v>
       </c>
       <c r="F49" s="20">
-        <v>100000</v>
+        <v>895000</v>
       </c>
       <c r="G49" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H49" s="18">
-        <v>20250812</v>
+        <v>20251015</v>
       </c>
       <c r="I49" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K49" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L49" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V49" s="18" t="s">
-        <v>145</v>
+        <v>166</v>
       </c>
       <c r="W49" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X49" s="19">
-        <v>3205</v>
+        <v>385986</v>
       </c>
       <c r="Y49" s="20">
-        <v>66062</v>
+        <v>3955573</v>
       </c>
       <c r="Z49" s="20">
-        <v>5</v>
+        <v>658</v>
       </c>
       <c r="AA49" s="20">
         <v>3</v>
       </c>
     </row>
-    <row r="50" spans="1:27" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A50" s="17" t="s">
-        <v>793</v>
+        <v>1074</v>
       </c>
       <c r="B50" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C50" s="17" t="s">
-        <v>794</v>
+        <v>1075</v>
       </c>
       <c r="D50" s="18" t="s">
-        <v>795</v>
+        <v>1076</v>
       </c>
       <c r="E50" s="20">
-        <v>1000000</v>
+        <v>37549649.460000001</v>
       </c>
       <c r="F50" s="20">
-        <v>50000</v>
+        <v>750003</v>
       </c>
       <c r="G50" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H50" s="18">
-        <v>20250812</v>
+        <v>20251008</v>
       </c>
       <c r="I50" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K50" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L50" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V50" s="18" t="s">
-        <v>145</v>
+        <v>130</v>
       </c>
       <c r="W50" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X50" s="19">
-        <v>6</v>
+        <v>211730</v>
       </c>
       <c r="Y50" s="20">
-        <v>123.5</v>
+        <v>10602965</v>
       </c>
       <c r="Z50" s="20">
-        <v>2</v>
+        <v>543</v>
       </c>
       <c r="AA50" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="51" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A51" s="17" t="s">
-        <v>892</v>
+        <v>1077</v>
       </c>
       <c r="B51" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C51" s="17" t="s">
-        <v>893</v>
+        <v>1078</v>
       </c>
       <c r="D51" s="18" t="s">
-        <v>894</v>
+        <v>1079</v>
       </c>
       <c r="E51" s="20">
-        <v>1288800</v>
+        <v>35632646.68</v>
       </c>
       <c r="F51" s="20">
-        <v>60000</v>
+        <v>725003</v>
       </c>
       <c r="G51" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H51" s="18">
-        <v>20250825</v>
+        <v>20251008</v>
       </c>
       <c r="I51" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K51" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L51" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V51" s="18" t="s">
-        <v>146</v>
+        <v>130</v>
       </c>
       <c r="W51" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X51" s="19">
-        <v>23891</v>
+        <v>281962</v>
       </c>
       <c r="Y51" s="20">
-        <v>496537</v>
+        <v>14186170</v>
       </c>
       <c r="Z51" s="20">
-        <v>58</v>
+        <v>1014</v>
       </c>
       <c r="AA51" s="20">
         <v>3</v>
       </c>
     </row>
-    <row r="52" spans="1:27" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A52" s="17" t="s">
-        <v>889</v>
+        <v>1071</v>
       </c>
       <c r="B52" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C52" s="17" t="s">
-        <v>890</v>
+        <v>1072</v>
       </c>
       <c r="D52" s="18" t="s">
-        <v>891</v>
+        <v>1073</v>
       </c>
       <c r="E52" s="20">
-        <v>2410100</v>
+        <v>9499016.5199999996</v>
       </c>
       <c r="F52" s="20">
-        <v>110000</v>
+        <v>575001</v>
       </c>
       <c r="G52" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H52" s="18">
-        <v>20250825</v>
+        <v>20251008</v>
       </c>
       <c r="I52" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K52" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L52" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V52" s="18" t="s">
-        <v>146</v>
+        <v>130</v>
       </c>
       <c r="W52" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X52" s="19">
-        <v>158140</v>
+        <v>494546</v>
       </c>
       <c r="Y52" s="20">
-        <v>3360593.5</v>
+        <v>8941707.5</v>
       </c>
       <c r="Z52" s="20">
-        <v>226</v>
+        <v>1772</v>
       </c>
       <c r="AA52" s="20">
         <v>3</v>
       </c>
     </row>
-    <row r="53" spans="1:27" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A53" s="17" t="s">
-        <v>573</v>
+        <v>1068</v>
       </c>
       <c r="B53" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C53" s="17" t="s">
-        <v>574</v>
+        <v>1069</v>
       </c>
       <c r="D53" s="18" t="s">
-        <v>575</v>
+        <v>1070</v>
       </c>
       <c r="E53" s="20">
-        <v>1976000</v>
+        <v>10178504.18</v>
       </c>
       <c r="F53" s="20">
-        <v>100000</v>
+        <v>375037</v>
       </c>
       <c r="G53" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H53" s="18">
-        <v>20250514</v>
+        <v>20251008</v>
       </c>
       <c r="I53" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K53" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L53" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V53" s="18" t="s">
-        <v>146</v>
+        <v>130</v>
       </c>
       <c r="W53" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X53" s="19">
-        <v>6880</v>
+        <v>226578</v>
       </c>
       <c r="Y53" s="20">
-        <v>135708</v>
+        <v>5350386.5</v>
       </c>
       <c r="Z53" s="20">
-        <v>14</v>
+        <v>1505</v>
       </c>
       <c r="AA53" s="20">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="54" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A54" s="17" t="s">
-        <v>886</v>
+        <v>1080</v>
       </c>
       <c r="B54" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C54" s="17" t="s">
-        <v>887</v>
+        <v>1081</v>
       </c>
       <c r="D54" s="18" t="s">
-        <v>888</v>
+        <v>1082</v>
       </c>
       <c r="E54" s="20">
-        <v>7224000</v>
+        <v>1503600</v>
       </c>
       <c r="F54" s="20">
-        <v>350000</v>
+        <v>140000</v>
       </c>
       <c r="G54" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H54" s="18">
-        <v>20250825</v>
+        <v>20251008</v>
       </c>
       <c r="I54" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K54" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L54" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V54" s="18" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="W54" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X54" s="19">
-        <v>68168</v>
+        <v>118859</v>
       </c>
       <c r="Y54" s="20">
-        <v>1422558</v>
+        <v>1171725</v>
       </c>
       <c r="Z54" s="20">
-        <v>95</v>
+        <v>159</v>
       </c>
       <c r="AA54" s="20">
         <v>3</v>
       </c>
     </row>
-    <row r="55" spans="1:27" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A55" s="17" t="s">
-        <v>576</v>
+        <v>1065</v>
       </c>
       <c r="B55" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C55" s="17" t="s">
-        <v>577</v>
+        <v>1066</v>
       </c>
       <c r="D55" s="18" t="s">
-        <v>578</v>
+        <v>1067</v>
       </c>
       <c r="E55" s="20">
-        <v>222767000</v>
+        <v>33075660</v>
       </c>
       <c r="F55" s="20">
-        <v>4450000</v>
+        <v>1676000</v>
       </c>
       <c r="G55" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H55" s="18">
-        <v>20250514</v>
+        <v>20251006</v>
       </c>
       <c r="I55" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K55" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L55" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V55" s="18" t="s">
-        <v>146</v>
+        <v>134</v>
       </c>
       <c r="W55" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X55" s="19">
-        <v>1475353</v>
+        <v>104517</v>
       </c>
       <c r="Y55" s="20">
-        <v>73895633.5</v>
+        <v>2086167</v>
       </c>
       <c r="Z55" s="20">
-        <v>660</v>
+        <v>55</v>
       </c>
       <c r="AA55" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="56" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A56" s="17" t="s">
-        <v>895</v>
+        <v>1056</v>
       </c>
       <c r="B56" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C56" s="17" t="s">
-        <v>896</v>
+        <v>1057</v>
       </c>
       <c r="D56" s="18" t="s">
-        <v>897</v>
+        <v>1058</v>
       </c>
       <c r="E56" s="20">
-        <v>12412000</v>
+        <v>1000000</v>
       </c>
       <c r="F56" s="20">
-        <v>600000</v>
+        <v>50000</v>
       </c>
       <c r="G56" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H56" s="18">
-        <v>20250825</v>
+        <v>20251001</v>
       </c>
       <c r="I56" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K56" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L56" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V56" s="18" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="W56" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X56" s="19">
-        <v>72393</v>
+        <v>10</v>
       </c>
       <c r="Y56" s="20">
-        <v>1470910</v>
+        <v>201</v>
       </c>
       <c r="Z56" s="20">
-        <v>55</v>
+        <v>1</v>
       </c>
       <c r="AA56" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:27" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="57" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A57" s="17" t="s">
-        <v>579</v>
+        <v>1050</v>
       </c>
       <c r="B57" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C57" s="17" t="s">
-        <v>580</v>
+        <v>1051</v>
       </c>
       <c r="D57" s="18" t="s">
-        <v>581</v>
+        <v>1052</v>
       </c>
       <c r="E57" s="20">
-        <v>32656000</v>
+        <v>1000000</v>
       </c>
       <c r="F57" s="20">
-        <v>650000</v>
+        <v>50000</v>
       </c>
       <c r="G57" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H57" s="18">
-        <v>20250514</v>
+        <v>20251001</v>
       </c>
       <c r="I57" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K57" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L57" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V57" s="18" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="W57" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X57" s="19">
-        <v>334325</v>
+        <v>10</v>
       </c>
       <c r="Y57" s="20">
-        <v>16779597</v>
+        <v>202</v>
       </c>
       <c r="Z57" s="20">
-        <v>160</v>
+        <v>1</v>
       </c>
       <c r="AA57" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:27" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="58" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A58" s="17" t="s">
-        <v>907</v>
+        <v>1041</v>
       </c>
       <c r="B58" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C58" s="17" t="s">
-        <v>908</v>
+        <v>1042</v>
       </c>
       <c r="D58" s="18" t="s">
-        <v>909</v>
+        <v>1043</v>
       </c>
       <c r="E58" s="20">
-        <v>26600000</v>
+        <v>1000000</v>
       </c>
       <c r="F58" s="20">
-        <v>1250000</v>
+        <v>50000</v>
       </c>
       <c r="G58" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H58" s="18">
-        <v>20250827</v>
+        <v>20251001</v>
       </c>
       <c r="I58" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K58" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L58" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V58" s="18" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="W58" s="18" t="s">
-        <v>150</v>
+        <v>74</v>
       </c>
       <c r="X58" s="19">
-        <v>2263440</v>
+        <v>11</v>
       </c>
       <c r="Y58" s="20">
-        <v>48297215.5</v>
+        <v>222</v>
       </c>
       <c r="Z58" s="20">
-        <v>7161</v>
+        <v>2</v>
       </c>
       <c r="AA58" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:27" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="59" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A59" s="17" t="s">
-        <v>1103</v>
+        <v>1053</v>
       </c>
       <c r="B59" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C59" s="17" t="s">
-        <v>1104</v>
+        <v>1054</v>
       </c>
       <c r="D59" s="18" t="s">
-        <v>1105</v>
+        <v>1055</v>
       </c>
       <c r="E59" s="20">
-        <v>2650000</v>
+        <v>42120000</v>
       </c>
       <c r="F59" s="20">
-        <v>100000</v>
+        <v>7200000</v>
       </c>
       <c r="G59" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H59" s="18">
-        <v>20251015</v>
+        <v>20251001</v>
       </c>
       <c r="I59" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K59" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L59" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V59" s="18" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
       <c r="W59" s="18" t="s">
-        <v>150</v>
+        <v>74</v>
       </c>
       <c r="X59" s="19">
-        <v>48890</v>
+        <v>2991687</v>
       </c>
       <c r="Y59" s="20">
-        <v>1275296</v>
+        <v>25312227</v>
       </c>
       <c r="Z59" s="20">
-        <v>159</v>
+        <v>13134</v>
       </c>
       <c r="AA59" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="60" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A60" s="17" t="s">
-        <v>910</v>
+        <v>1059</v>
       </c>
       <c r="B60" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C60" s="17" t="s">
-        <v>911</v>
+        <v>1060</v>
       </c>
       <c r="D60" s="18" t="s">
-        <v>912</v>
+        <v>1061</v>
       </c>
       <c r="E60" s="20">
-        <v>366207750</v>
+        <v>53490500</v>
       </c>
       <c r="F60" s="20">
-        <v>17925000</v>
+        <v>5425000</v>
       </c>
       <c r="G60" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H60" s="18">
-        <v>20250828</v>
+        <v>20251001</v>
       </c>
       <c r="I60" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K60" s="18" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="L60" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V60" s="18" t="s">
-        <v>154</v>
+        <v>132</v>
       </c>
       <c r="W60" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X60" s="19">
-        <v>335642</v>
+        <v>2780024</v>
       </c>
       <c r="Y60" s="20">
-        <v>6997384.5</v>
+        <v>27065580.5</v>
       </c>
       <c r="Z60" s="20">
-        <v>247</v>
+        <v>10502</v>
       </c>
       <c r="AA60" s="20">
         <v>3</v>
       </c>
     </row>
-    <row r="61" spans="1:27" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A61" s="17" t="s">
-        <v>361</v>
+        <v>1044</v>
       </c>
       <c r="B61" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C61" s="17" t="s">
-        <v>362</v>
+        <v>1045</v>
       </c>
       <c r="D61" s="18" t="s">
-        <v>363</v>
+        <v>1046</v>
       </c>
       <c r="E61" s="20">
-        <v>504847500</v>
+        <v>36554375</v>
       </c>
       <c r="F61" s="20">
-        <v>20750000</v>
+        <v>3575000</v>
       </c>
       <c r="G61" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H61" s="18">
-        <v>20250227</v>
+        <v>20251001</v>
       </c>
       <c r="I61" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K61" s="18" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="L61" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V61" s="18" t="s">
-        <v>154</v>
+        <v>132</v>
       </c>
       <c r="W61" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X61" s="19">
-        <v>1228189</v>
+        <v>973307</v>
       </c>
       <c r="Y61" s="20">
-        <v>26600010</v>
+        <v>12550210</v>
       </c>
       <c r="Z61" s="20">
-        <v>4718</v>
+        <v>5970</v>
       </c>
       <c r="AA61" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="62" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A62" s="17" t="s">
-        <v>913</v>
+        <v>1047</v>
       </c>
       <c r="B62" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C62" s="17" t="s">
-        <v>914</v>
+        <v>1048</v>
       </c>
       <c r="D62" s="18" t="s">
-        <v>915</v>
+        <v>1049</v>
       </c>
       <c r="E62" s="20">
-        <v>82355750</v>
+        <v>46388750</v>
       </c>
       <c r="F62" s="20">
-        <v>4075000</v>
+        <v>4625000</v>
       </c>
       <c r="G62" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H62" s="18">
-        <v>20250828</v>
+        <v>20251001</v>
       </c>
       <c r="I62" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K62" s="18" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="L62" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V62" s="18" t="s">
-        <v>154</v>
+        <v>132</v>
       </c>
       <c r="W62" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X62" s="19">
-        <v>2112</v>
+        <v>2287443</v>
       </c>
       <c r="Y62" s="20">
-        <v>42652</v>
+        <v>26084243</v>
       </c>
       <c r="Z62" s="20">
-        <v>22</v>
+        <v>8567</v>
       </c>
       <c r="AA62" s="20">
         <v>3</v>
       </c>
     </row>
-    <row r="63" spans="1:27" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A63" s="17" t="s">
-        <v>708</v>
+        <v>1035</v>
       </c>
       <c r="B63" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C63" s="17" t="s">
-        <v>709</v>
+        <v>1036</v>
       </c>
       <c r="D63" s="18" t="s">
-        <v>710</v>
+        <v>1037</v>
       </c>
       <c r="E63" s="20">
-        <v>29282500</v>
+        <v>95692800</v>
       </c>
       <c r="F63" s="20">
-        <v>1325000</v>
+        <v>3840000</v>
       </c>
       <c r="G63" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H63" s="18">
-        <v>20250620</v>
+        <v>20251001</v>
       </c>
       <c r="I63" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K63" s="18" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="L63" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V63" s="18" t="s">
-        <v>154</v>
+        <v>219</v>
       </c>
       <c r="W63" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X63" s="19">
-        <v>594093</v>
+        <v>2262713</v>
       </c>
       <c r="Y63" s="20">
-        <v>12462723</v>
+        <v>56812118</v>
       </c>
       <c r="Z63" s="20">
-        <v>5568</v>
+        <v>826</v>
       </c>
       <c r="AA63" s="20">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="64" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A64" s="17" t="s">
-        <v>156</v>
+        <v>1038</v>
       </c>
       <c r="B64" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C64" s="17" t="s">
-        <v>157</v>
+        <v>1039</v>
       </c>
       <c r="D64" s="18" t="s">
-        <v>158</v>
+        <v>1040</v>
       </c>
       <c r="E64" s="20">
-        <v>96293400</v>
+        <v>28837600</v>
       </c>
       <c r="F64" s="20">
-        <v>4035000</v>
+        <v>1160000</v>
       </c>
       <c r="G64" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H64" s="18">
-        <v>20250122</v>
+        <v>20251001</v>
       </c>
       <c r="I64" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K64" s="18" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="L64" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V64" s="18" t="s">
-        <v>155</v>
+        <v>219</v>
       </c>
       <c r="W64" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X64" s="19">
-        <v>1836795</v>
+        <v>349967</v>
       </c>
       <c r="Y64" s="20">
-        <v>35624848</v>
+        <v>8744959</v>
       </c>
       <c r="Z64" s="20">
-        <v>2929</v>
+        <v>225</v>
       </c>
       <c r="AA64" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="65" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A65" s="17" t="s">
-        <v>898</v>
+        <v>1009</v>
       </c>
       <c r="B65" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C65" s="17" t="s">
-        <v>899</v>
+        <v>1010</v>
       </c>
       <c r="D65" s="18" t="s">
-        <v>900</v>
+        <v>1011</v>
       </c>
       <c r="E65" s="20">
-        <v>41707500</v>
+        <v>41926250</v>
       </c>
       <c r="F65" s="20">
-        <v>2075000</v>
+        <v>2125000</v>
       </c>
       <c r="G65" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H65" s="18">
-        <v>20250826</v>
+        <v>20250922</v>
       </c>
       <c r="I65" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K65" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L65" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V65" s="18" t="s">
-        <v>155</v>
+        <v>1012</v>
       </c>
       <c r="W65" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X65" s="19">
-        <v>188352</v>
+        <v>761374</v>
       </c>
       <c r="Y65" s="20">
-        <v>3802836.5</v>
+        <v>15292195.5</v>
       </c>
       <c r="Z65" s="20">
-        <v>456</v>
+        <v>747</v>
       </c>
       <c r="AA65" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:27" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="66" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A66" s="17" t="s">
-        <v>444</v>
+        <v>1016</v>
       </c>
       <c r="B66" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C66" s="17" t="s">
-        <v>445</v>
+        <v>1017</v>
       </c>
       <c r="D66" s="18" t="s">
-        <v>446</v>
+        <v>1018</v>
       </c>
       <c r="E66" s="20">
-        <v>9220000</v>
+        <v>1988000</v>
       </c>
       <c r="F66" s="20">
-        <v>1000000</v>
+        <v>100000</v>
       </c>
       <c r="G66" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H66" s="18">
-        <v>20250327</v>
+        <v>20250922</v>
       </c>
       <c r="I66" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K66" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L66" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V66" s="18" t="s">
-        <v>160</v>
+        <v>1012</v>
       </c>
       <c r="W66" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X66" s="19">
-        <v>722598</v>
+        <v>75933</v>
       </c>
       <c r="Y66" s="20">
-        <v>6669442.5</v>
+        <v>1509094</v>
       </c>
       <c r="Z66" s="20">
-        <v>1752</v>
+        <v>145</v>
       </c>
       <c r="AA66" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:27" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="67" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A67" s="17" t="s">
-        <v>988</v>
+        <v>1013</v>
       </c>
       <c r="B67" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C67" s="17" t="s">
-        <v>989</v>
+        <v>1014</v>
       </c>
       <c r="D67" s="18" t="s">
-        <v>990</v>
+        <v>1015</v>
       </c>
       <c r="E67" s="20">
-        <v>29893200</v>
+        <v>4962500</v>
       </c>
       <c r="F67" s="20">
-        <v>1160000</v>
+        <v>250000</v>
       </c>
       <c r="G67" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H67" s="18">
-        <v>20250918</v>
+        <v>20250922</v>
       </c>
       <c r="I67" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K67" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L67" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V67" s="18" t="s">
-        <v>160</v>
+        <v>1012</v>
       </c>
       <c r="W67" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X67" s="19">
-        <v>1110286</v>
+        <v>94660</v>
       </c>
       <c r="Y67" s="20">
-        <v>28227917.5</v>
+        <v>1894980</v>
       </c>
       <c r="Z67" s="20">
-        <v>5026</v>
+        <v>319</v>
       </c>
       <c r="AA67" s="20">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:27" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="68" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A68" s="17" t="s">
-        <v>447</v>
+        <v>1003</v>
       </c>
       <c r="B68" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C68" s="17" t="s">
-        <v>448</v>
+        <v>1004</v>
       </c>
       <c r="D68" s="18" t="s">
-        <v>449</v>
+        <v>1005</v>
       </c>
       <c r="E68" s="20">
-        <v>21638708.25</v>
+        <v>4287500</v>
       </c>
       <c r="F68" s="20">
-        <v>1116286</v>
+        <v>250000</v>
       </c>
       <c r="G68" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H68" s="18">
-        <v>20250327</v>
+        <v>20250918</v>
       </c>
       <c r="I68" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K68" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L68" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V68" s="18" t="s">
-        <v>160</v>
+        <v>130</v>
       </c>
       <c r="W68" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X68" s="19">
-        <v>1935054</v>
+        <v>142271</v>
       </c>
       <c r="Y68" s="20">
-        <v>37480972.5</v>
+        <v>2566885</v>
       </c>
       <c r="Z68" s="20">
-        <v>657</v>
+        <v>302</v>
       </c>
       <c r="AA68" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:27" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="69" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A69" s="17" t="s">
-        <v>423</v>
+        <v>1000</v>
       </c>
       <c r="B69" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C69" s="17" t="s">
-        <v>424</v>
+        <v>1001</v>
       </c>
       <c r="D69" s="18" t="s">
-        <v>425</v>
+        <v>1002</v>
       </c>
       <c r="E69" s="20">
-        <v>3833500</v>
+        <v>5120000</v>
       </c>
       <c r="F69" s="20">
-        <v>150000</v>
+        <v>250000</v>
       </c>
       <c r="G69" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H69" s="18">
-        <v>20250318</v>
+        <v>20250918</v>
       </c>
       <c r="I69" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K69" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L69" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V69" s="18" t="s">
-        <v>160</v>
+        <v>130</v>
       </c>
       <c r="W69" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X69" s="19">
-        <v>215146</v>
+        <v>203966</v>
       </c>
       <c r="Y69" s="20">
-        <v>5569656</v>
+        <v>4260580</v>
       </c>
       <c r="Z69" s="20">
-        <v>749</v>
+        <v>569</v>
       </c>
       <c r="AA69" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:27" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="70" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A70" s="17" t="s">
-        <v>420</v>
+        <v>997</v>
       </c>
       <c r="B70" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C70" s="17" t="s">
-        <v>421</v>
+        <v>998</v>
       </c>
       <c r="D70" s="18" t="s">
-        <v>422</v>
+        <v>999</v>
       </c>
       <c r="E70" s="20">
-        <v>6696250</v>
+        <v>4770000</v>
       </c>
       <c r="F70" s="20">
-        <v>150000</v>
+        <v>250000</v>
       </c>
       <c r="G70" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H70" s="18">
-        <v>20250318</v>
+        <v>20250918</v>
       </c>
       <c r="I70" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K70" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L70" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V70" s="18" t="s">
-        <v>160</v>
+        <v>130</v>
       </c>
       <c r="W70" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X70" s="19">
-        <v>210377</v>
+        <v>109809</v>
       </c>
       <c r="Y70" s="20">
-        <v>8324525</v>
+        <v>2125722.5</v>
       </c>
       <c r="Z70" s="20">
-        <v>1183</v>
+        <v>313</v>
       </c>
       <c r="AA70" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:27" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="71" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A71" s="17" t="s">
-        <v>508</v>
+        <v>1006</v>
       </c>
       <c r="B71" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C71" s="17" t="s">
-        <v>509</v>
+        <v>1007</v>
       </c>
       <c r="D71" s="18" t="s">
-        <v>510</v>
+        <v>1008</v>
       </c>
       <c r="E71" s="20">
-        <v>24494260</v>
+        <v>55088000</v>
       </c>
       <c r="F71" s="20">
-        <v>1721000</v>
+        <v>2200000</v>
       </c>
       <c r="G71" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H71" s="18">
-        <v>20250416</v>
+        <v>20250918</v>
       </c>
       <c r="I71" s="19" t="s">
         <v>71</v>
       </c>
-      <c r="J71" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K71" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L71" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V71" s="18" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="W71" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X71" s="19">
-        <v>1882774</v>
+        <v>2067492</v>
       </c>
       <c r="Y71" s="20">
-        <v>26538863</v>
+        <v>52074223</v>
       </c>
       <c r="Z71" s="20">
-        <v>6309</v>
+        <v>10888</v>
       </c>
       <c r="AA71" s="20">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:27" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="72" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A72" s="17" t="s">
-        <v>933</v>
+        <v>994</v>
       </c>
       <c r="B72" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C72" s="17" t="s">
-        <v>934</v>
+        <v>995</v>
       </c>
       <c r="D72" s="18" t="s">
-        <v>935</v>
+        <v>996</v>
       </c>
       <c r="E72" s="20">
-        <v>119260400</v>
+        <v>5189600</v>
       </c>
       <c r="F72" s="20">
-        <v>4460000</v>
+        <v>520000</v>
       </c>
       <c r="G72" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H72" s="18">
-        <v>20250910</v>
+        <v>20250917</v>
       </c>
       <c r="I72" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K72" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L72" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V72" s="18" t="s">
-        <v>160</v>
+        <v>139</v>
       </c>
       <c r="W72" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X72" s="19">
-        <v>4646892</v>
+        <v>44294</v>
       </c>
       <c r="Y72" s="20">
-        <v>121408062</v>
+        <v>447948.5</v>
       </c>
       <c r="Z72" s="20">
-        <v>19716</v>
+        <v>77</v>
       </c>
       <c r="AA72" s="20">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:27" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="73" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A73" s="17" t="s">
-        <v>705</v>
+        <v>955</v>
       </c>
       <c r="B73" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C73" s="17" t="s">
-        <v>706</v>
+        <v>956</v>
       </c>
       <c r="D73" s="18" t="s">
-        <v>707</v>
+        <v>957</v>
       </c>
       <c r="E73" s="20">
-        <v>54419500</v>
+        <v>59959200</v>
       </c>
       <c r="F73" s="20">
-        <v>4650000</v>
+        <v>6020000</v>
       </c>
       <c r="G73" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H73" s="18">
-        <v>20250618</v>
+        <v>20250916</v>
       </c>
       <c r="I73" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K73" s="18" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="L73" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V73" s="18" t="s">
-        <v>160</v>
+        <v>227</v>
       </c>
       <c r="W73" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X73" s="19">
-        <v>2989668</v>
+        <v>126036</v>
       </c>
       <c r="Y73" s="20">
-        <v>39663424.5</v>
+        <v>1262582</v>
       </c>
       <c r="Z73" s="20">
-        <v>11297</v>
+        <v>173</v>
       </c>
       <c r="AA73" s="20">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="74" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A74" s="17" t="s">
-        <v>164</v>
+        <v>979</v>
       </c>
       <c r="B74" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C74" s="17" t="s">
-        <v>165</v>
+        <v>980</v>
       </c>
       <c r="D74" s="18" t="s">
-        <v>166</v>
+        <v>981</v>
       </c>
       <c r="E74" s="20">
-        <v>445749600</v>
+        <v>2051000</v>
       </c>
       <c r="F74" s="20">
-        <v>17632500</v>
+        <v>200000</v>
       </c>
       <c r="G74" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H74" s="18">
-        <v>20250128</v>
+        <v>20250916</v>
       </c>
       <c r="I74" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K74" s="18" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="L74" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V74" s="18" t="s">
-        <v>167</v>
+        <v>227</v>
       </c>
       <c r="W74" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X74" s="19">
-        <v>1404936</v>
+        <v>13283</v>
       </c>
       <c r="Y74" s="20">
-        <v>34206652</v>
+        <v>136713</v>
       </c>
       <c r="Z74" s="20">
-        <v>6905</v>
+        <v>42</v>
       </c>
       <c r="AA74" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:27" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="75" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A75" s="17" t="s">
-        <v>168</v>
+        <v>985</v>
       </c>
       <c r="B75" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C75" s="17" t="s">
-        <v>169</v>
+        <v>986</v>
       </c>
       <c r="D75" s="18" t="s">
-        <v>170</v>
+        <v>987</v>
       </c>
       <c r="E75" s="20">
-        <v>4209150</v>
+        <v>1918500</v>
       </c>
       <c r="F75" s="20">
-        <v>165000</v>
+        <v>200000</v>
       </c>
       <c r="G75" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H75" s="18">
-        <v>20250128</v>
+        <v>20250916</v>
       </c>
       <c r="I75" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K75" s="18" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="L75" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V75" s="18" t="s">
-        <v>167</v>
+        <v>227</v>
       </c>
       <c r="W75" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X75" s="19">
-        <v>106299</v>
+        <v>1354</v>
       </c>
       <c r="Y75" s="20">
-        <v>2444921</v>
+        <v>12585.5</v>
       </c>
       <c r="Z75" s="20">
-        <v>272</v>
+        <v>8</v>
       </c>
       <c r="AA75" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="76" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A76" s="17" t="s">
-        <v>171</v>
+        <v>967</v>
       </c>
       <c r="B76" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C76" s="17" t="s">
-        <v>172</v>
+        <v>968</v>
       </c>
       <c r="D76" s="18" t="s">
-        <v>173</v>
+        <v>969</v>
       </c>
       <c r="E76" s="20">
-        <v>162111300</v>
+        <v>2014000</v>
       </c>
       <c r="F76" s="20">
-        <v>6330000</v>
+        <v>200000</v>
       </c>
       <c r="G76" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H76" s="18">
-        <v>20250128</v>
+        <v>20250916</v>
       </c>
       <c r="I76" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K76" s="18" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="L76" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V76" s="18" t="s">
-        <v>167</v>
+        <v>227</v>
       </c>
       <c r="W76" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X76" s="19">
-        <v>586619</v>
+        <v>2396</v>
       </c>
       <c r="Y76" s="20">
-        <v>13859681</v>
+        <v>24233.5</v>
       </c>
       <c r="Z76" s="20">
-        <v>1734</v>
+        <v>27</v>
       </c>
       <c r="AA76" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:27" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="77" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A77" s="17" t="s">
-        <v>1082</v>
+        <v>991</v>
       </c>
       <c r="B77" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C77" s="17" t="s">
-        <v>1083</v>
+        <v>992</v>
       </c>
       <c r="D77" s="18" t="s">
-        <v>1084</v>
+        <v>993</v>
       </c>
       <c r="E77" s="20">
-        <v>1020000</v>
+        <v>1046000</v>
       </c>
       <c r="F77" s="20">
-        <v>40000</v>
+        <v>200000</v>
       </c>
       <c r="G77" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H77" s="18">
-        <v>20251015</v>
+        <v>20250916</v>
       </c>
       <c r="I77" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K77" s="18" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="L77" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V77" s="18" t="s">
-        <v>167</v>
+        <v>227</v>
       </c>
       <c r="W77" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X77" s="19">
-        <v>5300</v>
+        <v>7065</v>
       </c>
       <c r="Y77" s="20">
-        <v>135589</v>
+        <v>73900</v>
       </c>
       <c r="Z77" s="20">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="AA77" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:27" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="78" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A78" s="17" t="s">
-        <v>1088</v>
+        <v>964</v>
       </c>
       <c r="B78" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C78" s="17" t="s">
-        <v>1089</v>
+        <v>965</v>
       </c>
       <c r="D78" s="18" t="s">
-        <v>1090</v>
+        <v>966</v>
       </c>
       <c r="E78" s="20">
-        <v>1022800</v>
+        <v>1038000</v>
       </c>
       <c r="F78" s="20">
-        <v>40000</v>
+        <v>100000</v>
       </c>
       <c r="G78" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H78" s="18">
-        <v>20251015</v>
+        <v>20250916</v>
       </c>
       <c r="I78" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K78" s="18" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="L78" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V78" s="18" t="s">
-        <v>167</v>
+        <v>227</v>
       </c>
       <c r="W78" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X78" s="19">
-        <v>406</v>
+        <v>22828</v>
       </c>
       <c r="Y78" s="20">
-        <v>10455</v>
+        <v>227873</v>
       </c>
       <c r="Z78" s="20">
-        <v>5</v>
+        <v>74</v>
       </c>
       <c r="AA78" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:27" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="79" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A79" s="17" t="s">
-        <v>1085</v>
+        <v>982</v>
       </c>
       <c r="B79" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C79" s="17" t="s">
-        <v>1086</v>
+        <v>983</v>
       </c>
       <c r="D79" s="18" t="s">
-        <v>1087</v>
+        <v>984</v>
       </c>
       <c r="E79" s="20">
-        <v>1022800</v>
+        <v>40276000</v>
       </c>
       <c r="F79" s="20">
-        <v>40000</v>
+        <v>3800000</v>
       </c>
       <c r="G79" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H79" s="18">
-        <v>20251015</v>
+        <v>20250916</v>
       </c>
       <c r="I79" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K79" s="18" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="L79" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V79" s="18" t="s">
-        <v>167</v>
+        <v>227</v>
       </c>
       <c r="W79" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X79" s="19">
-        <v>900</v>
+        <v>512541</v>
       </c>
       <c r="Y79" s="20">
-        <v>23013</v>
+        <v>5347493.5</v>
       </c>
       <c r="Z79" s="20">
-        <v>2</v>
+        <v>621</v>
       </c>
       <c r="AA79" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:27" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="80" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A80" s="17" t="s">
-        <v>1100</v>
+        <v>970</v>
       </c>
       <c r="B80" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C80" s="17" t="s">
-        <v>1101</v>
+        <v>971</v>
       </c>
       <c r="D80" s="18" t="s">
-        <v>1102</v>
+        <v>972</v>
       </c>
       <c r="E80" s="20">
-        <v>1025000</v>
+        <v>2082000</v>
       </c>
       <c r="F80" s="20">
-        <v>100000</v>
+        <v>200000</v>
       </c>
       <c r="G80" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H80" s="18">
-        <v>20251015</v>
+        <v>20250916</v>
       </c>
       <c r="I80" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K80" s="18" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="L80" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V80" s="18" t="s">
-        <v>167</v>
+        <v>227</v>
       </c>
       <c r="W80" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X80" s="19">
-        <v>3345</v>
+        <v>33692</v>
       </c>
       <c r="Y80" s="20">
-        <v>34602</v>
+        <v>348231</v>
       </c>
       <c r="Z80" s="20">
-        <v>13</v>
+        <v>81</v>
       </c>
       <c r="AA80" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:27" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="81" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A81" s="17" t="s">
-        <v>1073</v>
+        <v>961</v>
       </c>
       <c r="B81" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C81" s="17" t="s">
-        <v>1074</v>
+        <v>962</v>
       </c>
       <c r="D81" s="18" t="s">
-        <v>1075</v>
+        <v>963</v>
       </c>
       <c r="E81" s="20">
-        <v>4284000</v>
+        <v>1000000</v>
       </c>
       <c r="F81" s="20">
-        <v>425000</v>
+        <v>100000</v>
       </c>
       <c r="G81" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H81" s="18">
-        <v>20251015</v>
+        <v>20250916</v>
       </c>
       <c r="I81" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K81" s="18" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="L81" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V81" s="18" t="s">
-        <v>167</v>
+        <v>227</v>
       </c>
       <c r="W81" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X81" s="19">
-        <v>175186</v>
+        <v>303</v>
       </c>
       <c r="Y81" s="20">
-        <v>1777749</v>
+        <v>3048</v>
       </c>
       <c r="Z81" s="20">
-        <v>240</v>
+        <v>3</v>
       </c>
       <c r="AA81" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:27" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="82" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A82" s="17" t="s">
-        <v>759</v>
+        <v>958</v>
       </c>
       <c r="B82" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C82" s="17" t="s">
-        <v>760</v>
+        <v>959</v>
       </c>
       <c r="D82" s="18" t="s">
-        <v>761</v>
+        <v>960</v>
       </c>
       <c r="E82" s="20">
-        <v>2164000</v>
+        <v>3900000</v>
       </c>
       <c r="F82" s="20">
-        <v>100000</v>
+        <v>390000</v>
       </c>
       <c r="G82" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H82" s="18">
-        <v>20250721</v>
+        <v>20250916</v>
       </c>
       <c r="I82" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K82" s="18" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="L82" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V82" s="18" t="s">
-        <v>175</v>
+        <v>227</v>
       </c>
       <c r="W82" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X82" s="19">
-        <v>25206</v>
+        <v>14965</v>
       </c>
       <c r="Y82" s="20">
-        <v>537067</v>
+        <v>149400</v>
       </c>
       <c r="Z82" s="20">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="AA82" s="20">
         <v>4</v>
       </c>
     </row>
-    <row r="83" spans="1:27" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A83" s="17" t="s">
-        <v>711</v>
+        <v>973</v>
       </c>
       <c r="B83" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C83" s="17" t="s">
-        <v>712</v>
+        <v>974</v>
       </c>
       <c r="D83" s="18" t="s">
-        <v>713</v>
+        <v>975</v>
       </c>
       <c r="E83" s="20">
-        <v>1137000</v>
+        <v>3009000</v>
       </c>
       <c r="F83" s="20">
-        <v>50000</v>
+        <v>300000</v>
       </c>
       <c r="G83" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H83" s="18">
-        <v>20250625</v>
+        <v>20250916</v>
       </c>
       <c r="I83" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K83" s="18" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="L83" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V83" s="18" t="s">
-        <v>177</v>
+        <v>227</v>
       </c>
       <c r="W83" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X83" s="19">
-        <v>4975</v>
+        <v>172564</v>
       </c>
       <c r="Y83" s="20">
-        <v>108538</v>
+        <v>1740302</v>
       </c>
       <c r="Z83" s="20">
-        <v>9</v>
+        <v>175</v>
       </c>
       <c r="AA83" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:27" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="84" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A84" s="17" t="s">
-        <v>714</v>
+        <v>976</v>
       </c>
       <c r="B84" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C84" s="17" t="s">
-        <v>715</v>
+        <v>977</v>
       </c>
       <c r="D84" s="18" t="s">
-        <v>716</v>
+        <v>978</v>
       </c>
       <c r="E84" s="20">
-        <v>1109000</v>
+        <v>1935000</v>
       </c>
       <c r="F84" s="20">
-        <v>50000</v>
+        <v>200000</v>
       </c>
       <c r="G84" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H84" s="18">
-        <v>20250625</v>
+        <v>20250916</v>
       </c>
       <c r="I84" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K84" s="18" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="L84" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V84" s="18" t="s">
-        <v>177</v>
+        <v>227</v>
       </c>
       <c r="W84" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X84" s="19">
-        <v>7100</v>
+        <v>17754</v>
       </c>
       <c r="Y84" s="20">
-        <v>148780</v>
+        <v>173750</v>
       </c>
       <c r="Z84" s="20">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="AA84" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:27" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="85" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A85" s="17" t="s">
-        <v>717</v>
+        <v>988</v>
       </c>
       <c r="B85" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C85" s="17" t="s">
-        <v>718</v>
+        <v>989</v>
       </c>
       <c r="D85" s="18" t="s">
-        <v>719</v>
+        <v>990</v>
       </c>
       <c r="E85" s="20">
-        <v>1139000</v>
+        <v>18235550</v>
       </c>
       <c r="F85" s="20">
-        <v>50000</v>
+        <v>505000</v>
       </c>
       <c r="G85" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H85" s="18">
-        <v>20250625</v>
+        <v>20250916</v>
       </c>
       <c r="I85" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K85" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L85" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V85" s="18" t="s">
-        <v>177</v>
+        <v>241</v>
       </c>
       <c r="W85" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X85" s="19">
-        <v>4400</v>
+        <v>481764</v>
       </c>
       <c r="Y85" s="20">
-        <v>100300</v>
+        <v>17302443</v>
       </c>
       <c r="Z85" s="20">
-        <v>8</v>
+        <v>829</v>
       </c>
       <c r="AA85" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:27" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="86" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A86" s="17" t="s">
-        <v>1061</v>
+        <v>952</v>
       </c>
       <c r="B86" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C86" s="17" t="s">
-        <v>1062</v>
+        <v>953</v>
       </c>
       <c r="D86" s="18" t="s">
-        <v>1063</v>
+        <v>954</v>
       </c>
       <c r="E86" s="20">
-        <v>37500650.189999998</v>
+        <v>178169600</v>
       </c>
       <c r="F86" s="20">
-        <v>750003</v>
+        <v>7760000</v>
       </c>
       <c r="G86" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H86" s="18">
-        <v>20251008</v>
+        <v>20250910</v>
       </c>
       <c r="I86" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K86" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L86" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V86" s="18" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="W86" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X86" s="19">
-        <v>21042</v>
+        <v>9580552</v>
       </c>
       <c r="Y86" s="20">
-        <v>1053946</v>
+        <v>240870798</v>
       </c>
       <c r="Z86" s="20">
-        <v>119</v>
+        <v>43362</v>
       </c>
       <c r="AA86" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:27" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="87" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A87" s="17" t="s">
-        <v>1064</v>
+        <v>949</v>
       </c>
       <c r="B87" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C87" s="17" t="s">
-        <v>1065</v>
+        <v>950</v>
       </c>
       <c r="D87" s="18" t="s">
-        <v>1066</v>
+        <v>951</v>
       </c>
       <c r="E87" s="20">
-        <v>41754902.270000003</v>
+        <v>30991800</v>
       </c>
       <c r="F87" s="20">
-        <v>825003</v>
+        <v>3140000</v>
       </c>
       <c r="G87" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H87" s="18">
-        <v>20251008</v>
+        <v>20250909</v>
       </c>
       <c r="I87" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K87" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L87" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V87" s="18" t="s">
-        <v>130</v>
+        <v>234</v>
       </c>
       <c r="W87" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X87" s="19">
-        <v>109124</v>
+        <v>127319</v>
       </c>
       <c r="Y87" s="20">
-        <v>5512394.5</v>
+        <v>1272646</v>
       </c>
       <c r="Z87" s="20">
-        <v>486</v>
+        <v>78</v>
       </c>
       <c r="AA87" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:27" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="88" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A88" s="17" t="s">
-        <v>364</v>
+        <v>937</v>
       </c>
       <c r="B88" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C88" s="17" t="s">
-        <v>365</v>
+        <v>938</v>
       </c>
       <c r="D88" s="18" t="s">
-        <v>366</v>
+        <v>939</v>
       </c>
       <c r="E88" s="20">
-        <v>10575000</v>
+        <v>4398000</v>
       </c>
       <c r="F88" s="20">
-        <v>375000</v>
+        <v>200000</v>
       </c>
       <c r="G88" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H88" s="18">
-        <v>20250220</v>
+        <v>20250903</v>
       </c>
       <c r="I88" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K88" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L88" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V88" s="18" t="s">
-        <v>130</v>
+        <v>222</v>
       </c>
       <c r="W88" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X88" s="19">
-        <v>276838</v>
+        <v>50758</v>
       </c>
       <c r="Y88" s="20">
-        <v>6860775.5</v>
+        <v>1054486</v>
       </c>
       <c r="Z88" s="20">
-        <v>1636</v>
+        <v>105</v>
       </c>
       <c r="AA88" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:27" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="89" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A89" s="17" t="s">
-        <v>1058</v>
+        <v>946</v>
       </c>
       <c r="B89" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C89" s="17" t="s">
-        <v>1059</v>
+        <v>947</v>
       </c>
       <c r="D89" s="18" t="s">
-        <v>1060</v>
+        <v>948</v>
       </c>
       <c r="E89" s="20">
-        <v>5027018.28</v>
+        <v>2175000</v>
       </c>
       <c r="F89" s="20">
-        <v>275001</v>
+        <v>100000</v>
       </c>
       <c r="G89" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H89" s="18">
-        <v>20251008</v>
+        <v>20250903</v>
       </c>
       <c r="I89" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K89" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L89" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V89" s="18" t="s">
-        <v>130</v>
+        <v>222</v>
       </c>
       <c r="W89" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X89" s="19">
-        <v>162001</v>
+        <v>2564</v>
       </c>
       <c r="Y89" s="20">
-        <v>3133233</v>
+        <v>55155</v>
       </c>
       <c r="Z89" s="20">
-        <v>939</v>
+        <v>8</v>
       </c>
       <c r="AA89" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="90" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A90" s="17" t="s">
-        <v>531</v>
+        <v>943</v>
       </c>
       <c r="B90" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C90" s="17" t="s">
-        <v>532</v>
+        <v>944</v>
       </c>
       <c r="D90" s="18" t="s">
-        <v>533</v>
+        <v>945</v>
       </c>
       <c r="E90" s="20">
-        <v>147812500</v>
+        <v>2066000</v>
       </c>
       <c r="F90" s="20">
-        <v>5375000</v>
+        <v>100000</v>
       </c>
       <c r="G90" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H90" s="18">
-        <v>20250430</v>
+        <v>20250903</v>
       </c>
       <c r="I90" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K90" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L90" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V90" s="18" t="s">
-        <v>130</v>
+        <v>222</v>
       </c>
       <c r="W90" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X90" s="19">
-        <v>3482384</v>
+        <v>1532</v>
       </c>
       <c r="Y90" s="20">
-        <v>86584512.5</v>
+        <v>30471</v>
       </c>
       <c r="Z90" s="20">
-        <v>12686</v>
+        <v>7</v>
       </c>
       <c r="AA90" s="20">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="91" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A91" s="17" t="s">
-        <v>543</v>
+        <v>940</v>
       </c>
       <c r="B91" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C91" s="17" t="s">
-        <v>544</v>
+        <v>941</v>
       </c>
       <c r="D91" s="18" t="s">
-        <v>545</v>
+        <v>942</v>
       </c>
       <c r="E91" s="20">
-        <v>2811955.76</v>
+        <v>4052000</v>
       </c>
       <c r="F91" s="20">
-        <v>125087</v>
+        <v>200000</v>
       </c>
       <c r="G91" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H91" s="18">
-        <v>20250430</v>
+        <v>20250903</v>
       </c>
       <c r="I91" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K91" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L91" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V91" s="18" t="s">
-        <v>130</v>
+        <v>222</v>
       </c>
       <c r="W91" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X91" s="19">
-        <v>269600</v>
+        <v>229301</v>
       </c>
       <c r="Y91" s="20">
-        <v>6115380.5</v>
+        <v>4680229</v>
       </c>
       <c r="Z91" s="20">
-        <v>463</v>
+        <v>143</v>
       </c>
       <c r="AA91" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:27" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="92" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A92" s="17" t="s">
-        <v>537</v>
+        <v>929</v>
       </c>
       <c r="B92" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C92" s="17" t="s">
-        <v>538</v>
+        <v>930</v>
       </c>
       <c r="D92" s="18" t="s">
-        <v>539</v>
+        <v>931</v>
       </c>
       <c r="E92" s="20">
-        <v>15029116.85</v>
+        <v>403326000</v>
       </c>
       <c r="F92" s="20">
-        <v>500137</v>
+        <v>19800000</v>
       </c>
       <c r="G92" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H92" s="18">
-        <v>20250430</v>
+        <v>20250828</v>
       </c>
       <c r="I92" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K92" s="18" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="L92" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V92" s="18" t="s">
-        <v>130</v>
+        <v>153</v>
       </c>
       <c r="W92" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X92" s="19">
-        <v>474932</v>
+        <v>495937</v>
       </c>
       <c r="Y92" s="20">
-        <v>12304487</v>
+        <v>10256375.5</v>
       </c>
       <c r="Z92" s="20">
-        <v>2457</v>
+        <v>411</v>
       </c>
       <c r="AA92" s="20">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="93" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A93" s="17" t="s">
-        <v>523</v>
+        <v>932</v>
       </c>
       <c r="B93" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C93" s="17" t="s">
-        <v>524</v>
+        <v>933</v>
       </c>
       <c r="D93" s="18" t="s">
-        <v>105</v>
+        <v>934</v>
       </c>
       <c r="E93" s="20">
-        <v>2183000</v>
+        <v>82355750</v>
       </c>
       <c r="F93" s="20">
-        <v>100000</v>
+        <v>4075000</v>
       </c>
       <c r="G93" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H93" s="18">
-        <v>20250430</v>
+        <v>20250828</v>
       </c>
       <c r="I93" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K93" s="18" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="L93" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V93" s="18" t="s">
-        <v>130</v>
+        <v>153</v>
       </c>
       <c r="W93" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X93" s="19">
-        <v>68064</v>
+        <v>2552</v>
       </c>
       <c r="Y93" s="20">
-        <v>1472979</v>
+        <v>51532</v>
       </c>
       <c r="Z93" s="20">
-        <v>491</v>
+        <v>31</v>
       </c>
       <c r="AA93" s="20">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="94" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A94" s="17" t="s">
-        <v>540</v>
+        <v>920</v>
       </c>
       <c r="B94" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C94" s="17" t="s">
-        <v>541</v>
+        <v>921</v>
       </c>
       <c r="D94" s="18" t="s">
-        <v>542</v>
+        <v>922</v>
       </c>
       <c r="E94" s="20">
-        <v>8732000</v>
+        <v>2356750</v>
       </c>
       <c r="F94" s="20">
-        <v>400000</v>
+        <v>325000</v>
       </c>
       <c r="G94" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H94" s="18">
-        <v>20250430</v>
+        <v>20250826</v>
       </c>
       <c r="I94" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K94" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L94" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V94" s="18" t="s">
-        <v>130</v>
+        <v>144</v>
       </c>
       <c r="W94" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X94" s="19">
-        <v>351048</v>
+        <v>136499</v>
       </c>
       <c r="Y94" s="20">
-        <v>7654727</v>
+        <v>1159023.5</v>
       </c>
       <c r="Z94" s="20">
-        <v>469</v>
+        <v>292</v>
       </c>
       <c r="AA94" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="95" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A95" s="17" t="s">
-        <v>525</v>
+        <v>917</v>
       </c>
       <c r="B95" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C95" s="17" t="s">
-        <v>526</v>
+        <v>918</v>
       </c>
       <c r="D95" s="18" t="s">
-        <v>527</v>
+        <v>919</v>
       </c>
       <c r="E95" s="20">
-        <v>2142000</v>
+        <v>48336000</v>
       </c>
       <c r="F95" s="20">
-        <v>100000</v>
+        <v>2400000</v>
       </c>
       <c r="G95" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H95" s="18">
-        <v>20250430</v>
+        <v>20250826</v>
       </c>
       <c r="I95" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K95" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L95" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V95" s="18" t="s">
-        <v>130</v>
+        <v>154</v>
       </c>
       <c r="W95" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X95" s="19">
-        <v>68069</v>
+        <v>367091</v>
       </c>
       <c r="Y95" s="20">
-        <v>1341334.5</v>
+        <v>7408409</v>
       </c>
       <c r="Z95" s="20">
-        <v>180</v>
+        <v>834</v>
       </c>
       <c r="AA95" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="96" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A96" s="17" t="s">
-        <v>534</v>
+        <v>911</v>
       </c>
       <c r="B96" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C96" s="17" t="s">
-        <v>535</v>
+        <v>912</v>
       </c>
       <c r="D96" s="18" t="s">
-        <v>536</v>
+        <v>913</v>
       </c>
       <c r="E96" s="20">
-        <v>5562000</v>
+        <v>1285200</v>
       </c>
       <c r="F96" s="20">
-        <v>200000</v>
+        <v>60000</v>
       </c>
       <c r="G96" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H96" s="18">
-        <v>20250430</v>
+        <v>20250825</v>
       </c>
       <c r="I96" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K96" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L96" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V96" s="18" t="s">
-        <v>130</v>
+        <v>145</v>
       </c>
       <c r="W96" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X96" s="19">
-        <v>75977</v>
+        <v>44692</v>
       </c>
       <c r="Y96" s="20">
-        <v>1917304.5</v>
+        <v>941028.5</v>
       </c>
       <c r="Z96" s="20">
-        <v>322</v>
+        <v>127</v>
       </c>
       <c r="AA96" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="97" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A97" s="17" t="s">
-        <v>528</v>
+        <v>908</v>
       </c>
       <c r="B97" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C97" s="17" t="s">
-        <v>529</v>
+        <v>909</v>
       </c>
       <c r="D97" s="18" t="s">
-        <v>530</v>
+        <v>910</v>
       </c>
       <c r="E97" s="20">
-        <v>2465000</v>
+        <v>3814400</v>
       </c>
       <c r="F97" s="20">
-        <v>125000</v>
+        <v>160000</v>
       </c>
       <c r="G97" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H97" s="18">
-        <v>20250430</v>
+        <v>20250825</v>
       </c>
       <c r="I97" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K97" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L97" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V97" s="18" t="s">
-        <v>130</v>
+        <v>145</v>
       </c>
       <c r="W97" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X97" s="19">
-        <v>12639</v>
+        <v>312460</v>
       </c>
       <c r="Y97" s="20">
-        <v>253984.5</v>
+        <v>6887710.5</v>
       </c>
       <c r="Z97" s="20">
-        <v>34</v>
+        <v>779</v>
       </c>
       <c r="AA97" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="98" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A98" s="17" t="s">
-        <v>1055</v>
+        <v>905</v>
       </c>
       <c r="B98" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C98" s="17" t="s">
-        <v>1056</v>
+        <v>906</v>
       </c>
       <c r="D98" s="18" t="s">
-        <v>1057</v>
+        <v>907</v>
       </c>
       <c r="E98" s="20">
-        <v>2470019.7599999998</v>
+        <v>8668000</v>
       </c>
       <c r="F98" s="20">
-        <v>125001</v>
+        <v>400000</v>
       </c>
       <c r="G98" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H98" s="18">
-        <v>20251008</v>
+        <v>20250825</v>
       </c>
       <c r="I98" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K98" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L98" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V98" s="18" t="s">
-        <v>130</v>
+        <v>145</v>
       </c>
       <c r="W98" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X98" s="19">
-        <v>53855</v>
+        <v>139289</v>
       </c>
       <c r="Y98" s="20">
-        <v>1090369</v>
+        <v>2944490</v>
       </c>
       <c r="Z98" s="20">
-        <v>424</v>
+        <v>217</v>
       </c>
       <c r="AA98" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="99" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A99" s="17" t="s">
-        <v>771</v>
+        <v>914</v>
       </c>
       <c r="B99" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C99" s="17" t="s">
-        <v>772</v>
+        <v>915</v>
       </c>
       <c r="D99" s="18" t="s">
-        <v>773</v>
+        <v>916</v>
       </c>
       <c r="E99" s="20">
-        <v>382391837.14999998</v>
+        <v>14255500</v>
       </c>
       <c r="F99" s="20">
-        <v>33396667</v>
+        <v>700000</v>
       </c>
       <c r="G99" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H99" s="18">
-        <v>20250725</v>
+        <v>20250825</v>
       </c>
       <c r="I99" s="19" t="s">
-        <v>104</v>
+        <v>71</v>
       </c>
       <c r="K99" s="18" t="s">
-        <v>135</v>
+        <v>63</v>
       </c>
       <c r="L99" s="18" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>136</v>
+        <v>62</v>
+      </c>
+      <c r="V99" s="18" t="s">
+        <v>145</v>
       </c>
       <c r="W99" s="18" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="X99" s="19">
-        <v>10463479</v>
+        <v>99334</v>
       </c>
       <c r="Y99" s="20">
-        <v>138090211</v>
+        <v>2024520</v>
       </c>
       <c r="Z99" s="20">
-        <v>18443</v>
+        <v>89</v>
       </c>
       <c r="AA99" s="20">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="100" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A100" s="17" t="s">
-        <v>396</v>
+        <v>872</v>
       </c>
       <c r="B100" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C100" s="17" t="s">
-        <v>397</v>
+        <v>873</v>
       </c>
       <c r="D100" s="18" t="s">
-        <v>398</v>
+        <v>874</v>
       </c>
       <c r="E100" s="20">
-        <v>18147100</v>
+        <v>11008800</v>
       </c>
       <c r="F100" s="20">
-        <v>890000</v>
+        <v>660000</v>
       </c>
       <c r="G100" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H100" s="18">
-        <v>20250304</v>
+        <v>20250822</v>
       </c>
       <c r="I100" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K100" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L100" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V100" s="18" t="s">
-        <v>179</v>
+        <v>139</v>
       </c>
       <c r="W100" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X100" s="19">
-        <v>119344</v>
+        <v>273021</v>
       </c>
       <c r="Y100" s="20">
-        <v>2280840.5</v>
+        <v>3515890.5</v>
       </c>
       <c r="Z100" s="20">
-        <v>192</v>
+        <v>925</v>
       </c>
       <c r="AA100" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="101" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A101" s="17" t="s">
-        <v>181</v>
+        <v>902</v>
       </c>
       <c r="B101" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C101" s="17" t="s">
-        <v>182</v>
+        <v>903</v>
       </c>
       <c r="D101" s="18" t="s">
-        <v>183</v>
+        <v>904</v>
       </c>
       <c r="E101" s="20">
-        <v>119464400</v>
+        <v>9170800</v>
       </c>
       <c r="F101" s="20">
-        <v>6287600</v>
+        <v>1010000</v>
       </c>
       <c r="G101" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H101" s="18">
-        <v>20250121</v>
+        <v>20250822</v>
       </c>
       <c r="I101" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K101" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L101" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V101" s="18" t="s">
-        <v>180</v>
+        <v>139</v>
       </c>
       <c r="W101" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X101" s="19">
-        <v>257449</v>
+        <v>293329</v>
       </c>
       <c r="Y101" s="20">
-        <v>4438737</v>
+        <v>2679918.5</v>
       </c>
       <c r="Z101" s="20">
-        <v>778</v>
+        <v>786</v>
       </c>
       <c r="AA101" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="102" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A102" s="17" t="s">
-        <v>184</v>
+        <v>875</v>
       </c>
       <c r="B102" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C102" s="17" t="s">
-        <v>185</v>
+        <v>876</v>
       </c>
       <c r="D102" s="18" t="s">
-        <v>186</v>
+        <v>877</v>
       </c>
       <c r="E102" s="20">
-        <v>205214323.125</v>
+        <v>19205000</v>
       </c>
       <c r="F102" s="20">
-        <v>11512725</v>
+        <v>1670000</v>
       </c>
       <c r="G102" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H102" s="18">
-        <v>20250127</v>
+        <v>20250822</v>
       </c>
       <c r="I102" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K102" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L102" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V102" s="18" t="s">
-        <v>180</v>
+        <v>139</v>
       </c>
       <c r="W102" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X102" s="19">
-        <v>3154722</v>
+        <v>658259</v>
       </c>
       <c r="Y102" s="20">
-        <v>54689462</v>
+        <v>7561439</v>
       </c>
       <c r="Z102" s="20">
-        <v>8426</v>
+        <v>2914</v>
       </c>
       <c r="AA102" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="103" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A103" s="17" t="s">
-        <v>187</v>
+        <v>878</v>
       </c>
       <c r="B103" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C103" s="17" t="s">
-        <v>188</v>
+        <v>879</v>
       </c>
       <c r="D103" s="18" t="s">
-        <v>189</v>
+        <v>880</v>
       </c>
       <c r="E103" s="20">
-        <v>11065101.25</v>
+        <v>8560000</v>
       </c>
       <c r="F103" s="20">
-        <v>613025</v>
+        <v>800000</v>
       </c>
       <c r="G103" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H103" s="18">
-        <v>20250128</v>
+        <v>20250822</v>
       </c>
       <c r="I103" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K103" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L103" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V103" s="18" t="s">
-        <v>180</v>
+        <v>139</v>
       </c>
       <c r="W103" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X103" s="19">
-        <v>461493</v>
+        <v>205295</v>
       </c>
       <c r="Y103" s="20">
-        <v>7693099</v>
+        <v>2134350.5</v>
       </c>
       <c r="Z103" s="20">
-        <v>1561</v>
+        <v>1674</v>
       </c>
       <c r="AA103" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="104" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A104" s="17" t="s">
-        <v>190</v>
+        <v>896</v>
       </c>
       <c r="B104" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C104" s="17" t="s">
-        <v>191</v>
+        <v>897</v>
       </c>
       <c r="D104" s="18" t="s">
-        <v>192</v>
+        <v>898</v>
       </c>
       <c r="E104" s="20">
-        <v>5239691.68</v>
+        <v>13519200</v>
       </c>
       <c r="F104" s="20">
-        <v>337609</v>
+        <v>1310000</v>
       </c>
       <c r="G104" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H104" s="18">
-        <v>20250129</v>
+        <v>20250822</v>
       </c>
       <c r="I104" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K104" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L104" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V104" s="18" t="s">
-        <v>180</v>
+        <v>139</v>
       </c>
       <c r="W104" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X104" s="19">
-        <v>190892</v>
+        <v>211323</v>
       </c>
       <c r="Y104" s="20">
-        <v>2965511.5</v>
+        <v>2094031</v>
       </c>
       <c r="Z104" s="20">
-        <v>656</v>
+        <v>557</v>
       </c>
       <c r="AA104" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="105" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A105" s="17" t="s">
-        <v>193</v>
+        <v>890</v>
       </c>
       <c r="B105" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C105" s="17" t="s">
-        <v>194</v>
+        <v>891</v>
       </c>
       <c r="D105" s="18" t="s">
-        <v>195</v>
+        <v>892</v>
       </c>
       <c r="E105" s="20">
-        <v>127288225.02</v>
+        <v>7059600</v>
       </c>
       <c r="F105" s="20">
-        <v>7900077</v>
+        <v>740000</v>
       </c>
       <c r="G105" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H105" s="18">
-        <v>20250127</v>
+        <v>20250822</v>
       </c>
       <c r="I105" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K105" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L105" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V105" s="18" t="s">
-        <v>180</v>
+        <v>139</v>
       </c>
       <c r="W105" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X105" s="19">
-        <v>1861944</v>
+        <v>78657</v>
       </c>
       <c r="Y105" s="20">
-        <v>30200657.5</v>
+        <v>782317.5</v>
       </c>
       <c r="Z105" s="20">
-        <v>5177</v>
+        <v>577</v>
       </c>
       <c r="AA105" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="106" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A106" s="17" t="s">
-        <v>520</v>
+        <v>899</v>
       </c>
       <c r="B106" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C106" s="17" t="s">
-        <v>521</v>
+        <v>900</v>
       </c>
       <c r="D106" s="18" t="s">
-        <v>522</v>
+        <v>901</v>
       </c>
       <c r="E106" s="20">
-        <v>17000863.199999999</v>
+        <v>67483400</v>
       </c>
       <c r="F106" s="20">
-        <v>863865</v>
+        <v>5930000</v>
       </c>
       <c r="G106" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H106" s="18">
-        <v>20250428</v>
+        <v>20250822</v>
       </c>
       <c r="I106" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K106" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L106" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V106" s="18" t="s">
-        <v>180</v>
+        <v>139</v>
       </c>
       <c r="W106" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X106" s="19">
-        <v>1150808</v>
+        <v>4129687</v>
       </c>
       <c r="Y106" s="20">
-        <v>20489544</v>
+        <v>45465625</v>
       </c>
       <c r="Z106" s="20">
-        <v>2238</v>
+        <v>10483</v>
       </c>
       <c r="AA106" s="20">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="107" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A107" s="17" t="s">
-        <v>838</v>
+        <v>893</v>
       </c>
       <c r="B107" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C107" s="17" t="s">
-        <v>839</v>
+        <v>894</v>
       </c>
       <c r="D107" s="18" t="s">
-        <v>840</v>
+        <v>895</v>
       </c>
       <c r="E107" s="20">
-        <v>5561250</v>
+        <v>6260800</v>
       </c>
       <c r="F107" s="20">
-        <v>375000</v>
+        <v>520000</v>
       </c>
       <c r="G107" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H107" s="18">
-        <v>20250821</v>
+        <v>20250822</v>
       </c>
       <c r="I107" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K107" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L107" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V107" s="18" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="W107" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X107" s="19">
-        <v>366380</v>
+        <v>57396</v>
       </c>
       <c r="Y107" s="20">
-        <v>5334462.5</v>
+        <v>609999.5</v>
       </c>
       <c r="Z107" s="20">
-        <v>1106</v>
+        <v>372</v>
       </c>
       <c r="AA107" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="108" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A108" s="17" t="s">
-        <v>399</v>
+        <v>884</v>
       </c>
       <c r="B108" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C108" s="17" t="s">
-        <v>400</v>
+        <v>885</v>
       </c>
       <c r="D108" s="18" t="s">
-        <v>401</v>
+        <v>886</v>
       </c>
       <c r="E108" s="20">
-        <v>99082000</v>
+        <v>18655000</v>
       </c>
       <c r="F108" s="20">
-        <v>5350000</v>
+        <v>1750000</v>
       </c>
       <c r="G108" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H108" s="18">
-        <v>20250305</v>
+        <v>20250822</v>
       </c>
       <c r="I108" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K108" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L108" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V108" s="18" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="W108" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X108" s="19">
-        <v>546596</v>
+        <v>1187001</v>
       </c>
       <c r="Y108" s="20">
-        <v>6955211.5</v>
+        <v>12821230.5</v>
       </c>
       <c r="Z108" s="20">
-        <v>2525</v>
+        <v>4888</v>
       </c>
       <c r="AA108" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="109" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A109" s="17" t="s">
-        <v>411</v>
+        <v>887</v>
       </c>
       <c r="B109" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C109" s="17" t="s">
-        <v>412</v>
+        <v>888</v>
       </c>
       <c r="D109" s="18" t="s">
-        <v>413</v>
+        <v>889</v>
       </c>
       <c r="E109" s="20">
-        <v>91640000</v>
+        <v>6084200</v>
       </c>
       <c r="F109" s="20">
-        <v>3625000</v>
+        <v>580000</v>
       </c>
       <c r="G109" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H109" s="18">
-        <v>20250305</v>
+        <v>20250822</v>
       </c>
       <c r="I109" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K109" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L109" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V109" s="18" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="W109" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X109" s="19">
-        <v>1133927</v>
+        <v>74965</v>
       </c>
       <c r="Y109" s="20">
-        <v>19199264</v>
+        <v>779692.5</v>
       </c>
       <c r="Z109" s="20">
-        <v>5105</v>
+        <v>420</v>
       </c>
       <c r="AA109" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="110" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A110" s="17" t="s">
-        <v>675</v>
+        <v>881</v>
       </c>
       <c r="B110" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C110" s="17" t="s">
-        <v>676</v>
+        <v>882</v>
       </c>
       <c r="D110" s="18" t="s">
-        <v>677</v>
+        <v>883</v>
       </c>
       <c r="E110" s="20">
-        <v>80370000</v>
+        <v>7113600</v>
       </c>
       <c r="F110" s="20">
-        <v>4700000</v>
+        <v>570000</v>
       </c>
       <c r="G110" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H110" s="18">
-        <v>20250616</v>
+        <v>20250822</v>
       </c>
       <c r="I110" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K110" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L110" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V110" s="18" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="W110" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X110" s="19">
-        <v>755382</v>
+        <v>59825</v>
       </c>
       <c r="Y110" s="20">
-        <v>10532643</v>
+        <v>635852</v>
       </c>
       <c r="Z110" s="20">
-        <v>2039</v>
+        <v>337</v>
       </c>
       <c r="AA110" s="20">
         <v>5</v>
       </c>
     </row>
-    <row r="111" spans="1:27" x14ac:dyDescent="0.2">
+    <row r="111" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A111" s="17" t="s">
-        <v>832</v>
+        <v>857</v>
       </c>
       <c r="B111" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C111" s="17" t="s">
-        <v>833</v>
+        <v>858</v>
       </c>
       <c r="D111" s="18" t="s">
-        <v>834</v>
+        <v>859</v>
       </c>
       <c r="E111" s="20">
-        <v>3159000</v>
+        <v>6822000</v>
       </c>
       <c r="F111" s="20">
-        <v>300000</v>
+        <v>450000</v>
       </c>
       <c r="G111" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H111" s="18">
         <v>20250821</v>
       </c>
       <c r="I111" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K111" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L111" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V111" s="18" t="s">
         <v>132</v>
       </c>
       <c r="W111" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X111" s="19">
-        <v>212989</v>
+        <v>596802</v>
       </c>
       <c r="Y111" s="20">
-        <v>2362948.5</v>
+        <v>8907045.5</v>
       </c>
       <c r="Z111" s="20">
-        <v>672</v>
+        <v>1886</v>
       </c>
       <c r="AA111" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="112" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A112" s="17" t="s">
-        <v>417</v>
+        <v>851</v>
       </c>
       <c r="B112" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C112" s="17" t="s">
-        <v>418</v>
+        <v>852</v>
       </c>
       <c r="D112" s="18" t="s">
-        <v>419</v>
+        <v>853</v>
       </c>
       <c r="E112" s="20">
-        <v>100004000</v>
+        <v>6718750</v>
       </c>
       <c r="F112" s="20">
-        <v>4600000</v>
+        <v>625000</v>
       </c>
       <c r="G112" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H112" s="18">
-        <v>20250305</v>
+        <v>20250821</v>
       </c>
       <c r="I112" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K112" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L112" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V112" s="18" t="s">
         <v>132</v>
       </c>
       <c r="W112" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X112" s="19">
-        <v>581872</v>
+        <v>419351</v>
       </c>
       <c r="Y112" s="20">
-        <v>9279337.5</v>
+        <v>4554479.5</v>
       </c>
       <c r="Z112" s="20">
-        <v>2649</v>
+        <v>1165</v>
       </c>
       <c r="AA112" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="113" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A113" s="17" t="s">
-        <v>835</v>
+        <v>854</v>
       </c>
       <c r="B113" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C113" s="17" t="s">
-        <v>836</v>
+        <v>855</v>
       </c>
       <c r="D113" s="18" t="s">
-        <v>837</v>
+        <v>856</v>
       </c>
       <c r="E113" s="20">
-        <v>7225000</v>
+        <v>8331750</v>
       </c>
       <c r="F113" s="20">
-        <v>425000</v>
+        <v>575000</v>
       </c>
       <c r="G113" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H113" s="18">
         <v>20250821</v>
       </c>
       <c r="I113" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K113" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L113" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V113" s="18" t="s">
         <v>132</v>
       </c>
       <c r="W113" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X113" s="19">
-        <v>547969</v>
+        <v>776094</v>
       </c>
       <c r="Y113" s="20">
-        <v>7457975.5</v>
+        <v>10762656</v>
       </c>
       <c r="Z113" s="20">
-        <v>1887</v>
+        <v>3117</v>
       </c>
       <c r="AA113" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="114" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A114" s="17" t="s">
-        <v>820</v>
+        <v>839</v>
       </c>
       <c r="B114" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C114" s="17" t="s">
-        <v>821</v>
+        <v>840</v>
       </c>
       <c r="D114" s="18" t="s">
-        <v>822</v>
+        <v>841</v>
       </c>
       <c r="E114" s="20">
-        <v>96187500</v>
+        <v>119527000</v>
       </c>
       <c r="F114" s="20">
-        <v>7125000</v>
+        <v>8900000</v>
       </c>
       <c r="G114" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H114" s="18">
         <v>20250821</v>
       </c>
       <c r="I114" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K114" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L114" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V114" s="18" t="s">
         <v>132</v>
       </c>
       <c r="W114" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X114" s="19">
-        <v>4553240</v>
+        <v>6902645</v>
       </c>
       <c r="Y114" s="20">
-        <v>58789191</v>
+        <v>90062783.5</v>
       </c>
       <c r="Z114" s="20">
-        <v>12154</v>
+        <v>19794</v>
       </c>
       <c r="AA114" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="115" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A115" s="17" t="s">
-        <v>1040</v>
+        <v>845</v>
       </c>
       <c r="B115" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C115" s="17" t="s">
-        <v>1041</v>
+        <v>846</v>
       </c>
       <c r="D115" s="18" t="s">
-        <v>1042</v>
+        <v>847</v>
       </c>
       <c r="E115" s="20">
-        <v>18026500</v>
+        <v>3734500</v>
       </c>
       <c r="F115" s="20">
-        <v>1550000</v>
+        <v>275000</v>
       </c>
       <c r="G115" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H115" s="18">
-        <v>20251001</v>
+        <v>20250821</v>
       </c>
       <c r="I115" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K115" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L115" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V115" s="18" t="s">
         <v>132</v>
       </c>
       <c r="W115" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X115" s="19">
-        <v>780813</v>
+        <v>240858</v>
       </c>
       <c r="Y115" s="20">
-        <v>10159040</v>
+        <v>3185577.5</v>
       </c>
       <c r="Z115" s="20">
-        <v>4116</v>
+        <v>799</v>
       </c>
       <c r="AA115" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="116" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A116" s="17" t="s">
-        <v>826</v>
+        <v>848</v>
       </c>
       <c r="B116" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C116" s="17" t="s">
-        <v>827</v>
+        <v>849</v>
       </c>
       <c r="D116" s="18" t="s">
-        <v>828</v>
+        <v>850</v>
       </c>
       <c r="E116" s="20">
-        <v>3327500</v>
+        <v>4656000</v>
       </c>
       <c r="F116" s="20">
-        <v>250000</v>
+        <v>400000</v>
       </c>
       <c r="G116" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H116" s="18">
         <v>20250821</v>
       </c>
       <c r="I116" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K116" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L116" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V116" s="18" t="s">
         <v>132</v>
       </c>
       <c r="W116" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X116" s="19">
-        <v>165947</v>
+        <v>524861</v>
       </c>
       <c r="Y116" s="20">
-        <v>2172978</v>
+        <v>6349724.5</v>
       </c>
       <c r="Z116" s="20">
-        <v>502</v>
+        <v>1404</v>
       </c>
       <c r="AA116" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="117" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A117" s="17" t="s">
-        <v>408</v>
+        <v>842</v>
       </c>
       <c r="B117" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C117" s="17" t="s">
-        <v>409</v>
+        <v>843</v>
       </c>
       <c r="D117" s="18" t="s">
-        <v>410</v>
+        <v>844</v>
       </c>
       <c r="E117" s="20">
-        <v>102225000</v>
+        <v>3637500</v>
       </c>
       <c r="F117" s="20">
-        <v>7050000</v>
+        <v>250000</v>
       </c>
       <c r="G117" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H117" s="18">
-        <v>20250305</v>
+        <v>20250821</v>
       </c>
       <c r="I117" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K117" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L117" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V117" s="18" t="s">
         <v>132</v>
       </c>
       <c r="W117" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X117" s="19">
-        <v>12291496</v>
+        <v>323791</v>
       </c>
       <c r="Y117" s="20">
-        <v>171218094.5</v>
+        <v>4221020</v>
       </c>
       <c r="Z117" s="20">
-        <v>30973</v>
+        <v>651</v>
       </c>
       <c r="AA117" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="118" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A118" s="17" t="s">
-        <v>196</v>
+        <v>866</v>
       </c>
       <c r="B118" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C118" s="17" t="s">
-        <v>197</v>
+        <v>867</v>
       </c>
       <c r="D118" s="18" t="s">
-        <v>198</v>
+        <v>868</v>
       </c>
       <c r="E118" s="20">
-        <v>16087500</v>
+        <v>11177500</v>
       </c>
       <c r="F118" s="20">
-        <v>1375000</v>
+        <v>850000</v>
       </c>
       <c r="G118" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H118" s="18">
-        <v>20250116</v>
+        <v>20250821</v>
       </c>
       <c r="I118" s="19" t="s">
         <v>71</v>
       </c>
-      <c r="J118" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K118" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L118" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V118" s="18" t="s">
         <v>132</v>
       </c>
       <c r="W118" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X118" s="19">
-        <v>3088971</v>
+        <v>1229728</v>
       </c>
       <c r="Y118" s="20">
-        <v>34712199.5</v>
+        <v>16065915</v>
       </c>
       <c r="Z118" s="20">
-        <v>14732</v>
+        <v>4493</v>
       </c>
       <c r="AA118" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="119" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A119" s="17" t="s">
-        <v>402</v>
+        <v>869</v>
       </c>
       <c r="B119" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C119" s="17" t="s">
-        <v>403</v>
+        <v>870</v>
       </c>
       <c r="D119" s="18" t="s">
-        <v>404</v>
+        <v>871</v>
       </c>
       <c r="E119" s="20">
-        <v>63240000</v>
+        <v>1678750</v>
       </c>
       <c r="F119" s="20">
-        <v>6800000</v>
+        <v>125000</v>
       </c>
       <c r="G119" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H119" s="18">
-        <v>20250305</v>
+        <v>20250821</v>
       </c>
       <c r="I119" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K119" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L119" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V119" s="18" t="s">
         <v>132</v>
       </c>
       <c r="W119" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X119" s="19">
-        <v>1311069</v>
+        <v>207961</v>
       </c>
       <c r="Y119" s="20">
-        <v>13140147</v>
+        <v>2740678</v>
       </c>
       <c r="Z119" s="20">
-        <v>6318</v>
+        <v>447</v>
       </c>
       <c r="AA119" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="120" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A120" s="17" t="s">
-        <v>199</v>
+        <v>860</v>
       </c>
       <c r="B120" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C120" s="17" t="s">
-        <v>200</v>
+        <v>861</v>
       </c>
       <c r="D120" s="18" t="s">
-        <v>201</v>
+        <v>862</v>
       </c>
       <c r="E120" s="20">
-        <v>1115267500</v>
+        <v>3363750</v>
       </c>
       <c r="F120" s="20">
-        <v>79575000</v>
+        <v>225000</v>
       </c>
       <c r="G120" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H120" s="18">
-        <v>20250116</v>
+        <v>20250821</v>
       </c>
       <c r="I120" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K120" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L120" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V120" s="18" t="s">
         <v>132</v>
       </c>
       <c r="W120" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X120" s="19">
-        <v>81723723</v>
+        <v>199349</v>
       </c>
       <c r="Y120" s="20">
-        <v>1010057279</v>
+        <v>2577286.5</v>
       </c>
       <c r="Z120" s="20">
-        <v>197164</v>
+        <v>503</v>
       </c>
       <c r="AA120" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="121" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A121" s="17" t="s">
-        <v>829</v>
+        <v>863</v>
       </c>
       <c r="B121" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C121" s="17" t="s">
-        <v>830</v>
+        <v>864</v>
       </c>
       <c r="D121" s="18" t="s">
-        <v>831</v>
+        <v>865</v>
       </c>
       <c r="E121" s="20">
-        <v>3519000</v>
+        <v>5876000</v>
       </c>
       <c r="F121" s="20">
-        <v>300000</v>
+        <v>650000</v>
       </c>
       <c r="G121" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H121" s="18">
         <v>20250821</v>
       </c>
       <c r="I121" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K121" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L121" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V121" s="18" t="s">
         <v>132</v>
       </c>
       <c r="W121" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X121" s="19">
-        <v>214153</v>
+        <v>345325</v>
       </c>
       <c r="Y121" s="20">
-        <v>2627402</v>
+        <v>3546151</v>
       </c>
       <c r="Z121" s="20">
-        <v>782</v>
+        <v>955</v>
       </c>
       <c r="AA121" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="122" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A122" s="17" t="s">
-        <v>811</v>
+        <v>830</v>
       </c>
       <c r="B122" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C122" s="17" t="s">
-        <v>812</v>
+        <v>831</v>
       </c>
       <c r="D122" s="18" t="s">
-        <v>813</v>
+        <v>832</v>
       </c>
       <c r="E122" s="20">
-        <v>13608000</v>
+        <v>33378750</v>
       </c>
       <c r="F122" s="20">
-        <v>1050000</v>
+        <v>2875000</v>
       </c>
       <c r="G122" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H122" s="18">
         <v>20250819</v>
       </c>
       <c r="I122" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K122" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L122" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V122" s="18" t="s">
         <v>132</v>
       </c>
       <c r="W122" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X122" s="19">
-        <v>681139</v>
+        <v>1212918</v>
       </c>
       <c r="Y122" s="20">
-        <v>8358924.5</v>
+        <v>14847576</v>
       </c>
       <c r="Z122" s="20">
-        <v>1566</v>
+        <v>3187</v>
       </c>
       <c r="AA122" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="123" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A123" s="17" t="s">
-        <v>496</v>
+        <v>836</v>
       </c>
       <c r="B123" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C123" s="17" t="s">
-        <v>497</v>
+        <v>837</v>
       </c>
       <c r="D123" s="18" t="s">
-        <v>498</v>
+        <v>838</v>
       </c>
       <c r="E123" s="20">
-        <v>9765750</v>
+        <v>7588000</v>
       </c>
       <c r="F123" s="20">
-        <v>725000</v>
+        <v>350000</v>
       </c>
       <c r="G123" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H123" s="18">
-        <v>20250415</v>
+        <v>20250819</v>
       </c>
       <c r="I123" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K123" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L123" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V123" s="18" t="s">
-        <v>132</v>
+        <v>222</v>
       </c>
       <c r="W123" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X123" s="19">
-        <v>382674</v>
+        <v>159773</v>
       </c>
       <c r="Y123" s="20">
-        <v>5148767</v>
+        <v>3346438</v>
       </c>
       <c r="Z123" s="20">
-        <v>434</v>
+        <v>109</v>
       </c>
       <c r="AA123" s="20">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="124" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A124" s="17" t="s">
-        <v>499</v>
+        <v>833</v>
       </c>
       <c r="B124" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C124" s="17" t="s">
-        <v>500</v>
+        <v>834</v>
       </c>
       <c r="D124" s="18" t="s">
-        <v>501</v>
+        <v>835</v>
       </c>
       <c r="E124" s="20">
-        <v>46008000</v>
+        <v>16143000</v>
       </c>
       <c r="F124" s="20">
-        <v>3550000</v>
+        <v>150000</v>
       </c>
       <c r="G124" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H124" s="18">
-        <v>20250415</v>
+        <v>20250819</v>
       </c>
       <c r="I124" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K124" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L124" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V124" s="18" t="s">
-        <v>132</v>
+        <v>222</v>
       </c>
       <c r="W124" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X124" s="19">
-        <v>599948</v>
+        <v>115336</v>
       </c>
       <c r="Y124" s="20">
-        <v>7770938.5</v>
+        <v>12668781.5</v>
       </c>
       <c r="Z124" s="20">
-        <v>1656</v>
+        <v>313</v>
       </c>
       <c r="AA124" s="20">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="125" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A125" s="17" t="s">
-        <v>202</v>
+        <v>827</v>
       </c>
       <c r="B125" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C125" s="17" t="s">
-        <v>203</v>
+        <v>828</v>
       </c>
       <c r="D125" s="18" t="s">
-        <v>204</v>
+        <v>829</v>
       </c>
       <c r="E125" s="20">
-        <v>74460000</v>
+        <v>4410000</v>
       </c>
       <c r="F125" s="20">
-        <v>6800000</v>
+        <v>250000</v>
       </c>
       <c r="G125" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H125" s="18">
-        <v>20250116</v>
+        <v>20250813</v>
       </c>
       <c r="I125" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K125" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L125" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V125" s="18" t="s">
-        <v>132</v>
+        <v>236</v>
       </c>
       <c r="W125" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X125" s="19">
-        <v>2059180</v>
+        <v>934456</v>
       </c>
       <c r="Y125" s="20">
-        <v>24898808</v>
+        <v>18615226</v>
       </c>
       <c r="Z125" s="20">
-        <v>9210</v>
+        <v>3845</v>
       </c>
       <c r="AA125" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="126" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A126" s="17" t="s">
-        <v>414</v>
+        <v>824</v>
       </c>
       <c r="B126" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C126" s="17" t="s">
-        <v>415</v>
+        <v>825</v>
       </c>
       <c r="D126" s="18" t="s">
-        <v>416</v>
+        <v>826</v>
       </c>
       <c r="E126" s="20">
-        <v>472468500</v>
+        <v>2119500</v>
       </c>
       <c r="F126" s="20">
-        <v>49525000</v>
+        <v>225000</v>
       </c>
       <c r="G126" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H126" s="18">
-        <v>20250305</v>
+        <v>20250813</v>
       </c>
       <c r="I126" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K126" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L126" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V126" s="18" t="s">
-        <v>132</v>
+        <v>236</v>
       </c>
       <c r="W126" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X126" s="19">
-        <v>69322819</v>
+        <v>2297319</v>
       </c>
       <c r="Y126" s="20">
-        <v>973253275</v>
+        <v>23691209</v>
       </c>
       <c r="Z126" s="20">
-        <v>194218</v>
+        <v>8802</v>
       </c>
       <c r="AA126" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="127" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A127" s="17" t="s">
-        <v>205</v>
+        <v>815</v>
       </c>
       <c r="B127" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C127" s="17" t="s">
-        <v>206</v>
+        <v>816</v>
       </c>
       <c r="D127" s="18" t="s">
-        <v>207</v>
+        <v>817</v>
       </c>
       <c r="E127" s="20">
-        <v>96790750</v>
+        <v>3380000</v>
       </c>
       <c r="F127" s="20">
-        <v>12425000</v>
+        <v>250000</v>
       </c>
       <c r="G127" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H127" s="18">
-        <v>20250116</v>
+        <v>20250812</v>
       </c>
       <c r="I127" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K127" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L127" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V127" s="18" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="W127" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X127" s="19">
-        <v>33755154</v>
+        <v>195227</v>
       </c>
       <c r="Y127" s="20">
-        <v>361859861.5</v>
+        <v>3091659</v>
       </c>
       <c r="Z127" s="20">
-        <v>102055</v>
+        <v>352</v>
       </c>
       <c r="AA127" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="128" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A128" s="17" t="s">
-        <v>405</v>
+        <v>809</v>
       </c>
       <c r="B128" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C128" s="17" t="s">
-        <v>406</v>
+        <v>810</v>
       </c>
       <c r="D128" s="18" t="s">
-        <v>407</v>
+        <v>811</v>
       </c>
       <c r="E128" s="20">
-        <v>68799000</v>
+        <v>7120000</v>
       </c>
       <c r="F128" s="20">
-        <v>5700000</v>
+        <v>250000</v>
       </c>
       <c r="G128" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H128" s="18">
-        <v>20250305</v>
+        <v>20250812</v>
       </c>
       <c r="I128" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K128" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L128" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V128" s="18" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="W128" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X128" s="19">
-        <v>959054</v>
+        <v>205501</v>
       </c>
       <c r="Y128" s="20">
-        <v>12139617</v>
+        <v>5200030</v>
       </c>
       <c r="Z128" s="20">
-        <v>4378</v>
+        <v>584</v>
       </c>
       <c r="AA128" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="129" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A129" s="17" t="s">
-        <v>208</v>
+        <v>818</v>
       </c>
       <c r="B129" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C129" s="17" t="s">
-        <v>209</v>
+        <v>819</v>
       </c>
       <c r="D129" s="18" t="s">
-        <v>210</v>
+        <v>820</v>
       </c>
       <c r="E129" s="20">
-        <v>164317500</v>
+        <v>1022500</v>
       </c>
       <c r="F129" s="20">
-        <v>5450000</v>
+        <v>50000</v>
       </c>
       <c r="G129" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H129" s="18">
-        <v>20250116</v>
+        <v>20250812</v>
       </c>
       <c r="I129" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K129" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L129" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V129" s="18" t="s">
-        <v>132</v>
+        <v>144</v>
       </c>
       <c r="W129" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X129" s="19">
-        <v>19781970</v>
+        <v>2601</v>
       </c>
       <c r="Y129" s="20">
-        <v>426509753.5</v>
+        <v>52756</v>
       </c>
       <c r="Z129" s="20">
-        <v>57216</v>
+        <v>14</v>
       </c>
       <c r="AA129" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="130" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A130" s="17" t="s">
-        <v>1046</v>
+        <v>821</v>
       </c>
       <c r="B130" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C130" s="17" t="s">
-        <v>1047</v>
+        <v>822</v>
       </c>
       <c r="D130" s="18" t="s">
-        <v>1048</v>
+        <v>823</v>
       </c>
       <c r="E130" s="20">
-        <v>21340000</v>
+        <v>3038000</v>
       </c>
       <c r="F130" s="20">
-        <v>2200000</v>
+        <v>150000</v>
       </c>
       <c r="G130" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H130" s="18">
-        <v>20251001</v>
+        <v>20250812</v>
       </c>
       <c r="I130" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K130" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L130" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V130" s="18" t="s">
-        <v>132</v>
+        <v>144</v>
       </c>
       <c r="W130" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X130" s="19">
-        <v>1636963</v>
+        <v>5109</v>
       </c>
       <c r="Y130" s="20">
-        <v>16112844</v>
+        <v>105589</v>
       </c>
       <c r="Z130" s="20">
-        <v>5870</v>
+        <v>7</v>
       </c>
       <c r="AA130" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="131" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A131" s="17" t="s">
-        <v>1031</v>
+        <v>812</v>
       </c>
       <c r="B131" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C131" s="17" t="s">
-        <v>1032</v>
+        <v>813</v>
       </c>
       <c r="D131" s="18" t="s">
-        <v>1033</v>
+        <v>814</v>
       </c>
       <c r="E131" s="20">
-        <v>11912000</v>
+        <v>1000000</v>
       </c>
       <c r="F131" s="20">
-        <v>800000</v>
+        <v>50000</v>
       </c>
       <c r="G131" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H131" s="18">
-        <v>20251001</v>
+        <v>20250812</v>
       </c>
       <c r="I131" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K131" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L131" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V131" s="18" t="s">
-        <v>132</v>
+        <v>144</v>
       </c>
       <c r="W131" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X131" s="19">
-        <v>369992</v>
+        <v>21</v>
       </c>
       <c r="Y131" s="20">
-        <v>5258217.5</v>
+        <v>429.5</v>
       </c>
       <c r="Z131" s="20">
-        <v>2039</v>
+        <v>4</v>
       </c>
       <c r="AA131" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="132" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A132" s="17" t="s">
-        <v>823</v>
+        <v>787</v>
       </c>
       <c r="B132" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C132" s="17" t="s">
-        <v>824</v>
+        <v>788</v>
       </c>
       <c r="D132" s="18" t="s">
-        <v>825</v>
+        <v>789</v>
       </c>
       <c r="E132" s="20">
-        <v>2269750</v>
+        <v>39719500</v>
       </c>
       <c r="F132" s="20">
-        <v>175000</v>
+        <v>950000</v>
       </c>
       <c r="G132" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H132" s="18">
-        <v>20250821</v>
+        <v>20250728</v>
       </c>
       <c r="I132" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K132" s="18" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="L132" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V132" s="18" t="s">
-        <v>132</v>
+        <v>219</v>
       </c>
       <c r="W132" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X132" s="19">
-        <v>227967</v>
+        <v>53123</v>
       </c>
       <c r="Y132" s="20">
-        <v>2905794.5</v>
+        <v>2206284.5</v>
       </c>
       <c r="Z132" s="20">
-        <v>445</v>
+        <v>246</v>
       </c>
       <c r="AA132" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:27" x14ac:dyDescent="0.2">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="133" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A133" s="17" t="s">
-        <v>847</v>
+        <v>786</v>
       </c>
       <c r="B133" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C133" s="17" t="s">
-        <v>848</v>
+        <v>1211</v>
       </c>
       <c r="D133" s="18" t="s">
-        <v>849</v>
+        <v>1212</v>
       </c>
       <c r="E133" s="20">
-        <v>10023750</v>
+        <v>1086500</v>
       </c>
       <c r="F133" s="20">
-        <v>675000</v>
+        <v>50000</v>
       </c>
       <c r="G133" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H133" s="18">
-        <v>20250821</v>
+        <v>20250723</v>
       </c>
       <c r="I133" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K133" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L133" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V133" s="18" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="W133" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X133" s="19">
-        <v>889287</v>
+        <v>5454</v>
       </c>
       <c r="Y133" s="20">
-        <v>11516185</v>
+        <v>117405</v>
       </c>
       <c r="Z133" s="20">
-        <v>2969</v>
+        <v>53</v>
       </c>
       <c r="AA133" s="20">
         <v>3</v>
       </c>
     </row>
-    <row r="134" spans="1:27" x14ac:dyDescent="0.2">
+    <row r="134" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A134" s="17" t="s">
-        <v>1034</v>
+        <v>780</v>
       </c>
       <c r="B134" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C134" s="17" t="s">
-        <v>1035</v>
+        <v>781</v>
       </c>
       <c r="D134" s="18" t="s">
-        <v>1036</v>
+        <v>782</v>
       </c>
       <c r="E134" s="20">
-        <v>19520000</v>
+        <v>3255000</v>
       </c>
       <c r="F134" s="20">
-        <v>1600000</v>
+        <v>150000</v>
       </c>
       <c r="G134" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H134" s="18">
-        <v>20251001</v>
+        <v>20250721</v>
       </c>
       <c r="I134" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K134" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L134" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V134" s="18" t="s">
-        <v>132</v>
+        <v>174</v>
       </c>
       <c r="W134" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X134" s="19">
-        <v>974168</v>
+        <v>31247</v>
       </c>
       <c r="Y134" s="20">
-        <v>11454561</v>
+        <v>669623</v>
       </c>
       <c r="Z134" s="20">
-        <v>3290</v>
+        <v>29</v>
       </c>
       <c r="AA134" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:27" x14ac:dyDescent="0.2">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="135" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A135" s="17" t="s">
-        <v>850</v>
+        <v>783</v>
       </c>
       <c r="B135" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C135" s="17" t="s">
-        <v>851</v>
+        <v>784</v>
       </c>
       <c r="D135" s="18" t="s">
-        <v>852</v>
+        <v>785</v>
       </c>
       <c r="E135" s="20">
-        <v>3418250</v>
+        <v>77063600</v>
       </c>
       <c r="F135" s="20">
-        <v>275000</v>
+        <v>7585000</v>
       </c>
       <c r="G135" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H135" s="18">
-        <v>20250821</v>
+        <v>20250721</v>
       </c>
       <c r="I135" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K135" s="18" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="L135" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V135" s="18" t="s">
-        <v>132</v>
+        <v>216</v>
       </c>
       <c r="W135" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X135" s="19">
-        <v>137395</v>
+        <v>992538</v>
       </c>
       <c r="Y135" s="20">
-        <v>1777848</v>
+        <v>10175357</v>
       </c>
       <c r="Z135" s="20">
-        <v>306</v>
+        <v>967</v>
       </c>
       <c r="AA135" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:27" x14ac:dyDescent="0.2">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="136" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A136" s="17" t="s">
-        <v>841</v>
+        <v>774</v>
       </c>
       <c r="B136" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C136" s="17" t="s">
-        <v>842</v>
+        <v>775</v>
       </c>
       <c r="D136" s="18" t="s">
-        <v>843</v>
+        <v>776</v>
       </c>
       <c r="E136" s="20">
-        <v>2026500</v>
+        <v>3275900</v>
       </c>
       <c r="F136" s="20">
-        <v>150000</v>
+        <v>170000</v>
       </c>
       <c r="G136" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H136" s="18">
-        <v>20250821</v>
+        <v>20250716</v>
       </c>
       <c r="I136" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K136" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L136" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V136" s="18" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="W136" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X136" s="19">
-        <v>154382</v>
+        <v>5546</v>
       </c>
       <c r="Y136" s="20">
-        <v>1945117.5</v>
+        <v>110695</v>
       </c>
       <c r="Z136" s="20">
-        <v>329</v>
+        <v>55</v>
       </c>
       <c r="AA136" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="137" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A137" s="17" t="s">
-        <v>844</v>
+        <v>777</v>
       </c>
       <c r="B137" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C137" s="17" t="s">
-        <v>845</v>
+        <v>778</v>
       </c>
       <c r="D137" s="18" t="s">
-        <v>846</v>
+        <v>779</v>
       </c>
       <c r="E137" s="20">
-        <v>1856750</v>
+        <v>14231100</v>
       </c>
       <c r="F137" s="20">
-        <v>175000</v>
+        <v>410000</v>
       </c>
       <c r="G137" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H137" s="18">
-        <v>20250821</v>
+        <v>20250716</v>
       </c>
       <c r="I137" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K137" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L137" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V137" s="18" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="W137" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X137" s="19">
-        <v>138688</v>
+        <v>249206</v>
       </c>
       <c r="Y137" s="20">
-        <v>1591764.5</v>
+        <v>7012256</v>
       </c>
       <c r="Z137" s="20">
-        <v>355</v>
+        <v>1210</v>
       </c>
       <c r="AA137" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:27" x14ac:dyDescent="0.2">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="138" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A138" s="17" t="s">
-        <v>211</v>
+        <v>771</v>
       </c>
       <c r="B138" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C138" s="17" t="s">
-        <v>212</v>
+        <v>772</v>
       </c>
       <c r="D138" s="18" t="s">
-        <v>213</v>
+        <v>773</v>
       </c>
       <c r="E138" s="20">
-        <v>245231250</v>
+        <v>4110400</v>
       </c>
       <c r="F138" s="20">
-        <v>25625000</v>
+        <v>160000</v>
       </c>
       <c r="G138" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H138" s="18">
-        <v>20250116</v>
+        <v>20250716</v>
       </c>
       <c r="I138" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K138" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L138" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V138" s="18" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="W138" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X138" s="19">
-        <v>51653053</v>
+        <v>14517</v>
       </c>
       <c r="Y138" s="20">
-        <v>404006795.5</v>
+        <v>365104</v>
       </c>
       <c r="Z138" s="20">
-        <v>99216</v>
+        <v>89</v>
       </c>
       <c r="AA138" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="139" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A139" s="17" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="B139" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C139" s="17" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="D139" s="18" t="s">
-        <v>764</v>
+        <v>770</v>
       </c>
       <c r="E139" s="20">
-        <v>63016400</v>
+        <v>1864500</v>
       </c>
       <c r="F139" s="20">
-        <v>6130000</v>
+        <v>50000</v>
       </c>
       <c r="G139" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H139" s="18">
-        <v>20250721</v>
+        <v>20250716</v>
       </c>
       <c r="I139" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K139" s="18" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="L139" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V139" s="18" t="s">
-        <v>216</v>
+        <v>139</v>
       </c>
       <c r="W139" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X139" s="19">
-        <v>694192</v>
+        <v>9660</v>
       </c>
       <c r="Y139" s="20">
-        <v>7125948.5</v>
+        <v>277970</v>
       </c>
       <c r="Z139" s="20">
-        <v>523</v>
+        <v>96</v>
       </c>
       <c r="AA139" s="20">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="140" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A140" s="17" t="s">
-        <v>493</v>
+        <v>765</v>
       </c>
       <c r="B140" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C140" s="17" t="s">
-        <v>494</v>
+        <v>766</v>
       </c>
       <c r="D140" s="18" t="s">
-        <v>495</v>
+        <v>767</v>
       </c>
       <c r="E140" s="20">
-        <v>7540000</v>
+        <v>3260000</v>
       </c>
       <c r="F140" s="20">
-        <v>325000</v>
+        <v>500000</v>
       </c>
       <c r="G140" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H140" s="18">
-        <v>20250403</v>
+        <v>20250702</v>
       </c>
       <c r="I140" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K140" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L140" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V140" s="18" t="s">
-        <v>217</v>
+        <v>236</v>
       </c>
       <c r="W140" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X140" s="19">
-        <v>147734</v>
+        <v>574833</v>
       </c>
       <c r="Y140" s="20">
-        <v>3221105.5</v>
+        <v>7323727</v>
       </c>
       <c r="Z140" s="20">
-        <v>159</v>
+        <v>2818</v>
       </c>
       <c r="AA140" s="20">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:27" x14ac:dyDescent="0.2">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="141" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A141" s="17" t="s">
-        <v>648</v>
+        <v>762</v>
       </c>
       <c r="B141" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C141" s="17" t="s">
-        <v>649</v>
+        <v>763</v>
       </c>
       <c r="D141" s="18" t="s">
-        <v>650</v>
+        <v>764</v>
       </c>
       <c r="E141" s="20">
-        <v>10162500</v>
+        <v>4284500</v>
       </c>
       <c r="F141" s="20">
-        <v>250000</v>
+        <v>2050000</v>
       </c>
       <c r="G141" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H141" s="18">
-        <v>20250602</v>
+        <v>20250702</v>
       </c>
       <c r="I141" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K141" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L141" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V141" s="18" t="s">
-        <v>218</v>
+        <v>236</v>
       </c>
       <c r="W141" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X141" s="19">
-        <v>20109</v>
+        <v>8188949</v>
       </c>
       <c r="Y141" s="20">
-        <v>805324</v>
+        <v>47114671</v>
       </c>
       <c r="Z141" s="20">
-        <v>23</v>
+        <v>22162</v>
       </c>
       <c r="AA141" s="20">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:27" x14ac:dyDescent="0.2">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="142" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A142" s="17" t="s">
-        <v>651</v>
+        <v>741</v>
       </c>
       <c r="B142" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C142" s="17" t="s">
-        <v>652</v>
+        <v>742</v>
       </c>
       <c r="D142" s="18" t="s">
-        <v>653</v>
+        <v>743</v>
       </c>
       <c r="E142" s="20">
-        <v>1914431750</v>
+        <v>1109500</v>
       </c>
       <c r="F142" s="20">
-        <v>40610000</v>
+        <v>25000</v>
       </c>
       <c r="G142" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H142" s="18">
-        <v>20250602</v>
+        <v>20250626</v>
       </c>
       <c r="I142" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K142" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L142" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V142" s="18" t="s">
         <v>218</v>
       </c>
       <c r="W142" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X142" s="19">
-        <v>375381</v>
+        <v>702</v>
       </c>
       <c r="Y142" s="20">
-        <v>15152482.5</v>
+        <v>30295</v>
       </c>
       <c r="Z142" s="20">
-        <v>1094</v>
+        <v>10</v>
       </c>
       <c r="AA142" s="20">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:27" x14ac:dyDescent="0.2">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="143" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A143" s="17" t="s">
-        <v>720</v>
+        <v>732</v>
       </c>
       <c r="B143" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C143" s="17" t="s">
-        <v>721</v>
+        <v>733</v>
       </c>
       <c r="D143" s="18" t="s">
-        <v>722</v>
+        <v>734</v>
       </c>
       <c r="E143" s="20">
-        <v>1109500</v>
+        <v>1175500</v>
       </c>
       <c r="F143" s="20">
-        <v>25000</v>
+        <v>50000</v>
       </c>
       <c r="G143" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H143" s="18">
-        <v>20250626</v>
+        <v>20250625</v>
       </c>
       <c r="I143" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K143" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L143" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V143" s="18" t="s">
-        <v>218</v>
+        <v>176</v>
       </c>
       <c r="W143" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X143" s="19">
-        <v>648</v>
+        <v>25227</v>
       </c>
       <c r="Y143" s="20">
-        <v>27877</v>
+        <v>592095</v>
       </c>
       <c r="Z143" s="20">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="AA143" s="20">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="144" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A144" s="17" t="s">
-        <v>768</v>
+        <v>735</v>
       </c>
       <c r="B144" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C144" s="17" t="s">
-        <v>769</v>
+        <v>736</v>
       </c>
       <c r="D144" s="18" t="s">
-        <v>770</v>
+        <v>737</v>
       </c>
       <c r="E144" s="20">
-        <v>36261000</v>
+        <v>1135000</v>
       </c>
       <c r="F144" s="20">
-        <v>850000</v>
+        <v>50000</v>
       </c>
       <c r="G144" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H144" s="18">
-        <v>20250728</v>
+        <v>20250625</v>
       </c>
       <c r="I144" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K144" s="18" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="L144" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V144" s="18" t="s">
-        <v>219</v>
+        <v>176</v>
       </c>
       <c r="W144" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X144" s="19">
-        <v>42393</v>
+        <v>8800</v>
       </c>
       <c r="Y144" s="20">
-        <v>1756171.5</v>
+        <v>187065</v>
       </c>
       <c r="Z144" s="20">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="AA144" s="20">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="145" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A145" s="17" t="s">
-        <v>1022</v>
+        <v>738</v>
       </c>
       <c r="B145" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C145" s="17" t="s">
-        <v>1023</v>
+        <v>739</v>
       </c>
       <c r="D145" s="18" t="s">
-        <v>1024</v>
+        <v>740</v>
       </c>
       <c r="E145" s="20">
-        <v>52228800</v>
+        <v>1169500</v>
       </c>
       <c r="F145" s="20">
-        <v>2080000</v>
+        <v>50000</v>
       </c>
       <c r="G145" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H145" s="18">
-        <v>20251001</v>
+        <v>20250625</v>
       </c>
       <c r="I145" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K145" s="18" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="L145" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V145" s="18" t="s">
-        <v>219</v>
+        <v>176</v>
       </c>
       <c r="W145" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X145" s="19">
-        <v>1374363</v>
+        <v>4705</v>
       </c>
       <c r="Y145" s="20">
-        <v>34519503</v>
+        <v>107370</v>
       </c>
       <c r="Z145" s="20">
-        <v>412</v>
+        <v>12</v>
       </c>
       <c r="AA145" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:27" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="146" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A146" s="17" t="s">
-        <v>672</v>
+        <v>729</v>
       </c>
       <c r="B146" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C146" s="17" t="s">
-        <v>673</v>
+        <v>730</v>
       </c>
       <c r="D146" s="18" t="s">
-        <v>674</v>
+        <v>731</v>
       </c>
       <c r="E146" s="20">
-        <v>48163500</v>
+        <v>32738750</v>
       </c>
       <c r="F146" s="20">
-        <v>1650000</v>
+        <v>1375000</v>
       </c>
       <c r="G146" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H146" s="18">
-        <v>20250616</v>
+        <v>20250620</v>
       </c>
       <c r="I146" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K146" s="18" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="L146" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V146" s="18" t="s">
-        <v>219</v>
+        <v>153</v>
       </c>
       <c r="W146" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X146" s="19">
-        <v>253614</v>
+        <v>710009</v>
       </c>
       <c r="Y146" s="20">
-        <v>7177052.5</v>
+        <v>15119870</v>
       </c>
       <c r="Z146" s="20">
-        <v>409</v>
+        <v>6710</v>
       </c>
       <c r="AA146" s="20">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:27" x14ac:dyDescent="0.2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="147" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A147" s="17" t="s">
-        <v>441</v>
+        <v>720</v>
       </c>
       <c r="B147" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C147" s="17" t="s">
-        <v>442</v>
+        <v>721</v>
       </c>
       <c r="D147" s="18" t="s">
-        <v>443</v>
+        <v>722</v>
       </c>
       <c r="E147" s="20">
-        <v>25591500</v>
+        <v>101388000</v>
       </c>
       <c r="F147" s="20">
-        <v>825000</v>
+        <v>11900000</v>
       </c>
       <c r="G147" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H147" s="18">
-        <v>20250325</v>
+        <v>20250618</v>
       </c>
       <c r="I147" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K147" s="18" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="L147" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V147" s="18" t="s">
-        <v>219</v>
+        <v>73</v>
       </c>
       <c r="W147" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X147" s="19">
-        <v>80438</v>
+        <v>6985406</v>
       </c>
       <c r="Y147" s="20">
-        <v>2259285.5</v>
+        <v>109242423</v>
       </c>
       <c r="Z147" s="20">
-        <v>263</v>
+        <v>23524</v>
       </c>
       <c r="AA147" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:27" x14ac:dyDescent="0.2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="148" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A148" s="17" t="s">
-        <v>1025</v>
+        <v>726</v>
       </c>
       <c r="B148" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C148" s="17" t="s">
-        <v>1026</v>
+        <v>727</v>
       </c>
       <c r="D148" s="18" t="s">
-        <v>1027</v>
+        <v>728</v>
       </c>
       <c r="E148" s="20">
-        <v>16038400</v>
+        <v>41449520</v>
       </c>
       <c r="F148" s="20">
-        <v>640000</v>
+        <v>5056000</v>
       </c>
       <c r="G148" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H148" s="18">
-        <v>20251001</v>
+        <v>20250618</v>
       </c>
       <c r="I148" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K148" s="18" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="L148" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V148" s="18" t="s">
-        <v>219</v>
+        <v>159</v>
       </c>
       <c r="W148" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X148" s="19">
-        <v>59914</v>
+        <v>4119257</v>
       </c>
       <c r="Y148" s="20">
-        <v>1501141</v>
+        <v>50498096</v>
       </c>
       <c r="Z148" s="20">
-        <v>43</v>
+        <v>15934</v>
       </c>
       <c r="AA148" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:27" x14ac:dyDescent="0.2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="149" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A149" s="17" t="s">
-        <v>438</v>
+        <v>723</v>
       </c>
       <c r="B149" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C149" s="17" t="s">
-        <v>439</v>
+        <v>724</v>
       </c>
       <c r="D149" s="18" t="s">
-        <v>440</v>
+        <v>725</v>
       </c>
       <c r="E149" s="20">
-        <v>11898000</v>
+        <v>111151375</v>
       </c>
       <c r="F149" s="20">
-        <v>450000</v>
+        <v>13462500</v>
       </c>
       <c r="G149" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H149" s="18">
-        <v>20250325</v>
+        <v>20250618</v>
       </c>
       <c r="I149" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K149" s="18" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="L149" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V149" s="18" t="s">
-        <v>219</v>
+        <v>131</v>
       </c>
       <c r="W149" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X149" s="19">
-        <v>124183</v>
+        <v>12493617</v>
       </c>
       <c r="Y149" s="20">
-        <v>2986955</v>
+        <v>149220811</v>
       </c>
       <c r="Z149" s="20">
-        <v>278</v>
+        <v>35726</v>
       </c>
       <c r="AA149" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:27" x14ac:dyDescent="0.2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="150" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A150" s="17" t="s">
-        <v>744</v>
+        <v>699</v>
       </c>
       <c r="B150" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C150" s="17" t="s">
-        <v>745</v>
+        <v>700</v>
       </c>
       <c r="D150" s="18" t="s">
-        <v>746</v>
+        <v>701</v>
       </c>
       <c r="E150" s="20">
-        <v>8425084.25</v>
+        <v>16425000</v>
       </c>
       <c r="F150" s="20">
-        <v>500005</v>
+        <v>1250000</v>
       </c>
       <c r="G150" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H150" s="18">
-        <v>20250702</v>
+        <v>20250617</v>
       </c>
       <c r="I150" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K150" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L150" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V150" s="18" t="s">
-        <v>233</v>
+        <v>130</v>
       </c>
       <c r="W150" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X150" s="19">
-        <v>211550</v>
+        <v>30716226</v>
       </c>
       <c r="Y150" s="20">
-        <v>3801922</v>
+        <v>435290973</v>
       </c>
       <c r="Z150" s="20">
-        <v>1136</v>
+        <v>44248</v>
       </c>
       <c r="AA150" s="20">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:27" x14ac:dyDescent="0.2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="151" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A151" s="17" t="s">
-        <v>741</v>
+        <v>705</v>
       </c>
       <c r="B151" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C151" s="17" t="s">
-        <v>742</v>
+        <v>706</v>
       </c>
       <c r="D151" s="18" t="s">
-        <v>743</v>
+        <v>707</v>
       </c>
       <c r="E151" s="20">
-        <v>6417537.75</v>
+        <v>68450000</v>
       </c>
       <c r="F151" s="20">
-        <v>850005</v>
+        <v>2500000</v>
       </c>
       <c r="G151" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H151" s="18">
-        <v>20250702</v>
+        <v>20250617</v>
       </c>
       <c r="I151" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K151" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L151" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V151" s="18" t="s">
-        <v>233</v>
+        <v>130</v>
       </c>
       <c r="W151" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X151" s="19">
-        <v>2167241</v>
+        <v>33470660</v>
       </c>
       <c r="Y151" s="20">
-        <v>27572726</v>
+        <v>902026661.5</v>
       </c>
       <c r="Z151" s="20">
-        <v>8080</v>
+        <v>75690</v>
       </c>
       <c r="AA151" s="20">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:27" x14ac:dyDescent="0.2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="152" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A152" s="17" t="s">
-        <v>904</v>
+        <v>702</v>
       </c>
       <c r="B152" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C152" s="17" t="s">
-        <v>905</v>
+        <v>703</v>
       </c>
       <c r="D152" s="18" t="s">
-        <v>906</v>
+        <v>704</v>
       </c>
       <c r="E152" s="20">
-        <v>7145000</v>
+        <v>3492500</v>
       </c>
       <c r="F152" s="20">
         <v>250000</v>
       </c>
       <c r="G152" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H152" s="18">
-        <v>20250827</v>
+        <v>20250617</v>
       </c>
       <c r="I152" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K152" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L152" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V152" s="18" t="s">
-        <v>146</v>
+        <v>130</v>
       </c>
       <c r="W152" s="18" t="s">
-        <v>150</v>
+        <v>74</v>
       </c>
       <c r="X152" s="19">
-        <v>224674</v>
+        <v>1188109</v>
       </c>
       <c r="Y152" s="20">
-        <v>6153826.5</v>
+        <v>18224287</v>
       </c>
       <c r="Z152" s="20">
-        <v>648</v>
+        <v>2618</v>
       </c>
       <c r="AA152" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:27" x14ac:dyDescent="0.2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="153" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A153" s="17" t="s">
-        <v>585</v>
+        <v>711</v>
       </c>
       <c r="B153" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C153" s="17" t="s">
-        <v>586</v>
+        <v>712</v>
       </c>
       <c r="D153" s="18" t="s">
-        <v>587</v>
+        <v>713</v>
       </c>
       <c r="E153" s="20">
-        <v>137885000</v>
+        <v>4045500</v>
       </c>
       <c r="F153" s="20">
-        <v>2750000</v>
+        <v>150000</v>
       </c>
       <c r="G153" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H153" s="18">
-        <v>20250501</v>
+        <v>20250617</v>
       </c>
       <c r="I153" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K153" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L153" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V153" s="18" t="s">
-        <v>222</v>
+        <v>130</v>
       </c>
       <c r="W153" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X153" s="19">
-        <v>73651</v>
+        <v>1511088</v>
       </c>
       <c r="Y153" s="20">
-        <v>3697134.5</v>
+        <v>38680732.5</v>
       </c>
       <c r="Z153" s="20">
-        <v>186</v>
+        <v>5268</v>
       </c>
       <c r="AA153" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:27" x14ac:dyDescent="0.2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="154" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A154" s="17" t="s">
-        <v>918</v>
+        <v>717</v>
       </c>
       <c r="B154" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C154" s="17" t="s">
-        <v>919</v>
+        <v>718</v>
       </c>
       <c r="D154" s="18" t="s">
-        <v>920</v>
+        <v>719</v>
       </c>
       <c r="E154" s="20">
-        <v>4192000</v>
+        <v>3950700</v>
       </c>
       <c r="F154" s="20">
-        <v>200000</v>
+        <v>390000</v>
       </c>
       <c r="G154" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H154" s="18">
-        <v>20250903</v>
+        <v>20250617</v>
       </c>
       <c r="I154" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K154" s="18" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="L154" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V154" s="18" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="W154" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X154" s="19">
-        <v>44446</v>
+        <v>22151</v>
       </c>
       <c r="Y154" s="20">
-        <v>919414</v>
+        <v>223481</v>
       </c>
       <c r="Z154" s="20">
-        <v>77</v>
+        <v>48</v>
       </c>
       <c r="AA154" s="20">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:27" x14ac:dyDescent="0.2">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="155" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A155" s="17" t="s">
-        <v>927</v>
+        <v>714</v>
       </c>
       <c r="B155" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C155" s="17" t="s">
-        <v>928</v>
+        <v>715</v>
       </c>
       <c r="D155" s="18" t="s">
-        <v>929</v>
+        <v>716</v>
       </c>
       <c r="E155" s="20">
-        <v>2073000</v>
+        <v>3045000</v>
       </c>
       <c r="F155" s="20">
-        <v>100000</v>
+        <v>300000</v>
       </c>
       <c r="G155" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H155" s="18">
-        <v>20250903</v>
+        <v>20250617</v>
       </c>
       <c r="I155" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K155" s="18" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="L155" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V155" s="18" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="W155" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X155" s="19">
-        <v>214</v>
+        <v>30446</v>
       </c>
       <c r="Y155" s="20">
-        <v>4437</v>
+        <v>308262</v>
       </c>
       <c r="Z155" s="20">
-        <v>3</v>
+        <v>35</v>
       </c>
       <c r="AA155" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="156" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A156" s="17" t="s">
-        <v>924</v>
+        <v>708</v>
       </c>
       <c r="B156" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C156" s="17" t="s">
-        <v>925</v>
+        <v>709</v>
       </c>
       <c r="D156" s="18" t="s">
-        <v>926</v>
+        <v>710</v>
       </c>
       <c r="E156" s="20">
-        <v>2019000</v>
+        <v>2946400</v>
       </c>
       <c r="F156" s="20">
-        <v>100000</v>
+        <v>290000</v>
       </c>
       <c r="G156" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H156" s="18">
-        <v>20250903</v>
+        <v>20250617</v>
       </c>
       <c r="I156" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K156" s="18" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="L156" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V156" s="18" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="W156" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X156" s="19">
-        <v>100</v>
+        <v>27868</v>
       </c>
       <c r="Y156" s="20">
-        <v>2019</v>
+        <v>283303</v>
       </c>
       <c r="Z156" s="20">
-        <v>1</v>
+        <v>34</v>
       </c>
       <c r="AA156" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:27" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="157" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A157" s="17" t="s">
-        <v>817</v>
+        <v>696</v>
       </c>
       <c r="B157" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C157" s="17" t="s">
-        <v>818</v>
+        <v>697</v>
       </c>
       <c r="D157" s="18" t="s">
-        <v>819</v>
+        <v>698</v>
       </c>
       <c r="E157" s="20">
-        <v>7511000</v>
+        <v>91596750</v>
       </c>
       <c r="F157" s="20">
-        <v>350000</v>
+        <v>5475000</v>
       </c>
       <c r="G157" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H157" s="18">
-        <v>20250819</v>
+        <v>20250616</v>
       </c>
       <c r="I157" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K157" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L157" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V157" s="18" t="s">
-        <v>222</v>
+        <v>132</v>
       </c>
       <c r="W157" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X157" s="19">
-        <v>99300</v>
+        <v>842027</v>
       </c>
       <c r="Y157" s="20">
-        <v>2052492</v>
+        <v>12036268.5</v>
       </c>
       <c r="Z157" s="20">
-        <v>77</v>
+        <v>2619</v>
       </c>
       <c r="AA157" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:27" x14ac:dyDescent="0.2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="158" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A158" s="17" t="s">
-        <v>814</v>
+        <v>693</v>
       </c>
       <c r="B158" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C158" s="17" t="s">
-        <v>815</v>
+        <v>694</v>
       </c>
       <c r="D158" s="18" t="s">
-        <v>816</v>
+        <v>695</v>
       </c>
       <c r="E158" s="20">
-        <v>8442000</v>
+        <v>48972750</v>
       </c>
       <c r="F158" s="20">
-        <v>75000</v>
+        <v>1725000</v>
       </c>
       <c r="G158" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H158" s="18">
-        <v>20250819</v>
+        <v>20250616</v>
       </c>
       <c r="I158" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K158" s="18" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="L158" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V158" s="18" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="W158" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X158" s="19">
-        <v>22282</v>
+        <v>305109</v>
       </c>
       <c r="Y158" s="20">
-        <v>2374834</v>
+        <v>8664343.5</v>
       </c>
       <c r="Z158" s="20">
-        <v>112</v>
+        <v>557</v>
       </c>
       <c r="AA158" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:27" x14ac:dyDescent="0.2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="159" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A159" s="17" t="s">
-        <v>588</v>
+        <v>678</v>
       </c>
       <c r="B159" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C159" s="17" t="s">
-        <v>589</v>
+        <v>679</v>
       </c>
       <c r="D159" s="18" t="s">
-        <v>590</v>
+        <v>680</v>
       </c>
       <c r="E159" s="20">
-        <v>5020000</v>
+        <v>5950000</v>
       </c>
       <c r="F159" s="20">
-        <v>250000</v>
+        <v>175000</v>
       </c>
       <c r="G159" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H159" s="18">
-        <v>20250501</v>
+        <v>20250604</v>
       </c>
       <c r="I159" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K159" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L159" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V159" s="18" t="s">
-        <v>222</v>
+        <v>236</v>
       </c>
       <c r="W159" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X159" s="19">
-        <v>635</v>
+        <v>398765</v>
       </c>
       <c r="Y159" s="20">
-        <v>12727</v>
+        <v>11319826.5</v>
       </c>
       <c r="Z159" s="20">
-        <v>6</v>
+        <v>1963</v>
       </c>
       <c r="AA159" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:27" x14ac:dyDescent="0.2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="160" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A160" s="17" t="s">
-        <v>591</v>
+        <v>687</v>
       </c>
       <c r="B160" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C160" s="17" t="s">
-        <v>592</v>
+        <v>688</v>
       </c>
       <c r="D160" s="18" t="s">
-        <v>593</v>
+        <v>689</v>
       </c>
       <c r="E160" s="20">
-        <v>5075000</v>
+        <v>5780000</v>
       </c>
       <c r="F160" s="20">
         <v>250000</v>
       </c>
       <c r="G160" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H160" s="18">
-        <v>20250501</v>
+        <v>20250604</v>
       </c>
       <c r="I160" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K160" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L160" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V160" s="18" t="s">
-        <v>222</v>
+        <v>236</v>
       </c>
       <c r="W160" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X160" s="19">
-        <v>21880</v>
+        <v>1212415</v>
       </c>
       <c r="Y160" s="20">
-        <v>444005</v>
+        <v>28906664</v>
       </c>
       <c r="Z160" s="20">
-        <v>10</v>
+        <v>5262</v>
       </c>
       <c r="AA160" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:27" x14ac:dyDescent="0.2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="161" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A161" s="17" t="s">
-        <v>921</v>
+        <v>675</v>
       </c>
       <c r="B161" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C161" s="17" t="s">
-        <v>922</v>
+        <v>676</v>
       </c>
       <c r="D161" s="18" t="s">
-        <v>923</v>
+        <v>677</v>
       </c>
       <c r="E161" s="20">
-        <v>4060000</v>
+        <v>6580000</v>
       </c>
       <c r="F161" s="20">
-        <v>200000</v>
+        <v>100000</v>
       </c>
       <c r="G161" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H161" s="18">
-        <v>20250903</v>
+        <v>20250604</v>
       </c>
       <c r="I161" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K161" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L161" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V161" s="18" t="s">
-        <v>222</v>
+        <v>236</v>
       </c>
       <c r="W161" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X161" s="19">
-        <v>61600</v>
+        <v>578654</v>
       </c>
       <c r="Y161" s="20">
-        <v>1252913</v>
+        <v>29884010</v>
       </c>
       <c r="Z161" s="20">
-        <v>23</v>
+        <v>3582</v>
       </c>
       <c r="AA161" s="20">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:27" x14ac:dyDescent="0.2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="162" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A162" s="17" t="s">
-        <v>1166</v>
+        <v>681</v>
       </c>
       <c r="B162" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C162" s="17" t="s">
-        <v>1167</v>
+        <v>682</v>
       </c>
       <c r="D162" s="18" t="s">
-        <v>1168</v>
+        <v>683</v>
       </c>
       <c r="E162" s="20">
-        <v>100100000</v>
+        <v>4738500</v>
       </c>
       <c r="F162" s="20">
-        <v>10000000</v>
+        <v>225000</v>
       </c>
       <c r="G162" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H162" s="18">
-        <v>20251029</v>
+        <v>20250604</v>
       </c>
       <c r="I162" s="19" t="s">
-        <v>100</v>
+        <v>71</v>
       </c>
       <c r="K162" s="18" t="s">
-        <v>142</v>
+        <v>63</v>
       </c>
       <c r="L162" s="18" t="s">
-        <v>88</v>
+        <v>62</v>
+      </c>
+      <c r="V162" s="18" t="s">
+        <v>236</v>
+      </c>
+      <c r="W162" s="18" t="s">
+        <v>74</v>
       </c>
       <c r="X162" s="19">
-        <v>698700</v>
+        <v>392910</v>
       </c>
       <c r="Y162" s="20">
-        <v>6986577</v>
+        <v>9452479</v>
       </c>
       <c r="Z162" s="20">
-        <v>79</v>
+        <v>2048</v>
       </c>
       <c r="AA162" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:27" x14ac:dyDescent="0.2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="163" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A163" s="17" t="s">
-        <v>594</v>
+        <v>684</v>
       </c>
       <c r="B163" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C163" s="17" t="s">
-        <v>595</v>
+        <v>685</v>
       </c>
       <c r="D163" s="18" t="s">
-        <v>596</v>
+        <v>686</v>
       </c>
       <c r="E163" s="20">
-        <v>1612500</v>
+        <v>11189500</v>
       </c>
       <c r="F163" s="20">
-        <v>150000</v>
+        <v>350000</v>
       </c>
       <c r="G163" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H163" s="18">
-        <v>20250521</v>
+        <v>20250604</v>
       </c>
       <c r="I163" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K163" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L163" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V163" s="18" t="s">
-        <v>225</v>
+        <v>236</v>
       </c>
       <c r="W163" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X163" s="19">
-        <v>64513</v>
+        <v>2646487</v>
       </c>
       <c r="Y163" s="20">
-        <v>671627</v>
+        <v>83725716</v>
       </c>
       <c r="Z163" s="20">
-        <v>69</v>
+        <v>13205</v>
       </c>
       <c r="AA163" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:27" x14ac:dyDescent="0.2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="164" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A164" s="17" t="s">
-        <v>597</v>
+        <v>690</v>
       </c>
       <c r="B164" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C164" s="17" t="s">
-        <v>598</v>
+        <v>691</v>
       </c>
       <c r="D164" s="18" t="s">
-        <v>599</v>
+        <v>692</v>
       </c>
       <c r="E164" s="20">
-        <v>1250000</v>
+        <v>10556250</v>
       </c>
       <c r="F164" s="20">
-        <v>125000</v>
+        <v>375000</v>
       </c>
       <c r="G164" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H164" s="18">
-        <v>20250521</v>
+        <v>20250604</v>
       </c>
       <c r="I164" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K164" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L164" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V164" s="18" t="s">
-        <v>225</v>
+        <v>236</v>
       </c>
       <c r="W164" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X164" s="19">
-        <v>37</v>
+        <v>4016688</v>
       </c>
       <c r="Y164" s="20">
-        <v>374</v>
+        <v>108907775.5</v>
       </c>
       <c r="Z164" s="20">
-        <v>4</v>
+        <v>17726</v>
       </c>
       <c r="AA164" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:27" x14ac:dyDescent="0.2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="165" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A165" s="17" t="s">
-        <v>600</v>
+        <v>669</v>
       </c>
       <c r="B165" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C165" s="17" t="s">
-        <v>601</v>
+        <v>670</v>
       </c>
       <c r="D165" s="18" t="s">
-        <v>602</v>
+        <v>671</v>
       </c>
       <c r="E165" s="20">
-        <v>2136800</v>
+        <v>10007500</v>
       </c>
       <c r="F165" s="20">
-        <v>80000</v>
+        <v>250000</v>
       </c>
       <c r="G165" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H165" s="18">
-        <v>20250521</v>
+        <v>20250602</v>
       </c>
       <c r="I165" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K165" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L165" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V165" s="18" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="W165" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X165" s="19">
-        <v>43007</v>
+        <v>42160</v>
       </c>
       <c r="Y165" s="20">
-        <v>1115827</v>
+        <v>1688165</v>
       </c>
       <c r="Z165" s="20">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="AA165" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:27" x14ac:dyDescent="0.2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="166" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A166" s="17" t="s">
-        <v>603</v>
+        <v>672</v>
       </c>
       <c r="B166" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C166" s="17" t="s">
-        <v>604</v>
+        <v>673</v>
       </c>
       <c r="D166" s="18" t="s">
-        <v>605</v>
+        <v>674</v>
       </c>
       <c r="E166" s="20">
-        <v>9369000</v>
+        <v>2275373650</v>
       </c>
       <c r="F166" s="20">
-        <v>900000</v>
+        <v>49315000</v>
       </c>
       <c r="G166" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H166" s="18">
-        <v>20250521</v>
+        <v>20250602</v>
       </c>
       <c r="I166" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K166" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L166" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V166" s="18" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="W166" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X166" s="19">
-        <v>693285</v>
+        <v>664849</v>
       </c>
       <c r="Y166" s="20">
-        <v>7151333</v>
+        <v>28217542.5</v>
       </c>
       <c r="Z166" s="20">
-        <v>1387</v>
+        <v>2026</v>
       </c>
       <c r="AA166" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:27" x14ac:dyDescent="0.2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="167" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A167" s="17" t="s">
-        <v>606</v>
+        <v>627</v>
       </c>
       <c r="B167" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C167" s="17" t="s">
-        <v>607</v>
+        <v>628</v>
       </c>
       <c r="D167" s="18" t="s">
-        <v>608</v>
+        <v>629</v>
       </c>
       <c r="E167" s="20">
-        <v>12350123.5</v>
+        <v>8538750</v>
       </c>
       <c r="F167" s="20">
-        <v>500005</v>
+        <v>375000</v>
       </c>
       <c r="G167" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H167" s="18">
         <v>20250529</v>
       </c>
       <c r="I167" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K167" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L167" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V167" s="18" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="W167" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X167" s="19">
-        <v>45015</v>
+        <v>51106</v>
       </c>
       <c r="Y167" s="20">
-        <v>977423.5</v>
+        <v>1120286.5</v>
       </c>
       <c r="Z167" s="20">
-        <v>145</v>
+        <v>193</v>
       </c>
       <c r="AA167" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="168" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A168" s="17" t="s">
-        <v>609</v>
+        <v>630</v>
       </c>
       <c r="B168" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C168" s="17" t="s">
-        <v>610</v>
+        <v>631</v>
       </c>
       <c r="D168" s="18" t="s">
-        <v>611</v>
+        <v>632</v>
       </c>
       <c r="E168" s="20">
-        <v>17475174.75</v>
+        <v>16875000</v>
       </c>
       <c r="F168" s="20">
-        <v>500005</v>
+        <v>375000</v>
       </c>
       <c r="G168" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H168" s="18">
         <v>20250529</v>
       </c>
       <c r="I168" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K168" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L168" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V168" s="18" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="W168" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X168" s="19">
-        <v>150251</v>
+        <v>188163</v>
       </c>
       <c r="Y168" s="20">
-        <v>4216504</v>
+        <v>5803856</v>
       </c>
       <c r="Z168" s="20">
-        <v>357</v>
+        <v>627</v>
       </c>
       <c r="AA168" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="169" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A169" s="17" t="s">
-        <v>612</v>
+        <v>633</v>
       </c>
       <c r="B169" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C169" s="17" t="s">
-        <v>613</v>
+        <v>634</v>
       </c>
       <c r="D169" s="18" t="s">
-        <v>614</v>
+        <v>635</v>
       </c>
       <c r="E169" s="20">
-        <v>27745277.449999999</v>
+        <v>22357500</v>
       </c>
       <c r="F169" s="20">
-        <v>500005</v>
+        <v>250000</v>
       </c>
       <c r="G169" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H169" s="18">
         <v>20250529</v>
       </c>
       <c r="I169" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K169" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L169" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V169" s="18" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="W169" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X169" s="19">
-        <v>474469</v>
+        <v>837527</v>
       </c>
       <c r="Y169" s="20">
-        <v>26566388</v>
+        <v>55200820.5</v>
       </c>
       <c r="Z169" s="20">
-        <v>3953</v>
+        <v>7695</v>
       </c>
       <c r="AA169" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="170" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A170" s="17" t="s">
-        <v>615</v>
+        <v>645</v>
       </c>
       <c r="B170" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C170" s="17" t="s">
-        <v>616</v>
+        <v>646</v>
       </c>
       <c r="D170" s="18" t="s">
-        <v>617</v>
+        <v>647</v>
       </c>
       <c r="E170" s="20">
-        <v>11657929.35</v>
+        <v>4520000</v>
       </c>
       <c r="F170" s="20">
-        <v>325005</v>
+        <v>250000</v>
       </c>
       <c r="G170" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H170" s="18">
-        <v>20250523</v>
+        <v>20250529</v>
       </c>
       <c r="I170" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K170" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L170" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V170" s="18" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="W170" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X170" s="19">
-        <v>1561643</v>
+        <v>28275</v>
       </c>
       <c r="Y170" s="20">
-        <v>42978265</v>
+        <v>526993</v>
       </c>
       <c r="Z170" s="20">
-        <v>4336</v>
+        <v>65</v>
       </c>
       <c r="AA170" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="171" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A171" s="17" t="s">
-        <v>618</v>
+        <v>648</v>
       </c>
       <c r="B171" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C171" s="17" t="s">
-        <v>619</v>
+        <v>649</v>
       </c>
       <c r="D171" s="18" t="s">
-        <v>620</v>
+        <v>650</v>
       </c>
       <c r="E171" s="20">
-        <v>13536409.25</v>
+        <v>10867500</v>
       </c>
       <c r="F171" s="20">
-        <v>425005</v>
+        <v>5250000</v>
       </c>
       <c r="G171" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H171" s="18">
-        <v>20250523</v>
+        <v>20250529</v>
       </c>
       <c r="I171" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K171" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L171" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V171" s="18" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="W171" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X171" s="19">
-        <v>409928</v>
+        <v>1705535</v>
       </c>
       <c r="Y171" s="20">
-        <v>11074171</v>
+        <v>7630736.5</v>
       </c>
       <c r="Z171" s="20">
-        <v>1332</v>
+        <v>4471</v>
       </c>
       <c r="AA171" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="172" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A172" s="17" t="s">
-        <v>621</v>
+        <v>591</v>
       </c>
       <c r="B172" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C172" s="17" t="s">
-        <v>622</v>
+        <v>592</v>
       </c>
       <c r="D172" s="18" t="s">
-        <v>623</v>
+        <v>593</v>
       </c>
       <c r="E172" s="20">
-        <v>30245302.449999999</v>
+        <v>25578036.539999999</v>
       </c>
       <c r="F172" s="20">
-        <v>500005</v>
+        <v>700001</v>
       </c>
       <c r="G172" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H172" s="18">
-        <v>20250523</v>
+        <v>20250527</v>
       </c>
       <c r="I172" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K172" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L172" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V172" s="18" t="s">
-        <v>233</v>
+        <v>126</v>
       </c>
       <c r="W172" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X172" s="19">
-        <v>156809</v>
+        <v>270392</v>
       </c>
       <c r="Y172" s="20">
-        <v>5734729</v>
+        <v>9165779.5</v>
       </c>
       <c r="Z172" s="20">
-        <v>1165</v>
+        <v>1078</v>
       </c>
       <c r="AA172" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="173" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A173" s="17" t="s">
-        <v>624</v>
+        <v>636</v>
       </c>
       <c r="B173" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C173" s="17" t="s">
-        <v>625</v>
+        <v>637</v>
       </c>
       <c r="D173" s="18" t="s">
-        <v>626</v>
+        <v>638</v>
       </c>
       <c r="E173" s="20">
-        <v>4147582.95</v>
+        <v>11021500</v>
       </c>
       <c r="F173" s="20">
-        <v>250005</v>
+        <v>350000</v>
       </c>
       <c r="G173" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H173" s="18">
-        <v>20250529</v>
+        <v>20250523</v>
       </c>
       <c r="I173" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K173" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L173" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V173" s="18" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="W173" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X173" s="19">
-        <v>27620</v>
+        <v>4143749</v>
       </c>
       <c r="Y173" s="20">
-        <v>515403</v>
+        <v>126356470.5</v>
       </c>
       <c r="Z173" s="20">
-        <v>62</v>
+        <v>11249</v>
       </c>
       <c r="AA173" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="174" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A174" s="17" t="s">
-        <v>627</v>
+        <v>639</v>
       </c>
       <c r="B174" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C174" s="17" t="s">
-        <v>628</v>
+        <v>640</v>
       </c>
       <c r="D174" s="18" t="s">
-        <v>629</v>
+        <v>641</v>
       </c>
       <c r="E174" s="20">
-        <v>1042520.85</v>
+        <v>16054500</v>
       </c>
       <c r="F174" s="20">
-        <v>250005</v>
+        <v>525000</v>
       </c>
       <c r="G174" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H174" s="18">
-        <v>20250529</v>
+        <v>20250523</v>
       </c>
       <c r="I174" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K174" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L174" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V174" s="18" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="W174" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X174" s="19">
-        <v>1067872</v>
+        <v>691112</v>
       </c>
       <c r="Y174" s="20">
-        <v>6034003.5</v>
+        <v>19687864.5</v>
       </c>
       <c r="Z174" s="20">
-        <v>2870</v>
+        <v>2314</v>
       </c>
       <c r="AA174" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="175" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A175" s="17" t="s">
-        <v>630</v>
+        <v>642</v>
       </c>
       <c r="B175" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C175" s="17" t="s">
-        <v>631</v>
+        <v>643</v>
       </c>
       <c r="D175" s="18" t="s">
-        <v>632</v>
+        <v>644</v>
       </c>
       <c r="E175" s="20">
-        <v>4904557.7</v>
+        <v>14569500</v>
       </c>
       <c r="F175" s="20">
-        <v>425005</v>
+        <v>275000</v>
       </c>
       <c r="G175" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H175" s="18">
         <v>20250523</v>
       </c>
       <c r="I175" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K175" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L175" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V175" s="18" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="W175" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X175" s="19">
-        <v>1868261</v>
+        <v>191791</v>
       </c>
       <c r="Y175" s="20">
-        <v>25698346.5</v>
+        <v>7496198</v>
       </c>
       <c r="Z175" s="20">
-        <v>4625</v>
+        <v>1683</v>
       </c>
       <c r="AA175" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="176" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A176" s="17" t="s">
-        <v>633</v>
+        <v>651</v>
       </c>
       <c r="B176" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C176" s="17" t="s">
-        <v>634</v>
+        <v>652</v>
       </c>
       <c r="D176" s="18" t="s">
-        <v>635</v>
+        <v>653</v>
       </c>
       <c r="E176" s="20">
-        <v>2981316.25</v>
+        <v>7236000</v>
       </c>
       <c r="F176" s="20">
-        <v>225005</v>
+        <v>600000</v>
       </c>
       <c r="G176" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H176" s="18">
         <v>20250523</v>
       </c>
       <c r="I176" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K176" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L176" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V176" s="18" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="W176" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X176" s="19">
-        <v>443703</v>
+        <v>5618003</v>
       </c>
       <c r="Y176" s="20">
-        <v>7274998</v>
+        <v>72506182</v>
       </c>
       <c r="Z176" s="20">
-        <v>1106</v>
+        <v>12877</v>
       </c>
       <c r="AA176" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="177" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A177" s="17" t="s">
-        <v>636</v>
+        <v>654</v>
       </c>
       <c r="B177" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C177" s="17" t="s">
-        <v>637</v>
+        <v>655</v>
       </c>
       <c r="D177" s="18" t="s">
-        <v>638</v>
+        <v>656</v>
       </c>
       <c r="E177" s="20">
-        <v>1375027.5</v>
+        <v>6465000</v>
       </c>
       <c r="F177" s="20">
-        <v>250005</v>
+        <v>500000</v>
       </c>
       <c r="G177" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H177" s="18">
         <v>20250523</v>
       </c>
       <c r="I177" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K177" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L177" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V177" s="18" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="W177" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X177" s="19">
-        <v>324593</v>
+        <v>669302</v>
       </c>
       <c r="Y177" s="20">
-        <v>2879550</v>
+        <v>10354766.5</v>
       </c>
       <c r="Z177" s="20">
-        <v>1258</v>
+        <v>1743</v>
       </c>
       <c r="AA177" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="178" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A178" s="17" t="s">
-        <v>936</v>
+        <v>657</v>
       </c>
       <c r="B178" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C178" s="17" t="s">
-        <v>937</v>
+        <v>658</v>
       </c>
       <c r="D178" s="18" t="s">
-        <v>938</v>
+        <v>659</v>
       </c>
       <c r="E178" s="20">
-        <v>48831300</v>
+        <v>6810500</v>
       </c>
       <c r="F178" s="20">
-        <v>4830000</v>
+        <v>1325000</v>
       </c>
       <c r="G178" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H178" s="18">
-        <v>20250916</v>
+        <v>20250523</v>
       </c>
       <c r="I178" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K178" s="18" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="L178" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V178" s="18" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="W178" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X178" s="19">
-        <v>6500</v>
+        <v>722993</v>
       </c>
       <c r="Y178" s="20">
-        <v>65726</v>
+        <v>5327979</v>
       </c>
       <c r="Z178" s="20">
-        <v>5</v>
+        <v>2623</v>
       </c>
       <c r="AA178" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="179" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A179" s="17" t="s">
-        <v>960</v>
+        <v>615</v>
       </c>
       <c r="B179" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C179" s="17" t="s">
-        <v>961</v>
+        <v>616</v>
       </c>
       <c r="D179" s="18" t="s">
-        <v>962</v>
+        <v>617</v>
       </c>
       <c r="E179" s="20">
-        <v>2030000</v>
+        <v>1672500</v>
       </c>
       <c r="F179" s="20">
-        <v>200000</v>
+        <v>150000</v>
       </c>
       <c r="G179" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H179" s="18">
-        <v>20250916</v>
+        <v>20250521</v>
       </c>
       <c r="I179" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K179" s="18" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="L179" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V179" s="18" t="s">
         <v>226</v>
       </c>
       <c r="W179" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X179" s="19">
-        <v>12722</v>
+        <v>79802</v>
       </c>
       <c r="Y179" s="20">
-        <v>130958</v>
+        <v>838495</v>
       </c>
       <c r="Z179" s="20">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="AA179" s="20">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="180" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A180" s="17" t="s">
-        <v>966</v>
+        <v>618</v>
       </c>
       <c r="B180" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C180" s="17" t="s">
-        <v>967</v>
+        <v>619</v>
       </c>
       <c r="D180" s="18" t="s">
-        <v>968</v>
+        <v>620</v>
       </c>
       <c r="E180" s="20">
-        <v>1991000</v>
+        <v>1265000</v>
       </c>
       <c r="F180" s="20">
-        <v>200000</v>
+        <v>125000</v>
       </c>
       <c r="G180" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H180" s="18">
-        <v>20250916</v>
+        <v>20250521</v>
       </c>
       <c r="I180" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K180" s="18" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="L180" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V180" s="18" t="s">
         <v>226</v>
       </c>
       <c r="W180" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X180" s="19">
-        <v>200</v>
+        <v>637</v>
       </c>
       <c r="Y180" s="20">
-        <v>1982</v>
+        <v>6494</v>
       </c>
       <c r="Z180" s="20">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="AA180" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="181" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A181" s="17" t="s">
-        <v>948</v>
+        <v>621</v>
       </c>
       <c r="B181" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C181" s="17" t="s">
-        <v>949</v>
+        <v>622</v>
       </c>
       <c r="D181" s="18" t="s">
-        <v>950</v>
+        <v>623</v>
       </c>
       <c r="E181" s="20">
-        <v>2037000</v>
+        <v>3059100</v>
       </c>
       <c r="F181" s="20">
-        <v>200000</v>
+        <v>110000</v>
       </c>
       <c r="G181" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H181" s="18">
-        <v>20250916</v>
+        <v>20250521</v>
       </c>
       <c r="I181" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K181" s="18" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="L181" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V181" s="18" t="s">
         <v>226</v>
       </c>
       <c r="W181" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X181" s="19">
-        <v>1015</v>
+        <v>212556</v>
       </c>
       <c r="Y181" s="20">
-        <v>10301.5</v>
+        <v>5707430</v>
       </c>
       <c r="Z181" s="20">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="AA181" s="20">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="182" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A182" s="17" t="s">
-        <v>972</v>
+        <v>624</v>
       </c>
       <c r="B182" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C182" s="17" t="s">
-        <v>973</v>
+        <v>625</v>
       </c>
       <c r="D182" s="18" t="s">
-        <v>974</v>
+        <v>626</v>
       </c>
       <c r="E182" s="20">
-        <v>2000000</v>
+        <v>10022500</v>
       </c>
       <c r="F182" s="20">
-        <v>200000</v>
+        <v>950000</v>
       </c>
       <c r="G182" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H182" s="18">
-        <v>20250916</v>
+        <v>20250521</v>
       </c>
       <c r="I182" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K182" s="18" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="L182" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V182" s="18" t="s">
         <v>226</v>
       </c>
       <c r="W182" s="18" t="s">
         <v>74</v>
       </c>
-    </row>
-    <row r="183" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="X182" s="19">
+        <v>785721</v>
+      </c>
+      <c r="Y182" s="20">
+        <v>8123049.5</v>
+      </c>
+      <c r="Z182" s="20">
+        <v>1643</v>
+      </c>
+      <c r="AA182" s="20">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="183" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A183" s="17" t="s">
-        <v>945</v>
+        <v>660</v>
       </c>
       <c r="B183" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C183" s="17" t="s">
-        <v>946</v>
+        <v>661</v>
       </c>
       <c r="D183" s="18" t="s">
-        <v>947</v>
+        <v>662</v>
       </c>
       <c r="E183" s="20">
-        <v>1013000</v>
+        <v>34487875</v>
       </c>
       <c r="F183" s="20">
-        <v>100000</v>
+        <v>2087500</v>
       </c>
       <c r="G183" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H183" s="18">
-        <v>20250916</v>
+        <v>20250515</v>
       </c>
       <c r="I183" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K183" s="18" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="L183" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V183" s="18" t="s">
-        <v>226</v>
+        <v>131</v>
       </c>
       <c r="W183" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X183" s="19">
-        <v>21356</v>
+        <v>1282120</v>
       </c>
       <c r="Y183" s="20">
-        <v>212762</v>
+        <v>26232198.5</v>
       </c>
       <c r="Z183" s="20">
-        <v>49</v>
+        <v>7302</v>
       </c>
       <c r="AA183" s="20">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="184" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A184" s="17" t="s">
-        <v>963</v>
+        <v>663</v>
       </c>
       <c r="B184" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C184" s="17" t="s">
-        <v>964</v>
+        <v>664</v>
       </c>
       <c r="D184" s="18" t="s">
-        <v>965</v>
+        <v>665</v>
       </c>
       <c r="E184" s="20">
-        <v>22771100</v>
+        <v>37924000</v>
       </c>
       <c r="F184" s="20">
-        <v>2190000</v>
+        <v>1700000</v>
       </c>
       <c r="G184" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H184" s="18">
-        <v>20250916</v>
+        <v>20250515</v>
       </c>
       <c r="I184" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K184" s="18" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="L184" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V184" s="18" t="s">
-        <v>226</v>
+        <v>131</v>
       </c>
       <c r="W184" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X184" s="19">
-        <v>227241</v>
+        <v>1129775</v>
       </c>
       <c r="Y184" s="20">
-        <v>2364115</v>
+        <v>28511022.5</v>
       </c>
       <c r="Z184" s="20">
-        <v>152</v>
+        <v>6556</v>
       </c>
       <c r="AA184" s="20">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="185" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A185" s="17" t="s">
-        <v>951</v>
+        <v>594</v>
       </c>
       <c r="B185" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C185" s="17" t="s">
-        <v>952</v>
+        <v>595</v>
       </c>
       <c r="D185" s="18" t="s">
-        <v>953</v>
+        <v>596</v>
       </c>
       <c r="E185" s="20">
-        <v>2090000</v>
+        <v>1901000</v>
       </c>
       <c r="F185" s="20">
-        <v>200000</v>
+        <v>100000</v>
       </c>
       <c r="G185" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H185" s="18">
-        <v>20250916</v>
+        <v>20250514</v>
       </c>
       <c r="I185" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K185" s="18" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="L185" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V185" s="18" t="s">
-        <v>226</v>
+        <v>145</v>
       </c>
       <c r="W185" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X185" s="19">
-        <v>1140</v>
+        <v>7253</v>
       </c>
       <c r="Y185" s="20">
-        <v>11890</v>
+        <v>142966.5</v>
       </c>
       <c r="Z185" s="20">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="AA185" s="20">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:27" x14ac:dyDescent="0.2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="186" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A186" s="17" t="s">
-        <v>696</v>
+        <v>597</v>
       </c>
       <c r="B186" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C186" s="17" t="s">
-        <v>697</v>
+        <v>598</v>
       </c>
       <c r="D186" s="18" t="s">
-        <v>698</v>
+        <v>599</v>
       </c>
       <c r="E186" s="20">
-        <v>3538500</v>
+        <v>242742500</v>
       </c>
       <c r="F186" s="20">
-        <v>350000</v>
+        <v>4850000</v>
       </c>
       <c r="G186" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H186" s="18">
-        <v>20250617</v>
+        <v>20250514</v>
       </c>
       <c r="I186" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K186" s="18" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="L186" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V186" s="18" t="s">
-        <v>226</v>
+        <v>145</v>
       </c>
       <c r="W186" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X186" s="19">
-        <v>9284</v>
+        <v>1850947</v>
       </c>
       <c r="Y186" s="20">
-        <v>93391</v>
+        <v>92703318.5</v>
       </c>
       <c r="Z186" s="20">
-        <v>19</v>
+        <v>840</v>
       </c>
       <c r="AA186" s="20">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="187" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A187" s="17" t="s">
-        <v>693</v>
+        <v>600</v>
       </c>
       <c r="B187" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C187" s="17" t="s">
-        <v>694</v>
+        <v>601</v>
       </c>
       <c r="D187" s="18" t="s">
-        <v>695</v>
+        <v>602</v>
       </c>
       <c r="E187" s="20">
-        <v>2737800</v>
+        <v>35049000</v>
       </c>
       <c r="F187" s="20">
-        <v>270000</v>
+        <v>700000</v>
       </c>
       <c r="G187" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H187" s="18">
-        <v>20250617</v>
+        <v>20250514</v>
       </c>
       <c r="I187" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K187" s="18" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="L187" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V187" s="18" t="s">
-        <v>226</v>
+        <v>145</v>
       </c>
       <c r="W187" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X187" s="19">
-        <v>11033</v>
+        <v>427992</v>
       </c>
       <c r="Y187" s="20">
-        <v>111653</v>
+        <v>21475647.5</v>
       </c>
       <c r="Z187" s="20">
-        <v>14</v>
+        <v>191</v>
       </c>
       <c r="AA187" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="188" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A188" s="17" t="s">
-        <v>687</v>
+        <v>606</v>
       </c>
       <c r="B188" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C188" s="17" t="s">
-        <v>688</v>
+        <v>607</v>
       </c>
       <c r="D188" s="18" t="s">
-        <v>689</v>
+        <v>608</v>
       </c>
       <c r="E188" s="20">
-        <v>2646800</v>
+        <v>159744000</v>
       </c>
       <c r="F188" s="20">
-        <v>260000</v>
+        <v>3200000</v>
       </c>
       <c r="G188" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H188" s="18">
-        <v>20250617</v>
+        <v>20250501</v>
       </c>
       <c r="I188" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K188" s="18" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="L188" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V188" s="18" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="W188" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X188" s="19">
-        <v>11600</v>
+        <v>140947</v>
       </c>
       <c r="Y188" s="20">
-        <v>117990</v>
+        <v>7060651.5</v>
       </c>
       <c r="Z188" s="20">
-        <v>15</v>
+        <v>310</v>
       </c>
       <c r="AA188" s="20">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="189" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A189" s="17" t="s">
-        <v>942</v>
+        <v>609</v>
       </c>
       <c r="B189" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C189" s="17" t="s">
-        <v>943</v>
+        <v>610</v>
       </c>
       <c r="D189" s="18" t="s">
-        <v>944</v>
+        <v>611</v>
       </c>
       <c r="E189" s="20">
-        <v>1009000</v>
+        <v>5020000</v>
       </c>
       <c r="F189" s="20">
-        <v>100000</v>
+        <v>250000</v>
       </c>
       <c r="G189" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H189" s="18">
-        <v>20250916</v>
+        <v>20250501</v>
       </c>
       <c r="I189" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K189" s="18" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="L189" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V189" s="18" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="W189" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X189" s="19">
-        <v>200</v>
+        <v>636</v>
       </c>
       <c r="Y189" s="20">
-        <v>2018</v>
+        <v>12747</v>
       </c>
       <c r="Z189" s="20">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="AA189" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:27" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="190" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A190" s="17" t="s">
-        <v>939</v>
+        <v>612</v>
       </c>
       <c r="B190" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C190" s="17" t="s">
-        <v>940</v>
+        <v>613</v>
       </c>
       <c r="D190" s="18" t="s">
-        <v>941</v>
+        <v>614</v>
       </c>
       <c r="E190" s="20">
-        <v>3124800</v>
+        <v>5072500</v>
       </c>
       <c r="F190" s="20">
-        <v>310000</v>
+        <v>250000</v>
       </c>
       <c r="G190" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H190" s="18">
-        <v>20250916</v>
+        <v>20250501</v>
       </c>
       <c r="I190" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K190" s="18" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="L190" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V190" s="18" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="W190" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X190" s="19">
-        <v>3800</v>
+        <v>48415</v>
       </c>
       <c r="Y190" s="20">
-        <v>38239</v>
+        <v>981815.5</v>
       </c>
       <c r="Z190" s="20">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="AA190" s="20">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:27" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="191" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A191" s="17" t="s">
-        <v>954</v>
+        <v>552</v>
       </c>
       <c r="B191" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C191" s="17" t="s">
-        <v>955</v>
+        <v>553</v>
       </c>
       <c r="D191" s="18" t="s">
-        <v>956</v>
+        <v>554</v>
       </c>
       <c r="E191" s="20">
-        <v>1412600</v>
+        <v>149003500</v>
       </c>
       <c r="F191" s="20">
-        <v>140000</v>
+        <v>5825000</v>
       </c>
       <c r="G191" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H191" s="18">
-        <v>20250916</v>
+        <v>20250430</v>
       </c>
       <c r="I191" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K191" s="18" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="L191" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V191" s="18" t="s">
-        <v>226</v>
+        <v>130</v>
       </c>
       <c r="W191" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X191" s="19">
-        <v>89600</v>
+        <v>4468567</v>
       </c>
       <c r="Y191" s="20">
-        <v>905704</v>
+        <v>111994518</v>
       </c>
       <c r="Z191" s="20">
-        <v>103</v>
+        <v>16086</v>
       </c>
       <c r="AA191" s="20">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:27" x14ac:dyDescent="0.2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="192" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A192" s="17" t="s">
-        <v>957</v>
+        <v>564</v>
       </c>
       <c r="B192" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C192" s="17" t="s">
-        <v>958</v>
+        <v>565</v>
       </c>
       <c r="D192" s="18" t="s">
-        <v>959</v>
+        <v>566</v>
       </c>
       <c r="E192" s="20">
-        <v>1959000</v>
+        <v>2601593.66</v>
       </c>
       <c r="F192" s="20">
-        <v>200000</v>
+        <v>125197</v>
       </c>
       <c r="G192" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H192" s="18">
-        <v>20250916</v>
+        <v>20250430</v>
       </c>
       <c r="I192" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K192" s="18" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="L192" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V192" s="18" t="s">
-        <v>226</v>
+        <v>130</v>
       </c>
       <c r="W192" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X192" s="19">
-        <v>14596</v>
+        <v>332521</v>
       </c>
       <c r="Y192" s="20">
-        <v>143445</v>
+        <v>7452863.5</v>
       </c>
       <c r="Z192" s="20">
-        <v>49</v>
+        <v>677</v>
       </c>
       <c r="AA192" s="20">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="193" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A193" s="17" t="s">
-        <v>853</v>
+        <v>558</v>
       </c>
       <c r="B193" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C193" s="17" t="s">
-        <v>854</v>
+        <v>559</v>
       </c>
       <c r="D193" s="18" t="s">
-        <v>855</v>
+        <v>560</v>
       </c>
       <c r="E193" s="20">
-        <v>6458400</v>
+        <v>19323071.82</v>
       </c>
       <c r="F193" s="20">
-        <v>520000</v>
+        <v>525369</v>
       </c>
       <c r="G193" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H193" s="18">
-        <v>20250822</v>
+        <v>20250430</v>
       </c>
       <c r="I193" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K193" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L193" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V193" s="18" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="W193" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X193" s="19">
-        <v>182628</v>
+        <v>580881</v>
       </c>
       <c r="Y193" s="20">
-        <v>2233499</v>
+        <v>15870946</v>
       </c>
       <c r="Z193" s="20">
-        <v>675</v>
+        <v>3554</v>
       </c>
       <c r="AA193" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:27" x14ac:dyDescent="0.2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="194" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A194" s="17" t="s">
-        <v>883</v>
+        <v>544</v>
       </c>
       <c r="B194" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C194" s="17" t="s">
-        <v>884</v>
+        <v>545</v>
       </c>
       <c r="D194" s="18" t="s">
-        <v>885</v>
+        <v>105</v>
       </c>
       <c r="E194" s="20">
-        <v>3746400</v>
+        <v>2170000</v>
       </c>
       <c r="F194" s="20">
-        <v>420000</v>
+        <v>100000</v>
       </c>
       <c r="G194" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H194" s="18">
-        <v>20250822</v>
+        <v>20250430</v>
       </c>
       <c r="I194" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K194" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L194" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V194" s="18" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="W194" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X194" s="19">
-        <v>108314</v>
+        <v>86636</v>
       </c>
       <c r="Y194" s="20">
-        <v>1016449.5</v>
+        <v>1876162</v>
       </c>
       <c r="Z194" s="20">
-        <v>375</v>
+        <v>778</v>
       </c>
       <c r="AA194" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:27" x14ac:dyDescent="0.2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="195" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A195" s="17" t="s">
-        <v>856</v>
+        <v>561</v>
       </c>
       <c r="B195" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C195" s="17" t="s">
-        <v>857</v>
+        <v>562</v>
       </c>
       <c r="D195" s="18" t="s">
-        <v>858</v>
+        <v>563</v>
       </c>
       <c r="E195" s="20">
-        <v>12060000</v>
+        <v>10335930.15</v>
       </c>
       <c r="F195" s="20">
-        <v>900000</v>
+        <v>500045</v>
       </c>
       <c r="G195" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H195" s="18">
-        <v>20250822</v>
+        <v>20250430</v>
       </c>
       <c r="I195" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K195" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L195" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V195" s="18" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="W195" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X195" s="19">
-        <v>372781</v>
+        <v>423911</v>
       </c>
       <c r="Y195" s="20">
-        <v>4296708</v>
+        <v>9169887.5</v>
       </c>
       <c r="Z195" s="20">
-        <v>1378</v>
+        <v>604</v>
       </c>
       <c r="AA195" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="196" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A196" s="17" t="s">
-        <v>859</v>
+        <v>546</v>
       </c>
       <c r="B196" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C196" s="17" t="s">
-        <v>860</v>
+        <v>547</v>
       </c>
       <c r="D196" s="18" t="s">
-        <v>861</v>
+        <v>548</v>
       </c>
       <c r="E196" s="20">
-        <v>5583600</v>
+        <v>2230000</v>
       </c>
       <c r="F196" s="20">
-        <v>540000</v>
+        <v>100000</v>
       </c>
       <c r="G196" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H196" s="18">
-        <v>20250822</v>
+        <v>20250430</v>
       </c>
       <c r="I196" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K196" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L196" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V196" s="18" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="W196" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X196" s="19">
-        <v>138745</v>
+        <v>83271</v>
       </c>
       <c r="Y196" s="20">
-        <v>1422766</v>
+        <v>1679241</v>
       </c>
       <c r="Z196" s="20">
-        <v>1249</v>
+        <v>295</v>
       </c>
       <c r="AA196" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="197" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A197" s="17" t="s">
-        <v>765</v>
+        <v>555</v>
       </c>
       <c r="B197" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C197" s="17" t="s">
-        <v>766</v>
+        <v>556</v>
       </c>
       <c r="D197" s="18" t="s">
-        <v>767</v>
+        <v>557</v>
       </c>
       <c r="E197" s="20">
-        <v>1064500</v>
+        <v>11744000</v>
       </c>
       <c r="F197" s="20">
-        <v>50000</v>
+        <v>400000</v>
       </c>
       <c r="G197" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H197" s="18">
-        <v>20250723</v>
+        <v>20250430</v>
       </c>
       <c r="I197" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K197" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L197" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V197" s="18" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="W197" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X197" s="19">
-        <v>1404</v>
+        <v>92422</v>
       </c>
       <c r="Y197" s="20">
-        <v>30065</v>
+        <v>2389824</v>
       </c>
       <c r="Z197" s="20">
-        <v>16</v>
+        <v>475</v>
       </c>
       <c r="AA197" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="198" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A198" s="17" t="s">
-        <v>877</v>
+        <v>549</v>
       </c>
       <c r="B198" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C198" s="17" t="s">
-        <v>878</v>
+        <v>550</v>
       </c>
       <c r="D198" s="18" t="s">
-        <v>879</v>
+        <v>551</v>
       </c>
       <c r="E198" s="20">
-        <v>8660200</v>
+        <v>1968000</v>
       </c>
       <c r="F198" s="20">
-        <v>860000</v>
+        <v>100000</v>
       </c>
       <c r="G198" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H198" s="18">
-        <v>20250822</v>
+        <v>20250430</v>
       </c>
       <c r="I198" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K198" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L198" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V198" s="18" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="W198" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X198" s="19">
-        <v>159844</v>
+        <v>24671</v>
       </c>
       <c r="Y198" s="20">
-        <v>1584785.5</v>
+        <v>495658</v>
       </c>
       <c r="Z198" s="20">
-        <v>366</v>
+        <v>75</v>
       </c>
       <c r="AA198" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:27" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="199" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A199" s="17" t="s">
-        <v>871</v>
+        <v>541</v>
       </c>
       <c r="B199" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C199" s="17" t="s">
-        <v>872</v>
+        <v>542</v>
       </c>
       <c r="D199" s="18" t="s">
-        <v>873</v>
+        <v>543</v>
       </c>
       <c r="E199" s="20">
-        <v>5098600</v>
+        <v>17044056.449999999</v>
       </c>
       <c r="F199" s="20">
-        <v>530000</v>
+        <v>863865</v>
       </c>
       <c r="G199" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H199" s="18">
-        <v>20250822</v>
+        <v>20250428</v>
       </c>
       <c r="I199" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K199" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L199" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V199" s="18" t="s">
-        <v>140</v>
+        <v>180</v>
       </c>
       <c r="W199" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X199" s="19">
-        <v>43967</v>
+        <v>1388394</v>
       </c>
       <c r="Y199" s="20">
-        <v>441262</v>
+        <v>25166885.5</v>
       </c>
       <c r="Z199" s="20">
-        <v>307</v>
+        <v>2996</v>
       </c>
       <c r="AA199" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:27" x14ac:dyDescent="0.2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="200" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A200" s="17" t="s">
-        <v>880</v>
+        <v>538</v>
       </c>
       <c r="B200" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C200" s="17" t="s">
-        <v>881</v>
+        <v>539</v>
       </c>
       <c r="D200" s="18" t="s">
-        <v>882</v>
+        <v>540</v>
       </c>
       <c r="E200" s="20">
-        <v>39018200</v>
+        <v>133139850</v>
       </c>
       <c r="F200" s="20">
-        <v>3490000</v>
+        <v>6705000</v>
       </c>
       <c r="G200" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H200" s="18">
-        <v>20250822</v>
+        <v>20250423</v>
       </c>
       <c r="I200" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K200" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L200" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V200" s="18" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="W200" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X200" s="19">
-        <v>1734247</v>
+        <v>1553074</v>
       </c>
       <c r="Y200" s="20">
-        <v>18650021</v>
+        <v>31080138.5</v>
       </c>
       <c r="Z200" s="20">
-        <v>4866</v>
+        <v>1106</v>
       </c>
       <c r="AA200" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:27" x14ac:dyDescent="0.2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="201" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A201" s="17" t="s">
-        <v>753</v>
+        <v>535</v>
       </c>
       <c r="B201" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C201" s="17" t="s">
-        <v>754</v>
+        <v>536</v>
       </c>
       <c r="D201" s="18" t="s">
-        <v>755</v>
+        <v>537</v>
       </c>
       <c r="E201" s="20">
-        <v>4437400</v>
+        <v>214540000</v>
       </c>
       <c r="F201" s="20">
-        <v>220000</v>
+        <v>15775000</v>
       </c>
       <c r="G201" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H201" s="18">
-        <v>20250716</v>
+        <v>20250416</v>
       </c>
       <c r="I201" s="19" t="s">
         <v>71</v>
       </c>
+      <c r="J201" s="18" t="s">
+        <v>72</v>
+      </c>
       <c r="K201" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L201" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V201" s="18" t="s">
-        <v>140</v>
+        <v>73</v>
       </c>
       <c r="W201" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X201" s="19">
-        <v>2146</v>
+        <v>16132302</v>
       </c>
       <c r="Y201" s="20">
-        <v>43494</v>
+        <v>294002086</v>
       </c>
       <c r="Z201" s="20">
-        <v>21</v>
+        <v>47006</v>
       </c>
       <c r="AA201" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:27" x14ac:dyDescent="0.2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="202" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A202" s="17" t="s">
-        <v>975</v>
+        <v>526</v>
       </c>
       <c r="B202" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C202" s="17" t="s">
-        <v>976</v>
+        <v>527</v>
       </c>
       <c r="D202" s="18" t="s">
-        <v>977</v>
+        <v>528</v>
       </c>
       <c r="E202" s="20">
-        <v>3324800</v>
+        <v>40455500</v>
       </c>
       <c r="F202" s="20">
-        <v>320000</v>
+        <v>4425000</v>
       </c>
       <c r="G202" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H202" s="18">
-        <v>20250917</v>
+        <v>20250416</v>
       </c>
       <c r="I202" s="19" t="s">
         <v>71</v>
       </c>
+      <c r="J202" s="18" t="s">
+        <v>72</v>
+      </c>
       <c r="K202" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L202" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V202" s="18" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="W202" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X202" s="19">
-        <v>30194</v>
+        <v>8507705</v>
       </c>
       <c r="Y202" s="20">
-        <v>306551.5</v>
+        <v>112775643.5</v>
       </c>
       <c r="Z202" s="20">
-        <v>30</v>
+        <v>22943</v>
       </c>
       <c r="AA202" s="20">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:27" x14ac:dyDescent="0.2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="203" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A203" s="17" t="s">
-        <v>756</v>
+        <v>529</v>
       </c>
       <c r="B203" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C203" s="17" t="s">
-        <v>757</v>
+        <v>530</v>
       </c>
       <c r="D203" s="18" t="s">
-        <v>758</v>
+        <v>531</v>
       </c>
       <c r="E203" s="20">
-        <v>6890000</v>
+        <v>12489840</v>
       </c>
       <c r="F203" s="20">
-        <v>250000</v>
+        <v>1362000</v>
       </c>
       <c r="G203" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H203" s="18">
-        <v>20250716</v>
+        <v>20250416</v>
       </c>
       <c r="I203" s="19" t="s">
         <v>71</v>
       </c>
+      <c r="J203" s="18" t="s">
+        <v>72</v>
+      </c>
       <c r="K203" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L203" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V203" s="18" t="s">
-        <v>140</v>
+        <v>159</v>
       </c>
       <c r="W203" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X203" s="19">
-        <v>150270</v>
+        <v>2439179</v>
       </c>
       <c r="Y203" s="20">
-        <v>3978785</v>
+        <v>32600245</v>
       </c>
       <c r="Z203" s="20">
-        <v>724</v>
+        <v>8422</v>
       </c>
       <c r="AA203" s="20">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:27" x14ac:dyDescent="0.2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="204" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A204" s="17" t="s">
-        <v>750</v>
+        <v>532</v>
       </c>
       <c r="B204" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C204" s="17" t="s">
-        <v>751</v>
+        <v>533</v>
       </c>
       <c r="D204" s="18" t="s">
-        <v>752</v>
+        <v>534</v>
       </c>
       <c r="E204" s="20">
-        <v>1220500</v>
+        <v>65784000</v>
       </c>
       <c r="F204" s="20">
-        <v>50000</v>
+        <v>6887500</v>
       </c>
       <c r="G204" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H204" s="18">
-        <v>20250716</v>
+        <v>20250416</v>
       </c>
       <c r="I204" s="19" t="s">
         <v>71</v>
       </c>
+      <c r="J204" s="18" t="s">
+        <v>72</v>
+      </c>
       <c r="K204" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L204" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V204" s="18" t="s">
-        <v>140</v>
+        <v>131</v>
       </c>
       <c r="W204" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X204" s="19">
-        <v>5435</v>
+        <v>10590616</v>
       </c>
       <c r="Y204" s="20">
-        <v>132779</v>
+        <v>144320333</v>
       </c>
       <c r="Z204" s="20">
-        <v>35</v>
+        <v>25544</v>
       </c>
       <c r="AA204" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:27" x14ac:dyDescent="0.2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="205" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A205" s="17" t="s">
-        <v>1067</v>
+        <v>517</v>
       </c>
       <c r="B205" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C205" s="17" t="s">
-        <v>1068</v>
+        <v>518</v>
       </c>
       <c r="D205" s="18" t="s">
-        <v>1069</v>
+        <v>519</v>
       </c>
       <c r="E205" s="20">
-        <v>1033200</v>
+        <v>4949000</v>
       </c>
       <c r="F205" s="20">
-        <v>105000</v>
+        <v>350000</v>
       </c>
       <c r="G205" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H205" s="18">
-        <v>20251008</v>
+        <v>20250415</v>
       </c>
       <c r="I205" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K205" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L205" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V205" s="18" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="W205" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X205" s="19">
-        <v>90144</v>
+        <v>441913</v>
       </c>
       <c r="Y205" s="20">
-        <v>891487</v>
+        <v>5971251</v>
       </c>
       <c r="Z205" s="20">
-        <v>83</v>
+        <v>659</v>
       </c>
       <c r="AA205" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:27" x14ac:dyDescent="0.2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="206" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A206" s="17" t="s">
-        <v>874</v>
+        <v>520</v>
       </c>
       <c r="B206" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C206" s="17" t="s">
-        <v>875</v>
+        <v>521</v>
       </c>
       <c r="D206" s="18" t="s">
-        <v>876</v>
+        <v>522</v>
       </c>
       <c r="E206" s="20">
-        <v>4891500</v>
+        <v>51110000</v>
       </c>
       <c r="F206" s="20">
-        <v>450000</v>
+        <v>3800000</v>
       </c>
       <c r="G206" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H206" s="18">
-        <v>20250822</v>
+        <v>20250415</v>
       </c>
       <c r="I206" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K206" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L206" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V206" s="18" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="W206" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X206" s="19">
-        <v>41748</v>
+        <v>710653</v>
       </c>
       <c r="Y206" s="20">
-        <v>434841</v>
+        <v>9235588</v>
       </c>
       <c r="Z206" s="20">
-        <v>261</v>
+        <v>1991</v>
       </c>
       <c r="AA206" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:27" x14ac:dyDescent="0.2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="207" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A207" s="17" t="s">
-        <v>865</v>
+        <v>523</v>
       </c>
       <c r="B207" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C207" s="17" t="s">
-        <v>866</v>
+        <v>524</v>
       </c>
       <c r="D207" s="18" t="s">
-        <v>867</v>
+        <v>525</v>
       </c>
       <c r="E207" s="20">
-        <v>12900200</v>
+        <v>31494200</v>
       </c>
       <c r="F207" s="20">
-        <v>1060000</v>
+        <v>1570000</v>
       </c>
       <c r="G207" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H207" s="18">
-        <v>20250822</v>
+        <v>20250415</v>
       </c>
       <c r="I207" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K207" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L207" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V207" s="18" t="s">
-        <v>140</v>
+        <v>241</v>
       </c>
       <c r="W207" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X207" s="19">
-        <v>539532</v>
+        <v>2123909</v>
       </c>
       <c r="Y207" s="20">
-        <v>5815615.5</v>
+        <v>40925981</v>
       </c>
       <c r="Z207" s="20">
-        <v>2514</v>
+        <v>6220</v>
       </c>
       <c r="AA207" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:27" x14ac:dyDescent="0.2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="208" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A208" s="17" t="s">
-        <v>747</v>
+        <v>514</v>
       </c>
       <c r="B208" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C208" s="17" t="s">
-        <v>748</v>
+        <v>515</v>
       </c>
       <c r="D208" s="18" t="s">
-        <v>749</v>
+        <v>516</v>
       </c>
       <c r="E208" s="20">
-        <v>1296000</v>
+        <v>14127750</v>
       </c>
       <c r="F208" s="20">
-        <v>50000</v>
+        <v>575000</v>
       </c>
       <c r="G208" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H208" s="18">
-        <v>20250716</v>
+        <v>20250403</v>
       </c>
       <c r="I208" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K208" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L208" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V208" s="18" t="s">
-        <v>140</v>
+        <v>217</v>
       </c>
       <c r="W208" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X208" s="19">
-        <v>5523</v>
+        <v>170465</v>
       </c>
       <c r="Y208" s="20">
-        <v>149240</v>
+        <v>3763122.5</v>
       </c>
       <c r="Z208" s="20">
-        <v>29</v>
+        <v>249</v>
       </c>
       <c r="AA208" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:27" x14ac:dyDescent="0.2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="209" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A209" s="17" t="s">
-        <v>868</v>
+        <v>505</v>
       </c>
       <c r="B209" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C209" s="17" t="s">
-        <v>869</v>
+        <v>506</v>
       </c>
       <c r="D209" s="18" t="s">
-        <v>870</v>
+        <v>507</v>
       </c>
       <c r="E209" s="20">
-        <v>4060000</v>
+        <v>8730750</v>
       </c>
       <c r="F209" s="20">
-        <v>400000</v>
+        <v>175000</v>
       </c>
       <c r="G209" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H209" s="18">
-        <v>20250822</v>
+        <v>20250402</v>
       </c>
       <c r="I209" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K209" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L209" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V209" s="18" t="s">
-        <v>140</v>
+        <v>235</v>
       </c>
       <c r="W209" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X209" s="19">
-        <v>43716</v>
+        <v>27274</v>
       </c>
       <c r="Y209" s="20">
-        <v>444686</v>
+        <v>1364255.5</v>
       </c>
       <c r="Z209" s="20">
-        <v>284</v>
+        <v>131</v>
       </c>
       <c r="AA209" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:27" x14ac:dyDescent="0.2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="210" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A210" s="17" t="s">
-        <v>862</v>
+        <v>508</v>
       </c>
       <c r="B210" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C210" s="17" t="s">
-        <v>863</v>
+        <v>509</v>
       </c>
       <c r="D210" s="18" t="s">
-        <v>864</v>
+        <v>510</v>
       </c>
       <c r="E210" s="20">
-        <v>3580800</v>
+        <v>216827500</v>
       </c>
       <c r="F210" s="20">
-        <v>320000</v>
+        <v>10750000</v>
       </c>
       <c r="G210" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H210" s="18">
-        <v>20250822</v>
+        <v>20250402</v>
       </c>
       <c r="I210" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K210" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L210" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V210" s="18" t="s">
-        <v>140</v>
+        <v>235</v>
       </c>
       <c r="W210" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X210" s="19">
-        <v>46722</v>
+        <v>2597175</v>
       </c>
       <c r="Y210" s="20">
-        <v>486048</v>
+        <v>52756422</v>
       </c>
       <c r="Z210" s="20">
-        <v>220</v>
+        <v>1040</v>
       </c>
       <c r="AA210" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:27" x14ac:dyDescent="0.2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="211" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A211" s="17" t="s">
-        <v>1076</v>
+        <v>511</v>
       </c>
       <c r="B211" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C211" s="17" t="s">
-        <v>1077</v>
+        <v>512</v>
       </c>
       <c r="D211" s="18" t="s">
-        <v>1078</v>
+        <v>513</v>
       </c>
       <c r="E211" s="20">
-        <v>1012500</v>
+        <v>46953000</v>
       </c>
       <c r="F211" s="20">
-        <v>50000</v>
+        <v>2350000</v>
       </c>
       <c r="G211" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H211" s="18">
-        <v>20251015</v>
+        <v>20250402</v>
       </c>
       <c r="I211" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K211" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L211" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V211" s="18" t="s">
-        <v>146</v>
+        <v>235</v>
       </c>
       <c r="W211" s="18" t="s">
-        <v>150</v>
+        <v>74</v>
       </c>
       <c r="X211" s="19">
-        <v>2054</v>
+        <v>146288</v>
       </c>
       <c r="Y211" s="20">
-        <v>42293</v>
+        <v>2935273.5</v>
       </c>
       <c r="Z211" s="20">
-        <v>27</v>
+        <v>166</v>
       </c>
       <c r="AA211" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:27" x14ac:dyDescent="0.2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="212" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A212" s="17" t="s">
-        <v>930</v>
+        <v>502</v>
       </c>
       <c r="B212" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C212" s="17" t="s">
-        <v>931</v>
+        <v>503</v>
       </c>
       <c r="D212" s="18" t="s">
-        <v>932</v>
+        <v>504</v>
       </c>
       <c r="E212" s="20">
-        <v>1604800</v>
+        <v>14245500</v>
       </c>
       <c r="F212" s="20">
-        <v>160000</v>
+        <v>950000</v>
       </c>
       <c r="G212" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H212" s="18">
-        <v>20250909</v>
+        <v>20250402</v>
       </c>
       <c r="I212" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K212" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L212" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V212" s="18" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="W212" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X212" s="19">
-        <v>60381</v>
+        <v>78013</v>
       </c>
       <c r="Y212" s="20">
-        <v>604116</v>
+        <v>1161192</v>
       </c>
       <c r="Z212" s="20">
-        <v>33</v>
+        <v>84</v>
       </c>
       <c r="AA212" s="20">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:27" x14ac:dyDescent="0.2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="213" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A213" s="17" t="s">
-        <v>639</v>
+        <v>465</v>
       </c>
       <c r="B213" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C213" s="17" t="s">
-        <v>640</v>
+        <v>466</v>
       </c>
       <c r="D213" s="18" t="s">
-        <v>641</v>
+        <v>467</v>
       </c>
       <c r="E213" s="20">
-        <v>40409000</v>
+        <v>11587500</v>
       </c>
       <c r="F213" s="20">
-        <v>1912500</v>
+        <v>1250000</v>
       </c>
       <c r="G213" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H213" s="18">
-        <v>20250515</v>
+        <v>20250327</v>
       </c>
       <c r="I213" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K213" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L213" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V213" s="18" t="s">
-        <v>131</v>
+        <v>159</v>
       </c>
       <c r="W213" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X213" s="19">
-        <v>1104862</v>
+        <v>1109937</v>
       </c>
       <c r="Y213" s="20">
-        <v>23082912</v>
+        <v>10331712</v>
       </c>
       <c r="Z213" s="20">
-        <v>6296</v>
+        <v>3042</v>
       </c>
       <c r="AA213" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:27" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="214" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A214" s="17" t="s">
-        <v>642</v>
+        <v>468</v>
       </c>
       <c r="B214" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C214" s="17" t="s">
-        <v>643</v>
+        <v>469</v>
       </c>
       <c r="D214" s="18" t="s">
-        <v>644</v>
+        <v>470</v>
       </c>
       <c r="E214" s="20">
-        <v>45445750</v>
+        <v>15934462.6</v>
       </c>
       <c r="F214" s="20">
-        <v>1525000</v>
+        <v>841286</v>
       </c>
       <c r="G214" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H214" s="18">
-        <v>20250515</v>
+        <v>20250327</v>
       </c>
       <c r="I214" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K214" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L214" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V214" s="18" t="s">
-        <v>131</v>
+        <v>159</v>
       </c>
       <c r="W214" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X214" s="19">
-        <v>953219</v>
+        <v>2083641</v>
       </c>
       <c r="Y214" s="20">
-        <v>24283647.5</v>
+        <v>40316372</v>
       </c>
       <c r="Z214" s="20">
-        <v>5559</v>
+        <v>751</v>
       </c>
       <c r="AA214" s="20">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:27" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="215" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A215" s="17" t="s">
-        <v>511</v>
+        <v>462</v>
       </c>
       <c r="B215" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C215" s="17" t="s">
-        <v>512</v>
+        <v>463</v>
       </c>
       <c r="D215" s="18" t="s">
-        <v>513</v>
+        <v>464</v>
       </c>
       <c r="E215" s="20">
-        <v>61576500</v>
+        <v>24197250</v>
       </c>
       <c r="F215" s="20">
-        <v>4225000</v>
+        <v>825000</v>
       </c>
       <c r="G215" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H215" s="18">
-        <v>20250416</v>
+        <v>20250325</v>
       </c>
       <c r="I215" s="19" t="s">
         <v>71</v>
       </c>
-      <c r="J215" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K215" s="18" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="L215" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V215" s="18" t="s">
-        <v>131</v>
+        <v>219</v>
       </c>
       <c r="W215" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X215" s="19">
-        <v>8025603</v>
+        <v>108019</v>
       </c>
       <c r="Y215" s="20">
-        <v>116758590</v>
+        <v>3085789.5</v>
       </c>
       <c r="Z215" s="20">
-        <v>19697</v>
+        <v>367</v>
       </c>
       <c r="AA215" s="20">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:27" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="216" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A216" s="17" t="s">
-        <v>702</v>
+        <v>459</v>
       </c>
       <c r="B216" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C216" s="17" t="s">
-        <v>703</v>
+        <v>460</v>
       </c>
       <c r="D216" s="18" t="s">
-        <v>704</v>
+        <v>461</v>
       </c>
       <c r="E216" s="20">
-        <v>113782250</v>
+        <v>14209125</v>
       </c>
       <c r="F216" s="20">
-        <v>9862500</v>
+        <v>525000</v>
       </c>
       <c r="G216" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H216" s="18">
-        <v>20250618</v>
+        <v>20250325</v>
       </c>
       <c r="I216" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K216" s="18" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="L216" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V216" s="18" t="s">
-        <v>131</v>
+        <v>219</v>
       </c>
       <c r="W216" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X216" s="19">
-        <v>9460754</v>
+        <v>146667</v>
       </c>
       <c r="Y216" s="20">
-        <v>120240431</v>
+        <v>3590657.5</v>
       </c>
       <c r="Z216" s="20">
-        <v>28016</v>
+        <v>344</v>
       </c>
       <c r="AA216" s="20">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:27" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="217" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A217" s="17" t="s">
-        <v>484</v>
+        <v>456</v>
       </c>
       <c r="B217" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C217" s="17" t="s">
-        <v>485</v>
+        <v>457</v>
       </c>
       <c r="D217" s="18" t="s">
-        <v>486</v>
+        <v>458</v>
       </c>
       <c r="E217" s="20">
-        <v>6245000</v>
+        <v>8112010.1399999997</v>
       </c>
       <c r="F217" s="20">
-        <v>125000</v>
+        <v>800001</v>
       </c>
       <c r="G217" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H217" s="18">
-        <v>20250402</v>
+        <v>20250321</v>
       </c>
       <c r="I217" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K217" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L217" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V217" s="18" t="s">
-        <v>232</v>
+        <v>126</v>
       </c>
       <c r="W217" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X217" s="19">
-        <v>14068</v>
+        <v>113605</v>
       </c>
       <c r="Y217" s="20">
-        <v>703781</v>
+        <v>1143627</v>
       </c>
       <c r="Z217" s="20">
-        <v>65</v>
+        <v>92</v>
       </c>
       <c r="AA217" s="20">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:27" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="218" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A218" s="17" t="s">
-        <v>487</v>
+        <v>453</v>
       </c>
       <c r="B218" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C218" s="17" t="s">
-        <v>488</v>
+        <v>454</v>
       </c>
       <c r="D218" s="18" t="s">
-        <v>489</v>
+        <v>455</v>
       </c>
       <c r="E218" s="20">
-        <v>109086500</v>
+        <v>6018010.0300000003</v>
       </c>
       <c r="F218" s="20">
-        <v>5350000</v>
+        <v>600001</v>
       </c>
       <c r="G218" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H218" s="18">
-        <v>20250402</v>
+        <v>20250321</v>
       </c>
       <c r="I218" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K218" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L218" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V218" s="18" t="s">
-        <v>232</v>
+        <v>126</v>
       </c>
       <c r="W218" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X218" s="19">
-        <v>2237345</v>
+        <v>125692</v>
       </c>
       <c r="Y218" s="20">
-        <v>45456230.5</v>
+        <v>1267512.5</v>
       </c>
       <c r="Z218" s="20">
-        <v>710</v>
+        <v>86</v>
       </c>
       <c r="AA218" s="20">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:27" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="219" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A219" s="17" t="s">
-        <v>490</v>
+        <v>448</v>
       </c>
       <c r="B219" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C219" s="17" t="s">
-        <v>491</v>
+        <v>449</v>
       </c>
       <c r="D219" s="18" t="s">
-        <v>492</v>
+        <v>450</v>
       </c>
       <c r="E219" s="20">
-        <v>36360000</v>
+        <v>8048010.0599999996</v>
       </c>
       <c r="F219" s="20">
-        <v>1800000</v>
+        <v>800001</v>
       </c>
       <c r="G219" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H219" s="18">
-        <v>20250402</v>
+        <v>20250321</v>
       </c>
       <c r="I219" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K219" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L219" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V219" s="18" t="s">
-        <v>232</v>
+        <v>126</v>
       </c>
       <c r="W219" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X219" s="19">
-        <v>57119</v>
+        <v>160879</v>
       </c>
       <c r="Y219" s="20">
-        <v>1145797.5</v>
+        <v>1629682.5</v>
       </c>
       <c r="Z219" s="20">
-        <v>101</v>
+        <v>154</v>
       </c>
       <c r="AA219" s="20">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:27" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="220" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A220" s="17" t="s">
-        <v>481</v>
+        <v>451</v>
       </c>
       <c r="B220" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C220" s="17" t="s">
-        <v>482</v>
+        <v>1210</v>
       </c>
       <c r="D220" s="18" t="s">
-        <v>483</v>
+        <v>452</v>
       </c>
       <c r="E220" s="20">
-        <v>10401500</v>
+        <v>22294000</v>
       </c>
       <c r="F220" s="20">
-        <v>700000</v>
+        <v>1570000</v>
       </c>
       <c r="G220" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H220" s="18">
-        <v>20250402</v>
+        <v>20250321</v>
       </c>
       <c r="I220" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K220" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L220" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V220" s="18" t="s">
-        <v>232</v>
+        <v>134</v>
       </c>
       <c r="W220" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X220" s="19">
-        <v>58158</v>
+        <v>811719</v>
       </c>
       <c r="Y220" s="20">
-        <v>848797</v>
+        <v>9474182.5</v>
       </c>
       <c r="Z220" s="20">
-        <v>55</v>
+        <v>3090</v>
       </c>
       <c r="AA220" s="20">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:27" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="221" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A221" s="17" t="s">
-        <v>1094</v>
+        <v>445</v>
       </c>
       <c r="B221" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C221" s="17" t="s">
-        <v>1095</v>
+        <v>446</v>
       </c>
       <c r="D221" s="18" t="s">
-        <v>1096</v>
+        <v>447</v>
       </c>
       <c r="E221" s="20">
-        <v>3076500</v>
+        <v>4805750</v>
       </c>
       <c r="F221" s="20">
-        <v>150000</v>
+        <v>250000</v>
       </c>
       <c r="G221" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H221" s="18">
-        <v>20251015</v>
+        <v>20250318</v>
       </c>
       <c r="I221" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K221" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L221" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V221" s="18" t="s">
-        <v>146</v>
+        <v>159</v>
       </c>
       <c r="W221" s="18" t="s">
-        <v>150</v>
+        <v>74</v>
       </c>
       <c r="X221" s="19">
-        <v>314950</v>
+        <v>332390</v>
       </c>
       <c r="Y221" s="20">
-        <v>6495455.5</v>
+        <v>8062891.5</v>
       </c>
       <c r="Z221" s="20">
-        <v>973</v>
+        <v>1180</v>
       </c>
       <c r="AA221" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:27" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="222" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A222" s="17" t="s">
-        <v>376</v>
+        <v>442</v>
       </c>
       <c r="B222" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C222" s="17" t="s">
-        <v>377</v>
+        <v>443</v>
       </c>
       <c r="D222" s="18" t="s">
-        <v>378</v>
+        <v>444</v>
       </c>
       <c r="E222" s="20">
-        <v>30998701.760000002</v>
+        <v>3743500</v>
       </c>
       <c r="F222" s="20">
-        <v>1230004</v>
+        <v>125000</v>
       </c>
       <c r="G222" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H222" s="18">
-        <v>20250206</v>
+        <v>20250318</v>
       </c>
       <c r="I222" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K222" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L222" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V222" s="18" t="s">
-        <v>233</v>
+        <v>159</v>
       </c>
       <c r="W222" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X222" s="19">
-        <v>385369</v>
+        <v>284041</v>
       </c>
       <c r="Y222" s="20">
-        <v>8710404.5</v>
+        <v>10815175</v>
       </c>
       <c r="Z222" s="20">
-        <v>400</v>
+        <v>1656</v>
       </c>
       <c r="AA222" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:27" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="223" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A223" s="17" t="s">
-        <v>1097</v>
+        <v>421</v>
       </c>
       <c r="B223" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C223" s="17" t="s">
-        <v>1098</v>
+        <v>422</v>
       </c>
       <c r="D223" s="18" t="s">
-        <v>1099</v>
+        <v>423</v>
       </c>
       <c r="E223" s="20">
-        <v>7365000</v>
+        <v>109109000</v>
       </c>
       <c r="F223" s="20">
-        <v>300000</v>
+        <v>5450000</v>
       </c>
       <c r="G223" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H223" s="18">
-        <v>20251015</v>
+        <v>20250305</v>
       </c>
       <c r="I223" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K223" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L223" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V223" s="18" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
       <c r="W223" s="18" t="s">
-        <v>150</v>
+        <v>74</v>
       </c>
       <c r="X223" s="19">
-        <v>427936</v>
+        <v>727378</v>
       </c>
       <c r="Y223" s="20">
-        <v>9912206</v>
+        <v>10604401.5</v>
       </c>
       <c r="Z223" s="20">
-        <v>1374</v>
+        <v>3932</v>
       </c>
       <c r="AA223" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:27" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="224" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A224" s="17" t="s">
-        <v>1070</v>
+        <v>433</v>
       </c>
       <c r="B224" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C224" s="17" t="s">
-        <v>1071</v>
+        <v>434</v>
       </c>
       <c r="D224" s="18" t="s">
-        <v>1072</v>
+        <v>435</v>
       </c>
       <c r="E224" s="20">
-        <v>1378944000</v>
+        <v>86391000</v>
       </c>
       <c r="F224" s="20">
-        <v>53200000</v>
+        <v>4350000</v>
       </c>
       <c r="G224" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H224" s="18">
-        <v>20251009</v>
+        <v>20250305</v>
       </c>
       <c r="I224" s="19" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>71</v>
       </c>
       <c r="K224" s="18" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="L224" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
+      </c>
+      <c r="V224" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W224" s="18" t="s">
+        <v>74</v>
       </c>
       <c r="X224" s="19">
-        <v>8328138</v>
+        <v>1766868</v>
       </c>
       <c r="Y224" s="20">
-        <v>208370027.5</v>
+        <v>33020035.5</v>
       </c>
       <c r="Z224" s="20">
-        <v>31270</v>
+        <v>7739</v>
       </c>
       <c r="AA224" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:27" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="225" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A225" s="17" t="s">
-        <v>657</v>
+        <v>439</v>
       </c>
       <c r="B225" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C225" s="17" t="s">
-        <v>658</v>
+        <v>440</v>
       </c>
       <c r="D225" s="18" t="s">
-        <v>659</v>
+        <v>441</v>
       </c>
       <c r="E225" s="20">
-        <v>4353924.1500000004</v>
+        <v>97237000</v>
       </c>
       <c r="F225" s="20">
-        <v>125005</v>
+        <v>5075000</v>
       </c>
       <c r="G225" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H225" s="18">
-        <v>20250604</v>
+        <v>20250305</v>
       </c>
       <c r="I225" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K225" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L225" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V225" s="18" t="s">
-        <v>233</v>
+        <v>132</v>
       </c>
       <c r="W225" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X225" s="19">
-        <v>300487</v>
+        <v>1073570</v>
       </c>
       <c r="Y225" s="20">
-        <v>7903082.5</v>
+        <v>19210616.5</v>
       </c>
       <c r="Z225" s="20">
-        <v>1433</v>
+        <v>5270</v>
       </c>
       <c r="AA225" s="20">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:27" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="226" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A226" s="17" t="s">
-        <v>666</v>
+        <v>430</v>
       </c>
       <c r="B226" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C226" s="17" t="s">
-        <v>667</v>
+        <v>431</v>
       </c>
       <c r="D226" s="18" t="s">
-        <v>668</v>
+        <v>432</v>
       </c>
       <c r="E226" s="20">
-        <v>7477385.9500000002</v>
+        <v>72134500</v>
       </c>
       <c r="F226" s="20">
-        <v>275005</v>
+        <v>8900000</v>
       </c>
       <c r="G226" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H226" s="18">
-        <v>20250604</v>
+        <v>20250305</v>
       </c>
       <c r="I226" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K226" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L226" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V226" s="18" t="s">
-        <v>233</v>
+        <v>132</v>
       </c>
       <c r="W226" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X226" s="19">
-        <v>844648</v>
+        <v>16152752</v>
       </c>
       <c r="Y226" s="20">
-        <v>20121935</v>
+        <v>213784684.5</v>
       </c>
       <c r="Z226" s="20">
-        <v>3825</v>
+        <v>41888</v>
       </c>
       <c r="AA226" s="20">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:27" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="227" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A227" s="17" t="s">
-        <v>1160</v>
+        <v>424</v>
       </c>
       <c r="B227" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C227" s="17" t="s">
-        <v>1161</v>
+        <v>425</v>
       </c>
       <c r="D227" s="18" t="s">
-        <v>1162</v>
+        <v>426</v>
       </c>
       <c r="E227" s="20">
-        <v>2007000</v>
+        <v>68962000</v>
       </c>
       <c r="F227" s="20">
-        <v>100000</v>
+        <v>8200000</v>
       </c>
       <c r="G227" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H227" s="18">
-        <v>20251022</v>
+        <v>20250305</v>
       </c>
       <c r="I227" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K227" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L227" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V227" s="18" t="s">
-        <v>233</v>
+        <v>132</v>
       </c>
       <c r="W227" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X227" s="19">
-        <v>39614</v>
+        <v>1745873</v>
       </c>
       <c r="Y227" s="20">
-        <v>829662</v>
+        <v>17027736.5</v>
       </c>
       <c r="Z227" s="20">
-        <v>94</v>
+        <v>9570</v>
       </c>
       <c r="AA227" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:27" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="228" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A228" s="17" t="s">
-        <v>1151</v>
+        <v>436</v>
       </c>
       <c r="B228" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C228" s="17" t="s">
-        <v>1152</v>
+        <v>437</v>
       </c>
       <c r="D228" s="18" t="s">
-        <v>1153</v>
+        <v>438</v>
       </c>
       <c r="E228" s="20">
-        <v>2880000</v>
+        <v>281220000</v>
       </c>
       <c r="F228" s="20">
-        <v>100000</v>
+        <v>65400000</v>
       </c>
       <c r="G228" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H228" s="18">
-        <v>20251022</v>
+        <v>20250305</v>
       </c>
       <c r="I228" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K228" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L228" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V228" s="18" t="s">
-        <v>233</v>
+        <v>132</v>
       </c>
       <c r="W228" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X228" s="19">
-        <v>4656</v>
+        <v>109522823</v>
       </c>
       <c r="Y228" s="20">
-        <v>142715</v>
+        <v>1218793333</v>
       </c>
       <c r="Z228" s="20">
-        <v>29</v>
+        <v>280406</v>
       </c>
       <c r="AA228" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:27" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="229" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A229" s="17" t="s">
-        <v>1148</v>
+        <v>427</v>
       </c>
       <c r="B229" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C229" s="17" t="s">
-        <v>1149</v>
+        <v>428</v>
       </c>
       <c r="D229" s="18" t="s">
-        <v>1150</v>
+        <v>429</v>
       </c>
       <c r="E229" s="20">
-        <v>2165000</v>
+        <v>63075250</v>
       </c>
       <c r="F229" s="20">
-        <v>100000</v>
+        <v>6775000</v>
       </c>
       <c r="G229" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H229" s="18">
-        <v>20251022</v>
+        <v>20250305</v>
       </c>
       <c r="I229" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K229" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L229" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V229" s="18" t="s">
-        <v>233</v>
+        <v>132</v>
       </c>
       <c r="W229" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X229" s="19">
-        <v>201</v>
+        <v>1652457</v>
       </c>
       <c r="Y229" s="20">
-        <v>4219</v>
+        <v>19695946.5</v>
       </c>
       <c r="Z229" s="20">
-        <v>3</v>
+        <v>8005</v>
       </c>
       <c r="AA229" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:27" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="230" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A230" s="17" t="s">
-        <v>1139</v>
+        <v>418</v>
       </c>
       <c r="B230" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C230" s="17" t="s">
-        <v>1140</v>
+        <v>419</v>
       </c>
       <c r="D230" s="18" t="s">
-        <v>1141</v>
+        <v>420</v>
       </c>
       <c r="E230" s="20">
-        <v>940500</v>
+        <v>31124000</v>
       </c>
       <c r="F230" s="20">
-        <v>50000</v>
+        <v>1550000</v>
       </c>
       <c r="G230" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H230" s="18">
-        <v>20251022</v>
+        <v>20250304</v>
       </c>
       <c r="I230" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K230" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L230" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V230" s="18" t="s">
-        <v>233</v>
+        <v>179</v>
       </c>
       <c r="W230" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X230" s="19">
-        <v>4384</v>
+        <v>225057</v>
       </c>
       <c r="Y230" s="20">
-        <v>86165</v>
+        <v>4415909</v>
       </c>
       <c r="Z230" s="20">
-        <v>25</v>
+        <v>267</v>
       </c>
       <c r="AA230" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:27" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="231" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A231" s="17" t="s">
-        <v>654</v>
+        <v>383</v>
       </c>
       <c r="B231" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C231" s="17" t="s">
-        <v>655</v>
+        <v>384</v>
       </c>
       <c r="D231" s="18" t="s">
-        <v>656</v>
+        <v>385</v>
       </c>
       <c r="E231" s="20">
-        <v>7017780.7000000002</v>
+        <v>539070000</v>
       </c>
       <c r="F231" s="20">
-        <v>125005</v>
+        <v>22650000</v>
       </c>
       <c r="G231" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H231" s="18">
-        <v>20250604</v>
+        <v>20250227</v>
       </c>
       <c r="I231" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K231" s="18" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="L231" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V231" s="18" t="s">
-        <v>233</v>
+        <v>153</v>
       </c>
       <c r="W231" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X231" s="19">
-        <v>320728</v>
+        <v>1565558</v>
       </c>
       <c r="Y231" s="20">
-        <v>12985789</v>
+        <v>34665723.5</v>
       </c>
       <c r="Z231" s="20">
-        <v>1672</v>
+        <v>6167</v>
       </c>
       <c r="AA231" s="20">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:27" x14ac:dyDescent="0.2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="232" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A232" s="17" t="s">
-        <v>660</v>
+        <v>386</v>
       </c>
       <c r="B232" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C232" s="17" t="s">
-        <v>661</v>
+        <v>387</v>
       </c>
       <c r="D232" s="18" t="s">
-        <v>662</v>
+        <v>388</v>
       </c>
       <c r="E232" s="20">
-        <v>3118874.75</v>
+        <v>10267500</v>
       </c>
       <c r="F232" s="20">
-        <v>125005</v>
+        <v>375000</v>
       </c>
       <c r="G232" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H232" s="18">
-        <v>20250604</v>
+        <v>20250220</v>
       </c>
       <c r="I232" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K232" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L232" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V232" s="18" t="s">
-        <v>233</v>
+        <v>130</v>
       </c>
       <c r="W232" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X232" s="19">
-        <v>265293</v>
+        <v>431334</v>
       </c>
       <c r="Y232" s="20">
-        <v>6665421</v>
+        <v>10972757</v>
       </c>
       <c r="Z232" s="20">
-        <v>1275</v>
+        <v>2539</v>
       </c>
       <c r="AA232" s="20">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:27" x14ac:dyDescent="0.2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="233" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A233" s="17" t="s">
-        <v>663</v>
+        <v>347</v>
       </c>
       <c r="B233" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C233" s="17" t="s">
-        <v>664</v>
+        <v>348</v>
       </c>
       <c r="D233" s="18" t="s">
-        <v>665</v>
+        <v>349</v>
       </c>
       <c r="E233" s="20">
-        <v>8995699.9000000004</v>
+        <v>8338816.71</v>
       </c>
       <c r="F233" s="20">
-        <v>225005</v>
+        <v>250002</v>
       </c>
       <c r="G233" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H233" s="18">
-        <v>20250604</v>
+        <v>20250206</v>
       </c>
       <c r="I233" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K233" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L233" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V233" s="18" t="s">
-        <v>233</v>
+        <v>126</v>
       </c>
       <c r="W233" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X233" s="19">
-        <v>1390151</v>
+        <v>65496</v>
       </c>
       <c r="Y233" s="20">
-        <v>43765535</v>
+        <v>1919703</v>
       </c>
       <c r="Z233" s="20">
-        <v>7138</v>
+        <v>214</v>
       </c>
       <c r="AA233" s="20">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:27" x14ac:dyDescent="0.2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="234" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A234" s="17" t="s">
-        <v>1157</v>
+        <v>350</v>
       </c>
       <c r="B234" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C234" s="17" t="s">
-        <v>1158</v>
+        <v>351</v>
       </c>
       <c r="D234" s="18" t="s">
-        <v>1159</v>
+        <v>352</v>
       </c>
       <c r="E234" s="20">
-        <v>2273000</v>
+        <v>10017061.720000001</v>
       </c>
       <c r="F234" s="20">
-        <v>100000</v>
+        <v>325002</v>
       </c>
       <c r="G234" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H234" s="18">
-        <v>20251022</v>
+        <v>20250206</v>
       </c>
       <c r="I234" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K234" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L234" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V234" s="18" t="s">
-        <v>233</v>
+        <v>126</v>
       </c>
       <c r="W234" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X234" s="19">
-        <v>1150</v>
+        <v>131106</v>
       </c>
       <c r="Y234" s="20">
-        <v>25791</v>
+        <v>3659659.5</v>
       </c>
       <c r="Z234" s="20">
-        <v>39</v>
+        <v>321</v>
       </c>
       <c r="AA234" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:27" x14ac:dyDescent="0.2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="235" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A235" s="17" t="s">
-        <v>669</v>
+        <v>353</v>
       </c>
       <c r="B235" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C235" s="17" t="s">
-        <v>670</v>
+        <v>354</v>
       </c>
       <c r="D235" s="18" t="s">
-        <v>671</v>
+        <v>355</v>
       </c>
       <c r="E235" s="20">
-        <v>6975155</v>
+        <v>9236807.5899999999</v>
       </c>
       <c r="F235" s="20">
-        <v>225005</v>
+        <v>325002</v>
       </c>
       <c r="G235" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H235" s="18">
-        <v>20250604</v>
+        <v>20250206</v>
       </c>
       <c r="I235" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K235" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L235" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V235" s="18" t="s">
-        <v>233</v>
+        <v>126</v>
       </c>
       <c r="W235" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X235" s="19">
-        <v>2431218</v>
+        <v>107805</v>
       </c>
       <c r="Y235" s="20">
-        <v>62127635.5</v>
+        <v>3162071</v>
       </c>
       <c r="Z235" s="20">
-        <v>11623</v>
+        <v>419</v>
       </c>
       <c r="AA235" s="20">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:27" x14ac:dyDescent="0.2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="236" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A236" s="17" t="s">
-        <v>1145</v>
+        <v>356</v>
       </c>
       <c r="B236" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C236" s="17" t="s">
-        <v>1146</v>
+        <v>357</v>
       </c>
       <c r="D236" s="18" t="s">
-        <v>1147</v>
+        <v>358</v>
       </c>
       <c r="E236" s="20">
-        <v>2123000</v>
+        <v>7365558.5899999999</v>
       </c>
       <c r="F236" s="20">
-        <v>100000</v>
+        <v>250002</v>
       </c>
       <c r="G236" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H236" s="18">
-        <v>20251022</v>
+        <v>20250206</v>
       </c>
       <c r="I236" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K236" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L236" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V236" s="18" t="s">
-        <v>233</v>
+        <v>126</v>
       </c>
       <c r="W236" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X236" s="19">
-        <v>800</v>
+        <v>130131</v>
       </c>
       <c r="Y236" s="20">
-        <v>16818</v>
+        <v>3849669.5</v>
       </c>
       <c r="Z236" s="20">
-        <v>3</v>
+        <v>461</v>
       </c>
       <c r="AA236" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:27" x14ac:dyDescent="0.2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="237" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A237" s="17" t="s">
-        <v>1154</v>
+        <v>359</v>
       </c>
       <c r="B237" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C237" s="17" t="s">
-        <v>1155</v>
+        <v>360</v>
       </c>
       <c r="D237" s="18" t="s">
-        <v>1156</v>
+        <v>361</v>
       </c>
       <c r="E237" s="20">
-        <v>2050000</v>
+        <v>7811062.6500000004</v>
       </c>
       <c r="F237" s="20">
-        <v>100000</v>
+        <v>250002</v>
       </c>
       <c r="G237" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H237" s="18">
-        <v>20251022</v>
+        <v>20250206</v>
       </c>
       <c r="I237" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K237" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L237" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V237" s="18" t="s">
-        <v>233</v>
+        <v>126</v>
       </c>
       <c r="W237" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X237" s="19">
-        <v>1140</v>
+        <v>182270</v>
       </c>
       <c r="Y237" s="20">
-        <v>23323</v>
+        <v>5348541</v>
       </c>
       <c r="Z237" s="20">
-        <v>3</v>
+        <v>593</v>
       </c>
       <c r="AA237" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:27" x14ac:dyDescent="0.2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="238" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A238" s="17" t="s">
-        <v>1163</v>
+        <v>362</v>
       </c>
       <c r="B238" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C238" s="17" t="s">
-        <v>1164</v>
+        <v>363</v>
       </c>
       <c r="D238" s="18" t="s">
-        <v>1165</v>
+        <v>364</v>
       </c>
       <c r="E238" s="20">
-        <v>2034000</v>
+        <v>16618061.68</v>
       </c>
       <c r="F238" s="20">
-        <v>100000</v>
+        <v>550002</v>
       </c>
       <c r="G238" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H238" s="18">
-        <v>20251022</v>
+        <v>20250206</v>
       </c>
       <c r="I238" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K238" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L238" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V238" s="18" t="s">
-        <v>233</v>
+        <v>126</v>
       </c>
       <c r="W238" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X238" s="19">
-        <v>2319</v>
+        <v>287494</v>
       </c>
       <c r="Y238" s="20">
-        <v>46897</v>
+        <v>8324344.5</v>
       </c>
       <c r="Z238" s="20">
-        <v>9</v>
+        <v>737</v>
       </c>
       <c r="AA238" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:27" x14ac:dyDescent="0.2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="239" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A239" s="17" t="s">
-        <v>1142</v>
+        <v>365</v>
       </c>
       <c r="B239" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C239" s="17" t="s">
-        <v>1143</v>
+        <v>366</v>
       </c>
       <c r="D239" s="18" t="s">
-        <v>1144</v>
+        <v>367</v>
       </c>
       <c r="E239" s="20">
-        <v>2088000</v>
+        <v>11387065.33</v>
       </c>
       <c r="F239" s="20">
-        <v>100000</v>
+        <v>350002</v>
       </c>
       <c r="G239" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H239" s="18">
-        <v>20251022</v>
+        <v>20250206</v>
       </c>
       <c r="I239" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K239" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L239" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V239" s="18" t="s">
-        <v>233</v>
+        <v>126</v>
       </c>
       <c r="W239" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X239" s="19">
-        <v>4100</v>
+        <v>171751</v>
       </c>
       <c r="Y239" s="20">
-        <v>84781</v>
+        <v>5303829</v>
       </c>
       <c r="Z239" s="20">
-        <v>8</v>
+        <v>421</v>
       </c>
       <c r="AA239" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:27" x14ac:dyDescent="0.2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="240" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A240" s="17" t="s">
-        <v>808</v>
+        <v>368</v>
       </c>
       <c r="B240" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C240" s="17" t="s">
-        <v>809</v>
+        <v>369</v>
       </c>
       <c r="D240" s="18" t="s">
-        <v>810</v>
+        <v>370</v>
       </c>
       <c r="E240" s="20">
-        <v>2028831.15</v>
+        <v>2998059.96</v>
       </c>
       <c r="F240" s="20">
-        <v>125005</v>
+        <v>100002</v>
       </c>
       <c r="G240" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H240" s="18">
-        <v>20250813</v>
+        <v>20250206</v>
       </c>
       <c r="I240" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K240" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L240" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V240" s="18" t="s">
-        <v>233</v>
+        <v>126</v>
       </c>
       <c r="W240" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X240" s="19">
-        <v>588115</v>
+        <v>50642</v>
       </c>
       <c r="Y240" s="20">
-        <v>12064436.5</v>
+        <v>1463162</v>
       </c>
       <c r="Z240" s="20">
-        <v>2045</v>
+        <v>196</v>
       </c>
       <c r="AA240" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:40" x14ac:dyDescent="0.2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="241" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A241" s="17" t="s">
-        <v>805</v>
+        <v>371</v>
       </c>
       <c r="B241" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C241" s="17" t="s">
-        <v>806</v>
+        <v>372</v>
       </c>
       <c r="D241" s="18" t="s">
-        <v>807</v>
+        <v>373</v>
       </c>
       <c r="E241" s="20">
-        <v>1527050.9</v>
+        <v>2150807.9</v>
       </c>
       <c r="F241" s="20">
-        <v>150005</v>
+        <v>75002</v>
       </c>
       <c r="G241" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H241" s="18">
-        <v>20250813</v>
+        <v>20250206</v>
       </c>
       <c r="I241" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K241" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L241" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V241" s="18" t="s">
-        <v>233</v>
+        <v>126</v>
       </c>
       <c r="W241" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X241" s="19">
-        <v>678174</v>
+        <v>18792</v>
       </c>
       <c r="Y241" s="20">
-        <v>8389531</v>
+        <v>551594</v>
       </c>
       <c r="Z241" s="20">
-        <v>3422</v>
+        <v>79</v>
       </c>
       <c r="AA241" s="20">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:40" x14ac:dyDescent="0.2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="242" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A242" s="17" t="s">
-        <v>1091</v>
+        <v>374</v>
       </c>
       <c r="B242" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C242" s="17" t="s">
-        <v>1092</v>
+        <v>375</v>
       </c>
       <c r="D242" s="18" t="s">
-        <v>1093</v>
+        <v>376</v>
       </c>
       <c r="E242" s="20">
-        <v>3760000</v>
+        <v>10035073.35</v>
       </c>
       <c r="F242" s="20">
-        <v>200000</v>
+        <v>275002</v>
       </c>
       <c r="G242" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H242" s="18">
-        <v>20251015</v>
+        <v>20250206</v>
       </c>
       <c r="I242" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K242" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L242" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V242" s="18" t="s">
-        <v>146</v>
+        <v>126</v>
       </c>
       <c r="W242" s="18" t="s">
-        <v>150</v>
+        <v>74</v>
       </c>
       <c r="X242" s="19">
-        <v>267968</v>
+        <v>323340</v>
       </c>
       <c r="Y242" s="20">
-        <v>5329833.5</v>
+        <v>10988113.5</v>
       </c>
       <c r="Z242" s="20">
-        <v>978</v>
+        <v>1140</v>
       </c>
       <c r="AA242" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:40" x14ac:dyDescent="0.2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="243" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A243" s="17" t="s">
-        <v>991</v>
+        <v>377</v>
       </c>
       <c r="B243" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C243" s="17" t="s">
-        <v>992</v>
+        <v>378</v>
       </c>
       <c r="D243" s="18" t="s">
-        <v>993</v>
+        <v>379</v>
       </c>
       <c r="E243" s="20">
-        <v>8052000</v>
+        <v>68731314.049999997</v>
       </c>
       <c r="F243" s="20">
-        <v>400000</v>
+        <v>2125002</v>
       </c>
       <c r="G243" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H243" s="18">
-        <v>20250922</v>
+        <v>20250206</v>
       </c>
       <c r="I243" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K243" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L243" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V243" s="18" t="s">
-        <v>994</v>
+        <v>126</v>
       </c>
       <c r="W243" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X243" s="19">
-        <v>373933</v>
+        <v>515903</v>
       </c>
       <c r="Y243" s="20">
-        <v>7535869</v>
+        <v>16639521.5</v>
       </c>
       <c r="Z243" s="20">
-        <v>232</v>
+        <v>1831</v>
       </c>
       <c r="AA243" s="20">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:40" x14ac:dyDescent="0.2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="244" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A244" s="17" t="s">
-        <v>998</v>
+        <v>398</v>
       </c>
       <c r="B244" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C244" s="17" t="s">
-        <v>999</v>
+        <v>399</v>
       </c>
       <c r="D244" s="18" t="s">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="E244" s="20">
-        <v>2000000</v>
+        <v>31087600</v>
       </c>
       <c r="F244" s="20">
-        <v>100000</v>
+        <v>1280000</v>
       </c>
       <c r="G244" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H244" s="18">
-        <v>20250922</v>
+        <v>20250206</v>
       </c>
       <c r="I244" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K244" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L244" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V244" s="18" t="s">
-        <v>994</v>
+        <v>236</v>
       </c>
       <c r="W244" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X244" s="19">
-        <v>17483</v>
+        <v>399135</v>
       </c>
       <c r="Y244" s="20">
-        <v>348654</v>
+        <v>9050779.5</v>
       </c>
       <c r="Z244" s="20">
-        <v>48</v>
+        <v>447</v>
       </c>
       <c r="AA244" s="20">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:40" x14ac:dyDescent="0.2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="245" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A245" s="17" t="s">
-        <v>995</v>
+        <v>190</v>
       </c>
       <c r="B245" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C245" s="17" t="s">
-        <v>996</v>
+        <v>191</v>
       </c>
       <c r="D245" s="18" t="s">
-        <v>997</v>
+        <v>192</v>
       </c>
       <c r="E245" s="20">
-        <v>3521000</v>
+        <v>5784044.2000000002</v>
       </c>
       <c r="F245" s="20">
-        <v>175000</v>
+        <v>362636</v>
       </c>
       <c r="G245" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H245" s="18">
-        <v>20250922</v>
+        <v>20250129</v>
       </c>
       <c r="I245" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K245" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L245" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V245" s="18" t="s">
-        <v>994</v>
+        <v>180</v>
       </c>
       <c r="W245" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X245" s="19">
-        <v>57600</v>
+        <v>211213</v>
       </c>
       <c r="Y245" s="20">
-        <v>1156976</v>
+        <v>3283124.5</v>
       </c>
       <c r="Z245" s="20">
-        <v>99</v>
+        <v>745</v>
       </c>
       <c r="AA245" s="20">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:40" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="246" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A246" s="17" t="s">
-        <v>502</v>
+        <v>163</v>
       </c>
       <c r="B246" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C246" s="17" t="s">
-        <v>503</v>
+        <v>164</v>
       </c>
       <c r="D246" s="18" t="s">
-        <v>504</v>
+        <v>165</v>
       </c>
       <c r="E246" s="20">
-        <v>22444800</v>
+        <v>521755500</v>
       </c>
       <c r="F246" s="20">
-        <v>1120000</v>
+        <v>20737500</v>
       </c>
       <c r="G246" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H246" s="18">
-        <v>20250415</v>
+        <v>20250128</v>
       </c>
       <c r="I246" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K246" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L246" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V246" s="18" t="s">
-        <v>238</v>
+        <v>166</v>
       </c>
       <c r="W246" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X246" s="19">
-        <v>1299977</v>
+        <v>1797123</v>
       </c>
       <c r="Y246" s="20">
-        <v>24431717</v>
+        <v>43982282</v>
       </c>
       <c r="Z246" s="20">
-        <v>3475</v>
+        <v>9415</v>
       </c>
       <c r="AA246" s="20">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:40" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="247" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A247" s="17" t="s">
-        <v>969</v>
+        <v>167</v>
       </c>
       <c r="B247" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C247" s="17" t="s">
-        <v>970</v>
+        <v>168</v>
       </c>
       <c r="D247" s="18" t="s">
-        <v>971</v>
+        <v>169</v>
       </c>
       <c r="E247" s="20">
-        <v>6447600</v>
+        <v>4240000</v>
       </c>
       <c r="F247" s="20">
-        <v>180000</v>
+        <v>160000</v>
       </c>
       <c r="G247" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H247" s="18">
-        <v>20250916</v>
+        <v>20250128</v>
       </c>
       <c r="I247" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K247" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L247" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V247" s="18" t="s">
-        <v>238</v>
+        <v>166</v>
       </c>
       <c r="W247" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X247" s="19">
-        <v>169044</v>
+        <v>107556</v>
       </c>
       <c r="Y247" s="20">
-        <v>6049229</v>
+        <v>2477616.5</v>
       </c>
       <c r="Z247" s="20">
-        <v>305</v>
+        <v>285</v>
       </c>
       <c r="AA247" s="20">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:40" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="248" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A248" s="17" t="s">
-        <v>239</v>
+        <v>170</v>
       </c>
       <c r="B248" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C248" s="17" t="s">
-        <v>240</v>
+        <v>171</v>
       </c>
       <c r="D248" s="18" t="s">
-        <v>241</v>
+        <v>172</v>
       </c>
       <c r="E248" s="20">
-        <v>40185600</v>
+        <v>191841100</v>
       </c>
       <c r="F248" s="20">
-        <v>1560000</v>
+        <v>7535000</v>
       </c>
       <c r="G248" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H248" s="18">
-        <v>20250114</v>
+        <v>20250128</v>
       </c>
       <c r="I248" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K248" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L248" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V248" s="18" t="s">
-        <v>238</v>
+        <v>166</v>
       </c>
       <c r="W248" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X248" s="19">
-        <v>875773</v>
+        <v>705170</v>
       </c>
       <c r="Y248" s="20">
-        <v>22203774.5</v>
+        <v>16781150</v>
       </c>
       <c r="Z248" s="20">
-        <v>568</v>
+        <v>2520</v>
       </c>
       <c r="AA248" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:40" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="249" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A249" s="17" t="s">
-        <v>242</v>
+        <v>187</v>
       </c>
       <c r="B249" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C249" s="17" t="s">
-        <v>243</v>
+        <v>188</v>
       </c>
       <c r="D249" s="18" t="s">
-        <v>244</v>
+        <v>189</v>
       </c>
       <c r="E249" s="20">
-        <v>17503200</v>
+        <v>13247850</v>
       </c>
       <c r="F249" s="20">
-        <v>680000</v>
+        <v>688200</v>
       </c>
       <c r="G249" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H249" s="18">
-        <v>20250114</v>
+        <v>20250128</v>
       </c>
       <c r="I249" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K249" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L249" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V249" s="18" t="s">
-        <v>238</v>
+        <v>180</v>
       </c>
       <c r="W249" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X249" s="19">
-        <v>412970</v>
+        <v>515866</v>
       </c>
       <c r="Y249" s="20">
-        <v>10504655.5</v>
+        <v>8717251</v>
       </c>
       <c r="Z249" s="20">
-        <v>310</v>
+        <v>1792</v>
       </c>
       <c r="AA249" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:40" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="250" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A250" s="17" t="s">
-        <v>245</v>
+        <v>184</v>
       </c>
       <c r="B250" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C250" s="17" t="s">
-        <v>246</v>
+        <v>185</v>
       </c>
       <c r="D250" s="18" t="s">
-        <v>247</v>
+        <v>186</v>
       </c>
       <c r="E250" s="20">
-        <v>13509600</v>
+        <v>264051356.58000001</v>
       </c>
       <c r="F250" s="20">
-        <v>520000</v>
+        <v>14037818</v>
       </c>
       <c r="G250" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H250" s="18">
-        <v>20250114</v>
+        <v>20250127</v>
       </c>
       <c r="I250" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K250" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L250" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V250" s="18" t="s">
-        <v>238</v>
+        <v>180</v>
       </c>
       <c r="W250" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X250" s="19">
-        <v>408316</v>
+        <v>4177470</v>
       </c>
       <c r="Y250" s="20">
-        <v>10430571</v>
+        <v>73548509.5</v>
       </c>
       <c r="Z250" s="20">
-        <v>275</v>
+        <v>11439</v>
       </c>
       <c r="AA250" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:40" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="251" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A251" s="17" t="s">
-        <v>248</v>
+        <v>193</v>
       </c>
       <c r="B251" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C251" s="17" t="s">
-        <v>249</v>
+        <v>194</v>
       </c>
       <c r="D251" s="18" t="s">
-        <v>250</v>
+        <v>195</v>
       </c>
       <c r="E251" s="20">
-        <v>27010800</v>
+        <v>155774533.09999999</v>
       </c>
       <c r="F251" s="20">
-        <v>540000</v>
+        <v>9500110</v>
       </c>
       <c r="G251" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H251" s="18">
-        <v>20250114</v>
+        <v>20250127</v>
       </c>
       <c r="I251" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K251" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L251" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V251" s="18" t="s">
-        <v>238</v>
+        <v>180</v>
       </c>
       <c r="W251" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X251" s="19">
-        <v>491014</v>
+        <v>2563562</v>
       </c>
       <c r="Y251" s="20">
-        <v>24601128.5</v>
+        <v>41681717</v>
       </c>
       <c r="Z251" s="20">
-        <v>887</v>
+        <v>7207</v>
       </c>
       <c r="AA251" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:40" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="252" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A252" s="17" t="s">
-        <v>254</v>
+        <v>155</v>
       </c>
       <c r="B252" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C252" s="17" t="s">
-        <v>255</v>
+        <v>156</v>
       </c>
       <c r="D252" s="18" t="s">
-        <v>256</v>
+        <v>157</v>
       </c>
       <c r="E252" s="20">
-        <v>1791200</v>
+        <v>78351700</v>
       </c>
       <c r="F252" s="20">
-        <v>80000</v>
+        <v>3430000</v>
       </c>
       <c r="G252" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H252" s="18">
-        <v>20250115</v>
+        <v>20250122</v>
       </c>
       <c r="I252" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K252" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L252" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V252" s="18" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="W252" s="18" t="s">
         <v>74</v>
       </c>
       <c r="X252" s="19">
-        <v>118370</v>
+        <v>2038133</v>
       </c>
       <c r="Y252" s="20">
-        <v>2518405.5</v>
+        <v>40352246</v>
       </c>
       <c r="Z252" s="20">
-        <v>874</v>
+        <v>3273</v>
       </c>
       <c r="AA252" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:40" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="253" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A253" s="17" t="s">
-        <v>310</v>
+        <v>181</v>
       </c>
       <c r="B253" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C253" s="17" t="s">
-        <v>311</v>
+        <v>182</v>
       </c>
       <c r="D253" s="18" t="s">
-        <v>312</v>
+        <v>183</v>
       </c>
       <c r="E253" s="20">
-        <v>437644000</v>
+        <v>159550013.08000001</v>
       </c>
       <c r="F253" s="20">
-        <v>9200000</v>
+        <v>7737634</v>
       </c>
       <c r="G253" s="18" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="H253" s="18">
-        <v>20250205</v>
+        <v>20250121</v>
       </c>
       <c r="I253" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K253" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L253" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V253" s="18" t="s">
-        <v>146</v>
+        <v>180</v>
       </c>
       <c r="W253" s="18" t="s">
-        <v>150</v>
+        <v>74</v>
       </c>
       <c r="X253" s="19">
-        <v>65422810</v>
+        <v>298729</v>
       </c>
       <c r="Y253" s="20">
-        <v>2012429580.5</v>
+        <v>5267751</v>
       </c>
       <c r="Z253" s="20">
-        <v>173395</v>
+        <v>996</v>
       </c>
       <c r="AA253" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:40" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="254" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A254" s="17" t="s">
-        <v>787</v>
+        <v>196</v>
       </c>
       <c r="B254" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C254" s="17" t="s">
-        <v>788</v>
+        <v>197</v>
       </c>
       <c r="D254" s="18" t="s">
-        <v>789</v>
+        <v>198</v>
       </c>
       <c r="E254" s="20">
-        <v>1229215470.3</v>
+        <v>12462000</v>
       </c>
       <c r="F254" s="20">
-        <v>1365794967</v>
+        <v>1675000</v>
       </c>
       <c r="G254" s="18" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="H254" s="18">
-        <v>20250807</v>
+        <v>20250116</v>
       </c>
       <c r="I254" s="19" t="s">
-        <v>86</v>
+        <v>71</v>
+      </c>
+      <c r="J254" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="K254" s="18" t="s">
-        <v>97</v>
+        <v>63</v>
       </c>
       <c r="L254" s="18" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>62</v>
+      </c>
+      <c r="V254" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="W254" s="18" t="s">
+        <v>74</v>
       </c>
       <c r="X254" s="19">
-        <v>56204295</v>
+        <v>3664482</v>
       </c>
       <c r="Y254" s="20">
-        <v>50718943</v>
+        <v>40014781</v>
       </c>
       <c r="Z254" s="20">
-        <v>34802</v>
+        <v>17862</v>
       </c>
       <c r="AA254" s="20">
-        <v>3</v>
-[...14 lines deleted...]
-    <row r="255" spans="1:40" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="255" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A255" s="17" t="s">
-        <v>1115</v>
+        <v>199</v>
       </c>
       <c r="B255" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C255" s="17" t="s">
-        <v>1116</v>
+        <v>200</v>
       </c>
       <c r="D255" s="18" t="s">
-        <v>1117</v>
+        <v>201</v>
       </c>
       <c r="E255" s="20">
-        <v>7884000</v>
+        <v>1205532000</v>
       </c>
       <c r="F255" s="20">
-        <v>300000</v>
+        <v>98500000</v>
       </c>
       <c r="G255" s="18" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="H255" s="18">
-        <v>20251016</v>
+        <v>20250116</v>
       </c>
       <c r="I255" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K255" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L255" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V255" s="18" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
       <c r="W255" s="18" t="s">
-        <v>150</v>
+        <v>74</v>
       </c>
       <c r="X255" s="19">
-        <v>3703</v>
+        <v>106881259</v>
       </c>
       <c r="Y255" s="20">
-        <v>97488</v>
+        <v>1337457310.5</v>
       </c>
       <c r="Z255" s="20">
-        <v>11</v>
+        <v>266449</v>
       </c>
       <c r="AA255" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:40" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="256" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A256" s="17" t="s">
-        <v>313</v>
+        <v>202</v>
       </c>
       <c r="B256" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C256" s="17" t="s">
-        <v>314</v>
+        <v>203</v>
       </c>
       <c r="D256" s="18" t="s">
-        <v>315</v>
+        <v>204</v>
       </c>
       <c r="E256" s="20">
-        <v>1274074000</v>
+        <v>97313125</v>
       </c>
       <c r="F256" s="20">
-        <v>27800000</v>
+        <v>9425000</v>
       </c>
       <c r="G256" s="18" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="H256" s="18">
-        <v>20250205</v>
+        <v>20250116</v>
       </c>
       <c r="I256" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K256" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L256" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V256" s="18" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
       <c r="W256" s="18" t="s">
-        <v>150</v>
+        <v>74</v>
       </c>
       <c r="X256" s="19">
-        <v>52896205</v>
+        <v>3392393</v>
       </c>
       <c r="Y256" s="20">
-        <v>1656587860</v>
+        <v>38703393</v>
       </c>
       <c r="Z256" s="20">
-        <v>161007</v>
+        <v>15372</v>
       </c>
       <c r="AA256" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:35" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="257" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A257" s="17" t="s">
-        <v>316</v>
+        <v>205</v>
       </c>
       <c r="B257" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C257" s="17" t="s">
-        <v>317</v>
+        <v>206</v>
       </c>
       <c r="D257" s="18" t="s">
-        <v>318</v>
+        <v>207</v>
       </c>
       <c r="E257" s="20">
-        <v>1152420500</v>
+        <v>60134250</v>
       </c>
       <c r="F257" s="20">
-        <v>40450000</v>
+        <v>14775000</v>
       </c>
       <c r="G257" s="18" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="H257" s="18">
-        <v>20250205</v>
+        <v>20250116</v>
       </c>
       <c r="I257" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K257" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L257" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V257" s="18" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
       <c r="W257" s="18" t="s">
-        <v>150</v>
+        <v>74</v>
       </c>
       <c r="X257" s="19">
-        <v>53929063</v>
+        <v>41443106</v>
       </c>
       <c r="Y257" s="20">
-        <v>1348457027.5</v>
+        <v>402211144</v>
       </c>
       <c r="Z257" s="20">
-        <v>155545</v>
+        <v>118170</v>
       </c>
       <c r="AA257" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:35" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="258" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A258" s="17" t="s">
-        <v>319</v>
+        <v>208</v>
       </c>
       <c r="B258" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C258" s="17" t="s">
-        <v>320</v>
+        <v>209</v>
       </c>
       <c r="D258" s="18" t="s">
-        <v>321</v>
+        <v>210</v>
       </c>
       <c r="E258" s="20">
-        <v>564685500</v>
+        <v>162623500</v>
       </c>
       <c r="F258" s="20">
-        <v>14550000</v>
+        <v>6350000</v>
       </c>
       <c r="G258" s="18" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="H258" s="18">
-        <v>20250205</v>
+        <v>20250116</v>
       </c>
       <c r="I258" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K258" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L258" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V258" s="18" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
       <c r="W258" s="18" t="s">
-        <v>150</v>
+        <v>74</v>
       </c>
       <c r="X258" s="19">
-        <v>33419312</v>
+        <v>23892655</v>
       </c>
       <c r="Y258" s="20">
-        <v>1055147912.5</v>
+        <v>536395922.5</v>
       </c>
       <c r="Z258" s="20">
-        <v>93871</v>
+        <v>69742</v>
       </c>
       <c r="AA258" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:35" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="259" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A259" s="17" t="s">
-        <v>1136</v>
+        <v>211</v>
       </c>
       <c r="B259" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C259" s="17" t="s">
-        <v>1137</v>
+        <v>212</v>
       </c>
       <c r="D259" s="18" t="s">
-        <v>1138</v>
+        <v>213</v>
       </c>
       <c r="E259" s="20">
-        <v>61008000</v>
+        <v>247940000</v>
       </c>
       <c r="F259" s="20">
-        <v>2050000</v>
+        <v>28000000</v>
       </c>
       <c r="G259" s="18" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="H259" s="18">
-        <v>20251016</v>
+        <v>20250116</v>
       </c>
       <c r="I259" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K259" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L259" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V259" s="18" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
       <c r="W259" s="18" t="s">
-        <v>150</v>
+        <v>74</v>
       </c>
       <c r="X259" s="19">
-        <v>195909</v>
+        <v>63162928</v>
       </c>
       <c r="Y259" s="20">
-        <v>5733562.5</v>
+        <v>509788792</v>
       </c>
       <c r="Z259" s="20">
-        <v>855</v>
+        <v>120572</v>
       </c>
       <c r="AA259" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:35" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="260" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A260" s="17" t="s">
-        <v>322</v>
+        <v>257</v>
       </c>
       <c r="B260" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C260" s="17" t="s">
-        <v>323</v>
+        <v>258</v>
       </c>
       <c r="D260" s="18" t="s">
-        <v>324</v>
+        <v>259</v>
       </c>
       <c r="E260" s="20">
-        <v>744197000</v>
+        <v>1989000</v>
       </c>
       <c r="F260" s="20">
-        <v>21100000</v>
+        <v>90000</v>
       </c>
       <c r="G260" s="18" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="H260" s="18">
-        <v>20250205</v>
+        <v>20250115</v>
       </c>
       <c r="I260" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K260" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L260" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V260" s="18" t="s">
-        <v>146</v>
+        <v>124</v>
       </c>
       <c r="W260" s="18" t="s">
-        <v>150</v>
+        <v>74</v>
       </c>
       <c r="X260" s="19">
-        <v>17866807</v>
+        <v>165616</v>
       </c>
       <c r="Y260" s="20">
-        <v>662995763.5</v>
+        <v>3570900</v>
       </c>
       <c r="Z260" s="20">
-        <v>62627</v>
+        <v>1236</v>
       </c>
       <c r="AA260" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:35" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="261" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A261" s="17" t="s">
-        <v>133</v>
+        <v>242</v>
       </c>
       <c r="B261" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C261" s="17" t="s">
-        <v>785</v>
+        <v>243</v>
       </c>
       <c r="D261" s="18" t="s">
-        <v>786</v>
+        <v>244</v>
       </c>
       <c r="E261" s="20">
-        <v>184130920.03</v>
+        <v>49267200</v>
       </c>
       <c r="F261" s="20">
-        <v>21894283</v>
+        <v>1920000</v>
       </c>
       <c r="G261" s="18" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="H261" s="18">
-        <v>20250806</v>
+        <v>20250114</v>
       </c>
       <c r="I261" s="19" t="s">
-        <v>129</v>
+        <v>71</v>
       </c>
       <c r="K261" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L261" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
+      </c>
+      <c r="V261" s="18" t="s">
+        <v>241</v>
+      </c>
+      <c r="W261" s="18" t="s">
+        <v>74</v>
       </c>
       <c r="X261" s="19">
-        <v>5904609</v>
+        <v>1015314</v>
       </c>
       <c r="Y261" s="20">
-        <v>6533555</v>
+        <v>25791948.5</v>
       </c>
       <c r="Z261" s="20">
-        <v>2706</v>
+        <v>707</v>
       </c>
       <c r="AA261" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:35" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="262" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A262" s="17" t="s">
-        <v>1118</v>
+        <v>245</v>
       </c>
       <c r="B262" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C262" s="17" t="s">
-        <v>1119</v>
+        <v>246</v>
       </c>
       <c r="D262" s="18" t="s">
-        <v>1120</v>
+        <v>247</v>
       </c>
       <c r="E262" s="20">
-        <v>2435000</v>
+        <v>20496000</v>
       </c>
       <c r="F262" s="20">
-        <v>100000</v>
+        <v>800000</v>
       </c>
       <c r="G262" s="18" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="H262" s="18">
-        <v>20251016</v>
+        <v>20250114</v>
       </c>
       <c r="I262" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K262" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L262" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V262" s="18" t="s">
-        <v>146</v>
+        <v>241</v>
       </c>
       <c r="W262" s="18" t="s">
-        <v>150</v>
+        <v>74</v>
       </c>
       <c r="X262" s="19">
-        <v>2643</v>
+        <v>465786</v>
       </c>
       <c r="Y262" s="20">
-        <v>64409</v>
+        <v>11855937.5</v>
       </c>
       <c r="Z262" s="20">
-        <v>11</v>
+        <v>387</v>
       </c>
       <c r="AA262" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:35" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="263" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A263" s="17" t="s">
-        <v>1049</v>
+        <v>248</v>
       </c>
       <c r="B263" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C263" s="17" t="s">
-        <v>1050</v>
+        <v>249</v>
       </c>
       <c r="D263" s="18" t="s">
-        <v>1051</v>
+        <v>250</v>
       </c>
       <c r="E263" s="20">
-        <v>497507689.06999999</v>
+        <v>19661200</v>
       </c>
       <c r="F263" s="20">
-        <v>29737459</v>
+        <v>760000</v>
       </c>
       <c r="G263" s="18" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="H263" s="18">
-        <v>20251001</v>
+        <v>20250114</v>
       </c>
       <c r="I263" s="19" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="K263" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L263" s="18" t="s">
-        <v>61</v>
-[...5 lines deleted...]
-        <v>81</v>
+        <v>62</v>
+      </c>
+      <c r="V263" s="18" t="s">
+        <v>241</v>
+      </c>
+      <c r="W263" s="18" t="s">
+        <v>74</v>
       </c>
       <c r="X263" s="19">
-        <v>4151216</v>
+        <v>510002</v>
       </c>
       <c r="Y263" s="20">
-        <v>64091580.5</v>
+        <v>13062727</v>
       </c>
       <c r="Z263" s="20">
-        <v>15884</v>
+        <v>356</v>
       </c>
       <c r="AA263" s="20">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:35" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="264" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A264" s="17" t="s">
-        <v>147</v>
+        <v>251</v>
       </c>
       <c r="B264" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C264" s="17" t="s">
-        <v>148</v>
+        <v>252</v>
       </c>
       <c r="D264" s="18" t="s">
-        <v>149</v>
+        <v>253</v>
       </c>
       <c r="E264" s="20">
-        <v>42768000</v>
+        <v>26036400</v>
       </c>
       <c r="F264" s="20">
-        <v>1200000</v>
+        <v>520000</v>
       </c>
       <c r="G264" s="18" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="H264" s="18">
-        <v>20250123</v>
+        <v>20250114</v>
       </c>
       <c r="I264" s="19" t="s">
         <v>71</v>
       </c>
       <c r="K264" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L264" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V264" s="18" t="s">
-        <v>146</v>
+        <v>241</v>
       </c>
       <c r="W264" s="18" t="s">
-        <v>150</v>
+        <v>74</v>
       </c>
       <c r="X264" s="19">
-        <v>1689120</v>
+        <v>696188</v>
       </c>
       <c r="Y264" s="20">
-        <v>52838851</v>
+        <v>34883320</v>
       </c>
       <c r="Z264" s="20">
-        <v>4285</v>
+        <v>1339</v>
       </c>
       <c r="AA264" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:35" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="265" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A265" s="17" t="s">
-        <v>151</v>
+        <v>1083</v>
       </c>
       <c r="B265" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C265" s="17" t="s">
-        <v>152</v>
+        <v>1084</v>
       </c>
       <c r="D265" s="18" t="s">
-        <v>153</v>
+        <v>1085</v>
       </c>
       <c r="E265" s="20">
-        <v>26818000</v>
+        <v>1489600000</v>
       </c>
       <c r="F265" s="20">
-        <v>1100000</v>
+        <v>53200000</v>
       </c>
       <c r="G265" s="18" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="H265" s="18">
-        <v>20250115</v>
+        <v>20251009</v>
       </c>
       <c r="I265" s="19" t="s">
-        <v>71</v>
+        <v>77</v>
+      </c>
+      <c r="J265" s="18" t="s">
+        <v>89</v>
       </c>
       <c r="K265" s="18" t="s">
-        <v>62</v>
+        <v>85</v>
       </c>
       <c r="L265" s="18" t="s">
-        <v>61</v>
-[...5 lines deleted...]
-        <v>150</v>
+        <v>62</v>
       </c>
       <c r="X265" s="19">
-        <v>1084871</v>
+        <v>14222075</v>
       </c>
       <c r="Y265" s="20">
-        <v>26929802</v>
+        <v>370197512.5</v>
       </c>
       <c r="Z265" s="20">
-        <v>4386</v>
+        <v>67059</v>
       </c>
       <c r="AA265" s="20">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:35" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="266" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A266" s="17" t="s">
-        <v>358</v>
+        <v>790</v>
       </c>
       <c r="B266" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C266" s="17" t="s">
-        <v>359</v>
+        <v>791</v>
       </c>
       <c r="D266" s="18" t="s">
-        <v>360</v>
+        <v>792</v>
       </c>
       <c r="E266" s="20">
-        <v>475640000</v>
+        <v>391408937.24000001</v>
       </c>
       <c r="F266" s="20">
-        <v>11500000</v>
+        <v>33396667</v>
       </c>
       <c r="G266" s="18" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="H266" s="18">
-        <v>20250205</v>
+        <v>20250725</v>
       </c>
       <c r="I266" s="19" t="s">
-        <v>71</v>
+        <v>104</v>
       </c>
       <c r="K266" s="18" t="s">
-        <v>62</v>
+        <v>135</v>
       </c>
       <c r="L266" s="18" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>16</v>
+      </c>
+      <c r="R266" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="T266" s="18" t="s">
+        <v>136</v>
       </c>
       <c r="W266" s="18" t="s">
-        <v>150</v>
+        <v>101</v>
       </c>
       <c r="X266" s="19">
-        <v>13585715</v>
+        <v>12325705</v>
       </c>
       <c r="Y266" s="20">
-        <v>596707239.5</v>
+        <v>158845921</v>
       </c>
       <c r="Z266" s="20">
-        <v>62632</v>
+        <v>23848</v>
       </c>
       <c r="AA266" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:35" x14ac:dyDescent="0.2">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="267" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A267" s="17" t="s">
-        <v>582</v>
+        <v>1179</v>
       </c>
       <c r="B267" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C267" s="17" t="s">
-        <v>583</v>
+        <v>1180</v>
       </c>
       <c r="D267" s="18" t="s">
-        <v>584</v>
+        <v>1181</v>
       </c>
       <c r="E267" s="20">
-        <v>491178224.33999997</v>
+        <v>97500000</v>
       </c>
       <c r="F267" s="20">
-        <v>128580687</v>
+        <v>10000000</v>
       </c>
       <c r="G267" s="18" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="H267" s="18">
-        <v>20250513</v>
+        <v>20251029</v>
       </c>
       <c r="I267" s="19" t="s">
-        <v>86</v>
+        <v>99</v>
       </c>
       <c r="K267" s="18" t="s">
-        <v>62</v>
+        <v>141</v>
       </c>
       <c r="L267" s="18" t="s">
-        <v>61</v>
+        <v>88</v>
       </c>
       <c r="X267" s="19">
-        <v>17669605</v>
+        <v>1252868</v>
       </c>
       <c r="Y267" s="20">
-        <v>63186143.5</v>
+        <v>8755917</v>
       </c>
       <c r="Z267" s="20">
-        <v>31709</v>
+        <v>206</v>
       </c>
       <c r="AA267" s="20">
-        <v>6</v>
-[...11 lines deleted...]
-    <row r="268" spans="1:35" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="268" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A268" s="17" t="s">
-        <v>1130</v>
+        <v>1475</v>
       </c>
       <c r="B268" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C268" s="17" t="s">
-        <v>1131</v>
+        <v>1476</v>
       </c>
       <c r="D268" s="18" t="s">
-        <v>1132</v>
+        <v>1477</v>
       </c>
       <c r="E268" s="20">
-        <v>11624000</v>
+        <v>7632000</v>
       </c>
       <c r="F268" s="20">
-        <v>400000</v>
+        <v>300000</v>
       </c>
       <c r="G268" s="18" t="s">
         <v>80</v>
       </c>
       <c r="H268" s="18">
-        <v>20251016</v>
+        <v>20251223</v>
       </c>
       <c r="I268" s="19" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
       <c r="K268" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L268" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V268" s="18" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="W268" s="18" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="X268" s="19">
-        <v>612</v>
+        <v>63</v>
       </c>
       <c r="Y268" s="20">
-        <v>17731</v>
+        <v>1608</v>
       </c>
       <c r="Z268" s="20">
         <v>7</v>
       </c>
       <c r="AA268" s="20">
         <v>1</v>
       </c>
     </row>
-    <row r="269" spans="1:35" x14ac:dyDescent="0.2">
+    <row r="269" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A269" s="17" t="s">
-        <v>1109</v>
+        <v>1460</v>
       </c>
       <c r="B269" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C269" s="17" t="s">
-        <v>1110</v>
+        <v>1461</v>
       </c>
       <c r="D269" s="18" t="s">
-        <v>1111</v>
+        <v>1462</v>
       </c>
       <c r="E269" s="20">
-        <v>2398000</v>
+        <v>6687000</v>
       </c>
       <c r="F269" s="20">
-        <v>100000</v>
+        <v>300000</v>
       </c>
       <c r="G269" s="18" t="s">
         <v>80</v>
       </c>
       <c r="H269" s="18">
-        <v>20251016</v>
+        <v>20251223</v>
       </c>
       <c r="I269" s="19" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
       <c r="K269" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L269" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V269" s="18" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="W269" s="18" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="X269" s="19">
-        <v>3606</v>
+        <v>3493</v>
       </c>
       <c r="Y269" s="20">
-        <v>80384</v>
+        <v>77422.5</v>
       </c>
       <c r="Z269" s="20">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="AA269" s="20">
         <v>1</v>
       </c>
     </row>
-    <row r="270" spans="1:35" x14ac:dyDescent="0.2">
+    <row r="270" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A270" s="17" t="s">
-        <v>367</v>
+        <v>1484</v>
       </c>
       <c r="B270" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C270" s="17" t="s">
-        <v>368</v>
+        <v>1485</v>
       </c>
       <c r="D270" s="18" t="s">
-        <v>369</v>
+        <v>1486</v>
       </c>
       <c r="E270" s="20">
-        <v>505694000</v>
+        <v>4584000</v>
       </c>
       <c r="F270" s="20">
-        <v>14350000</v>
+        <v>200000</v>
       </c>
       <c r="G270" s="18" t="s">
         <v>80</v>
       </c>
       <c r="H270" s="18">
-        <v>20250205</v>
+        <v>20251223</v>
       </c>
       <c r="I270" s="19" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
       <c r="K270" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L270" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V270" s="18" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="W270" s="18" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="X270" s="19">
-        <v>39490490</v>
+        <v>2026</v>
       </c>
       <c r="Y270" s="20">
-        <v>1443500431.5</v>
+        <v>46476</v>
       </c>
       <c r="Z270" s="20">
-        <v>125409</v>
+        <v>15</v>
       </c>
       <c r="AA270" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:35" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="271" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A271" s="17" t="s">
-        <v>370</v>
+        <v>1517</v>
       </c>
       <c r="B271" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C271" s="17" t="s">
-        <v>371</v>
+        <v>1518</v>
       </c>
       <c r="D271" s="18" t="s">
-        <v>372</v>
+        <v>1519</v>
       </c>
       <c r="E271" s="20">
-        <v>803088000</v>
+        <v>33537000</v>
       </c>
       <c r="F271" s="20">
-        <v>21600000</v>
+        <v>1050000</v>
       </c>
       <c r="G271" s="18" t="s">
         <v>80</v>
       </c>
       <c r="H271" s="18">
-        <v>20250205</v>
+        <v>20251223</v>
       </c>
       <c r="I271" s="19" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
       <c r="K271" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L271" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V271" s="18" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="W271" s="18" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="X271" s="19">
-        <v>21270713</v>
+        <v>4168</v>
       </c>
       <c r="Y271" s="20">
-        <v>704296531</v>
+        <v>134227.5</v>
       </c>
       <c r="Z271" s="20">
-        <v>71678</v>
+        <v>82</v>
       </c>
       <c r="AA271" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:35" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="272" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A272" s="17" t="s">
-        <v>1133</v>
+        <v>1463</v>
       </c>
       <c r="B272" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C272" s="17" t="s">
-        <v>1134</v>
+        <v>1464</v>
       </c>
       <c r="D272" s="18" t="s">
-        <v>1135</v>
+        <v>1465</v>
       </c>
       <c r="E272" s="20">
-        <v>2311000</v>
+        <v>7452000</v>
       </c>
       <c r="F272" s="20">
-        <v>100000</v>
+        <v>300000</v>
       </c>
       <c r="G272" s="18" t="s">
         <v>80</v>
       </c>
       <c r="H272" s="18">
-        <v>20251016</v>
+        <v>20251223</v>
       </c>
       <c r="I272" s="19" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
       <c r="K272" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L272" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V272" s="18" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="W272" s="18" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="X272" s="19">
-        <v>2933</v>
+        <v>1610</v>
       </c>
       <c r="Y272" s="20">
-        <v>71829</v>
+        <v>40261</v>
       </c>
       <c r="Z272" s="20">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="AA272" s="20">
         <v>1</v>
       </c>
     </row>
-    <row r="273" spans="1:40" x14ac:dyDescent="0.2">
+    <row r="273" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A273" s="17" t="s">
-        <v>1106</v>
+        <v>1407</v>
       </c>
       <c r="B273" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C273" s="17" t="s">
-        <v>1107</v>
+        <v>1408</v>
       </c>
       <c r="D273" s="18" t="s">
-        <v>1108</v>
+        <v>1409</v>
       </c>
       <c r="E273" s="20">
-        <v>3511500</v>
+        <v>34956000</v>
       </c>
       <c r="F273" s="20">
-        <v>150000</v>
+        <v>1200000</v>
       </c>
       <c r="G273" s="18" t="s">
         <v>80</v>
       </c>
       <c r="H273" s="18">
-        <v>20251016</v>
+        <v>20251223</v>
       </c>
       <c r="I273" s="19" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
       <c r="K273" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L273" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V273" s="18" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="W273" s="18" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="X273" s="19">
-        <v>5996</v>
+        <v>3725</v>
       </c>
       <c r="Y273" s="20">
-        <v>140632.5</v>
+        <v>109713</v>
       </c>
       <c r="Z273" s="20">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="AA273" s="20">
         <v>1</v>
       </c>
     </row>
-    <row r="274" spans="1:40" x14ac:dyDescent="0.2">
+    <row r="274" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A274" s="17" t="s">
-        <v>373</v>
+        <v>1493</v>
       </c>
       <c r="B274" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C274" s="17" t="s">
-        <v>374</v>
+        <v>1494</v>
       </c>
       <c r="D274" s="18" t="s">
-        <v>375</v>
+        <v>1495</v>
       </c>
       <c r="E274" s="20">
-        <v>2153386000</v>
+        <v>6276000</v>
       </c>
       <c r="F274" s="20">
-        <v>46600000</v>
+        <v>300000</v>
       </c>
       <c r="G274" s="18" t="s">
         <v>80</v>
       </c>
       <c r="H274" s="18">
-        <v>20250205</v>
+        <v>20251223</v>
       </c>
       <c r="I274" s="19" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
       <c r="K274" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L274" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V274" s="18" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="W274" s="18" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="X274" s="19">
-        <v>173978952</v>
+        <v>4246</v>
       </c>
       <c r="Y274" s="20">
-        <v>5798589136</v>
+        <v>89488</v>
       </c>
       <c r="Z274" s="20">
-        <v>432732</v>
+        <v>21</v>
       </c>
       <c r="AA274" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:40" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="275" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A275" s="17" t="s">
-        <v>1127</v>
+        <v>1511</v>
       </c>
       <c r="B275" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C275" s="17" t="s">
-        <v>1128</v>
+        <v>1512</v>
       </c>
       <c r="D275" s="18" t="s">
-        <v>1129</v>
+        <v>1513</v>
       </c>
       <c r="E275" s="20">
-        <v>6165000</v>
+        <v>33240000</v>
       </c>
       <c r="F275" s="20">
-        <v>300000</v>
+        <v>1200000</v>
       </c>
       <c r="G275" s="18" t="s">
         <v>80</v>
       </c>
       <c r="H275" s="18">
-        <v>20251016</v>
+        <v>20251223</v>
       </c>
       <c r="I275" s="19" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
       <c r="K275" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L275" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V275" s="18" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="W275" s="18" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="X275" s="19">
-        <v>205418</v>
+        <v>9453</v>
       </c>
       <c r="Y275" s="20">
-        <v>4237668</v>
+        <v>264480</v>
       </c>
       <c r="Z275" s="20">
-        <v>55</v>
+        <v>97</v>
       </c>
       <c r="AA275" s="20">
         <v>1</v>
       </c>
     </row>
-    <row r="276" spans="1:40" x14ac:dyDescent="0.2">
+    <row r="276" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A276" s="17" t="s">
-        <v>1124</v>
+        <v>1502</v>
       </c>
       <c r="B276" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C276" s="17" t="s">
-        <v>1125</v>
+        <v>1503</v>
       </c>
       <c r="D276" s="18" t="s">
-        <v>1126</v>
+        <v>1504</v>
       </c>
       <c r="E276" s="20">
-        <v>16056000</v>
+        <v>18658000</v>
       </c>
       <c r="F276" s="20">
-        <v>800000</v>
+        <v>950000</v>
       </c>
       <c r="G276" s="18" t="s">
         <v>80</v>
       </c>
       <c r="H276" s="18">
-        <v>20251016</v>
+        <v>20251223</v>
       </c>
       <c r="I276" s="19" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
       <c r="K276" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L276" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V276" s="18" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="W276" s="18" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="X276" s="19">
-        <v>198361</v>
+        <v>3723</v>
       </c>
       <c r="Y276" s="20">
-        <v>4224494.5</v>
+        <v>73582</v>
       </c>
       <c r="Z276" s="20">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="AA276" s="20">
         <v>1</v>
       </c>
     </row>
-    <row r="277" spans="1:40" x14ac:dyDescent="0.2">
+    <row r="277" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A277" s="17" t="s">
-        <v>1112</v>
+        <v>1448</v>
       </c>
       <c r="B277" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C277" s="17" t="s">
-        <v>1113</v>
+        <v>1449</v>
       </c>
       <c r="D277" s="18" t="s">
-        <v>1114</v>
+        <v>1450</v>
       </c>
       <c r="E277" s="20">
-        <v>5940000</v>
+        <v>28344000</v>
       </c>
       <c r="F277" s="20">
-        <v>200000</v>
+        <v>800000</v>
       </c>
       <c r="G277" s="18" t="s">
         <v>80</v>
       </c>
       <c r="H277" s="18">
-        <v>20251016</v>
+        <v>20251223</v>
       </c>
       <c r="I277" s="19" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
       <c r="K277" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L277" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V277" s="18" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="W277" s="18" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="X277" s="19">
-        <v>12686</v>
+        <v>2555</v>
       </c>
       <c r="Y277" s="20">
-        <v>373187</v>
+        <v>91357.5</v>
       </c>
       <c r="Z277" s="20">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="AA277" s="20">
         <v>1</v>
       </c>
     </row>
-    <row r="278" spans="1:40" x14ac:dyDescent="0.2">
+    <row r="278" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A278" s="17" t="s">
-        <v>379</v>
+        <v>1490</v>
       </c>
       <c r="B278" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C278" s="17" t="s">
-        <v>380</v>
+        <v>1491</v>
       </c>
       <c r="D278" s="18" t="s">
-        <v>381</v>
+        <v>1492</v>
       </c>
       <c r="E278" s="20">
-        <v>948552500</v>
+        <v>3056000</v>
       </c>
       <c r="F278" s="20">
-        <v>23450000</v>
+        <v>100000</v>
       </c>
       <c r="G278" s="18" t="s">
         <v>80</v>
       </c>
       <c r="H278" s="18">
-        <v>20250205</v>
+        <v>20251223</v>
       </c>
       <c r="I278" s="19" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
       <c r="K278" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L278" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V278" s="18" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="W278" s="18" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="X278" s="19">
-        <v>174310131</v>
+        <v>17</v>
       </c>
       <c r="Y278" s="20">
-        <v>5191934394</v>
+        <v>517</v>
       </c>
       <c r="Z278" s="20">
-        <v>475851</v>
+        <v>6</v>
       </c>
       <c r="AA278" s="20">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:40" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="279" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A279" s="17" t="s">
-        <v>1121</v>
+        <v>1451</v>
       </c>
       <c r="B279" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C279" s="17" t="s">
-        <v>1122</v>
+        <v>1452</v>
       </c>
       <c r="D279" s="18" t="s">
-        <v>1123</v>
+        <v>1453</v>
       </c>
       <c r="E279" s="20">
-        <v>2397000</v>
+        <v>13916000</v>
       </c>
       <c r="F279" s="20">
-        <v>100000</v>
+        <v>700000</v>
       </c>
       <c r="G279" s="18" t="s">
         <v>80</v>
       </c>
       <c r="H279" s="18">
-        <v>20251016</v>
+        <v>20251223</v>
       </c>
       <c r="I279" s="19" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
       <c r="K279" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L279" s="18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V279" s="18" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="W279" s="18" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="X279" s="19">
-        <v>1600</v>
+        <v>4309</v>
       </c>
       <c r="Y279" s="20">
-        <v>38329</v>
+        <v>84927.5</v>
       </c>
       <c r="Z279" s="20">
-        <v>7</v>
+        <v>56</v>
       </c>
       <c r="AA279" s="20">
         <v>1</v>
       </c>
     </row>
-    <row r="280" spans="1:40" x14ac:dyDescent="0.2">
+    <row r="280" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A280" s="17" t="s">
-        <v>265</v>
+        <v>1469</v>
       </c>
       <c r="B280" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C280" s="17" t="s">
-        <v>266</v>
+        <v>1470</v>
       </c>
       <c r="D280" s="18" t="s">
-        <v>267</v>
+        <v>1471</v>
       </c>
       <c r="E280" s="20">
-        <v>1047174009.12</v>
+        <v>8057500</v>
       </c>
       <c r="F280" s="20">
-        <v>159387216</v>
+        <v>550000</v>
       </c>
       <c r="G280" s="18" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="H280" s="18">
-        <v>20250227</v>
+        <v>20251223</v>
       </c>
       <c r="I280" s="19" t="s">
-        <v>86</v>
+        <v>149</v>
       </c>
       <c r="K280" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L280" s="18" t="s">
-        <v>61</v>
-[...5 lines deleted...]
-        <v>84</v>
+        <v>62</v>
+      </c>
+      <c r="V280" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W280" s="18" t="s">
+        <v>149</v>
       </c>
       <c r="X280" s="19">
-        <v>60035746</v>
+        <v>10685</v>
       </c>
       <c r="Y280" s="20">
-        <v>315684998</v>
+        <v>156781</v>
       </c>
       <c r="Z280" s="20">
-        <v>184578</v>
+        <v>20</v>
       </c>
       <c r="AA280" s="20">
-        <v>9</v>
-[...11 lines deleted...]
-    <row r="281" spans="1:40" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="281" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A281" s="17" t="s">
-        <v>115</v>
+        <v>1505</v>
       </c>
       <c r="B281" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C281" s="17" t="s">
-        <v>116</v>
+        <v>1506</v>
       </c>
       <c r="D281" s="18" t="s">
-        <v>117</v>
+        <v>1507</v>
       </c>
       <c r="E281" s="20">
-        <v>948259012.79999995</v>
+        <v>16022500</v>
       </c>
       <c r="F281" s="20">
-        <v>149332128</v>
+        <v>1450000</v>
       </c>
       <c r="G281" s="18" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="H281" s="18">
-        <v>20250109</v>
+        <v>20251223</v>
       </c>
       <c r="I281" s="19" t="s">
-        <v>86</v>
+        <v>149</v>
       </c>
       <c r="K281" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L281" s="18" t="s">
-        <v>61</v>
-[...8 lines deleted...]
-        <v>84</v>
+        <v>62</v>
+      </c>
+      <c r="V281" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W281" s="18" t="s">
+        <v>149</v>
       </c>
       <c r="X281" s="19">
-        <v>44224422</v>
+        <v>28814</v>
       </c>
       <c r="Y281" s="20">
-        <v>194650013.5</v>
+        <v>322787</v>
       </c>
       <c r="Z281" s="20">
-        <v>121611</v>
+        <v>81</v>
       </c>
       <c r="AA281" s="20">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="AE281" s="18" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="282" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A282" s="17" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B282" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C282" s="17" t="s">
+        <v>1423</v>
+      </c>
+      <c r="D282" s="18" t="s">
+        <v>1424</v>
+      </c>
+      <c r="E282" s="20">
+        <v>25116000</v>
+      </c>
+      <c r="F282" s="20">
+        <v>1300000</v>
+      </c>
+      <c r="G282" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H282" s="18">
+        <v>20251223</v>
+      </c>
+      <c r="I282" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K282" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L282" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V282" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W282" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X282" s="19">
+        <v>3180</v>
+      </c>
+      <c r="Y282" s="20">
+        <v>61063</v>
+      </c>
+      <c r="Z282" s="20">
+        <v>14</v>
+      </c>
+      <c r="AA282" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="283" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A283" s="17" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B283" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C283" s="17" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D283" s="18" t="s">
+        <v>1447</v>
+      </c>
+      <c r="E283" s="20">
+        <v>27726500</v>
+      </c>
+      <c r="F283" s="20">
+        <v>1150000</v>
+      </c>
+      <c r="G283" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H283" s="18">
+        <v>20251223</v>
+      </c>
+      <c r="I283" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K283" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L283" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V283" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W283" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X283" s="19">
+        <v>2346</v>
+      </c>
+      <c r="Y283" s="20">
+        <v>56930</v>
+      </c>
+      <c r="Z283" s="20">
+        <v>50</v>
+      </c>
+      <c r="AA283" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="284" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A284" s="17" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B284" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C284" s="17" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D284" s="18" t="s">
+        <v>1501</v>
+      </c>
+      <c r="E284" s="20">
+        <v>16215000</v>
+      </c>
+      <c r="F284" s="20">
+        <v>2350000</v>
+      </c>
+      <c r="G284" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H284" s="18">
+        <v>20251223</v>
+      </c>
+      <c r="I284" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K284" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L284" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V284" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W284" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X284" s="19">
+        <v>68909</v>
+      </c>
+      <c r="Y284" s="20">
+        <v>478229</v>
+      </c>
+      <c r="Z284" s="20">
         <v>118</v>
       </c>
-      <c r="AG281" s="18" t="s">
-[...175 lines deleted...]
-      </c>
       <c r="AA284" s="20">
-        <v>3</v>
-[...14 lines deleted...]
-    <row r="285" spans="1:40" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="285" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A285" s="17" t="s">
-        <v>272</v>
+        <v>1487</v>
       </c>
       <c r="B285" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C285" s="17" t="s">
-        <v>273</v>
+        <v>1488</v>
       </c>
       <c r="D285" s="18" t="s">
-        <v>274</v>
+        <v>1489</v>
       </c>
       <c r="E285" s="20">
-        <v>1010203385.35</v>
+        <v>3408000</v>
       </c>
       <c r="F285" s="20">
-        <v>429873781</v>
+        <v>300000</v>
       </c>
       <c r="G285" s="18" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="H285" s="18">
-        <v>20250903</v>
+        <v>20251223</v>
       </c>
       <c r="I285" s="19" t="s">
-        <v>86</v>
+        <v>149</v>
       </c>
       <c r="K285" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L285" s="18" t="s">
-        <v>61</v>
-[...8 lines deleted...]
-        <v>84</v>
+        <v>62</v>
+      </c>
+      <c r="V285" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W285" s="18" t="s">
+        <v>149</v>
       </c>
       <c r="X285" s="19">
-        <v>25608612</v>
+        <v>728</v>
       </c>
       <c r="Y285" s="20">
-        <v>49632510.5</v>
+        <v>8280</v>
       </c>
       <c r="Z285" s="20">
-        <v>34325</v>
+        <v>23</v>
       </c>
       <c r="AA285" s="20">
-        <v>2</v>
-[...8 lines deleted...]
-    <row r="286" spans="1:40" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="286" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A286" s="17" t="s">
-        <v>257</v>
+        <v>1466</v>
       </c>
       <c r="B286" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C286" s="17" t="s">
-        <v>258</v>
+        <v>1467</v>
       </c>
       <c r="D286" s="18" t="s">
-        <v>259</v>
+        <v>1468</v>
       </c>
       <c r="E286" s="20">
-        <v>2111978889.1600001</v>
+        <v>8851500</v>
       </c>
       <c r="F286" s="20">
-        <v>258504148</v>
+        <v>350000</v>
       </c>
       <c r="G286" s="18" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="H286" s="18">
-        <v>20250702</v>
+        <v>20251223</v>
       </c>
       <c r="I286" s="19" t="s">
-        <v>86</v>
+        <v>149</v>
       </c>
       <c r="K286" s="18" t="s">
-        <v>97</v>
+        <v>63</v>
       </c>
       <c r="L286" s="18" t="s">
-        <v>143</v>
-[...5 lines deleted...]
-        <v>84</v>
+        <v>62</v>
+      </c>
+      <c r="V286" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W286" s="18" t="s">
+        <v>149</v>
       </c>
       <c r="X286" s="19">
-        <v>25878635</v>
+        <v>1099</v>
       </c>
       <c r="Y286" s="20">
-        <v>166393974.5</v>
+        <v>28545</v>
       </c>
       <c r="Z286" s="20">
-        <v>107617</v>
+        <v>8</v>
       </c>
       <c r="AA286" s="20">
-        <v>4</v>
-[...14 lines deleted...]
-    <row r="287" spans="1:40" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="287" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A287" s="17" t="s">
-        <v>283</v>
+        <v>1428</v>
       </c>
       <c r="B287" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C287" s="17" t="s">
-        <v>284</v>
+        <v>1429</v>
       </c>
       <c r="D287" s="18" t="s">
-        <v>285</v>
+        <v>1430</v>
       </c>
       <c r="E287" s="20">
-        <v>235020480.72</v>
+        <v>37059000</v>
       </c>
       <c r="F287" s="20">
-        <v>29414328</v>
+        <v>1650000</v>
       </c>
       <c r="G287" s="18" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="H287" s="18">
-        <v>20251001</v>
+        <v>20251223</v>
       </c>
       <c r="I287" s="19" t="s">
-        <v>64</v>
+        <v>149</v>
       </c>
       <c r="K287" s="18" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="L287" s="18" t="s">
-        <v>61</v>
-[...8 lines deleted...]
-        <v>92</v>
+        <v>62</v>
+      </c>
+      <c r="V287" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W287" s="18" t="s">
+        <v>149</v>
       </c>
       <c r="X287" s="19">
-        <v>173290</v>
+        <v>5965</v>
       </c>
       <c r="Y287" s="20">
-        <v>1348044</v>
+        <v>134353</v>
       </c>
       <c r="Z287" s="20">
-        <v>721</v>
+        <v>53</v>
       </c>
       <c r="AA287" s="20">
         <v>1</v>
       </c>
     </row>
+    <row r="288" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A288" s="17" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B288" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C288" s="17" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D288" s="18" t="s">
+        <v>1498</v>
+      </c>
+      <c r="E288" s="20">
+        <v>5602000</v>
+      </c>
+      <c r="F288" s="20">
+        <v>200000</v>
+      </c>
+      <c r="G288" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H288" s="18">
+        <v>20251223</v>
+      </c>
+      <c r="I288" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K288" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L288" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V288" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W288" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X288" s="19">
+        <v>1300</v>
+      </c>
+      <c r="Y288" s="20">
+        <v>36683</v>
+      </c>
+      <c r="Z288" s="20">
+        <v>6</v>
+      </c>
+      <c r="AA288" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="289" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A289" s="17" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B289" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C289" s="17" t="s">
+        <v>1515</v>
+      </c>
+      <c r="D289" s="18" t="s">
+        <v>1516</v>
+      </c>
+      <c r="E289" s="20">
+        <v>22562500</v>
+      </c>
+      <c r="F289" s="20">
+        <v>950000</v>
+      </c>
+      <c r="G289" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H289" s="18">
+        <v>20251223</v>
+      </c>
+      <c r="I289" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K289" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L289" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V289" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W289" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X289" s="19">
+        <v>7073</v>
+      </c>
+      <c r="Y289" s="20">
+        <v>169757.5</v>
+      </c>
+      <c r="Z289" s="20">
+        <v>73</v>
+      </c>
+      <c r="AA289" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="290" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A290" s="17" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B290" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C290" s="17" t="s">
+        <v>1435</v>
+      </c>
+      <c r="D290" s="18" t="s">
+        <v>286</v>
+      </c>
+      <c r="E290" s="20">
+        <v>10926000</v>
+      </c>
+      <c r="F290" s="20">
+        <v>300000</v>
+      </c>
+      <c r="G290" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H290" s="18">
+        <v>20251223</v>
+      </c>
+      <c r="I290" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K290" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L290" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V290" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W290" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X290" s="19">
+        <v>3864</v>
+      </c>
+      <c r="Y290" s="20">
+        <v>142511.5</v>
+      </c>
+      <c r="Z290" s="20">
+        <v>38</v>
+      </c>
+      <c r="AA290" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="291" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A291" s="17" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B291" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C291" s="17" t="s">
+        <v>1405</v>
+      </c>
+      <c r="D291" s="18" t="s">
+        <v>1406</v>
+      </c>
+      <c r="E291" s="20">
+        <v>69020000</v>
+      </c>
+      <c r="F291" s="20">
+        <v>5950000</v>
+      </c>
+      <c r="G291" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H291" s="18">
+        <v>20251223</v>
+      </c>
+      <c r="I291" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K291" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L291" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V291" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W291" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X291" s="19">
+        <v>539171</v>
+      </c>
+      <c r="Y291" s="20">
+        <v>5935737.5</v>
+      </c>
+      <c r="Z291" s="20">
+        <v>1429</v>
+      </c>
+      <c r="AA291" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="292" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A292" s="17" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B292" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C292" s="17" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D292" s="18" t="s">
+        <v>1483</v>
+      </c>
+      <c r="E292" s="20">
+        <v>12187000</v>
+      </c>
+      <c r="F292" s="20">
+        <v>700000</v>
+      </c>
+      <c r="G292" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H292" s="18">
+        <v>20251223</v>
+      </c>
+      <c r="I292" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K292" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L292" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V292" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W292" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X292" s="19">
+        <v>35168</v>
+      </c>
+      <c r="Y292" s="20">
+        <v>604545.5</v>
+      </c>
+      <c r="Z292" s="20">
+        <v>152</v>
+      </c>
+      <c r="AA292" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="293" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A293" s="17" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B293" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C293" s="17" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D293" s="18" t="s">
+        <v>1433</v>
+      </c>
+      <c r="E293" s="20">
+        <v>12966000</v>
+      </c>
+      <c r="F293" s="20">
+        <v>600000</v>
+      </c>
+      <c r="G293" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H293" s="18">
+        <v>20251223</v>
+      </c>
+      <c r="I293" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K293" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L293" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V293" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W293" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X293" s="19">
+        <v>94061</v>
+      </c>
+      <c r="Y293" s="20">
+        <v>2033902.5</v>
+      </c>
+      <c r="Z293" s="20">
+        <v>199</v>
+      </c>
+      <c r="AA293" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="294" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A294" s="17" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B294" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C294" s="17" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D294" s="18" t="s">
+        <v>1444</v>
+      </c>
+      <c r="E294" s="20">
+        <v>28860000</v>
+      </c>
+      <c r="F294" s="20">
+        <v>1200000</v>
+      </c>
+      <c r="G294" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H294" s="18">
+        <v>20251223</v>
+      </c>
+      <c r="I294" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K294" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L294" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V294" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W294" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X294" s="19">
+        <v>24211</v>
+      </c>
+      <c r="Y294" s="20">
+        <v>582814.5</v>
+      </c>
+      <c r="Z294" s="20">
+        <v>163</v>
+      </c>
+      <c r="AA294" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="295" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A295" s="17" t="s">
+        <v>1436</v>
+      </c>
+      <c r="B295" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C295" s="17" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D295" s="18" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E295" s="20">
+        <v>32032500</v>
+      </c>
+      <c r="F295" s="20">
+        <v>750000</v>
+      </c>
+      <c r="G295" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H295" s="18">
+        <v>20251223</v>
+      </c>
+      <c r="I295" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K295" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L295" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V295" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W295" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X295" s="19">
+        <v>4147</v>
+      </c>
+      <c r="Y295" s="20">
+        <v>178973</v>
+      </c>
+      <c r="Z295" s="20">
+        <v>77</v>
+      </c>
+      <c r="AA295" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="296" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A296" s="17" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B296" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C296" s="17" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D296" s="18" t="s">
+        <v>1480</v>
+      </c>
+      <c r="E296" s="20">
+        <v>11295000</v>
+      </c>
+      <c r="F296" s="20">
+        <v>450000</v>
+      </c>
+      <c r="G296" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H296" s="18">
+        <v>20251223</v>
+      </c>
+      <c r="I296" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K296" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L296" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V296" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W296" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X296" s="19">
+        <v>5396</v>
+      </c>
+      <c r="Y296" s="20">
+        <v>135810</v>
+      </c>
+      <c r="Z296" s="20">
+        <v>42</v>
+      </c>
+      <c r="AA296" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="297" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A297" s="17" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B297" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C297" s="17" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D297" s="18" t="s">
+        <v>1412</v>
+      </c>
+      <c r="E297" s="20">
+        <v>68775500</v>
+      </c>
+      <c r="F297" s="20">
+        <v>3350000</v>
+      </c>
+      <c r="G297" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H297" s="18">
+        <v>20251223</v>
+      </c>
+      <c r="I297" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K297" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L297" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V297" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W297" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X297" s="19">
+        <v>60130</v>
+      </c>
+      <c r="Y297" s="20">
+        <v>1238663.5</v>
+      </c>
+      <c r="Z297" s="20">
+        <v>288</v>
+      </c>
+      <c r="AA297" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="298" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A298" s="17" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B298" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C298" s="17" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D298" s="18" t="s">
+        <v>1421</v>
+      </c>
+      <c r="E298" s="20">
+        <v>34720000</v>
+      </c>
+      <c r="F298" s="20">
+        <v>1750000</v>
+      </c>
+      <c r="G298" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H298" s="18">
+        <v>20251223</v>
+      </c>
+      <c r="I298" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K298" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L298" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V298" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W298" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X298" s="19">
+        <v>29598</v>
+      </c>
+      <c r="Y298" s="20">
+        <v>589937</v>
+      </c>
+      <c r="Z298" s="20">
+        <v>175</v>
+      </c>
+      <c r="AA298" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="299" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A299" s="17" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B299" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C299" s="17" t="s">
+        <v>1440</v>
+      </c>
+      <c r="D299" s="18" t="s">
+        <v>1441</v>
+      </c>
+      <c r="E299" s="20">
+        <v>25872000</v>
+      </c>
+      <c r="F299" s="20">
+        <v>1100000</v>
+      </c>
+      <c r="G299" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H299" s="18">
+        <v>20251223</v>
+      </c>
+      <c r="I299" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K299" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L299" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V299" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W299" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X299" s="19">
+        <v>53294</v>
+      </c>
+      <c r="Y299" s="20">
+        <v>1248515.5</v>
+      </c>
+      <c r="Z299" s="20">
+        <v>175</v>
+      </c>
+      <c r="AA299" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="300" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A300" s="17" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B300" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C300" s="17" t="s">
+        <v>1458</v>
+      </c>
+      <c r="D300" s="18" t="s">
+        <v>1459</v>
+      </c>
+      <c r="E300" s="20">
+        <v>6433000</v>
+      </c>
+      <c r="F300" s="20">
+        <v>350000</v>
+      </c>
+      <c r="G300" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H300" s="18">
+        <v>20251223</v>
+      </c>
+      <c r="I300" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K300" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L300" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V300" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W300" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X300" s="19">
+        <v>1065</v>
+      </c>
+      <c r="Y300" s="20">
+        <v>19596</v>
+      </c>
+      <c r="Z300" s="20">
+        <v>11</v>
+      </c>
+      <c r="AA300" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="301" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A301" s="17" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B301" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C301" s="17" t="s">
+        <v>1473</v>
+      </c>
+      <c r="D301" s="18" t="s">
+        <v>1474</v>
+      </c>
+      <c r="E301" s="20">
+        <v>9604000</v>
+      </c>
+      <c r="F301" s="20">
+        <v>350000</v>
+      </c>
+      <c r="G301" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H301" s="18">
+        <v>20251223</v>
+      </c>
+      <c r="I301" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K301" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L301" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V301" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W301" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X301" s="19">
+        <v>1101</v>
+      </c>
+      <c r="Y301" s="20">
+        <v>30391</v>
+      </c>
+      <c r="Z301" s="20">
+        <v>19</v>
+      </c>
+      <c r="AA301" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="302" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A302" s="17" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B302" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C302" s="17" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D302" s="18" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E302" s="20">
+        <v>7137000</v>
+      </c>
+      <c r="F302" s="20">
+        <v>300000</v>
+      </c>
+      <c r="G302" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H302" s="18">
+        <v>20251223</v>
+      </c>
+      <c r="I302" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K302" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L302" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V302" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W302" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X302" s="19">
+        <v>1490</v>
+      </c>
+      <c r="Y302" s="20">
+        <v>35928</v>
+      </c>
+      <c r="Z302" s="20">
+        <v>8</v>
+      </c>
+      <c r="AA302" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="303" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A303" s="17" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B303" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C303" s="17" t="s">
+        <v>1509</v>
+      </c>
+      <c r="D303" s="18" t="s">
+        <v>1510</v>
+      </c>
+      <c r="E303" s="20">
+        <v>32890000</v>
+      </c>
+      <c r="F303" s="20">
+        <v>2600000</v>
+      </c>
+      <c r="G303" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H303" s="18">
+        <v>20251223</v>
+      </c>
+      <c r="I303" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K303" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L303" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V303" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W303" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X303" s="19">
+        <v>62163</v>
+      </c>
+      <c r="Y303" s="20">
+        <v>789924</v>
+      </c>
+      <c r="Z303" s="20">
+        <v>173</v>
+      </c>
+      <c r="AA303" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="304" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A304" s="17" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B304" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C304" s="17" t="s">
+        <v>1426</v>
+      </c>
+      <c r="D304" s="18" t="s">
+        <v>1427</v>
+      </c>
+      <c r="E304" s="20">
+        <v>35670000</v>
+      </c>
+      <c r="F304" s="20">
+        <v>2050000</v>
+      </c>
+      <c r="G304" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H304" s="18">
+        <v>20251223</v>
+      </c>
+      <c r="I304" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K304" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L304" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V304" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W304" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X304" s="19">
+        <v>26329</v>
+      </c>
+      <c r="Y304" s="20">
+        <v>453686.5</v>
+      </c>
+      <c r="Z304" s="20">
+        <v>87</v>
+      </c>
+      <c r="AA304" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="305" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A305" s="17" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B305" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C305" s="17" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D305" s="18" t="s">
+        <v>1418</v>
+      </c>
+      <c r="E305" s="20">
+        <v>11616000</v>
+      </c>
+      <c r="F305" s="20">
+        <v>550000</v>
+      </c>
+      <c r="G305" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H305" s="18">
+        <v>20251223</v>
+      </c>
+      <c r="I305" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K305" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L305" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V305" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W305" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X305" s="19">
+        <v>46600</v>
+      </c>
+      <c r="Y305" s="20">
+        <v>984458.5</v>
+      </c>
+      <c r="Z305" s="20">
+        <v>29</v>
+      </c>
+      <c r="AA305" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="306" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A306" s="17" t="s">
+        <v>1454</v>
+      </c>
+      <c r="B306" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C306" s="17" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D306" s="18" t="s">
+        <v>1456</v>
+      </c>
+      <c r="E306" s="20">
+        <v>15780000</v>
+      </c>
+      <c r="F306" s="20">
+        <v>600000</v>
+      </c>
+      <c r="G306" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H306" s="18">
+        <v>20251223</v>
+      </c>
+      <c r="I306" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K306" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L306" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V306" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W306" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X306" s="19">
+        <v>1089</v>
+      </c>
+      <c r="Y306" s="20">
+        <v>28890</v>
+      </c>
+      <c r="Z306" s="20">
+        <v>11</v>
+      </c>
+      <c r="AA306" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="307" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A307" s="17" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B307" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C307" s="17" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D307" s="18" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E307" s="20">
+        <v>46980000</v>
+      </c>
+      <c r="F307" s="20">
+        <v>1450000</v>
+      </c>
+      <c r="G307" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H307" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I307" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K307" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L307" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V307" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W307" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X307" s="19">
+        <v>58727</v>
+      </c>
+      <c r="Y307" s="20">
+        <v>1914017.5</v>
+      </c>
+      <c r="Z307" s="20">
+        <v>119</v>
+      </c>
+      <c r="AA307" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="308" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A308" s="17" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B308" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C308" s="17" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D308" s="18" t="s">
+        <v>1359</v>
+      </c>
+      <c r="E308" s="20">
+        <v>65863000</v>
+      </c>
+      <c r="F308" s="20">
+        <v>4850000</v>
+      </c>
+      <c r="G308" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H308" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I308" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K308" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L308" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V308" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W308" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X308" s="19">
+        <v>167584</v>
+      </c>
+      <c r="Y308" s="20">
+        <v>2310677</v>
+      </c>
+      <c r="Z308" s="20">
+        <v>516</v>
+      </c>
+      <c r="AA308" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="309" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A309" s="17" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B309" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C309" s="17" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D309" s="18" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E309" s="20">
+        <v>45429000</v>
+      </c>
+      <c r="F309" s="20">
+        <v>1900000</v>
+      </c>
+      <c r="G309" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H309" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I309" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K309" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L309" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V309" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W309" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X309" s="19">
+        <v>84679</v>
+      </c>
+      <c r="Y309" s="20">
+        <v>2041909.5</v>
+      </c>
+      <c r="Z309" s="20">
+        <v>276</v>
+      </c>
+      <c r="AA309" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="310" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A310" s="17" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B310" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C310" s="17" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D310" s="18" t="s">
+        <v>1350</v>
+      </c>
+      <c r="E310" s="20">
+        <v>75438000</v>
+      </c>
+      <c r="F310" s="20">
+        <v>2700000</v>
+      </c>
+      <c r="G310" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H310" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I310" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K310" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L310" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V310" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W310" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X310" s="19">
+        <v>26884</v>
+      </c>
+      <c r="Y310" s="20">
+        <v>758097.5</v>
+      </c>
+      <c r="Z310" s="20">
+        <v>86</v>
+      </c>
+      <c r="AA310" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="311" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A311" s="17" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B311" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C311" s="17" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D311" s="18" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E311" s="20">
+        <v>56652500</v>
+      </c>
+      <c r="F311" s="20">
+        <v>1550000</v>
+      </c>
+      <c r="G311" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H311" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I311" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K311" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L311" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V311" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W311" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X311" s="19">
+        <v>128612</v>
+      </c>
+      <c r="Y311" s="20">
+        <v>4719804</v>
+      </c>
+      <c r="Z311" s="20">
+        <v>433</v>
+      </c>
+      <c r="AA311" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="312" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A312" s="17" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B312" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C312" s="17" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D312" s="18" t="s">
+        <v>1329</v>
+      </c>
+      <c r="E312" s="20">
+        <v>323610000</v>
+      </c>
+      <c r="F312" s="20">
+        <v>24150000</v>
+      </c>
+      <c r="G312" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H312" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I312" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K312" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L312" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V312" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W312" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X312" s="19">
+        <v>1365354</v>
+      </c>
+      <c r="Y312" s="20">
+        <v>18211236.5</v>
+      </c>
+      <c r="Z312" s="20">
+        <v>3440</v>
+      </c>
+      <c r="AA312" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="313" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A313" s="17" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B313" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C313" s="17" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D313" s="18" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E313" s="20">
+        <v>37215000</v>
+      </c>
+      <c r="F313" s="20">
+        <v>900000</v>
+      </c>
+      <c r="G313" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H313" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I313" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K313" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L313" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V313" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W313" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X313" s="19">
+        <v>8987</v>
+      </c>
+      <c r="Y313" s="20">
+        <v>375330.5</v>
+      </c>
+      <c r="Z313" s="20">
+        <v>92</v>
+      </c>
+      <c r="AA313" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="314" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A314" s="17" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B314" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C314" s="17" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D314" s="18" t="s">
+        <v>1376</v>
+      </c>
+      <c r="E314" s="20">
+        <v>82280000</v>
+      </c>
+      <c r="F314" s="20">
+        <v>1700000</v>
+      </c>
+      <c r="G314" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H314" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I314" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K314" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L314" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V314" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W314" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X314" s="19">
+        <v>69211</v>
+      </c>
+      <c r="Y314" s="20">
+        <v>3443131</v>
+      </c>
+      <c r="Z314" s="20">
+        <v>250</v>
+      </c>
+      <c r="AA314" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="315" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A315" s="17" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B315" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C315" s="17" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D315" s="18" t="s">
+        <v>1287</v>
+      </c>
+      <c r="E315" s="20">
+        <v>49950000</v>
+      </c>
+      <c r="F315" s="20">
+        <v>1350000</v>
+      </c>
+      <c r="G315" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H315" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I315" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K315" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L315" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V315" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W315" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X315" s="19">
+        <v>40172</v>
+      </c>
+      <c r="Y315" s="20">
+        <v>1513024</v>
+      </c>
+      <c r="Z315" s="20">
+        <v>353</v>
+      </c>
+      <c r="AA315" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="316" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A316" s="17" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B316" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C316" s="17" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D316" s="18" t="s">
+        <v>1290</v>
+      </c>
+      <c r="E316" s="20">
+        <v>201262000</v>
+      </c>
+      <c r="F316" s="20">
+        <v>5150000</v>
+      </c>
+      <c r="G316" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H316" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I316" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K316" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L316" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V316" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W316" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X316" s="19">
+        <v>60945</v>
+      </c>
+      <c r="Y316" s="20">
+        <v>2378000.5</v>
+      </c>
+      <c r="Z316" s="20">
+        <v>434</v>
+      </c>
+      <c r="AA316" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="317" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A317" s="17" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B317" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C317" s="17" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D317" s="18" t="s">
+        <v>1293</v>
+      </c>
+      <c r="E317" s="20">
+        <v>36201000</v>
+      </c>
+      <c r="F317" s="20">
+        <v>1650000</v>
+      </c>
+      <c r="G317" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H317" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I317" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K317" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L317" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V317" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W317" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X317" s="19">
+        <v>44101</v>
+      </c>
+      <c r="Y317" s="20">
+        <v>962084</v>
+      </c>
+      <c r="Z317" s="20">
+        <v>223</v>
+      </c>
+      <c r="AA317" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="318" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A318" s="17" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B318" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C318" s="17" t="s">
+        <v>1301</v>
+      </c>
+      <c r="D318" s="18" t="s">
+        <v>1302</v>
+      </c>
+      <c r="E318" s="20">
+        <v>43113000</v>
+      </c>
+      <c r="F318" s="20">
+        <v>1050000</v>
+      </c>
+      <c r="G318" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H318" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I318" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K318" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L318" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V318" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W318" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X318" s="19">
+        <v>24986</v>
+      </c>
+      <c r="Y318" s="20">
+        <v>1026767.5</v>
+      </c>
+      <c r="Z318" s="20">
+        <v>184</v>
+      </c>
+      <c r="AA318" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="319" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A319" s="17" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B319" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C319" s="17" t="s">
+        <v>1361</v>
+      </c>
+      <c r="D319" s="18" t="s">
+        <v>1362</v>
+      </c>
+      <c r="E319" s="20">
+        <v>55650000</v>
+      </c>
+      <c r="F319" s="20">
+        <v>1250000</v>
+      </c>
+      <c r="G319" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H319" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I319" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K319" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L319" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V319" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W319" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X319" s="19">
+        <v>59293</v>
+      </c>
+      <c r="Y319" s="20">
+        <v>2671613.5</v>
+      </c>
+      <c r="Z319" s="20">
+        <v>344</v>
+      </c>
+      <c r="AA319" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="320" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A320" s="17" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B320" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C320" s="17" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D320" s="18" t="s">
+        <v>1335</v>
+      </c>
+      <c r="E320" s="20">
+        <v>123511000</v>
+      </c>
+      <c r="F320" s="20">
+        <v>2900000</v>
+      </c>
+      <c r="G320" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H320" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I320" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K320" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L320" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V320" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W320" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X320" s="19">
+        <v>123757</v>
+      </c>
+      <c r="Y320" s="20">
+        <v>5354629.5</v>
+      </c>
+      <c r="Z320" s="20">
+        <v>374</v>
+      </c>
+      <c r="AA320" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="321" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A321" s="17" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B321" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C321" s="17" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D321" s="18" t="s">
+        <v>1338</v>
+      </c>
+      <c r="E321" s="20">
+        <v>71379000</v>
+      </c>
+      <c r="F321" s="20">
+        <v>3300000</v>
+      </c>
+      <c r="G321" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H321" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I321" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K321" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L321" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V321" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W321" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X321" s="19">
+        <v>142100</v>
+      </c>
+      <c r="Y321" s="20">
+        <v>3087609.5</v>
+      </c>
+      <c r="Z321" s="20">
+        <v>417</v>
+      </c>
+      <c r="AA321" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="322" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A322" s="17" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B322" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C322" s="17" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D322" s="18" t="s">
+        <v>1400</v>
+      </c>
+      <c r="E322" s="20">
+        <v>50933500</v>
+      </c>
+      <c r="F322" s="20">
+        <v>1150000</v>
+      </c>
+      <c r="G322" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H322" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I322" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K322" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L322" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V322" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W322" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X322" s="19">
+        <v>13815</v>
+      </c>
+      <c r="Y322" s="20">
+        <v>625893</v>
+      </c>
+      <c r="Z322" s="20">
+        <v>176</v>
+      </c>
+      <c r="AA322" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="323" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A323" s="17" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B323" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C323" s="17" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D323" s="18" t="s">
+        <v>1299</v>
+      </c>
+      <c r="E323" s="20">
+        <v>78993750</v>
+      </c>
+      <c r="F323" s="20">
+        <v>3750000</v>
+      </c>
+      <c r="G323" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H323" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I323" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K323" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L323" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V323" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W323" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X323" s="19">
+        <v>541293</v>
+      </c>
+      <c r="Y323" s="20">
+        <v>11359116</v>
+      </c>
+      <c r="Z323" s="20">
+        <v>1592</v>
+      </c>
+      <c r="AA323" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="324" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A324" s="17" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B324" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C324" s="17" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D324" s="18" t="s">
+        <v>1356</v>
+      </c>
+      <c r="E324" s="20">
+        <v>55204000</v>
+      </c>
+      <c r="F324" s="20">
+        <v>1850000</v>
+      </c>
+      <c r="G324" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H324" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I324" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K324" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L324" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V324" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W324" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X324" s="19">
+        <v>9217</v>
+      </c>
+      <c r="Y324" s="20">
+        <v>278870</v>
+      </c>
+      <c r="Z324" s="20">
+        <v>94</v>
+      </c>
+      <c r="AA324" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="325" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A325" s="17" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B325" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C325" s="17" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D325" s="18" t="s">
+        <v>1385</v>
+      </c>
+      <c r="E325" s="20">
+        <v>47022500</v>
+      </c>
+      <c r="F325" s="20">
+        <v>1750000</v>
+      </c>
+      <c r="G325" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H325" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I325" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K325" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L325" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V325" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W325" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X325" s="19">
+        <v>14099</v>
+      </c>
+      <c r="Y325" s="20">
+        <v>378624</v>
+      </c>
+      <c r="Z325" s="20">
+        <v>165</v>
+      </c>
+      <c r="AA325" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="326" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A326" s="17" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B326" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C326" s="17" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D326" s="18" t="s">
+        <v>1368</v>
+      </c>
+      <c r="E326" s="20">
+        <v>219712500</v>
+      </c>
+      <c r="F326" s="20">
+        <v>5250000</v>
+      </c>
+      <c r="G326" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H326" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I326" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K326" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L326" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V326" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W326" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X326" s="19">
+        <v>87312</v>
+      </c>
+      <c r="Y326" s="20">
+        <v>3658628</v>
+      </c>
+      <c r="Z326" s="20">
+        <v>353</v>
+      </c>
+      <c r="AA326" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="327" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A327" s="17" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B327" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C327" s="17" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D327" s="18" t="s">
+        <v>1347</v>
+      </c>
+      <c r="E327" s="20">
+        <v>154923000</v>
+      </c>
+      <c r="F327" s="20">
+        <v>16950000</v>
+      </c>
+      <c r="G327" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H327" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I327" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K327" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L327" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V327" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W327" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X327" s="19">
+        <v>506267</v>
+      </c>
+      <c r="Y327" s="20">
+        <v>4709068</v>
+      </c>
+      <c r="Z327" s="20">
+        <v>1667</v>
+      </c>
+      <c r="AA327" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="328" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A328" s="17" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B328" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C328" s="17" t="s">
+        <v>1370</v>
+      </c>
+      <c r="D328" s="18" t="s">
+        <v>308</v>
+      </c>
+      <c r="E328" s="20">
+        <v>104910000</v>
+      </c>
+      <c r="F328" s="20">
+        <v>3000000</v>
+      </c>
+      <c r="G328" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H328" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I328" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K328" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L328" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V328" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W328" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X328" s="19">
+        <v>27705</v>
+      </c>
+      <c r="Y328" s="20">
+        <v>977832.5</v>
+      </c>
+      <c r="Z328" s="20">
+        <v>245</v>
+      </c>
+      <c r="AA328" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="329" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A329" s="17" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B329" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C329" s="17" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D329" s="18" t="s">
+        <v>1311</v>
+      </c>
+      <c r="E329" s="20">
+        <v>61311500</v>
+      </c>
+      <c r="F329" s="20">
+        <v>2350000</v>
+      </c>
+      <c r="G329" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H329" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I329" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K329" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L329" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V329" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W329" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X329" s="19">
+        <v>9732</v>
+      </c>
+      <c r="Y329" s="20">
+        <v>258136</v>
+      </c>
+      <c r="Z329" s="20">
+        <v>105</v>
+      </c>
+      <c r="AA329" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="330" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A330" s="17" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B330" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C330" s="17" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D330" s="18" t="s">
+        <v>1353</v>
+      </c>
+      <c r="E330" s="20">
+        <v>114822000</v>
+      </c>
+      <c r="F330" s="20">
+        <v>1800000</v>
+      </c>
+      <c r="G330" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H330" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I330" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K330" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L330" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V330" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W330" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X330" s="19">
+        <v>523347</v>
+      </c>
+      <c r="Y330" s="20">
+        <v>32964365.5</v>
+      </c>
+      <c r="Z330" s="20">
+        <v>2530</v>
+      </c>
+      <c r="AA330" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="331" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A331" s="17" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B331" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C331" s="17" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D331" s="18" t="s">
+        <v>1305</v>
+      </c>
+      <c r="E331" s="20">
+        <v>173145000</v>
+      </c>
+      <c r="F331" s="20">
+        <v>4850000</v>
+      </c>
+      <c r="G331" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H331" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I331" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K331" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L331" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V331" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W331" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X331" s="19">
+        <v>328870</v>
+      </c>
+      <c r="Y331" s="20">
+        <v>11748452</v>
+      </c>
+      <c r="Z331" s="20">
+        <v>2152</v>
+      </c>
+      <c r="AA331" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="332" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A332" s="17" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B332" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C332" s="17" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D332" s="18" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E332" s="20">
+        <v>6590000</v>
+      </c>
+      <c r="F332" s="20">
+        <v>250000</v>
+      </c>
+      <c r="G332" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H332" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I332" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K332" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L332" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V332" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W332" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X332" s="19">
+        <v>4075</v>
+      </c>
+      <c r="Y332" s="20">
+        <v>107412</v>
+      </c>
+      <c r="Z332" s="20">
+        <v>42</v>
+      </c>
+      <c r="AA332" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="333" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A333" s="17" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B333" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C333" s="17" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D333" s="18" t="s">
+        <v>1365</v>
+      </c>
+      <c r="E333" s="20">
+        <v>71467000</v>
+      </c>
+      <c r="F333" s="20">
+        <v>7300000</v>
+      </c>
+      <c r="G333" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H333" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I333" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K333" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L333" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V333" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W333" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X333" s="19">
+        <v>909565</v>
+      </c>
+      <c r="Y333" s="20">
+        <v>8937449.5</v>
+      </c>
+      <c r="Z333" s="20">
+        <v>1701</v>
+      </c>
+      <c r="AA333" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="334" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A334" s="17" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B334" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C334" s="17" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D334" s="18" t="s">
+        <v>1308</v>
+      </c>
+      <c r="E334" s="20">
+        <v>154927500</v>
+      </c>
+      <c r="F334" s="20">
+        <v>11350000</v>
+      </c>
+      <c r="G334" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H334" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I334" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K334" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L334" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V334" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W334" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X334" s="19">
+        <v>983802</v>
+      </c>
+      <c r="Y334" s="20">
+        <v>14242884</v>
+      </c>
+      <c r="Z334" s="20">
+        <v>2742</v>
+      </c>
+      <c r="AA334" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="335" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A335" s="17" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B335" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C335" s="17" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D335" s="18" t="s">
+        <v>1317</v>
+      </c>
+      <c r="E335" s="20">
+        <v>65880000</v>
+      </c>
+      <c r="F335" s="20">
+        <v>3000000</v>
+      </c>
+      <c r="G335" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H335" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I335" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K335" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L335" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V335" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W335" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X335" s="19">
+        <v>45552</v>
+      </c>
+      <c r="Y335" s="20">
+        <v>1015212.5</v>
+      </c>
+      <c r="Z335" s="20">
+        <v>256</v>
+      </c>
+      <c r="AA335" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="336" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A336" s="17" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B336" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C336" s="17" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D336" s="18" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E336" s="20">
+        <v>46852000</v>
+      </c>
+      <c r="F336" s="20">
+        <v>11050000</v>
+      </c>
+      <c r="G336" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H336" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I336" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K336" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L336" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V336" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W336" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X336" s="19">
+        <v>861263</v>
+      </c>
+      <c r="Y336" s="20">
+        <v>3712713.5</v>
+      </c>
+      <c r="Z336" s="20">
+        <v>973</v>
+      </c>
+      <c r="AA336" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="337" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A337" s="17" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B337" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C337" s="17" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D337" s="18" t="s">
+        <v>1344</v>
+      </c>
+      <c r="E337" s="20">
+        <v>124533500</v>
+      </c>
+      <c r="F337" s="20">
+        <v>11050000</v>
+      </c>
+      <c r="G337" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H337" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I337" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K337" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L337" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V337" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W337" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X337" s="19">
+        <v>268342</v>
+      </c>
+      <c r="Y337" s="20">
+        <v>3045935.5</v>
+      </c>
+      <c r="Z337" s="20">
+        <v>687</v>
+      </c>
+      <c r="AA337" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="338" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A338" s="17" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B338" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C338" s="17" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D338" s="18" t="s">
+        <v>1314</v>
+      </c>
+      <c r="E338" s="20">
+        <v>21432000</v>
+      </c>
+      <c r="F338" s="20">
+        <v>950000</v>
+      </c>
+      <c r="G338" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H338" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I338" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K338" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L338" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V338" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W338" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X338" s="19">
+        <v>32429</v>
+      </c>
+      <c r="Y338" s="20">
+        <v>745015</v>
+      </c>
+      <c r="Z338" s="20">
+        <v>126</v>
+      </c>
+      <c r="AA338" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="339" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A339" s="17" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B339" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C339" s="17" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D339" s="18" t="s">
+        <v>1332</v>
+      </c>
+      <c r="E339" s="20">
+        <v>58201000</v>
+      </c>
+      <c r="F339" s="20">
+        <v>6050000</v>
+      </c>
+      <c r="G339" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H339" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I339" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K339" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L339" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V339" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W339" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X339" s="19">
+        <v>721399</v>
+      </c>
+      <c r="Y339" s="20">
+        <v>7155207.5</v>
+      </c>
+      <c r="Z339" s="20">
+        <v>1733</v>
+      </c>
+      <c r="AA339" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="340" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A340" s="17" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B340" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C340" s="17" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D340" s="18" t="s">
+        <v>1394</v>
+      </c>
+      <c r="E340" s="20">
+        <v>51793000</v>
+      </c>
+      <c r="F340" s="20">
+        <v>2450000</v>
+      </c>
+      <c r="G340" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H340" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I340" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K340" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L340" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V340" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W340" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X340" s="19">
+        <v>7953</v>
+      </c>
+      <c r="Y340" s="20">
+        <v>167003.5</v>
+      </c>
+      <c r="Z340" s="20">
+        <v>32</v>
+      </c>
+      <c r="AA340" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="341" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A341" s="17" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B341" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C341" s="17" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D341" s="18" t="s">
+        <v>1296</v>
+      </c>
+      <c r="E341" s="20">
+        <v>197030000</v>
+      </c>
+      <c r="F341" s="20">
+        <v>16150000</v>
+      </c>
+      <c r="G341" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H341" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I341" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K341" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L341" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V341" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W341" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X341" s="19">
+        <v>443837</v>
+      </c>
+      <c r="Y341" s="20">
+        <v>5329024.5</v>
+      </c>
+      <c r="Z341" s="20">
+        <v>1143</v>
+      </c>
+      <c r="AA341" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="342" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A342" s="17" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B342" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C342" s="17" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D342" s="18" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E342" s="20">
+        <v>271164000</v>
+      </c>
+      <c r="F342" s="20">
+        <v>17700000</v>
+      </c>
+      <c r="G342" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H342" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I342" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K342" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L342" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V342" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W342" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X342" s="19">
+        <v>695477</v>
+      </c>
+      <c r="Y342" s="20">
+        <v>10590766.5</v>
+      </c>
+      <c r="Z342" s="20">
+        <v>1854</v>
+      </c>
+      <c r="AA342" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="343" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A343" s="17" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B343" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C343" s="17" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D343" s="18" t="s">
+        <v>1379</v>
+      </c>
+      <c r="E343" s="20">
+        <v>178640000</v>
+      </c>
+      <c r="F343" s="20">
+        <v>5500000</v>
+      </c>
+      <c r="G343" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H343" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I343" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K343" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L343" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V343" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W343" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X343" s="19">
+        <v>59493</v>
+      </c>
+      <c r="Y343" s="20">
+        <v>1937317</v>
+      </c>
+      <c r="Z343" s="20">
+        <v>418</v>
+      </c>
+      <c r="AA343" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="344" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A344" s="17" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B344" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C344" s="17" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D344" s="18" t="s">
+        <v>1373</v>
+      </c>
+      <c r="E344" s="20">
+        <v>212220000</v>
+      </c>
+      <c r="F344" s="20">
+        <v>4500000</v>
+      </c>
+      <c r="G344" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H344" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I344" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K344" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L344" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V344" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W344" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X344" s="19">
+        <v>122389</v>
+      </c>
+      <c r="Y344" s="20">
+        <v>5818862.5</v>
+      </c>
+      <c r="Z344" s="20">
+        <v>643</v>
+      </c>
+      <c r="AA344" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="345" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A345" s="17" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B345" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C345" s="17" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D345" s="18" t="s">
+        <v>1326</v>
+      </c>
+      <c r="E345" s="20">
+        <v>78629000</v>
+      </c>
+      <c r="F345" s="20">
+        <v>6100000</v>
+      </c>
+      <c r="G345" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H345" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="I345" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K345" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L345" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V345" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W345" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X345" s="19">
+        <v>61234</v>
+      </c>
+      <c r="Y345" s="20">
+        <v>788240</v>
+      </c>
+      <c r="Z345" s="20">
+        <v>231</v>
+      </c>
+      <c r="AA345" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="346" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A346" s="17" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B346" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C346" s="17" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D346" s="18" t="s">
+        <v>1130</v>
+      </c>
+      <c r="E346" s="20">
+        <v>8808000</v>
+      </c>
+      <c r="F346" s="20">
+        <v>300000</v>
+      </c>
+      <c r="G346" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H346" s="18">
+        <v>20251016</v>
+      </c>
+      <c r="I346" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K346" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L346" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V346" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W346" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X346" s="19">
+        <v>41633</v>
+      </c>
+      <c r="Y346" s="20">
+        <v>1122844</v>
+      </c>
+      <c r="Z346" s="20">
+        <v>87</v>
+      </c>
+      <c r="AA346" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="347" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A347" s="17" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B347" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C347" s="17" t="s">
+        <v>1150</v>
+      </c>
+      <c r="D347" s="18" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E347" s="20">
+        <v>66892500</v>
+      </c>
+      <c r="F347" s="20">
+        <v>2250000</v>
+      </c>
+      <c r="G347" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H347" s="18">
+        <v>20251016</v>
+      </c>
+      <c r="I347" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K347" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L347" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V347" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W347" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X347" s="19">
+        <v>632867</v>
+      </c>
+      <c r="Y347" s="20">
+        <v>18603812</v>
+      </c>
+      <c r="Z347" s="20">
+        <v>3270</v>
+      </c>
+      <c r="AA347" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="348" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A348" s="17" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B348" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C348" s="17" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D348" s="18" t="s">
+        <v>1133</v>
+      </c>
+      <c r="E348" s="20">
+        <v>2836000</v>
+      </c>
+      <c r="F348" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G348" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H348" s="18">
+        <v>20251016</v>
+      </c>
+      <c r="I348" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K348" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L348" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V348" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W348" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X348" s="19">
+        <v>49424</v>
+      </c>
+      <c r="Y348" s="20">
+        <v>1333053.5</v>
+      </c>
+      <c r="Z348" s="20">
+        <v>113</v>
+      </c>
+      <c r="AA348" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="349" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A349" s="17" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B349" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C349" s="17" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D349" s="18" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E349" s="20">
+        <v>13400000</v>
+      </c>
+      <c r="F349" s="20">
+        <v>400000</v>
+      </c>
+      <c r="G349" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H349" s="18">
+        <v>20251016</v>
+      </c>
+      <c r="I349" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K349" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L349" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V349" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W349" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X349" s="19">
+        <v>22633</v>
+      </c>
+      <c r="Y349" s="20">
+        <v>749168</v>
+      </c>
+      <c r="Z349" s="20">
+        <v>54</v>
+      </c>
+      <c r="AA349" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="350" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A350" s="17" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B350" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C350" s="17" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D350" s="18" t="s">
+        <v>1124</v>
+      </c>
+      <c r="E350" s="20">
+        <v>2486000</v>
+      </c>
+      <c r="F350" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G350" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H350" s="18">
+        <v>20251016</v>
+      </c>
+      <c r="I350" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K350" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L350" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V350" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W350" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X350" s="19">
+        <v>52059</v>
+      </c>
+      <c r="Y350" s="20">
+        <v>1306933</v>
+      </c>
+      <c r="Z350" s="20">
+        <v>113</v>
+      </c>
+      <c r="AA350" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="351" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A351" s="17" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B351" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C351" s="17" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D351" s="18" t="s">
+        <v>1148</v>
+      </c>
+      <c r="E351" s="20">
+        <v>2380000</v>
+      </c>
+      <c r="F351" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G351" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H351" s="18">
+        <v>20251016</v>
+      </c>
+      <c r="I351" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K351" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L351" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V351" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W351" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X351" s="19">
+        <v>48946</v>
+      </c>
+      <c r="Y351" s="20">
+        <v>1185487.5</v>
+      </c>
+      <c r="Z351" s="20">
+        <v>134</v>
+      </c>
+      <c r="AA351" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="352" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A352" s="17" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B352" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C352" s="17" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D352" s="18" t="s">
+        <v>1121</v>
+      </c>
+      <c r="E352" s="20">
+        <v>3921000</v>
+      </c>
+      <c r="F352" s="20">
+        <v>150000</v>
+      </c>
+      <c r="G352" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H352" s="18">
+        <v>20251016</v>
+      </c>
+      <c r="I352" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K352" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L352" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V352" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W352" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X352" s="19">
+        <v>35016</v>
+      </c>
+      <c r="Y352" s="20">
+        <v>870272</v>
+      </c>
+      <c r="Z352" s="20">
+        <v>127</v>
+      </c>
+      <c r="AA352" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="353" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A353" s="17" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B353" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C353" s="17" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D353" s="18" t="s">
+        <v>1142</v>
+      </c>
+      <c r="E353" s="20">
+        <v>8995000</v>
+      </c>
+      <c r="F353" s="20">
+        <v>350000</v>
+      </c>
+      <c r="G353" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H353" s="18">
+        <v>20251016</v>
+      </c>
+      <c r="I353" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K353" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L353" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V353" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W353" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X353" s="19">
+        <v>440461</v>
+      </c>
+      <c r="Y353" s="20">
+        <v>10018670</v>
+      </c>
+      <c r="Z353" s="20">
+        <v>325</v>
+      </c>
+      <c r="AA353" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="354" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A354" s="17" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B354" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C354" s="17" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D354" s="18" t="s">
+        <v>1139</v>
+      </c>
+      <c r="E354" s="20">
+        <v>15000000</v>
+      </c>
+      <c r="F354" s="20">
+        <v>800000</v>
+      </c>
+      <c r="G354" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H354" s="18">
+        <v>20251016</v>
+      </c>
+      <c r="I354" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K354" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L354" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V354" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W354" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X354" s="19">
+        <v>993387</v>
+      </c>
+      <c r="Y354" s="20">
+        <v>19058790</v>
+      </c>
+      <c r="Z354" s="20">
+        <v>581</v>
+      </c>
+      <c r="AA354" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="355" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A355" s="17" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B355" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C355" s="17" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D355" s="18" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E355" s="20">
+        <v>7232500</v>
+      </c>
+      <c r="F355" s="20">
+        <v>250000</v>
+      </c>
+      <c r="G355" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H355" s="18">
+        <v>20251016</v>
+      </c>
+      <c r="I355" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K355" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L355" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V355" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W355" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X355" s="19">
+        <v>152387</v>
+      </c>
+      <c r="Y355" s="20">
+        <v>4179781</v>
+      </c>
+      <c r="Z355" s="20">
+        <v>296</v>
+      </c>
+      <c r="AA355" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="356" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A356" s="17" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B356" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C356" s="17" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D356" s="18" t="s">
+        <v>1136</v>
+      </c>
+      <c r="E356" s="20">
+        <v>2903000</v>
+      </c>
+      <c r="F356" s="20">
+        <v>100000</v>
+      </c>
+      <c r="G356" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H356" s="18">
+        <v>20251016</v>
+      </c>
+      <c r="I356" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K356" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L356" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V356" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W356" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X356" s="19">
+        <v>15097</v>
+      </c>
+      <c r="Y356" s="20">
+        <v>378165.5</v>
+      </c>
+      <c r="Z356" s="20">
+        <v>49</v>
+      </c>
+      <c r="AA356" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="357" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A357" s="17" t="s">
+        <v>332</v>
+      </c>
+      <c r="B357" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C357" s="17" t="s">
+        <v>333</v>
+      </c>
+      <c r="D357" s="18" t="s">
+        <v>334</v>
+      </c>
+      <c r="E357" s="20">
+        <v>386218000</v>
+      </c>
+      <c r="F357" s="20">
+        <v>9800000</v>
+      </c>
+      <c r="G357" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H357" s="18">
+        <v>20250205</v>
+      </c>
+      <c r="I357" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K357" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L357" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V357" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W357" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X357" s="19">
+        <v>79914553</v>
+      </c>
+      <c r="Y357" s="20">
+        <v>2621279328.5</v>
+      </c>
+      <c r="Z357" s="20">
+        <v>219506</v>
+      </c>
+      <c r="AA357" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="358" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A358" s="17" t="s">
+        <v>335</v>
+      </c>
+      <c r="B358" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C358" s="17" t="s">
+        <v>336</v>
+      </c>
+      <c r="D358" s="18" t="s">
+        <v>337</v>
+      </c>
+      <c r="E358" s="20">
+        <v>1467542000</v>
+      </c>
+      <c r="F358" s="20">
+        <v>28900000</v>
+      </c>
+      <c r="G358" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H358" s="18">
+        <v>20250205</v>
+      </c>
+      <c r="I358" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K358" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L358" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V358" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W358" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X358" s="19">
+        <v>64240922</v>
+      </c>
+      <c r="Y358" s="20">
+        <v>2217348830</v>
+      </c>
+      <c r="Z358" s="20">
+        <v>209448</v>
+      </c>
+      <c r="AA358" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="359" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A359" s="17" t="s">
+        <v>338</v>
+      </c>
+      <c r="B359" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C359" s="17" t="s">
+        <v>339</v>
+      </c>
+      <c r="D359" s="18" t="s">
+        <v>340</v>
+      </c>
+      <c r="E359" s="20">
+        <v>1123339000</v>
+      </c>
+      <c r="F359" s="20">
+        <v>41900000</v>
+      </c>
+      <c r="G359" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H359" s="18">
+        <v>20250205</v>
+      </c>
+      <c r="I359" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K359" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L359" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V359" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W359" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X359" s="19">
+        <v>66119219</v>
+      </c>
+      <c r="Y359" s="20">
+        <v>1678939497.5</v>
+      </c>
+      <c r="Z359" s="20">
+        <v>195523</v>
+      </c>
+      <c r="AA359" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="360" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A360" s="17" t="s">
+        <v>341</v>
+      </c>
+      <c r="B360" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C360" s="17" t="s">
+        <v>342</v>
+      </c>
+      <c r="D360" s="18" t="s">
+        <v>343</v>
+      </c>
+      <c r="E360" s="20">
+        <v>540015000</v>
+      </c>
+      <c r="F360" s="20">
+        <v>13900000</v>
+      </c>
+      <c r="G360" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H360" s="18">
+        <v>20250205</v>
+      </c>
+      <c r="I360" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K360" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L360" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V360" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W360" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X360" s="19">
+        <v>36980515</v>
+      </c>
+      <c r="Y360" s="20">
+        <v>1194565157</v>
+      </c>
+      <c r="Z360" s="20">
+        <v>108211</v>
+      </c>
+      <c r="AA360" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="361" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A361" s="17" t="s">
+        <v>344</v>
+      </c>
+      <c r="B361" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C361" s="17" t="s">
+        <v>345</v>
+      </c>
+      <c r="D361" s="18" t="s">
+        <v>346</v>
+      </c>
+      <c r="E361" s="20">
+        <v>844079000</v>
+      </c>
+      <c r="F361" s="20">
+        <v>22850000</v>
+      </c>
+      <c r="G361" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H361" s="18">
+        <v>20250205</v>
+      </c>
+      <c r="I361" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K361" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L361" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V361" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W361" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X361" s="19">
+        <v>22287654</v>
+      </c>
+      <c r="Y361" s="20">
+        <v>825806573</v>
+      </c>
+      <c r="Z361" s="20">
+        <v>74552</v>
+      </c>
+      <c r="AA361" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="362" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A362" s="17" t="s">
+        <v>380</v>
+      </c>
+      <c r="B362" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C362" s="17" t="s">
+        <v>381</v>
+      </c>
+      <c r="D362" s="18" t="s">
+        <v>382</v>
+      </c>
+      <c r="E362" s="20">
+        <v>495975000</v>
+      </c>
+      <c r="F362" s="20">
+        <v>12750000</v>
+      </c>
+      <c r="G362" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H362" s="18">
+        <v>20250205</v>
+      </c>
+      <c r="I362" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K362" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L362" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V362" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W362" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X362" s="19">
+        <v>18239040</v>
+      </c>
+      <c r="Y362" s="20">
+        <v>783602528</v>
+      </c>
+      <c r="Z362" s="20">
+        <v>85573</v>
+      </c>
+      <c r="AA362" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="363" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A363" s="17" t="s">
+        <v>389</v>
+      </c>
+      <c r="B363" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C363" s="17" t="s">
+        <v>390</v>
+      </c>
+      <c r="D363" s="18" t="s">
+        <v>391</v>
+      </c>
+      <c r="E363" s="20">
+        <v>803005500</v>
+      </c>
+      <c r="F363" s="20">
+        <v>22550000</v>
+      </c>
+      <c r="G363" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H363" s="18">
+        <v>20250205</v>
+      </c>
+      <c r="I363" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K363" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L363" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V363" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W363" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X363" s="19">
+        <v>58185659</v>
+      </c>
+      <c r="Y363" s="20">
+        <v>2084973208</v>
+      </c>
+      <c r="Z363" s="20">
+        <v>191772</v>
+      </c>
+      <c r="AA363" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="364" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A364" s="17" t="s">
+        <v>392</v>
+      </c>
+      <c r="B364" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C364" s="17" t="s">
+        <v>393</v>
+      </c>
+      <c r="D364" s="18" t="s">
+        <v>394</v>
+      </c>
+      <c r="E364" s="20">
+        <v>846978000</v>
+      </c>
+      <c r="F364" s="20">
+        <v>24600000</v>
+      </c>
+      <c r="G364" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H364" s="18">
+        <v>20250205</v>
+      </c>
+      <c r="I364" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K364" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L364" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V364" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W364" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X364" s="19">
+        <v>28545341</v>
+      </c>
+      <c r="Y364" s="20">
+        <v>958282373.5</v>
+      </c>
+      <c r="Z364" s="20">
+        <v>100590</v>
+      </c>
+      <c r="AA364" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="365" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A365" s="17" t="s">
+        <v>395</v>
+      </c>
+      <c r="B365" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C365" s="17" t="s">
+        <v>396</v>
+      </c>
+      <c r="D365" s="18" t="s">
+        <v>397</v>
+      </c>
+      <c r="E365" s="20">
+        <v>2162552000</v>
+      </c>
+      <c r="F365" s="20">
+        <v>51100000</v>
+      </c>
+      <c r="G365" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H365" s="18">
+        <v>20250205</v>
+      </c>
+      <c r="I365" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K365" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L365" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V365" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W365" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X365" s="19">
+        <v>214402094</v>
+      </c>
+      <c r="Y365" s="20">
+        <v>7500849863</v>
+      </c>
+      <c r="Z365" s="20">
+        <v>560240</v>
+      </c>
+      <c r="AA365" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="366" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A366" s="17" t="s">
+        <v>401</v>
+      </c>
+      <c r="B366" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C366" s="17" t="s">
+        <v>402</v>
+      </c>
+      <c r="D366" s="18" t="s">
+        <v>403</v>
+      </c>
+      <c r="E366" s="20">
+        <v>898525500</v>
+      </c>
+      <c r="F366" s="20">
+        <v>22650000</v>
+      </c>
+      <c r="G366" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H366" s="18">
+        <v>20250205</v>
+      </c>
+      <c r="I366" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K366" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L366" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V366" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W366" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X366" s="19">
+        <v>203946695</v>
+      </c>
+      <c r="Y366" s="20">
+        <v>6349084705</v>
+      </c>
+      <c r="Z366" s="20">
+        <v>572654</v>
+      </c>
+      <c r="AA366" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="367" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A367" s="17" t="s">
+        <v>146</v>
+      </c>
+      <c r="B367" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C367" s="17" t="s">
+        <v>147</v>
+      </c>
+      <c r="D367" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="E367" s="20">
+        <v>39186000</v>
+      </c>
+      <c r="F367" s="20">
+        <v>1050000</v>
+      </c>
+      <c r="G367" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H367" s="18">
+        <v>20250123</v>
+      </c>
+      <c r="I367" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K367" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L367" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V367" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W367" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X367" s="19">
+        <v>1985254</v>
+      </c>
+      <c r="Y367" s="20">
+        <v>63788831</v>
+      </c>
+      <c r="Z367" s="20">
+        <v>5408</v>
+      </c>
+      <c r="AA367" s="20">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="368" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A368" s="17" t="s">
+        <v>150</v>
+      </c>
+      <c r="B368" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C368" s="17" t="s">
+        <v>151</v>
+      </c>
+      <c r="D368" s="18" t="s">
+        <v>152</v>
+      </c>
+      <c r="E368" s="20">
+        <v>27225000</v>
+      </c>
+      <c r="F368" s="20">
+        <v>1100000</v>
+      </c>
+      <c r="G368" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H368" s="18">
+        <v>20250115</v>
+      </c>
+      <c r="I368" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K368" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L368" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="V368" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="W368" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="X368" s="19">
+        <v>1206915</v>
+      </c>
+      <c r="Y368" s="20">
+        <v>29993187.5</v>
+      </c>
+      <c r="Z368" s="20">
+        <v>5401</v>
+      </c>
+      <c r="AA368" s="20">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="369" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A369" s="17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B369" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C369" s="17" t="s">
+        <v>804</v>
+      </c>
+      <c r="D369" s="18" t="s">
+        <v>805</v>
+      </c>
+      <c r="E369" s="20">
+        <v>172573308.08000001</v>
+      </c>
+      <c r="F369" s="20">
+        <v>21900166</v>
+      </c>
+      <c r="G369" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H369" s="18">
+        <v>20250806</v>
+      </c>
+      <c r="I369" s="19" t="s">
+        <v>129</v>
+      </c>
+      <c r="K369" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L369" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="X369" s="19">
+        <v>6024248</v>
+      </c>
+      <c r="Y369" s="20">
+        <v>7511293</v>
+      </c>
+      <c r="Z369" s="20">
+        <v>3131</v>
+      </c>
+      <c r="AA369" s="20">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="370" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A370" s="17" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B370" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C370" s="17" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D370" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="E370" s="20">
+        <v>478464082.24000001</v>
+      </c>
+      <c r="F370" s="20">
+        <v>29736736</v>
+      </c>
+      <c r="G370" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H370" s="18">
+        <v>20251001</v>
+      </c>
+      <c r="I370" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="K370" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L370" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q370" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="X370" s="19">
+        <v>7728027</v>
+      </c>
+      <c r="Y370" s="20">
+        <v>120186673</v>
+      </c>
+      <c r="Z370" s="20">
+        <v>33016</v>
+      </c>
+      <c r="AA370" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="371" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A371" s="17" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B371" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C371" s="17" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D371" s="18" t="s">
+        <v>1403</v>
+      </c>
+      <c r="E371" s="20">
+        <v>551192443.88</v>
+      </c>
+      <c r="F371" s="20">
+        <v>52394719</v>
+      </c>
+      <c r="G371" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H371" s="18">
+        <v>20251222</v>
+      </c>
+      <c r="I371" s="19" t="s">
+        <v>77</v>
+      </c>
+      <c r="J371" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="K371" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L371" s="18" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="372" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A372" s="17" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B372" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C372" s="17" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D372" s="18" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E372" s="20">
+        <v>208343990.52000001</v>
+      </c>
+      <c r="F372" s="20">
+        <v>71107164</v>
+      </c>
+      <c r="G372" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H372" s="18">
+        <v>20251113</v>
+      </c>
+      <c r="I372" s="19" t="s">
+        <v>77</v>
+      </c>
+      <c r="K372" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="L372" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="U372" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="X372" s="19">
+        <v>2824118</v>
+      </c>
+      <c r="Y372" s="20">
+        <v>9831739.5</v>
+      </c>
+      <c r="Z372" s="20">
+        <v>4500</v>
+      </c>
+      <c r="AA372" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="373" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A373" s="17" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B373" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C373" s="17" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D373" s="18" t="s">
+        <v>1284</v>
+      </c>
+      <c r="E373" s="20">
+        <v>197758365</v>
+      </c>
+      <c r="F373" s="20">
+        <v>131838910</v>
+      </c>
+      <c r="G373" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H373" s="18">
+        <v>20251205</v>
+      </c>
+      <c r="I373" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K373" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L373" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="X373" s="19">
+        <v>2021520</v>
+      </c>
+      <c r="Y373" s="20">
+        <v>3069924</v>
+      </c>
+      <c r="Z373" s="20">
+        <v>2476</v>
+      </c>
+      <c r="AA373" s="20">
+        <v>1</v>
+      </c>
+      <c r="AG373" s="18" t="s">
+        <v>270</v>
+      </c>
+      <c r="AL373" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="374" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A374" s="17" t="s">
+        <v>806</v>
+      </c>
+      <c r="B374" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C374" s="17" t="s">
+        <v>807</v>
+      </c>
+      <c r="D374" s="18" t="s">
+        <v>808</v>
+      </c>
+      <c r="E374" s="20">
+        <v>1638953960.4000001</v>
+      </c>
+      <c r="F374" s="20">
+        <v>1365794967</v>
+      </c>
+      <c r="G374" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H374" s="18">
+        <v>20250807</v>
+      </c>
+      <c r="I374" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K374" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="L374" s="18" t="s">
+        <v>142</v>
+      </c>
+      <c r="M374" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="X374" s="19">
+        <v>88155661</v>
+      </c>
+      <c r="Y374" s="20">
+        <v>83524249.5</v>
+      </c>
+      <c r="Z374" s="20">
+        <v>58432</v>
+      </c>
+      <c r="AA374" s="20">
+        <v>5</v>
+      </c>
+      <c r="AD374" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG374" s="18" t="s">
+        <v>224</v>
+      </c>
+      <c r="AI374" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AS374" s="18" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="375" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A375" s="17" t="s">
+        <v>603</v>
+      </c>
+      <c r="B375" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C375" s="17" t="s">
+        <v>604</v>
+      </c>
+      <c r="D375" s="18" t="s">
+        <v>605</v>
+      </c>
+      <c r="E375" s="20">
+        <v>695135747.97000003</v>
+      </c>
+      <c r="F375" s="20">
+        <v>130910687</v>
+      </c>
+      <c r="G375" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H375" s="18">
+        <v>20250513</v>
+      </c>
+      <c r="I375" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K375" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L375" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="X375" s="19">
+        <v>27077485</v>
+      </c>
+      <c r="Y375" s="20">
+        <v>106975938</v>
+      </c>
+      <c r="Z375" s="20">
+        <v>56326</v>
+      </c>
+      <c r="AA375" s="20">
+        <v>8</v>
+      </c>
+      <c r="AF375" s="18" t="s">
+        <v>112</v>
+      </c>
+      <c r="AI375" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AJ375" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="376" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A376" s="17" t="s">
+        <v>585</v>
+      </c>
+      <c r="B376" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C376" s="17" t="s">
+        <v>586</v>
+      </c>
+      <c r="D376" s="18" t="s">
+        <v>587</v>
+      </c>
+      <c r="E376" s="20">
+        <v>1195430348.8</v>
+      </c>
+      <c r="F376" s="20">
+        <v>93392996</v>
+      </c>
+      <c r="G376" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="H376" s="18">
+        <v>20251210</v>
+      </c>
+      <c r="I376" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K376" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="L376" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="O376" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="X376" s="19">
+        <v>350074</v>
+      </c>
+      <c r="Y376" s="20">
+        <v>4447379</v>
+      </c>
+      <c r="Z376" s="20">
+        <v>1840</v>
+      </c>
+      <c r="AA376" s="20">
+        <v>1</v>
+      </c>
+      <c r="AB376" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="AC376" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="AD376" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE376" s="18" t="s">
+        <v>667</v>
+      </c>
+      <c r="AF376" s="18" t="s">
+        <v>668</v>
+      </c>
+      <c r="AG376" s="18" t="s">
+        <v>224</v>
+      </c>
+      <c r="AH376" s="18" t="s">
+        <v>125</v>
+      </c>
+      <c r="AI376" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AJ376" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AK376" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AL376" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AN376" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AO376" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AP376" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AQ376" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AR376" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AS376" s="18" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="377" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A377" s="17" t="s">
+        <v>327</v>
+      </c>
+      <c r="B377" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C377" s="17" t="s">
+        <v>328</v>
+      </c>
+      <c r="D377" s="18" t="s">
+        <v>329</v>
+      </c>
+      <c r="E377" s="20">
+        <v>3003914681.5999999</v>
+      </c>
+      <c r="F377" s="20">
+        <v>173036560</v>
+      </c>
+      <c r="G377" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="H377" s="18">
+        <v>20251202</v>
+      </c>
+      <c r="I377" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K377" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="L377" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="N377" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="O377" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="X377" s="19">
+        <v>5322946</v>
+      </c>
+      <c r="Y377" s="20">
+        <v>93347224.5</v>
+      </c>
+      <c r="Z377" s="20">
+        <v>25515</v>
+      </c>
+      <c r="AA377" s="20">
+        <v>1</v>
+      </c>
+      <c r="AE377" s="18" t="s">
+        <v>260</v>
+      </c>
+      <c r="AI377" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="378" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A378" s="17" t="s">
+        <v>272</v>
+      </c>
+      <c r="B378" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C378" s="17" t="s">
+        <v>273</v>
+      </c>
+      <c r="D378" s="18" t="s">
+        <v>274</v>
+      </c>
+      <c r="E378" s="20">
+        <v>222766516.31999999</v>
+      </c>
+      <c r="F378" s="20">
+        <v>464096909</v>
+      </c>
+      <c r="G378" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="H378" s="18">
+        <v>20251118</v>
+      </c>
+      <c r="I378" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K378" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="L378" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="O378" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="X378" s="19">
+        <v>36072048</v>
+      </c>
+      <c r="Y378" s="20">
+        <v>14786239</v>
+      </c>
+      <c r="Z378" s="20">
+        <v>8795</v>
+      </c>
+      <c r="AA378" s="20">
+        <v>2</v>
+      </c>
+      <c r="AF378" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="AI378" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AJ378" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AK378" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="379" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A379" s="17" t="s">
+        <v>282</v>
+      </c>
+      <c r="B379" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C379" s="17" t="s">
+        <v>283</v>
+      </c>
+      <c r="D379" s="18" t="s">
+        <v>284</v>
+      </c>
+      <c r="E379" s="20">
+        <v>1746544477.9000001</v>
+      </c>
+      <c r="F379" s="20">
+        <v>515968531</v>
+      </c>
+      <c r="G379" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="H379" s="18">
+        <v>20250903</v>
+      </c>
+      <c r="I379" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K379" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L379" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="M379" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="N379" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="O379" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="X379" s="19">
+        <v>68148570</v>
+      </c>
+      <c r="Y379" s="20">
+        <v>161717857.5</v>
+      </c>
+      <c r="Z379" s="20">
+        <v>103703</v>
+      </c>
+      <c r="AA379" s="20">
+        <v>4</v>
+      </c>
+      <c r="AF379" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="AI379" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="380" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A380" s="17" t="s">
+        <v>278</v>
+      </c>
+      <c r="B380" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C380" s="17" t="s">
+        <v>279</v>
+      </c>
+      <c r="D380" s="18" t="s">
+        <v>280</v>
+      </c>
+      <c r="E380" s="20">
+        <v>467101153.56</v>
+      </c>
+      <c r="F380" s="20">
+        <v>614606781</v>
+      </c>
+      <c r="G380" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="H380" s="18">
+        <v>20250822</v>
+      </c>
+      <c r="I380" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K380" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L380" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="O380" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="X380" s="19">
+        <v>70242828</v>
+      </c>
+      <c r="Y380" s="20">
+        <v>36781310</v>
+      </c>
+      <c r="Z380" s="20">
+        <v>20921</v>
+      </c>
+      <c r="AA380" s="20">
+        <v>5</v>
+      </c>
+      <c r="AE380" s="18" t="s">
+        <v>281</v>
+      </c>
+      <c r="AK380" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AL380" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AO380" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="381" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A381" s="17" t="s">
+        <v>261</v>
+      </c>
+      <c r="B381" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C381" s="17" t="s">
+        <v>262</v>
+      </c>
+      <c r="D381" s="18" t="s">
+        <v>263</v>
+      </c>
+      <c r="E381" s="20">
+        <v>2742324427.3200002</v>
+      </c>
+      <c r="F381" s="20">
+        <v>258954148</v>
+      </c>
+      <c r="G381" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="H381" s="18">
+        <v>20250702</v>
+      </c>
+      <c r="I381" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K381" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="L381" s="18" t="s">
+        <v>142</v>
+      </c>
+      <c r="M381" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="O381" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="X381" s="19">
+        <v>46249177</v>
+      </c>
+      <c r="Y381" s="20">
+        <v>325480068</v>
+      </c>
+      <c r="Z381" s="20">
+        <v>192833</v>
+      </c>
+      <c r="AA381" s="20">
+        <v>6</v>
+      </c>
+      <c r="AD381" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI381" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AK381" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AM381" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="382" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A382" s="17" t="s">
+        <v>301</v>
+      </c>
+      <c r="B382" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C382" s="17" t="s">
+        <v>302</v>
+      </c>
+      <c r="D382" s="18" t="s">
+        <v>303</v>
+      </c>
+      <c r="E382" s="20">
+        <v>3597836135.4000001</v>
+      </c>
+      <c r="F382" s="20">
+        <v>364153455</v>
+      </c>
+      <c r="G382" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="H382" s="18">
+        <v>20250429</v>
+      </c>
+      <c r="I382" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K382" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="L382" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="N382" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="O382" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="X382" s="19">
+        <v>78726743</v>
+      </c>
+      <c r="Y382" s="20">
+        <v>501425563.5</v>
+      </c>
+      <c r="Z382" s="20">
+        <v>211786</v>
+      </c>
+      <c r="AA382" s="20">
+        <v>9</v>
+      </c>
+      <c r="AB382" s="19" t="s">
+        <v>471</v>
+      </c>
+      <c r="AI382" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="383" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A383" s="17" t="s">
+        <v>275</v>
+      </c>
+      <c r="B383" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C383" s="17" t="s">
+        <v>276</v>
+      </c>
+      <c r="D383" s="18" t="s">
+        <v>277</v>
+      </c>
+      <c r="E383" s="20">
+        <v>1707513188.1600001</v>
+      </c>
+      <c r="F383" s="20">
+        <v>159879512</v>
+      </c>
+      <c r="G383" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="H383" s="18">
+        <v>20250227</v>
+      </c>
+      <c r="I383" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K383" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L383" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="N383" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="O383" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="X383" s="19">
+        <v>81084419</v>
+      </c>
+      <c r="Y383" s="20">
+        <v>503308591</v>
+      </c>
+      <c r="Z383" s="20">
+        <v>265987</v>
+      </c>
+      <c r="AA383" s="20">
+        <v>11</v>
+      </c>
+      <c r="AF383" s="18" t="s">
+        <v>220</v>
+      </c>
+      <c r="AI383" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AJ383" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="384" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A384" s="17" t="s">
+        <v>229</v>
+      </c>
+      <c r="B384" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C384" s="17" t="s">
+        <v>230</v>
+      </c>
+      <c r="D384" s="18" t="s">
+        <v>231</v>
+      </c>
+      <c r="E384" s="20">
+        <v>538459030.64999998</v>
+      </c>
+      <c r="F384" s="20">
+        <v>160734039</v>
+      </c>
+      <c r="G384" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="H384" s="18">
+        <v>20250120</v>
+      </c>
+      <c r="I384" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K384" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="L384" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="M384" s="18" t="s">
+        <v>95</v>
+      </c>
+      <c r="O384" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="P384" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="X384" s="19">
+        <v>21693578</v>
+      </c>
+      <c r="Y384" s="20">
+        <v>83013270.5</v>
+      </c>
+      <c r="Z384" s="20">
+        <v>86721</v>
+      </c>
+      <c r="AA384" s="20">
+        <v>12</v>
+      </c>
+      <c r="AE384" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="AS384" s="18" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="385" spans="1:36" x14ac:dyDescent="0.3">
+      <c r="A385" s="17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B385" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C385" s="17" t="s">
+        <v>116</v>
+      </c>
+      <c r="D385" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E385" s="20">
+        <v>1461155135.6800001</v>
+      </c>
+      <c r="F385" s="20">
+        <v>149708518</v>
+      </c>
+      <c r="G385" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="H385" s="18">
+        <v>20250109</v>
+      </c>
+      <c r="I385" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K385" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L385" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="N385" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="O385" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="P385" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="X385" s="19">
+        <v>60279968</v>
+      </c>
+      <c r="Y385" s="20">
+        <v>333831705.5</v>
+      </c>
+      <c r="Z385" s="20">
+        <v>188144</v>
+      </c>
+      <c r="AA385" s="20">
+        <v>12</v>
+      </c>
+      <c r="AF385" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="AH385" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="AI385" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AJ385" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="386" spans="1:36" x14ac:dyDescent="0.3">
+      <c r="A386" s="17" t="s">
+        <v>295</v>
+      </c>
+      <c r="B386" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C386" s="17" t="s">
+        <v>296</v>
+      </c>
+      <c r="D386" s="18" t="s">
+        <v>297</v>
+      </c>
+      <c r="E386" s="20">
+        <v>282377548.80000001</v>
+      </c>
+      <c r="F386" s="20">
+        <v>29414328</v>
+      </c>
+      <c r="G386" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="H386" s="18">
+        <v>20251001</v>
+      </c>
+      <c r="I386" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="K386" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="L386" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="O386" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="P386" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="S386" s="18" t="s">
+        <v>92</v>
+      </c>
+      <c r="X386" s="19">
+        <v>629813</v>
+      </c>
+      <c r="Y386" s="20">
+        <v>3821057.5</v>
+      </c>
+      <c r="Z386" s="20">
+        <v>2136</v>
+      </c>
+      <c r="AA386" s="20">
+        <v>3</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A10:AN287" xr:uid="{00000000-0009-0000-0000-000001000000}">
-[...1 lines deleted...]
-      <sortCondition ref="G10:G287"/>
+  <autoFilter ref="A10:AS386" xr:uid="{00000000-0009-0000-0000-000001000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A11:AS386">
+      <sortCondition ref="G10:G386"/>
     </sortState>
   </autoFilter>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:AU10">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:AZ10">
     <sortCondition sortBy="cellColor" ref="M8:M10" dxfId="0"/>
   </sortState>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:AX67"/>
+  <dimension ref="A1:AX83"/>
   <sheetViews>
     <sheetView topLeftCell="C1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="C10" sqref="C10"/>
+      <selection activeCell="C6" sqref="C6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="8.28515625" style="17" hidden="1" customWidth="1"/>
-[...47 lines deleted...]
-    <col min="50" max="50" width="31.7109375" style="17" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="8.33203125" style="17" hidden="1" customWidth="1"/>
+    <col min="2" max="2" width="8.109375" style="28" hidden="1" customWidth="1"/>
+    <col min="3" max="3" width="12.44140625" style="23" customWidth="1"/>
+    <col min="4" max="4" width="57.109375" style="28" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11" style="18" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="22.5546875" style="24" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="21.44140625" style="24" bestFit="1" customWidth="1"/>
+    <col min="8" max="9" width="15.5546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="35" style="18" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="24" style="18" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="14.88671875" style="18" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="16" style="32" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="18.109375" style="18" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="11.88671875" style="18" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="20" style="18" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="13" style="18" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="17" style="18" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="34" style="18" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="42.5546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="30.33203125" style="18" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="34.88671875" style="19" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="25.5546875" style="19" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="27.109375" style="19" bestFit="1" customWidth="1"/>
+    <col min="25" max="25" width="10.109375" style="19" bestFit="1" customWidth="1"/>
+    <col min="26" max="27" width="21.44140625" style="34" bestFit="1" customWidth="1"/>
+    <col min="28" max="28" width="21.44140625" style="20" bestFit="1" customWidth="1"/>
+    <col min="29" max="29" width="16.33203125" style="18" bestFit="1" customWidth="1"/>
+    <col min="30" max="30" width="32.6640625" style="18" bestFit="1" customWidth="1"/>
+    <col min="31" max="31" width="16.88671875" style="18" bestFit="1" customWidth="1"/>
+    <col min="32" max="32" width="13" style="18" bestFit="1" customWidth="1"/>
+    <col min="33" max="33" width="24.5546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="34" max="34" width="15.88671875" style="18" bestFit="1" customWidth="1"/>
+    <col min="35" max="35" width="9.88671875" style="18" bestFit="1" customWidth="1"/>
+    <col min="36" max="36" width="15.33203125" style="18" bestFit="1" customWidth="1"/>
+    <col min="37" max="37" width="9.88671875" style="18" bestFit="1" customWidth="1"/>
+    <col min="38" max="38" width="10.5546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="39" max="39" width="11.5546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="40" max="40" width="11.109375" style="18" bestFit="1" customWidth="1"/>
+    <col min="41" max="41" width="13.33203125" style="18" bestFit="1" customWidth="1"/>
+    <col min="42" max="42" width="17.6640625" style="18" bestFit="1" customWidth="1"/>
+    <col min="43" max="43" width="9.88671875" style="18" bestFit="1" customWidth="1"/>
+    <col min="44" max="44" width="9.33203125" style="18" bestFit="1" customWidth="1"/>
+    <col min="45" max="45" width="15.33203125" style="18" bestFit="1" customWidth="1"/>
+    <col min="46" max="46" width="12" style="18" bestFit="1" customWidth="1"/>
+    <col min="47" max="47" width="13" style="18" bestFit="1" customWidth="1"/>
+    <col min="48" max="48" width="24.88671875" style="18" bestFit="1" customWidth="1"/>
+    <col min="49" max="49" width="21" style="18" bestFit="1" customWidth="1"/>
+    <col min="50" max="50" width="20.109375" style="17" bestFit="1" customWidth="1"/>
     <col min="51" max="16384" width="9" style="17"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:50" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:50" x14ac:dyDescent="0.3">
       <c r="C1" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="2" spans="1:50" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:50" x14ac:dyDescent="0.3">
       <c r="C2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="1"/>
       <c r="F2" s="26"/>
       <c r="G2" s="26"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="19"/>
       <c r="L2" s="1"/>
       <c r="M2" s="29"/>
       <c r="R2" s="19"/>
       <c r="S2" s="19"/>
       <c r="T2" s="19"/>
       <c r="U2" s="19"/>
     </row>
-    <row r="3" spans="1:50" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:50" x14ac:dyDescent="0.3">
       <c r="C3" s="3" t="s">
-        <v>69</v>
+        <v>1551</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="1"/>
       <c r="F3" s="26"/>
       <c r="G3" s="26"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="19"/>
       <c r="L3" s="1"/>
       <c r="M3" s="29"/>
       <c r="R3" s="19"/>
       <c r="S3" s="19"/>
       <c r="T3" s="19"/>
       <c r="U3" s="19"/>
     </row>
-    <row r="4" spans="1:50" s="12" customFormat="1" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:50" s="12" customFormat="1" ht="4.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B4" s="9"/>
       <c r="C4" s="21"/>
       <c r="D4" s="9"/>
       <c r="E4" s="8"/>
       <c r="F4" s="25"/>
       <c r="G4" s="25"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="11"/>
       <c r="L4" s="8"/>
       <c r="M4" s="30"/>
       <c r="N4" s="8"/>
       <c r="O4" s="8"/>
       <c r="P4" s="8"/>
       <c r="Q4" s="8"/>
       <c r="R4" s="11"/>
       <c r="S4" s="11"/>
       <c r="T4" s="11"/>
       <c r="U4" s="11"/>
       <c r="V4" s="11"/>
       <c r="W4" s="11"/>
       <c r="X4" s="11"/>
       <c r="Y4" s="11"/>
       <c r="Z4" s="35"/>
       <c r="AA4" s="35"/>
       <c r="AB4" s="62"/>
       <c r="AC4" s="8"/>
       <c r="AD4" s="8"/>
       <c r="AE4" s="8"/>
       <c r="AF4" s="8"/>
       <c r="AG4" s="8"/>
       <c r="AH4" s="8"/>
       <c r="AI4" s="8"/>
       <c r="AJ4" s="8"/>
       <c r="AK4" s="8"/>
       <c r="AL4" s="8"/>
       <c r="AM4" s="8"/>
       <c r="AN4" s="8"/>
       <c r="AO4" s="8"/>
       <c r="AP4" s="8"/>
       <c r="AQ4" s="8"/>
       <c r="AR4" s="8"/>
       <c r="AS4" s="8"/>
       <c r="AT4" s="8"/>
       <c r="AU4" s="8"/>
       <c r="AV4" s="8"/>
       <c r="AW4" s="8"/>
     </row>
-    <row r="5" spans="1:50" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:50" s="7" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B5" s="2"/>
       <c r="C5" s="22"/>
       <c r="D5" s="2"/>
       <c r="E5" s="1"/>
       <c r="F5" s="26"/>
       <c r="G5" s="26"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="29"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="6"/>
       <c r="X5" s="6"/>
       <c r="Y5" s="6"/>
       <c r="Z5" s="36"/>
       <c r="AA5" s="36"/>
       <c r="AB5" s="36"/>
       <c r="AC5" s="5"/>
       <c r="AD5" s="61" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE5" s="58"/>
       <c r="AF5" s="58"/>
       <c r="AG5" s="58"/>
       <c r="AH5" s="58"/>
       <c r="AI5" s="58"/>
       <c r="AJ5" s="58"/>
       <c r="AK5" s="58"/>
       <c r="AL5" s="58"/>
       <c r="AM5" s="58"/>
       <c r="AN5" s="58"/>
       <c r="AO5" s="58"/>
       <c r="AP5" s="58"/>
       <c r="AQ5" s="58"/>
       <c r="AR5" s="58"/>
       <c r="AS5" s="58"/>
       <c r="AT5" s="58"/>
       <c r="AU5" s="58"/>
       <c r="AV5" s="58"/>
       <c r="AW5" s="58"/>
       <c r="AX5" s="58"/>
     </row>
-    <row r="6" spans="1:50" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:50" s="7" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B6" s="2"/>
       <c r="C6" s="22"/>
       <c r="D6" s="42" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="E6" s="48"/>
       <c r="F6" s="48" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G6" s="52"/>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="29"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
       <c r="X6" s="6"/>
       <c r="Y6" s="6"/>
       <c r="Z6" s="36"/>
       <c r="AA6" s="36"/>
       <c r="AB6" s="36"/>
       <c r="AC6" s="36"/>
       <c r="AD6" s="58"/>
       <c r="AE6" s="58"/>
       <c r="AF6" s="58"/>
       <c r="AG6" s="58"/>
       <c r="AH6" s="58"/>
       <c r="AI6" s="58"/>
       <c r="AJ6" s="58"/>
       <c r="AK6" s="58"/>
       <c r="AL6" s="58"/>
       <c r="AM6" s="58"/>
       <c r="AN6" s="58"/>
       <c r="AO6" s="58"/>
       <c r="AP6" s="58"/>
       <c r="AQ6" s="58"/>
       <c r="AR6" s="58"/>
       <c r="AS6" s="58"/>
       <c r="AT6" s="58"/>
       <c r="AU6" s="58"/>
       <c r="AV6" s="58"/>
       <c r="AW6" s="58"/>
       <c r="AX6" s="58"/>
     </row>
-    <row r="7" spans="1:50" s="7" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:50" s="7" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B7" s="2"/>
       <c r="C7" s="22"/>
       <c r="D7" s="49"/>
       <c r="E7" s="50"/>
       <c r="F7" s="50"/>
       <c r="G7" s="53"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="29"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="36"/>
       <c r="AA7" s="36"/>
       <c r="AB7" s="36"/>
       <c r="AC7" s="36"/>
       <c r="AD7" s="58"/>
       <c r="AE7" s="58"/>
       <c r="AF7" s="58"/>
       <c r="AG7" s="58"/>
       <c r="AH7" s="58"/>
       <c r="AI7" s="58"/>
       <c r="AJ7" s="58"/>
       <c r="AK7" s="58"/>
       <c r="AL7" s="58"/>
       <c r="AM7" s="58"/>
       <c r="AN7" s="58"/>
       <c r="AO7" s="58"/>
       <c r="AP7" s="58"/>
       <c r="AQ7" s="58"/>
       <c r="AR7" s="58"/>
       <c r="AS7" s="58"/>
       <c r="AT7" s="58"/>
       <c r="AU7" s="58"/>
       <c r="AV7" s="58"/>
       <c r="AW7" s="58"/>
       <c r="AX7" s="58"/>
     </row>
-    <row r="8" spans="1:50" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:50" s="7" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B8" s="2"/>
       <c r="C8" s="22"/>
       <c r="D8" s="60">
-        <f>SUBTOTAL(3,D11:D67)</f>
-        <v>57</v>
+        <f>SUBTOTAL(3,D11:D83)</f>
+        <v>73</v>
       </c>
       <c r="E8" s="51"/>
       <c r="F8" s="54">
-        <f>SUBTOTAL(9,F11:F67)</f>
-        <v>3950654978.2750006</v>
+        <f>SUBTOTAL(9,F11:F82)</f>
+        <v>6949660449.2049999</v>
       </c>
       <c r="G8" s="55"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="29"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="6"/>
       <c r="Y8" s="6"/>
       <c r="Z8" s="36"/>
       <c r="AA8" s="36"/>
       <c r="AB8" s="36"/>
       <c r="AC8" s="36"/>
       <c r="AD8" s="58"/>
       <c r="AE8" s="58"/>
       <c r="AF8" s="58"/>
       <c r="AG8" s="58"/>
       <c r="AH8" s="58"/>
       <c r="AI8" s="58"/>
       <c r="AJ8" s="58"/>
       <c r="AK8" s="58"/>
       <c r="AL8" s="58"/>
       <c r="AM8" s="58"/>
       <c r="AN8" s="58"/>
       <c r="AO8" s="58"/>
       <c r="AP8" s="58"/>
       <c r="AQ8" s="58"/>
       <c r="AR8" s="58"/>
       <c r="AS8" s="58"/>
       <c r="AT8" s="58"/>
       <c r="AU8" s="58"/>
       <c r="AV8" s="58"/>
       <c r="AW8" s="58"/>
       <c r="AX8" s="58"/>
     </row>
-    <row r="9" spans="1:50" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:50" s="7" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B9" s="2"/>
       <c r="C9" s="22"/>
       <c r="D9" s="2"/>
       <c r="E9" s="1"/>
       <c r="F9" s="26"/>
       <c r="G9" s="26"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="29"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
       <c r="X9" s="6"/>
       <c r="Y9" s="6"/>
       <c r="Z9" s="36"/>
       <c r="AA9" s="36"/>
       <c r="AB9" s="36"/>
       <c r="AC9" s="36"/>
       <c r="AD9" s="58"/>
       <c r="AE9" s="58"/>
       <c r="AF9" s="58"/>
       <c r="AG9" s="58"/>
       <c r="AH9" s="58"/>
       <c r="AI9" s="58"/>
       <c r="AJ9" s="58"/>
       <c r="AK9" s="58"/>
       <c r="AL9" s="58"/>
       <c r="AM9" s="58"/>
       <c r="AN9" s="58"/>
       <c r="AO9" s="58"/>
       <c r="AP9" s="58"/>
       <c r="AQ9" s="58"/>
       <c r="AR9" s="58"/>
       <c r="AS9" s="58"/>
       <c r="AT9" s="58"/>
       <c r="AU9" s="58"/>
       <c r="AV9" s="58"/>
       <c r="AW9" s="58"/>
       <c r="AX9" s="58"/>
     </row>
-    <row r="10" spans="1:50" s="15" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:50" s="15" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A10" s="14" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="33" t="s">
         <v>29</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>0</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>3</v>
       </c>
       <c r="E10" s="16" t="s">
         <v>4</v>
       </c>
       <c r="F10" s="16" t="s">
-        <v>1017</v>
+        <v>1520</v>
       </c>
       <c r="G10" s="16" t="s">
-        <v>1018</v>
+        <v>1521</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>6</v>
       </c>
       <c r="I10" s="31" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="J10" s="15" t="s">
         <v>5</v>
       </c>
       <c r="K10" s="27" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="M10" s="15" t="s">
         <v>8</v>
       </c>
       <c r="N10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="O10" s="15" t="s">
         <v>17</v>
       </c>
       <c r="P10" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="Q10" s="15" t="s">
         <v>18</v>
       </c>
       <c r="R10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="S10" s="15" t="s">
         <v>26</v>
       </c>
       <c r="T10" s="13" t="s">
         <v>25</v>
       </c>
       <c r="U10" s="15" t="s">
         <v>28</v>
       </c>
       <c r="V10" s="27" t="s">
         <v>1</v>
       </c>
       <c r="W10" s="27" t="s">
         <v>22</v>
       </c>
       <c r="X10" s="27" t="s">
         <v>24</v>
       </c>
       <c r="Y10" s="15" t="s">
         <v>19</v>
       </c>
       <c r="Z10" s="16" t="s">
-        <v>1019</v>
+        <v>1522</v>
       </c>
       <c r="AA10" s="16" t="s">
-        <v>1020</v>
+        <v>1523</v>
       </c>
       <c r="AB10" s="16" t="s">
-        <v>1021</v>
+        <v>1524</v>
       </c>
       <c r="AC10" s="16" t="s">
         <v>20</v>
       </c>
       <c r="AD10" s="59" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AE10" s="59" t="s">
+        <v>55</v>
+      </c>
+      <c r="AF10" s="59" t="s">
         <v>56</v>
       </c>
-      <c r="AF10" s="59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AG10" s="59" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="AH10" s="59" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="AI10" s="59" t="s">
-        <v>58</v>
+        <v>16</v>
       </c>
       <c r="AJ10" s="59" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="AK10" s="59" t="s">
         <v>38</v>
       </c>
       <c r="AL10" s="59" t="s">
         <v>39</v>
       </c>
       <c r="AM10" s="59" t="s">
         <v>40</v>
       </c>
       <c r="AN10" s="59" t="s">
         <v>41</v>
       </c>
       <c r="AO10" s="59" t="s">
         <v>42</v>
       </c>
       <c r="AP10" s="59" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="AQ10" s="59" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AR10" s="59" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="AS10" s="59" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="AT10" s="59" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="AU10" s="59" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AV10" s="59" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AW10" s="59" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="AX10" s="59" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:50" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="11" spans="1:50" ht="14.4" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A11" s="17" t="s">
-        <v>726</v>
+        <v>747</v>
       </c>
       <c r="B11" s="28">
         <v>1188055</v>
       </c>
       <c r="C11" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D11" s="28" t="s">
-        <v>727</v>
+        <v>748</v>
       </c>
       <c r="E11" s="18" t="s">
-        <v>728</v>
+        <v>749</v>
       </c>
       <c r="F11" s="24">
-        <v>48209236.210000001</v>
+        <v>67753521.159999996</v>
       </c>
       <c r="G11" s="24">
         <v>130295233</v>
       </c>
       <c r="H11" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I11" s="18">
         <v>20250604</v>
       </c>
       <c r="J11" s="18" t="s">
         <v>86</v>
       </c>
       <c r="L11" s="18" t="s">
         <v>121</v>
       </c>
       <c r="M11" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Z11" s="34">
-        <v>21143431</v>
+        <v>27632436</v>
       </c>
       <c r="AA11" s="34">
-        <v>8439244</v>
+        <v>11257713.5</v>
       </c>
       <c r="AB11" s="20">
-        <v>2620</v>
+        <v>3327</v>
       </c>
       <c r="AC11" s="18">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="AN11" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="AG11" s="18" t="s">
+        <v>100</v>
+      </c>
+      <c r="AM11" s="18" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="12" spans="1:50" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A12" s="17" t="s">
-        <v>1188</v>
+        <v>1201</v>
       </c>
       <c r="B12" s="28">
         <v>1188927</v>
       </c>
       <c r="C12" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D12" s="28" t="s">
-        <v>1189</v>
+        <v>1202</v>
       </c>
       <c r="E12" s="18" t="s">
-        <v>1190</v>
+        <v>1203</v>
       </c>
       <c r="F12" s="24">
-        <v>2558250</v>
+        <v>2563875</v>
       </c>
       <c r="G12" s="24">
-        <v>9475000</v>
+        <v>9675000</v>
       </c>
       <c r="H12" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I12" s="18">
         <v>20251023</v>
       </c>
       <c r="J12" s="18" t="s">
         <v>86</v>
       </c>
       <c r="L12" s="18" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Z12" s="34">
-        <v>42200</v>
+        <v>158925</v>
       </c>
       <c r="AA12" s="34">
-        <v>11709.5</v>
+        <v>39268.5</v>
       </c>
       <c r="AB12" s="20">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="AC12" s="18">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="AG12" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="AF12" s="18" t="s">
         <v>79</v>
       </c>
       <c r="AV12" s="18" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="13" spans="1:50" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A13" s="17" t="s">
-        <v>1014</v>
+        <v>1032</v>
       </c>
       <c r="B13" s="28">
         <v>1188790</v>
       </c>
       <c r="C13" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D13" s="28" t="s">
-        <v>1015</v>
+        <v>1033</v>
       </c>
       <c r="E13" s="18" t="s">
-        <v>1016</v>
+        <v>1034</v>
       </c>
       <c r="F13" s="24">
-        <v>2641166.8199999998</v>
+        <v>5741667</v>
       </c>
       <c r="G13" s="24">
         <v>11483334</v>
       </c>
       <c r="H13" s="18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I13" s="18">
         <v>20250917</v>
       </c>
       <c r="J13" s="18" t="s">
         <v>86</v>
       </c>
       <c r="L13" s="18" t="s">
         <v>79</v>
       </c>
       <c r="M13" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Z13" s="34">
-        <v>4000</v>
+        <v>9185</v>
       </c>
       <c r="AA13" s="34">
-        <v>920</v>
+        <v>2607.5</v>
       </c>
       <c r="AB13" s="20">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="AC13" s="18">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="AG13" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="AF13" s="18" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="14" spans="1:50" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A14" s="17" t="s">
-        <v>729</v>
+        <v>750</v>
       </c>
       <c r="B14" s="28">
         <v>1188650</v>
       </c>
       <c r="C14" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D14" s="28" t="s">
-        <v>730</v>
+        <v>751</v>
       </c>
       <c r="E14" s="18" t="s">
-        <v>731</v>
+        <v>752</v>
       </c>
       <c r="F14" s="24">
-        <v>850000</v>
+        <v>800000</v>
       </c>
       <c r="G14" s="24">
         <v>5000000</v>
       </c>
       <c r="H14" s="18" t="s">
-        <v>278</v>
+        <v>290</v>
       </c>
       <c r="I14" s="18">
         <v>20250612</v>
       </c>
       <c r="J14" s="18" t="s">
         <v>70</v>
       </c>
       <c r="L14" s="18" t="s">
         <v>79</v>
       </c>
       <c r="M14" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="O14" s="18" t="s">
         <v>84</v>
       </c>
       <c r="Z14" s="34">
-        <v>260537</v>
+        <v>300343</v>
       </c>
       <c r="AA14" s="34">
-        <v>44054</v>
+        <v>50200</v>
       </c>
       <c r="AB14" s="20">
-        <v>97</v>
+        <v>111</v>
       </c>
       <c r="AC14" s="18">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:50" x14ac:dyDescent="0.2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="15" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A15" s="17" t="s">
-        <v>389</v>
+        <v>411</v>
       </c>
       <c r="B15" s="28">
         <v>1188410</v>
       </c>
       <c r="C15" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D15" s="28" t="s">
-        <v>390</v>
+        <v>412</v>
       </c>
       <c r="E15" s="18" t="s">
-        <v>391</v>
+        <v>413</v>
       </c>
       <c r="F15" s="24">
         <v>32500</v>
       </c>
       <c r="G15" s="24">
         <v>6500000</v>
       </c>
       <c r="H15" s="18" t="s">
-        <v>278</v>
+        <v>290</v>
       </c>
       <c r="I15" s="18">
         <v>20250212</v>
       </c>
       <c r="J15" s="18" t="s">
         <v>70</v>
       </c>
       <c r="L15" s="18" t="s">
         <v>79</v>
       </c>
       <c r="M15" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="O15" s="18" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="16" spans="1:50" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A16" s="17" t="s">
-        <v>1191</v>
+        <v>1204</v>
       </c>
       <c r="B16" s="28">
         <v>1188940</v>
       </c>
       <c r="C16" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D16" s="28" t="s">
-        <v>1192</v>
+        <v>1205</v>
       </c>
       <c r="E16" s="18" t="s">
-        <v>1193</v>
+        <v>1206</v>
       </c>
       <c r="F16" s="24">
         <v>2702630</v>
       </c>
       <c r="G16" s="24">
         <v>27026300</v>
       </c>
       <c r="H16" s="18" t="s">
-        <v>278</v>
+        <v>290</v>
       </c>
       <c r="I16" s="18">
         <v>20251024</v>
       </c>
       <c r="J16" s="18" t="s">
         <v>70</v>
       </c>
       <c r="L16" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M16" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="O16" s="18" t="s">
         <v>84</v>
       </c>
       <c r="Z16" s="34">
         <v>4000</v>
       </c>
       <c r="AA16" s="34">
         <v>400</v>
       </c>
       <c r="AB16" s="20">
         <v>1</v>
       </c>
       <c r="AC16" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="17" spans="1:47" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:47" x14ac:dyDescent="0.3">
       <c r="A17" s="17" t="s">
-        <v>1182</v>
+        <v>1269</v>
       </c>
       <c r="B17" s="28">
-        <v>1188800</v>
+        <v>1188850</v>
       </c>
       <c r="C17" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D17" s="28" t="s">
-        <v>1183</v>
+        <v>1270</v>
       </c>
       <c r="E17" s="18" t="s">
-        <v>1184</v>
+        <v>1271</v>
       </c>
       <c r="F17" s="24">
-        <v>1200000</v>
+        <v>2565000</v>
       </c>
       <c r="G17" s="24">
-        <v>12000000</v>
+        <v>13500000</v>
       </c>
       <c r="H17" s="18" t="s">
-        <v>278</v>
+        <v>290</v>
       </c>
       <c r="I17" s="18">
-        <v>20251003</v>
+        <v>20251112</v>
       </c>
       <c r="J17" s="18" t="s">
         <v>70</v>
       </c>
       <c r="L17" s="18" t="s">
-        <v>62</v>
+        <v>223</v>
       </c>
       <c r="M17" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="O17" s="18" t="s">
         <v>84</v>
       </c>
       <c r="Z17" s="34">
-        <v>350000</v>
+        <v>26807</v>
       </c>
       <c r="AA17" s="34">
-        <v>35000</v>
+        <v>4800.5</v>
       </c>
       <c r="AB17" s="20">
-        <v>4</v>
+        <v>38</v>
       </c>
       <c r="AC17" s="18">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:47" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:47" x14ac:dyDescent="0.3">
       <c r="A18" s="17" t="s">
-        <v>392</v>
+        <v>1195</v>
       </c>
       <c r="B18" s="28">
-        <v>1188535</v>
+        <v>1188800</v>
       </c>
       <c r="C18" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D18" s="28" t="s">
-        <v>393</v>
+        <v>1196</v>
       </c>
       <c r="E18" s="18" t="s">
-        <v>394</v>
+        <v>1197</v>
       </c>
       <c r="F18" s="24">
-        <v>233755</v>
+        <v>1680000</v>
       </c>
       <c r="G18" s="24">
-        <v>4675100</v>
+        <v>12000000</v>
       </c>
       <c r="H18" s="18" t="s">
-        <v>278</v>
+        <v>290</v>
       </c>
       <c r="I18" s="18">
-        <v>20250225</v>
+        <v>20251003</v>
       </c>
       <c r="J18" s="18" t="s">
         <v>70</v>
       </c>
       <c r="L18" s="18" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="M18" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="O18" s="18" t="s">
         <v>84</v>
       </c>
       <c r="Z18" s="34">
-        <v>91085</v>
+        <v>352000</v>
       </c>
       <c r="AA18" s="34">
-        <v>11233</v>
+        <v>35240</v>
       </c>
       <c r="AB18" s="20">
-        <v>120</v>
+        <v>6</v>
       </c>
       <c r="AC18" s="18">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:47" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:47" x14ac:dyDescent="0.3">
       <c r="A19" s="17" t="s">
-        <v>1194</v>
+        <v>414</v>
       </c>
       <c r="B19" s="28">
-        <v>1188922</v>
+        <v>1188535</v>
       </c>
       <c r="C19" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D19" s="28" t="s">
-        <v>1195</v>
+        <v>415</v>
       </c>
       <c r="E19" s="18" t="s">
-        <v>1196</v>
+        <v>416</v>
       </c>
       <c r="F19" s="24">
-        <v>18500000</v>
+        <v>654514</v>
       </c>
       <c r="G19" s="24">
-        <v>37000000</v>
+        <v>4675100</v>
       </c>
       <c r="H19" s="18" t="s">
-        <v>278</v>
+        <v>290</v>
       </c>
       <c r="I19" s="18">
-        <v>20251020</v>
+        <v>20250225</v>
       </c>
       <c r="J19" s="18" t="s">
         <v>70</v>
       </c>
       <c r="L19" s="18" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="M19" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="O19" s="18" t="s">
         <v>84</v>
       </c>
       <c r="Z19" s="34">
-        <v>142195</v>
+        <v>98116</v>
       </c>
       <c r="AA19" s="34">
-        <v>68504.5</v>
+        <v>12175.5</v>
       </c>
       <c r="AB19" s="20">
-        <v>94</v>
+        <v>131</v>
       </c>
       <c r="AC19" s="18">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:47" x14ac:dyDescent="0.2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="20" spans="1:47" x14ac:dyDescent="0.3">
       <c r="A20" s="17" t="s">
-        <v>561</v>
+        <v>1207</v>
       </c>
       <c r="B20" s="28">
-        <v>1188625</v>
+        <v>1188922</v>
       </c>
       <c r="C20" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D20" s="28" t="s">
-        <v>562</v>
+        <v>1208</v>
       </c>
       <c r="E20" s="18" t="s">
-        <v>563</v>
+        <v>1209</v>
       </c>
       <c r="F20" s="24">
-        <v>1267070</v>
+        <v>13055000</v>
       </c>
       <c r="G20" s="24">
-        <v>12670700</v>
+        <v>37300000</v>
       </c>
       <c r="H20" s="18" t="s">
-        <v>278</v>
+        <v>290</v>
       </c>
       <c r="I20" s="18">
-        <v>20250509</v>
+        <v>20251020</v>
       </c>
       <c r="J20" s="18" t="s">
         <v>70</v>
       </c>
       <c r="L20" s="18" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="M20" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="O20" s="18" t="s">
         <v>84</v>
       </c>
       <c r="Z20" s="34">
+        <v>500614</v>
+      </c>
+      <c r="AA20" s="34">
+        <v>216189.5</v>
+      </c>
+      <c r="AB20" s="20">
+        <v>227</v>
+      </c>
+      <c r="AC20" s="18">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="21" spans="1:47" x14ac:dyDescent="0.3">
+      <c r="A21" s="17" t="s">
+        <v>582</v>
+      </c>
+      <c r="B21" s="28">
+        <v>1188625</v>
+      </c>
+      <c r="C21" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D21" s="28" t="s">
+        <v>583</v>
+      </c>
+      <c r="E21" s="18" t="s">
+        <v>584</v>
+      </c>
+      <c r="F21" s="24">
+        <v>1140363</v>
+      </c>
+      <c r="G21" s="24">
+        <v>12670700</v>
+      </c>
+      <c r="H21" s="18" t="s">
+        <v>290</v>
+      </c>
+      <c r="I21" s="18">
+        <v>20250509</v>
+      </c>
+      <c r="J21" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="L21" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="M21" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="O21" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z21" s="34">
         <v>1176838</v>
       </c>
-      <c r="AA20" s="34">
+      <c r="AA21" s="34">
         <v>125722.5</v>
       </c>
-      <c r="AB20" s="20">
+      <c r="AB21" s="20">
         <v>147</v>
-      </c>
-[...48 lines deleted...]
-        <v>28499</v>
       </c>
       <c r="AC21" s="18">
         <v>2</v>
       </c>
-      <c r="AD21" s="18" t="s">
-[...6 lines deleted...]
-    <row r="22" spans="1:47" x14ac:dyDescent="0.2">
+    </row>
+    <row r="22" spans="1:47" x14ac:dyDescent="0.3">
       <c r="A22" s="17" t="s">
-        <v>738</v>
+        <v>1272</v>
       </c>
       <c r="B22" s="28">
-        <v>1188705</v>
+        <v>1188815</v>
       </c>
       <c r="C22" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D22" s="28" t="s">
-        <v>739</v>
+        <v>1273</v>
       </c>
       <c r="E22" s="18" t="s">
-        <v>740</v>
+        <v>1274</v>
       </c>
       <c r="F22" s="24">
-        <v>74196426.700000003</v>
+        <v>125816653.2</v>
       </c>
       <c r="G22" s="24">
-        <v>9648430</v>
+        <v>224672595</v>
       </c>
       <c r="H22" s="18" t="s">
         <v>80</v>
       </c>
       <c r="I22" s="18">
-        <v>20250626</v>
+        <v>20251124</v>
       </c>
       <c r="J22" s="18" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="L22" s="18" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="M22" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Z22" s="34">
-        <v>2172764</v>
+        <v>7888471</v>
       </c>
       <c r="AA22" s="34">
-        <v>19038700.5</v>
+        <v>4161718</v>
       </c>
       <c r="AB22" s="20">
-        <v>4884</v>
+        <v>1345</v>
       </c>
       <c r="AC22" s="18">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:47" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+      <c r="AG22" s="18" t="s">
+        <v>1275</v>
+      </c>
+      <c r="AK22" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AM22" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="23" spans="1:47" x14ac:dyDescent="0.3">
       <c r="A23" s="17" t="s">
-        <v>478</v>
+        <v>1019</v>
       </c>
       <c r="B23" s="28">
-        <v>1188685</v>
+        <v>1151530</v>
       </c>
       <c r="C23" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D23" s="28" t="s">
-        <v>479</v>
+        <v>1020</v>
       </c>
       <c r="E23" s="18" t="s">
-        <v>480</v>
+        <v>1021</v>
       </c>
       <c r="F23" s="24">
-        <v>61102337.5</v>
+        <v>1289481616.5</v>
       </c>
       <c r="G23" s="24">
-        <v>64318250</v>
+        <v>781504010</v>
       </c>
       <c r="H23" s="18" t="s">
         <v>80</v>
       </c>
       <c r="I23" s="18">
-        <v>20250414</v>
+        <v>20250924</v>
       </c>
       <c r="J23" s="18" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="L23" s="18" t="s">
         <v>79</v>
       </c>
       <c r="M23" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Z23" s="34">
-        <v>1394007</v>
+        <v>47680668</v>
       </c>
       <c r="AA23" s="34">
-        <v>1119392</v>
+        <v>101951693.5</v>
       </c>
       <c r="AB23" s="20">
-        <v>407</v>
+        <v>65335</v>
       </c>
       <c r="AC23" s="18">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="AD23" s="18" t="s">
-        <v>276</v>
+        <v>177</v>
       </c>
       <c r="AK23" s="18" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="24" spans="1:47" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:47" x14ac:dyDescent="0.3">
       <c r="A24" s="17" t="s">
-        <v>462</v>
+        <v>759</v>
       </c>
       <c r="B24" s="28">
-        <v>1188710</v>
+        <v>1188705</v>
       </c>
       <c r="C24" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D24" s="28" t="s">
-        <v>463</v>
+        <v>760</v>
       </c>
       <c r="E24" s="18" t="s">
-        <v>464</v>
+        <v>761</v>
       </c>
       <c r="F24" s="24">
-        <v>257671748.63999999</v>
+        <v>51382908</v>
       </c>
       <c r="G24" s="24">
-        <v>536816143</v>
+        <v>10075080</v>
       </c>
       <c r="H24" s="18" t="s">
         <v>80</v>
       </c>
       <c r="I24" s="18">
-        <v>20250314</v>
+        <v>20250626</v>
       </c>
       <c r="J24" s="18" t="s">
-        <v>86</v>
+        <v>82</v>
+      </c>
+      <c r="K24" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="L24" s="18" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="M24" s="32" t="s">
-        <v>61</v>
-[...5 lines deleted...]
-        <v>84</v>
+        <v>62</v>
       </c>
       <c r="Z24" s="34">
-        <v>127176192</v>
+        <v>3808594</v>
       </c>
       <c r="AA24" s="34">
-        <v>52456682</v>
+        <v>28396257.5</v>
       </c>
       <c r="AB24" s="20">
-        <v>25138</v>
+        <v>7530</v>
       </c>
       <c r="AC24" s="18">
-        <v>8</v>
-[...8 lines deleted...]
-    <row r="25" spans="1:47" x14ac:dyDescent="0.2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="25" spans="1:47" x14ac:dyDescent="0.3">
       <c r="A25" s="17" t="s">
-        <v>548</v>
+        <v>499</v>
       </c>
       <c r="B25" s="28">
-        <v>1188780</v>
+        <v>1188685</v>
       </c>
       <c r="C25" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D25" s="28" t="s">
-        <v>549</v>
+        <v>500</v>
       </c>
       <c r="E25" s="18" t="s">
-        <v>550</v>
+        <v>501</v>
       </c>
       <c r="F25" s="24">
-        <v>5145268.21</v>
+        <v>70750075</v>
       </c>
       <c r="G25" s="24">
-        <v>54160718</v>
+        <v>64318250</v>
       </c>
       <c r="H25" s="18" t="s">
         <v>80</v>
       </c>
       <c r="I25" s="18">
-        <v>20250507</v>
+        <v>20250414</v>
       </c>
       <c r="J25" s="18" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="L25" s="18" t="s">
-        <v>139</v>
+        <v>79</v>
       </c>
       <c r="M25" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Z25" s="34">
-        <v>5672088</v>
+        <v>1761664</v>
       </c>
       <c r="AA25" s="34">
-        <v>627871.5</v>
+        <v>1510693</v>
       </c>
       <c r="AB25" s="20">
-        <v>877</v>
+        <v>552</v>
       </c>
       <c r="AC25" s="18">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="AO25" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="AD25" s="18" t="s">
+        <v>288</v>
+      </c>
+      <c r="AJ25" s="18" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="26" spans="1:47" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:47" x14ac:dyDescent="0.3">
       <c r="A26" s="17" t="s">
-        <v>468</v>
+        <v>483</v>
       </c>
       <c r="B26" s="28">
-        <v>1188680</v>
+        <v>1188710</v>
       </c>
       <c r="C26" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D26" s="28" t="s">
-        <v>469</v>
+        <v>484</v>
       </c>
       <c r="E26" s="18" t="s">
-        <v>470</v>
+        <v>485</v>
       </c>
       <c r="F26" s="24">
-        <v>6239172.4000000004</v>
+        <v>294406455</v>
       </c>
       <c r="G26" s="24">
-        <v>77989655</v>
+        <v>600829500</v>
       </c>
       <c r="H26" s="18" t="s">
         <v>80</v>
       </c>
       <c r="I26" s="18">
-        <v>20250325</v>
+        <v>20250314</v>
       </c>
       <c r="J26" s="18" t="s">
         <v>86</v>
       </c>
       <c r="L26" s="18" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="M26" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
+      </c>
+      <c r="N26" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="P26" s="18" t="s">
+        <v>84</v>
       </c>
       <c r="Z26" s="34">
-        <v>33278535</v>
+        <v>157178495</v>
       </c>
       <c r="AA26" s="34">
-        <v>2763798.5</v>
+        <v>66682376.5</v>
       </c>
       <c r="AB26" s="20">
-        <v>5098</v>
+        <v>31471</v>
       </c>
       <c r="AC26" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="AG26" s="18" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="AU26" s="18" t="s">
+        <v>112</v>
+      </c>
+      <c r="AL26" s="18" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="27" spans="1:47" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:47" x14ac:dyDescent="0.3">
       <c r="A27" s="17" t="s">
-        <v>732</v>
+        <v>569</v>
       </c>
       <c r="B27" s="28">
-        <v>1188870</v>
+        <v>1188780</v>
       </c>
       <c r="C27" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D27" s="28" t="s">
-        <v>733</v>
+        <v>570</v>
       </c>
       <c r="E27" s="18" t="s">
-        <v>734</v>
+        <v>571</v>
       </c>
       <c r="F27" s="24">
-        <v>19431089.600000001</v>
+        <v>6599006.1600000001</v>
       </c>
       <c r="G27" s="24">
-        <v>59787968</v>
+        <v>54991718</v>
       </c>
       <c r="H27" s="18" t="s">
         <v>80</v>
       </c>
       <c r="I27" s="18">
-        <v>20250618</v>
+        <v>20250507</v>
       </c>
       <c r="J27" s="18" t="s">
         <v>86</v>
       </c>
       <c r="L27" s="18" t="s">
-        <v>79</v>
+        <v>138</v>
       </c>
       <c r="M27" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Z27" s="34">
-        <v>6124574</v>
+        <v>5672088</v>
       </c>
       <c r="AA27" s="34">
-        <v>2058415</v>
+        <v>627871.5</v>
       </c>
       <c r="AB27" s="20">
-        <v>1468</v>
+        <v>877</v>
       </c>
       <c r="AC27" s="18">
         <v>5</v>
       </c>
-      <c r="AI27" s="18" t="s">
-[...2 lines deleted...]
-      <c r="AL27" s="18" t="s">
+      <c r="AF27" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="AN27" s="18" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="28" spans="1:47" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:47" x14ac:dyDescent="0.3">
       <c r="A28" s="17" t="s">
-        <v>465</v>
+        <v>489</v>
       </c>
       <c r="B28" s="28">
-        <v>1188475</v>
+        <v>1188680</v>
       </c>
       <c r="C28" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D28" s="28" t="s">
-        <v>466</v>
+        <v>490</v>
       </c>
       <c r="E28" s="18" t="s">
-        <v>467</v>
+        <v>491</v>
       </c>
       <c r="F28" s="24">
-        <v>32553235.25</v>
+        <v>5315965.59</v>
       </c>
       <c r="G28" s="24">
-        <v>130212941</v>
+        <v>81784086</v>
       </c>
       <c r="H28" s="18" t="s">
         <v>80</v>
       </c>
       <c r="I28" s="18">
-        <v>20250321</v>
+        <v>20250325</v>
       </c>
       <c r="J28" s="18" t="s">
         <v>86</v>
       </c>
       <c r="L28" s="18" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="M28" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Z28" s="34">
-        <v>35788763</v>
+        <v>40039660</v>
       </c>
       <c r="AA28" s="34">
-        <v>6648407.5</v>
+        <v>3209537.5</v>
       </c>
       <c r="AB28" s="20">
-        <v>4193</v>
+        <v>6209</v>
       </c>
       <c r="AC28" s="18">
-        <v>8</v>
-[...4 lines deleted...]
-      <c r="AL28" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="AF28" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="AU28" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="AM28" s="18" t="s">
-[...6 lines deleted...]
-    <row r="29" spans="1:47" x14ac:dyDescent="0.2">
+    </row>
+    <row r="29" spans="1:47" x14ac:dyDescent="0.3">
       <c r="A29" s="17" t="s">
-        <v>473</v>
+        <v>753</v>
       </c>
       <c r="B29" s="28">
-        <v>1185650</v>
+        <v>1188870</v>
       </c>
       <c r="C29" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D29" s="28" t="s">
-        <v>474</v>
+        <v>754</v>
       </c>
       <c r="E29" s="18" t="s">
-        <v>475</v>
+        <v>755</v>
       </c>
       <c r="F29" s="24">
-        <v>25762885.98</v>
+        <v>9267135.0399999991</v>
       </c>
       <c r="G29" s="24">
-        <v>66058682</v>
+        <v>59787968</v>
       </c>
       <c r="H29" s="18" t="s">
         <v>80</v>
       </c>
       <c r="I29" s="18">
-        <v>20250414</v>
+        <v>20250618</v>
       </c>
       <c r="J29" s="18" t="s">
         <v>86</v>
       </c>
       <c r="L29" s="18" t="s">
-        <v>277</v>
+        <v>79</v>
       </c>
       <c r="M29" s="32" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>476</v>
+        <v>62</v>
       </c>
       <c r="Z29" s="34">
-        <v>18189577</v>
+        <v>12171848</v>
       </c>
       <c r="AA29" s="34">
-        <v>4628676.5</v>
+        <v>3182615</v>
       </c>
       <c r="AB29" s="20">
-        <v>2841</v>
+        <v>2891</v>
       </c>
       <c r="AC29" s="18">
         <v>7</v>
       </c>
-      <c r="AJ29" s="18" t="s">
-[...2 lines deleted...]
-      <c r="AL29" s="18" t="s">
+      <c r="AH29" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="AK29" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="AN29" s="18" t="s">
-[...3 lines deleted...]
-    <row r="30" spans="1:47" x14ac:dyDescent="0.2">
+    </row>
+    <row r="30" spans="1:47" x14ac:dyDescent="0.3">
       <c r="A30" s="17" t="s">
-        <v>553</v>
+        <v>486</v>
       </c>
       <c r="B30" s="28">
-        <v>1188805</v>
+        <v>1188475</v>
       </c>
       <c r="C30" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D30" s="28" t="s">
-        <v>554</v>
+        <v>487</v>
       </c>
       <c r="E30" s="18" t="s">
-        <v>555</v>
+        <v>488</v>
       </c>
       <c r="F30" s="24">
-        <v>106866664</v>
+        <v>26042588.199999999</v>
       </c>
       <c r="G30" s="24">
-        <v>26716666</v>
+        <v>130212941</v>
       </c>
       <c r="H30" s="18" t="s">
         <v>80</v>
       </c>
       <c r="I30" s="18">
-        <v>20250523</v>
+        <v>20250321</v>
       </c>
       <c r="J30" s="18" t="s">
         <v>86</v>
       </c>
       <c r="L30" s="18" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="M30" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Z30" s="34">
-        <v>12618488</v>
+        <v>42605063</v>
       </c>
       <c r="AA30" s="34">
-        <v>7786208</v>
+        <v>7936946.5</v>
       </c>
       <c r="AB30" s="20">
-        <v>2011</v>
+        <v>5020</v>
       </c>
       <c r="AC30" s="18">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="AG30" s="18" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="AU30" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="AK30" s="18" t="s">
         <v>84</v>
       </c>
-    </row>
-    <row r="31" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="AL30" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AM30" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="31" spans="1:47" x14ac:dyDescent="0.3">
       <c r="A31" s="17" t="s">
-        <v>386</v>
+        <v>494</v>
       </c>
       <c r="B31" s="28">
-        <v>1188635</v>
+        <v>1185650</v>
       </c>
       <c r="C31" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D31" s="28" t="s">
-        <v>387</v>
+        <v>495</v>
       </c>
       <c r="E31" s="18" t="s">
-        <v>388</v>
+        <v>496</v>
       </c>
       <c r="F31" s="24">
-        <v>52800000</v>
+        <v>34632038.700000003</v>
       </c>
       <c r="G31" s="24">
-        <v>40000000</v>
+        <v>98948682</v>
       </c>
       <c r="H31" s="18" t="s">
         <v>80</v>
       </c>
       <c r="I31" s="18">
-        <v>20250211</v>
+        <v>20250414</v>
       </c>
       <c r="J31" s="18" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="L31" s="18" t="s">
-        <v>85</v>
+        <v>289</v>
       </c>
       <c r="M31" s="32" t="s">
-        <v>61</v>
+        <v>16</v>
+      </c>
+      <c r="Q31" s="18" t="s">
+        <v>497</v>
       </c>
       <c r="Z31" s="34">
-        <v>15907586</v>
+        <v>21528544</v>
       </c>
       <c r="AA31" s="34">
-        <v>19003654</v>
+        <v>5838990.5</v>
       </c>
       <c r="AB31" s="20">
-        <v>12542</v>
+        <v>3513</v>
       </c>
       <c r="AC31" s="18">
         <v>9</v>
       </c>
-      <c r="AG31" s="18" t="s">
-        <v>128</v>
+      <c r="AI31" s="18" t="s">
+        <v>498</v>
       </c>
       <c r="AK31" s="18" t="s">
         <v>84</v>
       </c>
-    </row>
-    <row r="32" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="AM31" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="32" spans="1:47" x14ac:dyDescent="0.3">
       <c r="A32" s="17" t="s">
-        <v>556</v>
+        <v>574</v>
       </c>
       <c r="B32" s="28">
-        <v>1188880</v>
+        <v>1188805</v>
       </c>
       <c r="C32" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D32" s="28" t="s">
-        <v>557</v>
+        <v>575</v>
       </c>
       <c r="E32" s="18" t="s">
-        <v>558</v>
+        <v>576</v>
       </c>
       <c r="F32" s="24">
-        <v>3272323.2</v>
+        <v>211478161.58000001</v>
       </c>
       <c r="G32" s="24">
-        <v>19248960</v>
+        <v>27716666</v>
       </c>
       <c r="H32" s="18" t="s">
         <v>80</v>
       </c>
       <c r="I32" s="18">
-        <v>20250530</v>
+        <v>20250523</v>
       </c>
       <c r="J32" s="18" t="s">
         <v>86</v>
       </c>
       <c r="L32" s="18" t="s">
         <v>79</v>
       </c>
       <c r="M32" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Z32" s="34">
-        <v>3590464</v>
+        <v>20202730</v>
       </c>
       <c r="AA32" s="34">
-        <v>745392</v>
+        <v>91212388</v>
       </c>
       <c r="AB32" s="20">
-        <v>1407</v>
+        <v>27885</v>
       </c>
       <c r="AC32" s="18">
-        <v>6</v>
-[...4 lines deleted...]
-      <c r="AL32" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="AF32" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="AU32" s="18" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="33" spans="1:50" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A33" s="17" t="s">
-        <v>1011</v>
+        <v>408</v>
       </c>
       <c r="B33" s="28">
-        <v>1188915</v>
+        <v>1188635</v>
       </c>
       <c r="C33" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D33" s="28" t="s">
-        <v>1012</v>
+        <v>409</v>
       </c>
       <c r="E33" s="18" t="s">
-        <v>1013</v>
+        <v>410</v>
       </c>
       <c r="F33" s="24">
-        <v>194490578.88</v>
+        <v>71200000</v>
       </c>
       <c r="G33" s="24">
-        <v>202594353</v>
+        <v>40000000</v>
       </c>
       <c r="H33" s="18" t="s">
         <v>80</v>
       </c>
       <c r="I33" s="18">
-        <v>20250908</v>
+        <v>20250211</v>
       </c>
       <c r="J33" s="18" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="L33" s="18" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="M33" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Z33" s="34">
-        <v>17561829</v>
+        <v>20402437</v>
       </c>
       <c r="AA33" s="34">
-        <v>14668985.5</v>
+        <v>26204865.5</v>
       </c>
       <c r="AB33" s="20">
-        <v>4332</v>
+        <v>15761</v>
       </c>
       <c r="AC33" s="18">
-        <v>2</v>
-[...4 lines deleted...]
-      <c r="AN33" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="AF33" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ33" s="18" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="34" spans="1:50" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A34" s="17" t="s">
-        <v>1185</v>
+        <v>1527</v>
       </c>
       <c r="B34" s="28">
-        <v>1188430</v>
+        <v>1188965</v>
       </c>
       <c r="C34" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D34" s="28" t="s">
-        <v>1186</v>
+        <v>1549</v>
       </c>
       <c r="E34" s="18" t="s">
-        <v>1187</v>
+        <v>1550</v>
       </c>
       <c r="F34" s="24">
-        <v>17238165</v>
+        <v>917592453.89999998</v>
       </c>
       <c r="G34" s="24">
-        <v>28730275</v>
+        <v>70313598</v>
       </c>
       <c r="H34" s="18" t="s">
         <v>80</v>
       </c>
       <c r="I34" s="18">
-        <v>20251014</v>
+        <v>20251219</v>
       </c>
       <c r="J34" s="18" t="s">
         <v>86</v>
       </c>
       <c r="L34" s="18" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="M34" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Z34" s="34">
-        <v>169067</v>
+        <v>2499331</v>
       </c>
       <c r="AA34" s="34">
-        <v>124770</v>
+        <v>31954917.5</v>
       </c>
       <c r="AB34" s="20">
-        <v>79</v>
+        <v>4787</v>
       </c>
       <c r="AC34" s="18">
         <v>1</v>
       </c>
       <c r="AG34" s="18" t="s">
-        <v>174</v>
-[...4 lines deleted...]
-      <c r="AN34" s="18" t="s">
+        <v>228</v>
+      </c>
+      <c r="AK34" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="AO34" s="18" t="s">
+      <c r="AM34" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="AQ34" s="18" t="s">
+      <c r="AW34" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="AT34" s="18" t="s">
-[...6 lines deleted...]
-    <row r="35" spans="1:50" x14ac:dyDescent="0.2">
+    </row>
+    <row r="35" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A35" s="17" t="s">
-        <v>451</v>
+        <v>577</v>
       </c>
       <c r="B35" s="28">
-        <v>1044234</v>
+        <v>1188880</v>
       </c>
       <c r="C35" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D35" s="28" t="s">
-        <v>452</v>
+        <v>578</v>
       </c>
       <c r="E35" s="18" t="s">
-        <v>453</v>
+        <v>579</v>
       </c>
       <c r="F35" s="24">
-        <v>11877299.5</v>
+        <v>3849792</v>
       </c>
       <c r="G35" s="24">
-        <v>118772995</v>
+        <v>19248960</v>
       </c>
       <c r="H35" s="18" t="s">
         <v>80</v>
       </c>
       <c r="I35" s="18">
-        <v>20250311</v>
+        <v>20250530</v>
       </c>
       <c r="J35" s="18" t="s">
         <v>86</v>
       </c>
       <c r="L35" s="18" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="M35" s="32" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>62</v>
       </c>
       <c r="Z35" s="34">
-        <v>65500364</v>
+        <v>4249073</v>
       </c>
       <c r="AA35" s="34">
-        <v>7114243</v>
+        <v>866656.5</v>
       </c>
       <c r="AB35" s="20">
-        <v>5035</v>
+        <v>1705</v>
       </c>
       <c r="AC35" s="18">
         <v>8</v>
       </c>
-      <c r="AG35" s="18" t="s">
-[...2 lines deleted...]
-      <c r="AL35" s="18" t="s">
+      <c r="AF35" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK35" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="AM35" s="18" t="s">
-[...12 lines deleted...]
-    <row r="36" spans="1:50" x14ac:dyDescent="0.2">
+    </row>
+    <row r="36" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A36" s="17" t="s">
-        <v>564</v>
+        <v>1526</v>
       </c>
       <c r="B36" s="28">
-        <v>1188520</v>
+        <v>1189010</v>
       </c>
       <c r="C36" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D36" s="28" t="s">
-        <v>565</v>
+        <v>1547</v>
       </c>
       <c r="E36" s="18" t="s">
-        <v>566</v>
+        <v>1548</v>
       </c>
       <c r="F36" s="24">
-        <v>1026107066.6</v>
+        <v>90723533.599999994</v>
       </c>
       <c r="G36" s="24">
-        <v>93367340</v>
+        <v>32401262</v>
       </c>
       <c r="H36" s="18" t="s">
         <v>80</v>
       </c>
       <c r="I36" s="18">
-        <v>20250520</v>
+        <v>20251211</v>
       </c>
       <c r="J36" s="18" t="s">
-        <v>86</v>
+        <v>65</v>
+      </c>
+      <c r="K36" s="18" t="s">
+        <v>178</v>
       </c>
       <c r="L36" s="18" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="M36" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
+      </c>
+      <c r="X36" s="19" t="s">
+        <v>127</v>
       </c>
       <c r="Z36" s="34">
-        <v>8995831</v>
+        <v>3256064</v>
       </c>
       <c r="AA36" s="34">
-        <v>17202296.5</v>
+        <v>6640054</v>
       </c>
       <c r="AB36" s="20">
-        <v>6928</v>
+        <v>1186</v>
       </c>
       <c r="AC36" s="18">
-        <v>6</v>
-[...53 lines deleted...]
-    <row r="37" spans="1:50" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A37" s="17" t="s">
-        <v>567</v>
+        <v>1029</v>
       </c>
       <c r="B37" s="28">
-        <v>1188245</v>
+        <v>1188915</v>
       </c>
       <c r="C37" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D37" s="28" t="s">
-        <v>568</v>
+        <v>1030</v>
       </c>
       <c r="E37" s="18" t="s">
-        <v>569</v>
+        <v>1031</v>
       </c>
       <c r="F37" s="24">
-        <v>7336683.96</v>
+        <v>276525285.95999998</v>
       </c>
       <c r="G37" s="24">
-        <v>10050252</v>
+        <v>209488853</v>
       </c>
       <c r="H37" s="18" t="s">
         <v>80</v>
       </c>
       <c r="I37" s="18">
-        <v>20250523</v>
+        <v>20250908</v>
       </c>
       <c r="J37" s="18" t="s">
         <v>86</v>
       </c>
       <c r="L37" s="18" t="s">
         <v>79</v>
       </c>
       <c r="M37" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Z37" s="34">
-        <v>1228344</v>
+        <v>26670377</v>
       </c>
       <c r="AA37" s="34">
-        <v>738661.5</v>
+        <v>24223671</v>
       </c>
       <c r="AB37" s="20">
-        <v>979</v>
+        <v>6411</v>
       </c>
       <c r="AC37" s="18">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AG37" s="18" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="AT37" s="18" t="s">
+        <v>112</v>
+      </c>
+      <c r="AM37" s="18" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="38" spans="1:50" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A38" s="17" t="s">
-        <v>782</v>
+        <v>1198</v>
       </c>
       <c r="B38" s="28">
-        <v>1188745</v>
+        <v>1188430</v>
       </c>
       <c r="C38" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D38" s="28" t="s">
-        <v>783</v>
+        <v>1199</v>
       </c>
       <c r="E38" s="18" t="s">
-        <v>784</v>
+        <v>1200</v>
       </c>
       <c r="F38" s="24">
-        <v>33120546.199999999</v>
+        <v>14652440.25</v>
       </c>
       <c r="G38" s="24">
-        <v>28552195</v>
+        <v>28730275</v>
       </c>
       <c r="H38" s="18" t="s">
         <v>80</v>
       </c>
       <c r="I38" s="18">
-        <v>20250722</v>
+        <v>20251014</v>
       </c>
       <c r="J38" s="18" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="L38" s="18" t="s">
-        <v>142</v>
+        <v>79</v>
       </c>
       <c r="M38" s="32" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>62</v>
       </c>
       <c r="Z38" s="34">
-        <v>6044974</v>
+        <v>2261573</v>
       </c>
       <c r="AA38" s="34">
-        <v>7274557</v>
+        <v>1168467</v>
       </c>
       <c r="AB38" s="20">
-        <v>5348</v>
+        <v>639</v>
       </c>
       <c r="AC38" s="18">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:50" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+      <c r="AF38" s="18" t="s">
+        <v>173</v>
+      </c>
+      <c r="AI38" s="18" t="s">
+        <v>221</v>
+      </c>
+      <c r="AM38" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AN38" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AP38" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AT38" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AX38" s="17" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="39" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A39" s="17" t="s">
-        <v>287</v>
+        <v>472</v>
       </c>
       <c r="B39" s="28">
-        <v>1183871</v>
+        <v>1044234</v>
       </c>
       <c r="C39" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D39" s="28" t="s">
-        <v>546</v>
+        <v>473</v>
       </c>
       <c r="E39" s="18" t="s">
-        <v>547</v>
+        <v>474</v>
       </c>
       <c r="F39" s="24">
-        <v>1233363</v>
+        <v>21767553.75</v>
       </c>
       <c r="G39" s="24">
-        <v>41112100</v>
+        <v>174140430</v>
       </c>
       <c r="H39" s="18" t="s">
-        <v>261</v>
+        <v>80</v>
       </c>
       <c r="I39" s="18">
-        <v>20250514</v>
+        <v>20250311</v>
       </c>
       <c r="J39" s="18" t="s">
         <v>86</v>
       </c>
       <c r="L39" s="18" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="M39" s="32" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="O39" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="N39" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z39" s="34">
+        <v>86417644</v>
+      </c>
+      <c r="AA39" s="34">
+        <v>9303591</v>
+      </c>
+      <c r="AB39" s="20">
+        <v>6716</v>
+      </c>
+      <c r="AC39" s="18">
+        <v>10</v>
+      </c>
+      <c r="AF39" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AK39" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="Z39" s="34">
-[...12 lines deleted...]
-        <v>79</v>
+      <c r="AL39" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AM39" s="18" t="s">
+        <v>84</v>
       </c>
       <c r="AN39" s="18" t="s">
         <v>84</v>
       </c>
-    </row>
-    <row r="40" spans="1:50" x14ac:dyDescent="0.2">
+      <c r="AP39" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="40" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A40" s="17" t="s">
-        <v>279</v>
+        <v>1265</v>
       </c>
       <c r="B40" s="28">
-        <v>1181930</v>
+        <v>1188955</v>
       </c>
       <c r="C40" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D40" s="28" t="s">
-        <v>1004</v>
+        <v>1266</v>
       </c>
       <c r="E40" s="18" t="s">
-        <v>1005</v>
+        <v>1267</v>
       </c>
       <c r="F40" s="24">
-        <v>21880106.324999999</v>
+        <v>110369685.95</v>
       </c>
       <c r="G40" s="24">
-        <v>50299095</v>
+        <v>71206249</v>
       </c>
       <c r="H40" s="18" t="s">
-        <v>261</v>
+        <v>80</v>
       </c>
       <c r="I40" s="18">
-        <v>20250929</v>
+        <v>20251110</v>
       </c>
       <c r="J40" s="18" t="s">
         <v>86</v>
       </c>
       <c r="L40" s="18" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="M40" s="32" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="O40" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z40" s="34">
+        <v>5446554</v>
+      </c>
+      <c r="AA40" s="34">
+        <v>7152178</v>
+      </c>
+      <c r="AB40" s="20">
+        <v>4089</v>
+      </c>
+      <c r="AC40" s="18">
+        <v>2</v>
+      </c>
+      <c r="AD40" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="AF40" s="18" t="s">
+        <v>260</v>
+      </c>
+      <c r="AG40" s="18" t="s">
+        <v>1268</v>
+      </c>
+      <c r="AW40" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="Z40" s="34">
-[...18 lines deleted...]
-    <row r="41" spans="1:50" x14ac:dyDescent="0.2">
+    </row>
+    <row r="41" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A41" s="17" t="s">
-        <v>306</v>
-[...8 lines deleted...]
-        <v>384</v>
+        <v>585</v>
+      </c>
+      <c r="B41" s="17"/>
+      <c r="C41" s="17" t="s">
+        <v>69</v>
+      </c>
+      <c r="D41" s="17" t="s">
+        <v>1552</v>
       </c>
       <c r="E41" s="18" t="s">
-        <v>385</v>
-[...5 lines deleted...]
-        <v>13351659</v>
+        <v>587</v>
+      </c>
+      <c r="F41" s="20" t="s">
+        <v>1553</v>
+      </c>
+      <c r="G41" s="20" t="s">
+        <v>1553</v>
       </c>
       <c r="H41" s="18" t="s">
-        <v>261</v>
+        <v>80</v>
       </c>
       <c r="I41" s="18">
-        <v>20250221</v>
+        <v>20250520</v>
       </c>
       <c r="J41" s="18" t="s">
-        <v>64</v>
+        <v>86</v>
       </c>
       <c r="L41" s="18" t="s">
         <v>79</v>
       </c>
       <c r="M41" s="32" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="O41" s="18" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="42" spans="1:50" x14ac:dyDescent="0.3">
+      <c r="A42" s="17" t="s">
+        <v>588</v>
+      </c>
+      <c r="B42" s="28">
+        <v>1188245</v>
+      </c>
+      <c r="C42" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D42" s="28" t="s">
+        <v>589</v>
+      </c>
+      <c r="E42" s="18" t="s">
+        <v>590</v>
+      </c>
+      <c r="F42" s="24">
+        <v>5527638.5999999996</v>
+      </c>
+      <c r="G42" s="24">
+        <v>10050252</v>
+      </c>
+      <c r="H42" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="I42" s="18">
+        <v>20250523</v>
+      </c>
+      <c r="J42" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L42" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M42" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z42" s="34">
+        <v>1520487</v>
+      </c>
+      <c r="AA42" s="34">
+        <v>908991</v>
+      </c>
+      <c r="AB42" s="20">
+        <v>1182</v>
+      </c>
+      <c r="AC42" s="18">
+        <v>8</v>
+      </c>
+      <c r="AF42" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="AT42" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="X41" s="19" t="s">
-[...55 lines deleted...]
-      <c r="V42" s="19" t="s">
+    </row>
+    <row r="43" spans="1:50" x14ac:dyDescent="0.3">
+      <c r="A43" s="17" t="s">
+        <v>801</v>
+      </c>
+      <c r="B43" s="28">
+        <v>1188745</v>
+      </c>
+      <c r="C43" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D43" s="28" t="s">
+        <v>802</v>
+      </c>
+      <c r="E43" s="18" t="s">
+        <v>803</v>
+      </c>
+      <c r="F43" s="24">
+        <v>15132663.35</v>
+      </c>
+      <c r="G43" s="24">
+        <v>28552195</v>
+      </c>
+      <c r="H43" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="I43" s="18">
+        <v>20250722</v>
+      </c>
+      <c r="J43" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="K43" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="L43" s="18" t="s">
         <v>141</v>
       </c>
-      <c r="Z42" s="34">
-[...40 lines deleted...]
-      <c r="J43" s="18" t="s">
+      <c r="M43" s="32" t="s">
+        <v>88</v>
+      </c>
+      <c r="X43" s="19" t="s">
+        <v>72</v>
+      </c>
+      <c r="Z43" s="34">
+        <v>7934923</v>
+      </c>
+      <c r="AA43" s="34">
+        <v>8614301</v>
+      </c>
+      <c r="AB43" s="20">
+        <v>6513</v>
+      </c>
+      <c r="AC43" s="18">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="44" spans="1:50" x14ac:dyDescent="0.3">
+      <c r="A44" s="17" t="s">
+        <v>319</v>
+      </c>
+      <c r="B44" s="28">
+        <v>1186206</v>
+      </c>
+      <c r="C44" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D44" s="28" t="s">
+        <v>1543</v>
+      </c>
+      <c r="E44" s="18" t="s">
+        <v>1544</v>
+      </c>
+      <c r="F44" s="24">
+        <v>5386352.2699999996</v>
+      </c>
+      <c r="G44" s="24">
+        <v>41433479</v>
+      </c>
+      <c r="H44" s="18" t="s">
+        <v>265</v>
+      </c>
+      <c r="I44" s="18">
+        <v>20251229</v>
+      </c>
+      <c r="J44" s="18" t="s">
         <v>86</v>
       </c>
-      <c r="L43" s="18" t="s">
-[...57 lines deleted...]
-      </c>
       <c r="L44" s="18" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="M44" s="32" t="s">
-        <v>61</v>
+        <v>142</v>
       </c>
       <c r="O44" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="U44" s="18" t="s">
-        <v>81</v>
+      <c r="Q44" s="18" t="s">
+        <v>1545</v>
       </c>
       <c r="Z44" s="34">
-        <v>3792550</v>
+        <v>343671</v>
       </c>
       <c r="AA44" s="34">
-        <v>827371.5</v>
+        <v>62737.5</v>
       </c>
       <c r="AB44" s="20">
-        <v>563</v>
+        <v>83</v>
       </c>
       <c r="AC44" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:50" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+      <c r="AE44" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI44" s="18" t="s">
+        <v>269</v>
+      </c>
+      <c r="AX44" s="17" t="s">
+        <v>1546</v>
+      </c>
+    </row>
+    <row r="45" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A45" s="17" t="s">
-        <v>286</v>
+        <v>300</v>
       </c>
       <c r="B45" s="28">
-        <v>1183280</v>
+        <v>1183871</v>
       </c>
       <c r="C45" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D45" s="28" t="s">
-        <v>471</v>
+        <v>567</v>
       </c>
       <c r="E45" s="18" t="s">
-        <v>472</v>
+        <v>568</v>
       </c>
       <c r="F45" s="24">
-        <v>13632738.800000001</v>
+        <v>10085146.5</v>
       </c>
       <c r="G45" s="24">
-        <v>68163694</v>
+        <v>61122100</v>
       </c>
       <c r="H45" s="18" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="I45" s="18">
-        <v>20250422</v>
+        <v>20250514</v>
       </c>
       <c r="J45" s="18" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="L45" s="18" t="s">
-        <v>90</v>
+        <v>79</v>
       </c>
       <c r="M45" s="32" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="O45" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="R45" s="18" t="s">
+      <c r="Z45" s="34">
+        <v>13498726</v>
+      </c>
+      <c r="AA45" s="34">
+        <v>760699.5</v>
+      </c>
+      <c r="AB45" s="20">
+        <v>812</v>
+      </c>
+      <c r="AC45" s="18">
+        <v>8</v>
+      </c>
+      <c r="AF45" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="AM45" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="U45" s="18" t="s">
-[...15 lines deleted...]
-    <row r="46" spans="1:50" x14ac:dyDescent="0.2">
+    </row>
+    <row r="46" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A46" s="17" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="B46" s="28">
-        <v>1186950</v>
+        <v>1181930</v>
       </c>
       <c r="C46" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D46" s="28" t="s">
-        <v>1008</v>
+        <v>1022</v>
       </c>
       <c r="E46" s="18" t="s">
-        <v>1009</v>
+        <v>1023</v>
       </c>
       <c r="F46" s="24">
-        <v>9123432.5999999996</v>
+        <v>31409373.600000001</v>
       </c>
       <c r="G46" s="24">
-        <v>45617163</v>
+        <v>50660280</v>
       </c>
       <c r="H46" s="18" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="I46" s="18">
-        <v>20250911</v>
+        <v>20250929</v>
       </c>
       <c r="J46" s="18" t="s">
         <v>86</v>
       </c>
       <c r="L46" s="18" t="s">
-        <v>125</v>
+        <v>79</v>
       </c>
       <c r="M46" s="32" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="O46" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="Q46" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z46" s="34">
-        <v>1741558</v>
+        <v>12743379</v>
       </c>
       <c r="AA46" s="34">
-        <v>354581.5</v>
+        <v>5822845.5</v>
       </c>
       <c r="AB46" s="20">
-        <v>163</v>
+        <v>2767</v>
       </c>
       <c r="AC46" s="18">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>6</v>
+      </c>
+      <c r="AG46" s="18" t="s">
+        <v>118</v>
       </c>
       <c r="AL46" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="AM46" s="18" t="s">
-[...3 lines deleted...]
-    <row r="47" spans="1:50" x14ac:dyDescent="0.2">
+    </row>
+    <row r="47" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A47" s="17" t="s">
-        <v>299</v>
+        <v>325</v>
       </c>
       <c r="B47" s="28">
-        <v>1185430</v>
+        <v>1187140</v>
       </c>
       <c r="C47" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D47" s="28" t="s">
-        <v>778</v>
+        <v>406</v>
       </c>
       <c r="E47" s="18" t="s">
-        <v>779</v>
+        <v>407</v>
       </c>
       <c r="F47" s="24">
-        <v>38646214</v>
+        <v>35980260.030000001</v>
       </c>
       <c r="G47" s="24">
-        <v>19323107</v>
+        <v>25161021</v>
       </c>
       <c r="H47" s="18" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="I47" s="18">
-        <v>20250710</v>
+        <v>20250221</v>
       </c>
       <c r="J47" s="18" t="s">
-        <v>78</v>
+        <v>65</v>
       </c>
       <c r="L47" s="18" t="s">
         <v>79</v>
       </c>
       <c r="M47" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="O47" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="U47" s="18" t="s">
-        <v>81</v>
+      <c r="X47" s="19" t="s">
+        <v>127</v>
       </c>
       <c r="Z47" s="34">
-        <v>2408548</v>
+        <v>7002245</v>
       </c>
       <c r="AA47" s="34">
-        <v>488518</v>
+        <v>4880231</v>
       </c>
       <c r="AB47" s="20">
-        <v>394</v>
+        <v>4382</v>
       </c>
       <c r="AC47" s="18">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:50" x14ac:dyDescent="0.2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="48" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A48" s="17" t="s">
-        <v>300</v>
+        <v>322</v>
       </c>
       <c r="B48" s="28">
-        <v>1186725</v>
+        <v>1186675</v>
       </c>
       <c r="C48" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D48" s="28" t="s">
-        <v>551</v>
+        <v>799</v>
       </c>
       <c r="E48" s="18" t="s">
-        <v>552</v>
+        <v>800</v>
       </c>
       <c r="F48" s="24">
-        <v>4020800.16</v>
+        <v>19238710.260000002</v>
       </c>
       <c r="G48" s="24">
-        <v>25130001</v>
+        <v>19631337</v>
       </c>
       <c r="H48" s="18" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="I48" s="18">
-        <v>20250523</v>
+        <v>20250716</v>
       </c>
       <c r="J48" s="18" t="s">
-        <v>64</v>
+        <v>120</v>
       </c>
       <c r="L48" s="18" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="M48" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="O48" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="X48" s="19" t="s">
-        <v>92</v>
+      <c r="V48" s="19" t="s">
+        <v>140</v>
       </c>
       <c r="Z48" s="34">
-        <v>997688</v>
+        <v>3017435</v>
       </c>
       <c r="AA48" s="34">
-        <v>171246</v>
+        <v>2943202</v>
       </c>
       <c r="AB48" s="20">
-        <v>172</v>
+        <v>1210</v>
       </c>
       <c r="AC48" s="18">
         <v>6</v>
       </c>
     </row>
-    <row r="49" spans="1:47" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A49" s="17" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B49" s="28">
-        <v>1184365</v>
+        <v>1182295</v>
       </c>
       <c r="C49" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D49" s="28" t="s">
-        <v>382</v>
+        <v>293</v>
       </c>
       <c r="E49" s="18" t="s">
-        <v>383</v>
+        <v>294</v>
       </c>
       <c r="F49" s="24">
-        <v>16042520.16</v>
+        <v>28426218.25</v>
       </c>
       <c r="G49" s="24">
-        <v>33421917</v>
+        <v>77880050</v>
       </c>
       <c r="H49" s="18" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="I49" s="18">
-        <v>20250225</v>
+        <v>20250127</v>
       </c>
       <c r="J49" s="18" t="s">
-        <v>64</v>
+        <v>86</v>
       </c>
       <c r="L49" s="18" t="s">
-        <v>95</v>
+        <v>79</v>
       </c>
       <c r="M49" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="O49" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="R49" s="18" t="s">
+      <c r="Z49" s="34">
+        <v>18246661</v>
+      </c>
+      <c r="AA49" s="34">
+        <v>5573893.5</v>
+      </c>
+      <c r="AB49" s="20">
+        <v>2814</v>
+      </c>
+      <c r="AC49" s="18">
+        <v>12</v>
+      </c>
+      <c r="AG49" s="18" t="s">
+        <v>112</v>
+      </c>
+      <c r="AK49" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="X49" s="19" t="s">
-[...15 lines deleted...]
-    <row r="50" spans="1:47" x14ac:dyDescent="0.2">
+    </row>
+    <row r="50" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A50" s="17" t="s">
-        <v>307</v>
+        <v>323</v>
       </c>
       <c r="B50" s="28">
-        <v>1186755</v>
+        <v>1186835</v>
       </c>
       <c r="C50" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D50" s="28" t="s">
-        <v>724</v>
+        <v>477</v>
       </c>
       <c r="E50" s="18" t="s">
-        <v>725</v>
+        <v>478</v>
       </c>
       <c r="F50" s="24">
-        <v>25431679</v>
+        <v>32574195</v>
       </c>
       <c r="G50" s="24">
-        <v>47984300</v>
+        <v>180967750</v>
       </c>
       <c r="H50" s="18" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="I50" s="18">
-        <v>20250610</v>
+        <v>20250310</v>
       </c>
       <c r="J50" s="18" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="L50" s="18" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="M50" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="O50" s="18" t="s">
         <v>84</v>
       </c>
+      <c r="U50" s="18" t="s">
+        <v>81</v>
+      </c>
       <c r="Z50" s="34">
-        <v>20563472</v>
+        <v>4948099</v>
       </c>
       <c r="AA50" s="34">
-        <v>13806219.5</v>
+        <v>1058694</v>
       </c>
       <c r="AB50" s="20">
-        <v>6819</v>
+        <v>898</v>
       </c>
       <c r="AC50" s="18">
-        <v>5</v>
-[...11 lines deleted...]
-    <row r="51" spans="1:47" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="51" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A51" s="17" t="s">
-        <v>293</v>
+        <v>316</v>
       </c>
       <c r="B51" s="28">
-        <v>1185112</v>
+        <v>1185690</v>
       </c>
       <c r="C51" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D51" s="28" t="s">
-        <v>454</v>
+        <v>1542</v>
       </c>
       <c r="E51" s="18" t="s">
-        <v>455</v>
+        <v>1263</v>
       </c>
       <c r="F51" s="24">
-        <v>5385675.2599999998</v>
+        <v>17925807.120000001</v>
       </c>
       <c r="G51" s="24">
-        <v>21982348</v>
+        <v>30906564</v>
       </c>
       <c r="H51" s="18" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="I51" s="18">
-        <v>20250327</v>
+        <v>20251120</v>
       </c>
       <c r="J51" s="18" t="s">
         <v>86</v>
       </c>
       <c r="L51" s="18" t="s">
         <v>79</v>
       </c>
       <c r="M51" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="O51" s="18" t="s">
         <v>84</v>
       </c>
       <c r="Z51" s="34">
-        <v>1640645</v>
+        <v>993217</v>
       </c>
       <c r="AA51" s="34">
-        <v>216602</v>
+        <v>544577</v>
       </c>
       <c r="AB51" s="20">
-        <v>156</v>
+        <v>239</v>
       </c>
       <c r="AC51" s="18">
-        <v>7</v>
-[...7 lines deleted...]
-      <c r="AL51" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="AD51" s="18" t="s">
+        <v>285</v>
+      </c>
+      <c r="AM51" s="18" t="s">
         <v>84</v>
       </c>
       <c r="AN51" s="18" t="s">
         <v>84</v>
       </c>
-    </row>
-    <row r="52" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="AO51" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AP51" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AS51" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AU51" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AX51" s="17" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="52" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A52" s="17" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="B52" s="28">
-        <v>1187540</v>
+        <v>1184840</v>
       </c>
       <c r="C52" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D52" s="28" t="s">
-        <v>458</v>
+        <v>1260</v>
       </c>
       <c r="E52" s="18" t="s">
-        <v>459</v>
+        <v>1261</v>
       </c>
       <c r="F52" s="24">
-        <v>10556089.640000001</v>
+        <v>41327385</v>
       </c>
       <c r="G52" s="24">
-        <v>7132493</v>
+        <v>33599500</v>
       </c>
       <c r="H52" s="18" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="I52" s="18">
-        <v>20250314</v>
+        <v>20251117</v>
       </c>
       <c r="J52" s="18" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="L52" s="18" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="M52" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="O52" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="W52" s="19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Z52" s="34">
-        <v>1441618</v>
+        <v>722418</v>
       </c>
       <c r="AA52" s="34">
-        <v>3944269.5</v>
+        <v>773618</v>
       </c>
       <c r="AB52" s="20">
-        <v>4517</v>
+        <v>283</v>
       </c>
       <c r="AC52" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:47" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="53" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A53" s="17" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="B53" s="28">
-        <v>1185080</v>
+        <v>1183280</v>
       </c>
       <c r="C53" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D53" s="28" t="s">
-        <v>1178</v>
+        <v>492</v>
       </c>
       <c r="E53" s="18" t="s">
-        <v>1179</v>
+        <v>493</v>
       </c>
       <c r="F53" s="24">
-        <v>14008500</v>
+        <v>13632738.800000001</v>
       </c>
       <c r="G53" s="24">
-        <v>84900000</v>
+        <v>68163694</v>
       </c>
       <c r="H53" s="18" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="I53" s="18">
-        <v>20251027</v>
+        <v>20250422</v>
       </c>
       <c r="J53" s="18" t="s">
-        <v>120</v>
+        <v>78</v>
       </c>
       <c r="L53" s="18" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="M53" s="32" t="s">
-        <v>61</v>
+        <v>80</v>
       </c>
       <c r="O53" s="18" t="s">
         <v>84</v>
       </c>
       <c r="R53" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="V53" s="19" t="s">
-[...3 lines deleted...]
-    <row r="54" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="U53" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="Z53" s="34">
+        <v>2319623</v>
+      </c>
+      <c r="AA53" s="34">
+        <v>443827</v>
+      </c>
+      <c r="AB53" s="20">
+        <v>424</v>
+      </c>
+      <c r="AC53" s="18">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="54" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A54" s="17" t="s">
-        <v>292</v>
+        <v>324</v>
       </c>
       <c r="B54" s="28">
-        <v>1185015</v>
+        <v>1186950</v>
       </c>
       <c r="C54" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D54" s="28" t="s">
-        <v>559</v>
+        <v>1026</v>
       </c>
       <c r="E54" s="18" t="s">
-        <v>560</v>
+        <v>1027</v>
       </c>
       <c r="F54" s="24">
-        <v>8120262.5</v>
+        <v>7983003.5250000004</v>
       </c>
       <c r="G54" s="24">
-        <v>46401500</v>
+        <v>45617163</v>
       </c>
       <c r="H54" s="18" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="I54" s="18">
-        <v>20250526</v>
+        <v>20250911</v>
       </c>
       <c r="J54" s="18" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="L54" s="18" t="s">
-        <v>85</v>
+        <v>125</v>
       </c>
       <c r="M54" s="32" t="s">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="O54" s="18" t="s">
         <v>84</v>
       </c>
+      <c r="Q54" s="18" t="s">
+        <v>1028</v>
+      </c>
       <c r="Z54" s="34">
-        <v>1042155</v>
+        <v>2129823</v>
       </c>
       <c r="AA54" s="34">
-        <v>165429</v>
+        <v>423801</v>
       </c>
       <c r="AB54" s="20">
-        <v>153</v>
+        <v>221</v>
       </c>
       <c r="AC54" s="18">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:47" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+      <c r="AI54" s="18" t="s">
+        <v>125</v>
+      </c>
+      <c r="AK54" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AL54" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="55" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A55" s="17" t="s">
-        <v>298</v>
+        <v>318</v>
       </c>
       <c r="B55" s="28">
-        <v>1185570</v>
+        <v>1185430</v>
       </c>
       <c r="C55" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D55" s="28" t="s">
-        <v>1006</v>
+        <v>797</v>
       </c>
       <c r="E55" s="18" t="s">
-        <v>1007</v>
+        <v>798</v>
       </c>
       <c r="F55" s="24">
-        <v>15861660.85</v>
+        <v>13526174.9</v>
       </c>
       <c r="G55" s="24">
-        <v>45319031</v>
+        <v>19323107</v>
       </c>
       <c r="H55" s="18" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="I55" s="18">
-        <v>20250904</v>
+        <v>20250710</v>
       </c>
       <c r="J55" s="18" t="s">
-        <v>120</v>
+        <v>78</v>
       </c>
       <c r="L55" s="18" t="s">
-        <v>90</v>
+        <v>79</v>
       </c>
       <c r="M55" s="32" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="O55" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="R55" s="18" t="s">
-[...3 lines deleted...]
-        <v>214</v>
+      <c r="U55" s="18" t="s">
+        <v>81</v>
       </c>
       <c r="Z55" s="34">
-        <v>802711</v>
+        <v>2447396</v>
       </c>
       <c r="AA55" s="34">
-        <v>488179.5</v>
+        <v>530374.5</v>
       </c>
       <c r="AB55" s="20">
-        <v>128</v>
+        <v>442</v>
       </c>
       <c r="AC55" s="18">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:47" x14ac:dyDescent="0.2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="56" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A56" s="17" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B56" s="28">
-        <v>1184960</v>
+        <v>1183050</v>
       </c>
       <c r="C56" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D56" s="28" t="s">
-        <v>723</v>
+        <v>1258</v>
       </c>
       <c r="E56" s="18" t="s">
-        <v>777</v>
+        <v>1259</v>
       </c>
       <c r="F56" s="24">
-        <v>18149212.855</v>
+        <v>8148158.3700000001</v>
       </c>
       <c r="G56" s="24">
-        <v>77230693</v>
+        <v>49382778</v>
       </c>
       <c r="H56" s="18" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="I56" s="18">
-        <v>20250716</v>
+        <v>20251105</v>
       </c>
       <c r="J56" s="18" t="s">
         <v>86</v>
       </c>
       <c r="L56" s="18" t="s">
         <v>79</v>
       </c>
       <c r="M56" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="O56" s="18" t="s">
         <v>84</v>
       </c>
       <c r="Z56" s="34">
-        <v>10604007</v>
+        <v>1410588</v>
       </c>
       <c r="AA56" s="34">
-        <v>3629675</v>
+        <v>180566.5</v>
       </c>
       <c r="AB56" s="20">
-        <v>2235</v>
+        <v>131</v>
       </c>
       <c r="AC56" s="18">
         <v>6</v>
       </c>
-      <c r="AG56" s="18" t="s">
-[...2 lines deleted...]
-      <c r="AL56" s="18" t="s">
+      <c r="AF56" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AK56" s="18" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="57" spans="1:47" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A57" s="17" t="s">
-        <v>301</v>
+        <v>320</v>
       </c>
       <c r="B57" s="28">
-        <v>1186585</v>
+        <v>1186725</v>
       </c>
       <c r="C57" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D57" s="28" t="s">
-        <v>302</v>
+        <v>572</v>
       </c>
       <c r="E57" s="18" t="s">
-        <v>1181</v>
+        <v>573</v>
       </c>
       <c r="F57" s="24">
-        <v>27770425.649999999</v>
+        <v>4523400.18</v>
       </c>
       <c r="G57" s="24">
-        <v>61712057</v>
+        <v>25130001</v>
       </c>
       <c r="H57" s="18" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="I57" s="18">
-        <v>20251022</v>
+        <v>20250523</v>
       </c>
       <c r="J57" s="18" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="L57" s="18" t="s">
         <v>79</v>
       </c>
       <c r="M57" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="O57" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="S57" s="18" t="s">
-[...3 lines deleted...]
-        <v>138</v>
+      <c r="X57" s="19" t="s">
+        <v>92</v>
       </c>
       <c r="Z57" s="34">
-        <v>2363811</v>
+        <v>1640504</v>
       </c>
       <c r="AA57" s="34">
-        <v>1149575</v>
+        <v>283331</v>
       </c>
       <c r="AB57" s="20">
-        <v>547</v>
+        <v>279</v>
       </c>
       <c r="AC57" s="18">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:47" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="58" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A58" s="17" t="s">
-        <v>275</v>
+        <v>304</v>
       </c>
       <c r="B58" s="28">
-        <v>1113437</v>
+        <v>1184365</v>
       </c>
       <c r="C58" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D58" s="28" t="s">
-        <v>1176</v>
+        <v>404</v>
       </c>
       <c r="E58" s="18" t="s">
-        <v>1177</v>
+        <v>405</v>
       </c>
       <c r="F58" s="24">
-        <v>30551725.260000002</v>
+        <v>19651472.16</v>
       </c>
       <c r="G58" s="24">
-        <v>72742203</v>
+        <v>40940567</v>
       </c>
       <c r="H58" s="18" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="I58" s="18">
-        <v>20251022</v>
+        <v>20250225</v>
       </c>
       <c r="J58" s="18" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="L58" s="18" t="s">
-        <v>79</v>
+        <v>94</v>
       </c>
       <c r="M58" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
+      </c>
+      <c r="O58" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="R58" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="X58" s="19" t="s">
+        <v>92</v>
       </c>
       <c r="Z58" s="34">
-        <v>1913199</v>
+        <v>1885413</v>
       </c>
       <c r="AA58" s="34">
-        <v>929422</v>
+        <v>1068789</v>
       </c>
       <c r="AB58" s="20">
-        <v>297</v>
+        <v>753</v>
       </c>
       <c r="AC58" s="18">
-        <v>1</v>
-[...8 lines deleted...]
-    <row r="59" spans="1:47" x14ac:dyDescent="0.2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="59" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A59" s="17" t="s">
-        <v>309</v>
+        <v>326</v>
       </c>
       <c r="B59" s="28">
-        <v>1187865</v>
+        <v>1186755</v>
       </c>
       <c r="C59" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D59" s="28" t="s">
-        <v>460</v>
+        <v>745</v>
       </c>
       <c r="E59" s="18" t="s">
-        <v>461</v>
+        <v>746</v>
       </c>
       <c r="F59" s="24">
-        <v>51723877.170000002</v>
+        <v>26335643.539999999</v>
       </c>
       <c r="G59" s="24">
-        <v>105558933</v>
+        <v>57251399</v>
       </c>
       <c r="H59" s="18" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="I59" s="18">
-        <v>20250312</v>
+        <v>20250610</v>
       </c>
       <c r="J59" s="18" t="s">
         <v>86</v>
       </c>
       <c r="L59" s="18" t="s">
         <v>79</v>
       </c>
       <c r="M59" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
+      </c>
+      <c r="O59" s="18" t="s">
+        <v>84</v>
       </c>
       <c r="Z59" s="34">
-        <v>47683017</v>
+        <v>23886283</v>
       </c>
       <c r="AA59" s="34">
-        <v>17106268.5</v>
+        <v>15456183</v>
       </c>
       <c r="AB59" s="20">
-        <v>11691</v>
+        <v>7841</v>
       </c>
       <c r="AC59" s="18">
-        <v>8</v>
-[...4 lines deleted...]
-      <c r="AU59" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="AI59" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="AK59" s="18" t="s">
         <v>84</v>
       </c>
-    </row>
-    <row r="60" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="AM59" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="60" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A60" s="17" t="s">
-        <v>295</v>
+        <v>310</v>
       </c>
       <c r="B60" s="28">
-        <v>1185300</v>
+        <v>1185112</v>
       </c>
       <c r="C60" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D60" s="28" t="s">
-        <v>296</v>
+        <v>475</v>
       </c>
       <c r="E60" s="18" t="s">
-        <v>1180</v>
+        <v>476</v>
       </c>
       <c r="F60" s="24">
-        <v>115135415.45</v>
+        <v>7034351.3600000003</v>
       </c>
       <c r="G60" s="24">
-        <v>32616265</v>
+        <v>21982348</v>
       </c>
       <c r="H60" s="18" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="I60" s="18">
-        <v>20251023</v>
+        <v>20250327</v>
       </c>
       <c r="J60" s="18" t="s">
         <v>86</v>
       </c>
       <c r="L60" s="18" t="s">
         <v>79</v>
       </c>
       <c r="M60" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="O60" s="18" t="s">
         <v>84</v>
       </c>
       <c r="Z60" s="34">
-        <v>25669221</v>
+        <v>2552689</v>
       </c>
       <c r="AA60" s="34">
-        <v>3568245.5</v>
+        <v>445217</v>
       </c>
       <c r="AB60" s="20">
-        <v>1811</v>
+        <v>281</v>
       </c>
       <c r="AC60" s="18">
-        <v>8</v>
-[...4 lines deleted...]
-      <c r="AL60" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="AF60" s="18" t="s">
+        <v>268</v>
+      </c>
+      <c r="AI60" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="AK60" s="18" t="s">
         <v>84</v>
       </c>
       <c r="AM60" s="18" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="61" spans="1:47" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A61" s="17" t="s">
-        <v>263</v>
+        <v>312</v>
       </c>
       <c r="B61" s="28">
-        <v>1063208</v>
+        <v>1185290</v>
       </c>
       <c r="C61" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D61" s="28" t="s">
-        <v>916</v>
+        <v>1538</v>
       </c>
       <c r="E61" s="18" t="s">
-        <v>917</v>
+        <v>1539</v>
       </c>
       <c r="F61" s="24">
-        <v>54658288.299999997</v>
+        <v>883800</v>
       </c>
       <c r="G61" s="24">
-        <v>49689353</v>
+        <v>19640000</v>
       </c>
       <c r="H61" s="18" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="I61" s="18">
-        <v>20250818</v>
+        <v>20251230</v>
       </c>
       <c r="J61" s="18" t="s">
         <v>86</v>
       </c>
       <c r="L61" s="18" t="s">
         <v>79</v>
       </c>
       <c r="M61" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
+      </c>
+      <c r="O61" s="18" t="s">
+        <v>84</v>
       </c>
       <c r="Z61" s="34">
-        <v>7544036</v>
+        <v>60000</v>
       </c>
       <c r="AA61" s="34">
-        <v>6383828.5</v>
+        <v>2130</v>
       </c>
       <c r="AB61" s="20">
-        <v>3674</v>
+        <v>7</v>
       </c>
       <c r="AC61" s="18">
         <v>3</v>
       </c>
-      <c r="AG61" s="18" t="s">
-[...2 lines deleted...]
-      <c r="AL61" s="18" t="s">
+      <c r="AF61" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK61" s="18" t="s">
         <v>84</v>
       </c>
       <c r="AM61" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="AN61" s="18" t="s">
+    </row>
+    <row r="62" spans="1:50" x14ac:dyDescent="0.3">
+      <c r="A62" s="17" t="s">
+        <v>330</v>
+      </c>
+      <c r="B62" s="28">
+        <v>1187540</v>
+      </c>
+      <c r="C62" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D62" s="28" t="s">
+        <v>479</v>
+      </c>
+      <c r="E62" s="18" t="s">
+        <v>480</v>
+      </c>
+      <c r="F62" s="24">
+        <v>9535615.8800000008</v>
+      </c>
+      <c r="G62" s="24">
+        <v>7169636</v>
+      </c>
+      <c r="H62" s="18" t="s">
+        <v>265</v>
+      </c>
+      <c r="I62" s="18">
+        <v>20250314</v>
+      </c>
+      <c r="J62" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="L62" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="M62" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="O62" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="AS61" s="18" t="s">
+      <c r="W62" s="19" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y62" s="19" t="s">
         <v>84</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="J62" s="18" t="s">
+      <c r="Z62" s="34">
+        <v>1522456</v>
+      </c>
+      <c r="AA62" s="34">
+        <v>4050903</v>
+      </c>
+      <c r="AB62" s="20">
+        <v>4801</v>
+      </c>
+      <c r="AC62" s="18">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="63" spans="1:50" x14ac:dyDescent="0.3">
+      <c r="A63" s="17" t="s">
+        <v>311</v>
+      </c>
+      <c r="B63" s="28">
+        <v>1185080</v>
+      </c>
+      <c r="C63" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D63" s="28" t="s">
+        <v>1191</v>
+      </c>
+      <c r="E63" s="18" t="s">
+        <v>1192</v>
+      </c>
+      <c r="F63" s="24">
+        <v>14433000</v>
+      </c>
+      <c r="G63" s="24">
+        <v>84900000</v>
+      </c>
+      <c r="H63" s="18" t="s">
+        <v>265</v>
+      </c>
+      <c r="I63" s="18">
+        <v>20251027</v>
+      </c>
+      <c r="J63" s="18" t="s">
         <v>120</v>
       </c>
-      <c r="L62" s="18" t="s">
+      <c r="L63" s="18" t="s">
         <v>90</v>
       </c>
-      <c r="M62" s="32" t="s">
+      <c r="M63" s="32" t="s">
         <v>80</v>
       </c>
-      <c r="R62" s="18" t="s">
+      <c r="O63" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="V62" s="19" t="s">
-[...53 lines deleted...]
-        <v>109</v>
+      <c r="R63" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="V63" s="19" t="s">
+        <v>122</v>
       </c>
       <c r="Z63" s="34">
-        <v>3251535</v>
+        <v>101000</v>
       </c>
       <c r="AA63" s="34">
-        <v>869668</v>
+        <v>19550.5</v>
       </c>
       <c r="AB63" s="20">
-        <v>1060</v>
+        <v>23</v>
       </c>
       <c r="AC63" s="18">
-        <v>3</v>
-[...11 lines deleted...]
-    <row r="64" spans="1:47" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="64" spans="1:50" x14ac:dyDescent="0.3">
       <c r="A64" s="17" t="s">
-        <v>735</v>
+        <v>309</v>
       </c>
       <c r="B64" s="28">
-        <v>1188835</v>
+        <v>1185015</v>
       </c>
       <c r="C64" s="23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D64" s="28" t="s">
-        <v>736</v>
+        <v>580</v>
       </c>
       <c r="E64" s="18" t="s">
-        <v>737</v>
+        <v>581</v>
       </c>
       <c r="F64" s="24">
-        <v>97563099.715000004</v>
+        <v>7424240</v>
       </c>
       <c r="G64" s="24">
-        <v>629439353</v>
+        <v>46401500</v>
       </c>
       <c r="H64" s="18" t="s">
-        <v>67</v>
+        <v>265</v>
       </c>
       <c r="I64" s="18">
-        <v>20250624</v>
+        <v>20250526</v>
       </c>
       <c r="J64" s="18" t="s">
-        <v>93</v>
+        <v>77</v>
       </c>
       <c r="L64" s="18" t="s">
         <v>85</v>
       </c>
       <c r="M64" s="32" t="s">
-        <v>61</v>
+        <v>62</v>
+      </c>
+      <c r="O64" s="18" t="s">
+        <v>84</v>
       </c>
       <c r="Z64" s="34">
-        <v>4464224</v>
+        <v>1652860</v>
       </c>
       <c r="AA64" s="34">
-        <v>1001417</v>
+        <v>258773</v>
       </c>
       <c r="AB64" s="20">
-        <v>885</v>
+        <v>269</v>
       </c>
       <c r="AC64" s="18">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="65" spans="1:47" x14ac:dyDescent="0.3">
+      <c r="A65" s="17" t="s">
+        <v>321</v>
+      </c>
+      <c r="B65" s="28">
+        <v>1186585</v>
+      </c>
+      <c r="C65" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D65" s="28" t="s">
+        <v>1264</v>
+      </c>
+      <c r="E65" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="F65" s="24">
+        <v>25919063.940000001</v>
+      </c>
+      <c r="G65" s="24">
+        <v>61712057</v>
+      </c>
+      <c r="H65" s="18" t="s">
+        <v>265</v>
+      </c>
+      <c r="I65" s="18">
+        <v>20251022</v>
+      </c>
+      <c r="J65" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="L65" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M65" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="O65" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="S65" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="T65" s="18" t="s">
+        <v>137</v>
+      </c>
+      <c r="Z65" s="34">
+        <v>7533019</v>
+      </c>
+      <c r="AA65" s="34">
+        <v>3460375.5</v>
+      </c>
+      <c r="AB65" s="20">
+        <v>1806</v>
+      </c>
+      <c r="AC65" s="18">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="66" spans="1:47" x14ac:dyDescent="0.3">
+      <c r="A66" s="17" t="s">
+        <v>317</v>
+      </c>
+      <c r="B66" s="28">
+        <v>1185570</v>
+      </c>
+      <c r="C66" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D66" s="28" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E66" s="18" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F66" s="24">
+        <v>9063806.1999999993</v>
+      </c>
+      <c r="G66" s="24">
+        <v>45319031</v>
+      </c>
+      <c r="H66" s="18" t="s">
+        <v>265</v>
+      </c>
+      <c r="I66" s="18">
+        <v>20250904</v>
+      </c>
+      <c r="J66" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="L66" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="M66" s="32" t="s">
+        <v>80</v>
+      </c>
+      <c r="O66" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="R66" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="V66" s="19" t="s">
+        <v>214</v>
+      </c>
+      <c r="Z66" s="34">
+        <v>1141863</v>
+      </c>
+      <c r="AA66" s="34">
+        <v>574951.5</v>
+      </c>
+      <c r="AB66" s="20">
+        <v>229</v>
+      </c>
+      <c r="AC66" s="18">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="67" spans="1:47" x14ac:dyDescent="0.3">
+      <c r="A67" s="17" t="s">
+        <v>315</v>
+      </c>
+      <c r="B67" s="28">
+        <v>1185750</v>
+      </c>
+      <c r="C67" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D67" s="28" t="s">
+        <v>1540</v>
+      </c>
+      <c r="E67" s="18" t="s">
+        <v>1541</v>
+      </c>
+      <c r="F67" s="24">
+        <v>17538844.68</v>
+      </c>
+      <c r="G67" s="24">
+        <v>62638731</v>
+      </c>
+      <c r="H67" s="18" t="s">
+        <v>265</v>
+      </c>
+      <c r="I67" s="18">
+        <v>20251210</v>
+      </c>
+      <c r="J67" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="K67" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="L67" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="M67" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="O67" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="X67" s="19" t="s">
+        <v>72</v>
+      </c>
+      <c r="Z67" s="34">
+        <v>899838</v>
+      </c>
+      <c r="AA67" s="34">
+        <v>341696.5</v>
+      </c>
+      <c r="AB67" s="20">
+        <v>259</v>
+      </c>
+      <c r="AC67" s="18">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="68" spans="1:47" x14ac:dyDescent="0.3">
+      <c r="A68" s="17" t="s">
+        <v>305</v>
+      </c>
+      <c r="B68" s="28">
+        <v>1184286</v>
+      </c>
+      <c r="C68" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D68" s="28" t="s">
+        <v>1534</v>
+      </c>
+      <c r="E68" s="18" t="s">
+        <v>1535</v>
+      </c>
+      <c r="F68" s="24">
+        <v>341437510.69999999</v>
+      </c>
+      <c r="G68" s="24">
+        <v>47753498</v>
+      </c>
+      <c r="H68" s="18" t="s">
+        <v>265</v>
+      </c>
+      <c r="I68" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="J68" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L68" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M68" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="O68" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z68" s="34">
+        <v>1488985</v>
+      </c>
+      <c r="AA68" s="34">
+        <v>4863223.5</v>
+      </c>
+      <c r="AB68" s="20">
+        <v>1746</v>
+      </c>
+      <c r="AC68" s="18">
+        <v>10</v>
+      </c>
+      <c r="AG68" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="AK68" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="69" spans="1:47" x14ac:dyDescent="0.3">
+      <c r="A69" s="17" t="s">
+        <v>307</v>
+      </c>
+      <c r="B69" s="28">
+        <v>1184920</v>
+      </c>
+      <c r="C69" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D69" s="28" t="s">
+        <v>1536</v>
+      </c>
+      <c r="E69" s="18" t="s">
+        <v>1537</v>
+      </c>
+      <c r="F69" s="24">
+        <v>65371892.039999999</v>
+      </c>
+      <c r="G69" s="24">
+        <v>103764908</v>
+      </c>
+      <c r="H69" s="18" t="s">
+        <v>265</v>
+      </c>
+      <c r="I69" s="18">
+        <v>20251219</v>
+      </c>
+      <c r="J69" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L69" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M69" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="O69" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z69" s="34">
+        <v>3122104</v>
+      </c>
+      <c r="AA69" s="34">
+        <v>1661269</v>
+      </c>
+      <c r="AB69" s="20">
+        <v>612</v>
+      </c>
+      <c r="AC69" s="18">
+        <v>7</v>
+      </c>
+      <c r="AG69" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="AK69" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="70" spans="1:47" x14ac:dyDescent="0.3">
+      <c r="A70" s="17" t="s">
+        <v>314</v>
+      </c>
+      <c r="B70" s="28">
+        <v>1184960</v>
+      </c>
+      <c r="C70" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D70" s="28" t="s">
+        <v>744</v>
+      </c>
+      <c r="E70" s="18" t="s">
+        <v>796</v>
+      </c>
+      <c r="F70" s="24">
+        <v>14252177.460000001</v>
+      </c>
+      <c r="G70" s="24">
+        <v>83836338</v>
+      </c>
+      <c r="H70" s="18" t="s">
+        <v>265</v>
+      </c>
+      <c r="I70" s="18">
+        <v>20250716</v>
+      </c>
+      <c r="J70" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L70" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M70" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="O70" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z70" s="34">
+        <v>29305573</v>
+      </c>
+      <c r="AA70" s="34">
+        <v>7350686</v>
+      </c>
+      <c r="AB70" s="20">
+        <v>5187</v>
+      </c>
+      <c r="AC70" s="18">
+        <v>8</v>
+      </c>
+      <c r="AF70" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="AK70" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="71" spans="1:47" x14ac:dyDescent="0.3">
+      <c r="A71" s="17" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B71" s="28">
+        <v>1118792</v>
+      </c>
+      <c r="C71" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D71" s="28" t="s">
+        <v>1530</v>
+      </c>
+      <c r="E71" s="18" t="s">
+        <v>1531</v>
+      </c>
+      <c r="F71" s="24">
+        <v>1534989234.24</v>
+      </c>
+      <c r="G71" s="24">
+        <v>296329968</v>
+      </c>
+      <c r="H71" s="18" t="s">
+        <v>266</v>
+      </c>
+      <c r="I71" s="18">
+        <v>20251202</v>
+      </c>
+      <c r="J71" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L71" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="M71" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="O71" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z71" s="34">
+        <v>10995104</v>
+      </c>
+      <c r="AA71" s="34">
+        <v>46703447</v>
+      </c>
+      <c r="AB71" s="20">
+        <v>14246</v>
+      </c>
+      <c r="AC71" s="18">
+        <v>10</v>
+      </c>
+      <c r="AF71" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AK71" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="72" spans="1:47" x14ac:dyDescent="0.3">
+      <c r="A72" s="17" t="s">
+        <v>331</v>
+      </c>
+      <c r="B72" s="28">
+        <v>1187865</v>
+      </c>
+      <c r="C72" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D72" s="28" t="s">
+        <v>481</v>
+      </c>
+      <c r="E72" s="18" t="s">
+        <v>482</v>
+      </c>
+      <c r="F72" s="24">
+        <v>40180888.875</v>
+      </c>
+      <c r="G72" s="24">
+        <v>107149037</v>
+      </c>
+      <c r="H72" s="18" t="s">
+        <v>266</v>
+      </c>
+      <c r="I72" s="18">
+        <v>20250312</v>
+      </c>
+      <c r="J72" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L72" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M72" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z72" s="34">
+        <v>71206176</v>
+      </c>
+      <c r="AA72" s="34">
+        <v>26114771</v>
+      </c>
+      <c r="AB72" s="20">
+        <v>22045</v>
+      </c>
+      <c r="AC72" s="18">
+        <v>10</v>
+      </c>
+      <c r="AI72" s="18" t="s">
+        <v>143</v>
+      </c>
+      <c r="AU72" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="73" spans="1:47" x14ac:dyDescent="0.3">
+      <c r="A73" s="17" t="s">
+        <v>271</v>
+      </c>
+      <c r="B73" s="28">
+        <v>17316</v>
+      </c>
+      <c r="C73" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D73" s="28" t="s">
+        <v>1528</v>
+      </c>
+      <c r="E73" s="18" t="s">
+        <v>1529</v>
+      </c>
+      <c r="F73" s="24">
+        <v>25518721.199999999</v>
+      </c>
+      <c r="G73" s="24">
+        <v>182276580</v>
+      </c>
+      <c r="H73" s="18" t="s">
+        <v>266</v>
+      </c>
+      <c r="I73" s="18">
+        <v>20251222</v>
+      </c>
+      <c r="J73" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L73" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="M73" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z73" s="34">
+        <v>457763</v>
+      </c>
+      <c r="AA73" s="34">
+        <v>100141</v>
+      </c>
+      <c r="AB73" s="20">
+        <v>108</v>
+      </c>
+      <c r="AC73" s="18">
+        <v>1</v>
+      </c>
+      <c r="AD73" s="18" t="s">
+        <v>285</v>
+      </c>
+      <c r="AK73" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="74" spans="1:47" x14ac:dyDescent="0.3">
+      <c r="A74" s="17" t="s">
+        <v>313</v>
+      </c>
+      <c r="B74" s="28">
+        <v>1185300</v>
+      </c>
+      <c r="C74" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D74" s="28" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E74" s="18" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F74" s="24">
+        <v>309854517.5</v>
+      </c>
+      <c r="G74" s="24">
+        <v>32616265</v>
+      </c>
+      <c r="H74" s="18" t="s">
+        <v>266</v>
+      </c>
+      <c r="I74" s="18">
+        <v>20251023</v>
+      </c>
+      <c r="J74" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L74" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M74" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="O74" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z74" s="34">
+        <v>29381692</v>
+      </c>
+      <c r="AA74" s="34">
+        <v>26284259</v>
+      </c>
+      <c r="AB74" s="20">
+        <v>9578</v>
+      </c>
+      <c r="AC74" s="18">
+        <v>10</v>
+      </c>
+      <c r="AG74" s="18" t="s">
+        <v>100</v>
+      </c>
+      <c r="AK74" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AL74" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="75" spans="1:47" x14ac:dyDescent="0.3">
+      <c r="A75" s="17" t="s">
+        <v>287</v>
+      </c>
+      <c r="B75" s="28">
+        <v>1113437</v>
+      </c>
+      <c r="C75" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D75" s="28" t="s">
+        <v>1257</v>
+      </c>
+      <c r="E75" s="18" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F75" s="24">
+        <v>32733991.350000001</v>
+      </c>
+      <c r="G75" s="24">
+        <v>72742203</v>
+      </c>
+      <c r="H75" s="18" t="s">
+        <v>266</v>
+      </c>
+      <c r="I75" s="18">
+        <v>20251022</v>
+      </c>
+      <c r="J75" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L75" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M75" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z75" s="34">
+        <v>12596514</v>
+      </c>
+      <c r="AA75" s="34">
+        <v>4809341.5</v>
+      </c>
+      <c r="AB75" s="20">
+        <v>879</v>
+      </c>
+      <c r="AC75" s="18">
+        <v>3</v>
+      </c>
+      <c r="AG75" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="AK75" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="76" spans="1:47" x14ac:dyDescent="0.3">
+      <c r="A76" s="17" t="s">
+        <v>267</v>
+      </c>
+      <c r="B76" s="28">
+        <v>1063208</v>
+      </c>
+      <c r="C76" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D76" s="28" t="s">
+        <v>935</v>
+      </c>
+      <c r="E76" s="18" t="s">
+        <v>936</v>
+      </c>
+      <c r="F76" s="24">
+        <v>39026218.960000001</v>
+      </c>
+      <c r="G76" s="24">
+        <v>58248088</v>
+      </c>
+      <c r="H76" s="18" t="s">
+        <v>266</v>
+      </c>
+      <c r="I76" s="18">
+        <v>20250818</v>
+      </c>
+      <c r="J76" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L76" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M76" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z76" s="34">
+        <v>13557739</v>
+      </c>
+      <c r="AA76" s="34">
+        <v>11680457.5</v>
+      </c>
+      <c r="AB76" s="20">
+        <v>6379</v>
+      </c>
+      <c r="AC76" s="18">
         <v>5</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A65" s="17" t="s">
+      <c r="AF76" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AK76" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AL76" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AM76" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AR76" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="77" spans="1:47" x14ac:dyDescent="0.3">
+      <c r="A77" s="17" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B77" s="28">
+        <v>1182550</v>
+      </c>
+      <c r="C77" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D77" s="28" t="s">
+        <v>1532</v>
+      </c>
+      <c r="E77" s="18" t="s">
+        <v>1533</v>
+      </c>
+      <c r="F77" s="24">
+        <v>23442757.239999998</v>
+      </c>
+      <c r="G77" s="24">
+        <v>68949286</v>
+      </c>
+      <c r="H77" s="18" t="s">
+        <v>264</v>
+      </c>
+      <c r="I77" s="18">
+        <v>20251212</v>
+      </c>
+      <c r="J77" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="L77" s="18" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M77" s="32" t="s">
+        <v>16</v>
+      </c>
+      <c r="Q77" s="18" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S77" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="T77" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z77" s="34">
+        <v>2071206</v>
+      </c>
+      <c r="AA77" s="34">
+        <v>644760.5</v>
+      </c>
+      <c r="AB77" s="20">
+        <v>612</v>
+      </c>
+      <c r="AC77" s="18">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="78" spans="1:47" x14ac:dyDescent="0.3">
+      <c r="A78" s="17" t="s">
+        <v>793</v>
+      </c>
+      <c r="B78" s="28">
+        <v>1184135</v>
+      </c>
+      <c r="C78" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D78" s="28" t="s">
+        <v>794</v>
+      </c>
+      <c r="E78" s="18" t="s">
+        <v>795</v>
+      </c>
+      <c r="F78" s="24">
+        <v>20080005</v>
+      </c>
+      <c r="G78" s="24">
+        <v>66933350</v>
+      </c>
+      <c r="H78" s="18" t="s">
+        <v>264</v>
+      </c>
+      <c r="I78" s="18">
+        <v>20250731</v>
+      </c>
+      <c r="J78" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="L78" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="M78" s="32" t="s">
+        <v>80</v>
+      </c>
+      <c r="R78" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="V78" s="19" t="s">
+        <v>140</v>
+      </c>
+      <c r="Z78" s="34">
+        <v>2089276</v>
+      </c>
+      <c r="AA78" s="34">
+        <v>754990</v>
+      </c>
+      <c r="AB78" s="20">
+        <v>395</v>
+      </c>
+      <c r="AC78" s="18">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="79" spans="1:47" x14ac:dyDescent="0.3">
+      <c r="A79" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B79" s="28">
+        <v>1188741</v>
+      </c>
+      <c r="C79" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D79" s="28" t="s">
+        <v>107</v>
+      </c>
+      <c r="E79" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="F79" s="24">
+        <v>26785820.295000002</v>
+      </c>
+      <c r="G79" s="24">
+        <v>137363181</v>
+      </c>
+      <c r="H79" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="I79" s="18">
+        <v>20250813</v>
+      </c>
+      <c r="J79" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="L79" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M79" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="N79" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z79" s="34">
+        <v>5411369</v>
+      </c>
+      <c r="AA79" s="34">
+        <v>1286942</v>
+      </c>
+      <c r="AB79" s="20">
+        <v>1827</v>
+      </c>
+      <c r="AC79" s="18">
+        <v>5</v>
+      </c>
+      <c r="AG79" s="18" t="s">
+        <v>100</v>
+      </c>
+      <c r="AK79" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="AL79" s="18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="80" spans="1:47" x14ac:dyDescent="0.3">
+      <c r="A80" s="17" t="s">
+        <v>756</v>
+      </c>
+      <c r="B80" s="28">
+        <v>1188835</v>
+      </c>
+      <c r="C80" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D80" s="28" t="s">
+        <v>757</v>
+      </c>
+      <c r="E80" s="18" t="s">
+        <v>758</v>
+      </c>
+      <c r="F80" s="24">
+        <v>103857493.245</v>
+      </c>
+      <c r="G80" s="24">
+        <v>629439353</v>
+      </c>
+      <c r="H80" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="I80" s="18">
+        <v>20250624</v>
+      </c>
+      <c r="J80" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="L80" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="M80" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z80" s="34">
+        <v>5619989</v>
+      </c>
+      <c r="AA80" s="34">
+        <v>1194188.5</v>
+      </c>
+      <c r="AB80" s="20">
+        <v>1180</v>
+      </c>
+      <c r="AC80" s="18">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="81" spans="1:50" x14ac:dyDescent="0.3">
+      <c r="A81" s="17" t="s">
+        <v>160</v>
+      </c>
+      <c r="B81" s="28">
+        <v>29329</v>
+      </c>
+      <c r="C81" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D81" s="28" t="s">
         <v>161</v>
       </c>
-      <c r="B65" s="28">
-[...2 lines deleted...]
-      <c r="C65" s="23" t="s">
+      <c r="E81" s="18" t="s">
+        <v>162</v>
+      </c>
+      <c r="F81" s="24">
+        <v>175374853.68000001</v>
+      </c>
+      <c r="G81" s="24">
+        <v>337259334</v>
+      </c>
+      <c r="H81" s="18" t="s">
         <v>68</v>
       </c>
-      <c r="D65" s="28" t="s">
-[...14 lines deleted...]
-      <c r="I65" s="18">
+      <c r="I81" s="18">
         <v>20250507</v>
       </c>
-      <c r="J65" s="18" t="s">
+      <c r="J81" s="18" t="s">
         <v>86</v>
       </c>
-      <c r="L65" s="18" t="s">
-[...20 lines deleted...]
-      <c r="AJ65" s="18" t="s">
+      <c r="L81" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="M81" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z81" s="34">
+        <v>264784248</v>
+      </c>
+      <c r="AA81" s="34">
+        <v>80711001</v>
+      </c>
+      <c r="AB81" s="20">
+        <v>56980</v>
+      </c>
+      <c r="AC81" s="18">
+        <v>8</v>
+      </c>
+      <c r="AG81" s="18" t="s">
+        <v>100</v>
+      </c>
+      <c r="AI81" s="18" t="s">
         <v>114</v>
       </c>
-      <c r="AL65" s="18" t="s">
+      <c r="AK81" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="AM65" s="18" t="s">
+      <c r="AL81" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="AR65" s="18" t="s">
+      <c r="AQ81" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="AS65" s="18" t="s">
+      <c r="AR81" s="18" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="66" spans="1:50" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B66" s="28">
+    <row r="82" spans="1:50" x14ac:dyDescent="0.3">
+      <c r="A82" s="17" t="s">
+        <v>237</v>
+      </c>
+      <c r="B82" s="28">
         <v>1188620</v>
       </c>
-      <c r="C66" s="23" t="s">
+      <c r="C82" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D82" s="28" t="s">
+        <v>238</v>
+      </c>
+      <c r="E82" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F82" s="24">
+        <v>37564885.365000002</v>
+      </c>
+      <c r="G82" s="24">
+        <v>357760813</v>
+      </c>
+      <c r="H82" s="18" t="s">
         <v>68</v>
       </c>
-      <c r="D66" s="28" t="s">
-[...14 lines deleted...]
-      <c r="I66" s="18">
+      <c r="I82" s="18">
         <v>20250204</v>
       </c>
-      <c r="J66" s="18" t="s">
+      <c r="J82" s="18" t="s">
         <v>86</v>
       </c>
-      <c r="L66" s="18" t="s">
+      <c r="L82" s="18" t="s">
         <v>125</v>
       </c>
-      <c r="M66" s="32" t="s">
+      <c r="M82" s="32" t="s">
         <v>16</v>
       </c>
-      <c r="Q66" s="18" t="s">
+      <c r="Q82" s="18" t="s">
         <v>215</v>
       </c>
-      <c r="Z66" s="34">
-[...11 lines deleted...]
-      <c r="AF66" s="18" t="s">
+      <c r="Z82" s="34">
+        <v>41951732</v>
+      </c>
+      <c r="AA82" s="34">
+        <v>3235347</v>
+      </c>
+      <c r="AB82" s="20">
+        <v>3233</v>
+      </c>
+      <c r="AC82" s="18">
+        <v>11</v>
+      </c>
+      <c r="AE82" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH82" s="18" t="s">
         <v>97</v>
       </c>
-      <c r="AI66" s="18" t="s">
-[...2 lines deleted...]
-      <c r="AJ66" s="18" t="s">
+      <c r="AI82" s="18" t="s">
         <v>125</v>
       </c>
-      <c r="AX66" s="17" t="s">
-[...7 lines deleted...]
-      <c r="B67" s="28">
+      <c r="AX82" s="17" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="83" spans="1:50" x14ac:dyDescent="0.3">
+      <c r="A83" s="17" t="s">
+        <v>254</v>
+      </c>
+      <c r="B83" s="28">
         <v>1099342</v>
       </c>
-      <c r="C67" s="23" t="s">
+      <c r="C83" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D83" s="28" t="s">
+        <v>255</v>
+      </c>
+      <c r="E83" s="18" t="s">
+        <v>256</v>
+      </c>
+      <c r="F83" s="24">
+        <v>13522246.140000001</v>
+      </c>
+      <c r="G83" s="24">
+        <v>69344852</v>
+      </c>
+      <c r="H83" s="18" t="s">
         <v>68</v>
       </c>
-      <c r="D67" s="28" t="s">
-[...14 lines deleted...]
-      <c r="I67" s="18">
+      <c r="I83" s="18">
         <v>20251021</v>
       </c>
-      <c r="J67" s="18" t="s">
-[...8 lines deleted...]
-      <c r="X67" s="19" t="s">
+      <c r="J83" s="18" t="s">
         <v>65</v>
       </c>
-      <c r="Z67" s="34">
-[...5 lines deleted...]
-      <c r="AB67" s="20">
+      <c r="L83" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="M83" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="X83" s="19" t="s">
         <v>66</v>
       </c>
-      <c r="AC67" s="18">
-        <v>1</v>
+      <c r="Z83" s="34">
+        <v>2875981</v>
+      </c>
+      <c r="AA83" s="34">
+        <v>533748.5</v>
+      </c>
+      <c r="AB83" s="20">
+        <v>505</v>
+      </c>
+      <c r="AC83" s="18">
+        <v>3</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A10:AX67" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
+  <autoFilter ref="A10:AX83" xr:uid="{00000000-0009-0000-0000-000002000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A11:AX83">
+      <sortCondition ref="H10:H83"/>
+    </sortState>
+  </autoFilter>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>TSX New Issuers October 2025</vt:lpstr>
-      <vt:lpstr>TSXV New Issuers October 2025</vt:lpstr>
+      <vt:lpstr>TSX New Issuers December 2025</vt:lpstr>
+      <vt:lpstr>TSXV New Issuers December 2025</vt:lpstr>
       <vt:lpstr>TSX_2012</vt:lpstr>
       <vt:lpstr>TSXV_2012</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>TSX Group Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>TSX Group Inc.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="{A44787D4-0540-4523-9961-78E4036D8C6D}">
     <vt:lpwstr>{F923EDEE-0537-42CE-BA9F-51E936965D43}</vt:lpwstr>