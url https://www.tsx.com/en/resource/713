--- v0 (2025-11-05)
+++ v1 (2026-01-06)
@@ -1,136 +1,134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2025\08_August 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2025\11_November 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BC54E351-8325-4D7B-9B1F-A36CD94EA1A3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D83BEACA-5127-497B-BBE1-271BE7E38351}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="_CIQHiddenCacheSheet" sheetId="14" state="veryHidden" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="TSXV Energy Issuers August 2025" sheetId="2" r:id="rId3"/>
+    <sheet name="TSX Energy Issuers Nov 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="TSXV Energy Issuers Nov 2025" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'TSX Energy Issuers August 2025'!$A$10:$AI$111</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'TSXV Energy Issuers August 2025'!$A$10:$AR$90</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'TSX Energy Issuers Nov 2025'!$A$10:$AI$111</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'TSXV Energy Issuers Nov 2025'!$A$10:$AR$91</definedName>
     <definedName name="CIQWBGuid" hidden="1">"5a656fc2-e634-467d-ae07-9931c0de23ac"</definedName>
     <definedName name="IQ_ADDIN" hidden="1">"AUTO"</definedName>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_DNTM" hidden="1">700000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
     <definedName name="IQ_LTMMONTH" hidden="1">120000</definedName>
     <definedName name="IQ_MONTH">15000</definedName>
     <definedName name="IQ_MTD" hidden="1">800000</definedName>
     <definedName name="IQ_NAMES_REVISION_DATE_" hidden="1">45719.8028125</definedName>
     <definedName name="IQ_NTM">6000</definedName>
     <definedName name="IQ_QTD" hidden="1">750000</definedName>
     <definedName name="IQ_TODAY" hidden="1">0</definedName>
     <definedName name="IQ_WEEK">50000</definedName>
     <definedName name="IQ_YTD">3000</definedName>
     <definedName name="IQ_YTDMONTH" hidden="1">130000</definedName>
-    <definedName name="TSX_2012">'TSX Energy Issuers August 2025'!$B$10:$Y$10</definedName>
-    <definedName name="TSXV_2012">'TSXV Energy Issuers August 2025'!$10:$10</definedName>
+    <definedName name="TSX_2012">'TSX Energy Issuers Nov 2025'!$B$10:$Y$10</definedName>
+    <definedName name="TSXV_2012">'TSXV Energy Issuers Nov 2025'!$10:$10</definedName>
   </definedNames>
   <calcPr calcId="191029" iterateDelta="9.9999999999994451E-4"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D8" i="2" l="1"/>
   <c r="F8" i="2"/>
   <c r="C8" i="1"/>
   <c r="E8" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2005" uniqueCount="722">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2009" uniqueCount="721">
   <si>
     <t>Exchange</t>
   </si>
   <si>
     <t xml:space="preserve">and we are not responsible for any errors or omissions in or your use of, or reliance on, the information provided. </t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Root
 Ticker</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>Listing Type</t>
   </si>
   <si>
     <t>HQ
 Location</t>
   </si>
   <si>
     <t>HQ
@@ -256,62 +254,50 @@
     <t>AFRICA</t>
   </si>
   <si>
     <t>AUS/NZ/PNG</t>
   </si>
   <si>
     <t>CANADA</t>
   </si>
   <si>
     <t>ASIA</t>
   </si>
   <si>
     <t>LATIN AMERICA</t>
   </si>
   <si>
     <t>OTHER</t>
   </si>
   <si>
     <t>UK/EUROPE</t>
   </si>
   <si>
     <t>S&amp;P/TSX Venture 
 Composite Index</t>
   </si>
   <si>
-    <t>AwABTANDQUQBSP////8BUB8AAAAtQ0lRLklRMTY4MzU3MDU2OC5JUV9DTE9TRVBSSUNFLjA2LzI5LzIwMjMuQ0FEAQAAAIg/WWQDAAAAAAAhn9yefYjbCH3nRz1+iNsILUNJUS5JUTE2ODM1NzA1NjguSVFfQ0xPU0VQUklDRS4wNi8zMC8yMDIzLkNBRAEAAACIP1lkAwAAAAAAxhS6mn2I2wg228GafYjbCCxDSVEuSVEyMjU0MTIyNTYuSVFfQ0xPU0VQUklDRS4wNi8zMC8yMDIzLkNBRAEAAACghG8NAgAAAAQ4LjY1AMYUupp9iNsI2kPQeX+I2wgsQ0lRLklRNjk4NDAwMjUwLklRX0NMT1NFUFJJQ0UuMDYvMzAvMjAyMy5DQUQBAAAA+r2gKQIAAAABMwDGFLqafYjbCDvACel/iNsIK0NJUS5JUTIyOTU1NzUwLklRX0NMT1NFUFJJQ0UuMDYvMzAvMjAyMy5DQUQBAAAA5kZeAQIAAAAEOC4yNgDGFLqafYjbCGCXznl/iNsILENJUS5JUTYzMDQ5MTI5NC5JUV9DTE9TRVBSSUNFLjA2LzMwLzIwMjMuQ0FEAQAAAJ6IlCUCAAAABDMuNjcAxhS6mn2I2whFDM95f4jbCCxDSVEuSVE3MDg2ODEzODguSVFfQ0xPU0VQUklDRS4wNi8zMC8yMDIzLkNBRAEAAACsnj0qAgAAAAQ4LjE3AMYUupp9iNsIIVrPeX+I2wgqQ0lRLklRNjM3MDI2Ny5JUV9DTE9TRVBSSUNFLjA2LzMwLzIwMjMuQ0FEAQAAANszYQACAAAACTIwLjEwMTM1NgDGFLqafYjbCOAd0Hl/iNsIKkNJUS5JUTk0MTI3NzYuSVFfQ0xPU0VQUklDRS4wNi8zMC8y</t>
-[...10 lines deleted...]
-  <si>
     <t>Royalty Streaming</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>ON</t>
   </si>
   <si>
     <t>IPO</t>
   </si>
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>TSX</t>
   </si>
   <si>
     <t>TSX Comedown</t>
   </si>
   <si>
     <t>TSXV</t>
   </si>
   <si>
     <t>© 2025 TSX Inc. All Rights Reserved. Do not copy, distribute, sell or modify this document without TSX Inc.'s prior written consent.</t>
@@ -946,59 +932,50 @@
   <si>
     <t>Mattr Corp.</t>
   </si>
   <si>
     <t>MATR</t>
   </si>
   <si>
     <t>MAX0010</t>
   </si>
   <si>
     <t>Maxim Power Corp.</t>
   </si>
   <si>
     <t>MXG</t>
   </si>
   <si>
     <t>MCC0003</t>
   </si>
   <si>
     <t>McCoy Global Inc.</t>
   </si>
   <si>
     <t>MCB</t>
   </si>
   <si>
-    <t>MEG0006</t>
-[...7 lines deleted...]
-  <si>
     <t>MUL0001</t>
   </si>
   <si>
     <t>Mullen Group Ltd.</t>
   </si>
   <si>
     <t>MTL</t>
   </si>
   <si>
     <t>NOR0071</t>
   </si>
   <si>
     <t>North American Construction Group Ltd.</t>
   </si>
   <si>
     <t>NOA</t>
   </si>
   <si>
     <t>NUV0002</t>
   </si>
   <si>
     <t>NuVista Energy Ltd.</t>
   </si>
   <si>
     <t>NVA</t>
@@ -1423,53 +1400,50 @@
   <si>
     <t>Whitecap Resources Inc.</t>
   </si>
   <si>
     <t>WCP</t>
   </si>
   <si>
     <t>YAN0002</t>
   </si>
   <si>
     <t>Yangarra Resources Ltd.</t>
   </si>
   <si>
     <t>YGR</t>
   </si>
   <si>
     <t>RTO from NEX</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>V-00064</t>
   </si>
   <si>
-    <t>East West Petroleum Corp.</t>
-[...1 lines deleted...]
-  <si>
     <t>EW</t>
   </si>
   <si>
     <t>QT</t>
   </si>
   <si>
     <t>V-00087</t>
   </si>
   <si>
     <t>Altima Energy Inc.</t>
   </si>
   <si>
     <t>ARH</t>
   </si>
   <si>
     <t>QT from NEX</t>
   </si>
   <si>
     <t>RTO</t>
   </si>
   <si>
     <t>V-00300</t>
   </si>
   <si>
     <t>CGX Energy Inc.</t>
@@ -1651,56 +1625,50 @@
   <si>
     <t>V-01226</t>
   </si>
   <si>
     <t>Marksmen Energy Inc.</t>
   </si>
   <si>
     <t>MAH</t>
   </si>
   <si>
     <t>OH</t>
   </si>
   <si>
     <t>V-01244</t>
   </si>
   <si>
     <t>McChip Resources Inc.</t>
   </si>
   <si>
     <t>MCS</t>
   </si>
   <si>
     <t>V-01331</t>
   </si>
   <si>
-    <t>Tenth Avenue Petroleum Corp.</t>
-[...4 lines deleted...]
-  <si>
     <t>V-01410</t>
   </si>
   <si>
     <t>Hemisphere Energy Corporation</t>
   </si>
   <si>
     <t>HME</t>
   </si>
   <si>
     <t>V-01429</t>
   </si>
   <si>
     <t>Sintana Energy Inc.</t>
   </si>
   <si>
     <t>SEI</t>
   </si>
   <si>
     <t>V-01463</t>
   </si>
   <si>
     <t>Prospera Energy Inc.</t>
   </si>
   <si>
     <t>PEI</t>
@@ -2110,56 +2078,50 @@
   <si>
     <t>HEVI</t>
   </si>
   <si>
     <t>V-04865</t>
   </si>
   <si>
     <t>Source Rock Royalties Ltd.</t>
   </si>
   <si>
     <t>SRR</t>
   </si>
   <si>
     <t>V-04896</t>
   </si>
   <si>
     <t>Coelacanth Energy Inc.</t>
   </si>
   <si>
     <t>CEI</t>
   </si>
   <si>
     <t>V-04967</t>
   </si>
   <si>
-    <t>Blue Sky Global Energy Corp.</t>
-[...4 lines deleted...]
-  <si>
     <t>V-04970</t>
   </si>
   <si>
     <t>Logan Energy Corp.</t>
   </si>
   <si>
     <t>LGN</t>
   </si>
   <si>
     <t>V-04978</t>
   </si>
   <si>
     <t>Pulsar Helium Inc.</t>
   </si>
   <si>
     <t>PLSR</t>
   </si>
   <si>
     <t>V-04983</t>
   </si>
   <si>
     <t>LNG Energy Group Corp.</t>
   </si>
   <si>
     <t>LNGE</t>
@@ -2254,69 +2216,102 @@
   <si>
     <t>Cavvy Energy Ltd.</t>
   </si>
   <si>
     <t>CVVY</t>
   </si>
   <si>
     <t>Meren Energy Inc.</t>
   </si>
   <si>
     <t>MER</t>
   </si>
   <si>
     <t>V-5069</t>
   </si>
   <si>
     <t>Atlas Energy Corp.</t>
   </si>
   <si>
     <t>ATLE</t>
   </si>
   <si>
     <t>2025 TSX30</t>
   </si>
   <si>
+    <t>Saba Energy Ltd.</t>
+  </si>
+  <si>
+    <t>SABA</t>
+  </si>
+  <si>
+    <t>X-1274</t>
+  </si>
+  <si>
+    <t>Rockpoint Gas Storage Inc.</t>
+  </si>
+  <si>
+    <t>RGSI</t>
+  </si>
+  <si>
+    <t>East West Minerals Ltd.</t>
+  </si>
+  <si>
+    <t>Decimus Oil Corp.</t>
+  </si>
+  <si>
+    <t>WCSB</t>
+  </si>
+  <si>
+    <t>V-02897</t>
+  </si>
+  <si>
+    <t>Carcetti Capital Corp.</t>
+  </si>
+  <si>
+    <t>CART</t>
+  </si>
+  <si>
     <t>Market Cap (C$)
-31-August-2025</t>
+30-November-2025</t>
   </si>
   <si>
     <t>O/S Shares
-31-August-2025</t>
+30-November-2025</t>
   </si>
   <si>
     <t>Volume YTD
-31-August-2025</t>
+30-November-2025</t>
   </si>
   <si>
     <t>Value (C$) YTD
-31-August-2025</t>
+30-November-2025</t>
   </si>
   <si>
     <t>Number of 
 Trades YTD
-31-August-2025</t>
+30-November-2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -2658,51 +2653,51 @@
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFF00"/>
           <bgColor rgb="FF000000"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2946,94 +2941,64 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...28 lines deleted...]
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:AI111"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1"/>
+      <selection activeCell="B10" sqref="B10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="17" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="12.5703125" style="17" customWidth="1"/>
     <col min="3" max="3" width="71.140625" style="17" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.85546875" style="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.7109375" style="20" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="32.28515625" style="19" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="22.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="13.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="11" max="13" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="11.42578125" style="18" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="12.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="11.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="17.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="17.140625" style="18" customWidth="1"/>
     <col min="20" max="20" width="23.42578125" style="18" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="15.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="17.7109375" style="19" bestFit="1" customWidth="1"/>
     <col min="23" max="24" width="17.7109375" style="20" bestFit="1" customWidth="1"/>
@@ -3104,51 +3069,51 @@
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="6"/>
       <c r="W2" s="6"/>
       <c r="X2" s="6"/>
       <c r="Y2" s="6"/>
       <c r="Z2" s="6"/>
       <c r="AA2" s="1"/>
       <c r="AB2" s="1"/>
       <c r="AC2" s="1"/>
       <c r="AD2" s="1"/>
       <c r="AE2" s="1"/>
       <c r="AF2" s="1"/>
       <c r="AG2" s="1"/>
       <c r="AH2" s="1"/>
       <c r="AI2" s="1"/>
     </row>
     <row r="3" spans="1:35" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B3" s="2" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D3" s="1"/>
       <c r="E3" s="4"/>
       <c r="F3" s="6"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="6"/>
       <c r="W3" s="6"/>
       <c r="X3" s="6"/>
       <c r="Y3" s="6"/>
       <c r="Z3" s="6"/>
       <c r="AA3" s="1"/>
@@ -3298,51 +3263,51 @@
       <c r="U7" s="1"/>
       <c r="V7" s="6"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="56"/>
       <c r="AA7" s="56"/>
       <c r="AB7" s="56"/>
       <c r="AC7" s="56"/>
       <c r="AD7" s="56"/>
       <c r="AE7" s="56"/>
       <c r="AF7" s="56"/>
       <c r="AG7" s="56"/>
       <c r="AH7" s="57"/>
       <c r="AI7" s="56"/>
     </row>
     <row r="8" spans="1:35" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="1"/>
       <c r="C8" s="38">
         <f>SUBTOTAL(3,C11:C111)</f>
         <v>101</v>
       </c>
       <c r="D8" s="39"/>
       <c r="E8" s="40">
         <f>SUBTOTAL(9,E11:E111)</f>
-        <v>836394635345.83948</v>
+        <v>891519961292.00964</v>
       </c>
       <c r="F8" s="41"/>
       <c r="G8" s="64"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="6"/>
       <c r="W8" s="6"/>
       <c r="X8" s="6"/>
       <c r="Y8" s="6"/>
       <c r="Z8" s="56"/>
       <c r="AA8" s="56"/>
       <c r="AB8" s="56"/>
       <c r="AC8" s="56"/>
@@ -3381,5686 +3346,5677 @@
       <c r="Z9" s="56"/>
       <c r="AA9" s="56"/>
       <c r="AB9" s="56"/>
       <c r="AC9" s="56"/>
       <c r="AD9" s="56"/>
       <c r="AE9" s="56"/>
       <c r="AF9" s="56"/>
       <c r="AG9" s="56"/>
       <c r="AH9" s="57"/>
       <c r="AI9" s="56"/>
     </row>
     <row r="10" spans="1:35" s="13" customFormat="1" ht="39" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>3</v>
       </c>
       <c r="E10" s="16" t="s">
+        <v>716</v>
+      </c>
+      <c r="F10" s="16" t="s">
         <v>717</v>
-      </c>
-[...1 lines deleted...]
-        <v>718</v>
       </c>
       <c r="G10" s="13" t="s">
         <v>4</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>11</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>6</v>
       </c>
       <c r="J10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="K10" s="13" t="s">
         <v>5</v>
       </c>
       <c r="L10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="M10" s="15" t="s">
         <v>28</v>
       </c>
       <c r="N10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="O10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="P10" s="15" t="s">
         <v>8</v>
       </c>
       <c r="Q10" s="15" t="s">
         <v>9</v>
       </c>
       <c r="R10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="S10" s="13" t="s">
-        <v>716</v>
+        <v>704</v>
       </c>
       <c r="T10" s="15" t="s">
         <v>10</v>
       </c>
       <c r="U10" s="13" t="s">
         <v>16</v>
       </c>
       <c r="V10" s="16" t="s">
+        <v>718</v>
+      </c>
+      <c r="W10" s="16" t="s">
         <v>719</v>
       </c>
-      <c r="W10" s="16" t="s">
+      <c r="X10" s="16" t="s">
         <v>720</v>
-      </c>
-[...1 lines deleted...]
-        <v>721</v>
       </c>
       <c r="Y10" s="16" t="s">
         <v>12</v>
       </c>
       <c r="Z10" s="58" t="s">
         <v>43</v>
       </c>
       <c r="AA10" s="58" t="s">
         <v>46</v>
       </c>
       <c r="AB10" s="58" t="s">
         <v>44</v>
       </c>
       <c r="AC10" s="58" t="s">
         <v>45</v>
       </c>
       <c r="AD10" s="58" t="s">
         <v>47</v>
       </c>
       <c r="AE10" s="58" t="s">
         <v>48</v>
       </c>
       <c r="AF10" s="58" t="s">
         <v>49</v>
       </c>
       <c r="AG10" s="58" t="s">
         <v>13</v>
       </c>
       <c r="AH10" s="58" t="s">
         <v>34</v>
       </c>
       <c r="AI10" s="58" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:35" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A11" s="17" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="B11" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C11" s="17" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D11" s="18" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="E11" s="20">
-        <v>160173091.44</v>
+        <v>172657980.84</v>
       </c>
       <c r="F11" s="20">
-        <v>33934977</v>
+        <v>33460849</v>
       </c>
       <c r="G11" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H11" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I11" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J11" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L11" s="18">
         <v>19870925</v>
       </c>
       <c r="V11" s="19">
-        <v>8885436</v>
+        <v>10876116</v>
       </c>
       <c r="W11" s="20">
-        <v>49711524</v>
+        <v>59644262</v>
       </c>
       <c r="X11" s="20">
-        <v>15120</v>
+        <v>18427</v>
       </c>
       <c r="Y11" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A12" s="17" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B12" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C12" s="17" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="D12" s="18" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="E12" s="20">
-        <v>2008667240.4200001</v>
+        <v>2264216078.8000002</v>
       </c>
       <c r="F12" s="20">
-        <v>168391122</v>
+        <v>168379110</v>
       </c>
       <c r="G12" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I12" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J12" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L12" s="18">
         <v>20010529</v>
       </c>
       <c r="R12" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V12" s="19">
-        <v>85438395</v>
+        <v>115475390</v>
       </c>
       <c r="W12" s="20">
-        <v>905302743</v>
+        <v>1254874479.5</v>
       </c>
       <c r="X12" s="20">
-        <v>401100</v>
+        <v>529714</v>
       </c>
       <c r="Y12" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A13" s="17" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="B13" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C13" s="17" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="D13" s="18" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="E13" s="20">
-        <v>80478057.739999995</v>
+        <v>75589353.299999997</v>
       </c>
       <c r="F13" s="20">
-        <v>39734191</v>
+        <v>39566267</v>
       </c>
       <c r="G13" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H13" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I13" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J13" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L13" s="18">
         <v>19930108</v>
       </c>
       <c r="V13" s="19">
-        <v>4191225</v>
+        <v>6746998</v>
       </c>
       <c r="W13" s="20">
-        <v>8234527.5</v>
+        <v>13230369</v>
       </c>
       <c r="X13" s="20">
-        <v>8640</v>
+        <v>12812</v>
       </c>
       <c r="Y13" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A14" s="17" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B14" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C14" s="17" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D14" s="18" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="E14" s="20">
-        <v>12579896754.059999</v>
+        <v>13618282191.68</v>
       </c>
       <c r="F14" s="20">
-        <v>315191896</v>
+        <v>319101164</v>
       </c>
       <c r="G14" s="19" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="I14" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J14" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K14" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L14" s="18">
         <v>20000117</v>
       </c>
       <c r="P14" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="R14" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V14" s="19">
-        <v>134719745</v>
+        <v>197423967</v>
       </c>
       <c r="W14" s="20">
-        <v>5055038639.5</v>
+        <v>7609328636.5</v>
       </c>
       <c r="X14" s="20">
-        <v>569431</v>
+        <v>758016</v>
       </c>
       <c r="Y14" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A15" s="17" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B15" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C15" s="17" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="D15" s="18" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="E15" s="20">
-        <v>15393379048.139999</v>
+        <v>14393222987.200001</v>
       </c>
       <c r="F15" s="20">
-        <v>582420698</v>
+        <v>575498720</v>
       </c>
       <c r="G15" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I15" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J15" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K15" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L15" s="18">
         <v>19960711</v>
       </c>
       <c r="R15" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V15" s="19">
-        <v>309507960</v>
+        <v>539157709</v>
       </c>
       <c r="W15" s="20">
-        <v>8399617351.5</v>
+        <v>14166906439</v>
       </c>
       <c r="X15" s="20">
-        <v>1296090</v>
+        <v>2012803</v>
       </c>
       <c r="Y15" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC15" s="18" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="AH15" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A16" s="17" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="B16" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C16" s="17" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D16" s="18" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="E16" s="20">
-        <v>5664672122.9300003</v>
+        <v>6337612155.6400003</v>
       </c>
       <c r="F16" s="20">
-        <v>112526479</v>
+        <v>112103753</v>
       </c>
       <c r="G16" s="19" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="I16" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J16" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L16" s="18">
         <v>19680308</v>
       </c>
       <c r="R16" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V16" s="19">
-        <v>35978914</v>
+        <v>51316264</v>
       </c>
       <c r="W16" s="20">
-        <v>1775344877.5</v>
+        <v>2571752054.5</v>
       </c>
       <c r="X16" s="20">
-        <v>175879</v>
+        <v>240171</v>
       </c>
       <c r="Y16" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A17" s="17" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="B17" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C17" s="17" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="D17" s="18" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="E17" s="20">
-        <v>2984824907.8200002</v>
+        <v>3791475409.8000002</v>
       </c>
       <c r="F17" s="20">
-        <v>495818091</v>
+        <v>486086591</v>
       </c>
       <c r="G17" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I17" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J17" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K17" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L17" s="18">
         <v>20100407</v>
       </c>
       <c r="R17" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V17" s="19">
-        <v>399826473</v>
+        <v>540076523</v>
       </c>
       <c r="W17" s="20">
-        <v>2089036089.5</v>
+        <v>3039685959</v>
       </c>
       <c r="X17" s="20">
-        <v>694675</v>
+        <v>966519</v>
       </c>
       <c r="Y17" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC17" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="AH17" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="18" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A18" s="17" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="B18" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C18" s="17" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D18" s="18" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="E18" s="20">
-        <v>1944449915.9400001</v>
+        <v>2456626728.7800002</v>
       </c>
       <c r="F18" s="20">
         <v>33740238</v>
       </c>
       <c r="G18" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H18" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I18" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J18" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L18" s="18">
         <v>19970605</v>
       </c>
       <c r="R18" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V18" s="19">
-        <v>16171728</v>
+        <v>23411484</v>
       </c>
       <c r="W18" s="20">
-        <v>718764206.5</v>
+        <v>1211871234</v>
       </c>
       <c r="X18" s="20">
-        <v>104466</v>
+        <v>155382</v>
       </c>
       <c r="Y18" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A19" s="17" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="B19" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C19" s="17" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="D19" s="18" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="E19" s="20">
-        <v>2343366868.3000002</v>
+        <v>3465109697.0599999</v>
       </c>
       <c r="F19" s="20">
         <v>768317006</v>
       </c>
       <c r="G19" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I19" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J19" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K19" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L19" s="18">
         <v>19941221</v>
       </c>
       <c r="M19" s="18" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="P19" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="R19" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V19" s="19">
-        <v>889722075</v>
+        <v>1277152917</v>
       </c>
       <c r="W19" s="20">
-        <v>2502576385.5</v>
+        <v>3909446426</v>
       </c>
       <c r="X19" s="20">
-        <v>647226</v>
+        <v>931993</v>
       </c>
       <c r="Y19" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC19" s="18" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="AG19" s="18" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="AH19" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="20" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A20" s="17" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B20" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C20" s="17" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D20" s="18" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="E20" s="20">
         <v>7279563.2249999996</v>
       </c>
       <c r="F20" s="20">
         <v>485304215</v>
       </c>
       <c r="G20" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I20" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J20" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K20" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L20" s="18">
         <v>20071101</v>
       </c>
       <c r="P20" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="V20" s="19">
-        <v>5634920</v>
+        <v>9016826</v>
       </c>
       <c r="W20" s="20">
-        <v>65776</v>
+        <v>108142</v>
       </c>
       <c r="X20" s="20">
-        <v>538</v>
+        <v>742</v>
       </c>
       <c r="Y20" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AB20" s="18" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="AH20" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="21" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A21" s="17" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B21" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C21" s="17" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D21" s="18" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="E21" s="20">
-        <v>1723274194.21</v>
+        <v>2148766454.1599998</v>
       </c>
       <c r="F21" s="20">
-        <v>273102091</v>
+        <v>273379956</v>
       </c>
       <c r="G21" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I21" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J21" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K21" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L21" s="18">
         <v>20050721</v>
       </c>
       <c r="P21" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="R21" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V21" s="19">
-        <v>183332303</v>
+        <v>271615404</v>
       </c>
       <c r="W21" s="20">
-        <v>1139314397</v>
+        <v>1700512258</v>
       </c>
       <c r="X21" s="20">
-        <v>562639</v>
+        <v>778677</v>
       </c>
       <c r="Y21" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC21" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="AH21" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="22" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A22" s="17" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="B22" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C22" s="17" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="D22" s="18" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="E22" s="20">
-        <v>126273036</v>
+        <v>140829073</v>
       </c>
       <c r="F22" s="20">
-        <v>36600880</v>
+        <v>36578980</v>
       </c>
       <c r="G22" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I22" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J22" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L22" s="18">
         <v>20010704</v>
       </c>
       <c r="V22" s="19">
-        <v>6544898</v>
+        <v>9439182</v>
       </c>
       <c r="W22" s="20">
-        <v>22532751</v>
+        <v>32930442.5</v>
       </c>
       <c r="X22" s="20">
-        <v>16237</v>
+        <v>22881</v>
       </c>
       <c r="Y22" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC22" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="AH22" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A23" s="17" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="B23" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C23" s="17" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D23" s="18" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="E23" s="20">
-        <v>7136904.8700000001</v>
+        <v>6079585.6299999999</v>
       </c>
       <c r="F23" s="20">
         <v>26432981</v>
       </c>
       <c r="G23" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H23" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I23" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J23" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K23" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L23" s="18">
         <v>20110704</v>
       </c>
       <c r="O23" s="18" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="P23" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="V23" s="19">
-        <v>1172346</v>
+        <v>1456270</v>
       </c>
       <c r="W23" s="20">
-        <v>359026.5</v>
+        <v>430320</v>
       </c>
       <c r="X23" s="20">
-        <v>467</v>
+        <v>622</v>
       </c>
       <c r="Y23" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A24" s="17" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="B24" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C24" s="17" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D24" s="18" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="E24" s="20">
-        <v>290306371.42000002</v>
+        <v>302330895.68000001</v>
       </c>
       <c r="F24" s="20">
         <v>85889459</v>
       </c>
       <c r="G24" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H24" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I24" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J24" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L24" s="18">
         <v>19600408</v>
       </c>
       <c r="V24" s="19">
-        <v>10584818</v>
+        <v>14353890</v>
       </c>
       <c r="W24" s="20">
-        <v>38588707.5</v>
+        <v>47146488.5</v>
       </c>
       <c r="X24" s="20">
-        <v>12968</v>
+        <v>17251</v>
       </c>
       <c r="Y24" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A25" s="17" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="B25" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C25" s="17" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="D25" s="18" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="E25" s="20">
-        <v>87347166.719999999</v>
+        <v>52203580.109999999</v>
       </c>
       <c r="F25" s="20">
         <v>34119987</v>
       </c>
       <c r="G25" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I25" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J25" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K25" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L25" s="18">
         <v>20110503</v>
       </c>
       <c r="M25" s="18" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="O25" s="18" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="P25" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="V25" s="19">
-        <v>5634900</v>
+        <v>8501059</v>
       </c>
       <c r="W25" s="20">
-        <v>16049625</v>
+        <v>22914475.5</v>
       </c>
       <c r="X25" s="20">
-        <v>15917</v>
+        <v>25135</v>
       </c>
       <c r="Y25" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AD25" s="18" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="AH25" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="26" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A26" s="17" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="B26" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C26" s="17" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D26" s="18" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="E26" s="20">
-        <v>90855369197.679993</v>
+        <v>98515263170.339996</v>
       </c>
       <c r="F26" s="20">
-        <v>2089109432</v>
+        <v>2083215546</v>
       </c>
       <c r="G26" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I26" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J26" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L26" s="18">
         <v>19760514</v>
       </c>
       <c r="M26" s="18" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="R26" s="18">
         <v>60</v>
       </c>
       <c r="V26" s="19">
-        <v>2296998367</v>
+        <v>3306345874</v>
       </c>
       <c r="W26" s="20">
-        <v>98127048125.5</v>
+        <v>143130245911</v>
       </c>
       <c r="X26" s="20">
-        <v>3400487</v>
+        <v>4526700</v>
       </c>
       <c r="Y26" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="Z26" s="19" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="AC26" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="AF26" s="18" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="AH26" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="27" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A27" s="17" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="B27" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C27" s="17" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="D27" s="18" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="E27" s="20">
-        <v>9297259189.5100002</v>
+        <v>10344411810.51</v>
       </c>
       <c r="F27" s="20">
-        <v>269292537</v>
+        <v>277417637</v>
       </c>
       <c r="G27" s="19" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="I27" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J27" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L27" s="18">
         <v>19460312</v>
       </c>
       <c r="R27" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V27" s="19">
-        <v>98424857</v>
+        <v>130990267</v>
       </c>
       <c r="W27" s="20">
-        <v>3486016974</v>
+        <v>4733568781</v>
       </c>
       <c r="X27" s="20">
-        <v>302166</v>
+        <v>400876</v>
       </c>
       <c r="Y27" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A28" s="17" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="B28" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C28" s="17" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D28" s="18" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="E28" s="20">
-        <v>9367241313.4699993</v>
+        <v>10040348224.41</v>
       </c>
       <c r="F28" s="20">
-        <v>174466061</v>
+        <v>174909477</v>
       </c>
       <c r="G28" s="19" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="I28" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J28" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K28" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L28" s="18">
         <v>20090708</v>
       </c>
       <c r="R28" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V28" s="19">
-        <v>140003072</v>
+        <v>187642869</v>
       </c>
       <c r="W28" s="20">
-        <v>7403432747</v>
+        <v>10505084594.5</v>
       </c>
       <c r="X28" s="20">
-        <v>753739</v>
+        <v>1011860</v>
       </c>
       <c r="Y28" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A29" s="17" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="B29" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C29" s="17" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="D29" s="18" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="E29" s="20">
-        <v>1279861292.4300001</v>
+        <v>1557227838</v>
       </c>
       <c r="F29" s="20">
-        <v>162067667</v>
+        <v>162157982</v>
       </c>
       <c r="G29" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I29" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J29" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K29" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L29" s="18">
         <v>20131217</v>
       </c>
       <c r="V29" s="19">
-        <v>121068974</v>
+        <v>181367823</v>
       </c>
       <c r="W29" s="20">
-        <v>796356052</v>
+        <v>1283944278</v>
       </c>
       <c r="X29" s="20">
-        <v>268402</v>
+        <v>388954</v>
       </c>
       <c r="Y29" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC29" s="18" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="AH29" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="30" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A30" s="17" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="B30" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C30" s="17" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="D30" s="18" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="E30" s="20">
-        <v>553351802.85000002</v>
+        <v>563084773.29999995</v>
       </c>
       <c r="F30" s="20">
-        <v>42272865</v>
+        <v>42337201</v>
       </c>
       <c r="G30" s="19" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="I30" s="18" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="J30" s="18" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="L30" s="18">
         <v>19900910</v>
       </c>
       <c r="V30" s="19">
-        <v>354756</v>
+        <v>508510</v>
       </c>
       <c r="W30" s="20">
-        <v>4728833.5</v>
+        <v>6798933</v>
       </c>
       <c r="X30" s="20">
-        <v>1119</v>
+        <v>1590</v>
       </c>
       <c r="Y30" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A31" s="17" t="s">
-        <v>329</v>
+        <v>322</v>
       </c>
       <c r="B31" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C31" s="17" t="s">
-        <v>709</v>
+        <v>697</v>
       </c>
       <c r="D31" s="18" t="s">
-        <v>710</v>
+        <v>698</v>
       </c>
       <c r="E31" s="20">
-        <v>188775367.30000001</v>
+        <v>270272945.10000002</v>
       </c>
       <c r="F31" s="20">
-        <v>290423642</v>
+        <v>290616070</v>
       </c>
       <c r="G31" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I31" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J31" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K31" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L31" s="18">
         <v>20200603</v>
       </c>
       <c r="P31" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="V31" s="19">
-        <v>10868472</v>
+        <v>20361936</v>
       </c>
       <c r="W31" s="20">
-        <v>4416008.5</v>
+        <v>11957767</v>
       </c>
       <c r="X31" s="20">
-        <v>3497</v>
+        <v>6884</v>
       </c>
       <c r="Y31" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC31" s="18" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="AH31" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A32" s="17" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="B32" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C32" s="17" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="D32" s="18" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="E32" s="20">
-        <v>41367980979.339996</v>
+        <v>47418620577.330002</v>
       </c>
       <c r="F32" s="20">
-        <v>1810633456</v>
+        <v>1902332001</v>
       </c>
       <c r="G32" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I32" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J32" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K32" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="L32" s="18">
         <v>20091203</v>
       </c>
       <c r="M32" s="18" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="R32" s="18">
         <v>60</v>
       </c>
       <c r="V32" s="19">
-        <v>1231260541</v>
+        <v>1913501175</v>
       </c>
       <c r="W32" s="20">
-        <v>24198590704.5</v>
+        <v>40664382241</v>
       </c>
       <c r="X32" s="20">
-        <v>2263401</v>
+        <v>3313448</v>
       </c>
       <c r="Y32" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AA32" s="18" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="AC32" s="18" t="s">
-        <v>699</v>
+        <v>687</v>
       </c>
       <c r="AH32" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A33" s="17" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="B33" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C33" s="17" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="D33" s="18" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="E33" s="20">
-        <v>1815819042.9100001</v>
+        <v>2624603375.1900001</v>
       </c>
       <c r="F33" s="20">
-        <v>219037279</v>
+        <v>213556011</v>
       </c>
       <c r="G33" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H33" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I33" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J33" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K33" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L33" s="18">
         <v>20060301</v>
       </c>
       <c r="R33" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V33" s="19">
-        <v>103635722</v>
+        <v>150166154</v>
       </c>
       <c r="W33" s="20">
-        <v>761675608</v>
+        <v>1223873294.5</v>
       </c>
       <c r="X33" s="20">
-        <v>437715</v>
+        <v>597989</v>
       </c>
       <c r="Y33" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A34" s="17" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="B34" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C34" s="17" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="D34" s="18" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="E34" s="20">
-        <v>110117528.45999999</v>
+        <v>129213219.87</v>
       </c>
       <c r="F34" s="20">
-        <v>67973783</v>
+        <v>68366783</v>
       </c>
       <c r="G34" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I34" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J34" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K34" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L34" s="18">
         <v>20110411</v>
       </c>
       <c r="V34" s="19">
-        <v>7868494</v>
+        <v>11266303</v>
       </c>
       <c r="W34" s="20">
-        <v>14382668.5</v>
+        <v>20177919.5</v>
       </c>
       <c r="X34" s="20">
-        <v>9052</v>
+        <v>12452</v>
       </c>
       <c r="Y34" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AA34" s="18" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="AH34" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="35" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A35" s="17" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="B35" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C35" s="17" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="D35" s="18" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="E35" s="20">
-        <v>145090000</v>
+        <v>147712000</v>
       </c>
       <c r="F35" s="20">
         <v>7600000</v>
       </c>
       <c r="G35" s="19" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="I35" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J35" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K35" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="L35" s="18">
         <v>20070417</v>
       </c>
       <c r="V35" s="19">
-        <v>1331729</v>
+        <v>1879135</v>
       </c>
       <c r="W35" s="20">
-        <v>23480562.5</v>
+        <v>33838509.5</v>
       </c>
       <c r="X35" s="20">
-        <v>1140</v>
+        <v>1532</v>
       </c>
       <c r="Y35" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A36" s="17" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="B36" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C36" s="17" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D36" s="18" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="E36" s="20">
-        <v>617467766.42999995</v>
+        <v>746250525.89999998</v>
       </c>
       <c r="F36" s="20">
-        <v>62182051</v>
+        <v>62239410</v>
       </c>
       <c r="G36" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H36" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I36" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J36" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K36" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L36" s="18">
         <v>20070528</v>
       </c>
       <c r="P36" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="V36" s="19">
-        <v>6363391</v>
+        <v>9931234</v>
       </c>
       <c r="W36" s="20">
-        <v>53432865.5</v>
+        <v>89742313</v>
       </c>
       <c r="X36" s="20">
-        <v>22979</v>
+        <v>32173</v>
       </c>
       <c r="Y36" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A37" s="17" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="B37" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C37" s="17" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="D37" s="18" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="E37" s="20">
-        <v>20920745090.23</v>
+        <v>21757116917.259998</v>
       </c>
       <c r="F37" s="20">
-        <v>357253403</v>
+        <v>358685593</v>
       </c>
       <c r="G37" s="19" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="I37" s="18" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="J37" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L37" s="18">
         <v>19990106</v>
       </c>
       <c r="R37" s="18">
         <v>60</v>
       </c>
       <c r="V37" s="19">
-        <v>216236082</v>
+        <v>289276888</v>
       </c>
       <c r="W37" s="20">
-        <v>12557599111</v>
+        <v>17289916322.5</v>
       </c>
       <c r="X37" s="20">
-        <v>653063</v>
+        <v>875145</v>
       </c>
       <c r="Y37" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A38" s="17" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="B38" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C38" s="17" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="D38" s="18" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="E38" s="20">
-        <v>151034462295.04999</v>
+        <v>154439868939.95001</v>
       </c>
       <c r="F38" s="20">
-        <v>2457517090</v>
+        <v>2458275613</v>
       </c>
       <c r="G38" s="19" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="I38" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J38" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L38" s="18">
         <v>19530215</v>
       </c>
       <c r="M38" s="18" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="R38" s="18">
         <v>60</v>
       </c>
       <c r="V38" s="19">
-        <v>1477238329</v>
+        <v>1894922449</v>
       </c>
       <c r="W38" s="20">
-        <v>91489370400.5</v>
+        <v>119043162170.5</v>
       </c>
       <c r="X38" s="20">
-        <v>2589637</v>
+        <v>3348441</v>
       </c>
       <c r="Y38" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A39" s="17" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="B39" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C39" s="17" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="D39" s="18" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="E39" s="20">
-        <v>1691901635.52</v>
+        <v>2366608565.9699998</v>
       </c>
       <c r="F39" s="20">
-        <v>122247228</v>
+        <v>121801779</v>
       </c>
       <c r="G39" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H39" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I39" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J39" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K39" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="L39" s="18">
         <v>20110603</v>
       </c>
       <c r="M39" s="18" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="R39" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V39" s="19">
-        <v>82182786</v>
+        <v>112214181</v>
       </c>
       <c r="W39" s="20">
-        <v>932113332</v>
+        <v>1434800886.5</v>
       </c>
       <c r="X39" s="20">
-        <v>379544</v>
+        <v>523465</v>
       </c>
       <c r="Y39" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A40" s="17" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="B40" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C40" s="17" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="D40" s="18" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="E40" s="20">
-        <v>410069919.60000002</v>
+        <v>491532568.80000001</v>
       </c>
       <c r="F40" s="20">
-        <v>184716180</v>
+        <v>184786680</v>
       </c>
       <c r="G40" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H40" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I40" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J40" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K40" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L40" s="18">
         <v>19930625</v>
       </c>
       <c r="P40" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="V40" s="19">
-        <v>30938859</v>
+        <v>39619033</v>
       </c>
       <c r="W40" s="20">
-        <v>77560114.5</v>
+        <v>98849525.5</v>
       </c>
       <c r="X40" s="20">
-        <v>75757</v>
+        <v>95692</v>
       </c>
       <c r="Y40" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A41" s="17" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="B41" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C41" s="17" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D41" s="18" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="E41" s="20">
-        <v>110869597.41</v>
+        <v>101245596.65000001</v>
       </c>
       <c r="F41" s="20">
-        <v>77531187</v>
+        <v>77286715</v>
       </c>
       <c r="G41" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H41" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I41" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J41" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K41" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L41" s="18">
         <v>20070813</v>
       </c>
       <c r="O41" s="18" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="P41" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="Q41" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="V41" s="19">
-        <v>53206977</v>
+        <v>64051876</v>
       </c>
       <c r="W41" s="20">
-        <v>95523705.5</v>
+        <v>110190510.5</v>
       </c>
       <c r="X41" s="20">
-        <v>72196</v>
+        <v>84163</v>
       </c>
       <c r="Y41" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A42" s="17" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="B42" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C42" s="17" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="D42" s="18" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="E42" s="20">
-        <v>2750030.9750000001</v>
+        <v>151801709.81999999</v>
       </c>
       <c r="F42" s="20">
         <v>110001239</v>
       </c>
       <c r="G42" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H42" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I42" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J42" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K42" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L42" s="18">
         <v>20050805</v>
       </c>
       <c r="V42" s="19">
-        <v>9578543</v>
+        <v>13845422</v>
       </c>
       <c r="W42" s="20">
-        <v>252852</v>
+        <v>908464</v>
       </c>
       <c r="X42" s="20">
-        <v>856</v>
+        <v>1863</v>
       </c>
       <c r="Y42" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A43" s="17" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="B43" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C43" s="17" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="D43" s="18" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="E43" s="20">
-        <v>194533524.08000001</v>
+        <v>218353955.59999999</v>
       </c>
       <c r="F43" s="20">
         <v>99251798</v>
       </c>
       <c r="G43" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H43" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I43" s="18" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="J43" s="18" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="K43" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L43" s="18">
         <v>20070801</v>
       </c>
       <c r="V43" s="19">
-        <v>14108444</v>
+        <v>30564550</v>
       </c>
       <c r="W43" s="20">
-        <v>26882033</v>
+        <v>60507585.5</v>
       </c>
       <c r="X43" s="20">
-        <v>12338</v>
+        <v>22974</v>
       </c>
       <c r="Y43" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A44" s="17" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="B44" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C44" s="17" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="D44" s="18" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="E44" s="20">
-        <v>35909384803.199997</v>
+        <v>38552869703</v>
       </c>
       <c r="F44" s="20">
-        <v>569807374</v>
+        <v>571664243</v>
       </c>
       <c r="G44" s="19" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="I44" s="18" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="J44" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L44" s="18">
         <v>19691119</v>
       </c>
       <c r="M44" s="18" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="R44" s="18">
         <v>60</v>
       </c>
       <c r="V44" s="19">
-        <v>284046005</v>
+        <v>381975849</v>
       </c>
       <c r="W44" s="20">
-        <v>18087211063.5</v>
+        <v>24874650352</v>
       </c>
       <c r="X44" s="20">
-        <v>872419</v>
+        <v>1169829</v>
       </c>
       <c r="Y44" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A45" s="17" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="B45" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C45" s="17" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D45" s="18" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="E45" s="20">
-        <v>2193789268.9200001</v>
+        <v>2443008976.5999999</v>
       </c>
       <c r="F45" s="20">
         <v>163960334</v>
       </c>
       <c r="G45" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I45" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J45" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L45" s="18">
         <v>19961125</v>
       </c>
       <c r="R45" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V45" s="19">
-        <v>114616830</v>
+        <v>155450396</v>
       </c>
       <c r="W45" s="20">
-        <v>1443130922.5</v>
+        <v>2015297423.5</v>
       </c>
       <c r="X45" s="20">
-        <v>371924</v>
+        <v>506545</v>
       </c>
       <c r="Y45" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AH45" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="AI45" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="46" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A46" s="17" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="B46" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C46" s="17" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D46" s="18" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="E46" s="20">
-        <v>426394486.35000002</v>
+        <v>454525174</v>
       </c>
       <c r="F46" s="20">
-        <v>70015515</v>
+        <v>69712450</v>
       </c>
       <c r="G46" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I46" s="18" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="J46" s="18" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="K46" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="L46" s="18">
         <v>20161103</v>
       </c>
       <c r="V46" s="19">
-        <v>7352950</v>
+        <v>9618033</v>
       </c>
       <c r="W46" s="20">
-        <v>46456822</v>
+        <v>59496330.5</v>
       </c>
       <c r="X46" s="20">
-        <v>36688</v>
+        <v>46350</v>
       </c>
       <c r="Y46" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AD46" s="18" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="AH46" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="47" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A47" s="17" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="B47" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C47" s="17" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="D47" s="18" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="E47" s="20">
-        <v>4261572381.75</v>
+        <v>4163265799.77</v>
       </c>
       <c r="F47" s="20">
-        <v>163717725</v>
+        <v>163843597</v>
       </c>
       <c r="G47" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H47" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I47" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J47" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K47" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L47" s="18">
         <v>20110614</v>
       </c>
       <c r="R47" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V47" s="19">
-        <v>115319654</v>
+        <v>157647776</v>
       </c>
       <c r="W47" s="20">
-        <v>2665524837</v>
+        <v>3726376816.5</v>
       </c>
       <c r="X47" s="20">
-        <v>434000</v>
+        <v>589167</v>
       </c>
       <c r="Y47" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A48" s="17" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="B48" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C48" s="17" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="D48" s="18" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="E48" s="20">
-        <v>197629348</v>
+        <v>226567931.09999999</v>
       </c>
       <c r="F48" s="20">
         <v>35290955</v>
       </c>
       <c r="G48" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I48" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J48" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K48" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="L48" s="18">
         <v>20080219</v>
       </c>
       <c r="M48" s="18" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="N48" s="18" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="V48" s="19">
-        <v>6718097</v>
+        <v>10900780</v>
       </c>
       <c r="W48" s="20">
-        <v>46362876.5</v>
+        <v>70563902.5</v>
       </c>
       <c r="X48" s="20">
-        <v>37030</v>
+        <v>59597</v>
       </c>
       <c r="Y48" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC48" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="AD48" s="18" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="AH48" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="49" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A49" s="17" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="B49" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C49" s="17" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="D49" s="18" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="E49" s="20">
-        <v>503013291.48000002</v>
+        <v>451749372.16000003</v>
       </c>
       <c r="F49" s="20">
-        <v>70253253</v>
+        <v>70256512</v>
       </c>
       <c r="G49" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I49" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J49" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K49" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="L49" s="18">
         <v>20240208</v>
       </c>
       <c r="M49" s="18" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="V49" s="19">
-        <v>5893788</v>
+        <v>9182413</v>
       </c>
       <c r="W49" s="20">
-        <v>40724541.5</v>
+        <v>57560221.5</v>
       </c>
       <c r="X49" s="20">
-        <v>20613</v>
+        <v>30532</v>
       </c>
       <c r="Y49" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC49" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="AH49" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="50" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A50" s="17" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="B50" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C50" s="17" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="D50" s="18" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="E50" s="20">
-        <v>1619165192.3699999</v>
+        <v>2129764862.8399999</v>
       </c>
       <c r="F50" s="20">
-        <v>237762877</v>
+        <v>238762877</v>
       </c>
       <c r="G50" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I50" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J50" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K50" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L50" s="18">
         <v>20060417</v>
       </c>
       <c r="P50" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="R50" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V50" s="19">
-        <v>111330338</v>
+        <v>152602627</v>
       </c>
       <c r="W50" s="20">
-        <v>720029638</v>
+        <v>1036166193.5</v>
       </c>
       <c r="X50" s="20">
-        <v>362495</v>
+        <v>499001</v>
       </c>
       <c r="Y50" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC50" s="18" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="AH50" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="51" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A51" s="17" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="B51" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C51" s="17" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="D51" s="18" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="E51" s="20">
-        <v>10284536.789999999</v>
+        <v>10665445.560000001</v>
       </c>
       <c r="F51" s="20">
         <v>12696959</v>
       </c>
       <c r="G51" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H51" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I51" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J51" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K51" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L51" s="18">
         <v>20050720</v>
       </c>
       <c r="V51" s="19">
-        <v>1174431</v>
+        <v>1517855</v>
       </c>
       <c r="W51" s="20">
-        <v>1126374</v>
+        <v>1417878</v>
       </c>
       <c r="X51" s="20">
-        <v>908</v>
+        <v>1180</v>
       </c>
       <c r="Y51" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A52" s="17" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="B52" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C52" s="17" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D52" s="18" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="E52" s="20">
-        <v>29994819864.419998</v>
+        <v>32832056334.139999</v>
       </c>
       <c r="F52" s="20">
-        <v>599776442</v>
+        <v>599781811</v>
       </c>
       <c r="G52" s="19" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="I52" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="J52" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K52" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L52" s="18">
         <v>20151105</v>
       </c>
       <c r="R52" s="18">
         <v>60</v>
       </c>
       <c r="V52" s="19">
-        <v>166452885</v>
+        <v>227956268</v>
       </c>
       <c r="W52" s="20">
-        <v>8065756841.5</v>
+        <v>11200345475</v>
       </c>
       <c r="X52" s="20">
-        <v>608025</v>
+        <v>814950</v>
       </c>
       <c r="Y52" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A53" s="17" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="B53" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C53" s="17" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D53" s="18" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="E53" s="20">
-        <v>63135099673.5</v>
+        <v>68670049654.800003</v>
       </c>
       <c r="F53" s="20">
-        <v>506620925</v>
+        <v>491553684</v>
       </c>
       <c r="G53" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I53" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J53" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L53" s="18">
         <v>19211125</v>
       </c>
       <c r="M53" s="18" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="R53" s="18">
         <v>60</v>
       </c>
       <c r="V53" s="19">
-        <v>130878447</v>
+        <v>190218932</v>
       </c>
       <c r="W53" s="20">
-        <v>13343913640</v>
+        <v>20954606686</v>
       </c>
       <c r="X53" s="20">
-        <v>799601</v>
+        <v>1099977</v>
       </c>
       <c r="Y53" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC53" s="18" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="AH53" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="54" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A54" s="17" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="B54" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C54" s="17" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="D54" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="E54" s="20">
-        <v>319177408.69999999</v>
+        <v>358026497.85000002</v>
       </c>
       <c r="F54" s="20">
         <v>27948985</v>
       </c>
       <c r="G54" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I54" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J54" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K54" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="L54" s="18">
         <v>20161110</v>
       </c>
       <c r="O54" s="18" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="V54" s="19">
-        <v>23565501</v>
+        <v>27094692</v>
       </c>
       <c r="W54" s="20">
-        <v>92923594</v>
+        <v>136668621.5</v>
       </c>
       <c r="X54" s="20">
-        <v>44279</v>
+        <v>58419</v>
       </c>
       <c r="Y54" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC54" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="AH54" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="55" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A55" s="17" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="B55" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C55" s="17" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D55" s="18" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="E55" s="20">
-        <v>2887469780.6799998</v>
+        <v>2949213908.8499999</v>
       </c>
       <c r="F55" s="20">
-        <v>113278532</v>
+        <v>112180065</v>
       </c>
       <c r="G55" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I55" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J55" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K55" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="L55" s="18">
         <v>20170424</v>
       </c>
       <c r="M55" s="18" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="R55" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V55" s="19">
-        <v>16630781</v>
+        <v>23396856</v>
       </c>
       <c r="W55" s="20">
-        <v>345011557</v>
+        <v>508305765</v>
       </c>
       <c r="X55" s="20">
-        <v>106667</v>
+        <v>146115</v>
       </c>
       <c r="Y55" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AA55" s="18" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="AC55" s="18" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="AF55" s="18" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="AH55" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="56" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A56" s="17" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="B56" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C56" s="17" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D56" s="18" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="E56" s="20">
-        <v>197293406.94</v>
+        <v>264400007.94</v>
       </c>
       <c r="F56" s="20">
         <v>67106601</v>
       </c>
       <c r="G56" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I56" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J56" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K56" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L56" s="18">
         <v>20140619</v>
       </c>
       <c r="O56" s="18" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="V56" s="19">
-        <v>14606959</v>
+        <v>21511484</v>
       </c>
       <c r="W56" s="20">
-        <v>28443128.5</v>
+        <v>52597398.5</v>
       </c>
       <c r="X56" s="20">
-        <v>22747</v>
+        <v>37730</v>
       </c>
       <c r="Y56" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC56" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="AH56" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="57" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A57" s="17" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="B57" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C57" s="17" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D57" s="18" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="E57" s="20">
-        <v>1338194484.48</v>
+        <v>1552998290.28</v>
       </c>
       <c r="F57" s="20">
-        <v>199136084</v>
+        <v>199357932</v>
       </c>
       <c r="G57" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I57" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J57" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K57" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="L57" s="18">
         <v>20130301</v>
       </c>
       <c r="R57" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V57" s="19">
-        <v>65471886</v>
+        <v>96913830</v>
       </c>
       <c r="W57" s="20">
-        <v>438516532.5</v>
+        <v>659409276.5</v>
       </c>
       <c r="X57" s="20">
-        <v>271391</v>
+        <v>386836</v>
       </c>
       <c r="Y57" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC57" s="18" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="AH57" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="58" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A58" s="17" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="B58" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C58" s="17" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="D58" s="18" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="E58" s="20">
-        <v>12426867530.25</v>
+        <v>12680192273.700001</v>
       </c>
       <c r="F58" s="20">
-        <v>282028073</v>
+        <v>282157518</v>
       </c>
       <c r="G58" s="19" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="I58" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J58" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K58" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L58" s="18">
         <v>20030529</v>
       </c>
       <c r="R58" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V58" s="19">
-        <v>218939908</v>
+        <v>296522234</v>
       </c>
       <c r="W58" s="20">
-        <v>9370882358.5</v>
+        <v>12789872414</v>
       </c>
       <c r="X58" s="20">
-        <v>733617</v>
+        <v>1004146</v>
       </c>
       <c r="Y58" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A59" s="17" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="B59" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C59" s="17" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="D59" s="18" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="E59" s="20">
-        <v>273094622.43000001</v>
+        <v>198000644.80000001</v>
       </c>
       <c r="F59" s="20">
-        <v>35420833</v>
+        <v>35357258</v>
       </c>
       <c r="G59" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I59" s="18" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="J59" s="18" t="s">
         <v>13</v>
       </c>
       <c r="K59" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="L59" s="18">
         <v>20080710</v>
       </c>
       <c r="M59" s="18" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="U59" s="18" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="V59" s="19">
-        <v>7880523</v>
+        <v>9163414</v>
       </c>
       <c r="W59" s="20">
-        <v>79380427.5</v>
+        <v>88467942.5</v>
       </c>
       <c r="X59" s="20">
-        <v>53744</v>
+        <v>62684</v>
       </c>
       <c r="Y59" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AG59" s="18" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="AH59" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="60" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A60" s="17" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B60" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C60" s="17" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="D60" s="18" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="E60" s="20">
-        <v>705460136.28999996</v>
+        <v>463062842.44999999</v>
       </c>
       <c r="F60" s="20">
-        <v>61504807</v>
+        <v>61170785</v>
       </c>
       <c r="G60" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H60" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I60" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="J60" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L60" s="18">
         <v>19690627</v>
       </c>
       <c r="V60" s="19">
-        <v>44909833</v>
+        <v>64110774</v>
       </c>
       <c r="W60" s="20">
-        <v>490245184.5</v>
+        <v>676163787.5</v>
       </c>
       <c r="X60" s="20">
-        <v>217005</v>
+        <v>297746</v>
       </c>
       <c r="Y60" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A61" s="17" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="B61" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C61" s="17" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="D61" s="18" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="E61" s="20">
-        <v>283991806.77999997</v>
+        <v>272262351.72000003</v>
       </c>
       <c r="F61" s="20">
-        <v>63675293</v>
+        <v>63612699</v>
       </c>
       <c r="G61" s="19" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="I61" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J61" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K61" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L61" s="18">
         <v>20050623</v>
       </c>
       <c r="P61" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="Q61" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="V61" s="19">
-        <v>1667526</v>
+        <v>2358295</v>
       </c>
       <c r="W61" s="20">
-        <v>8343920</v>
+        <v>11447100</v>
       </c>
       <c r="X61" s="20">
-        <v>5977</v>
+        <v>7742</v>
       </c>
       <c r="Y61" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A62" s="17" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="B62" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C62" s="17" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="D62" s="18" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="E62" s="20">
-        <v>88866104.680000007</v>
+        <v>76659093.939999998</v>
       </c>
       <c r="F62" s="20">
-        <v>26766899</v>
+        <v>26803879</v>
       </c>
       <c r="G62" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H62" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I62" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J62" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L62" s="18">
         <v>19971118</v>
       </c>
       <c r="V62" s="19">
-        <v>16951558</v>
+        <v>20073900</v>
       </c>
       <c r="W62" s="20">
-        <v>54612595</v>
+        <v>65043323.5</v>
       </c>
       <c r="X62" s="20">
-        <v>35437</v>
+        <v>44712</v>
       </c>
       <c r="Y62" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A63" s="17" t="s">
-        <v>281</v>
+        <v>78</v>
       </c>
       <c r="B63" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C63" s="17" t="s">
-        <v>282</v>
+        <v>699</v>
       </c>
       <c r="D63" s="18" t="s">
-        <v>283</v>
+        <v>700</v>
       </c>
       <c r="E63" s="20">
-        <v>7186179488.75</v>
+        <v>1155176124.03</v>
       </c>
       <c r="F63" s="20">
-        <v>254378035</v>
+        <v>675541593</v>
       </c>
       <c r="G63" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I63" s="18" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="J63" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K63" s="18" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="L63" s="18">
-        <v>20100806</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>20140506</v>
+      </c>
+      <c r="M63" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="P63" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="V63" s="19">
-        <v>329148264</v>
+        <v>150401950</v>
       </c>
       <c r="W63" s="20">
-        <v>7764372887.5</v>
+        <v>270753397</v>
       </c>
       <c r="X63" s="20">
-        <v>1434326</v>
+        <v>215902</v>
       </c>
       <c r="Y63" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>11</v>
+      </c>
+      <c r="Z63" s="19" t="s">
+        <v>685</v>
       </c>
       <c r="AH63" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="64" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A64" s="17" t="s">
-        <v>82</v>
+        <v>277</v>
       </c>
       <c r="B64" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="C64" s="17" t="s">
+        <v>278</v>
+      </c>
+      <c r="D64" s="18" t="s">
+        <v>279</v>
+      </c>
+      <c r="E64" s="20">
+        <v>1396469331.55</v>
+      </c>
+      <c r="F64" s="20">
+        <v>88532555</v>
+      </c>
+      <c r="G64" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="H64" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="I64" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="J64" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="L64" s="18">
+        <v>19931213</v>
+      </c>
+      <c r="R64" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="V64" s="19">
+        <v>50691493</v>
+      </c>
+      <c r="W64" s="20">
+        <v>714438477</v>
+      </c>
+      <c r="X64" s="20">
+        <v>258722</v>
+      </c>
+      <c r="Y64" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="65" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A65" s="17" t="s">
+        <v>280</v>
+      </c>
+      <c r="B65" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="C65" s="17" t="s">
+        <v>281</v>
+      </c>
+      <c r="D65" s="18" t="s">
+        <v>282</v>
+      </c>
+      <c r="E65" s="20">
+        <v>646550529.32000005</v>
+      </c>
+      <c r="F65" s="20">
+        <v>29984233</v>
+      </c>
+      <c r="G65" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="H65" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="I65" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="J65" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K65" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="L65" s="18">
+        <v>20061127</v>
+      </c>
+      <c r="M65" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="V65" s="19">
+        <v>23890517</v>
+      </c>
+      <c r="W65" s="20">
+        <v>545651938.5</v>
+      </c>
+      <c r="X65" s="20">
+        <v>152530</v>
+      </c>
+      <c r="Y65" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="66" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A66" s="17" t="s">
+        <v>283</v>
+      </c>
+      <c r="B66" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="C66" s="17" t="s">
+        <v>284</v>
+      </c>
+      <c r="D66" s="18" t="s">
+        <v>285</v>
+      </c>
+      <c r="E66" s="20">
+        <v>3581316997.1700001</v>
+      </c>
+      <c r="F66" s="20">
+        <v>192854981</v>
+      </c>
+      <c r="G66" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="I66" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="J66" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K66" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L66" s="18">
+        <v>20030707</v>
+      </c>
+      <c r="R66" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="V66" s="19">
+        <v>209619896</v>
+      </c>
+      <c r="W66" s="20">
+        <v>3056630788.5</v>
+      </c>
+      <c r="X66" s="20">
+        <v>818747</v>
+      </c>
+      <c r="Y66" s="20">
+        <v>11</v>
+      </c>
+      <c r="AC66" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="AH66" s="18" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="67" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A67" s="17" t="s">
+        <v>286</v>
+      </c>
+      <c r="B67" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="C67" s="17" t="s">
+        <v>287</v>
+      </c>
+      <c r="D67" s="18" t="s">
+        <v>288</v>
+      </c>
+      <c r="E67" s="20">
+        <v>34896833.100000001</v>
+      </c>
+      <c r="F67" s="20">
+        <v>116322777</v>
+      </c>
+      <c r="G67" s="19" t="s">
+        <v>55</v>
+      </c>
+      <c r="H67" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="I67" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="J67" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K67" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="L67" s="18">
+        <v>20160322</v>
+      </c>
+      <c r="O67" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="P67" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="T67" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="V67" s="19">
+        <v>5481686</v>
+      </c>
+      <c r="W67" s="20">
+        <v>2686289.5</v>
+      </c>
+      <c r="X67" s="20">
+        <v>1451</v>
+      </c>
+      <c r="Y67" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="68" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A68" s="17" t="s">
+        <v>289</v>
+      </c>
+      <c r="B68" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="C68" s="17" t="s">
+        <v>290</v>
+      </c>
+      <c r="D68" s="18" t="s">
+        <v>291</v>
+      </c>
+      <c r="E68" s="20">
+        <v>573843698.10000002</v>
+      </c>
+      <c r="F68" s="20">
+        <v>67116222</v>
+      </c>
+      <c r="G68" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="I68" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="J68" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="L68" s="18">
+        <v>19800801</v>
+      </c>
+      <c r="M68" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="V68" s="19">
+        <v>73370259</v>
+      </c>
+      <c r="W68" s="20">
+        <v>558819472.5</v>
+      </c>
+      <c r="X68" s="20">
+        <v>334294</v>
+      </c>
+      <c r="Y68" s="20">
+        <v>11</v>
+      </c>
+      <c r="AC68" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="AH68" s="18" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="69" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A69" s="17" t="s">
+        <v>293</v>
+      </c>
+      <c r="B69" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="C69" s="17" t="s">
+        <v>294</v>
+      </c>
+      <c r="D69" s="18" t="s">
+        <v>295</v>
+      </c>
+      <c r="E69" s="20">
+        <v>14461063776</v>
+      </c>
+      <c r="F69" s="20">
+        <v>253258560</v>
+      </c>
+      <c r="G69" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="I69" s="18" t="s">
+        <v>174</v>
+      </c>
+      <c r="J69" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="L69" s="18">
+        <v>20011003</v>
+      </c>
+      <c r="M69" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="U69" s="18" t="s">
+        <v>296</v>
+      </c>
+      <c r="V69" s="19">
+        <v>47524198</v>
+      </c>
+      <c r="W69" s="20">
+        <v>2603772242.5</v>
+      </c>
+      <c r="X69" s="20">
+        <v>323955</v>
+      </c>
+      <c r="Y69" s="20">
+        <v>11</v>
+      </c>
+      <c r="AC69" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="AG69" s="18" t="s">
+        <v>689</v>
+      </c>
+      <c r="AH69" s="18" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="70" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A70" s="17" t="s">
+        <v>297</v>
+      </c>
+      <c r="B70" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="C70" s="17" t="s">
+        <v>298</v>
+      </c>
+      <c r="D70" s="18" t="s">
+        <v>299</v>
+      </c>
+      <c r="E70" s="20">
+        <v>3462817070.8000002</v>
+      </c>
+      <c r="F70" s="20">
+        <v>143864440</v>
+      </c>
+      <c r="G70" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="I70" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="J70" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K70" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L70" s="18">
+        <v>20050406</v>
+      </c>
+      <c r="R70" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="V70" s="19">
+        <v>126110449</v>
+      </c>
+      <c r="W70" s="20">
+        <v>2732699860.5</v>
+      </c>
+      <c r="X70" s="20">
+        <v>472550</v>
+      </c>
+      <c r="Y70" s="20">
+        <v>11</v>
+      </c>
+      <c r="AC70" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="AH70" s="18" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="71" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A71" s="17" t="s">
+        <v>300</v>
+      </c>
+      <c r="B71" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="C71" s="17" t="s">
+        <v>301</v>
+      </c>
+      <c r="D71" s="18" t="s">
+        <v>302</v>
+      </c>
+      <c r="E71" s="20">
+        <v>1782181516</v>
+      </c>
+      <c r="F71" s="20">
+        <v>96334136</v>
+      </c>
+      <c r="G71" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="I71" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="J71" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K71" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="L71" s="18">
+        <v>20111003</v>
+      </c>
+      <c r="P71" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="R71" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="V71" s="19">
+        <v>145324812</v>
+      </c>
+      <c r="W71" s="20">
+        <v>2197490233.5</v>
+      </c>
+      <c r="X71" s="20">
+        <v>558093</v>
+      </c>
+      <c r="Y71" s="20">
+        <v>11</v>
+      </c>
+      <c r="AD71" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH71" s="18" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="72" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A72" s="17" t="s">
+        <v>303</v>
+      </c>
+      <c r="B72" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="C72" s="17" t="s">
+        <v>304</v>
+      </c>
+      <c r="D72" s="18" t="s">
+        <v>305</v>
+      </c>
+      <c r="E72" s="20">
+        <v>952586629.83000004</v>
+      </c>
+      <c r="F72" s="20">
+        <v>78016923</v>
+      </c>
+      <c r="G72" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="H72" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="I72" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="J72" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K72" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="L72" s="18">
+        <v>19971224</v>
+      </c>
+      <c r="O72" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="P72" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q72" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="V72" s="19">
+        <v>41278327</v>
+      </c>
+      <c r="W72" s="20">
+        <v>503671524.5</v>
+      </c>
+      <c r="X72" s="20">
+        <v>197919</v>
+      </c>
+      <c r="Y72" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="73" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A73" s="17" t="s">
+        <v>306</v>
+      </c>
+      <c r="B73" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="C73" s="17" t="s">
+        <v>307</v>
+      </c>
+      <c r="D73" s="18" t="s">
+        <v>308</v>
+      </c>
+      <c r="E73" s="20">
+        <v>33597968602.400002</v>
+      </c>
+      <c r="F73" s="20">
+        <v>665019100</v>
+      </c>
+      <c r="G73" s="19" t="s">
+        <v>89</v>
+      </c>
+      <c r="I73" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="J73" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="L73" s="18">
+        <v>19971024</v>
+      </c>
+      <c r="M73" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="R73" s="18">
         <v>60</v>
       </c>
-      <c r="C64" s="17" t="s">
-[...11 lines deleted...]
-      <c r="G64" s="19" t="s">
+      <c r="V73" s="19">
+        <v>773230861</v>
+      </c>
+      <c r="W73" s="20">
+        <v>40491915280</v>
+      </c>
+      <c r="X73" s="20">
+        <v>2048627</v>
+      </c>
+      <c r="Y73" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="74" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A74" s="17" t="s">
+        <v>309</v>
+      </c>
+      <c r="B74" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="C74" s="17" t="s">
+        <v>310</v>
+      </c>
+      <c r="D74" s="18" t="s">
+        <v>311</v>
+      </c>
+      <c r="E74" s="20">
+        <v>356075905.38</v>
+      </c>
+      <c r="F74" s="20">
+        <v>913015142</v>
+      </c>
+      <c r="G74" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="I74" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="J74" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K74" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="L74" s="18">
+        <v>20230216</v>
+      </c>
+      <c r="M74" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="O74" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="P74" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="U74" s="18" t="s">
+        <v>312</v>
+      </c>
+      <c r="V74" s="19">
+        <v>193767147</v>
+      </c>
+      <c r="W74" s="20">
+        <v>117763549.5</v>
+      </c>
+      <c r="X74" s="20">
+        <v>75039</v>
+      </c>
+      <c r="Y74" s="20">
+        <v>11</v>
+      </c>
+      <c r="AD74" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="AH74" s="18" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="75" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A75" s="17" t="s">
+        <v>313</v>
+      </c>
+      <c r="B75" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="C75" s="17" t="s">
+        <v>314</v>
+      </c>
+      <c r="D75" s="18" t="s">
+        <v>315</v>
+      </c>
+      <c r="E75" s="20">
+        <v>236607367.72999999</v>
+      </c>
+      <c r="F75" s="20">
+        <v>132182887</v>
+      </c>
+      <c r="G75" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="I75" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="J75" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K75" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L75" s="18">
+        <v>20160208</v>
+      </c>
+      <c r="V75" s="19">
+        <v>9432158</v>
+      </c>
+      <c r="W75" s="20">
+        <v>13849383</v>
+      </c>
+      <c r="X75" s="20">
+        <v>10650</v>
+      </c>
+      <c r="Y75" s="20">
+        <v>11</v>
+      </c>
+      <c r="AC75" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="AH75" s="18" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="76" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A76" s="17" t="s">
+        <v>316</v>
+      </c>
+      <c r="B76" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="C76" s="17" t="s">
+        <v>317</v>
+      </c>
+      <c r="D76" s="18" t="s">
+        <v>318</v>
+      </c>
+      <c r="E76" s="20">
+        <v>4527265241.6199999</v>
+      </c>
+      <c r="F76" s="20">
+        <v>201929761</v>
+      </c>
+      <c r="G76" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="I76" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="J76" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K76" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="L76" s="18">
+        <v>20010528</v>
+      </c>
+      <c r="P76" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q76" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="R76" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="V76" s="19">
+        <v>203770584</v>
+      </c>
+      <c r="W76" s="20">
+        <v>3753829102.5</v>
+      </c>
+      <c r="X76" s="20">
+        <v>802890</v>
+      </c>
+      <c r="Y76" s="20">
+        <v>11</v>
+      </c>
+      <c r="AC76" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="AH76" s="18" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="77" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A77" s="17" t="s">
+        <v>319</v>
+      </c>
+      <c r="B77" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="C77" s="17" t="s">
+        <v>320</v>
+      </c>
+      <c r="D77" s="18" t="s">
+        <v>321</v>
+      </c>
+      <c r="E77" s="20">
+        <v>338406229.27999997</v>
+      </c>
+      <c r="F77" s="20">
+        <v>45181072</v>
+      </c>
+      <c r="G77" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="H77" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="I77" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="J77" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K77" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="L77" s="18">
+        <v>20030324</v>
+      </c>
+      <c r="O77" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="P77" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q77" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="V77" s="19">
+        <v>26059381</v>
+      </c>
+      <c r="W77" s="20">
+        <v>206995368</v>
+      </c>
+      <c r="X77" s="20">
+        <v>82454</v>
+      </c>
+      <c r="Y77" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="78" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A78" s="17" t="s">
+        <v>323</v>
+      </c>
+      <c r="B78" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="C78" s="17" t="s">
+        <v>324</v>
+      </c>
+      <c r="D78" s="18" t="s">
+        <v>325</v>
+      </c>
+      <c r="E78" s="20">
+        <v>312148658.94</v>
+      </c>
+      <c r="F78" s="20">
+        <v>358791562</v>
+      </c>
+      <c r="G78" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="I78" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="J78" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K78" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="L78" s="18">
+        <v>20160303</v>
+      </c>
+      <c r="O78" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="P78" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="V78" s="19">
+        <v>45716547</v>
+      </c>
+      <c r="W78" s="20">
+        <v>32299253</v>
+      </c>
+      <c r="X78" s="20">
+        <v>13697</v>
+      </c>
+      <c r="Y78" s="20">
+        <v>11</v>
+      </c>
+      <c r="AC78" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="AH78" s="18" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="79" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A79" s="17" t="s">
+        <v>326</v>
+      </c>
+      <c r="B79" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="C79" s="17" t="s">
+        <v>327</v>
+      </c>
+      <c r="D79" s="18" t="s">
+        <v>328</v>
+      </c>
+      <c r="E79" s="20">
+        <v>28031512.719999999</v>
+      </c>
+      <c r="F79" s="20">
+        <v>1401575636</v>
+      </c>
+      <c r="G79" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="I79" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="J79" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K79" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L79" s="18">
+        <v>20160916</v>
+      </c>
+      <c r="V79" s="19">
+        <v>32839713</v>
+      </c>
+      <c r="W79" s="20">
+        <v>1159930</v>
+      </c>
+      <c r="X79" s="20">
+        <v>2696</v>
+      </c>
+      <c r="Y79" s="20">
+        <v>11</v>
+      </c>
+      <c r="AC79" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="AH79" s="18" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="80" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A80" s="17" t="s">
+        <v>329</v>
+      </c>
+      <c r="B80" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="C80" s="17" t="s">
+        <v>330</v>
+      </c>
+      <c r="D80" s="18" t="s">
+        <v>331</v>
+      </c>
+      <c r="E80" s="20">
+        <v>6243653086.5600004</v>
+      </c>
+      <c r="F80" s="20">
+        <v>232711632</v>
+      </c>
+      <c r="G80" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="I80" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="J80" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K80" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="L80" s="18">
+        <v>20140529</v>
+      </c>
+      <c r="R80" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="V80" s="19">
+        <v>90841064</v>
+      </c>
+      <c r="W80" s="20">
+        <v>2261661338.5</v>
+      </c>
+      <c r="X80" s="20">
+        <v>451884</v>
+      </c>
+      <c r="Y80" s="20">
+        <v>11</v>
+      </c>
+      <c r="AH80" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="AI80" s="18" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="81" spans="1:34" x14ac:dyDescent="0.2">
+      <c r="A81" s="17" t="s">
+        <v>332</v>
+      </c>
+      <c r="B81" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="C81" s="17" t="s">
+        <v>333</v>
+      </c>
+      <c r="D81" s="18" t="s">
+        <v>334</v>
+      </c>
+      <c r="E81" s="20">
+        <v>1141744601.4000001</v>
+      </c>
+      <c r="F81" s="20">
+        <v>13108434</v>
+      </c>
+      <c r="G81" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="H81" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="I81" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="J81" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K81" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="L81" s="18">
+        <v>19880923</v>
+      </c>
+      <c r="M81" s="18" t="s">
         <v>80</v>
       </c>
-      <c r="I64" s="18" t="s">
-[...2 lines deleted...]
-      <c r="J64" s="18" t="s">
+      <c r="P81" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="V81" s="19">
+        <v>24397904</v>
+      </c>
+      <c r="W81" s="20">
+        <v>1761617623.5</v>
+      </c>
+      <c r="X81" s="20">
+        <v>187348</v>
+      </c>
+      <c r="Y81" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="82" spans="1:34" x14ac:dyDescent="0.2">
+      <c r="A82" s="17" t="s">
+        <v>335</v>
+      </c>
+      <c r="B82" s="17" t="s">
         <v>56</v>
       </c>
-      <c r="K64" s="18" t="s">
-[...58 lines deleted...]
-      <c r="J65" s="18" t="s">
+      <c r="C82" s="17" t="s">
+        <v>336</v>
+      </c>
+      <c r="D82" s="18" t="s">
+        <v>337</v>
+      </c>
+      <c r="E82" s="20">
+        <v>139576406.75</v>
+      </c>
+      <c r="F82" s="20">
+        <v>50755057</v>
+      </c>
+      <c r="G82" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="H82" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="I82" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="J82" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K82" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="L82" s="18">
+        <v>20011121</v>
+      </c>
+      <c r="O82" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="P82" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="V82" s="19">
+        <v>6225619</v>
+      </c>
+      <c r="W82" s="20">
+        <v>20541326</v>
+      </c>
+      <c r="X82" s="20">
+        <v>17673</v>
+      </c>
+      <c r="Y82" s="20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="83" spans="1:34" x14ac:dyDescent="0.2">
+      <c r="A83" s="17" t="s">
+        <v>338</v>
+      </c>
+      <c r="B83" s="17" t="s">
         <v>56</v>
       </c>
-      <c r="L65" s="18">
-[...46 lines deleted...]
-      <c r="J66" s="18" t="s">
+      <c r="C83" s="17" t="s">
+        <v>339</v>
+      </c>
+      <c r="D83" s="18" t="s">
+        <v>340</v>
+      </c>
+      <c r="E83" s="20">
+        <v>128554750.8</v>
+      </c>
+      <c r="F83" s="20">
+        <v>428515836</v>
+      </c>
+      <c r="G83" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="I83" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="J83" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="L83" s="18">
+        <v>20030721</v>
+      </c>
+      <c r="M83" s="18" t="s">
+        <v>341</v>
+      </c>
+      <c r="V83" s="19">
+        <v>6445567</v>
+      </c>
+      <c r="W83" s="20">
+        <v>1913071.5</v>
+      </c>
+      <c r="X83" s="20">
+        <v>2275</v>
+      </c>
+      <c r="Y83" s="20">
+        <v>11</v>
+      </c>
+      <c r="AC83" s="18" t="s">
+        <v>342</v>
+      </c>
+      <c r="AE83" s="18" t="s">
+        <v>343</v>
+      </c>
+      <c r="AH83" s="18" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="84" spans="1:34" x14ac:dyDescent="0.2">
+      <c r="A84" s="17" t="s">
+        <v>707</v>
+      </c>
+      <c r="B84" s="17" t="s">
         <v>56</v>
       </c>
-      <c r="K66" s="18" t="s">
-[...46 lines deleted...]
-      <c r="J67" s="18" t="s">
+      <c r="C84" s="17" t="s">
+        <v>708</v>
+      </c>
+      <c r="D84" s="18" t="s">
+        <v>709</v>
+      </c>
+      <c r="E84" s="20">
+        <v>1489068000</v>
+      </c>
+      <c r="F84" s="20">
+        <v>53200000</v>
+      </c>
+      <c r="G84" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="H84" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="I84" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="J84" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K84" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="L84" s="18">
+        <v>20251009</v>
+      </c>
+      <c r="V84" s="19">
+        <v>12187706</v>
+      </c>
+      <c r="W84" s="20">
+        <v>312924214.5</v>
+      </c>
+      <c r="X84" s="20">
+        <v>55523</v>
+      </c>
+      <c r="Y84" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="85" spans="1:34" x14ac:dyDescent="0.2">
+      <c r="A85" s="17" t="s">
+        <v>344</v>
+      </c>
+      <c r="B85" s="17" t="s">
         <v>56</v>
       </c>
-      <c r="K67" s="18" t="s">
-[...350 lines deleted...]
-      <c r="O73" s="18" t="s">
+      <c r="C85" s="17" t="s">
+        <v>345</v>
+      </c>
+      <c r="D85" s="18" t="s">
+        <v>346</v>
+      </c>
+      <c r="E85" s="20">
+        <v>227619278.55000001</v>
+      </c>
+      <c r="F85" s="20">
+        <v>93670485</v>
+      </c>
+      <c r="G85" s="19" t="s">
         <v>76</v>
       </c>
-      <c r="P73" s="18" t="s">
-[...667 lines deleted...]
-      </c>
       <c r="I85" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J85" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K85" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="L85" s="18">
         <v>20210909</v>
       </c>
       <c r="V85" s="19">
-        <v>5072307</v>
+        <v>6852796</v>
       </c>
       <c r="W85" s="20">
-        <v>9854749.5</v>
+        <v>13995158</v>
       </c>
       <c r="X85" s="20">
-        <v>5046</v>
+        <v>7051</v>
       </c>
       <c r="Y85" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC85" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="AH85" s="18" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:35" x14ac:dyDescent="0.2">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="86" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A86" s="17" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
       <c r="B86" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C86" s="17" t="s">
-        <v>355</v>
+        <v>348</v>
       </c>
       <c r="D86" s="18" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="E86" s="20">
-        <v>487931116.97000003</v>
+        <v>499526285.25</v>
       </c>
       <c r="F86" s="20">
-        <v>192858149</v>
+        <v>188500485</v>
       </c>
       <c r="G86" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I86" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="J86" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K86" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L86" s="18">
         <v>20230615</v>
       </c>
       <c r="O86" s="18" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="P86" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="Q86" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="V86" s="19">
-        <v>43654944</v>
+        <v>61070507</v>
       </c>
       <c r="W86" s="20">
-        <v>90791125.5</v>
+        <v>136105543</v>
       </c>
       <c r="X86" s="20">
-        <v>53127</v>
+        <v>84040</v>
       </c>
       <c r="Y86" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC86" s="18" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="AH86" s="18" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:35" x14ac:dyDescent="0.2">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="87" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A87" s="17" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="B87" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C87" s="17" t="s">
-        <v>358</v>
+        <v>351</v>
       </c>
       <c r="D87" s="18" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="E87" s="20">
-        <v>3600606353.1900001</v>
+        <v>3957826971.98</v>
       </c>
       <c r="F87" s="20">
-        <v>219683121</v>
+        <v>218302646</v>
       </c>
       <c r="G87" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H87" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I87" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J87" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K87" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L87" s="18">
         <v>20100330</v>
       </c>
       <c r="R87" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V87" s="19">
-        <v>127479541</v>
+        <v>175247519</v>
       </c>
       <c r="W87" s="20">
-        <v>1896745673.5</v>
+        <v>2763499856</v>
       </c>
       <c r="X87" s="20">
-        <v>513668</v>
+        <v>692205</v>
       </c>
       <c r="Y87" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:35" x14ac:dyDescent="0.2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="88" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A88" s="17" t="s">
-        <v>360</v>
+        <v>353</v>
       </c>
       <c r="B88" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C88" s="17" t="s">
-        <v>361</v>
+        <v>354</v>
       </c>
       <c r="D88" s="18" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="E88" s="20">
-        <v>188792612.09999999</v>
+        <v>161520598.75</v>
       </c>
       <c r="F88" s="20">
-        <v>13276555</v>
+        <v>13185355</v>
       </c>
       <c r="G88" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H88" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I88" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J88" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K88" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L88" s="18">
         <v>20170413</v>
       </c>
       <c r="V88" s="19">
-        <v>5890885</v>
+        <v>7401381</v>
       </c>
       <c r="W88" s="20">
-        <v>71940754.5</v>
+        <v>90871444.5</v>
       </c>
       <c r="X88" s="20">
-        <v>22661</v>
+        <v>29333</v>
       </c>
       <c r="Y88" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:35" x14ac:dyDescent="0.2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="89" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A89" s="17" t="s">
-        <v>363</v>
+        <v>356</v>
       </c>
       <c r="B89" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C89" s="17" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="D89" s="18" t="s">
-        <v>365</v>
+        <v>358</v>
       </c>
       <c r="E89" s="20">
-        <v>7924877215.8599997</v>
+        <v>8003067176.1599998</v>
       </c>
       <c r="F89" s="20">
-        <v>208220631</v>
+        <v>208250512</v>
       </c>
       <c r="G89" s="19" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="I89" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J89" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K89" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="L89" s="18">
         <v>20241002</v>
       </c>
       <c r="M89" s="18" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="R89" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V89" s="19">
-        <v>229758024</v>
+        <v>303347143</v>
       </c>
       <c r="W89" s="20">
-        <v>8228888938</v>
+        <v>11062704362.5</v>
       </c>
       <c r="X89" s="20">
-        <v>683633</v>
+        <v>883162</v>
       </c>
       <c r="Y89" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:35" x14ac:dyDescent="0.2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="90" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A90" s="17" t="s">
-        <v>366</v>
+        <v>359</v>
       </c>
       <c r="B90" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C90" s="17" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="D90" s="18" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="E90" s="20">
-        <v>976291497.03999996</v>
+        <v>1517707899.55</v>
       </c>
       <c r="F90" s="20">
-        <v>200059733</v>
+        <v>200489815</v>
       </c>
       <c r="G90" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I90" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J90" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K90" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L90" s="18">
         <v>20210901</v>
       </c>
       <c r="P90" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="V90" s="19">
-        <v>64459006</v>
+        <v>92953902</v>
       </c>
       <c r="W90" s="20">
-        <v>239210774</v>
+        <v>414667275.5</v>
       </c>
       <c r="X90" s="20">
-        <v>155723</v>
+        <v>231673</v>
       </c>
       <c r="Y90" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC90" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="AH90" s="18" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:35" x14ac:dyDescent="0.2">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="91" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A91" s="17" t="s">
-        <v>369</v>
+        <v>362</v>
       </c>
       <c r="B91" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C91" s="17" t="s">
-        <v>370</v>
+        <v>363</v>
       </c>
       <c r="D91" s="18" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="E91" s="20">
-        <v>314814319.19999999</v>
+        <v>398655224.58999997</v>
       </c>
       <c r="F91" s="20">
-        <v>72873685</v>
+        <v>72880297</v>
       </c>
       <c r="G91" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H91" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I91" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J91" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K91" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L91" s="18">
         <v>20170502</v>
       </c>
       <c r="V91" s="19">
-        <v>6737812</v>
+        <v>8475456</v>
       </c>
       <c r="W91" s="20">
-        <v>28926516.5</v>
+        <v>38169661</v>
       </c>
       <c r="X91" s="20">
-        <v>15027</v>
+        <v>17231</v>
       </c>
       <c r="Y91" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:35" x14ac:dyDescent="0.2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="92" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A92" s="17" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="B92" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C92" s="17" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="D92" s="18" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="E92" s="20">
-        <v>8179515513.4399996</v>
+        <v>8952906058.3199997</v>
       </c>
       <c r="F92" s="20">
         <v>214235608</v>
       </c>
       <c r="G92" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I92" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J92" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K92" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="L92" s="18">
         <v>20231005</v>
       </c>
       <c r="V92" s="19">
-        <v>10639618</v>
+        <v>16332887</v>
       </c>
       <c r="W92" s="20">
-        <v>330723776.5</v>
+        <v>548173888</v>
       </c>
       <c r="X92" s="20">
-        <v>58764</v>
+        <v>92210</v>
       </c>
       <c r="Y92" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC92" s="18" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="AH92" s="18" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:35" x14ac:dyDescent="0.2">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="93" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A93" s="17" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="B93" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C93" s="17" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="D93" s="18" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
       <c r="E93" s="20">
-        <v>68887625702.630005</v>
+        <v>75512088490.199997</v>
       </c>
       <c r="F93" s="20">
-        <v>1213451219</v>
+        <v>1201656405</v>
       </c>
       <c r="G93" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I93" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J93" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L93" s="18">
         <v>19660117</v>
       </c>
       <c r="M93" s="18" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="R93" s="18">
         <v>60</v>
       </c>
       <c r="V93" s="19">
-        <v>1325556293</v>
+        <v>1766151272</v>
       </c>
       <c r="W93" s="20">
-        <v>69569689780.5</v>
+        <v>95161198014.5</v>
       </c>
       <c r="X93" s="20">
-        <v>2477560</v>
+        <v>3208012</v>
       </c>
       <c r="Y93" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="Z93" s="19" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
       <c r="AC93" s="18" t="s">
-        <v>704</v>
+        <v>692</v>
       </c>
       <c r="AE93" s="18" t="s">
-        <v>705</v>
+        <v>693</v>
       </c>
       <c r="AH93" s="18" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:35" x14ac:dyDescent="0.2">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="94" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A94" s="17" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="B94" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C94" s="17" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="D94" s="18" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
       <c r="E94" s="20">
-        <v>1619863229.8199999</v>
+        <v>1656665487.6900001</v>
       </c>
       <c r="F94" s="20">
-        <v>223121657</v>
+        <v>222969783</v>
       </c>
       <c r="G94" s="19" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="I94" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="J94" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L94" s="18">
         <v>19961007</v>
       </c>
       <c r="R94" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V94" s="19">
-        <v>138884548</v>
+        <v>186516190</v>
       </c>
       <c r="W94" s="20">
-        <v>965250072</v>
+        <v>1317903696.5</v>
       </c>
       <c r="X94" s="20">
-        <v>427076</v>
+        <v>572632</v>
       </c>
       <c r="Y94" s="20">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:35" x14ac:dyDescent="0.2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="95" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A95" s="17" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="B95" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C95" s="17" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
       <c r="D95" s="18" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
       <c r="E95" s="20">
-        <v>736682159.00999999</v>
+        <v>783688262.37</v>
       </c>
       <c r="F95" s="20">
-        <v>99537857</v>
+        <v>99431057</v>
       </c>
       <c r="G95" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I95" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J95" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K95" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L95" s="18">
         <v>20111021</v>
       </c>
       <c r="P95" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="V95" s="19">
-        <v>92384861</v>
+        <v>130567062.5</v>
       </c>
       <c r="W95" s="20">
-        <v>550168196</v>
+        <v>820402672</v>
       </c>
       <c r="X95" s="20">
-        <v>273469</v>
+        <v>379344</v>
       </c>
       <c r="Y95" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC95" s="18" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="AH95" s="18" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:35" x14ac:dyDescent="0.2">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="96" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A96" s="17" t="s">
-        <v>384</v>
+        <v>377</v>
       </c>
       <c r="B96" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C96" s="17" t="s">
-        <v>385</v>
+        <v>378</v>
       </c>
       <c r="D96" s="18" t="s">
-        <v>386</v>
+        <v>379</v>
       </c>
       <c r="E96" s="20">
-        <v>2686606174.5599999</v>
+        <v>3845454248.2399998</v>
       </c>
       <c r="F96" s="20">
-        <v>498442704</v>
+        <v>492375704</v>
       </c>
       <c r="G96" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I96" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J96" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K96" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L96" s="18">
         <v>20150824</v>
       </c>
       <c r="P96" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="R96" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V96" s="19">
-        <v>337748417</v>
+        <v>449461566</v>
       </c>
       <c r="W96" s="20">
-        <v>1528028388.5</v>
+        <v>2227938797.5</v>
       </c>
       <c r="X96" s="20">
-        <v>567424</v>
+        <v>794855</v>
       </c>
       <c r="Y96" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC96" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="AH96" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="97" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A97" s="17" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
       <c r="B97" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C97" s="17" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="D97" s="18" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
       <c r="E97" s="20">
-        <v>76515199754.429993</v>
+        <v>80793173216.869995</v>
       </c>
       <c r="F97" s="20">
-        <v>1141952343</v>
+        <v>1142775405</v>
       </c>
       <c r="G97" s="19" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="I97" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J97" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L97" s="18">
         <v>20030515</v>
       </c>
       <c r="M97" s="18" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="R97" s="18">
         <v>60</v>
       </c>
       <c r="V97" s="19">
-        <v>1031269132</v>
+        <v>1361374816</v>
       </c>
       <c r="W97" s="20">
-        <v>68331496792</v>
+        <v>92181380384.5</v>
       </c>
       <c r="X97" s="20">
-        <v>2079835</v>
+        <v>2709397</v>
       </c>
       <c r="Y97" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="98" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A98" s="17" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
       <c r="B98" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C98" s="17" t="s">
-        <v>391</v>
+        <v>384</v>
       </c>
       <c r="D98" s="18" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="E98" s="20">
-        <v>639111182.25</v>
+        <v>676144460.77999997</v>
       </c>
       <c r="F98" s="20">
-        <v>27488653</v>
+        <v>28373666</v>
       </c>
       <c r="G98" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I98" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J98" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K98" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L98" s="18">
         <v>20220512</v>
       </c>
       <c r="P98" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="V98" s="19">
-        <v>11255823</v>
+        <v>17821524</v>
       </c>
       <c r="W98" s="20">
-        <v>181928540</v>
+        <v>343537916.5</v>
       </c>
       <c r="X98" s="20">
-        <v>64905</v>
+        <v>109430</v>
       </c>
       <c r="Y98" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC98" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="AF98" s="18" t="s">
-        <v>654</v>
+        <v>644</v>
       </c>
       <c r="AH98" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="99" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A99" s="17" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="B99" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C99" s="17" t="s">
-        <v>394</v>
+        <v>387</v>
       </c>
       <c r="D99" s="18" t="s">
-        <v>395</v>
+        <v>388</v>
       </c>
       <c r="E99" s="20">
-        <v>3126426648.1500001</v>
+        <v>2751480981.5999999</v>
       </c>
       <c r="F99" s="20">
         <v>21685695</v>
       </c>
       <c r="G99" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H99" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I99" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J99" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K99" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L99" s="18">
         <v>20040708</v>
       </c>
       <c r="R99" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="S99" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="V99" s="19">
-        <v>15068655</v>
+        <v>18768535</v>
       </c>
       <c r="W99" s="20">
-        <v>2143904060</v>
+        <v>2643478761.5</v>
       </c>
       <c r="X99" s="20">
-        <v>119353</v>
+        <v>151438</v>
       </c>
       <c r="Y99" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="100" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A100" s="17" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
       <c r="B100" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C100" s="17" t="s">
-        <v>397</v>
+        <v>390</v>
       </c>
       <c r="D100" s="18" t="s">
-        <v>398</v>
+        <v>391</v>
       </c>
       <c r="E100" s="20">
-        <v>168292672.25999999</v>
+        <v>184641938.59999999</v>
       </c>
       <c r="F100" s="20">
-        <v>432924662</v>
+        <v>22596276</v>
       </c>
       <c r="G100" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H100" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I100" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J100" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K100" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L100" s="18">
         <v>20171120</v>
       </c>
       <c r="P100" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="V100" s="19">
-        <v>74593211</v>
+        <v>76078653</v>
       </c>
       <c r="W100" s="20">
-        <v>22702061.5</v>
+        <v>31870135.5</v>
       </c>
       <c r="X100" s="20">
-        <v>20504</v>
+        <v>24774</v>
       </c>
       <c r="Y100" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A101" s="17" t="s">
-        <v>399</v>
+        <v>392</v>
       </c>
       <c r="B101" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C101" s="17" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="D101" s="18" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="E101" s="20">
-        <v>3852032537.6999998</v>
+        <v>4350333723.1199999</v>
       </c>
       <c r="F101" s="20">
-        <v>153773754</v>
+        <v>153830754</v>
       </c>
       <c r="G101" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I101" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J101" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K101" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L101" s="18">
         <v>20201020</v>
       </c>
       <c r="R101" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V101" s="19">
-        <v>55864966</v>
+        <v>83175484</v>
       </c>
       <c r="W101" s="20">
-        <v>1393846300</v>
+        <v>2097607028.5</v>
       </c>
       <c r="X101" s="20">
-        <v>249428</v>
+        <v>349108</v>
       </c>
       <c r="Y101" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AH101" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="AI101" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="102" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A102" s="17" t="s">
-        <v>403</v>
+        <v>396</v>
       </c>
       <c r="B102" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C102" s="17" t="s">
-        <v>404</v>
+        <v>397</v>
       </c>
       <c r="D102" s="18" t="s">
-        <v>405</v>
+        <v>398</v>
       </c>
       <c r="E102" s="20">
-        <v>495689380</v>
+        <v>528821360</v>
       </c>
       <c r="F102" s="20">
-        <v>37186000</v>
+        <v>36826000</v>
       </c>
       <c r="G102" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H102" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I102" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J102" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K102" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L102" s="18">
         <v>19981214</v>
       </c>
       <c r="P102" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="Q102" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="V102" s="19">
-        <v>9904264</v>
+        <v>13424379</v>
       </c>
       <c r="W102" s="20">
-        <v>107202465.5</v>
+        <v>156327708.5</v>
       </c>
       <c r="X102" s="20">
-        <v>39956</v>
+        <v>58512</v>
       </c>
       <c r="Y102" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="103" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A103" s="17" t="s">
-        <v>406</v>
+        <v>399</v>
       </c>
       <c r="B103" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C103" s="17" t="s">
-        <v>407</v>
+        <v>400</v>
       </c>
       <c r="D103" s="18" t="s">
-        <v>408</v>
+        <v>401</v>
       </c>
       <c r="E103" s="20">
-        <v>70496256.420000002</v>
+        <v>43839037.215000004</v>
       </c>
       <c r="F103" s="20">
-        <v>261097246</v>
+        <v>324733609</v>
       </c>
       <c r="G103" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I103" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J103" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K103" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="L103" s="18">
         <v>19970317</v>
       </c>
       <c r="M103" s="18" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="V103" s="19">
-        <v>15479851</v>
+        <v>41084935</v>
       </c>
       <c r="W103" s="20">
-        <v>5311702.5</v>
+        <v>9732754</v>
       </c>
       <c r="X103" s="20">
-        <v>3630</v>
+        <v>6409</v>
       </c>
       <c r="Y103" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AD103" s="18" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="AH103" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="104" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A104" s="17" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
       <c r="B104" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C104" s="17" t="s">
-        <v>410</v>
+        <v>403</v>
       </c>
       <c r="D104" s="18" t="s">
-        <v>411</v>
+        <v>404</v>
       </c>
       <c r="E104" s="20">
-        <v>22560908875.200001</v>
+        <v>24892529124.48</v>
       </c>
       <c r="F104" s="20">
-        <v>386846860</v>
+        <v>387010714</v>
       </c>
       <c r="G104" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I104" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J104" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K104" s="18" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L104" s="18">
         <v>20101123</v>
       </c>
       <c r="R104" s="18">
         <v>60</v>
       </c>
       <c r="V104" s="19">
-        <v>385048899</v>
+        <v>549822579</v>
       </c>
       <c r="W104" s="20">
-        <v>24419617359</v>
+        <v>34412542814.5</v>
       </c>
       <c r="X104" s="20">
-        <v>1103631</v>
+        <v>1557406</v>
       </c>
       <c r="Y104" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC104" s="18" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="AH104" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="105" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A105" s="17" t="s">
-        <v>412</v>
+        <v>405</v>
       </c>
       <c r="B105" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C105" s="17" t="s">
-        <v>413</v>
+        <v>406</v>
       </c>
       <c r="D105" s="18" t="s">
-        <v>414</v>
+        <v>407</v>
       </c>
       <c r="E105" s="20">
-        <v>5864697120.3999996</v>
+        <v>6929775667.4899998</v>
       </c>
       <c r="F105" s="20">
-        <v>335049829</v>
+        <v>335317495</v>
       </c>
       <c r="G105" s="19" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="I105" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J105" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L105" s="18">
         <v>19921231</v>
       </c>
       <c r="M105" s="18" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="R105" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V105" s="19">
-        <v>305914879</v>
+        <v>410721034</v>
       </c>
       <c r="W105" s="20">
-        <v>4654448800</v>
+        <v>6869500723</v>
       </c>
       <c r="X105" s="20">
-        <v>1115800</v>
+        <v>1599350</v>
       </c>
       <c r="Y105" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="106" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A106" s="17" t="s">
-        <v>415</v>
+        <v>408</v>
       </c>
       <c r="B106" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C106" s="17" t="s">
-        <v>416</v>
+        <v>409</v>
       </c>
       <c r="D106" s="18" t="s">
-        <v>417</v>
+        <v>410</v>
       </c>
       <c r="E106" s="20">
-        <v>1264823124.2</v>
+        <v>1279765056.3299999</v>
       </c>
       <c r="F106" s="20">
-        <v>212218645</v>
+        <v>212233011</v>
       </c>
       <c r="G106" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H106" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I106" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J106" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L106" s="18">
         <v>19961209</v>
       </c>
       <c r="V106" s="19">
-        <v>93881244</v>
+        <v>122095978</v>
       </c>
       <c r="W106" s="20">
-        <v>453054939</v>
+        <v>612652056</v>
       </c>
       <c r="X106" s="20">
-        <v>269513</v>
+        <v>366158</v>
       </c>
       <c r="Y106" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="107" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A107" s="17" t="s">
-        <v>420</v>
+        <v>413</v>
       </c>
       <c r="B107" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C107" s="17" t="s">
-        <v>421</v>
+        <v>414</v>
       </c>
       <c r="D107" s="18" t="s">
-        <v>422</v>
+        <v>415</v>
       </c>
       <c r="E107" s="20">
-        <v>854063544.36000001</v>
+        <v>781916564.51999998</v>
       </c>
       <c r="F107" s="20">
-        <v>106226809</v>
+        <v>105950754</v>
       </c>
       <c r="G107" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I107" s="18" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="J107" s="18" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="K107" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L107" s="18">
         <v>20110915</v>
       </c>
       <c r="O107" s="18" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="P107" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="Q107" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="V107" s="19">
-        <v>58604716</v>
+        <v>77287576</v>
       </c>
       <c r="W107" s="20">
-        <v>447929011</v>
+        <v>577918792</v>
       </c>
       <c r="X107" s="20">
-        <v>223298</v>
+        <v>298200</v>
       </c>
       <c r="Y107" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AA107" s="18" t="s">
-        <v>423</v>
+        <v>416</v>
       </c>
       <c r="AF107" s="18" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="AH107" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="108" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A108" s="17" t="s">
-        <v>424</v>
+        <v>417</v>
       </c>
       <c r="B108" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C108" s="17" t="s">
-        <v>425</v>
+        <v>418</v>
       </c>
       <c r="D108" s="18" t="s">
-        <v>426</v>
+        <v>419</v>
       </c>
       <c r="E108" s="20">
-        <v>1595051408.1400001</v>
+        <v>1979031130.03</v>
       </c>
       <c r="F108" s="20">
-        <v>153814022</v>
+        <v>153294433</v>
       </c>
       <c r="G108" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I108" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J108" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K108" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L108" s="18">
         <v>19960627</v>
       </c>
       <c r="M108" s="18" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="P108" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="Q108" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="R108" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="V108" s="19">
+        <v>187635757</v>
+      </c>
+      <c r="W108" s="20">
+        <v>2030660509</v>
+      </c>
+      <c r="X108" s="20">
+        <v>787219</v>
+      </c>
+      <c r="Y108" s="20">
+        <v>11</v>
+      </c>
+      <c r="AB108" s="18" t="s">
         <v>81</v>
       </c>
-      <c r="V108" s="19">
-[...13 lines deleted...]
-      </c>
       <c r="AC108" s="18" t="s">
-        <v>402</v>
+        <v>395</v>
       </c>
       <c r="AF108" s="18" t="s">
-        <v>706</v>
+        <v>694</v>
       </c>
       <c r="AG108" s="18" t="s">
-        <v>419</v>
+        <v>412</v>
       </c>
       <c r="AH108" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="109" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A109" s="17" t="s">
-        <v>428</v>
+        <v>421</v>
       </c>
       <c r="B109" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C109" s="17" t="s">
-        <v>429</v>
+        <v>422</v>
       </c>
       <c r="D109" s="18" t="s">
-        <v>430</v>
+        <v>423</v>
       </c>
       <c r="E109" s="20">
-        <v>70731915.980000004</v>
+        <v>69378195.099999994</v>
       </c>
       <c r="F109" s="20">
         <v>33843022</v>
       </c>
       <c r="G109" s="19" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H109" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I109" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J109" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K109" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L109" s="18">
         <v>20111013</v>
       </c>
       <c r="P109" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="V109" s="19">
-        <v>715040</v>
+        <v>775658</v>
       </c>
       <c r="W109" s="20">
-        <v>1571565.5</v>
+        <v>1698754.5</v>
       </c>
       <c r="X109" s="20">
-        <v>626</v>
+        <v>762</v>
       </c>
       <c r="Y109" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="110" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A110" s="17" t="s">
-        <v>431</v>
+        <v>424</v>
       </c>
       <c r="B110" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C110" s="17" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="D110" s="18" t="s">
-        <v>433</v>
+        <v>426</v>
       </c>
       <c r="E110" s="20">
-        <v>12574989542.059999</v>
+        <v>14184904594.49</v>
       </c>
       <c r="F110" s="20">
-        <v>1216149859</v>
+        <v>1213422121</v>
       </c>
       <c r="G110" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I110" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J110" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K110" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L110" s="18">
         <v>20101018</v>
       </c>
       <c r="P110" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="Q110" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="R110" s="18" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="V110" s="19">
-        <v>1014009268</v>
+        <v>1390509204</v>
       </c>
       <c r="W110" s="20">
-        <v>9158880076.5</v>
+        <v>13224469285.5</v>
       </c>
       <c r="X110" s="20">
-        <v>1639590</v>
+        <v>2145824</v>
       </c>
       <c r="Y110" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC110" s="18" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="AH110" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="111" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A111" s="17" t="s">
-        <v>434</v>
+        <v>427</v>
       </c>
       <c r="B111" s="17" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C111" s="17" t="s">
-        <v>435</v>
+        <v>428</v>
       </c>
       <c r="D111" s="18" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
       <c r="E111" s="20">
-        <v>101275977</v>
+        <v>106339775.84999999</v>
       </c>
       <c r="F111" s="20">
         <v>101275977</v>
       </c>
       <c r="G111" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I111" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J111" s="18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K111" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="L111" s="18">
         <v>20140627</v>
       </c>
       <c r="P111" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="V111" s="19">
-        <v>9170652</v>
+        <v>13347415</v>
       </c>
       <c r="W111" s="20">
-        <v>9099474</v>
+        <v>13299045.5</v>
       </c>
       <c r="X111" s="20">
-        <v>5640</v>
+        <v>7947</v>
       </c>
       <c r="Y111" s="20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC111" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="AH111" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A10:AI111" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:AP10">
     <sortCondition sortBy="cellColor" ref="M8:M10" dxfId="1"/>
     <sortCondition sortBy="cellColor" ref="N8:N10" dxfId="0"/>
   </sortState>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:AR90"/>
+  <dimension ref="A1:AR91"/>
   <sheetViews>
     <sheetView topLeftCell="C1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="C1" sqref="C1"/>
+      <selection activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.28515625" style="17" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="8.140625" style="28" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" style="23" customWidth="1"/>
     <col min="4" max="4" width="44.140625" style="28" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.85546875" style="24" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="16.28515625" style="24" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="31.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="22.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="16.85546875" style="18" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.140625" style="32" bestFit="1" customWidth="1"/>
     <col min="12" max="13" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="13.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="17.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="18.85546875" style="18" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="18.42578125" style="18" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="16.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="33.140625" style="18" bestFit="1" customWidth="1"/>
@@ -9093,51 +9049,51 @@
       <c r="C1" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2" spans="1:44" x14ac:dyDescent="0.2">
       <c r="C2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="1"/>
       <c r="F2" s="26"/>
       <c r="G2" s="26"/>
       <c r="H2" s="1"/>
       <c r="I2" s="19"/>
       <c r="J2" s="1"/>
       <c r="K2" s="29"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="T2" s="19"/>
       <c r="U2" s="19"/>
       <c r="V2" s="19"/>
       <c r="W2" s="19"/>
     </row>
     <row r="3" spans="1:44" x14ac:dyDescent="0.2">
       <c r="C3" s="3" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="1"/>
       <c r="F3" s="26"/>
       <c r="G3" s="26"/>
       <c r="H3" s="1"/>
       <c r="I3" s="19"/>
       <c r="J3" s="1"/>
       <c r="K3" s="29"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="T3" s="19"/>
       <c r="U3" s="19"/>
       <c r="V3" s="19"/>
       <c r="W3" s="19"/>
     </row>
     <row r="4" spans="1:44" s="12" customFormat="1" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="9"/>
       <c r="C4" s="21"/>
       <c r="D4" s="9"/>
       <c r="E4" s="8"/>
       <c r="F4" s="25"/>
       <c r="G4" s="25"/>
       <c r="H4" s="8"/>
       <c r="I4" s="11"/>
@@ -9299,57 +9255,57 @@
       <c r="Y7" s="36"/>
       <c r="Z7" s="36"/>
       <c r="AA7" s="36"/>
       <c r="AB7" s="59"/>
       <c r="AC7" s="59"/>
       <c r="AD7" s="59"/>
       <c r="AE7" s="59"/>
       <c r="AF7" s="59"/>
       <c r="AG7" s="59"/>
       <c r="AH7" s="59"/>
       <c r="AI7" s="59"/>
       <c r="AJ7" s="59"/>
       <c r="AK7" s="59"/>
       <c r="AL7" s="59"/>
       <c r="AM7" s="59"/>
       <c r="AN7" s="59"/>
       <c r="AO7" s="59"/>
       <c r="AP7" s="59"/>
       <c r="AQ7" s="59"/>
       <c r="AR7" s="59"/>
     </row>
     <row r="8" spans="1:44" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="2"/>
       <c r="C8" s="22"/>
       <c r="D8" s="61">
-        <f>SUBTOTAL(3,D11:D90)</f>
-        <v>80</v>
+        <f>SUBTOTAL(3,D11:D91)</f>
+        <v>81</v>
       </c>
       <c r="E8" s="51"/>
       <c r="F8" s="54">
-        <f>SUBTOTAL(9,F11:F90)</f>
-        <v>5154388174.1560001</v>
+        <f>SUBTOTAL(9,F11:F91)</f>
+        <v>5602741414.6049976</v>
       </c>
       <c r="G8" s="55"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="29"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="36"/>
       <c r="Y8" s="36"/>
       <c r="Z8" s="36"/>
       <c r="AA8" s="36"/>
       <c r="AB8" s="59"/>
       <c r="AC8" s="59"/>
       <c r="AD8" s="59"/>
@@ -9408,4777 +9364,4848 @@
       <c r="AL9" s="59"/>
       <c r="AM9" s="59"/>
       <c r="AN9" s="59"/>
       <c r="AO9" s="59"/>
       <c r="AP9" s="59"/>
       <c r="AQ9" s="59"/>
       <c r="AR9" s="59"/>
     </row>
     <row r="10" spans="1:44" s="15" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="14" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="33" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>0</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>2</v>
       </c>
       <c r="E10" s="16" t="s">
         <v>3</v>
       </c>
       <c r="F10" s="16" t="s">
+        <v>716</v>
+      </c>
+      <c r="G10" s="16" t="s">
         <v>717</v>
-      </c>
-[...1 lines deleted...]
-        <v>718</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>4</v>
       </c>
       <c r="I10" s="27" t="s">
         <v>19</v>
       </c>
       <c r="J10" s="15" t="s">
         <v>6</v>
       </c>
       <c r="K10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="L10" s="15" t="s">
         <v>5</v>
       </c>
       <c r="M10" s="31" t="s">
         <v>31</v>
       </c>
       <c r="N10" s="15" t="s">
         <v>14</v>
       </c>
       <c r="O10" s="15" t="s">
         <v>26</v>
       </c>
       <c r="P10" s="15" t="s">
         <v>15</v>
       </c>
       <c r="Q10" s="15" t="s">
         <v>50</v>
       </c>
       <c r="R10" s="15" t="s">
-        <v>692</v>
+        <v>680</v>
       </c>
       <c r="S10" s="15" t="s">
         <v>16</v>
       </c>
       <c r="T10" s="15" t="s">
         <v>21</v>
       </c>
       <c r="U10" s="15" t="s">
         <v>25</v>
       </c>
       <c r="V10" s="15" t="s">
         <v>22</v>
       </c>
       <c r="W10" s="13" t="s">
         <v>20</v>
       </c>
       <c r="X10" s="16" t="s">
+        <v>718</v>
+      </c>
+      <c r="Y10" s="16" t="s">
         <v>719</v>
       </c>
-      <c r="Y10" s="16" t="s">
+      <c r="Z10" s="16" t="s">
         <v>720</v>
-      </c>
-[...1 lines deleted...]
-        <v>721</v>
       </c>
       <c r="AA10" s="16" t="s">
         <v>17</v>
       </c>
       <c r="AB10" s="60" t="s">
         <v>43</v>
       </c>
       <c r="AC10" s="60" t="s">
         <v>46</v>
       </c>
       <c r="AD10" s="60" t="s">
         <v>44</v>
       </c>
       <c r="AE10" s="60" t="s">
         <v>45</v>
       </c>
       <c r="AF10" s="60" t="s">
         <v>47</v>
       </c>
       <c r="AG10" s="60" t="s">
         <v>48</v>
       </c>
       <c r="AH10" s="60" t="s">
         <v>49</v>
       </c>
       <c r="AI10" s="60" t="s">
         <v>13</v>
       </c>
       <c r="AJ10" s="60" t="s">
         <v>34</v>
       </c>
       <c r="AK10" s="60" t="s">
         <v>35</v>
       </c>
       <c r="AL10" s="60" t="s">
         <v>36</v>
       </c>
       <c r="AM10" s="60" t="s">
         <v>37</v>
       </c>
       <c r="AN10" s="60" t="s">
         <v>38</v>
       </c>
       <c r="AO10" s="60" t="s">
         <v>39</v>
       </c>
       <c r="AP10" s="60" t="s">
         <v>40</v>
       </c>
       <c r="AQ10" s="60" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="AR10" s="60" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:44" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A11" s="17" t="s">
-        <v>530</v>
+        <v>520</v>
       </c>
       <c r="B11" s="28">
         <v>1099471</v>
       </c>
       <c r="C11" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D11" s="28" t="s">
-        <v>531</v>
+        <v>521</v>
       </c>
       <c r="E11" s="18" t="s">
-        <v>532</v>
+        <v>522</v>
       </c>
       <c r="F11" s="24">
-        <v>11551523.4</v>
+        <v>9783019.5</v>
       </c>
       <c r="G11" s="24">
-        <v>128350260</v>
+        <v>130440260</v>
       </c>
       <c r="H11" s="18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="I11" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="J11" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K11" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L11" s="18" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="M11" s="18">
         <v>20060119</v>
       </c>
       <c r="P11" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="V11" s="18" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="W11" s="18" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="X11" s="34">
-        <v>3712875</v>
+        <v>4836079</v>
       </c>
       <c r="Y11" s="34">
-        <v>356022</v>
+        <v>443636</v>
       </c>
       <c r="Z11" s="20">
-        <v>440</v>
+        <v>582</v>
       </c>
       <c r="AA11" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A12" s="17" t="s">
-        <v>603</v>
+        <v>593</v>
       </c>
       <c r="B12" s="28">
         <v>1137385</v>
       </c>
       <c r="C12" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D12" s="28" t="s">
-        <v>604</v>
+        <v>594</v>
       </c>
       <c r="E12" s="18" t="s">
-        <v>605</v>
+        <v>595</v>
       </c>
       <c r="F12" s="24">
-        <v>86249241</v>
+        <v>71874367.5</v>
       </c>
       <c r="G12" s="24">
         <v>479162450</v>
       </c>
       <c r="H12" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J12" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K12" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L12" s="18" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="M12" s="18">
         <v>20110923</v>
       </c>
+      <c r="N12" s="18" t="s">
+        <v>79</v>
+      </c>
       <c r="P12" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="X12" s="34">
-        <v>6412491</v>
+        <v>7229359</v>
       </c>
       <c r="Y12" s="34">
-        <v>294446.5</v>
+        <v>413220.5</v>
       </c>
       <c r="Z12" s="20">
-        <v>449</v>
+        <v>623</v>
       </c>
       <c r="AA12" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AB12" s="18" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="AJ12" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="13" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A13" s="17" t="s">
-        <v>443</v>
+        <v>435</v>
       </c>
       <c r="B13" s="28">
         <v>1093156</v>
       </c>
       <c r="C13" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" s="28" t="s">
+        <v>436</v>
+      </c>
+      <c r="E13" s="18" t="s">
+        <v>437</v>
+      </c>
+      <c r="F13" s="24">
+        <v>32867651.039999999</v>
+      </c>
+      <c r="G13" s="24">
+        <v>78256312</v>
+      </c>
+      <c r="H13" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="J13" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="D13" s="28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K13" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L13" s="18" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="M13" s="18">
         <v>20060509</v>
       </c>
       <c r="P13" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="X13" s="34">
-        <v>42105644</v>
+        <v>43099925</v>
       </c>
       <c r="Y13" s="34">
-        <v>32242558</v>
+        <v>32783598.5</v>
       </c>
       <c r="Z13" s="20">
-        <v>32949</v>
+        <v>33397</v>
       </c>
       <c r="AA13" s="18">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="AE13" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="AJ13" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="14" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A14" s="17" t="s">
-        <v>658</v>
+        <v>648</v>
       </c>
       <c r="B14" s="28">
         <v>1185620</v>
       </c>
       <c r="C14" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D14" s="28" t="s">
-        <v>707</v>
+        <v>695</v>
       </c>
       <c r="E14" s="18" t="s">
-        <v>708</v>
+        <v>696</v>
       </c>
       <c r="F14" s="24">
-        <v>8213352.21</v>
+        <v>5129481.63</v>
       </c>
       <c r="G14" s="24">
-        <v>39111201</v>
+        <v>39457551</v>
       </c>
       <c r="H14" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J14" s="18" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="K14" s="32" t="s">
         <v>13</v>
       </c>
       <c r="L14" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="M14" s="18">
         <v>20211111</v>
       </c>
       <c r="S14" s="18" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="X14" s="34">
-        <v>9319432</v>
+        <v>12705601</v>
       </c>
       <c r="Y14" s="34">
-        <v>303658.5</v>
+        <v>769988.5</v>
       </c>
       <c r="Z14" s="20">
-        <v>527</v>
+        <v>903</v>
       </c>
       <c r="AA14" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AI14" s="18" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="AJ14" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="AR14" s="17" t="s">
-        <v>585</v>
+        <v>575</v>
       </c>
     </row>
     <row r="15" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A15" s="17" t="s">
-        <v>625</v>
+        <v>615</v>
       </c>
       <c r="B15" s="28">
         <v>1167640</v>
       </c>
       <c r="C15" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D15" s="28" t="s">
-        <v>626</v>
+        <v>616</v>
       </c>
       <c r="E15" s="18" t="s">
-        <v>627</v>
+        <v>617</v>
       </c>
       <c r="F15" s="24">
-        <v>220537935.63999999</v>
+        <v>222596507.81999999</v>
       </c>
       <c r="G15" s="24">
-        <v>36695164</v>
+        <v>36732097</v>
       </c>
       <c r="H15" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J15" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K15" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L15" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="M15" s="18">
         <v>20131205</v>
       </c>
       <c r="O15" s="18" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="Q15" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="X15" s="34">
-        <v>3048440</v>
+        <v>4196411</v>
       </c>
       <c r="Y15" s="34">
-        <v>16843351</v>
+        <v>24177553</v>
       </c>
       <c r="Z15" s="20">
-        <v>9109</v>
+        <v>13229</v>
       </c>
       <c r="AA15" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AF15" s="18" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="AJ15" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A16" s="17" t="s">
-        <v>457</v>
+        <v>449</v>
       </c>
       <c r="B16" s="28">
         <v>1058114</v>
       </c>
       <c r="C16" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D16" s="28" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
       <c r="E16" s="18" t="s">
-        <v>459</v>
+        <v>451</v>
       </c>
       <c r="F16" s="24">
-        <v>68607443.519999996</v>
+        <v>64319478.299999997</v>
       </c>
       <c r="G16" s="24">
         <v>285864348</v>
       </c>
       <c r="H16" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J16" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K16" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L16" s="18" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="M16" s="18">
         <v>20181005</v>
       </c>
       <c r="N16" s="18" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="P16" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="X16" s="34">
-        <v>24254911</v>
+        <v>35327005</v>
       </c>
       <c r="Y16" s="34">
-        <v>8058977.5</v>
+        <v>10605971</v>
       </c>
       <c r="Z16" s="20">
-        <v>5249</v>
+        <v>7367</v>
       </c>
       <c r="AA16" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AE16" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="AF16" s="18" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="AJ16" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="17" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A17" s="17" t="s">
-        <v>713</v>
+        <v>701</v>
       </c>
       <c r="B17" s="28">
         <v>1188835</v>
       </c>
       <c r="C17" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D17" s="28" t="s">
-        <v>714</v>
+        <v>702</v>
       </c>
       <c r="E17" s="18" t="s">
-        <v>715</v>
+        <v>703</v>
       </c>
       <c r="F17" s="24">
-        <v>97563099.715000004</v>
+        <v>125887870.59999999</v>
       </c>
       <c r="G17" s="24">
         <v>629439353</v>
       </c>
       <c r="H17" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J17" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K17" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L17" s="18" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="M17" s="18">
         <v>20250624</v>
       </c>
       <c r="X17" s="34">
-        <v>3385507</v>
+        <v>5125480</v>
       </c>
       <c r="Y17" s="34">
-        <v>826349.5</v>
+        <v>1110309.5</v>
       </c>
       <c r="Z17" s="20">
-        <v>682</v>
+        <v>1034</v>
       </c>
       <c r="AA17" s="18">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A18" s="17" t="s">
-        <v>613</v>
+        <v>603</v>
       </c>
       <c r="B18" s="28">
         <v>1148840</v>
       </c>
       <c r="C18" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D18" s="28" t="s">
+        <v>604</v>
+      </c>
+      <c r="E18" s="18" t="s">
+        <v>605</v>
+      </c>
+      <c r="F18" s="24">
+        <v>22239794.425000001</v>
+      </c>
+      <c r="G18" s="24">
+        <v>120215105</v>
+      </c>
+      <c r="H18" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="J18" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="D18" s="28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K18" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L18" s="18" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="M18" s="18">
         <v>20120430</v>
       </c>
       <c r="P18" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="X18" s="34">
-        <v>23976632</v>
+        <v>34029304</v>
       </c>
       <c r="Y18" s="34">
-        <v>2964820.5</v>
+        <v>5528257.5</v>
       </c>
       <c r="Z18" s="20">
-        <v>2944</v>
+        <v>4718</v>
       </c>
       <c r="AA18" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AE18" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="AI18" s="18" t="s">
-        <v>438</v>
+        <v>431</v>
       </c>
       <c r="AJ18" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="AR18" s="17" t="s">
-        <v>585</v>
+        <v>575</v>
       </c>
     </row>
     <row r="19" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A19" s="17" t="s">
-        <v>668</v>
+        <v>682</v>
       </c>
       <c r="B19" s="28">
-        <v>1186796</v>
+        <v>1188685</v>
       </c>
       <c r="C19" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D19" s="28" t="s">
+        <v>683</v>
+      </c>
+      <c r="E19" s="18" t="s">
+        <v>684</v>
+      </c>
+      <c r="F19" s="24">
+        <v>64318250</v>
+      </c>
+      <c r="G19" s="24">
+        <v>64318250</v>
+      </c>
+      <c r="H19" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="J19" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="D19" s="28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K19" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L19" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="M19" s="18">
-        <v>20230720</v>
+        <v>20250414</v>
       </c>
       <c r="X19" s="34">
-        <v>424490</v>
+        <v>1523212</v>
       </c>
       <c r="Y19" s="34">
-        <v>29406.5</v>
+        <v>1236431</v>
       </c>
       <c r="Z19" s="20">
-        <v>45</v>
+        <v>454</v>
       </c>
       <c r="AA19" s="18">
-        <v>4</v>
-[...8 lines deleted...]
-        <v>693</v>
+        <v>8</v>
+      </c>
+      <c r="AB19" s="18" t="s">
+        <v>596</v>
       </c>
       <c r="AJ19" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="20" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A20" s="17" t="s">
-        <v>694</v>
+        <v>446</v>
       </c>
       <c r="B20" s="28">
-        <v>1188685</v>
+        <v>38260</v>
       </c>
       <c r="C20" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D20" s="28" t="s">
+        <v>447</v>
+      </c>
+      <c r="E20" s="18" t="s">
+        <v>448</v>
+      </c>
+      <c r="F20" s="24">
+        <v>4322663.7450000001</v>
+      </c>
+      <c r="G20" s="24">
+        <v>288177583</v>
+      </c>
+      <c r="H20" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="J20" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="K20" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="L20" s="18" t="s">
+        <v>439</v>
+      </c>
+      <c r="M20" s="18">
+        <v>20050512</v>
+      </c>
+      <c r="X20" s="34">
+        <v>9808188</v>
+      </c>
+      <c r="Y20" s="34">
+        <v>209529.5</v>
+      </c>
+      <c r="Z20" s="20">
+        <v>316</v>
+      </c>
+      <c r="AA20" s="18">
+        <v>11</v>
+      </c>
+      <c r="AE20" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="D20" s="28" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="AJ20" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="21" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A21" s="17" t="s">
-        <v>454</v>
+        <v>517</v>
       </c>
       <c r="B21" s="28">
-        <v>38260</v>
+        <v>1023195</v>
       </c>
       <c r="C21" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D21" s="28" t="s">
-        <v>455</v>
+        <v>518</v>
       </c>
       <c r="E21" s="18" t="s">
-        <v>456</v>
+        <v>519</v>
       </c>
       <c r="F21" s="24">
-        <v>5763551.6600000001</v>
+        <v>8459543.0250000004</v>
       </c>
       <c r="G21" s="24">
-        <v>288177583</v>
+        <v>112793907</v>
       </c>
       <c r="H21" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J21" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K21" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L21" s="18" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="M21" s="18">
-        <v>20050512</v>
+        <v>20050418</v>
       </c>
       <c r="X21" s="34">
-        <v>6268577</v>
+        <v>7377845</v>
       </c>
       <c r="Y21" s="34">
-        <v>146029</v>
+        <v>620750.5</v>
       </c>
       <c r="Z21" s="20">
-        <v>206</v>
+        <v>542</v>
       </c>
       <c r="AA21" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AE21" s="18" t="s">
         <v>66</v>
       </c>
       <c r="AJ21" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="22" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A22" s="17" t="s">
-        <v>527</v>
+        <v>674</v>
       </c>
       <c r="B22" s="28">
-        <v>1023195</v>
+        <v>1188111</v>
       </c>
       <c r="C22" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D22" s="28" t="s">
+        <v>675</v>
+      </c>
+      <c r="E22" s="18" t="s">
+        <v>676</v>
+      </c>
+      <c r="F22" s="24">
+        <v>61084300</v>
+      </c>
+      <c r="G22" s="24">
+        <v>122168600</v>
+      </c>
+      <c r="H22" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="J22" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="D22" s="28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K22" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L22" s="18" t="s">
-        <v>447</v>
+        <v>63</v>
       </c>
       <c r="M22" s="18">
-        <v>20050418</v>
+        <v>20241029</v>
       </c>
       <c r="X22" s="34">
-        <v>3000753</v>
+        <v>6280601</v>
       </c>
       <c r="Y22" s="34">
-        <v>246275</v>
+        <v>4035573</v>
       </c>
       <c r="Z22" s="20">
-        <v>293</v>
+        <v>1833</v>
       </c>
       <c r="AA22" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>11</v>
+      </c>
+      <c r="AH22" s="18" t="s">
+        <v>475</v>
       </c>
       <c r="AJ22" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A23" s="17" t="s">
-        <v>686</v>
+        <v>713</v>
       </c>
       <c r="B23" s="28">
-        <v>1188111</v>
+        <v>1118792</v>
       </c>
       <c r="C23" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D23" s="28" t="s">
-        <v>687</v>
+        <v>714</v>
       </c>
       <c r="E23" s="18" t="s">
-        <v>688</v>
+        <v>715</v>
       </c>
       <c r="F23" s="24">
-        <v>66028765</v>
+        <v>38503575</v>
       </c>
       <c r="G23" s="24">
-        <v>120052300</v>
+        <v>25669050</v>
       </c>
       <c r="H23" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J23" s="18" t="s">
         <v>66</v>
       </c>
       <c r="K23" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L23" s="18" t="s">
-        <v>67</v>
+        <v>439</v>
       </c>
       <c r="M23" s="18">
-        <v>20241029</v>
+        <v>20120424</v>
+      </c>
+      <c r="P23" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="X23" s="34">
-        <v>4744416</v>
+        <v>511531</v>
       </c>
       <c r="Y23" s="34">
-        <v>3245536.5</v>
+        <v>156596</v>
       </c>
       <c r="Z23" s="20">
-        <v>1208</v>
+        <v>161</v>
       </c>
       <c r="AA23" s="18">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>69</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A24" s="17" t="s">
-        <v>567</v>
+        <v>557</v>
       </c>
       <c r="B24" s="28">
         <v>1094502</v>
       </c>
       <c r="C24" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D24" s="28" t="s">
-        <v>568</v>
+        <v>558</v>
       </c>
       <c r="E24" s="18" t="s">
-        <v>569</v>
+        <v>559</v>
       </c>
       <c r="F24" s="24">
-        <v>2720175</v>
+        <v>2284947</v>
       </c>
       <c r="G24" s="24">
         <v>1088070</v>
       </c>
       <c r="H24" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J24" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K24" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L24" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="M24" s="18">
         <v>20070216</v>
       </c>
       <c r="X24" s="34">
-        <v>81830</v>
+        <v>92314</v>
       </c>
       <c r="Y24" s="34">
-        <v>313750.5</v>
+        <v>335162.5</v>
       </c>
       <c r="Z24" s="20">
-        <v>361</v>
+        <v>427</v>
       </c>
       <c r="AA24" s="18">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="AJ24" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A25" s="17" t="s">
-        <v>577</v>
+        <v>567</v>
       </c>
       <c r="B25" s="28">
         <v>1112197</v>
       </c>
       <c r="C25" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D25" s="28" t="s">
-        <v>578</v>
+        <v>568</v>
       </c>
       <c r="E25" s="18" t="s">
-        <v>579</v>
+        <v>569</v>
       </c>
       <c r="F25" s="24">
-        <v>11529902.125</v>
+        <v>8894495.9250000007</v>
       </c>
       <c r="G25" s="24">
         <v>65885155</v>
       </c>
       <c r="H25" s="18" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="J25" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="K25" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L25" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="M25" s="18">
         <v>20080204</v>
       </c>
       <c r="T25" s="18" t="s">
-        <v>580</v>
+        <v>570</v>
       </c>
       <c r="X25" s="34">
-        <v>1384397</v>
+        <v>1827746</v>
       </c>
       <c r="Y25" s="34">
-        <v>262339</v>
+        <v>329067</v>
       </c>
       <c r="Z25" s="20">
-        <v>368</v>
+        <v>532</v>
       </c>
       <c r="AA25" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A26" s="17" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="B26" s="28">
         <v>1021802</v>
       </c>
       <c r="C26" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D26" s="28" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="E26" s="18" t="s">
-        <v>450</v>
+        <v>442</v>
       </c>
       <c r="F26" s="24">
-        <v>41700355.990000002</v>
+        <v>43138299.299999997</v>
       </c>
       <c r="G26" s="24">
         <v>287588662</v>
       </c>
       <c r="H26" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J26" s="18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="K26" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="X26" s="34">
-        <v>9035274</v>
+        <v>11476107</v>
       </c>
       <c r="Y26" s="34">
-        <v>1115853.5</v>
+        <v>1500203.5</v>
       </c>
       <c r="Z26" s="20">
-        <v>2306</v>
+        <v>3059</v>
       </c>
       <c r="AA26" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AF26" s="18" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="AJ26" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="27" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A27" s="17" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="B27" s="28">
         <v>1044709</v>
       </c>
       <c r="C27" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D27" s="28" t="s">
-        <v>461</v>
+        <v>453</v>
       </c>
       <c r="E27" s="18" t="s">
-        <v>462</v>
+        <v>454</v>
       </c>
       <c r="F27" s="24">
-        <v>2234755.98</v>
+        <v>3476287.08</v>
       </c>
       <c r="G27" s="24">
         <v>16553748</v>
       </c>
       <c r="H27" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J27" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K27" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="X27" s="34">
         <v>435112</v>
       </c>
       <c r="Y27" s="34">
         <v>60170</v>
       </c>
       <c r="Z27" s="20">
         <v>69</v>
       </c>
       <c r="AA27" s="18">
         <v>7</v>
       </c>
       <c r="AE27" s="18" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="AJ27" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="28" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A28" s="17" t="s">
-        <v>665</v>
+        <v>655</v>
       </c>
       <c r="B28" s="28">
         <v>1186620</v>
       </c>
       <c r="C28" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D28" s="28" t="s">
-        <v>666</v>
+        <v>656</v>
       </c>
       <c r="E28" s="18" t="s">
-        <v>667</v>
+        <v>657</v>
       </c>
       <c r="F28" s="24">
-        <v>436967508.92000002</v>
+        <v>453050000</v>
       </c>
       <c r="G28" s="24">
-        <v>532887206</v>
+        <v>533000000</v>
       </c>
       <c r="H28" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J28" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K28" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L28" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="M28" s="18">
         <v>20220620</v>
       </c>
       <c r="Q28" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="X28" s="34">
-        <v>15831660</v>
+        <v>21312476</v>
       </c>
       <c r="Y28" s="34">
-        <v>13332956.5</v>
+        <v>17850137</v>
       </c>
       <c r="Z28" s="20">
-        <v>2303</v>
+        <v>3325</v>
       </c>
       <c r="AA28" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AE28" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="AJ28" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="29" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A29" s="17" t="s">
-        <v>533</v>
+        <v>523</v>
       </c>
       <c r="B29" s="28">
         <v>1023775</v>
       </c>
       <c r="C29" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D29" s="28" t="s">
-        <v>534</v>
+        <v>524</v>
       </c>
       <c r="E29" s="18" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="F29" s="24">
-        <v>15001275.74</v>
+        <v>11591894.890000001</v>
       </c>
       <c r="G29" s="24">
         <v>136375234</v>
       </c>
       <c r="H29" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J29" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K29" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="X29" s="34">
-        <v>13111014</v>
+        <v>15125797</v>
       </c>
       <c r="Y29" s="34">
-        <v>917662.5</v>
+        <v>1090113.5</v>
       </c>
       <c r="Z29" s="20">
-        <v>632</v>
+        <v>835</v>
       </c>
       <c r="AA29" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AC29" s="18" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="AJ29" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="30" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A30" s="17" t="s">
-        <v>463</v>
+        <v>455</v>
       </c>
       <c r="B30" s="28">
         <v>13387</v>
       </c>
       <c r="C30" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D30" s="28" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
       <c r="E30" s="18" t="s">
-        <v>465</v>
+        <v>457</v>
       </c>
       <c r="F30" s="24">
-        <v>10206425.32</v>
+        <v>16403183.550000001</v>
       </c>
       <c r="G30" s="24">
         <v>72903038</v>
       </c>
       <c r="H30" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J30" s="18" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K30" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="X30" s="34">
-        <v>176914</v>
+        <v>493910</v>
       </c>
       <c r="Y30" s="34">
-        <v>27711.5</v>
+        <v>95768</v>
       </c>
       <c r="Z30" s="20">
-        <v>61</v>
+        <v>113</v>
       </c>
       <c r="AA30" s="18">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="AF30" s="18" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="AJ30" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="31" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A31" s="17" t="s">
-        <v>581</v>
+        <v>507</v>
       </c>
       <c r="B31" s="28">
-        <v>1119830</v>
+        <v>1098639</v>
       </c>
       <c r="C31" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D31" s="28" t="s">
-        <v>582</v>
+        <v>711</v>
       </c>
       <c r="E31" s="18" t="s">
-        <v>583</v>
+        <v>712</v>
       </c>
       <c r="F31" s="24">
-        <v>16953139.620000001</v>
+        <v>3346057.5</v>
       </c>
       <c r="G31" s="24">
-        <v>94184109</v>
+        <v>44614100</v>
       </c>
       <c r="H31" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J31" s="18" t="s">
         <v>66</v>
       </c>
       <c r="K31" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L31" s="18" t="s">
-        <v>67</v>
+        <v>434</v>
       </c>
       <c r="M31" s="18">
-        <v>20081016</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>20060707</v>
+      </c>
+      <c r="P31" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="X31" s="34">
-        <v>7685437</v>
+        <v>7790953</v>
       </c>
       <c r="Y31" s="34">
-        <v>1765612</v>
+        <v>719367</v>
       </c>
       <c r="Z31" s="20">
-        <v>3635</v>
+        <v>508</v>
       </c>
       <c r="AA31" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>584</v>
+        <v>11</v>
+      </c>
+      <c r="AE31" s="18" t="s">
+        <v>66</v>
       </c>
       <c r="AJ31" s="18" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>585</v>
+        <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A32" s="17" t="s">
-        <v>439</v>
+        <v>571</v>
       </c>
       <c r="B32" s="28">
-        <v>36493</v>
+        <v>1119830</v>
       </c>
       <c r="C32" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D32" s="28" t="s">
+        <v>572</v>
+      </c>
+      <c r="E32" s="18" t="s">
+        <v>573</v>
+      </c>
+      <c r="F32" s="24">
+        <v>28875935.085000001</v>
+      </c>
+      <c r="G32" s="24">
+        <v>94675197</v>
+      </c>
+      <c r="H32" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="J32" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="D32" s="28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K32" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
+      </c>
+      <c r="L32" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="M32" s="18">
+        <v>20081016</v>
+      </c>
+      <c r="O32" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="X32" s="34">
-        <v>13163909</v>
+        <v>12133968</v>
       </c>
       <c r="Y32" s="34">
-        <v>530628.5</v>
+        <v>3284722.5</v>
       </c>
       <c r="Z32" s="20">
-        <v>1420</v>
+        <v>5685</v>
       </c>
       <c r="AA32" s="18">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>11</v>
+      </c>
+      <c r="AI32" s="18" t="s">
+        <v>574</v>
       </c>
       <c r="AJ32" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
+      </c>
+      <c r="AR32" s="17" t="s">
+        <v>575</v>
       </c>
     </row>
     <row r="33" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A33" s="17" t="s">
-        <v>573</v>
+        <v>432</v>
       </c>
       <c r="B33" s="28">
-        <v>1114615</v>
+        <v>36493</v>
       </c>
       <c r="C33" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D33" s="28" t="s">
+        <v>710</v>
+      </c>
+      <c r="E33" s="18" t="s">
+        <v>433</v>
+      </c>
+      <c r="F33" s="24">
+        <v>2081170.18</v>
+      </c>
+      <c r="G33" s="24">
+        <v>9048566</v>
+      </c>
+      <c r="H33" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="J33" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="D33" s="28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K33" s="32" t="s">
-        <v>56</v>
-[...14 lines deleted...]
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="X33" s="34">
-        <v>16056709</v>
+        <v>22608398</v>
       </c>
       <c r="Y33" s="34">
-        <v>2706437.5</v>
+        <v>1053190</v>
       </c>
       <c r="Z33" s="20">
-        <v>2242</v>
+        <v>2219</v>
       </c>
       <c r="AA33" s="18">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>225</v>
+        <v>11</v>
+      </c>
+      <c r="AD33" s="18" t="s">
+        <v>292</v>
+      </c>
+      <c r="AH33" s="18" t="s">
+        <v>201</v>
       </c>
       <c r="AJ33" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="34" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A34" s="17" t="s">
-        <v>480</v>
+        <v>563</v>
       </c>
       <c r="B34" s="28">
-        <v>37598</v>
+        <v>1114615</v>
       </c>
       <c r="C34" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D34" s="28" t="s">
-        <v>481</v>
+        <v>564</v>
       </c>
       <c r="E34" s="18" t="s">
-        <v>482</v>
+        <v>565</v>
       </c>
       <c r="F34" s="24">
-        <v>155279811.68000001</v>
+        <v>44132471.039999999</v>
       </c>
       <c r="G34" s="24">
-        <v>1109141512</v>
+        <v>315231936</v>
       </c>
       <c r="H34" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J34" s="18" t="s">
-        <v>265</v>
+        <v>53</v>
       </c>
       <c r="K34" s="32" t="s">
-        <v>188</v>
+        <v>52</v>
       </c>
       <c r="L34" s="18" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="M34" s="18">
-        <v>20050413</v>
+        <v>20111129</v>
       </c>
       <c r="N34" s="18" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>83</v>
+      </c>
+      <c r="P34" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="U34" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="X34" s="34">
-        <v>26127253</v>
+        <v>24353611</v>
       </c>
       <c r="Y34" s="34">
-        <v>3225213</v>
+        <v>3886985.5</v>
       </c>
       <c r="Z34" s="20">
-        <v>2503</v>
+        <v>3251</v>
       </c>
       <c r="AA34" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AB34" s="18" t="s">
-        <v>189</v>
-[...5 lines deleted...]
-        <v>483</v>
+        <v>566</v>
+      </c>
+      <c r="AF34" s="18" t="s">
+        <v>221</v>
       </c>
       <c r="AJ34" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="35" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A35" s="17" t="s">
-        <v>683</v>
+        <v>472</v>
       </c>
       <c r="B35" s="28">
-        <v>1188325</v>
+        <v>37598</v>
       </c>
       <c r="C35" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D35" s="28" t="s">
-        <v>684</v>
+        <v>473</v>
       </c>
       <c r="E35" s="18" t="s">
-        <v>685</v>
+        <v>474</v>
       </c>
       <c r="F35" s="24">
-        <v>7649901.3150000004</v>
+        <v>216282594.84</v>
       </c>
       <c r="G35" s="24">
-        <v>66520881</v>
+        <v>1109141512</v>
       </c>
       <c r="H35" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J35" s="18" t="s">
-        <v>70</v>
+        <v>261</v>
       </c>
       <c r="K35" s="32" t="s">
-        <v>56</v>
+        <v>184</v>
       </c>
       <c r="L35" s="18" t="s">
-        <v>67</v>
+        <v>439</v>
       </c>
       <c r="M35" s="18">
-        <v>20240910</v>
+        <v>20050413</v>
+      </c>
+      <c r="N35" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="Q35" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="X35" s="34">
-        <v>10166064</v>
+        <v>73867868</v>
       </c>
       <c r="Y35" s="34">
-        <v>1225786</v>
+        <v>12475997.5</v>
       </c>
       <c r="Z35" s="20">
-        <v>769</v>
+        <v>5489</v>
       </c>
       <c r="AA35" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>11</v>
+      </c>
+      <c r="AB35" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="AD35" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="AH35" s="18" t="s">
+        <v>475</v>
       </c>
       <c r="AJ35" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="36" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A36" s="17" t="s">
-        <v>655</v>
+        <v>671</v>
       </c>
       <c r="B36" s="28">
-        <v>1185211</v>
+        <v>1188325</v>
       </c>
       <c r="C36" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D36" s="28" t="s">
-        <v>656</v>
+        <v>672</v>
       </c>
       <c r="E36" s="18" t="s">
-        <v>657</v>
+        <v>673</v>
       </c>
       <c r="F36" s="24">
-        <v>6416970.7199999997</v>
+        <v>5986879.29</v>
       </c>
       <c r="G36" s="24">
-        <v>213899024</v>
+        <v>66520881</v>
       </c>
       <c r="H36" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J36" s="18" t="s">
         <v>66</v>
       </c>
       <c r="K36" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L36" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="M36" s="18">
-        <v>20210712</v>
-[...2 lines deleted...]
-        <v>94</v>
+        <v>20240910</v>
       </c>
       <c r="X36" s="34">
-        <v>40584007</v>
+        <v>13192399</v>
       </c>
       <c r="Y36" s="34">
-        <v>1581493.5</v>
+        <v>1543725.5</v>
       </c>
       <c r="Z36" s="20">
-        <v>2565</v>
+        <v>1007</v>
       </c>
       <c r="AA36" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AE36" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="AJ36" s="18" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>585</v>
+        <v>65</v>
       </c>
     </row>
     <row r="37" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A37" s="17" t="s">
-        <v>555</v>
+        <v>645</v>
       </c>
       <c r="B37" s="28">
-        <v>1107170</v>
+        <v>1185211</v>
       </c>
       <c r="C37" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D37" s="28" t="s">
+        <v>646</v>
+      </c>
+      <c r="E37" s="18" t="s">
+        <v>647</v>
+      </c>
+      <c r="F37" s="24">
+        <v>7486465.8399999999</v>
+      </c>
+      <c r="G37" s="24">
+        <v>213899024</v>
+      </c>
+      <c r="H37" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="J37" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="D37" s="28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K37" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L37" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="M37" s="18">
-        <v>20060512</v>
+        <v>20210712</v>
       </c>
       <c r="O37" s="18" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="X37" s="34">
-        <v>1757949</v>
+        <v>52792445</v>
       </c>
       <c r="Y37" s="34">
-        <v>174154.5</v>
+        <v>1954656</v>
       </c>
       <c r="Z37" s="20">
-        <v>199</v>
+        <v>3364</v>
       </c>
       <c r="AA37" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AE37" s="18" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>66</v>
       </c>
       <c r="AJ37" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
+      </c>
+      <c r="AR37" s="17" t="s">
+        <v>575</v>
       </c>
     </row>
     <row r="38" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A38" s="17" t="s">
-        <v>659</v>
+        <v>545</v>
       </c>
       <c r="B38" s="28">
-        <v>1186110</v>
+        <v>1107170</v>
       </c>
       <c r="C38" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D38" s="28" t="s">
-        <v>660</v>
+        <v>546</v>
       </c>
       <c r="E38" s="18" t="s">
-        <v>661</v>
+        <v>547</v>
       </c>
       <c r="F38" s="24">
-        <v>23365165.07</v>
+        <v>22606591.07</v>
       </c>
       <c r="G38" s="24">
-        <v>122974553</v>
+        <v>110276054</v>
       </c>
       <c r="H38" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J38" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K38" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L38" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="M38" s="18">
-        <v>20220330</v>
+        <v>20060512</v>
+      </c>
+      <c r="O38" s="18" t="s">
+        <v>90</v>
       </c>
       <c r="X38" s="34">
-        <v>11157139</v>
+        <v>3015332</v>
       </c>
       <c r="Y38" s="34">
-        <v>2008555.5</v>
+        <v>391988.5</v>
       </c>
       <c r="Z38" s="20">
-        <v>2159</v>
+        <v>444</v>
       </c>
       <c r="AA38" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AE38" s="18" t="s">
-        <v>144</v>
+        <v>420</v>
+      </c>
+      <c r="AI38" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="AJ38" s="18" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>585</v>
+        <v>65</v>
       </c>
     </row>
     <row r="39" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A39" s="17" t="s">
-        <v>518</v>
+        <v>649</v>
       </c>
       <c r="B39" s="28">
-        <v>22381</v>
+        <v>1186110</v>
       </c>
       <c r="C39" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D39" s="28" t="s">
-        <v>519</v>
+        <v>650</v>
       </c>
       <c r="E39" s="18" t="s">
-        <v>520</v>
+        <v>651</v>
       </c>
       <c r="F39" s="24">
-        <v>187481357.94</v>
+        <v>29342483.280000001</v>
       </c>
       <c r="G39" s="24">
-        <v>95168202</v>
+        <v>163013796</v>
       </c>
       <c r="H39" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J39" s="18" t="s">
         <v>66</v>
       </c>
       <c r="K39" s="32" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-        <v>69</v>
+        <v>52</v>
+      </c>
+      <c r="L39" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="M39" s="18">
+        <v>20220330</v>
       </c>
       <c r="X39" s="34">
-        <v>15567887</v>
+        <v>14394086</v>
       </c>
       <c r="Y39" s="34">
-        <v>28392496.5</v>
+        <v>2680032</v>
       </c>
       <c r="Z39" s="20">
-        <v>13346</v>
+        <v>2989</v>
       </c>
       <c r="AA39" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AE39" s="18" t="s">
-        <v>70</v>
+        <v>140</v>
       </c>
       <c r="AJ39" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
+      </c>
+      <c r="AR39" s="17" t="s">
+        <v>575</v>
       </c>
     </row>
     <row r="40" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A40" s="17" t="s">
-        <v>680</v>
+        <v>508</v>
       </c>
       <c r="B40" s="28">
-        <v>1188285</v>
+        <v>22381</v>
       </c>
       <c r="C40" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D40" s="28" t="s">
+        <v>509</v>
+      </c>
+      <c r="E40" s="18" t="s">
+        <v>510</v>
+      </c>
+      <c r="F40" s="24">
+        <v>193984739.09999999</v>
+      </c>
+      <c r="G40" s="24">
+        <v>94626702</v>
+      </c>
+      <c r="H40" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="J40" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="D40" s="28" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K40" s="32" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-        <v>20240816</v>
+        <v>52</v>
+      </c>
+      <c r="O40" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q40" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="X40" s="34">
-        <v>1138380</v>
+        <v>22378787</v>
       </c>
       <c r="Y40" s="34">
-        <v>1305348.5</v>
+        <v>42467568.5</v>
       </c>
       <c r="Z40" s="20">
-        <v>926</v>
+        <v>20826</v>
       </c>
       <c r="AA40" s="18">
-        <v>8</v>
+        <v>11</v>
+      </c>
+      <c r="AE40" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="AJ40" s="18" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="41" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A41" s="17" t="s">
-        <v>650</v>
+        <v>668</v>
       </c>
       <c r="B41" s="28">
-        <v>1181145</v>
+        <v>1188285</v>
       </c>
       <c r="C41" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D41" s="28" t="s">
-        <v>651</v>
+        <v>669</v>
       </c>
       <c r="E41" s="18" t="s">
-        <v>652</v>
+        <v>670</v>
       </c>
       <c r="F41" s="24">
-        <v>78196079.640000001</v>
+        <v>13319537.619999999</v>
       </c>
       <c r="G41" s="24">
-        <v>15154279</v>
+        <v>12448166</v>
       </c>
       <c r="H41" s="18" t="s">
-        <v>80</v>
+        <v>61</v>
+      </c>
+      <c r="I41" s="18" t="s">
+        <v>71</v>
       </c>
       <c r="J41" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K41" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L41" s="18" t="s">
-        <v>442</v>
+        <v>63</v>
       </c>
       <c r="M41" s="18">
-        <v>20190130</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>20240816</v>
       </c>
       <c r="X41" s="34">
-        <v>940191</v>
+        <v>1373313</v>
       </c>
       <c r="Y41" s="34">
-        <v>4631351.5</v>
+        <v>1560490.5</v>
       </c>
       <c r="Z41" s="20">
-        <v>1116</v>
+        <v>1316</v>
       </c>
       <c r="AA41" s="18">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>69</v>
+        <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A42" s="17" t="s">
-        <v>484</v>
+        <v>640</v>
       </c>
       <c r="B42" s="28">
-        <v>1014690</v>
+        <v>1181145</v>
       </c>
       <c r="C42" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D42" s="28" t="s">
-        <v>485</v>
+        <v>641</v>
       </c>
       <c r="E42" s="18" t="s">
-        <v>486</v>
+        <v>642</v>
       </c>
       <c r="F42" s="24">
-        <v>6111728.7000000002</v>
+        <v>68497828.034999996</v>
       </c>
       <c r="G42" s="24">
-        <v>58206940</v>
+        <v>15171169</v>
       </c>
       <c r="H42" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J42" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K42" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
+      </c>
+      <c r="L42" s="18" t="s">
+        <v>434</v>
+      </c>
+      <c r="M42" s="18">
+        <v>20190130</v>
+      </c>
+      <c r="P42" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="X42" s="34">
-        <v>23873273</v>
+        <v>1124238</v>
       </c>
       <c r="Y42" s="34">
-        <v>3980230</v>
+        <v>5377271.5</v>
       </c>
       <c r="Z42" s="20">
-        <v>2089</v>
+        <v>1488</v>
       </c>
       <c r="AA42" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>599</v>
+        <v>11</v>
+      </c>
+      <c r="AE42" s="18" t="s">
+        <v>66</v>
       </c>
       <c r="AJ42" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="43" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A43" s="17" t="s">
-        <v>491</v>
+        <v>476</v>
       </c>
       <c r="B43" s="28">
-        <v>1023177</v>
+        <v>1014690</v>
       </c>
       <c r="C43" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D43" s="28" t="s">
-        <v>492</v>
+        <v>477</v>
       </c>
       <c r="E43" s="18" t="s">
-        <v>493</v>
+        <v>478</v>
       </c>
       <c r="F43" s="24">
-        <v>1332988.895</v>
+        <v>4947589.9000000004</v>
       </c>
       <c r="G43" s="24">
-        <v>38085397</v>
+        <v>58206940</v>
       </c>
       <c r="H43" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J43" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K43" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="X43" s="34">
-        <v>1115845</v>
+        <v>30563181</v>
       </c>
       <c r="Y43" s="34">
-        <v>39181</v>
+        <v>4522058</v>
       </c>
       <c r="Z43" s="20">
-        <v>203</v>
+        <v>2354</v>
       </c>
       <c r="AA43" s="18">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>91</v>
+        <v>11</v>
+      </c>
+      <c r="AH43" s="18" t="s">
+        <v>589</v>
       </c>
       <c r="AJ43" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="44" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A44" s="17" t="s">
-        <v>619</v>
+        <v>483</v>
       </c>
       <c r="B44" s="28">
-        <v>1154635</v>
+        <v>1023177</v>
       </c>
       <c r="C44" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D44" s="28" t="s">
-        <v>620</v>
+        <v>484</v>
       </c>
       <c r="E44" s="18" t="s">
-        <v>621</v>
+        <v>485</v>
       </c>
       <c r="F44" s="24">
-        <v>34963962.439999998</v>
+        <v>1523415.88</v>
       </c>
       <c r="G44" s="24">
-        <v>304034456</v>
+        <v>38085397</v>
       </c>
       <c r="H44" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J44" s="18" t="s">
         <v>66</v>
       </c>
       <c r="K44" s="32" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-        <v>20120529</v>
+        <v>52</v>
       </c>
       <c r="X44" s="34">
-        <v>6326412</v>
+        <v>1444712</v>
       </c>
       <c r="Y44" s="34">
-        <v>968483.5</v>
+        <v>53057</v>
       </c>
       <c r="Z44" s="20">
-        <v>1357</v>
+        <v>304</v>
       </c>
       <c r="AA44" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>270</v>
+        <v>11</v>
+      </c>
+      <c r="AE44" s="18" t="s">
+        <v>213</v>
+      </c>
+      <c r="AF44" s="18" t="s">
+        <v>87</v>
       </c>
       <c r="AJ44" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="45" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A45" s="17" t="s">
-        <v>637</v>
+        <v>609</v>
       </c>
       <c r="B45" s="28">
-        <v>1177910</v>
+        <v>1154635</v>
       </c>
       <c r="C45" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D45" s="28" t="s">
+        <v>610</v>
+      </c>
+      <c r="E45" s="18" t="s">
+        <v>611</v>
+      </c>
+      <c r="F45" s="24">
+        <v>31923617.879999999</v>
+      </c>
+      <c r="G45" s="24">
+        <v>304034456</v>
+      </c>
+      <c r="H45" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="J45" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="D45" s="28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K45" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L45" s="18" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="M45" s="18">
-        <v>20160901</v>
+        <v>20120529</v>
       </c>
       <c r="X45" s="34">
-        <v>356301</v>
+        <v>12182818</v>
       </c>
       <c r="Y45" s="34">
-        <v>11152</v>
+        <v>1772745.5</v>
       </c>
       <c r="Z45" s="20">
-        <v>60</v>
+        <v>2225</v>
       </c>
       <c r="AA45" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>11</v>
+      </c>
+      <c r="AI45" s="18" t="s">
+        <v>266</v>
       </c>
       <c r="AJ45" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="46" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A46" s="17" t="s">
-        <v>501</v>
+        <v>627</v>
       </c>
       <c r="B46" s="28">
-        <v>1023991</v>
+        <v>1177910</v>
       </c>
       <c r="C46" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D46" s="28" t="s">
-        <v>502</v>
+        <v>628</v>
       </c>
       <c r="E46" s="18" t="s">
-        <v>503</v>
+        <v>629</v>
       </c>
       <c r="F46" s="24">
-        <v>740164.32</v>
+        <v>1726908.2</v>
       </c>
       <c r="G46" s="24">
-        <v>24672144</v>
+        <v>69076328</v>
       </c>
       <c r="H46" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J46" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K46" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
+      </c>
+      <c r="L46" s="18" t="s">
+        <v>57</v>
+      </c>
+      <c r="M46" s="18">
+        <v>20160901</v>
       </c>
       <c r="X46" s="34">
-        <v>503835</v>
+        <v>404266</v>
       </c>
       <c r="Y46" s="34">
-        <v>15899</v>
+        <v>12369</v>
       </c>
       <c r="Z46" s="20">
-        <v>85</v>
+        <v>74</v>
       </c>
       <c r="AA46" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>11</v>
+      </c>
+      <c r="AC46" s="18" t="s">
+        <v>116</v>
       </c>
       <c r="AJ46" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="47" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A47" s="17" t="s">
-        <v>677</v>
+        <v>493</v>
       </c>
       <c r="B47" s="28">
-        <v>1187420</v>
+        <v>1023991</v>
       </c>
       <c r="C47" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D47" s="28" t="s">
-        <v>678</v>
+        <v>494</v>
       </c>
       <c r="E47" s="18" t="s">
-        <v>679</v>
+        <v>495</v>
       </c>
       <c r="F47" s="24">
-        <v>5443704.9100000001</v>
+        <v>1480328.64</v>
       </c>
       <c r="G47" s="24">
-        <v>155534426</v>
+        <v>24672144</v>
       </c>
       <c r="H47" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J47" s="18" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="K47" s="32" t="s">
-        <v>56</v>
-[...8 lines deleted...]
-        <v>94</v>
+        <v>52</v>
       </c>
       <c r="X47" s="34">
-        <v>12101066</v>
+        <v>1119468</v>
       </c>
       <c r="Y47" s="34">
-        <v>932426</v>
+        <v>40219</v>
       </c>
       <c r="Z47" s="20">
-        <v>1616</v>
+        <v>162</v>
       </c>
       <c r="AA47" s="18">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>11</v>
+      </c>
+      <c r="AE47" s="18" t="s">
+        <v>66</v>
       </c>
       <c r="AJ47" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="48" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A48" s="17" t="s">
-        <v>671</v>
+        <v>665</v>
       </c>
       <c r="B48" s="28">
-        <v>1187405</v>
+        <v>1187420</v>
       </c>
       <c r="C48" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D48" s="28" t="s">
-        <v>672</v>
+        <v>666</v>
       </c>
       <c r="E48" s="18" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="F48" s="24">
-        <v>467604945.64999998</v>
+        <v>5443704.9100000001</v>
       </c>
       <c r="G48" s="24">
-        <v>595675090</v>
+        <v>155534426</v>
       </c>
       <c r="H48" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J48" s="18" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="K48" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L48" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="M48" s="18">
-        <v>20230718</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>20230912</v>
+      </c>
+      <c r="O48" s="18" t="s">
+        <v>90</v>
       </c>
       <c r="X48" s="34">
-        <v>56773532</v>
+        <v>12101066</v>
       </c>
       <c r="Y48" s="34">
-        <v>37508025</v>
+        <v>932426</v>
       </c>
       <c r="Z48" s="20">
-        <v>11390</v>
+        <v>1616</v>
       </c>
       <c r="AA48" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>5</v>
+      </c>
+      <c r="AF48" s="18" t="s">
+        <v>104</v>
       </c>
       <c r="AJ48" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="49" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A49" s="17" t="s">
-        <v>689</v>
+        <v>659</v>
       </c>
       <c r="B49" s="28">
-        <v>1188635</v>
+        <v>1187405</v>
       </c>
       <c r="C49" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D49" s="28" t="s">
-        <v>690</v>
+        <v>660</v>
       </c>
       <c r="E49" s="18" t="s">
-        <v>691</v>
+        <v>661</v>
       </c>
       <c r="F49" s="24">
-        <v>55600000</v>
+        <v>494410324.69999999</v>
       </c>
       <c r="G49" s="24">
-        <v>40000000</v>
+        <v>595675090</v>
       </c>
       <c r="H49" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J49" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K49" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L49" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="M49" s="18">
-        <v>20250211</v>
+        <v>20230718</v>
+      </c>
+      <c r="Q49" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="X49" s="34">
-        <v>13303117</v>
+        <v>84919985</v>
       </c>
       <c r="Y49" s="34">
-        <v>15413684.5</v>
+        <v>60055738</v>
       </c>
       <c r="Z49" s="20">
-        <v>10255</v>
+        <v>16403</v>
       </c>
       <c r="AA49" s="18">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="AE49" s="18" t="s">
-        <v>125</v>
+        <v>103</v>
       </c>
       <c r="AJ49" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="50" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A50" s="17" t="s">
-        <v>561</v>
+        <v>677</v>
       </c>
       <c r="B50" s="28">
-        <v>1107427</v>
+        <v>1188635</v>
       </c>
       <c r="C50" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D50" s="28" t="s">
-        <v>562</v>
+        <v>678</v>
       </c>
       <c r="E50" s="18" t="s">
-        <v>563</v>
+        <v>679</v>
       </c>
       <c r="F50" s="24">
-        <v>67611660.560000002</v>
+        <v>61200000</v>
       </c>
       <c r="G50" s="24">
-        <v>53237528</v>
+        <v>40000000</v>
       </c>
       <c r="H50" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J50" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K50" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L50" s="18" t="s">
-        <v>442</v>
+        <v>63</v>
       </c>
       <c r="M50" s="18">
-        <v>20081106</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>20250211</v>
       </c>
       <c r="X50" s="34">
-        <v>9078935</v>
+        <v>18530886</v>
       </c>
       <c r="Y50" s="34">
-        <v>18034004</v>
+        <v>23047628</v>
       </c>
       <c r="Z50" s="20">
-        <v>4693</v>
+        <v>14051</v>
       </c>
       <c r="AA50" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="AE50" s="18" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="AJ50" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="51" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A51" s="17" t="s">
-        <v>508</v>
+        <v>551</v>
       </c>
       <c r="B51" s="28">
-        <v>1023218</v>
+        <v>1107427</v>
       </c>
       <c r="C51" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D51" s="28" t="s">
-        <v>509</v>
+        <v>552</v>
       </c>
       <c r="E51" s="18" t="s">
-        <v>510</v>
+        <v>553</v>
       </c>
       <c r="F51" s="24">
-        <v>1056991.8999999999</v>
+        <v>78259166.159999996</v>
       </c>
       <c r="G51" s="24">
-        <v>211398380</v>
+        <v>53237528</v>
       </c>
       <c r="H51" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J51" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K51" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
+      </c>
+      <c r="L51" s="18" t="s">
+        <v>434</v>
+      </c>
+      <c r="M51" s="18">
+        <v>20081106</v>
+      </c>
+      <c r="P51" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="X51" s="34">
-        <v>10159844</v>
+        <v>21445304</v>
       </c>
       <c r="Y51" s="34">
-        <v>70249.5</v>
+        <v>34878974</v>
       </c>
       <c r="Z51" s="20">
-        <v>258</v>
+        <v>9167</v>
       </c>
       <c r="AA51" s="18">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>511</v>
+        <v>11</v>
+      </c>
+      <c r="AE51" s="18" t="s">
+        <v>121</v>
       </c>
       <c r="AJ51" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="52" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A52" s="17" t="s">
-        <v>512</v>
+        <v>500</v>
       </c>
       <c r="B52" s="28">
-        <v>1057631</v>
+        <v>1023218</v>
       </c>
       <c r="C52" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D52" s="28" t="s">
-        <v>513</v>
+        <v>501</v>
       </c>
       <c r="E52" s="18" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="F52" s="24">
-        <v>9079052.6400000006</v>
+        <v>1056991.8999999999</v>
       </c>
       <c r="G52" s="24">
-        <v>5710096</v>
+        <v>211398380</v>
       </c>
       <c r="H52" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J52" s="18" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="K52" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="X52" s="34">
-        <v>269798</v>
+        <v>13715202</v>
       </c>
       <c r="Y52" s="34">
-        <v>355561</v>
+        <v>90291.5</v>
       </c>
       <c r="Z52" s="20">
-        <v>568</v>
+        <v>379</v>
       </c>
       <c r="AA52" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>6</v>
+      </c>
+      <c r="AI52" s="18" t="s">
+        <v>503</v>
       </c>
       <c r="AJ52" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="53" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A53" s="17" t="s">
-        <v>643</v>
+        <v>504</v>
       </c>
       <c r="B53" s="28">
-        <v>1179405</v>
+        <v>1057631</v>
       </c>
       <c r="C53" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D53" s="28" t="s">
-        <v>644</v>
+        <v>505</v>
       </c>
       <c r="E53" s="18" t="s">
-        <v>645</v>
+        <v>506</v>
       </c>
       <c r="F53" s="24">
-        <v>15614599.220000001</v>
+        <v>9136153.5999999996</v>
       </c>
       <c r="G53" s="24">
-        <v>283901804</v>
+        <v>5710096</v>
       </c>
       <c r="H53" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J53" s="18" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="K53" s="32" t="s">
-        <v>56</v>
-[...8 lines deleted...]
-        <v>76</v>
+        <v>52</v>
       </c>
       <c r="X53" s="34">
-        <v>37988022</v>
+        <v>516935</v>
       </c>
       <c r="Y53" s="34">
-        <v>2056217.5</v>
+        <v>777531.5</v>
       </c>
       <c r="Z53" s="20">
-        <v>2561</v>
+        <v>1039</v>
       </c>
       <c r="AA53" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>646</v>
+        <v>11</v>
+      </c>
+      <c r="AE53" s="18" t="s">
+        <v>140</v>
       </c>
       <c r="AJ53" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="54" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A54" s="17" t="s">
-        <v>640</v>
+        <v>633</v>
       </c>
       <c r="B54" s="28">
-        <v>1178355</v>
+        <v>1179405</v>
       </c>
       <c r="C54" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D54" s="28" t="s">
+        <v>634</v>
+      </c>
+      <c r="E54" s="18" t="s">
+        <v>635</v>
+      </c>
+      <c r="F54" s="24">
+        <v>10776213.140000001</v>
+      </c>
+      <c r="G54" s="24">
+        <v>307891804</v>
+      </c>
+      <c r="H54" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="J54" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="D54" s="28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K54" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L54" s="18" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="M54" s="18">
-        <v>20161114</v>
+        <v>20170602</v>
+      </c>
+      <c r="O54" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="X54" s="34">
-        <v>43677</v>
+        <v>52219884</v>
       </c>
       <c r="Y54" s="34">
-        <v>102578</v>
+        <v>2815572</v>
       </c>
       <c r="Z54" s="20">
-        <v>39</v>
+        <v>3412</v>
       </c>
       <c r="AA54" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>11</v>
+      </c>
+      <c r="AH54" s="18" t="s">
+        <v>636</v>
       </c>
       <c r="AJ54" s="18" t="s">
-        <v>69</v>
-[...17 lines deleted...]
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="55" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A55" s="17" t="s">
-        <v>570</v>
+        <v>630</v>
       </c>
       <c r="B55" s="28">
-        <v>1111048</v>
+        <v>1178355</v>
       </c>
       <c r="C55" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D55" s="28" t="s">
-        <v>571</v>
+        <v>631</v>
       </c>
       <c r="E55" s="18" t="s">
-        <v>572</v>
+        <v>632</v>
       </c>
       <c r="F55" s="24">
-        <v>63487699.891000003</v>
+        <v>3993828.75</v>
       </c>
       <c r="G55" s="24">
-        <v>134223467</v>
+        <v>1775035</v>
       </c>
       <c r="H55" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J55" s="18" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="K55" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L55" s="18" t="s">
-        <v>67</v>
+        <v>57</v>
       </c>
       <c r="M55" s="18">
-        <v>20070717</v>
+        <v>20161114</v>
       </c>
       <c r="X55" s="34">
-        <v>54497871</v>
+        <v>52340</v>
       </c>
       <c r="Y55" s="34">
-        <v>23527649.5</v>
+        <v>122970</v>
       </c>
       <c r="Z55" s="20">
-        <v>8195</v>
+        <v>64</v>
       </c>
       <c r="AA55" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>11</v>
+      </c>
+      <c r="AE55" s="18" t="s">
+        <v>53</v>
       </c>
       <c r="AJ55" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
+      </c>
+      <c r="AK55" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="AL55" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="AM55" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="AN55" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="AO55" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="AP55" s="18" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="56" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A56" s="17" t="s">
-        <v>610</v>
+        <v>560</v>
       </c>
       <c r="B56" s="28">
-        <v>1145031</v>
+        <v>1111048</v>
       </c>
       <c r="C56" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D56" s="28" t="s">
-        <v>611</v>
+        <v>561</v>
       </c>
       <c r="E56" s="18" t="s">
-        <v>612</v>
+        <v>562</v>
       </c>
       <c r="F56" s="24">
-        <v>9400695.5700000003</v>
+        <v>56373856.140000001</v>
       </c>
       <c r="G56" s="24">
-        <v>38370186</v>
+        <v>134223467</v>
       </c>
       <c r="H56" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J56" s="18" t="s">
-        <v>299</v>
+        <v>66</v>
       </c>
       <c r="K56" s="32" t="s">
-        <v>177</v>
+        <v>52</v>
       </c>
       <c r="L56" s="18" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="M56" s="18">
-        <v>20110804</v>
+        <v>20070717</v>
       </c>
       <c r="X56" s="34">
-        <v>2237766</v>
+        <v>66105729</v>
       </c>
       <c r="Y56" s="34">
-        <v>914012</v>
+        <v>28124970</v>
       </c>
       <c r="Z56" s="20">
-        <v>467</v>
+        <v>10597</v>
       </c>
       <c r="AA56" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>299</v>
+        <v>11</v>
+      </c>
+      <c r="AF56" s="18" t="s">
+        <v>87</v>
       </c>
       <c r="AJ56" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="57" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A57" s="17" t="s">
-        <v>471</v>
+        <v>600</v>
       </c>
       <c r="B57" s="28">
-        <v>1023225</v>
+        <v>1145031</v>
       </c>
       <c r="C57" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D57" s="28" t="s">
-        <v>472</v>
+        <v>601</v>
       </c>
       <c r="E57" s="18" t="s">
-        <v>473</v>
+        <v>602</v>
       </c>
       <c r="F57" s="24">
-        <v>2548261.8450000002</v>
+        <v>7674037.2000000002</v>
       </c>
       <c r="G57" s="24">
-        <v>169884123</v>
+        <v>38370186</v>
       </c>
       <c r="H57" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J57" s="18" t="s">
-        <v>70</v>
+        <v>292</v>
       </c>
       <c r="K57" s="32" t="s">
-        <v>56</v>
+        <v>173</v>
+      </c>
+      <c r="L57" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="M57" s="18">
+        <v>20110804</v>
       </c>
       <c r="X57" s="34">
-        <v>4502306</v>
+        <v>3851427</v>
       </c>
       <c r="Y57" s="34">
-        <v>63764.5</v>
+        <v>1327575</v>
       </c>
       <c r="Z57" s="20">
-        <v>280</v>
+        <v>728</v>
       </c>
       <c r="AA57" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>11</v>
+      </c>
+      <c r="AD57" s="18" t="s">
+        <v>292</v>
       </c>
       <c r="AJ57" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="58" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A58" s="17" t="s">
-        <v>549</v>
+        <v>463</v>
       </c>
       <c r="B58" s="28">
-        <v>1023275</v>
+        <v>1023225</v>
       </c>
       <c r="C58" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D58" s="28" t="s">
-        <v>550</v>
+        <v>464</v>
       </c>
       <c r="E58" s="18" t="s">
-        <v>551</v>
+        <v>465</v>
       </c>
       <c r="F58" s="24">
-        <v>271172307</v>
+        <v>1698841.23</v>
       </c>
       <c r="G58" s="24">
-        <v>258259340</v>
+        <v>169884123</v>
       </c>
       <c r="H58" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J58" s="18" t="s">
         <v>66</v>
       </c>
       <c r="K58" s="32" t="s">
-        <v>56</v>
-[...11 lines deleted...]
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="X58" s="34">
-        <v>31652547</v>
+        <v>4502306</v>
       </c>
       <c r="Y58" s="34">
-        <v>32309811</v>
+        <v>63764.5</v>
       </c>
       <c r="Z58" s="20">
-        <v>9380</v>
+        <v>280</v>
       </c>
       <c r="AA58" s="18">
         <v>8</v>
       </c>
-      <c r="AF58" s="18" t="s">
-        <v>108</v>
+      <c r="AI58" s="18" t="s">
+        <v>122</v>
       </c>
       <c r="AJ58" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="59" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A59" s="17" t="s">
-        <v>467</v>
+        <v>539</v>
       </c>
       <c r="B59" s="28">
-        <v>1095034</v>
+        <v>1023275</v>
       </c>
       <c r="C59" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D59" s="28" t="s">
+        <v>540</v>
+      </c>
+      <c r="E59" s="18" t="s">
+        <v>541</v>
+      </c>
+      <c r="F59" s="24">
+        <v>259992590</v>
+      </c>
+      <c r="G59" s="24">
+        <v>259992590</v>
+      </c>
+      <c r="H59" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="J59" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="D59" s="28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K59" s="32" t="s">
-        <v>71</v>
+        <v>52</v>
+      </c>
+      <c r="L59" s="18" t="s">
+        <v>439</v>
+      </c>
+      <c r="M59" s="18">
+        <v>20100225</v>
+      </c>
+      <c r="O59" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q59" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="X59" s="34">
-        <v>772455</v>
+        <v>43447872</v>
       </c>
       <c r="Y59" s="34">
-        <v>2432277</v>
+        <v>44989094</v>
       </c>
       <c r="Z59" s="20">
-        <v>1155</v>
+        <v>13420</v>
       </c>
       <c r="AA59" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>418</v>
+        <v>11</v>
+      </c>
+      <c r="AF59" s="18" t="s">
+        <v>104</v>
       </c>
       <c r="AJ59" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="60" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A60" s="17" t="s">
-        <v>600</v>
+        <v>459</v>
       </c>
       <c r="B60" s="28">
-        <v>1133355</v>
+        <v>1095034</v>
       </c>
       <c r="C60" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D60" s="28" t="s">
-        <v>601</v>
+        <v>460</v>
       </c>
       <c r="E60" s="18" t="s">
-        <v>602</v>
+        <v>461</v>
       </c>
       <c r="F60" s="24">
-        <v>4673702.24</v>
+        <v>66247443.049999997</v>
       </c>
       <c r="G60" s="24">
-        <v>233685112</v>
+        <v>19764909</v>
       </c>
       <c r="H60" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J60" s="18" t="s">
-        <v>70</v>
+        <v>462</v>
       </c>
       <c r="K60" s="32" t="s">
-        <v>56</v>
-[...8 lines deleted...]
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="X60" s="34">
-        <v>5830946</v>
+        <v>1280108</v>
       </c>
       <c r="Y60" s="34">
-        <v>111041.5</v>
+        <v>4336369</v>
       </c>
       <c r="Z60" s="20">
-        <v>326</v>
+        <v>2057</v>
       </c>
       <c r="AA60" s="18">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>11</v>
+      </c>
+      <c r="AB60" s="18" t="s">
+        <v>411</v>
       </c>
       <c r="AJ60" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="61" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A61" s="17" t="s">
-        <v>558</v>
+        <v>590</v>
       </c>
       <c r="B61" s="28">
-        <v>1108046</v>
+        <v>1133355</v>
       </c>
       <c r="C61" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D61" s="28" t="s">
-        <v>559</v>
+        <v>591</v>
       </c>
       <c r="E61" s="18" t="s">
-        <v>560</v>
+        <v>592</v>
       </c>
       <c r="F61" s="24">
-        <v>10641744.525</v>
+        <v>4673702.24</v>
       </c>
       <c r="G61" s="24">
-        <v>141889927</v>
+        <v>233685112</v>
       </c>
       <c r="H61" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J61" s="18" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="K61" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L61" s="18" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="M61" s="18">
-        <v>20080103</v>
+        <v>20110113</v>
       </c>
       <c r="P61" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="X61" s="34">
-        <v>11372350</v>
+        <v>5830946</v>
       </c>
       <c r="Y61" s="34">
-        <v>447401.5</v>
+        <v>111041.5</v>
       </c>
       <c r="Z61" s="20">
-        <v>507</v>
+        <v>326</v>
       </c>
       <c r="AA61" s="18">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="AE61" s="18" t="s">
-        <v>206</v>
+        <v>66</v>
       </c>
       <c r="AJ61" s="18" t="s">
-        <v>69</v>
-[...5 lines deleted...]
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="62" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A62" s="17" t="s">
-        <v>628</v>
+        <v>548</v>
       </c>
       <c r="B62" s="28">
-        <v>1170280</v>
+        <v>1108046</v>
       </c>
       <c r="C62" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D62" s="28" t="s">
-        <v>629</v>
+        <v>549</v>
       </c>
       <c r="E62" s="18" t="s">
-        <v>630</v>
+        <v>550</v>
       </c>
       <c r="F62" s="24">
-        <v>10954035.300000001</v>
+        <v>15607891.970000001</v>
       </c>
       <c r="G62" s="24">
-        <v>16852362</v>
+        <v>141889927</v>
       </c>
       <c r="H62" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J62" s="18" t="s">
-        <v>470</v>
+        <v>53</v>
       </c>
       <c r="K62" s="32" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="L62" s="18" t="s">
-        <v>58</v>
+        <v>434</v>
       </c>
       <c r="M62" s="18">
-        <v>20140724</v>
+        <v>20080103</v>
+      </c>
+      <c r="P62" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="X62" s="34">
-        <v>285121</v>
+        <v>12438647</v>
       </c>
       <c r="Y62" s="34">
-        <v>249620</v>
+        <v>552704</v>
       </c>
       <c r="Z62" s="20">
-        <v>208</v>
+        <v>645</v>
       </c>
       <c r="AA62" s="18">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>11</v>
+      </c>
+      <c r="AE62" s="18" t="s">
+        <v>202</v>
       </c>
       <c r="AJ62" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
+      </c>
+      <c r="AK62" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="AP62" s="18" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="63" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A63" s="17" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="B63" s="28">
-        <v>1150335</v>
+        <v>1170280</v>
       </c>
       <c r="C63" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D63" s="28" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="E63" s="18" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="F63" s="24">
-        <v>275661.28999999998</v>
+        <v>11291082.539999999</v>
       </c>
       <c r="G63" s="24">
-        <v>55132258</v>
+        <v>16852362</v>
       </c>
       <c r="H63" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J63" s="18" t="s">
-        <v>70</v>
+        <v>462</v>
       </c>
       <c r="K63" s="32" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="L63" s="18" t="s">
-        <v>442</v>
+        <v>54</v>
       </c>
       <c r="M63" s="18">
-        <v>20120608</v>
-[...5 lines deleted...]
-        <v>125</v>
+        <v>20140724</v>
+      </c>
+      <c r="X63" s="34">
+        <v>446431</v>
+      </c>
+      <c r="Y63" s="34">
+        <v>354257</v>
+      </c>
+      <c r="Z63" s="20">
+        <v>302</v>
+      </c>
+      <c r="AA63" s="18">
+        <v>10</v>
+      </c>
+      <c r="AF63" s="18" t="s">
+        <v>123</v>
       </c>
       <c r="AJ63" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="64" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A64" s="17" t="s">
-        <v>524</v>
+        <v>606</v>
       </c>
       <c r="B64" s="28">
-        <v>1044821</v>
+        <v>1150335</v>
       </c>
       <c r="C64" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D64" s="28" t="s">
-        <v>525</v>
+        <v>607</v>
       </c>
       <c r="E64" s="18" t="s">
-        <v>526</v>
+        <v>608</v>
       </c>
       <c r="F64" s="24">
-        <v>13308764.85</v>
+        <v>1102645.1599999999</v>
       </c>
       <c r="G64" s="24">
-        <v>443625495</v>
+        <v>55132258</v>
       </c>
       <c r="H64" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J64" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K64" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
+      </c>
+      <c r="L64" s="18" t="s">
+        <v>434</v>
       </c>
       <c r="M64" s="18">
-        <v>20050329</v>
+        <v>20120608</v>
+      </c>
+      <c r="P64" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="X64" s="34">
-        <v>34818026</v>
+        <v>2066172</v>
       </c>
       <c r="Y64" s="34">
-        <v>1180087</v>
+        <v>30438</v>
       </c>
       <c r="Z64" s="20">
-        <v>1361</v>
+        <v>120</v>
       </c>
       <c r="AA64" s="18">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="AE64" s="18" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="AJ64" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="65" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A65" s="17" t="s">
-        <v>674</v>
+        <v>514</v>
       </c>
       <c r="B65" s="28">
-        <v>1187641</v>
+        <v>1044821</v>
       </c>
       <c r="C65" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D65" s="28" t="s">
-        <v>675</v>
+        <v>515</v>
       </c>
       <c r="E65" s="18" t="s">
-        <v>676</v>
+        <v>516</v>
       </c>
       <c r="F65" s="24">
-        <v>60161836.950000003</v>
+        <v>23125024.75</v>
       </c>
       <c r="G65" s="24">
-        <v>133692971</v>
+        <v>462500495</v>
       </c>
       <c r="H65" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J65" s="18" t="s">
-        <v>110</v>
+        <v>66</v>
       </c>
       <c r="K65" s="32" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="M65" s="18">
-        <v>20230815</v>
-[...8 lines deleted...]
-        <v>69</v>
+        <v>20050329</v>
       </c>
       <c r="X65" s="34">
-        <v>21443796</v>
+        <v>55885606</v>
       </c>
       <c r="Y65" s="34">
-        <v>11509966.5</v>
+        <v>2168517.5</v>
       </c>
       <c r="Z65" s="20">
-        <v>8630</v>
+        <v>2271</v>
       </c>
       <c r="AA65" s="18">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>173</v>
+        <v>11</v>
+      </c>
+      <c r="AE65" s="18" t="s">
+        <v>121</v>
       </c>
       <c r="AJ65" s="18" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>585</v>
+        <v>65</v>
       </c>
     </row>
     <row r="66" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A66" s="17" t="s">
-        <v>622</v>
+        <v>662</v>
       </c>
       <c r="B66" s="28">
-        <v>1163650</v>
+        <v>1187641</v>
       </c>
       <c r="C66" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D66" s="28" t="s">
-        <v>623</v>
+        <v>663</v>
       </c>
       <c r="E66" s="18" t="s">
-        <v>624</v>
+        <v>664</v>
       </c>
       <c r="F66" s="24">
-        <v>12469313.119999999</v>
+        <v>108654894.40000001</v>
       </c>
       <c r="G66" s="24">
-        <v>623465656</v>
+        <v>167161376</v>
       </c>
       <c r="H66" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J66" s="18" t="s">
-        <v>66</v>
+        <v>106</v>
       </c>
       <c r="K66" s="32" t="s">
-        <v>56</v>
+        <v>184</v>
       </c>
       <c r="L66" s="18" t="s">
-        <v>446</v>
+        <v>54</v>
       </c>
       <c r="M66" s="18">
-        <v>20170307</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>20230815</v>
+      </c>
+      <c r="N66" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="O66" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="R66" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="X66" s="34">
-        <v>18335723</v>
+        <v>42122240</v>
       </c>
       <c r="Y66" s="34">
-        <v>294712.5</v>
+        <v>26323181</v>
       </c>
       <c r="Z66" s="20">
-        <v>609</v>
+        <v>17429</v>
       </c>
       <c r="AA66" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>11</v>
+      </c>
+      <c r="AH66" s="18" t="s">
+        <v>482</v>
+      </c>
+      <c r="AI66" s="18" t="s">
+        <v>169</v>
       </c>
       <c r="AJ66" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
+      </c>
+      <c r="AR66" s="17" t="s">
+        <v>575</v>
       </c>
     </row>
     <row r="67" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A67" s="17" t="s">
-        <v>504</v>
+        <v>612</v>
       </c>
       <c r="B67" s="28">
-        <v>16802</v>
+        <v>1163650</v>
       </c>
       <c r="C67" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D67" s="28" t="s">
+        <v>613</v>
+      </c>
+      <c r="E67" s="18" t="s">
+        <v>614</v>
+      </c>
+      <c r="F67" s="24">
+        <v>9351984.8399999999</v>
+      </c>
+      <c r="G67" s="24">
+        <v>623465656</v>
+      </c>
+      <c r="H67" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="J67" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="D67" s="28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K67" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L67" s="18" t="s">
-        <v>447</v>
+        <v>438</v>
       </c>
       <c r="M67" s="18">
-        <v>20190906</v>
-[...5 lines deleted...]
-        <v>69</v>
+        <v>20170307</v>
+      </c>
+      <c r="P67" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="X67" s="34">
-        <v>66053291</v>
+        <v>26231837</v>
       </c>
       <c r="Y67" s="34">
-        <v>33691802.5</v>
+        <v>420636.5</v>
       </c>
       <c r="Z67" s="20">
-        <v>24279</v>
+        <v>892</v>
       </c>
       <c r="AA67" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>507</v>
+        <v>11</v>
+      </c>
+      <c r="AE67" s="18" t="s">
+        <v>66</v>
       </c>
       <c r="AJ67" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="68" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A68" s="17" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B68" s="28">
-        <v>25900</v>
+        <v>16802</v>
       </c>
       <c r="C68" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D68" s="28" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="E68" s="18" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="F68" s="24">
-        <v>28252313.25</v>
+        <v>158722948</v>
       </c>
       <c r="G68" s="24">
-        <v>134534825</v>
+        <v>337708400</v>
       </c>
       <c r="H68" s="18" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="J68" s="18" t="s">
         <v>66</v>
       </c>
       <c r="K68" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L68" s="18" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="M68" s="18">
-        <v>20110621</v>
+        <v>20190906</v>
       </c>
       <c r="O68" s="18" t="s">
-        <v>94</v>
-[...5 lines deleted...]
-        <v>140</v>
+        <v>72</v>
+      </c>
+      <c r="Q68" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="X68" s="34">
-        <v>11132590</v>
+        <v>115669885</v>
       </c>
       <c r="Y68" s="34">
-        <v>2685263.5</v>
+        <v>54235090.5</v>
       </c>
       <c r="Z68" s="20">
-        <v>2029</v>
+        <v>36593</v>
       </c>
       <c r="AA68" s="18">
-        <v>8</v>
+        <v>11</v>
+      </c>
+      <c r="AB68" s="18" t="s">
+        <v>499</v>
+      </c>
+      <c r="AJ68" s="18" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="69" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A69" s="17" t="s">
-        <v>552</v>
+        <v>486</v>
       </c>
       <c r="B69" s="28">
-        <v>1105042</v>
+        <v>25900</v>
       </c>
       <c r="C69" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D69" s="28" t="s">
+        <v>487</v>
+      </c>
+      <c r="E69" s="18" t="s">
+        <v>488</v>
+      </c>
+      <c r="F69" s="24">
+        <v>21525572</v>
+      </c>
+      <c r="G69" s="24">
+        <v>134534825</v>
+      </c>
+      <c r="H69" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="I69" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="J69" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="D69" s="28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K69" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L69" s="18" t="s">
-        <v>442</v>
+        <v>430</v>
       </c>
       <c r="M69" s="18">
-        <v>20080404</v>
+        <v>20110621</v>
       </c>
       <c r="O69" s="18" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>90</v>
+      </c>
+      <c r="V69" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="W69" s="18" t="s">
+        <v>136</v>
       </c>
       <c r="X69" s="34">
-        <v>31673276</v>
+        <v>14776018</v>
       </c>
       <c r="Y69" s="34">
-        <v>5562489.5</v>
+        <v>3380632.5</v>
       </c>
       <c r="Z69" s="20">
-        <v>3716</v>
+        <v>2712</v>
       </c>
       <c r="AA69" s="18">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>69</v>
+        <v>11</v>
       </c>
     </row>
     <row r="70" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A70" s="17" t="s">
-        <v>497</v>
+        <v>542</v>
       </c>
       <c r="B70" s="28">
-        <v>13100</v>
+        <v>1105042</v>
       </c>
       <c r="C70" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D70" s="28" t="s">
-        <v>498</v>
+        <v>543</v>
       </c>
       <c r="E70" s="18" t="s">
-        <v>499</v>
+        <v>544</v>
       </c>
       <c r="F70" s="24">
-        <v>616841184.69000006</v>
+        <v>50085677.450000003</v>
       </c>
       <c r="G70" s="24">
-        <v>2869028766</v>
+        <v>217763815</v>
       </c>
       <c r="H70" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J70" s="18" t="s">
-        <v>66</v>
+        <v>140</v>
       </c>
       <c r="K70" s="32" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>52</v>
+      </c>
+      <c r="L70" s="18" t="s">
+        <v>434</v>
+      </c>
+      <c r="M70" s="18">
+        <v>20080404</v>
+      </c>
+      <c r="O70" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="P70" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="X70" s="34">
-        <v>38263172</v>
+        <v>59831201</v>
       </c>
       <c r="Y70" s="34">
-        <v>6984887.5</v>
+        <v>11816482</v>
       </c>
       <c r="Z70" s="20">
-        <v>3586</v>
+        <v>5369</v>
       </c>
       <c r="AA70" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>500</v>
+        <v>11</v>
+      </c>
+      <c r="AE70" s="18" t="s">
+        <v>121</v>
       </c>
       <c r="AJ70" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="71" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A71" s="17" t="s">
-        <v>521</v>
+        <v>658</v>
       </c>
       <c r="B71" s="28">
-        <v>1023612</v>
+        <v>1186796</v>
       </c>
       <c r="C71" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D71" s="28" t="s">
+        <v>705</v>
+      </c>
+      <c r="E71" s="18" t="s">
+        <v>706</v>
+      </c>
+      <c r="F71" s="24">
+        <v>19165206.225000001</v>
+      </c>
+      <c r="G71" s="24">
+        <v>69691659</v>
+      </c>
+      <c r="H71" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="J71" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="K71" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="L71" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="M71" s="18">
+        <v>20230720</v>
+      </c>
+      <c r="X71" s="34">
+        <v>528835</v>
+      </c>
+      <c r="Y71" s="34">
+        <v>41606.5</v>
+      </c>
+      <c r="Z71" s="20">
+        <v>68</v>
+      </c>
+      <c r="AA71" s="18">
+        <v>7</v>
+      </c>
+      <c r="AC71" s="18" t="s">
+        <v>458</v>
+      </c>
+      <c r="AE71" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="D71" s="28" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="AF71" s="18" t="s">
-        <v>108</v>
+        <v>681</v>
       </c>
       <c r="AJ71" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="72" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A72" s="17" t="s">
-        <v>536</v>
+        <v>489</v>
       </c>
       <c r="B72" s="28">
-        <v>1056223</v>
+        <v>13100</v>
       </c>
       <c r="C72" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D72" s="28" t="s">
+        <v>490</v>
+      </c>
+      <c r="E72" s="18" t="s">
+        <v>491</v>
+      </c>
+      <c r="F72" s="24">
+        <v>690107819.75999999</v>
+      </c>
+      <c r="G72" s="24">
+        <v>2875449249</v>
+      </c>
+      <c r="H72" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="J72" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="D72" s="28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K72" s="32" t="s">
-        <v>56</v>
-[...8 lines deleted...]
-        <v>69</v>
+        <v>52</v>
+      </c>
+      <c r="N72" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q72" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="X72" s="34">
-        <v>24944656</v>
+        <v>51260545</v>
       </c>
       <c r="Y72" s="34">
-        <v>2395118</v>
+        <v>10232446</v>
       </c>
       <c r="Z72" s="20">
-        <v>2011</v>
+        <v>5856</v>
       </c>
       <c r="AA72" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>11</v>
+      </c>
+      <c r="AG72" s="18" t="s">
+        <v>492</v>
       </c>
       <c r="AJ72" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="73" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A73" s="17" t="s">
-        <v>662</v>
+        <v>511</v>
       </c>
       <c r="B73" s="28">
-        <v>1186265</v>
+        <v>1023612</v>
       </c>
       <c r="C73" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D73" s="28" t="s">
-        <v>663</v>
+        <v>512</v>
       </c>
       <c r="E73" s="18" t="s">
-        <v>664</v>
+        <v>513</v>
       </c>
       <c r="F73" s="24">
-        <v>38446898.25</v>
+        <v>197012683.91999999</v>
       </c>
       <c r="G73" s="24">
-        <v>45231645</v>
+        <v>378870546</v>
       </c>
       <c r="H73" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J73" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K73" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L73" s="18" t="s">
-        <v>58</v>
+        <v>430</v>
       </c>
       <c r="M73" s="18">
-        <v>20220302</v>
+        <v>20101006</v>
+      </c>
+      <c r="Q73" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="R73" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="X73" s="34">
-        <v>6584114</v>
+        <v>82808064</v>
       </c>
       <c r="Y73" s="34">
-        <v>5654220</v>
+        <v>55022814</v>
       </c>
       <c r="Z73" s="20">
-        <v>2628</v>
+        <v>28927</v>
       </c>
       <c r="AA73" s="18">
-        <v>8</v>
+        <v>11</v>
+      </c>
+      <c r="AF73" s="18" t="s">
+        <v>104</v>
       </c>
       <c r="AJ73" s="18" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="74" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A74" s="17" t="s">
-        <v>589</v>
+        <v>526</v>
       </c>
       <c r="B74" s="28">
-        <v>1120575</v>
+        <v>1056223</v>
       </c>
       <c r="C74" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D74" s="28" t="s">
-        <v>590</v>
+        <v>527</v>
       </c>
       <c r="E74" s="18" t="s">
-        <v>591</v>
+        <v>528</v>
       </c>
       <c r="F74" s="24">
-        <v>18494022.414999999</v>
+        <v>10797867.09</v>
       </c>
       <c r="G74" s="24">
-        <v>336254953</v>
+        <v>239952602</v>
       </c>
       <c r="H74" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J74" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K74" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L74" s="18" t="s">
-        <v>447</v>
+        <v>434</v>
       </c>
       <c r="M74" s="18">
-        <v>20190104</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>20021217</v>
+      </c>
+      <c r="P74" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="X74" s="34">
-        <v>40056149</v>
+        <v>30275327</v>
       </c>
       <c r="Y74" s="34">
-        <v>2889211.5</v>
+        <v>2681264</v>
       </c>
       <c r="Z74" s="20">
-        <v>2745</v>
+        <v>2420</v>
       </c>
       <c r="AA74" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>592</v>
+        <v>11</v>
+      </c>
+      <c r="AE74" s="18" t="s">
+        <v>140</v>
       </c>
       <c r="AJ74" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="75" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A75" s="17" t="s">
-        <v>596</v>
+        <v>652</v>
       </c>
       <c r="B75" s="28">
-        <v>1126275</v>
+        <v>1186265</v>
       </c>
       <c r="C75" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D75" s="28" t="s">
-        <v>597</v>
+        <v>653</v>
       </c>
       <c r="E75" s="18" t="s">
-        <v>598</v>
+        <v>654</v>
       </c>
       <c r="F75" s="24">
-        <v>33990071.149999999</v>
+        <v>38899214.700000003</v>
       </c>
       <c r="G75" s="24">
-        <v>199941595</v>
+        <v>45231645</v>
       </c>
       <c r="H75" s="18" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="J75" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K75" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L75" s="18" t="s">
-        <v>442</v>
+        <v>54</v>
       </c>
       <c r="M75" s="18">
-        <v>20110921</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>20220302</v>
       </c>
       <c r="X75" s="34">
-        <v>10507073</v>
+        <v>8824082</v>
       </c>
       <c r="Y75" s="34">
-        <v>1549502</v>
+        <v>7593377</v>
       </c>
       <c r="Z75" s="20">
-        <v>923</v>
+        <v>3639</v>
       </c>
       <c r="AA75" s="18">
-        <v>8</v>
+        <v>11</v>
+      </c>
+      <c r="AJ75" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="AQ75" s="18" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="76" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A76" s="17" t="s">
-        <v>546</v>
+        <v>579</v>
       </c>
       <c r="B76" s="28">
-        <v>32904</v>
+        <v>1120575</v>
       </c>
       <c r="C76" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D76" s="28" t="s">
-        <v>547</v>
+        <v>580</v>
       </c>
       <c r="E76" s="18" t="s">
-        <v>548</v>
+        <v>581</v>
       </c>
       <c r="F76" s="24">
-        <v>14568239.76</v>
+        <v>25430375.399999999</v>
       </c>
       <c r="G76" s="24">
-        <v>42847764</v>
+        <v>339071672</v>
       </c>
       <c r="H76" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J76" s="18" t="s">
         <v>66</v>
       </c>
       <c r="K76" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
+      </c>
+      <c r="L76" s="18" t="s">
+        <v>439</v>
+      </c>
+      <c r="M76" s="18">
+        <v>20190104</v>
+      </c>
+      <c r="N76" s="18" t="s">
+        <v>83</v>
       </c>
       <c r="X76" s="34">
-        <v>1800401</v>
+        <v>88855748</v>
       </c>
       <c r="Y76" s="34">
-        <v>54437</v>
+        <v>5281864.5</v>
       </c>
       <c r="Z76" s="20">
-        <v>195</v>
+        <v>4237</v>
       </c>
       <c r="AA76" s="18">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>11</v>
+      </c>
+      <c r="AI76" s="18" t="s">
+        <v>582</v>
       </c>
       <c r="AJ76" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="77" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A77" s="17" t="s">
-        <v>477</v>
+        <v>586</v>
       </c>
       <c r="B77" s="28">
-        <v>35453</v>
+        <v>1126275</v>
       </c>
       <c r="C77" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D77" s="28" t="s">
-        <v>478</v>
+        <v>587</v>
       </c>
       <c r="E77" s="18" t="s">
-        <v>479</v>
+        <v>588</v>
       </c>
       <c r="F77" s="24">
-        <v>992089.13</v>
+        <v>26992115.324999999</v>
       </c>
       <c r="G77" s="24">
-        <v>8626862</v>
+        <v>199941595</v>
       </c>
       <c r="H77" s="18" t="s">
-        <v>80</v>
+        <v>61</v>
+      </c>
+      <c r="I77" s="18" t="s">
+        <v>71</v>
       </c>
       <c r="J77" s="18" t="s">
         <v>66</v>
       </c>
       <c r="K77" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
+      </c>
+      <c r="L77" s="18" t="s">
+        <v>434</v>
+      </c>
+      <c r="M77" s="18">
+        <v>20110921</v>
+      </c>
+      <c r="P77" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="X77" s="34">
-        <v>2100</v>
+        <v>13602488</v>
       </c>
       <c r="Y77" s="34">
-        <v>252</v>
+        <v>1994637.5</v>
       </c>
       <c r="Z77" s="20">
-        <v>3</v>
+        <v>1411</v>
       </c>
       <c r="AA77" s="18">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>69</v>
+        <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A78" s="17" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="B78" s="28">
-        <v>1099695</v>
+        <v>32904</v>
       </c>
       <c r="C78" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D78" s="28" t="s">
+        <v>537</v>
+      </c>
+      <c r="E78" s="18" t="s">
+        <v>538</v>
+      </c>
+      <c r="F78" s="24">
+        <v>14388065.5</v>
+      </c>
+      <c r="G78" s="24">
+        <v>115104524</v>
+      </c>
+      <c r="H78" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="J78" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="D78" s="28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K78" s="32" t="s">
-        <v>56</v>
-[...8 lines deleted...]
-        <v>76</v>
+        <v>52</v>
       </c>
       <c r="X78" s="34">
-        <v>55205274</v>
+        <v>12006013</v>
       </c>
       <c r="Y78" s="34">
-        <v>6672758</v>
+        <v>1503216</v>
       </c>
       <c r="Z78" s="20">
-        <v>5026</v>
+        <v>2436</v>
       </c>
       <c r="AA78" s="18">
         <v>8</v>
       </c>
-      <c r="AB78" s="18" t="s">
-        <v>542</v>
+      <c r="AE78" s="18" t="s">
+        <v>62</v>
       </c>
       <c r="AJ78" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="79" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A79" s="17" t="s">
-        <v>515</v>
+        <v>469</v>
       </c>
       <c r="B79" s="28">
-        <v>1098639</v>
+        <v>35453</v>
       </c>
       <c r="C79" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D79" s="28" t="s">
+        <v>470</v>
+      </c>
+      <c r="E79" s="18" t="s">
+        <v>471</v>
+      </c>
+      <c r="F79" s="24">
+        <v>1035223.44</v>
+      </c>
+      <c r="G79" s="24">
+        <v>8626862</v>
+      </c>
+      <c r="H79" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="J79" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="D79" s="28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K79" s="32" t="s">
-        <v>56</v>
-[...8 lines deleted...]
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="X79" s="34">
-        <v>3839976</v>
+        <v>72795</v>
       </c>
       <c r="Y79" s="34">
-        <v>345759</v>
+        <v>8720</v>
       </c>
       <c r="Z79" s="20">
-        <v>341</v>
+        <v>20</v>
       </c>
       <c r="AA79" s="18">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="AE79" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="AJ79" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="80" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A80" s="17" t="s">
-        <v>647</v>
+        <v>529</v>
       </c>
       <c r="B80" s="28">
-        <v>1180601</v>
+        <v>1099695</v>
       </c>
       <c r="C80" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D80" s="28" t="s">
+        <v>530</v>
+      </c>
+      <c r="E80" s="18" t="s">
+        <v>531</v>
+      </c>
+      <c r="F80" s="24">
+        <v>18080535.359999999</v>
+      </c>
+      <c r="G80" s="24">
+        <v>226006692</v>
+      </c>
+      <c r="H80" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="J80" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="D80" s="28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K80" s="32" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="L80" s="18" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="M80" s="18">
-        <v>20180326</v>
+        <v>20200629</v>
+      </c>
+      <c r="O80" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="X80" s="34">
-        <v>692687</v>
+        <v>76092058</v>
       </c>
       <c r="Y80" s="34">
-        <v>989365.5</v>
+        <v>8811029.5</v>
       </c>
       <c r="Z80" s="20">
-        <v>653</v>
+        <v>7141</v>
       </c>
       <c r="AA80" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>11</v>
+      </c>
+      <c r="AB80" s="18" t="s">
+        <v>532</v>
       </c>
       <c r="AJ80" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="81" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A81" s="17" t="s">
-        <v>543</v>
+        <v>637</v>
       </c>
       <c r="B81" s="28">
-        <v>39935</v>
+        <v>1180601</v>
       </c>
       <c r="C81" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D81" s="28" t="s">
-        <v>544</v>
+        <v>638</v>
       </c>
       <c r="E81" s="18" t="s">
-        <v>545</v>
+        <v>639</v>
       </c>
       <c r="F81" s="24">
-        <v>14355833.960000001</v>
+        <v>166543009.59999999</v>
       </c>
       <c r="G81" s="24">
-        <v>27607373</v>
+        <v>114857248</v>
       </c>
       <c r="H81" s="18" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="J81" s="18" t="s">
-        <v>70</v>
+        <v>163</v>
       </c>
       <c r="K81" s="32" t="s">
-        <v>56</v>
+        <v>67</v>
+      </c>
+      <c r="L81" s="18" t="s">
+        <v>57</v>
       </c>
       <c r="M81" s="18">
-        <v>20020702</v>
+        <v>20180326</v>
       </c>
       <c r="X81" s="34">
-        <v>3791288</v>
+        <v>933899</v>
       </c>
       <c r="Y81" s="34">
-        <v>2375400</v>
+        <v>1284809</v>
       </c>
       <c r="Z81" s="20">
-        <v>860</v>
+        <v>899</v>
       </c>
       <c r="AA81" s="18">
-        <v>8</v>
+        <v>11</v>
+      </c>
+      <c r="AC81" s="18" t="s">
+        <v>141</v>
+      </c>
+      <c r="AJ81" s="18" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="82" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A82" s="17" t="s">
-        <v>634</v>
+        <v>533</v>
       </c>
       <c r="B82" s="28">
-        <v>1177740</v>
+        <v>39935</v>
       </c>
       <c r="C82" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D82" s="28" t="s">
-        <v>635</v>
+        <v>534</v>
       </c>
       <c r="E82" s="18" t="s">
-        <v>636</v>
+        <v>535</v>
       </c>
       <c r="F82" s="24">
-        <v>263599354.03</v>
+        <v>14243253.960000001</v>
       </c>
       <c r="G82" s="24">
-        <v>138010133</v>
+        <v>27390873</v>
       </c>
       <c r="H82" s="18" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="I82" s="18" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="J82" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K82" s="32" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>52</v>
       </c>
       <c r="M82" s="18">
-        <v>20160708</v>
-[...8 lines deleted...]
-        <v>69</v>
+        <v>20020702</v>
       </c>
       <c r="X82" s="34">
-        <v>24433491</v>
+        <v>5063165</v>
       </c>
       <c r="Y82" s="34">
-        <v>34060280</v>
+        <v>3031782.5</v>
       </c>
       <c r="Z82" s="20">
-        <v>11316</v>
+        <v>1154</v>
       </c>
       <c r="AA82" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A83" s="17" t="s">
-        <v>607</v>
+        <v>624</v>
       </c>
       <c r="B83" s="28">
-        <v>1121424</v>
+        <v>1177740</v>
       </c>
       <c r="C83" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D83" s="28" t="s">
-        <v>608</v>
+        <v>625</v>
       </c>
       <c r="E83" s="18" t="s">
-        <v>609</v>
+        <v>626</v>
       </c>
       <c r="F83" s="24">
-        <v>1795336.7949999999</v>
+        <v>263062427.09999999</v>
       </c>
       <c r="G83" s="24">
-        <v>51295337</v>
+        <v>138453909</v>
       </c>
       <c r="H83" s="18" t="s">
-        <v>80</v>
+        <v>61</v>
+      </c>
+      <c r="I83" s="18" t="s">
+        <v>71</v>
       </c>
       <c r="J83" s="18" t="s">
         <v>66</v>
       </c>
       <c r="K83" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L83" s="18" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="M83" s="18">
-        <v>20110610</v>
+        <v>20160708</v>
       </c>
       <c r="O83" s="18" t="s">
-        <v>94</v>
+        <v>72</v>
+      </c>
+      <c r="Q83" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="R83" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="X83" s="34">
-        <v>4964012</v>
+        <v>33160375</v>
       </c>
       <c r="Y83" s="34">
-        <v>188705</v>
+        <v>50497103</v>
       </c>
       <c r="Z83" s="20">
-        <v>500</v>
+        <v>14110</v>
       </c>
       <c r="AA83" s="18">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>69</v>
+        <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A84" s="17" t="s">
-        <v>631</v>
+        <v>597</v>
       </c>
       <c r="B84" s="28">
-        <v>1172465</v>
+        <v>1121424</v>
       </c>
       <c r="C84" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D84" s="28" t="s">
+        <v>598</v>
+      </c>
+      <c r="E84" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="F84" s="24">
+        <v>2308290.165</v>
+      </c>
+      <c r="G84" s="24">
+        <v>51295337</v>
+      </c>
+      <c r="H84" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="J84" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="D84" s="28" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K84" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L84" s="18" t="s">
-        <v>442</v>
+        <v>63</v>
       </c>
       <c r="M84" s="18">
-        <v>20171018</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>20110610</v>
+      </c>
+      <c r="O84" s="18" t="s">
+        <v>90</v>
       </c>
       <c r="X84" s="34">
-        <v>3004215</v>
+        <v>8970738</v>
       </c>
       <c r="Y84" s="34">
-        <v>764700</v>
+        <v>344477</v>
       </c>
       <c r="Z84" s="20">
-        <v>551</v>
+        <v>815</v>
       </c>
       <c r="AA84" s="18">
-        <v>8</v>
+        <v>11</v>
+      </c>
+      <c r="AE84" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="AJ84" s="18" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="85" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A85" s="17" t="s">
-        <v>564</v>
+        <v>621</v>
       </c>
       <c r="B85" s="28">
-        <v>1110287</v>
+        <v>1172465</v>
       </c>
       <c r="C85" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D85" s="28" t="s">
-        <v>565</v>
+        <v>622</v>
       </c>
       <c r="E85" s="18" t="s">
-        <v>566</v>
+        <v>623</v>
       </c>
       <c r="F85" s="24">
-        <v>13231995.359999999</v>
+        <v>17924302.399999999</v>
       </c>
       <c r="G85" s="24">
-        <v>82699971</v>
+        <v>112026890</v>
       </c>
       <c r="H85" s="18" t="s">
-        <v>80</v>
+        <v>61</v>
+      </c>
+      <c r="I85" s="18" t="s">
+        <v>71</v>
       </c>
       <c r="J85" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K85" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L85" s="18" t="s">
-        <v>447</v>
+        <v>434</v>
       </c>
       <c r="M85" s="18">
-        <v>20140623</v>
+        <v>20171018</v>
       </c>
       <c r="P85" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="X85" s="34">
-        <v>1292054</v>
+        <v>5075100</v>
       </c>
       <c r="Y85" s="34">
-        <v>218465</v>
+        <v>1205997.5</v>
       </c>
       <c r="Z85" s="20">
-        <v>237</v>
+        <v>862</v>
       </c>
       <c r="AA85" s="18">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>69</v>
+        <v>11</v>
       </c>
     </row>
     <row r="86" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A86" s="17" t="s">
-        <v>487</v>
+        <v>554</v>
       </c>
       <c r="B86" s="28">
-        <v>1023632</v>
+        <v>1110287</v>
       </c>
       <c r="C86" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D86" s="28" t="s">
-        <v>488</v>
+        <v>555</v>
       </c>
       <c r="E86" s="18" t="s">
-        <v>489</v>
+        <v>556</v>
       </c>
       <c r="F86" s="24">
-        <v>3346721.85</v>
+        <v>8269997.0999999996</v>
       </c>
       <c r="G86" s="24">
-        <v>44622958</v>
+        <v>82699971</v>
       </c>
       <c r="H86" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J86" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K86" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
+      </c>
+      <c r="L86" s="18" t="s">
+        <v>439</v>
+      </c>
+      <c r="M86" s="18">
+        <v>20140623</v>
+      </c>
+      <c r="P86" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="X86" s="34">
-        <v>3658829</v>
+        <v>1826626</v>
       </c>
       <c r="Y86" s="34">
-        <v>214321.5</v>
+        <v>288042.5</v>
       </c>
       <c r="Z86" s="20">
-        <v>281</v>
+        <v>368</v>
       </c>
       <c r="AA86" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AE86" s="18" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="AJ86" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="87" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A87" s="17" t="s">
-        <v>586</v>
+        <v>479</v>
       </c>
       <c r="B87" s="28">
-        <v>1113827</v>
+        <v>1023632</v>
       </c>
       <c r="C87" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D87" s="28" t="s">
-        <v>587</v>
+        <v>480</v>
       </c>
       <c r="E87" s="18" t="s">
-        <v>588</v>
+        <v>481</v>
       </c>
       <c r="F87" s="24">
-        <v>11033437.470000001</v>
+        <v>2677377.48</v>
       </c>
       <c r="G87" s="24">
-        <v>66869318</v>
+        <v>44622958</v>
       </c>
       <c r="H87" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J87" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K87" s="32" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-        <v>20240611</v>
+        <v>52</v>
       </c>
       <c r="X87" s="34">
-        <v>10757147</v>
+        <v>6120319</v>
       </c>
       <c r="Y87" s="34">
-        <v>1639880</v>
+        <v>363555.5</v>
       </c>
       <c r="Z87" s="20">
-        <v>1851</v>
+        <v>397</v>
       </c>
       <c r="AA87" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AE87" s="18" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="AJ87" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="88" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A88" s="17" t="s">
-        <v>593</v>
+        <v>576</v>
       </c>
       <c r="B88" s="28">
-        <v>1122925</v>
+        <v>1113827</v>
       </c>
       <c r="C88" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D88" s="28" t="s">
-        <v>594</v>
+        <v>577</v>
       </c>
       <c r="E88" s="18" t="s">
-        <v>595</v>
+        <v>578</v>
       </c>
       <c r="F88" s="24">
-        <v>37462412</v>
+        <v>19831137.23</v>
       </c>
       <c r="G88" s="24">
-        <v>74924824</v>
+        <v>67224194</v>
       </c>
       <c r="H88" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J88" s="18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K88" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L88" s="18" t="s">
-        <v>442</v>
+        <v>430</v>
       </c>
       <c r="M88" s="18">
-        <v>20111101</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>20240611</v>
       </c>
       <c r="X88" s="34">
-        <v>6171607</v>
+        <v>18633005</v>
       </c>
       <c r="Y88" s="34">
-        <v>4216129</v>
+        <v>3491653</v>
       </c>
       <c r="Z88" s="20">
-        <v>1664</v>
+        <v>3295</v>
       </c>
       <c r="AA88" s="18">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AE88" s="18" t="s">
-        <v>70</v>
+        <v>121</v>
       </c>
       <c r="AJ88" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="89" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A89" s="17" t="s">
-        <v>474</v>
+        <v>583</v>
       </c>
       <c r="B89" s="28">
-        <v>20543</v>
+        <v>1122925</v>
       </c>
       <c r="C89" s="23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D89" s="28" t="s">
-        <v>475</v>
+        <v>584</v>
       </c>
       <c r="E89" s="18" t="s">
-        <v>476</v>
+        <v>585</v>
       </c>
       <c r="F89" s="24">
-        <v>1450588.6</v>
+        <v>23148332.699999999</v>
       </c>
       <c r="G89" s="24">
-        <v>7252943</v>
+        <v>77161109</v>
       </c>
       <c r="H89" s="18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="J89" s="18" t="s">
         <v>66</v>
       </c>
       <c r="K89" s="32" t="s">
-        <v>56</v>
+        <v>52</v>
+      </c>
+      <c r="L89" s="18" t="s">
+        <v>434</v>
+      </c>
+      <c r="M89" s="18">
+        <v>20111101</v>
+      </c>
+      <c r="P89" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="X89" s="34">
-        <v>93132</v>
+        <v>9267648</v>
       </c>
       <c r="Y89" s="34">
-        <v>18857.5</v>
+        <v>5327998</v>
       </c>
       <c r="Z89" s="20">
-        <v>80</v>
+        <v>2283</v>
       </c>
       <c r="AA89" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>419</v>
+        <v>11</v>
+      </c>
+      <c r="AE89" s="18" t="s">
+        <v>66</v>
       </c>
       <c r="AJ89" s="18" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="90" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A90" s="17" t="s">
-        <v>451</v>
+        <v>466</v>
       </c>
       <c r="B90" s="28">
+        <v>20543</v>
+      </c>
+      <c r="C90" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D90" s="28" t="s">
+        <v>467</v>
+      </c>
+      <c r="E90" s="18" t="s">
+        <v>468</v>
+      </c>
+      <c r="F90" s="24">
+        <v>1233000.31</v>
+      </c>
+      <c r="G90" s="24">
+        <v>7252943</v>
+      </c>
+      <c r="H90" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="J90" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="K90" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="X90" s="34">
+        <v>121537</v>
+      </c>
+      <c r="Y90" s="34">
+        <v>23977.5</v>
+      </c>
+      <c r="Z90" s="20">
+        <v>93</v>
+      </c>
+      <c r="AA90" s="18">
+        <v>11</v>
+      </c>
+      <c r="AI90" s="18" t="s">
+        <v>412</v>
+      </c>
+      <c r="AJ90" s="18" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="91" spans="1:36" x14ac:dyDescent="0.2">
+      <c r="A91" s="17" t="s">
+        <v>443</v>
+      </c>
+      <c r="B91" s="28">
         <v>1087951</v>
       </c>
-      <c r="C90" s="23" t="s">
-[...29 lines deleted...]
-      <c r="M90" s="18">
+      <c r="C91" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D91" s="28" t="s">
+        <v>444</v>
+      </c>
+      <c r="E91" s="18" t="s">
+        <v>445</v>
+      </c>
+      <c r="F91" s="24">
+        <v>633416382</v>
+      </c>
+      <c r="G91" s="24">
+        <v>105569397</v>
+      </c>
+      <c r="H91" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="I91" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="J91" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="K91" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="L91" s="18" t="s">
+        <v>434</v>
+      </c>
+      <c r="M91" s="18">
         <v>20050706</v>
       </c>
-      <c r="P90" s="18" t="s">
-[...18 lines deleted...]
-        <v>8</v>
+      <c r="P91" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q91" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="R91" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="X91" s="34">
+        <v>66194898</v>
+      </c>
+      <c r="Y91" s="34">
+        <v>314272353</v>
+      </c>
+      <c r="Z91" s="20">
+        <v>89492</v>
+      </c>
+      <c r="AA91" s="18">
+        <v>11</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A10:AR90" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
+  <autoFilter ref="A10:AR91" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>TSX Energy Issuers August 2025</vt:lpstr>
-      <vt:lpstr>TSXV Energy Issuers August 2025</vt:lpstr>
+      <vt:lpstr>TSX Energy Issuers Nov 2025</vt:lpstr>
+      <vt:lpstr>TSXV Energy Issuers Nov 2025</vt:lpstr>
       <vt:lpstr>TSX_2012</vt:lpstr>
       <vt:lpstr>TSXV_2012</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>TSX Group Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>TSX Group Inc.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="{A44787D4-0540-4523-9961-78E4036D8C6D}">
     <vt:lpwstr>{F923EDEE-0537-42CE-BA9F-51E936965D43}</vt:lpwstr>