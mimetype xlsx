--- v1 (2026-01-06)
+++ v2 (2026-02-25)
@@ -5,130 +5,130 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2025\11_November 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Key Database\MiG\TSX TSXV ISSUER LISTS\TSX and TSXV Issuer Lists _ 2025\12_December 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D83BEACA-5127-497B-BBE1-271BE7E38351}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{834812A3-98B4-4931-9C8D-270BDC2DE6A0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="TSX Energy Issuers Nov 2025" sheetId="1" r:id="rId1"/>
-    <sheet name="TSXV Energy Issuers Nov 2025" sheetId="2" r:id="rId2"/>
+    <sheet name="TSX Energy Issuers Dec 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="TSXV Energy Issuers Dec 2025" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'TSX Energy Issuers Nov 2025'!$A$10:$AI$111</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'TSXV Energy Issuers Nov 2025'!$A$10:$AR$91</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'TSX Energy Issuers Dec 2025'!$A$10:$AI$109</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'TSXV Energy Issuers Dec 2025'!$A$10:$AR$89</definedName>
     <definedName name="CIQWBGuid" hidden="1">"5a656fc2-e634-467d-ae07-9931c0de23ac"</definedName>
     <definedName name="IQ_ADDIN" hidden="1">"AUTO"</definedName>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_DNTM" hidden="1">700000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
     <definedName name="IQ_LTMMONTH" hidden="1">120000</definedName>
     <definedName name="IQ_MONTH">15000</definedName>
     <definedName name="IQ_MTD" hidden="1">800000</definedName>
     <definedName name="IQ_NAMES_REVISION_DATE_" hidden="1">45719.8028125</definedName>
     <definedName name="IQ_NTM">6000</definedName>
     <definedName name="IQ_QTD" hidden="1">750000</definedName>
     <definedName name="IQ_TODAY" hidden="1">0</definedName>
     <definedName name="IQ_WEEK">50000</definedName>
     <definedName name="IQ_YTD">3000</definedName>
     <definedName name="IQ_YTDMONTH" hidden="1">130000</definedName>
-    <definedName name="TSX_2012">'TSX Energy Issuers Nov 2025'!$B$10:$Y$10</definedName>
-    <definedName name="TSXV_2012">'TSXV Energy Issuers Nov 2025'!$10:$10</definedName>
+    <definedName name="TSX_2012">'TSX Energy Issuers Dec 2025'!$B$10:$Y$10</definedName>
+    <definedName name="TSXV_2012">'TSXV Energy Issuers Dec 2025'!$10:$10</definedName>
   </definedNames>
-  <calcPr calcId="191029" iterateDelta="9.9999999999994451E-4"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D8" i="2" l="1"/>
   <c r="F8" i="2"/>
   <c r="C8" i="1"/>
   <c r="E8" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2009" uniqueCount="721">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1967" uniqueCount="708">
   <si>
     <t>Exchange</t>
   </si>
   <si>
     <t xml:space="preserve">and we are not responsible for any errors or omissions in or your use of, or reliance on, the information provided. </t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Root
 Ticker</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>Listing Type</t>
   </si>
   <si>
     <t>HQ
 Location</t>
   </si>
   <si>
     <t>HQ
@@ -278,53 +278,50 @@
   <si>
     <t>Royalty Streaming</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>ON</t>
   </si>
   <si>
     <t>IPO</t>
   </si>
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>TSX</t>
   </si>
   <si>
     <t>TSX Comedown</t>
   </si>
   <si>
     <t>TSXV</t>
   </si>
   <si>
-    <t>© 2025 TSX Inc. All Rights Reserved. Do not copy, distribute, sell or modify this document without TSX Inc.'s prior written consent.</t>
-[...1 lines deleted...]
-  <si>
     <t>Clean Technology &amp; Renewable Energy</t>
   </si>
   <si>
     <t>Industrial Products &amp; Services</t>
   </si>
   <si>
     <t>BC</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>TSXV Grad</t>
   </si>
   <si>
     <t>Y</t>
   </si>
   <si>
     <t>AB</t>
   </si>
   <si>
     <t>Latin America</t>
   </si>
   <si>
     <t>CAT0002</t>
@@ -527,62 +524,50 @@
   <si>
     <t>Bri-Chem Corp.</t>
   </si>
   <si>
     <t>BRY</t>
   </si>
   <si>
     <t>Low Impact Material and Products</t>
   </si>
   <si>
     <t>DEN0004</t>
   </si>
   <si>
     <t>Calfrac Well Services Ltd.</t>
   </si>
   <si>
     <t>CFW</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Kazakhstan</t>
   </si>
   <si>
-    <t>CAN0171</t>
-[...10 lines deleted...]
-  <si>
     <t>LSE</t>
   </si>
   <si>
     <t>CAN0029</t>
   </si>
   <si>
     <t>Canadian Natural Resources Limited</t>
   </si>
   <si>
     <t>CNQ</t>
   </si>
   <si>
     <t>Cote d'Ivoire</t>
   </si>
   <si>
     <t>CAN0042</t>
   </si>
   <si>
     <t>Canadian Utilities Limited</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>CAP0015</t>
@@ -1187,59 +1172,50 @@
   <si>
     <t>Source Energy Services Ltd.</t>
   </si>
   <si>
     <t>SHLE</t>
   </si>
   <si>
     <t>SOU0024</t>
   </si>
   <si>
     <t>South Bow Corporation</t>
   </si>
   <si>
     <t>SOBO</t>
   </si>
   <si>
     <t>V-02299</t>
   </si>
   <si>
     <t>Spartan Delta Corp.</t>
   </si>
   <si>
     <t>SDE</t>
   </si>
   <si>
-    <t>STE0017</t>
-[...7 lines deleted...]
-  <si>
     <t>STR0027</t>
   </si>
   <si>
     <t>Strathcona Resources Ltd.</t>
   </si>
   <si>
     <t>SCR</t>
   </si>
   <si>
     <t>SUN0008</t>
   </si>
   <si>
     <t>Suncor Energy Inc.</t>
   </si>
   <si>
     <t>SU</t>
   </si>
   <si>
     <t>SUP0001</t>
   </si>
   <si>
     <t>Superior Plus Corp.</t>
   </si>
   <si>
     <t>SPB</t>
@@ -1973,59 +1949,50 @@
   <si>
     <t>Alvopetro Energy Ltd.</t>
   </si>
   <si>
     <t>ALV</t>
   </si>
   <si>
     <t>V-04206</t>
   </si>
   <si>
     <t>Petro-Victory Energy Corp.</t>
   </si>
   <si>
     <t>VRY</t>
   </si>
   <si>
     <t>V-04250</t>
   </si>
   <si>
     <t>Vertex Resource Group Ltd.</t>
   </si>
   <si>
     <t>VTX</t>
   </si>
   <si>
-    <t>V-04306</t>
-[...7 lines deleted...]
-  <si>
     <t>V-04311</t>
   </si>
   <si>
     <t>Jura Energy Corporation</t>
   </si>
   <si>
     <t>JEC</t>
   </si>
   <si>
     <t>V-04318</t>
   </si>
   <si>
     <t>Metalore Resources Limited</t>
   </si>
   <si>
     <t>MET</t>
   </si>
   <si>
     <t>V-04349</t>
   </si>
   <si>
     <t>MCF Energy Ltd.</t>
   </si>
   <si>
     <t>MCF</t>
@@ -2240,78 +2207,72 @@
   <si>
     <t>Saba Energy Ltd.</t>
   </si>
   <si>
     <t>SABA</t>
   </si>
   <si>
     <t>X-1274</t>
   </si>
   <si>
     <t>Rockpoint Gas Storage Inc.</t>
   </si>
   <si>
     <t>RGSI</t>
   </si>
   <si>
     <t>East West Minerals Ltd.</t>
   </si>
   <si>
     <t>Decimus Oil Corp.</t>
   </si>
   <si>
     <t>WCSB</t>
   </si>
   <si>
-    <t>V-02897</t>
-[...7 lines deleted...]
-  <si>
     <t>Market Cap (C$)
-30-November-2025</t>
+31-December-2025</t>
   </si>
   <si>
     <t>O/S Shares
-30-November-2025</t>
+31-December-2025</t>
   </si>
   <si>
     <t>Volume YTD
-30-November-2025</t>
+31-December-2025</t>
   </si>
   <si>
     <t>Value (C$) YTD
-30-November-2025</t>
+31-December-2025</t>
   </si>
   <si>
     <t>Number of 
 Trades YTD
-30-November-2025</t>
+31-December-2025</t>
+  </si>
+  <si>
+    <t>© 2026 TSX Inc. All Rights Reserved. Do not copy, distribute, sell or modify this document without TSX Inc.'s prior written consent.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -2951,51 +2912,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:AI111"/>
+  <dimension ref="A1:AI109"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="B10" sqref="B10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="17" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="12.5703125" style="17" customWidth="1"/>
     <col min="3" max="3" width="71.140625" style="17" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.85546875" style="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.7109375" style="20" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="32.28515625" style="19" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="22.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="13.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="11" max="13" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="11.42578125" style="18" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="12.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="11.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="17.140625" style="18" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="17.140625" style="18" customWidth="1"/>
     <col min="20" max="20" width="23.42578125" style="18" bestFit="1" customWidth="1"/>
@@ -3069,51 +3030,51 @@
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="6"/>
       <c r="W2" s="6"/>
       <c r="X2" s="6"/>
       <c r="Y2" s="6"/>
       <c r="Z2" s="6"/>
       <c r="AA2" s="1"/>
       <c r="AB2" s="1"/>
       <c r="AC2" s="1"/>
       <c r="AD2" s="1"/>
       <c r="AE2" s="1"/>
       <c r="AF2" s="1"/>
       <c r="AG2" s="1"/>
       <c r="AH2" s="1"/>
       <c r="AI2" s="1"/>
     </row>
     <row r="3" spans="1:35" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B3" s="2" t="s">
-        <v>59</v>
+        <v>707</v>
       </c>
       <c r="D3" s="1"/>
       <c r="E3" s="4"/>
       <c r="F3" s="6"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="6"/>
       <c r="W3" s="6"/>
       <c r="X3" s="6"/>
       <c r="Y3" s="6"/>
       <c r="Z3" s="6"/>
       <c r="AA3" s="1"/>
@@ -3257,57 +3218,57 @@
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="6"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="56"/>
       <c r="AA7" s="56"/>
       <c r="AB7" s="56"/>
       <c r="AC7" s="56"/>
       <c r="AD7" s="56"/>
       <c r="AE7" s="56"/>
       <c r="AF7" s="56"/>
       <c r="AG7" s="56"/>
       <c r="AH7" s="57"/>
       <c r="AI7" s="56"/>
     </row>
     <row r="8" spans="1:35" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="1"/>
       <c r="C8" s="38">
-        <f>SUBTOTAL(3,C11:C111)</f>
-        <v>101</v>
+        <f>SUBTOTAL(3,C11:C109)</f>
+        <v>99</v>
       </c>
       <c r="D8" s="39"/>
       <c r="E8" s="40">
-        <f>SUBTOTAL(9,E11:E111)</f>
-        <v>891519961292.00964</v>
+        <f>SUBTOTAL(9,E11:E109)</f>
+        <v>858209987455.88</v>
       </c>
       <c r="F8" s="41"/>
       <c r="G8" s="64"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="6"/>
       <c r="W8" s="6"/>
       <c r="X8" s="6"/>
       <c r="Y8" s="6"/>
       <c r="Z8" s="56"/>
       <c r="AA8" s="56"/>
       <c r="AB8" s="56"/>
       <c r="AC8" s="56"/>
@@ -3346,5674 +3307,5565 @@
       <c r="Z9" s="56"/>
       <c r="AA9" s="56"/>
       <c r="AB9" s="56"/>
       <c r="AC9" s="56"/>
       <c r="AD9" s="56"/>
       <c r="AE9" s="56"/>
       <c r="AF9" s="56"/>
       <c r="AG9" s="56"/>
       <c r="AH9" s="57"/>
       <c r="AI9" s="56"/>
     </row>
     <row r="10" spans="1:35" s="13" customFormat="1" ht="39" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>3</v>
       </c>
       <c r="E10" s="16" t="s">
-        <v>716</v>
+        <v>702</v>
       </c>
       <c r="F10" s="16" t="s">
-        <v>717</v>
+        <v>703</v>
       </c>
       <c r="G10" s="13" t="s">
         <v>4</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>11</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>6</v>
       </c>
       <c r="J10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="K10" s="13" t="s">
         <v>5</v>
       </c>
       <c r="L10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="M10" s="15" t="s">
         <v>28</v>
       </c>
       <c r="N10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="O10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="P10" s="15" t="s">
         <v>8</v>
       </c>
       <c r="Q10" s="15" t="s">
         <v>9</v>
       </c>
       <c r="R10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="S10" s="13" t="s">
-        <v>704</v>
+        <v>693</v>
       </c>
       <c r="T10" s="15" t="s">
         <v>10</v>
       </c>
       <c r="U10" s="13" t="s">
         <v>16</v>
       </c>
       <c r="V10" s="16" t="s">
-        <v>718</v>
+        <v>704</v>
       </c>
       <c r="W10" s="16" t="s">
-        <v>719</v>
+        <v>705</v>
       </c>
       <c r="X10" s="16" t="s">
-        <v>720</v>
+        <v>706</v>
       </c>
       <c r="Y10" s="16" t="s">
         <v>12</v>
       </c>
       <c r="Z10" s="58" t="s">
         <v>43</v>
       </c>
       <c r="AA10" s="58" t="s">
         <v>46</v>
       </c>
       <c r="AB10" s="58" t="s">
         <v>44</v>
       </c>
       <c r="AC10" s="58" t="s">
         <v>45</v>
       </c>
       <c r="AD10" s="58" t="s">
         <v>47</v>
       </c>
       <c r="AE10" s="58" t="s">
         <v>48</v>
       </c>
       <c r="AF10" s="58" t="s">
         <v>49</v>
       </c>
       <c r="AG10" s="58" t="s">
         <v>13</v>
       </c>
       <c r="AH10" s="58" t="s">
         <v>34</v>
       </c>
       <c r="AI10" s="58" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:35" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A11" s="17" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B11" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C11" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="D11" s="18" t="s">
         <v>69</v>
       </c>
-      <c r="D11" s="18" t="s">
+      <c r="E11" s="20">
+        <v>166149280.50999999</v>
+      </c>
+      <c r="F11" s="20">
+        <v>33296449</v>
+      </c>
+      <c r="G11" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="H11" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="E11" s="20">
-[...10 lines deleted...]
-      </c>
       <c r="I11" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J11" s="18" t="s">
         <v>52</v>
       </c>
       <c r="L11" s="18">
         <v>19870925</v>
       </c>
       <c r="V11" s="19">
-        <v>10876116</v>
+        <v>11747019</v>
       </c>
       <c r="W11" s="20">
-        <v>59644262</v>
+        <v>64231226.5</v>
       </c>
       <c r="X11" s="20">
-        <v>18427</v>
+        <v>19639</v>
       </c>
       <c r="Y11" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A12" s="17" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B12" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C12" s="17" t="s">
+        <v>73</v>
+      </c>
+      <c r="D12" s="18" t="s">
         <v>74</v>
       </c>
-      <c r="D12" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" s="20">
-        <v>2264216078.8000002</v>
+        <v>2120535126.4000001</v>
       </c>
       <c r="F12" s="20">
         <v>168379110</v>
       </c>
       <c r="G12" s="19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I12" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J12" s="18" t="s">
         <v>52</v>
       </c>
       <c r="L12" s="18">
         <v>20010529</v>
       </c>
       <c r="R12" s="18" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="V12" s="19">
-        <v>115475390</v>
+        <v>124103398</v>
       </c>
       <c r="W12" s="20">
-        <v>1254874479.5</v>
+        <v>1358196603</v>
       </c>
       <c r="X12" s="20">
-        <v>529714</v>
+        <v>562645</v>
       </c>
       <c r="Y12" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A13" s="17" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B13" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C13" s="17" t="s">
+        <v>84</v>
+      </c>
+      <c r="D13" s="18" t="s">
         <v>85</v>
       </c>
-      <c r="D13" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" s="20">
-        <v>75589353.299999997</v>
+        <v>79915640.579999998</v>
       </c>
       <c r="F13" s="20">
-        <v>39566267</v>
+        <v>39269550</v>
       </c>
       <c r="G13" s="19" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H13" s="18" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I13" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J13" s="18" t="s">
         <v>52</v>
       </c>
       <c r="L13" s="18">
         <v>19930108</v>
       </c>
       <c r="V13" s="19">
-        <v>6746998</v>
+        <v>7422881</v>
       </c>
       <c r="W13" s="20">
-        <v>13230369</v>
+        <v>14581824</v>
       </c>
       <c r="X13" s="20">
-        <v>12812</v>
+        <v>14152</v>
       </c>
       <c r="Y13" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A14" s="17" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B14" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C14" s="17" t="s">
+        <v>92</v>
+      </c>
+      <c r="D14" s="18" t="s">
         <v>93</v>
       </c>
-      <c r="D14" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" s="20">
-        <v>13618282191.68</v>
+        <v>13224796529.25</v>
       </c>
       <c r="F14" s="20">
-        <v>319101164</v>
+        <v>319107205</v>
       </c>
       <c r="G14" s="19" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="I14" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J14" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K14" s="18" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="L14" s="18">
         <v>20000117</v>
       </c>
       <c r="P14" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="R14" s="18" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="V14" s="19">
-        <v>197423967</v>
+        <v>222650102</v>
       </c>
       <c r="W14" s="20">
-        <v>7609328636.5</v>
+        <v>8658709230</v>
       </c>
       <c r="X14" s="20">
-        <v>758016</v>
+        <v>813130</v>
       </c>
       <c r="Y14" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A15" s="17" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B15" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C15" s="17" t="s">
+        <v>100</v>
+      </c>
+      <c r="D15" s="18" t="s">
         <v>101</v>
       </c>
-      <c r="D15" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" s="20">
-        <v>14393222987.200001</v>
+        <v>14744980965</v>
       </c>
       <c r="F15" s="20">
-        <v>575498720</v>
+        <v>572620620</v>
       </c>
       <c r="G15" s="19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I15" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J15" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K15" s="18" t="s">
         <v>54</v>
       </c>
       <c r="L15" s="18">
         <v>19960711</v>
       </c>
       <c r="R15" s="18" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="V15" s="19">
-        <v>539157709</v>
+        <v>595606542</v>
       </c>
       <c r="W15" s="20">
-        <v>14166906439</v>
+        <v>15629848047.5</v>
       </c>
       <c r="X15" s="20">
-        <v>2012803</v>
+        <v>2199360</v>
       </c>
       <c r="Y15" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AC15" s="18" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="AH15" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="16" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A16" s="17" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B16" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C16" s="17" t="s">
+        <v>107</v>
+      </c>
+      <c r="D16" s="18" t="s">
         <v>108</v>
       </c>
-      <c r="D16" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" s="20">
-        <v>6337612155.6400003</v>
+        <v>5682347549.54</v>
       </c>
       <c r="F16" s="20">
-        <v>112103753</v>
+        <v>100786583</v>
       </c>
       <c r="G16" s="19" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="I16" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J16" s="18" t="s">
         <v>52</v>
       </c>
       <c r="L16" s="18">
         <v>19680308</v>
       </c>
       <c r="R16" s="18" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="V16" s="19">
-        <v>51316264</v>
+        <v>56004997</v>
       </c>
       <c r="W16" s="20">
-        <v>2571752054.5</v>
+        <v>2827255872.5</v>
       </c>
       <c r="X16" s="20">
-        <v>240171</v>
+        <v>256762</v>
       </c>
       <c r="Y16" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A17" s="17" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B17" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C17" s="17" t="s">
+        <v>110</v>
+      </c>
+      <c r="D17" s="18" t="s">
         <v>111</v>
       </c>
-      <c r="D17" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" s="20">
-        <v>3791475409.8000002</v>
+        <v>3400306892.73</v>
       </c>
       <c r="F17" s="20">
-        <v>486086591</v>
+        <v>483685191</v>
       </c>
       <c r="G17" s="19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I17" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J17" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K17" s="18" t="s">
         <v>54</v>
       </c>
       <c r="L17" s="18">
         <v>20100407</v>
       </c>
       <c r="R17" s="18" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="V17" s="19">
-        <v>540076523</v>
+        <v>578423397</v>
       </c>
       <c r="W17" s="20">
-        <v>3039685959</v>
+        <v>3315375773</v>
       </c>
       <c r="X17" s="20">
-        <v>966519</v>
+        <v>1047651</v>
       </c>
       <c r="Y17" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AC17" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AH17" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="18" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A18" s="17" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B18" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C18" s="17" t="s">
+        <v>113</v>
+      </c>
+      <c r="D18" s="18" t="s">
         <v>114</v>
       </c>
-      <c r="D18" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" s="20">
-        <v>2456626728.7800002</v>
+        <v>2467423604.9400001</v>
       </c>
       <c r="F18" s="20">
         <v>33740238</v>
       </c>
       <c r="G18" s="19" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H18" s="18" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I18" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J18" s="18" t="s">
         <v>52</v>
       </c>
       <c r="L18" s="18">
         <v>19970605</v>
       </c>
       <c r="R18" s="18" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="V18" s="19">
-        <v>23411484</v>
+        <v>25192326</v>
       </c>
       <c r="W18" s="20">
-        <v>1211871234</v>
+        <v>1346303862</v>
       </c>
       <c r="X18" s="20">
-        <v>155382</v>
+        <v>168648</v>
       </c>
       <c r="Y18" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A19" s="17" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B19" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C19" s="17" t="s">
+        <v>118</v>
+      </c>
+      <c r="D19" s="18" t="s">
         <v>119</v>
       </c>
-      <c r="D19" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" s="20">
-        <v>3465109697.0599999</v>
+        <v>3411327506.6399999</v>
       </c>
       <c r="F19" s="20">
         <v>768317006</v>
       </c>
       <c r="G19" s="19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I19" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J19" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K19" s="18" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="L19" s="18">
         <v>19941221</v>
       </c>
       <c r="M19" s="18" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="P19" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="R19" s="18" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="V19" s="19">
-        <v>1277152917</v>
+        <v>1372106255</v>
       </c>
       <c r="W19" s="20">
-        <v>3909446426</v>
+        <v>4322529295.5</v>
       </c>
       <c r="X19" s="20">
-        <v>931993</v>
+        <v>1019221</v>
       </c>
       <c r="Y19" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AC19" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="AG19" s="18" t="s">
         <v>121</v>
       </c>
-      <c r="AG19" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AH19" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="20" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A20" s="17" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B20" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C20" s="17" t="s">
+        <v>124</v>
+      </c>
+      <c r="D20" s="18" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="E20" s="20">
         <v>7279563.2249999996</v>
       </c>
       <c r="F20" s="20">
         <v>485304215</v>
       </c>
       <c r="G20" s="19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I20" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J20" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K20" s="18" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="L20" s="18">
         <v>20071101</v>
       </c>
       <c r="P20" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="V20" s="19">
-        <v>9016826</v>
+        <v>10084437</v>
       </c>
       <c r="W20" s="20">
-        <v>108142</v>
+        <v>120154.5</v>
       </c>
       <c r="X20" s="20">
-        <v>742</v>
+        <v>845</v>
       </c>
       <c r="Y20" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AB20" s="18" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="AH20" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="21" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A21" s="17" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B21" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C21" s="17" t="s">
+        <v>127</v>
+      </c>
+      <c r="D21" s="18" t="s">
         <v>128</v>
       </c>
-      <c r="D21" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" s="20">
-        <v>2148766454.1599998</v>
+        <v>2047858219.8</v>
       </c>
       <c r="F21" s="20">
-        <v>273379956</v>
+        <v>274144340</v>
       </c>
       <c r="G21" s="19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I21" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J21" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K21" s="18" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="L21" s="18">
         <v>20050721</v>
       </c>
       <c r="P21" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="R21" s="18" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="V21" s="19">
-        <v>271615404</v>
+        <v>293087917</v>
       </c>
       <c r="W21" s="20">
-        <v>1700512258</v>
+        <v>1862149910.5</v>
       </c>
       <c r="X21" s="20">
-        <v>778677</v>
+        <v>833356</v>
       </c>
       <c r="Y21" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AC21" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AH21" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="22" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A22" s="17" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B22" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C22" s="17" t="s">
+        <v>130</v>
+      </c>
+      <c r="D22" s="18" t="s">
         <v>131</v>
       </c>
-      <c r="D22" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" s="20">
-        <v>140829073</v>
+        <v>165318909.59999999</v>
       </c>
       <c r="F22" s="20">
-        <v>36578980</v>
+        <v>36574980</v>
       </c>
       <c r="G22" s="19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I22" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J22" s="18" t="s">
         <v>52</v>
       </c>
       <c r="L22" s="18">
         <v>20010704</v>
       </c>
       <c r="V22" s="19">
-        <v>9439182</v>
+        <v>10313505</v>
       </c>
       <c r="W22" s="20">
-        <v>32930442.5</v>
+        <v>36606481</v>
       </c>
       <c r="X22" s="20">
-        <v>22881</v>
+        <v>25830</v>
       </c>
       <c r="Y22" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AC22" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AH22" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A23" s="17" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B23" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C23" s="17" t="s">
+        <v>133</v>
+      </c>
+      <c r="D23" s="18" t="s">
         <v>134</v>
       </c>
-      <c r="D23" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" s="20">
-        <v>6079585.6299999999</v>
+        <v>5683090.915</v>
       </c>
       <c r="F23" s="20">
         <v>26432981</v>
       </c>
       <c r="G23" s="19" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H23" s="18" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I23" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J23" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K23" s="18" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="L23" s="18">
         <v>20110704</v>
       </c>
       <c r="O23" s="18" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="P23" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="V23" s="19">
-        <v>1456270</v>
+        <v>1659572</v>
       </c>
       <c r="W23" s="20">
-        <v>430320</v>
+        <v>477340.5</v>
       </c>
       <c r="X23" s="20">
-        <v>622</v>
+        <v>687</v>
       </c>
       <c r="Y23" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A24" s="17" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B24" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="17" t="s">
+        <v>137</v>
+      </c>
+      <c r="D24" s="18" t="s">
         <v>138</v>
       </c>
-      <c r="D24" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24" s="20">
-        <v>302330895.68000001</v>
+        <v>412415552.04000002</v>
       </c>
       <c r="F24" s="20">
-        <v>85889459</v>
+        <v>98900612</v>
       </c>
       <c r="G24" s="19" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H24" s="18" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I24" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J24" s="18" t="s">
         <v>52</v>
       </c>
       <c r="L24" s="18">
         <v>19600408</v>
       </c>
       <c r="V24" s="19">
-        <v>14353890</v>
+        <v>30950093</v>
       </c>
       <c r="W24" s="20">
-        <v>47146488.5</v>
+        <v>52666921.5</v>
       </c>
       <c r="X24" s="20">
-        <v>17251</v>
+        <v>21445</v>
       </c>
       <c r="Y24" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A25" s="17" t="s">
         <v>142</v>
       </c>
       <c r="B25" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="17" t="s">
         <v>143</v>
       </c>
       <c r="D25" s="18" t="s">
         <v>144</v>
       </c>
       <c r="E25" s="20">
-        <v>52203580.109999999</v>
+        <v>96832749637.970001</v>
       </c>
       <c r="F25" s="20">
-        <v>34119987</v>
+        <v>2082872653</v>
       </c>
       <c r="G25" s="19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I25" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J25" s="18" t="s">
         <v>52</v>
       </c>
-      <c r="K25" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L25" s="18">
-        <v>20110503</v>
+        <v>19760514</v>
       </c>
       <c r="M25" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="R25" s="18">
+        <v>60</v>
+      </c>
+      <c r="V25" s="19">
+        <v>3846360122</v>
+      </c>
+      <c r="W25" s="20">
+        <v>167909112198</v>
+      </c>
+      <c r="X25" s="20">
+        <v>4872234</v>
+      </c>
+      <c r="Y25" s="20">
+        <v>12</v>
+      </c>
+      <c r="Z25" s="19" t="s">
         <v>145</v>
       </c>
-      <c r="O25" s="18" t="s">
-[...18 lines deleted...]
-        <v>104</v>
+      <c r="AC25" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="AF25" s="18" t="s">
+        <v>675</v>
       </c>
       <c r="AH25" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="26" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A26" s="17" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B26" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="17" t="s">
+        <v>147</v>
+      </c>
+      <c r="D26" s="18" t="s">
         <v>148</v>
       </c>
-      <c r="D26" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E26" s="20">
-        <v>98515263170.339996</v>
+        <v>10204243790.51</v>
       </c>
       <c r="F26" s="20">
-        <v>2083215546</v>
+        <v>267510187</v>
       </c>
       <c r="G26" s="19" t="s">
+        <v>88</v>
+      </c>
+      <c r="I26" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J26" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="L26" s="18">
+        <v>19460312</v>
+      </c>
+      <c r="R26" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="I26" s="18" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="V26" s="19">
-        <v>3306345874</v>
+        <v>139450821</v>
       </c>
       <c r="W26" s="20">
-        <v>143130245911</v>
+        <v>5063960563.5</v>
       </c>
       <c r="X26" s="20">
-        <v>4526700</v>
+        <v>429912</v>
       </c>
       <c r="Y26" s="20">
-        <v>11</v>
-[...11 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A27" s="17" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B27" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C27" s="17" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="D27" s="18" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="E27" s="20">
-        <v>10344411810.51</v>
+        <v>9610691328.7000008</v>
       </c>
       <c r="F27" s="20">
-        <v>277417637</v>
+        <v>174961594</v>
       </c>
       <c r="G27" s="19" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="I27" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J27" s="18" t="s">
         <v>52</v>
       </c>
+      <c r="K27" s="18" t="s">
+        <v>54</v>
+      </c>
       <c r="L27" s="18">
-        <v>19460312</v>
+        <v>20090708</v>
       </c>
       <c r="R27" s="18" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="V27" s="19">
-        <v>130990267</v>
+        <v>206434357</v>
       </c>
       <c r="W27" s="20">
-        <v>4733568781</v>
+        <v>11639614030</v>
       </c>
       <c r="X27" s="20">
-        <v>400876</v>
+        <v>1099758</v>
       </c>
       <c r="Y27" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A28" s="17" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B28" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="17" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="D28" s="18" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="E28" s="20">
-        <v>10040348224.41</v>
+        <v>1507353441.53</v>
       </c>
       <c r="F28" s="20">
-        <v>174909477</v>
+        <v>162198037</v>
       </c>
       <c r="G28" s="19" t="s">
-        <v>89</v>
+        <v>75</v>
       </c>
       <c r="I28" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J28" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K28" s="18" t="s">
         <v>54</v>
       </c>
       <c r="L28" s="18">
-        <v>20090708</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>20131217</v>
       </c>
       <c r="V28" s="19">
-        <v>187642869</v>
+        <v>192512617</v>
       </c>
       <c r="W28" s="20">
-        <v>10505084594.5</v>
+        <v>1379141381.5</v>
       </c>
       <c r="X28" s="20">
-        <v>1011860</v>
+        <v>419450</v>
       </c>
       <c r="Y28" s="20">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AC28" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="AH28" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="29" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A29" s="17" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B29" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C29" s="17" t="s">
+        <v>156</v>
+      </c>
+      <c r="D29" s="18" t="s">
+        <v>157</v>
+      </c>
+      <c r="E29" s="20">
+        <v>579172909.67999995</v>
+      </c>
+      <c r="F29" s="20">
+        <v>42337201</v>
+      </c>
+      <c r="G29" s="19" t="s">
+        <v>88</v>
+      </c>
+      <c r="I29" s="18" t="s">
         <v>158</v>
       </c>
-      <c r="D29" s="18" t="s">
-[...11 lines deleted...]
-      <c r="I29" s="18" t="s">
+      <c r="J29" s="18" t="s">
         <v>66</v>
       </c>
-      <c r="J29" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L29" s="18">
-        <v>20131217</v>
+        <v>19900910</v>
       </c>
       <c r="V29" s="19">
-        <v>181367823</v>
+        <v>583278</v>
       </c>
       <c r="W29" s="20">
-        <v>1283944278</v>
+        <v>7777243.5</v>
       </c>
       <c r="X29" s="20">
-        <v>388954</v>
+        <v>1763</v>
       </c>
       <c r="Y29" s="20">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A30" s="17" t="s">
-        <v>160</v>
+        <v>317</v>
       </c>
       <c r="B30" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C30" s="17" t="s">
-        <v>161</v>
+        <v>686</v>
       </c>
       <c r="D30" s="18" t="s">
-        <v>162</v>
+        <v>687</v>
       </c>
       <c r="E30" s="20">
-        <v>563084773.29999995</v>
+        <v>264460623.69999999</v>
       </c>
       <c r="F30" s="20">
-        <v>42337201</v>
+        <v>290616070</v>
       </c>
       <c r="G30" s="19" t="s">
-        <v>89</v>
+        <v>75</v>
       </c>
       <c r="I30" s="18" t="s">
-        <v>163</v>
+        <v>65</v>
       </c>
       <c r="J30" s="18" t="s">
-        <v>67</v>
+        <v>52</v>
+      </c>
+      <c r="K30" s="18" t="s">
+        <v>63</v>
       </c>
       <c r="L30" s="18">
-        <v>19900910</v>
+        <v>20200603</v>
+      </c>
+      <c r="P30" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="V30" s="19">
-        <v>508510</v>
+        <v>23420173</v>
       </c>
       <c r="W30" s="20">
-        <v>6798933</v>
+        <v>14671706</v>
       </c>
       <c r="X30" s="20">
-        <v>1590</v>
+        <v>7933</v>
       </c>
       <c r="Y30" s="20">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AC30" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="AH30" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="31" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A31" s="17" t="s">
-        <v>322</v>
+        <v>159</v>
       </c>
       <c r="B31" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C31" s="17" t="s">
-        <v>697</v>
+        <v>160</v>
       </c>
       <c r="D31" s="18" t="s">
-        <v>698</v>
+        <v>161</v>
       </c>
       <c r="E31" s="20">
-        <v>270272945.10000002</v>
+        <v>44046336028.639999</v>
       </c>
       <c r="F31" s="20">
-        <v>290616070</v>
+        <v>1896165168</v>
       </c>
       <c r="G31" s="19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I31" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J31" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K31" s="18" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="L31" s="18">
-        <v>20200603</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>20091203</v>
+      </c>
+      <c r="M31" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="R31" s="18">
+        <v>60</v>
       </c>
       <c r="V31" s="19">
-        <v>20361936</v>
+        <v>2176056967</v>
       </c>
       <c r="W31" s="20">
-        <v>11957767</v>
+        <v>46995800785</v>
       </c>
       <c r="X31" s="20">
-        <v>6884</v>
+        <v>3606485</v>
       </c>
       <c r="Y31" s="20">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AA31" s="18" t="s">
+        <v>162</v>
       </c>
       <c r="AC31" s="18" t="s">
-        <v>103</v>
+        <v>676</v>
       </c>
       <c r="AH31" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="32" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A32" s="17" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B32" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C32" s="17" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D32" s="18" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E32" s="20">
-        <v>47418620577.330002</v>
+        <v>2600813138.9699998</v>
       </c>
       <c r="F32" s="20">
-        <v>1902332001</v>
+        <v>211965211</v>
       </c>
       <c r="G32" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="H32" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="I32" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J32" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K32" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="L32" s="18">
+        <v>20060301</v>
+      </c>
+      <c r="R32" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="I32" s="18" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="V32" s="19">
-        <v>1913501175</v>
+        <v>165331933</v>
       </c>
       <c r="W32" s="20">
-        <v>40664382241</v>
+        <v>1415014432.5</v>
       </c>
       <c r="X32" s="20">
-        <v>3313448</v>
+        <v>658956</v>
       </c>
       <c r="Y32" s="20">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A33" s="17" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B33" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C33" s="17" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D33" s="18" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="E33" s="20">
-        <v>2624603375.1900001</v>
+        <v>132631559.02</v>
       </c>
       <c r="F33" s="20">
-        <v>213556011</v>
+        <v>68366783</v>
       </c>
       <c r="G33" s="19" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="I33" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J33" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K33" s="18" t="s">
         <v>54</v>
       </c>
       <c r="L33" s="18">
-        <v>20060301</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>20110411</v>
       </c>
       <c r="V33" s="19">
-        <v>150166154</v>
+        <v>11747850</v>
       </c>
       <c r="W33" s="20">
-        <v>1223873294.5</v>
+        <v>21059944</v>
       </c>
       <c r="X33" s="20">
-        <v>597989</v>
+        <v>13270</v>
       </c>
       <c r="Y33" s="20">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AA33" s="18" t="s">
+        <v>677</v>
+      </c>
+      <c r="AH33" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="34" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A34" s="17" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B34" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C34" s="17" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="D34" s="18" t="s">
         <v>175</v>
       </c>
       <c r="E34" s="20">
-        <v>129213219.87</v>
+        <v>150434000</v>
       </c>
       <c r="F34" s="20">
-        <v>68366783</v>
+        <v>7600000</v>
       </c>
       <c r="G34" s="19" t="s">
-        <v>76</v>
+        <v>88</v>
       </c>
       <c r="I34" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J34" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K34" s="18" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="L34" s="18">
-        <v>20110411</v>
+        <v>20070417</v>
       </c>
       <c r="V34" s="19">
-        <v>11266303</v>
+        <v>2119060</v>
       </c>
       <c r="W34" s="20">
-        <v>20177919.5</v>
+        <v>38205980</v>
       </c>
       <c r="X34" s="20">
-        <v>12452</v>
+        <v>1725</v>
       </c>
       <c r="Y34" s="20">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A35" s="17" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B35" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C35" s="17" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="D35" s="18" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="E35" s="20">
-        <v>147712000</v>
+        <v>724794119.03999996</v>
       </c>
       <c r="F35" s="20">
-        <v>7600000</v>
+        <v>62267536</v>
       </c>
       <c r="G35" s="19" t="s">
-        <v>89</v>
+        <v>60</v>
+      </c>
+      <c r="H35" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="I35" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J35" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K35" s="18" t="s">
         <v>63</v>
       </c>
       <c r="L35" s="18">
-        <v>20070417</v>
+        <v>20070528</v>
+      </c>
+      <c r="P35" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="V35" s="19">
-        <v>1879135</v>
+        <v>10472580</v>
       </c>
       <c r="W35" s="20">
-        <v>33838509.5</v>
+        <v>96221914</v>
       </c>
       <c r="X35" s="20">
-        <v>1532</v>
+        <v>35042</v>
       </c>
       <c r="Y35" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A36" s="17" t="s">
         <v>181</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>182</v>
       </c>
       <c r="D36" s="18" t="s">
         <v>183</v>
       </c>
       <c r="E36" s="20">
-        <v>746250525.89999998</v>
+        <v>21802945552.360001</v>
       </c>
       <c r="F36" s="20">
-        <v>62239410</v>
+        <v>359745499</v>
       </c>
       <c r="G36" s="19" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="I36" s="18" t="s">
-        <v>66</v>
+        <v>97</v>
       </c>
       <c r="J36" s="18" t="s">
         <v>52</v>
       </c>
-      <c r="K36" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L36" s="18">
-        <v>20070528</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>19990106</v>
+      </c>
+      <c r="R36" s="18">
+        <v>60</v>
       </c>
       <c r="V36" s="19">
-        <v>9931234</v>
+        <v>307529289</v>
       </c>
       <c r="W36" s="20">
-        <v>89742313</v>
+        <v>18464400532</v>
       </c>
       <c r="X36" s="20">
-        <v>32173</v>
+        <v>932493</v>
       </c>
       <c r="Y36" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A37" s="17" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B37" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C37" s="17" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="D37" s="18" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="E37" s="20">
-        <v>21757116917.259998</v>
+        <v>149668207116.28</v>
       </c>
       <c r="F37" s="20">
-        <v>358685593</v>
+        <v>2458285474</v>
       </c>
       <c r="G37" s="19" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="I37" s="18" t="s">
-        <v>98</v>
+        <v>65</v>
       </c>
       <c r="J37" s="18" t="s">
         <v>52</v>
       </c>
       <c r="L37" s="18">
-        <v>19990106</v>
+        <v>19530215</v>
+      </c>
+      <c r="M37" s="18" t="s">
+        <v>79</v>
       </c>
       <c r="R37" s="18">
         <v>60</v>
       </c>
       <c r="V37" s="19">
-        <v>289276888</v>
+        <v>2014249868</v>
       </c>
       <c r="W37" s="20">
-        <v>17289916322.5</v>
+        <v>126792951206</v>
       </c>
       <c r="X37" s="20">
-        <v>875145</v>
+        <v>3591960</v>
       </c>
       <c r="Y37" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A38" s="17" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="B38" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C38" s="17" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="D38" s="18" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="E38" s="20">
-        <v>154439868939.95001</v>
+        <v>2577325643.6399999</v>
       </c>
       <c r="F38" s="20">
-        <v>2458275613</v>
+        <v>121801779</v>
       </c>
       <c r="G38" s="19" t="s">
-        <v>89</v>
+        <v>60</v>
+      </c>
+      <c r="H38" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="I38" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J38" s="18" t="s">
         <v>52</v>
       </c>
+      <c r="K38" s="18" t="s">
+        <v>62</v>
+      </c>
       <c r="L38" s="18">
-        <v>19530215</v>
+        <v>20110603</v>
       </c>
       <c r="M38" s="18" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>79</v>
+      </c>
+      <c r="R38" s="18" t="s">
+        <v>76</v>
       </c>
       <c r="V38" s="19">
-        <v>1894922449</v>
+        <v>121778900</v>
       </c>
       <c r="W38" s="20">
-        <v>119043162170.5</v>
+        <v>1633973056</v>
       </c>
       <c r="X38" s="20">
-        <v>3348441</v>
+        <v>568707</v>
       </c>
       <c r="Y38" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A39" s="17" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B39" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C39" s="17" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="D39" s="18" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="E39" s="20">
-        <v>2366608565.9699998</v>
+        <v>469362485.19999999</v>
       </c>
       <c r="F39" s="20">
-        <v>121801779</v>
+        <v>184788380</v>
       </c>
       <c r="G39" s="19" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H39" s="18" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I39" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J39" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K39" s="18" t="s">
         <v>63</v>
       </c>
       <c r="L39" s="18">
-        <v>20110603</v>
-[...5 lines deleted...]
-        <v>77</v>
+        <v>19930625</v>
+      </c>
+      <c r="P39" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="V39" s="19">
-        <v>112214181</v>
+        <v>42407984</v>
       </c>
       <c r="W39" s="20">
-        <v>1434800886.5</v>
+        <v>106072879</v>
       </c>
       <c r="X39" s="20">
-        <v>523465</v>
+        <v>102403</v>
       </c>
       <c r="Y39" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A40" s="17" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="B40" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C40" s="17" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="D40" s="18" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="E40" s="20">
-        <v>491532568.80000001</v>
+        <v>110520002.45</v>
       </c>
       <c r="F40" s="20">
-        <v>184786680</v>
+        <v>77286715</v>
       </c>
       <c r="G40" s="19" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H40" s="18" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I40" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J40" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K40" s="18" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="L40" s="18">
-        <v>19930625</v>
+        <v>20070813</v>
+      </c>
+      <c r="O40" s="18" t="s">
+        <v>89</v>
       </c>
       <c r="P40" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
+      </c>
+      <c r="Q40" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="V40" s="19">
-        <v>39619033</v>
+        <v>66846129</v>
       </c>
       <c r="W40" s="20">
-        <v>98849525.5</v>
+        <v>114099968</v>
       </c>
       <c r="X40" s="20">
-        <v>95692</v>
+        <v>87977</v>
       </c>
       <c r="Y40" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A41" s="17" t="s">
         <v>198</v>
       </c>
       <c r="B41" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>199</v>
       </c>
       <c r="D41" s="18" t="s">
         <v>200</v>
       </c>
       <c r="E41" s="20">
-        <v>101245596.65000001</v>
+        <v>149601685.03999999</v>
       </c>
       <c r="F41" s="20">
-        <v>77286715</v>
+        <v>110001239</v>
       </c>
       <c r="G41" s="19" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H41" s="18" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I41" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J41" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K41" s="18" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="L41" s="18">
-        <v>20070813</v>
-[...8 lines deleted...]
-        <v>65</v>
+        <v>20050805</v>
       </c>
       <c r="V41" s="19">
-        <v>64051876</v>
+        <v>13953205</v>
       </c>
       <c r="W41" s="20">
-        <v>110190510.5</v>
+        <v>1055282.5</v>
       </c>
       <c r="X41" s="20">
-        <v>84163</v>
+        <v>2072</v>
       </c>
       <c r="Y41" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A42" s="17" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="B42" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C42" s="17" t="s">
+        <v>202</v>
+      </c>
+      <c r="D42" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="E42" s="20">
+        <v>238204315.19999999</v>
+      </c>
+      <c r="F42" s="20">
+        <v>99251798</v>
+      </c>
+      <c r="G42" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="H42" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="I42" s="18" t="s">
         <v>204</v>
       </c>
-      <c r="D42" s="18" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J42" s="18" t="s">
-        <v>52</v>
+        <v>179</v>
       </c>
       <c r="K42" s="18" t="s">
         <v>54</v>
       </c>
       <c r="L42" s="18">
-        <v>20050805</v>
+        <v>20070801</v>
       </c>
       <c r="V42" s="19">
-        <v>13845422</v>
+        <v>33510081</v>
       </c>
       <c r="W42" s="20">
-        <v>908464</v>
+        <v>67552327</v>
       </c>
       <c r="X42" s="20">
-        <v>1863</v>
+        <v>26180</v>
       </c>
       <c r="Y42" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A43" s="17" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="B43" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C43" s="17" t="s">
+        <v>206</v>
+      </c>
+      <c r="D43" s="18" t="s">
         <v>207</v>
       </c>
-      <c r="D43" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E43" s="20">
-        <v>218353955.59999999</v>
+        <v>37626360383.459999</v>
       </c>
       <c r="F43" s="20">
-        <v>99251798</v>
+        <v>571718863</v>
       </c>
       <c r="G43" s="19" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="I43" s="18" t="s">
-        <v>209</v>
+        <v>94</v>
       </c>
       <c r="J43" s="18" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="L43" s="18">
-        <v>20070801</v>
+        <v>19691119</v>
+      </c>
+      <c r="M43" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="R43" s="18">
+        <v>60</v>
       </c>
       <c r="V43" s="19">
-        <v>30564550</v>
+        <v>416566545</v>
       </c>
       <c r="W43" s="20">
-        <v>60507585.5</v>
+        <v>27277825894.5</v>
       </c>
       <c r="X43" s="20">
-        <v>22974</v>
+        <v>1256569</v>
       </c>
       <c r="Y43" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A44" s="17" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="B44" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C44" s="17" t="s">
+        <v>210</v>
+      </c>
+      <c r="D44" s="18" t="s">
         <v>211</v>
       </c>
-      <c r="D44" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E44" s="20">
-        <v>38552869703</v>
+        <v>2490557473.46</v>
       </c>
       <c r="F44" s="20">
-        <v>571664243</v>
+        <v>163960334</v>
       </c>
       <c r="G44" s="19" t="s">
-        <v>89</v>
+        <v>75</v>
       </c>
       <c r="I44" s="18" t="s">
-        <v>95</v>
+        <v>65</v>
       </c>
       <c r="J44" s="18" t="s">
         <v>52</v>
       </c>
       <c r="L44" s="18">
-        <v>19691119</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>19961125</v>
+      </c>
+      <c r="R44" s="18" t="s">
+        <v>76</v>
       </c>
       <c r="V44" s="19">
-        <v>381975849</v>
+        <v>166656226</v>
       </c>
       <c r="W44" s="20">
-        <v>24874650352</v>
+        <v>2184710879.5</v>
       </c>
       <c r="X44" s="20">
-        <v>1169829</v>
+        <v>549567</v>
       </c>
       <c r="Y44" s="20">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AH44" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="AI44" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="45" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A45" s="17" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="B45" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C45" s="17" t="s">
+        <v>213</v>
+      </c>
+      <c r="D45" s="18" t="s">
+        <v>214</v>
+      </c>
+      <c r="E45" s="20">
+        <v>421206142.5</v>
+      </c>
+      <c r="F45" s="20">
+        <v>69620850</v>
+      </c>
+      <c r="G45" s="19" t="s">
+        <v>75</v>
+      </c>
+      <c r="I45" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="J45" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="K45" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L45" s="18">
+        <v>20161103</v>
+      </c>
+      <c r="V45" s="19">
+        <v>10293746</v>
+      </c>
+      <c r="W45" s="20">
+        <v>63756509</v>
+      </c>
+      <c r="X45" s="20">
+        <v>48769</v>
+      </c>
+      <c r="Y45" s="20">
+        <v>12</v>
+      </c>
+      <c r="AD45" s="18" t="s">
         <v>215</v>
       </c>
-      <c r="D45" s="18" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="AH45" s="18" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="46" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A46" s="17" t="s">
         <v>217</v>
       </c>
       <c r="B46" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C46" s="17" t="s">
         <v>218</v>
       </c>
       <c r="D46" s="18" t="s">
         <v>219</v>
       </c>
       <c r="E46" s="20">
-        <v>454525174</v>
+        <v>4115751156.6399999</v>
       </c>
       <c r="F46" s="20">
-        <v>69712450</v>
+        <v>163843597</v>
       </c>
       <c r="G46" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="H46" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="I46" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J46" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K46" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="L46" s="18">
+        <v>20110614</v>
+      </c>
+      <c r="R46" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="I46" s="18" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V46" s="19">
-        <v>9618033</v>
+        <v>171235271</v>
       </c>
       <c r="W46" s="20">
-        <v>59496330.5</v>
+        <v>4074114274.5</v>
       </c>
       <c r="X46" s="20">
-        <v>46350</v>
+        <v>634704</v>
       </c>
       <c r="Y46" s="20">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A47" s="17" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="B47" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C47" s="17" t="s">
+        <v>221</v>
+      </c>
+      <c r="D47" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="E47" s="20">
+        <v>206804996.30000001</v>
+      </c>
+      <c r="F47" s="20">
+        <v>35290955</v>
+      </c>
+      <c r="G47" s="19" t="s">
+        <v>75</v>
+      </c>
+      <c r="I47" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J47" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K47" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L47" s="18">
+        <v>20080219</v>
+      </c>
+      <c r="M47" s="18" t="s">
+        <v>95</v>
+      </c>
+      <c r="N47" s="18" t="s">
+        <v>141</v>
+      </c>
+      <c r="V47" s="19">
+        <v>12723946</v>
+      </c>
+      <c r="W47" s="20">
+        <v>81237412</v>
+      </c>
+      <c r="X47" s="20">
+        <v>69005</v>
+      </c>
+      <c r="Y47" s="20">
+        <v>12</v>
+      </c>
+      <c r="AC47" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="AD47" s="18" t="s">
         <v>223</v>
       </c>
-      <c r="D47" s="18" t="s">
-[...39 lines deleted...]
-        <v>11</v>
+      <c r="AH47" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="48" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A48" s="17" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="B48" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C48" s="17" t="s">
+        <v>225</v>
+      </c>
+      <c r="D48" s="18" t="s">
         <v>226</v>
       </c>
-      <c r="D48" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E48" s="20">
-        <v>226567931.09999999</v>
+        <v>821393363.85000002</v>
       </c>
       <c r="F48" s="20">
-        <v>35290955</v>
+        <v>125403567</v>
       </c>
       <c r="G48" s="19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I48" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J48" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K48" s="18" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="L48" s="18">
-        <v>20080219</v>
+        <v>20240208</v>
       </c>
       <c r="M48" s="18" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>79</v>
       </c>
       <c r="V48" s="19">
-        <v>10900780</v>
+        <v>17012488</v>
       </c>
       <c r="W48" s="20">
-        <v>70563902.5</v>
+        <v>80575000</v>
       </c>
       <c r="X48" s="20">
-        <v>59597</v>
+        <v>42559</v>
       </c>
       <c r="Y48" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AC48" s="18" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>228</v>
+        <v>65</v>
       </c>
       <c r="AH48" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="49" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A49" s="17" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="B49" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C49" s="17" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="D49" s="18" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="E49" s="20">
-        <v>451749372.16000003</v>
+        <v>2227838157.4899998</v>
       </c>
       <c r="F49" s="20">
-        <v>70256512</v>
+        <v>237762877</v>
       </c>
       <c r="G49" s="19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I49" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J49" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K49" s="18" t="s">
         <v>63</v>
       </c>
       <c r="L49" s="18">
-        <v>20240208</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>20060417</v>
+      </c>
+      <c r="P49" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="R49" s="18" t="s">
+        <v>76</v>
       </c>
       <c r="V49" s="19">
-        <v>9182413</v>
+        <v>165131896</v>
       </c>
       <c r="W49" s="20">
-        <v>57560221.5</v>
+        <v>1151435839</v>
       </c>
       <c r="X49" s="20">
-        <v>30532</v>
+        <v>549743</v>
       </c>
       <c r="Y49" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AC49" s="18" t="s">
-        <v>66</v>
+        <v>230</v>
       </c>
       <c r="AH49" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="50" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A50" s="17" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="B50" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C50" s="17" t="s">
+        <v>232</v>
+      </c>
+      <c r="D50" s="18" t="s">
         <v>233</v>
       </c>
-      <c r="D50" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E50" s="20">
-        <v>2129764862.8399999</v>
+        <v>10665445.560000001</v>
       </c>
       <c r="F50" s="20">
-        <v>238762877</v>
+        <v>12696959</v>
       </c>
       <c r="G50" s="19" t="s">
-        <v>76</v>
+        <v>60</v>
+      </c>
+      <c r="H50" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="I50" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J50" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K50" s="18" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="L50" s="18">
-        <v>20060417</v>
-[...5 lines deleted...]
-        <v>77</v>
+        <v>20050720</v>
       </c>
       <c r="V50" s="19">
-        <v>152602627</v>
+        <v>1627496</v>
       </c>
       <c r="W50" s="20">
-        <v>1036166193.5</v>
+        <v>1512306.5</v>
       </c>
       <c r="X50" s="20">
-        <v>499001</v>
+        <v>1285</v>
       </c>
       <c r="Y50" s="20">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A51" s="17" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="B51" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C51" s="17" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="D51" s="18" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="E51" s="20">
-        <v>10665445.560000001</v>
+        <v>32772078153.040001</v>
       </c>
       <c r="F51" s="20">
-        <v>12696959</v>
+        <v>599781811</v>
       </c>
       <c r="G51" s="19" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="I51" s="18" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="J51" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K51" s="18" t="s">
         <v>54</v>
       </c>
       <c r="L51" s="18">
-        <v>20050720</v>
+        <v>20151105</v>
+      </c>
+      <c r="R51" s="18">
+        <v>60</v>
       </c>
       <c r="V51" s="19">
-        <v>1517855</v>
+        <v>247382846</v>
       </c>
       <c r="W51" s="20">
-        <v>1417878</v>
+        <v>12238244802.5</v>
       </c>
       <c r="X51" s="20">
-        <v>1180</v>
+        <v>881996</v>
       </c>
       <c r="Y51" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A52" s="17" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="B52" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C52" s="17" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="D52" s="18" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="E52" s="20">
-        <v>32832056334.139999</v>
+        <v>57716304305.660004</v>
       </c>
       <c r="F52" s="20">
-        <v>599781811</v>
+        <v>486728827</v>
       </c>
       <c r="G52" s="19" t="s">
-        <v>89</v>
+        <v>75</v>
       </c>
       <c r="I52" s="18" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="J52" s="18" t="s">
         <v>52</v>
       </c>
-      <c r="K52" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L52" s="18">
-        <v>20151105</v>
+        <v>19211125</v>
+      </c>
+      <c r="M52" s="18" t="s">
+        <v>95</v>
       </c>
       <c r="R52" s="18">
         <v>60</v>
       </c>
       <c r="V52" s="19">
-        <v>227956268</v>
+        <v>209718425</v>
       </c>
       <c r="W52" s="20">
-        <v>11200345475</v>
+        <v>23370657739.5</v>
       </c>
       <c r="X52" s="20">
-        <v>814950</v>
+        <v>1206458</v>
       </c>
       <c r="Y52" s="20">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AC52" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="AH52" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="53" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A53" s="17" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="B53" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C53" s="17" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="D53" s="18" t="s">
-        <v>244</v>
+        <v>54</v>
       </c>
       <c r="E53" s="20">
-        <v>68670049654.800003</v>
+        <v>346725005.60000002</v>
       </c>
       <c r="F53" s="20">
-        <v>491553684</v>
+        <v>27961694</v>
       </c>
       <c r="G53" s="19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I53" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J53" s="18" t="s">
         <v>52</v>
       </c>
+      <c r="K53" s="18" t="s">
+        <v>62</v>
+      </c>
       <c r="L53" s="18">
-        <v>19211125</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>20161110</v>
+      </c>
+      <c r="O53" s="18" t="s">
+        <v>71</v>
       </c>
       <c r="V53" s="19">
-        <v>190218932</v>
+        <v>27854746</v>
       </c>
       <c r="W53" s="20">
-        <v>20954606686</v>
+        <v>146197892.5</v>
       </c>
       <c r="X53" s="20">
-        <v>1099977</v>
+        <v>62229</v>
       </c>
       <c r="Y53" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AC53" s="18" t="s">
-        <v>245</v>
+        <v>65</v>
       </c>
       <c r="AH53" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="54" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A54" s="17" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="B54" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C54" s="17" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="D54" s="18" t="s">
-        <v>54</v>
+        <v>245</v>
       </c>
       <c r="E54" s="20">
-        <v>358026497.85000002</v>
+        <v>2785431013.9499998</v>
       </c>
       <c r="F54" s="20">
-        <v>27948985</v>
+        <v>112180065</v>
       </c>
       <c r="G54" s="19" t="s">
+        <v>75</v>
+      </c>
+      <c r="I54" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="J54" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K54" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L54" s="18">
+        <v>20170424</v>
+      </c>
+      <c r="M54" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="R54" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="I54" s="18" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="V54" s="19">
-        <v>27094692</v>
+        <v>26506006</v>
       </c>
       <c r="W54" s="20">
-        <v>136668621.5</v>
+        <v>587409588</v>
       </c>
       <c r="X54" s="20">
-        <v>58419</v>
+        <v>160855</v>
       </c>
       <c r="Y54" s="20">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AA54" s="18" t="s">
+        <v>246</v>
       </c>
       <c r="AC54" s="18" t="s">
-        <v>66</v>
+        <v>120</v>
+      </c>
+      <c r="AF54" s="18" t="s">
+        <v>204</v>
       </c>
       <c r="AH54" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="55" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A55" s="17" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="B55" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C55" s="17" t="s">
+        <v>248</v>
+      </c>
+      <c r="D55" s="18" t="s">
         <v>249</v>
       </c>
-      <c r="D55" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E55" s="20">
-        <v>2949213908.8499999</v>
+        <v>213398991.18000001</v>
       </c>
       <c r="F55" s="20">
-        <v>112180065</v>
+        <v>67106601</v>
       </c>
       <c r="G55" s="19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I55" s="18" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="J55" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K55" s="18" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="L55" s="18">
-        <v>20170424</v>
-[...5 lines deleted...]
-        <v>77</v>
+        <v>20140619</v>
+      </c>
+      <c r="O55" s="18" t="s">
+        <v>71</v>
       </c>
       <c r="V55" s="19">
-        <v>23396856</v>
+        <v>23306946</v>
       </c>
       <c r="W55" s="20">
-        <v>508305765</v>
+        <v>58733786</v>
       </c>
       <c r="X55" s="20">
-        <v>146115</v>
+        <v>42610</v>
       </c>
       <c r="Y55" s="20">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>251</v>
+        <v>12</v>
       </c>
       <c r="AC55" s="18" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>209</v>
+        <v>65</v>
       </c>
       <c r="AH55" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="56" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A56" s="17" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="B56" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C56" s="17" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="D56" s="18" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="E56" s="20">
-        <v>264400007.94</v>
+        <v>1529652966.1400001</v>
       </c>
       <c r="F56" s="20">
-        <v>67106601</v>
+        <v>199433242</v>
       </c>
       <c r="G56" s="19" t="s">
+        <v>75</v>
+      </c>
+      <c r="I56" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J56" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K56" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L56" s="18">
+        <v>20130301</v>
+      </c>
+      <c r="R56" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="I56" s="18" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="V56" s="19">
-        <v>21511484</v>
+        <v>105019708</v>
       </c>
       <c r="W56" s="20">
-        <v>52597398.5</v>
+        <v>720826793</v>
       </c>
       <c r="X56" s="20">
-        <v>37730</v>
+        <v>419980</v>
       </c>
       <c r="Y56" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AC56" s="18" t="s">
-        <v>66</v>
+        <v>102</v>
       </c>
       <c r="AH56" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="57" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A57" s="17" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="B57" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C57" s="17" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="D57" s="18" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="E57" s="20">
-        <v>1552998290.28</v>
+        <v>12335618742</v>
       </c>
       <c r="F57" s="20">
-        <v>199357932</v>
+        <v>282157518</v>
       </c>
       <c r="G57" s="19" t="s">
+        <v>88</v>
+      </c>
+      <c r="I57" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J57" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K57" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="L57" s="18">
+        <v>20030529</v>
+      </c>
+      <c r="R57" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="I57" s="18" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="V57" s="19">
-        <v>96913830</v>
+        <v>330148188</v>
       </c>
       <c r="W57" s="20">
-        <v>659409276.5</v>
+        <v>14276837355.5</v>
       </c>
       <c r="X57" s="20">
-        <v>386836</v>
+        <v>1086374</v>
       </c>
       <c r="Y57" s="20">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A58" s="17" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="B58" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C58" s="17" t="s">
+        <v>258</v>
+      </c>
+      <c r="D58" s="18" t="s">
         <v>259</v>
       </c>
-      <c r="D58" s="18" t="s">
+      <c r="E58" s="20">
+        <v>191718270.78</v>
+      </c>
+      <c r="F58" s="20">
+        <v>35437758</v>
+      </c>
+      <c r="G58" s="19" t="s">
+        <v>75</v>
+      </c>
+      <c r="I58" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="J58" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K58" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L58" s="18">
+        <v>20080710</v>
+      </c>
+      <c r="M58" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="U58" s="18" t="s">
         <v>260</v>
       </c>
-      <c r="E58" s="20">
-[...22 lines deleted...]
-      </c>
       <c r="V58" s="19">
-        <v>296522234</v>
+        <v>9567603</v>
       </c>
       <c r="W58" s="20">
-        <v>12789872414</v>
+        <v>90679167</v>
       </c>
       <c r="X58" s="20">
-        <v>1004146</v>
+        <v>65277</v>
       </c>
       <c r="Y58" s="20">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AG58" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="AH58" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="59" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A59" s="17" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B59" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C59" s="17" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D59" s="18" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E59" s="20">
-        <v>198000644.80000001</v>
+        <v>488163899.57999998</v>
       </c>
       <c r="F59" s="20">
-        <v>35357258</v>
+        <v>61173421</v>
       </c>
       <c r="G59" s="19" t="s">
-        <v>76</v>
+        <v>60</v>
+      </c>
+      <c r="H59" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="I59" s="18" t="s">
-        <v>97</v>
+        <v>53</v>
       </c>
       <c r="J59" s="18" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="L59" s="18">
-        <v>20080710</v>
-[...5 lines deleted...]
-        <v>265</v>
+        <v>19690627</v>
       </c>
       <c r="V59" s="19">
-        <v>9163414</v>
+        <v>68352444</v>
       </c>
       <c r="W59" s="20">
-        <v>88467942.5</v>
+        <v>709182263.5</v>
       </c>
       <c r="X59" s="20">
-        <v>62684</v>
+        <v>316596</v>
       </c>
       <c r="Y59" s="20">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A60" s="17" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="B60" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C60" s="17" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D60" s="18" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="E60" s="20">
-        <v>463062842.44999999</v>
+        <v>283718716.51999998</v>
       </c>
       <c r="F60" s="20">
-        <v>61170785</v>
+        <v>63614062</v>
       </c>
       <c r="G60" s="19" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="I60" s="18" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="J60" s="18" t="s">
         <v>52</v>
       </c>
+      <c r="K60" s="18" t="s">
+        <v>63</v>
+      </c>
       <c r="L60" s="18">
-        <v>19690627</v>
+        <v>20050623</v>
+      </c>
+      <c r="P60" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q60" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="V60" s="19">
-        <v>64110774</v>
+        <v>2627196</v>
       </c>
       <c r="W60" s="20">
-        <v>676163787.5</v>
+        <v>12644266.5</v>
       </c>
       <c r="X60" s="20">
-        <v>297746</v>
+        <v>8337</v>
       </c>
       <c r="Y60" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A61" s="17" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="B61" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C61" s="17" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="D61" s="18" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="E61" s="20">
-        <v>272262351.72000003</v>
+        <v>78803404.260000005</v>
       </c>
       <c r="F61" s="20">
-        <v>63612699</v>
+        <v>26803879</v>
       </c>
       <c r="G61" s="19" t="s">
-        <v>89</v>
+        <v>60</v>
+      </c>
+      <c r="H61" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="I61" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J61" s="18" t="s">
         <v>52</v>
       </c>
-      <c r="K61" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L61" s="18">
-        <v>20050623</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>19971118</v>
       </c>
       <c r="V61" s="19">
-        <v>2358295</v>
+        <v>21042020</v>
       </c>
       <c r="W61" s="20">
-        <v>11447100</v>
+        <v>67799804.5</v>
       </c>
       <c r="X61" s="20">
-        <v>7742</v>
+        <v>47068</v>
       </c>
       <c r="Y61" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A62" s="17" t="s">
-        <v>274</v>
+        <v>77</v>
       </c>
       <c r="B62" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C62" s="17" t="s">
-        <v>275</v>
+        <v>688</v>
       </c>
       <c r="D62" s="18" t="s">
-        <v>276</v>
+        <v>689</v>
       </c>
       <c r="E62" s="20">
-        <v>76659093.939999998</v>
+        <v>1216306067.4000001</v>
       </c>
       <c r="F62" s="20">
-        <v>26803879</v>
+        <v>675725593</v>
       </c>
       <c r="G62" s="19" t="s">
+        <v>75</v>
+      </c>
+      <c r="I62" s="18" t="s">
         <v>61</v>
       </c>
-      <c r="H62" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J62" s="18" t="s">
         <v>52</v>
       </c>
+      <c r="K62" s="18" t="s">
+        <v>63</v>
+      </c>
       <c r="L62" s="18">
-        <v>19971118</v>
+        <v>20140506</v>
+      </c>
+      <c r="M62" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="P62" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="V62" s="19">
-        <v>20073900</v>
+        <v>162377626</v>
       </c>
       <c r="W62" s="20">
-        <v>65043323.5</v>
+        <v>292019793.5</v>
       </c>
       <c r="X62" s="20">
-        <v>44712</v>
+        <v>233673</v>
       </c>
       <c r="Y62" s="20">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="Z62" s="19" t="s">
+        <v>674</v>
+      </c>
+      <c r="AH62" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="63" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A63" s="17" t="s">
-        <v>78</v>
+        <v>272</v>
       </c>
       <c r="B63" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C63" s="17" t="s">
-        <v>699</v>
+        <v>273</v>
       </c>
       <c r="D63" s="18" t="s">
-        <v>700</v>
+        <v>274</v>
       </c>
       <c r="E63" s="20">
-        <v>1155176124.03</v>
+        <v>1505120721.1600001</v>
       </c>
       <c r="F63" s="20">
-        <v>675541593</v>
+        <v>95623934</v>
       </c>
       <c r="G63" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="H63" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="I63" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J63" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="L63" s="18">
+        <v>19931213</v>
+      </c>
+      <c r="R63" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="I63" s="18" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="V63" s="19">
-        <v>150401950</v>
+        <v>54624220</v>
       </c>
       <c r="W63" s="20">
-        <v>270753397</v>
+        <v>775993422</v>
       </c>
       <c r="X63" s="20">
-        <v>215902</v>
+        <v>278348</v>
       </c>
       <c r="Y63" s="20">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A64" s="17" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="B64" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C64" s="17" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="D64" s="18" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="E64" s="20">
-        <v>1396469331.55</v>
+        <v>630799890.63999999</v>
       </c>
       <c r="F64" s="20">
-        <v>88532555</v>
+        <v>29624539</v>
       </c>
       <c r="G64" s="19" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H64" s="18" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I64" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J64" s="18" t="s">
         <v>52</v>
       </c>
+      <c r="K64" s="18" t="s">
+        <v>54</v>
+      </c>
       <c r="L64" s="18">
-        <v>19931213</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>20061127</v>
+      </c>
+      <c r="M64" s="18" t="s">
+        <v>79</v>
       </c>
       <c r="V64" s="19">
-        <v>50691493</v>
+        <v>27295809</v>
       </c>
       <c r="W64" s="20">
-        <v>714438477</v>
+        <v>610525193</v>
       </c>
       <c r="X64" s="20">
-        <v>258722</v>
+        <v>169925</v>
       </c>
       <c r="Y64" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A65" s="17" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B65" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C65" s="17" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="D65" s="18" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="E65" s="20">
-        <v>646550529.32000005</v>
+        <v>3501764980.5599999</v>
       </c>
       <c r="F65" s="20">
-        <v>29984233</v>
+        <v>193254138</v>
       </c>
       <c r="G65" s="19" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="I65" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J65" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K65" s="18" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="L65" s="18">
-        <v>20061127</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>20030707</v>
+      </c>
+      <c r="R65" s="18" t="s">
+        <v>76</v>
       </c>
       <c r="V65" s="19">
-        <v>23890517</v>
+        <v>231756197</v>
       </c>
       <c r="W65" s="20">
-        <v>545651938.5</v>
+        <v>3459361110</v>
       </c>
       <c r="X65" s="20">
-        <v>152530</v>
+        <v>876891</v>
       </c>
       <c r="Y65" s="20">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AC65" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="AH65" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="66" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A66" s="17" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="B66" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C66" s="17" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="D66" s="18" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="E66" s="20">
-        <v>3581316997.1700001</v>
+        <v>40712971.950000003</v>
       </c>
       <c r="F66" s="20">
-        <v>192854981</v>
+        <v>116322777</v>
       </c>
       <c r="G66" s="19" t="s">
-        <v>76</v>
+        <v>55</v>
+      </c>
+      <c r="H66" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="I66" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J66" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K66" s="18" t="s">
         <v>63</v>
       </c>
       <c r="L66" s="18">
-        <v>20030707</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>20160322</v>
+      </c>
+      <c r="O66" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="P66" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="T66" s="18" t="s">
+        <v>116</v>
       </c>
       <c r="V66" s="19">
-        <v>209619896</v>
+        <v>5576518</v>
       </c>
       <c r="W66" s="20">
-        <v>3056630788.5</v>
+        <v>2716709.5</v>
       </c>
       <c r="X66" s="20">
-        <v>818747</v>
+        <v>1508</v>
       </c>
       <c r="Y66" s="20">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A67" s="17" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="B67" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C67" s="17" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="D67" s="18" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="E67" s="20">
-        <v>34896833.100000001</v>
+        <v>565128423.79999995</v>
       </c>
       <c r="F67" s="20">
-        <v>116322777</v>
+        <v>67117390</v>
       </c>
       <c r="G67" s="19" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="I67" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J67" s="18" t="s">
         <v>52</v>
       </c>
-      <c r="K67" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L67" s="18">
-        <v>20160322</v>
-[...8 lines deleted...]
-        <v>117</v>
+        <v>19800801</v>
+      </c>
+      <c r="M67" s="18" t="s">
+        <v>95</v>
       </c>
       <c r="V67" s="19">
-        <v>5481686</v>
+        <v>77634352</v>
       </c>
       <c r="W67" s="20">
-        <v>2686289.5</v>
+        <v>594042321.5</v>
       </c>
       <c r="X67" s="20">
-        <v>1451</v>
+        <v>360636</v>
       </c>
       <c r="Y67" s="20">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AC67" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="AH67" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="68" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A68" s="17" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="B68" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C68" s="17" t="s">
+        <v>289</v>
+      </c>
+      <c r="D68" s="18" t="s">
         <v>290</v>
       </c>
-      <c r="D68" s="18" t="s">
+      <c r="E68" s="20">
+        <v>13622777942.4</v>
+      </c>
+      <c r="F68" s="20">
+        <v>253258560</v>
+      </c>
+      <c r="G68" s="19" t="s">
+        <v>75</v>
+      </c>
+      <c r="I68" s="18" t="s">
+        <v>169</v>
+      </c>
+      <c r="J68" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="L68" s="18">
+        <v>20011003</v>
+      </c>
+      <c r="M68" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="U68" s="18" t="s">
         <v>291</v>
       </c>
-      <c r="E68" s="20">
-[...19 lines deleted...]
-      </c>
       <c r="V68" s="19">
-        <v>73370259</v>
+        <v>52391292</v>
       </c>
       <c r="W68" s="20">
-        <v>558819472.5</v>
+        <v>2870738397</v>
       </c>
       <c r="X68" s="20">
-        <v>334294</v>
+        <v>357721</v>
       </c>
       <c r="Y68" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AC68" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
+      </c>
+      <c r="AG68" s="18" t="s">
+        <v>678</v>
       </c>
       <c r="AH68" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="69" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A69" s="17" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="B69" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C69" s="17" t="s">
+        <v>293</v>
+      </c>
+      <c r="D69" s="18" t="s">
         <v>294</v>
       </c>
-      <c r="D69" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E69" s="20">
-        <v>14461063776</v>
+        <v>3489594416.1300001</v>
       </c>
       <c r="F69" s="20">
-        <v>253258560</v>
+        <v>144257727</v>
       </c>
       <c r="G69" s="19" t="s">
+        <v>75</v>
+      </c>
+      <c r="I69" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J69" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K69" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L69" s="18">
+        <v>20050406</v>
+      </c>
+      <c r="R69" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="I69" s="18" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="V69" s="19">
-        <v>47524198</v>
+        <v>130878268</v>
       </c>
       <c r="W69" s="20">
-        <v>2603772242.5</v>
+        <v>2851080698</v>
       </c>
       <c r="X69" s="20">
-        <v>323955</v>
+        <v>497469</v>
       </c>
       <c r="Y69" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AC69" s="18" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>689</v>
+        <v>65</v>
       </c>
       <c r="AH69" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="70" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A70" s="17" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="B70" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C70" s="17" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="D70" s="18" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="E70" s="20">
-        <v>3462817070.8000002</v>
+        <v>1773674809.2</v>
       </c>
       <c r="F70" s="20">
-        <v>143864440</v>
+        <v>96134136</v>
       </c>
       <c r="G70" s="19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I70" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J70" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K70" s="18" t="s">
         <v>63</v>
       </c>
       <c r="L70" s="18">
-        <v>20050406</v>
+        <v>20111003</v>
+      </c>
+      <c r="P70" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="R70" s="18" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="V70" s="19">
-        <v>126110449</v>
+        <v>157077532</v>
       </c>
       <c r="W70" s="20">
-        <v>2732699860.5</v>
+        <v>2410525391</v>
       </c>
       <c r="X70" s="20">
-        <v>472550</v>
+        <v>601153</v>
       </c>
       <c r="Y70" s="20">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>12</v>
+      </c>
+      <c r="AD70" s="18" t="s">
+        <v>103</v>
       </c>
       <c r="AH70" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="71" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A71" s="17" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="B71" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C71" s="17" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="D71" s="18" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="E71" s="20">
-        <v>1782181516</v>
+        <v>934572012.44000006</v>
       </c>
       <c r="F71" s="20">
-        <v>96334136</v>
+        <v>77945956</v>
       </c>
       <c r="G71" s="19" t="s">
-        <v>76</v>
+        <v>60</v>
+      </c>
+      <c r="H71" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="I71" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J71" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K71" s="18" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="L71" s="18">
-        <v>20111003</v>
+        <v>19971224</v>
+      </c>
+      <c r="O71" s="18" t="s">
+        <v>71</v>
       </c>
       <c r="P71" s="18" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>64</v>
+      </c>
+      <c r="Q71" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="V71" s="19">
-        <v>145324812</v>
+        <v>45009966</v>
       </c>
       <c r="W71" s="20">
-        <v>2197490233.5</v>
+        <v>548810973</v>
       </c>
       <c r="X71" s="20">
-        <v>558093</v>
+        <v>212891</v>
       </c>
       <c r="Y71" s="20">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A72" s="17" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="B72" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C72" s="17" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="D72" s="18" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="E72" s="20">
-        <v>952586629.83000004</v>
+        <v>32293995742.380001</v>
       </c>
       <c r="F72" s="20">
-        <v>78016923</v>
+        <v>656029112</v>
       </c>
       <c r="G72" s="19" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="I72" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J72" s="18" t="s">
         <v>52</v>
       </c>
-      <c r="K72" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L72" s="18">
-        <v>19971224</v>
-[...8 lines deleted...]
-        <v>65</v>
+        <v>19971024</v>
+      </c>
+      <c r="M72" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="R72" s="18">
+        <v>60</v>
       </c>
       <c r="V72" s="19">
-        <v>41278327</v>
+        <v>854031353</v>
       </c>
       <c r="W72" s="20">
-        <v>503671524.5</v>
+        <v>44733291092.5</v>
       </c>
       <c r="X72" s="20">
-        <v>197919</v>
+        <v>2221243</v>
       </c>
       <c r="Y72" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A73" s="17" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="B73" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C73" s="17" t="s">
+        <v>305</v>
+      </c>
+      <c r="D73" s="18" t="s">
+        <v>306</v>
+      </c>
+      <c r="E73" s="20">
+        <v>351495722.65499997</v>
+      </c>
+      <c r="F73" s="20">
+        <v>912975903</v>
+      </c>
+      <c r="G73" s="19" t="s">
+        <v>75</v>
+      </c>
+      <c r="I73" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="J73" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K73" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L73" s="18">
+        <v>20230216</v>
+      </c>
+      <c r="M73" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="O73" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="P73" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="U73" s="18" t="s">
         <v>307</v>
       </c>
-      <c r="D73" s="18" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="V73" s="19">
-        <v>773230861</v>
+        <v>216603321</v>
       </c>
       <c r="W73" s="20">
-        <v>40491915280</v>
+        <v>126564976.5</v>
       </c>
       <c r="X73" s="20">
-        <v>2048627</v>
+        <v>81434</v>
       </c>
       <c r="Y73" s="20">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AD73" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="AH73" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="74" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A74" s="17" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="B74" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C74" s="17" t="s">
+        <v>309</v>
+      </c>
+      <c r="D74" s="18" t="s">
         <v>310</v>
       </c>
-      <c r="D74" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E74" s="20">
-        <v>356075905.38</v>
+        <v>245830181.15000001</v>
       </c>
       <c r="F74" s="20">
-        <v>913015142</v>
+        <v>132881179</v>
       </c>
       <c r="G74" s="19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I74" s="18" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="J74" s="18" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="K74" s="18" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="L74" s="18">
-        <v>20230216</v>
-[...11 lines deleted...]
-        <v>312</v>
+        <v>20160208</v>
       </c>
       <c r="V74" s="19">
-        <v>193767147</v>
+        <v>10924626</v>
       </c>
       <c r="W74" s="20">
-        <v>117763549.5</v>
+        <v>16736480.5</v>
       </c>
       <c r="X74" s="20">
-        <v>75039</v>
+        <v>12316</v>
       </c>
       <c r="Y74" s="20">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>12</v>
+      </c>
+      <c r="AC74" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="AH74" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="75" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A75" s="17" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="B75" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C75" s="17" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="D75" s="18" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="E75" s="20">
-        <v>236607367.72999999</v>
+        <v>4612558789.0799999</v>
       </c>
       <c r="F75" s="20">
-        <v>132182887</v>
+        <v>203106948</v>
       </c>
       <c r="G75" s="19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I75" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J75" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K75" s="18" t="s">
         <v>63</v>
       </c>
       <c r="L75" s="18">
-        <v>20160208</v>
+        <v>20010528</v>
+      </c>
+      <c r="P75" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q75" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="R75" s="18" t="s">
+        <v>76</v>
       </c>
       <c r="V75" s="19">
-        <v>9432158</v>
+        <v>222444820</v>
       </c>
       <c r="W75" s="20">
-        <v>13849383</v>
+        <v>4175474420</v>
       </c>
       <c r="X75" s="20">
-        <v>10650</v>
+        <v>874233</v>
       </c>
       <c r="Y75" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AC75" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AH75" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="76" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A76" s="17" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="B76" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C76" s="17" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="D76" s="18" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="E76" s="20">
-        <v>4527265241.6199999</v>
+        <v>339045540</v>
       </c>
       <c r="F76" s="20">
-        <v>201929761</v>
+        <v>45206072</v>
       </c>
       <c r="G76" s="19" t="s">
-        <v>76</v>
+        <v>60</v>
+      </c>
+      <c r="H76" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="I76" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J76" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K76" s="18" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="L76" s="18">
-        <v>20010528</v>
+        <v>20030324</v>
+      </c>
+      <c r="O76" s="18" t="s">
+        <v>89</v>
       </c>
       <c r="P76" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="Q76" s="18" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="V76" s="19">
-        <v>203770584</v>
+        <v>28912947</v>
       </c>
       <c r="W76" s="20">
-        <v>3753829102.5</v>
+        <v>228819387</v>
       </c>
       <c r="X76" s="20">
-        <v>802890</v>
+        <v>93870</v>
       </c>
       <c r="Y76" s="20">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A77" s="17" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="B77" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C77" s="17" t="s">
+        <v>319</v>
+      </c>
+      <c r="D77" s="18" t="s">
         <v>320</v>
       </c>
-      <c r="D77" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E77" s="20">
-        <v>338406229.27999997</v>
+        <v>290621165.22000003</v>
       </c>
       <c r="F77" s="20">
-        <v>45181072</v>
+        <v>358791562</v>
       </c>
       <c r="G77" s="19" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="H77" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="I77" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J77" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K77" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L77" s="18">
+        <v>20160303</v>
+      </c>
+      <c r="O77" s="18" t="s">
         <v>71</v>
       </c>
-      <c r="I77" s="18" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="P77" s="18" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="V77" s="19">
-        <v>26059381</v>
+        <v>51092746</v>
       </c>
       <c r="W77" s="20">
-        <v>206995368</v>
+        <v>36950083</v>
       </c>
       <c r="X77" s="20">
-        <v>82454</v>
+        <v>15159</v>
       </c>
       <c r="Y77" s="20">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AC77" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="AH77" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="78" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A78" s="17" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="B78" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C78" s="17" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="D78" s="18" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="E78" s="20">
-        <v>312148658.94</v>
+        <v>28031512.719999999</v>
       </c>
       <c r="F78" s="20">
-        <v>358791562</v>
+        <v>1401575636</v>
       </c>
       <c r="G78" s="19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I78" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J78" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K78" s="18" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="L78" s="18">
-        <v>20160303</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>20160916</v>
       </c>
       <c r="V78" s="19">
-        <v>45716547</v>
+        <v>36455862</v>
       </c>
       <c r="W78" s="20">
-        <v>32299253</v>
+        <v>1251058.5</v>
       </c>
       <c r="X78" s="20">
-        <v>13697</v>
+        <v>3092</v>
       </c>
       <c r="Y78" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AC78" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AH78" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="79" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A79" s="17" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="B79" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C79" s="17" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="D79" s="18" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="E79" s="20">
-        <v>28031512.719999999</v>
+        <v>6290195412.96</v>
       </c>
       <c r="F79" s="20">
-        <v>1401575636</v>
+        <v>232711632</v>
       </c>
       <c r="G79" s="19" t="s">
+        <v>75</v>
+      </c>
+      <c r="I79" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J79" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K79" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="L79" s="18">
+        <v>20140529</v>
+      </c>
+      <c r="R79" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="I79" s="18" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V79" s="19">
-        <v>32839713</v>
+        <v>97246750</v>
       </c>
       <c r="W79" s="20">
-        <v>1159930</v>
+        <v>2436166084.5</v>
       </c>
       <c r="X79" s="20">
-        <v>2696</v>
+        <v>480970</v>
       </c>
       <c r="Y79" s="20">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>12</v>
       </c>
       <c r="AH79" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
+      </c>
+      <c r="AI79" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="80" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A80" s="17" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="B80" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C80" s="17" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="D80" s="18" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="E80" s="20">
-        <v>6243653086.5600004</v>
+        <v>1278616582.53</v>
       </c>
       <c r="F80" s="20">
-        <v>232711632</v>
+        <v>12982197</v>
       </c>
       <c r="G80" s="19" t="s">
-        <v>76</v>
+        <v>60</v>
+      </c>
+      <c r="H80" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="I80" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J80" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K80" s="18" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="L80" s="18">
-        <v>20140529</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>19880923</v>
+      </c>
+      <c r="M80" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="P80" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="V80" s="19">
-        <v>90841064</v>
+        <v>26412888</v>
       </c>
       <c r="W80" s="20">
-        <v>2261661338.5</v>
+        <v>1952107203</v>
       </c>
       <c r="X80" s="20">
-        <v>451884</v>
+        <v>203298</v>
       </c>
       <c r="Y80" s="20">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A81" s="17" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="B81" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C81" s="17" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="D81" s="18" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="E81" s="20">
-        <v>1141744601.4000001</v>
+        <v>166879515.53</v>
       </c>
       <c r="F81" s="20">
-        <v>13108434</v>
+        <v>50723257</v>
       </c>
       <c r="G81" s="19" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H81" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="I81" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J81" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K81" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L81" s="18">
+        <v>20011121</v>
+      </c>
+      <c r="O81" s="18" t="s">
         <v>71</v>
       </c>
-      <c r="I81" s="18" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="P81" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="V81" s="19">
-        <v>24397904</v>
+        <v>7105962</v>
       </c>
       <c r="W81" s="20">
-        <v>1761617623.5</v>
+        <v>23291822</v>
       </c>
       <c r="X81" s="20">
-        <v>187348</v>
+        <v>20540</v>
       </c>
       <c r="Y81" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A82" s="17" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="B82" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C82" s="17" t="s">
+        <v>334</v>
+      </c>
+      <c r="D82" s="18" t="s">
+        <v>335</v>
+      </c>
+      <c r="E82" s="20">
+        <v>132839909.16</v>
+      </c>
+      <c r="F82" s="20">
+        <v>428515836</v>
+      </c>
+      <c r="G82" s="19" t="s">
+        <v>75</v>
+      </c>
+      <c r="I82" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J82" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="L82" s="18">
+        <v>20030721</v>
+      </c>
+      <c r="M82" s="18" t="s">
         <v>336</v>
       </c>
-      <c r="D82" s="18" t="s">
+      <c r="V82" s="19">
+        <v>7048775</v>
+      </c>
+      <c r="W82" s="20">
+        <v>2097524.5</v>
+      </c>
+      <c r="X82" s="20">
+        <v>2461</v>
+      </c>
+      <c r="Y82" s="20">
+        <v>12</v>
+      </c>
+      <c r="AC82" s="18" t="s">
         <v>337</v>
       </c>
-      <c r="E82" s="20">
-[...39 lines deleted...]
-        <v>11</v>
+      <c r="AE82" s="18" t="s">
+        <v>338</v>
+      </c>
+      <c r="AH82" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="83" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A83" s="17" t="s">
-        <v>338</v>
+        <v>696</v>
       </c>
       <c r="B83" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C83" s="17" t="s">
-        <v>339</v>
+        <v>697</v>
       </c>
       <c r="D83" s="18" t="s">
-        <v>340</v>
+        <v>698</v>
       </c>
       <c r="E83" s="20">
-        <v>128554750.8</v>
+        <v>1489600000</v>
       </c>
       <c r="F83" s="20">
-        <v>428515836</v>
+        <v>53200000</v>
       </c>
       <c r="G83" s="19" t="s">
-        <v>76</v>
+        <v>60</v>
+      </c>
+      <c r="H83" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="I83" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J83" s="18" t="s">
         <v>52</v>
       </c>
+      <c r="K83" s="18" t="s">
+        <v>54</v>
+      </c>
       <c r="L83" s="18">
-        <v>20030721</v>
-[...2 lines deleted...]
-        <v>341</v>
+        <v>20251009</v>
       </c>
       <c r="V83" s="19">
-        <v>6445567</v>
+        <v>14222075</v>
       </c>
       <c r="W83" s="20">
-        <v>1913071.5</v>
+        <v>370197512.5</v>
       </c>
       <c r="X83" s="20">
-        <v>2275</v>
+        <v>67059</v>
       </c>
       <c r="Y83" s="20">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>65</v>
+        <v>3</v>
       </c>
     </row>
     <row r="84" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A84" s="17" t="s">
-        <v>707</v>
+        <v>339</v>
       </c>
       <c r="B84" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C84" s="17" t="s">
-        <v>708</v>
+        <v>340</v>
       </c>
       <c r="D84" s="18" t="s">
-        <v>709</v>
+        <v>341</v>
       </c>
       <c r="E84" s="20">
-        <v>1489068000</v>
+        <v>224809164</v>
       </c>
       <c r="F84" s="20">
-        <v>53200000</v>
+        <v>93670485</v>
       </c>
       <c r="G84" s="19" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="I84" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J84" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K84" s="18" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="L84" s="18">
-        <v>20251009</v>
+        <v>20210909</v>
       </c>
       <c r="V84" s="19">
-        <v>12187706</v>
+        <v>7615654</v>
       </c>
       <c r="W84" s="20">
-        <v>312924214.5</v>
+        <v>15812163.5</v>
       </c>
       <c r="X84" s="20">
-        <v>55523</v>
+        <v>8069</v>
       </c>
       <c r="Y84" s="20">
-        <v>2</v>
+        <v>12</v>
+      </c>
+      <c r="AC84" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="AH84" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="85" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A85" s="17" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="B85" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C85" s="17" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="D85" s="18" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="E85" s="20">
-        <v>227619278.55000001</v>
+        <v>453530157.75</v>
       </c>
       <c r="F85" s="20">
-        <v>93670485</v>
+        <v>186637925</v>
       </c>
       <c r="G85" s="19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I85" s="18" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="J85" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K85" s="18" t="s">
         <v>63</v>
       </c>
       <c r="L85" s="18">
-        <v>20210909</v>
+        <v>20230615</v>
+      </c>
+      <c r="O85" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="P85" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q85" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="V85" s="19">
-        <v>6852796</v>
+        <v>67939406</v>
       </c>
       <c r="W85" s="20">
-        <v>13995158</v>
+        <v>153455750</v>
       </c>
       <c r="X85" s="20">
-        <v>7051</v>
+        <v>97059</v>
       </c>
       <c r="Y85" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AC85" s="18" t="s">
-        <v>66</v>
+        <v>120</v>
       </c>
       <c r="AH85" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="86" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A86" s="17" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="B86" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C86" s="17" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="D86" s="18" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="E86" s="20">
-        <v>499526285.25</v>
+        <v>3761605209.4499998</v>
       </c>
       <c r="F86" s="20">
-        <v>188500485</v>
+        <v>217811535</v>
       </c>
       <c r="G86" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="H86" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="I86" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J86" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K86" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="L86" s="18">
+        <v>20100330</v>
+      </c>
+      <c r="R86" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="I86" s="18" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="V86" s="19">
-        <v>61070507</v>
+        <v>185904781</v>
       </c>
       <c r="W86" s="20">
-        <v>136105543</v>
+        <v>2949829746.5</v>
       </c>
       <c r="X86" s="20">
-        <v>84040</v>
+        <v>727936</v>
       </c>
       <c r="Y86" s="20">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A87" s="17" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="B87" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C87" s="17" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="D87" s="18" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="E87" s="20">
-        <v>3957826971.98</v>
+        <v>199011101.44999999</v>
       </c>
       <c r="F87" s="20">
-        <v>218302646</v>
+        <v>13101455</v>
       </c>
       <c r="G87" s="19" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H87" s="18" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I87" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J87" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K87" s="18" t="s">
         <v>54</v>
       </c>
       <c r="L87" s="18">
-        <v>20100330</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>20170413</v>
       </c>
       <c r="V87" s="19">
-        <v>175247519</v>
+        <v>8257921</v>
       </c>
       <c r="W87" s="20">
-        <v>2763499856</v>
+        <v>103186551.5</v>
       </c>
       <c r="X87" s="20">
-        <v>692205</v>
+        <v>32042</v>
       </c>
       <c r="Y87" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A88" s="17" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="B88" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C88" s="17" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="D88" s="18" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="E88" s="20">
-        <v>161520598.75</v>
+        <v>7861456828</v>
       </c>
       <c r="F88" s="20">
-        <v>13185355</v>
+        <v>208250512</v>
       </c>
       <c r="G88" s="19" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="I88" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J88" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K88" s="18" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="L88" s="18">
-        <v>20170413</v>
+        <v>20241002</v>
+      </c>
+      <c r="M88" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="R88" s="18" t="s">
+        <v>76</v>
       </c>
       <c r="V88" s="19">
-        <v>7401381</v>
+        <v>326272730</v>
       </c>
       <c r="W88" s="20">
-        <v>90871444.5</v>
+        <v>11936058388</v>
       </c>
       <c r="X88" s="20">
-        <v>29333</v>
+        <v>939278</v>
       </c>
       <c r="Y88" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A89" s="17" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="B89" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C89" s="17" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="D89" s="18" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="E89" s="20">
-        <v>8003067176.1599998</v>
+        <v>1453704373</v>
       </c>
       <c r="F89" s="20">
-        <v>208250512</v>
+        <v>200510948</v>
       </c>
       <c r="G89" s="19" t="s">
-        <v>89</v>
+        <v>75</v>
       </c>
       <c r="I89" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J89" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K89" s="18" t="s">
         <v>63</v>
       </c>
       <c r="L89" s="18">
-        <v>20241002</v>
-[...5 lines deleted...]
-        <v>77</v>
+        <v>20210901</v>
+      </c>
+      <c r="P89" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="V89" s="19">
-        <v>303347143</v>
+        <v>102028057</v>
       </c>
       <c r="W89" s="20">
-        <v>11062704362.5</v>
+        <v>481538554.5</v>
       </c>
       <c r="X89" s="20">
-        <v>883162</v>
+        <v>260397</v>
       </c>
       <c r="Y89" s="20">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AC89" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="AH89" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="90" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A90" s="17" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="B90" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C90" s="17" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="D90" s="18" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="E90" s="20">
-        <v>1517707899.55</v>
+        <v>6069294774.6400003</v>
       </c>
       <c r="F90" s="20">
-        <v>200489815</v>
+        <v>214235608</v>
       </c>
       <c r="G90" s="19" t="s">
+        <v>75</v>
+      </c>
+      <c r="I90" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J90" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K90" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L90" s="18">
+        <v>20231005</v>
+      </c>
+      <c r="R90" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="I90" s="18" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="V90" s="19">
-        <v>92953902</v>
+        <v>20148433</v>
       </c>
       <c r="W90" s="20">
-        <v>414667275.5</v>
+        <v>695766341.5</v>
       </c>
       <c r="X90" s="20">
-        <v>231673</v>
+        <v>108212</v>
       </c>
       <c r="Y90" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AC90" s="18" t="s">
-        <v>66</v>
+        <v>120</v>
       </c>
       <c r="AH90" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="91" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A91" s="17" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="B91" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C91" s="17" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="D91" s="18" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="E91" s="20">
-        <v>398655224.58999997</v>
+        <v>72999302156.960007</v>
       </c>
       <c r="F91" s="20">
-        <v>72880297</v>
+        <v>1198281388</v>
       </c>
       <c r="G91" s="19" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="I91" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J91" s="18" t="s">
         <v>52</v>
       </c>
-      <c r="K91" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L91" s="18">
-        <v>20170502</v>
+        <v>19660117</v>
+      </c>
+      <c r="M91" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="R91" s="18">
+        <v>60</v>
       </c>
       <c r="V91" s="19">
-        <v>8475456</v>
+        <v>1964115185</v>
       </c>
       <c r="W91" s="20">
-        <v>38169661</v>
+        <v>107230528424</v>
       </c>
       <c r="X91" s="20">
-        <v>17231</v>
+        <v>3445919</v>
       </c>
       <c r="Y91" s="20">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="Z91" s="19" t="s">
+        <v>680</v>
+      </c>
+      <c r="AC91" s="18" t="s">
+        <v>681</v>
+      </c>
+      <c r="AE91" s="18" t="s">
+        <v>682</v>
+      </c>
+      <c r="AH91" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="92" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A92" s="17" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="B92" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C92" s="17" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="D92" s="18" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="E92" s="20">
-        <v>8952906058.3199997</v>
+        <v>1559837840</v>
       </c>
       <c r="F92" s="20">
-        <v>214235608</v>
+        <v>221567875</v>
       </c>
       <c r="G92" s="19" t="s">
+        <v>88</v>
+      </c>
+      <c r="I92" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="J92" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="L92" s="18">
+        <v>19961007</v>
+      </c>
+      <c r="R92" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="I92" s="18" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V92" s="19">
-        <v>16332887</v>
+        <v>201856439</v>
       </c>
       <c r="W92" s="20">
-        <v>548173888</v>
+        <v>1426983620</v>
       </c>
       <c r="X92" s="20">
-        <v>92210</v>
+        <v>619148</v>
       </c>
       <c r="Y92" s="20">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A93" s="17" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="B93" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C93" s="17" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D93" s="18" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="E93" s="20">
-        <v>75512088490.199997</v>
+        <v>732976353.29999995</v>
       </c>
       <c r="F93" s="20">
-        <v>1201656405</v>
+        <v>99395757</v>
       </c>
       <c r="G93" s="19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I93" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J93" s="18" t="s">
         <v>52</v>
       </c>
+      <c r="K93" s="18" t="s">
+        <v>63</v>
+      </c>
       <c r="L93" s="18">
-        <v>19660117</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>20111021</v>
+      </c>
+      <c r="P93" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="V93" s="19">
-        <v>1766151272</v>
+        <v>140231479.5</v>
       </c>
       <c r="W93" s="20">
-        <v>95161198014.5</v>
+        <v>888924076.5</v>
       </c>
       <c r="X93" s="20">
-        <v>3208012</v>
+        <v>407299</v>
       </c>
       <c r="Y93" s="20">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>691</v>
+        <v>12</v>
       </c>
       <c r="AC93" s="18" t="s">
-        <v>692</v>
-[...2 lines deleted...]
-        <v>693</v>
+        <v>120</v>
       </c>
       <c r="AH93" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="94" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A94" s="17" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="B94" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C94" s="17" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="D94" s="18" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="E94" s="20">
-        <v>1656665487.6900001</v>
+        <v>3929158117.9200001</v>
       </c>
       <c r="F94" s="20">
-        <v>222969783</v>
+        <v>492375704</v>
       </c>
       <c r="G94" s="19" t="s">
-        <v>89</v>
+        <v>75</v>
       </c>
       <c r="I94" s="18" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="J94" s="18" t="s">
         <v>52</v>
       </c>
+      <c r="K94" s="18" t="s">
+        <v>63</v>
+      </c>
       <c r="L94" s="18">
-        <v>19961007</v>
+        <v>20150824</v>
+      </c>
+      <c r="P94" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="R94" s="18" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="V94" s="19">
-        <v>186516190</v>
+        <v>486252470</v>
       </c>
       <c r="W94" s="20">
-        <v>1317903696.5</v>
+        <v>2514161160</v>
       </c>
       <c r="X94" s="20">
-        <v>572632</v>
+        <v>881688</v>
       </c>
       <c r="Y94" s="20">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AC94" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="AH94" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="95" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A95" s="17" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="B95" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C95" s="17" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="D95" s="18" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="E95" s="20">
-        <v>783688262.37</v>
+        <v>80654791671.179993</v>
       </c>
       <c r="F95" s="20">
-        <v>99431057</v>
+        <v>1132775405</v>
       </c>
       <c r="G95" s="19" t="s">
-        <v>76</v>
+        <v>88</v>
       </c>
       <c r="I95" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J95" s="18" t="s">
         <v>52</v>
       </c>
-      <c r="K95" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L95" s="18">
-        <v>20111021</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>20030515</v>
+      </c>
+      <c r="M95" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="R95" s="18">
+        <v>60</v>
       </c>
       <c r="V95" s="19">
-        <v>130567062.5</v>
+        <v>1498061831</v>
       </c>
       <c r="W95" s="20">
-        <v>820402672</v>
+        <v>102445822270.5</v>
       </c>
       <c r="X95" s="20">
-        <v>379344</v>
+        <v>2865708</v>
       </c>
       <c r="Y95" s="20">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A96" s="17" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="B96" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C96" s="17" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="D96" s="18" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="E96" s="20">
-        <v>3845454248.2399998</v>
+        <v>751902149</v>
       </c>
       <c r="F96" s="20">
-        <v>492375704</v>
+        <v>28373666</v>
       </c>
       <c r="G96" s="19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I96" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J96" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K96" s="18" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="L96" s="18">
-        <v>20150824</v>
+        <v>20220512</v>
       </c>
       <c r="P96" s="18" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="V96" s="19">
-        <v>449461566</v>
+        <v>19675676</v>
       </c>
       <c r="W96" s="20">
-        <v>2227938797.5</v>
+        <v>388157579</v>
       </c>
       <c r="X96" s="20">
-        <v>794855</v>
+        <v>120863</v>
       </c>
       <c r="Y96" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AC96" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
+      </c>
+      <c r="AF96" s="18" t="s">
+        <v>633</v>
       </c>
       <c r="AH96" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="97" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A97" s="17" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="B97" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C97" s="17" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="D97" s="18" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="E97" s="20">
-        <v>80793173216.869995</v>
+        <v>3567513684.4499998</v>
       </c>
       <c r="F97" s="20">
-        <v>1142775405</v>
+        <v>21685695</v>
       </c>
       <c r="G97" s="19" t="s">
-        <v>89</v>
+        <v>60</v>
+      </c>
+      <c r="H97" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="I97" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J97" s="18" t="s">
         <v>52</v>
       </c>
+      <c r="K97" s="18" t="s">
+        <v>54</v>
+      </c>
       <c r="L97" s="18">
-        <v>20030515</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>20040708</v>
+      </c>
+      <c r="R97" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="S97" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="V97" s="19">
-        <v>1361374816</v>
+        <v>20174918</v>
       </c>
       <c r="W97" s="20">
-        <v>92181380384.5</v>
+        <v>2858338554</v>
       </c>
       <c r="X97" s="20">
-        <v>2709397</v>
+        <v>163401</v>
       </c>
       <c r="Y97" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A98" s="17" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="B98" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C98" s="17" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="D98" s="18" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="E98" s="20">
-        <v>676144460.77999997</v>
+        <v>193456411.75999999</v>
       </c>
       <c r="F98" s="20">
-        <v>28373666</v>
+        <v>22596276</v>
       </c>
       <c r="G98" s="19" t="s">
-        <v>76</v>
+        <v>60</v>
+      </c>
+      <c r="H98" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="I98" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J98" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K98" s="18" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="L98" s="18">
-        <v>20220512</v>
+        <v>20171120</v>
       </c>
       <c r="P98" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="V98" s="19">
-        <v>17821524</v>
+        <v>76767118</v>
       </c>
       <c r="W98" s="20">
-        <v>343537916.5</v>
+        <v>35765951</v>
       </c>
       <c r="X98" s="20">
-        <v>109430</v>
+        <v>26564</v>
       </c>
       <c r="Y98" s="20">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A99" s="17" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="B99" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C99" s="17" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D99" s="18" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="E99" s="20">
-        <v>2751480981.5999999</v>
+        <v>4236498965.1599998</v>
       </c>
       <c r="F99" s="20">
-        <v>21685695</v>
+        <v>153830754</v>
       </c>
       <c r="G99" s="19" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="I99" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J99" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K99" s="18" t="s">
         <v>54</v>
       </c>
       <c r="L99" s="18">
-        <v>20040708</v>
+        <v>20201020</v>
       </c>
       <c r="R99" s="18" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="V99" s="19">
-        <v>18768535</v>
+        <v>92285451</v>
       </c>
       <c r="W99" s="20">
-        <v>2643478761.5</v>
+        <v>2353187646</v>
       </c>
       <c r="X99" s="20">
-        <v>151438</v>
+        <v>376603</v>
       </c>
       <c r="Y99" s="20">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AH99" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="AI99" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="100" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A100" s="17" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="B100" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C100" s="17" t="s">
+        <v>389</v>
+      </c>
+      <c r="D100" s="18" t="s">
         <v>390</v>
       </c>
-      <c r="D100" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E100" s="20">
-        <v>184641938.59999999</v>
+        <v>545846600</v>
       </c>
       <c r="F100" s="20">
-        <v>22596276</v>
+        <v>36634000</v>
       </c>
       <c r="G100" s="19" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H100" s="18" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I100" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J100" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K100" s="18" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="L100" s="18">
-        <v>20171120</v>
+        <v>19981214</v>
       </c>
       <c r="P100" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
+      </c>
+      <c r="Q100" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="V100" s="19">
-        <v>76078653</v>
+        <v>14412576</v>
       </c>
       <c r="W100" s="20">
-        <v>31870135.5</v>
+        <v>171179812.5</v>
       </c>
       <c r="X100" s="20">
-        <v>24774</v>
+        <v>63620</v>
       </c>
       <c r="Y100" s="20">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="101" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A101" s="17" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="B101" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C101" s="17" t="s">
+        <v>392</v>
+      </c>
+      <c r="D101" s="18" t="s">
         <v>393</v>
       </c>
-      <c r="D101" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E101" s="20">
-        <v>4350333723.1199999</v>
+        <v>43839037.215000004</v>
       </c>
       <c r="F101" s="20">
-        <v>153830754</v>
+        <v>324733609</v>
       </c>
       <c r="G101" s="19" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I101" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J101" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K101" s="18" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="L101" s="18">
-        <v>20201020</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>19970317</v>
+      </c>
+      <c r="M101" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="V101" s="19">
-        <v>83175484</v>
+        <v>48356563</v>
       </c>
       <c r="W101" s="20">
-        <v>2097607028.5</v>
+        <v>10721945</v>
       </c>
       <c r="X101" s="20">
-        <v>349108</v>
+        <v>7028</v>
       </c>
       <c r="Y101" s="20">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AD101" s="18" t="s">
+        <v>679</v>
       </c>
       <c r="AH101" s="18" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="102" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A102" s="17" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="B102" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C102" s="17" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="D102" s="18" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="E102" s="20">
-        <v>528821360</v>
+        <v>23828249660.98</v>
       </c>
       <c r="F102" s="20">
-        <v>36826000</v>
+        <v>387010714</v>
       </c>
       <c r="G102" s="19" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="I102" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J102" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K102" s="18" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="L102" s="18">
-        <v>19981214</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>20101123</v>
+      </c>
+      <c r="R102" s="18">
+        <v>60</v>
       </c>
       <c r="V102" s="19">
-        <v>13424379</v>
+        <v>600332489</v>
       </c>
       <c r="W102" s="20">
-        <v>156327708.5</v>
+        <v>37570009963</v>
       </c>
       <c r="X102" s="20">
-        <v>58512</v>
+        <v>1682100</v>
       </c>
       <c r="Y102" s="20">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AC102" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="AH102" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="103" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A103" s="17" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="B103" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C103" s="17" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="D103" s="18" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="E103" s="20">
-        <v>43839037.215000004</v>
+        <v>6071375133.5799999</v>
       </c>
       <c r="F103" s="20">
-        <v>324733609</v>
+        <v>335317495</v>
       </c>
       <c r="G103" s="19" t="s">
+        <v>88</v>
+      </c>
+      <c r="I103" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J103" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="L103" s="18">
+        <v>19921231</v>
+      </c>
+      <c r="M103" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="R103" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="I103" s="18" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="V103" s="19">
-        <v>41084935</v>
+        <v>435927253</v>
       </c>
       <c r="W103" s="20">
-        <v>9732754</v>
+        <v>7338057306.5</v>
       </c>
       <c r="X103" s="20">
-        <v>6409</v>
+        <v>1711147</v>
       </c>
       <c r="Y103" s="20">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="104" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A104" s="17" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="B104" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C104" s="17" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="D104" s="18" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="E104" s="20">
-        <v>24892529124.48</v>
+        <v>1255647161.3399999</v>
       </c>
       <c r="F104" s="20">
-        <v>387010714</v>
+        <v>211388411</v>
       </c>
       <c r="G104" s="19" t="s">
-        <v>76</v>
+        <v>60</v>
+      </c>
+      <c r="H104" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="I104" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J104" s="18" t="s">
         <v>52</v>
       </c>
-      <c r="K104" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L104" s="18">
-        <v>20101123</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>19961209</v>
       </c>
       <c r="V104" s="19">
-        <v>549822579</v>
+        <v>131108449</v>
       </c>
       <c r="W104" s="20">
-        <v>34412542814.5</v>
+        <v>665763683.5</v>
       </c>
       <c r="X104" s="20">
-        <v>1557406</v>
+        <v>398256</v>
       </c>
       <c r="Y104" s="20">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A105" s="17" t="s">
         <v>405</v>
       </c>
       <c r="B105" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C105" s="17" t="s">
         <v>406</v>
       </c>
       <c r="D105" s="18" t="s">
         <v>407</v>
       </c>
       <c r="E105" s="20">
-        <v>6929775667.4899998</v>
+        <v>863306189.72000003</v>
       </c>
       <c r="F105" s="20">
-        <v>335317495</v>
+        <v>105538654</v>
       </c>
       <c r="G105" s="19" t="s">
-        <v>89</v>
+        <v>75</v>
       </c>
       <c r="I105" s="18" t="s">
-        <v>66</v>
+        <v>632</v>
       </c>
       <c r="J105" s="18" t="s">
-        <v>52</v>
+        <v>163</v>
+      </c>
+      <c r="K105" s="18" t="s">
+        <v>63</v>
       </c>
       <c r="L105" s="18">
-        <v>19921231</v>
-[...5 lines deleted...]
-        <v>77</v>
+        <v>20110915</v>
+      </c>
+      <c r="O105" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="P105" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q105" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="V105" s="19">
-        <v>410721034</v>
+        <v>81983062</v>
       </c>
       <c r="W105" s="20">
-        <v>6869500723</v>
+        <v>615284729</v>
       </c>
       <c r="X105" s="20">
-        <v>1599350</v>
+        <v>316662</v>
       </c>
       <c r="Y105" s="20">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AA105" s="18" t="s">
+        <v>408</v>
+      </c>
+      <c r="AF105" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="AH105" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="106" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A106" s="17" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B106" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C106" s="17" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D106" s="18" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E106" s="20">
-        <v>1279765056.3299999</v>
+        <v>1750622424.8599999</v>
       </c>
       <c r="F106" s="20">
-        <v>212233011</v>
+        <v>153294433</v>
       </c>
       <c r="G106" s="19" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="I106" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J106" s="18" t="s">
         <v>52</v>
       </c>
+      <c r="K106" s="18" t="s">
+        <v>63</v>
+      </c>
       <c r="L106" s="18">
-        <v>19961209</v>
+        <v>19960627</v>
+      </c>
+      <c r="M106" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="P106" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q106" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="R106" s="18" t="s">
+        <v>76</v>
       </c>
       <c r="V106" s="19">
-        <v>122095978</v>
+        <v>208708370</v>
       </c>
       <c r="W106" s="20">
-        <v>612652056</v>
+        <v>2281788952.5</v>
       </c>
       <c r="X106" s="20">
-        <v>366158</v>
+        <v>864458</v>
       </c>
       <c r="Y106" s="20">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AB106" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="AC106" s="18" t="s">
+        <v>387</v>
+      </c>
+      <c r="AF106" s="18" t="s">
+        <v>683</v>
+      </c>
+      <c r="AG106" s="18" t="s">
+        <v>404</v>
+      </c>
+      <c r="AH106" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="107" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A107" s="17" t="s">
         <v>413</v>
       </c>
       <c r="B107" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C107" s="17" t="s">
         <v>414</v>
       </c>
       <c r="D107" s="18" t="s">
         <v>415</v>
       </c>
       <c r="E107" s="20">
-        <v>781916564.51999998</v>
+        <v>70731915.980000004</v>
       </c>
       <c r="F107" s="20">
-        <v>105950754</v>
+        <v>33843022</v>
       </c>
       <c r="G107" s="19" t="s">
-        <v>76</v>
+        <v>60</v>
+      </c>
+      <c r="H107" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="I107" s="18" t="s">
-        <v>643</v>
+        <v>65</v>
       </c>
       <c r="J107" s="18" t="s">
-        <v>168</v>
+        <v>52</v>
       </c>
       <c r="K107" s="18" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="L107" s="18">
-        <v>20110915</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>20111013</v>
       </c>
       <c r="P107" s="18" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="V107" s="19">
-        <v>77287576</v>
+        <v>819227</v>
       </c>
       <c r="W107" s="20">
-        <v>577918792</v>
+        <v>1789497</v>
       </c>
       <c r="X107" s="20">
-        <v>298200</v>
+        <v>835</v>
       </c>
       <c r="Y107" s="20">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="108" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A108" s="17" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="B108" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C108" s="17" t="s">
+        <v>417</v>
+      </c>
+      <c r="D108" s="18" t="s">
         <v>418</v>
       </c>
-      <c r="D108" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E108" s="20">
-        <v>1979031130.03</v>
+        <v>13955745891.5</v>
       </c>
       <c r="F108" s="20">
-        <v>153294433</v>
+        <v>1213543121</v>
       </c>
       <c r="G108" s="19" t="s">
+        <v>75</v>
+      </c>
+      <c r="I108" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="J108" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K108" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L108" s="18">
+        <v>20101018</v>
+      </c>
+      <c r="P108" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q108" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="R108" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="I108" s="18" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="V108" s="19">
-        <v>187635757</v>
+        <v>1469888884</v>
       </c>
       <c r="W108" s="20">
-        <v>2030660509</v>
+        <v>14141142110.5</v>
       </c>
       <c r="X108" s="20">
-        <v>787219</v>
+        <v>2275405</v>
       </c>
       <c r="Y108" s="20">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>12</v>
       </c>
       <c r="AC108" s="18" t="s">
-        <v>395</v>
-[...5 lines deleted...]
-        <v>412</v>
+        <v>120</v>
       </c>
       <c r="AH108" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="109" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A109" s="17" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="B109" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C109" s="17" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="D109" s="18" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="E109" s="20">
-        <v>69378195.099999994</v>
+        <v>107235776.55</v>
       </c>
       <c r="F109" s="20">
-        <v>33843022</v>
+        <v>102129311</v>
       </c>
       <c r="G109" s="19" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="I109" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J109" s="18" t="s">
         <v>52</v>
       </c>
       <c r="K109" s="18" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="L109" s="18">
-        <v>20111013</v>
+        <v>20140627</v>
       </c>
       <c r="P109" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="V109" s="19">
-        <v>775658</v>
+        <v>14913928</v>
       </c>
       <c r="W109" s="20">
-        <v>1698754.5</v>
+        <v>15010374.5</v>
       </c>
       <c r="X109" s="20">
-        <v>762</v>
+        <v>9049</v>
       </c>
       <c r="Y109" s="20">
-        <v>11</v>
-[...117 lines deleted...]
-        <v>65</v>
+        <v>12</v>
+      </c>
+      <c r="AC109" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="AH109" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A10:AI111" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
+  <autoFilter ref="A10:AI109" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:AP10">
     <sortCondition sortBy="cellColor" ref="M8:M10" dxfId="1"/>
     <sortCondition sortBy="cellColor" ref="N8:N10" dxfId="0"/>
   </sortState>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:AR91"/>
+  <dimension ref="A1:AR89"/>
   <sheetViews>
     <sheetView topLeftCell="C1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.28515625" style="17" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="8.140625" style="28" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" style="23" customWidth="1"/>
     <col min="4" max="4" width="44.140625" style="28" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.85546875" style="24" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="16.28515625" style="24" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="31.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="22.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="16.85546875" style="18" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.140625" style="32" bestFit="1" customWidth="1"/>
     <col min="12" max="13" width="14.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="13.7109375" style="18" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="17.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.28515625" style="18" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="18.85546875" style="18" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="18.42578125" style="18" bestFit="1" customWidth="1"/>
@@ -9049,51 +8901,51 @@
       <c r="C1" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2" spans="1:44" x14ac:dyDescent="0.2">
       <c r="C2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="1"/>
       <c r="F2" s="26"/>
       <c r="G2" s="26"/>
       <c r="H2" s="1"/>
       <c r="I2" s="19"/>
       <c r="J2" s="1"/>
       <c r="K2" s="29"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="T2" s="19"/>
       <c r="U2" s="19"/>
       <c r="V2" s="19"/>
       <c r="W2" s="19"/>
     </row>
     <row r="3" spans="1:44" x14ac:dyDescent="0.2">
       <c r="C3" s="3" t="s">
-        <v>59</v>
+        <v>707</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="1"/>
       <c r="F3" s="26"/>
       <c r="G3" s="26"/>
       <c r="H3" s="1"/>
       <c r="I3" s="19"/>
       <c r="J3" s="1"/>
       <c r="K3" s="29"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="T3" s="19"/>
       <c r="U3" s="19"/>
       <c r="V3" s="19"/>
       <c r="W3" s="19"/>
     </row>
     <row r="4" spans="1:44" s="12" customFormat="1" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="9"/>
       <c r="C4" s="21"/>
       <c r="D4" s="9"/>
       <c r="E4" s="8"/>
       <c r="F4" s="25"/>
       <c r="G4" s="25"/>
       <c r="H4" s="8"/>
       <c r="I4" s="11"/>
@@ -9255,57 +9107,57 @@
       <c r="Y7" s="36"/>
       <c r="Z7" s="36"/>
       <c r="AA7" s="36"/>
       <c r="AB7" s="59"/>
       <c r="AC7" s="59"/>
       <c r="AD7" s="59"/>
       <c r="AE7" s="59"/>
       <c r="AF7" s="59"/>
       <c r="AG7" s="59"/>
       <c r="AH7" s="59"/>
       <c r="AI7" s="59"/>
       <c r="AJ7" s="59"/>
       <c r="AK7" s="59"/>
       <c r="AL7" s="59"/>
       <c r="AM7" s="59"/>
       <c r="AN7" s="59"/>
       <c r="AO7" s="59"/>
       <c r="AP7" s="59"/>
       <c r="AQ7" s="59"/>
       <c r="AR7" s="59"/>
     </row>
     <row r="8" spans="1:44" s="7" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="2"/>
       <c r="C8" s="22"/>
       <c r="D8" s="61">
-        <f>SUBTOTAL(3,D11:D91)</f>
-        <v>81</v>
+        <f>SUBTOTAL(3,D11:D89)</f>
+        <v>79</v>
       </c>
       <c r="E8" s="51"/>
       <c r="F8" s="54">
-        <f>SUBTOTAL(9,F11:F91)</f>
-        <v>5602741414.6049976</v>
+        <f>SUBTOTAL(9,F11:F89)</f>
+        <v>5609047493.4099989</v>
       </c>
       <c r="G8" s="55"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="29"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="36"/>
       <c r="Y8" s="36"/>
       <c r="Z8" s="36"/>
       <c r="AA8" s="36"/>
       <c r="AB8" s="59"/>
       <c r="AC8" s="59"/>
       <c r="AD8" s="59"/>
@@ -9364,111 +9216,111 @@
       <c r="AL9" s="59"/>
       <c r="AM9" s="59"/>
       <c r="AN9" s="59"/>
       <c r="AO9" s="59"/>
       <c r="AP9" s="59"/>
       <c r="AQ9" s="59"/>
       <c r="AR9" s="59"/>
     </row>
     <row r="10" spans="1:44" s="15" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="14" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="33" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>0</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>2</v>
       </c>
       <c r="E10" s="16" t="s">
         <v>3</v>
       </c>
       <c r="F10" s="16" t="s">
-        <v>716</v>
+        <v>702</v>
       </c>
       <c r="G10" s="16" t="s">
-        <v>717</v>
+        <v>703</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>4</v>
       </c>
       <c r="I10" s="27" t="s">
         <v>19</v>
       </c>
       <c r="J10" s="15" t="s">
         <v>6</v>
       </c>
       <c r="K10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="L10" s="15" t="s">
         <v>5</v>
       </c>
       <c r="M10" s="31" t="s">
         <v>31</v>
       </c>
       <c r="N10" s="15" t="s">
         <v>14</v>
       </c>
       <c r="O10" s="15" t="s">
         <v>26</v>
       </c>
       <c r="P10" s="15" t="s">
         <v>15</v>
       </c>
       <c r="Q10" s="15" t="s">
         <v>50</v>
       </c>
       <c r="R10" s="15" t="s">
-        <v>680</v>
+        <v>669</v>
       </c>
       <c r="S10" s="15" t="s">
         <v>16</v>
       </c>
       <c r="T10" s="15" t="s">
         <v>21</v>
       </c>
       <c r="U10" s="15" t="s">
         <v>25</v>
       </c>
       <c r="V10" s="15" t="s">
         <v>22</v>
       </c>
       <c r="W10" s="13" t="s">
         <v>20</v>
       </c>
       <c r="X10" s="16" t="s">
-        <v>718</v>
+        <v>704</v>
       </c>
       <c r="Y10" s="16" t="s">
-        <v>719</v>
+        <v>705</v>
       </c>
       <c r="Z10" s="16" t="s">
-        <v>720</v>
+        <v>706</v>
       </c>
       <c r="AA10" s="16" t="s">
         <v>17</v>
       </c>
       <c r="AB10" s="60" t="s">
         <v>43</v>
       </c>
       <c r="AC10" s="60" t="s">
         <v>46</v>
       </c>
       <c r="AD10" s="60" t="s">
         <v>44</v>
       </c>
       <c r="AE10" s="60" t="s">
         <v>45</v>
       </c>
       <c r="AF10" s="60" t="s">
         <v>47</v>
       </c>
       <c r="AG10" s="60" t="s">
         <v>48</v>
       </c>
       <c r="AH10" s="60" t="s">
         <v>49</v>
       </c>
@@ -9483,4729 +9335,4614 @@
       </c>
       <c r="AL10" s="60" t="s">
         <v>36</v>
       </c>
       <c r="AM10" s="60" t="s">
         <v>37</v>
       </c>
       <c r="AN10" s="60" t="s">
         <v>38</v>
       </c>
       <c r="AO10" s="60" t="s">
         <v>39</v>
       </c>
       <c r="AP10" s="60" t="s">
         <v>40</v>
       </c>
       <c r="AQ10" s="60" t="s">
         <v>51</v>
       </c>
       <c r="AR10" s="60" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:44" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A11" s="17" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="B11" s="28">
         <v>1099471</v>
       </c>
       <c r="C11" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D11" s="28" t="s">
-        <v>521</v>
+        <v>513</v>
       </c>
       <c r="E11" s="18" t="s">
-        <v>522</v>
+        <v>514</v>
       </c>
       <c r="F11" s="24">
-        <v>9783019.5</v>
+        <v>10435220.800000001</v>
       </c>
       <c r="G11" s="24">
         <v>130440260</v>
       </c>
       <c r="H11" s="18" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="I11" s="18" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J11" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K11" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L11" s="18" t="s">
-        <v>434</v>
+        <v>426</v>
       </c>
       <c r="M11" s="18">
         <v>20060119</v>
       </c>
       <c r="P11" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="V11" s="18" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="W11" s="18" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="X11" s="34">
-        <v>4836079</v>
+        <v>5287757</v>
       </c>
       <c r="Y11" s="34">
-        <v>443636</v>
+        <v>482381</v>
       </c>
       <c r="Z11" s="20">
-        <v>582</v>
+        <v>670</v>
       </c>
       <c r="AA11" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A12" s="17" t="s">
-        <v>593</v>
+        <v>585</v>
       </c>
       <c r="B12" s="28">
         <v>1137385</v>
       </c>
       <c r="C12" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D12" s="28" t="s">
-        <v>594</v>
+        <v>586</v>
       </c>
       <c r="E12" s="18" t="s">
-        <v>595</v>
+        <v>587</v>
       </c>
       <c r="F12" s="24">
-        <v>71874367.5</v>
+        <v>52707869.5</v>
       </c>
       <c r="G12" s="24">
         <v>479162450</v>
       </c>
       <c r="H12" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J12" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K12" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L12" s="18" t="s">
-        <v>434</v>
+        <v>426</v>
       </c>
       <c r="M12" s="18">
         <v>20110923</v>
       </c>
       <c r="N12" s="18" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="P12" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="X12" s="34">
-        <v>7229359</v>
+        <v>7557480</v>
       </c>
       <c r="Y12" s="34">
-        <v>413220.5</v>
+        <v>455259.5</v>
       </c>
       <c r="Z12" s="20">
-        <v>623</v>
+        <v>682</v>
       </c>
       <c r="AA12" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AB12" s="18" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="AJ12" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="13" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A13" s="17" t="s">
-        <v>435</v>
+        <v>427</v>
       </c>
       <c r="B13" s="28">
         <v>1093156</v>
       </c>
       <c r="C13" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D13" s="28" t="s">
-        <v>436</v>
+        <v>428</v>
       </c>
       <c r="E13" s="18" t="s">
-        <v>437</v>
+        <v>429</v>
       </c>
       <c r="F13" s="24">
         <v>32867651.039999999</v>
       </c>
       <c r="G13" s="24">
         <v>78256312</v>
       </c>
       <c r="H13" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J13" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K13" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L13" s="18" t="s">
-        <v>434</v>
+        <v>426</v>
       </c>
       <c r="M13" s="18">
         <v>20060509</v>
       </c>
       <c r="P13" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="X13" s="34">
         <v>43099925</v>
       </c>
       <c r="Y13" s="34">
         <v>32783598.5</v>
       </c>
       <c r="Z13" s="20">
         <v>33397</v>
       </c>
       <c r="AA13" s="18">
         <v>9</v>
       </c>
       <c r="AE13" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AJ13" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A14" s="17" t="s">
-        <v>648</v>
+        <v>637</v>
       </c>
       <c r="B14" s="28">
         <v>1185620</v>
       </c>
       <c r="C14" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D14" s="28" t="s">
-        <v>695</v>
+        <v>684</v>
       </c>
       <c r="E14" s="18" t="s">
-        <v>696</v>
+        <v>685</v>
       </c>
       <c r="F14" s="24">
-        <v>5129481.63</v>
+        <v>4794673.32</v>
       </c>
       <c r="G14" s="24">
-        <v>39457551</v>
+        <v>39955611</v>
       </c>
       <c r="H14" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J14" s="18" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="K14" s="32" t="s">
         <v>13</v>
       </c>
       <c r="L14" s="18" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="M14" s="18">
         <v>20211111</v>
       </c>
       <c r="S14" s="18" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="X14" s="34">
-        <v>12705601</v>
+        <v>13824324</v>
       </c>
       <c r="Y14" s="34">
-        <v>769988.5</v>
+        <v>912602</v>
       </c>
       <c r="Z14" s="20">
-        <v>903</v>
+        <v>972</v>
       </c>
       <c r="AA14" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AI14" s="18" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="AJ14" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="AR14" s="17" t="s">
-        <v>575</v>
+        <v>567</v>
       </c>
     </row>
     <row r="15" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A15" s="17" t="s">
-        <v>615</v>
+        <v>607</v>
       </c>
       <c r="B15" s="28">
         <v>1167640</v>
       </c>
       <c r="C15" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D15" s="28" t="s">
-        <v>616</v>
+        <v>608</v>
       </c>
       <c r="E15" s="18" t="s">
-        <v>617</v>
+        <v>609</v>
       </c>
       <c r="F15" s="24">
-        <v>222596507.81999999</v>
+        <v>256757358.03</v>
       </c>
       <c r="G15" s="24">
         <v>36732097</v>
       </c>
       <c r="H15" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J15" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K15" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L15" s="18" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="M15" s="18">
         <v>20131205</v>
       </c>
       <c r="O15" s="18" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="Q15" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="X15" s="34">
-        <v>4196411</v>
+        <v>4945982</v>
       </c>
       <c r="Y15" s="34">
-        <v>24177553</v>
+        <v>29006771.5</v>
       </c>
       <c r="Z15" s="20">
-        <v>13229</v>
+        <v>15671</v>
       </c>
       <c r="AA15" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AF15" s="18" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AJ15" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="16" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A16" s="17" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="B16" s="28">
         <v>1058114</v>
       </c>
       <c r="C16" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D16" s="28" t="s">
-        <v>450</v>
+        <v>442</v>
       </c>
       <c r="E16" s="18" t="s">
-        <v>451</v>
+        <v>443</v>
       </c>
       <c r="F16" s="24">
-        <v>64319478.299999997</v>
+        <v>75754052.219999999</v>
       </c>
       <c r="G16" s="24">
         <v>285864348</v>
       </c>
       <c r="H16" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J16" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K16" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L16" s="18" t="s">
-        <v>439</v>
+        <v>431</v>
       </c>
       <c r="M16" s="18">
         <v>20181005</v>
       </c>
       <c r="N16" s="18" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="P16" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="X16" s="34">
-        <v>35327005</v>
+        <v>39678019</v>
       </c>
       <c r="Y16" s="34">
-        <v>10605971</v>
+        <v>11667131</v>
       </c>
       <c r="Z16" s="20">
-        <v>7367</v>
+        <v>7959</v>
       </c>
       <c r="AA16" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AE16" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AF16" s="18" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="AJ16" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="17" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A17" s="17" t="s">
-        <v>701</v>
+        <v>690</v>
       </c>
       <c r="B17" s="28">
         <v>1188835</v>
       </c>
       <c r="C17" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D17" s="28" t="s">
-        <v>702</v>
+        <v>691</v>
       </c>
       <c r="E17" s="18" t="s">
-        <v>703</v>
+        <v>692</v>
       </c>
       <c r="F17" s="24">
-        <v>125887870.59999999</v>
+        <v>103857493.245</v>
       </c>
       <c r="G17" s="24">
         <v>629439353</v>
       </c>
       <c r="H17" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J17" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K17" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L17" s="18" t="s">
         <v>57</v>
       </c>
       <c r="M17" s="18">
         <v>20250624</v>
       </c>
       <c r="X17" s="34">
-        <v>5125480</v>
+        <v>5619989</v>
       </c>
       <c r="Y17" s="34">
-        <v>1110309.5</v>
+        <v>1194188.5</v>
       </c>
       <c r="Z17" s="20">
-        <v>1034</v>
+        <v>1180</v>
       </c>
       <c r="AA17" s="18">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="18" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A18" s="17" t="s">
-        <v>603</v>
+        <v>595</v>
       </c>
       <c r="B18" s="28">
         <v>1148840</v>
       </c>
       <c r="C18" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D18" s="28" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="E18" s="18" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="F18" s="24">
-        <v>22239794.425000001</v>
+        <v>19234416.800000001</v>
       </c>
       <c r="G18" s="24">
         <v>120215105</v>
       </c>
       <c r="H18" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J18" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K18" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L18" s="18" t="s">
-        <v>434</v>
+        <v>426</v>
       </c>
       <c r="M18" s="18">
         <v>20120430</v>
       </c>
       <c r="P18" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="X18" s="34">
-        <v>34029304</v>
+        <v>39052016</v>
       </c>
       <c r="Y18" s="34">
-        <v>5528257.5</v>
+        <v>6240025.5</v>
       </c>
       <c r="Z18" s="20">
-        <v>4718</v>
+        <v>5894</v>
       </c>
       <c r="AA18" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AE18" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AI18" s="18" t="s">
-        <v>431</v>
+        <v>423</v>
       </c>
       <c r="AJ18" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="AR18" s="17" t="s">
-        <v>575</v>
+        <v>567</v>
       </c>
     </row>
     <row r="19" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A19" s="17" t="s">
-        <v>682</v>
+        <v>671</v>
       </c>
       <c r="B19" s="28">
         <v>1188685</v>
       </c>
       <c r="C19" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D19" s="28" t="s">
-        <v>683</v>
+        <v>672</v>
       </c>
       <c r="E19" s="18" t="s">
-        <v>684</v>
+        <v>673</v>
       </c>
       <c r="F19" s="24">
-        <v>64318250</v>
+        <v>70750075</v>
       </c>
       <c r="G19" s="24">
         <v>64318250</v>
       </c>
       <c r="H19" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J19" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="K19" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="L19" s="18" t="s">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
       <c r="M19" s="18">
         <v>20250414</v>
       </c>
       <c r="X19" s="34">
-        <v>1523212</v>
+        <v>1761664</v>
       </c>
       <c r="Y19" s="34">
-        <v>1236431</v>
+        <v>1510693</v>
       </c>
       <c r="Z19" s="20">
-        <v>454</v>
+        <v>552</v>
       </c>
       <c r="AA19" s="18">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="AB19" s="18" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
       <c r="AJ19" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="20" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A20" s="17" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="B20" s="28">
         <v>38260</v>
       </c>
       <c r="C20" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D20" s="28" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="E20" s="18" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="F20" s="24">
         <v>4322663.7450000001</v>
       </c>
       <c r="G20" s="24">
         <v>288177583</v>
       </c>
       <c r="H20" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J20" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K20" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L20" s="18" t="s">
-        <v>439</v>
+        <v>431</v>
       </c>
       <c r="M20" s="18">
         <v>20050512</v>
       </c>
       <c r="X20" s="34">
-        <v>9808188</v>
+        <v>13208161</v>
       </c>
       <c r="Y20" s="34">
-        <v>209529.5</v>
+        <v>257728</v>
       </c>
       <c r="Z20" s="20">
-        <v>316</v>
+        <v>385</v>
       </c>
       <c r="AA20" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AE20" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="AJ20" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="21" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A21" s="17" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
       <c r="B21" s="28">
         <v>1023195</v>
       </c>
       <c r="C21" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D21" s="28" t="s">
-        <v>518</v>
+        <v>510</v>
       </c>
       <c r="E21" s="18" t="s">
-        <v>519</v>
+        <v>511</v>
       </c>
       <c r="F21" s="24">
-        <v>8459543.0250000004</v>
+        <v>7895573.4900000002</v>
       </c>
       <c r="G21" s="24">
         <v>112793907</v>
       </c>
       <c r="H21" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J21" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K21" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L21" s="18" t="s">
-        <v>439</v>
+        <v>431</v>
       </c>
       <c r="M21" s="18">
         <v>20050418</v>
       </c>
       <c r="X21" s="34">
-        <v>7377845</v>
+        <v>8156913</v>
       </c>
       <c r="Y21" s="34">
-        <v>620750.5</v>
+        <v>675332</v>
       </c>
       <c r="Z21" s="20">
-        <v>542</v>
+        <v>619</v>
       </c>
       <c r="AA21" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AE21" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AJ21" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="22" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A22" s="17" t="s">
-        <v>674</v>
+        <v>663</v>
       </c>
       <c r="B22" s="28">
         <v>1188111</v>
       </c>
       <c r="C22" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D22" s="28" t="s">
-        <v>675</v>
+        <v>664</v>
       </c>
       <c r="E22" s="18" t="s">
-        <v>676</v>
+        <v>665</v>
       </c>
       <c r="F22" s="24">
-        <v>61084300</v>
+        <v>48256597</v>
       </c>
       <c r="G22" s="24">
         <v>122168600</v>
       </c>
       <c r="H22" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J22" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="K22" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="L22" s="18" t="s">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
       <c r="M22" s="18">
         <v>20241029</v>
       </c>
       <c r="X22" s="34">
-        <v>6280601</v>
+        <v>7207998</v>
       </c>
       <c r="Y22" s="34">
-        <v>4035573</v>
+        <v>4481457.5</v>
       </c>
       <c r="Z22" s="20">
-        <v>1833</v>
+        <v>2132</v>
       </c>
       <c r="AA22" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AH22" s="18" t="s">
-        <v>475</v>
+        <v>467</v>
       </c>
       <c r="AJ22" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A23" s="17" t="s">
-        <v>713</v>
+        <v>549</v>
       </c>
       <c r="B23" s="28">
-        <v>1118792</v>
+        <v>1094502</v>
       </c>
       <c r="C23" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="28" t="s">
-        <v>714</v>
+        <v>550</v>
       </c>
       <c r="E23" s="18" t="s">
-        <v>715</v>
+        <v>551</v>
       </c>
       <c r="F23" s="24">
-        <v>38503575</v>
+        <v>2121736.5</v>
       </c>
       <c r="G23" s="24">
-        <v>25669050</v>
+        <v>1088070</v>
       </c>
       <c r="H23" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J23" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K23" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L23" s="18" t="s">
-        <v>439</v>
+        <v>62</v>
       </c>
       <c r="M23" s="18">
-        <v>20120424</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>20070216</v>
       </c>
       <c r="X23" s="34">
-        <v>511531</v>
+        <v>96252</v>
       </c>
       <c r="Y23" s="34">
-        <v>156596</v>
+        <v>342992</v>
       </c>
       <c r="Z23" s="20">
-        <v>161</v>
+        <v>447</v>
       </c>
       <c r="AA23" s="18">
-        <v>9</v>
+        <v>8</v>
+      </c>
+      <c r="AJ23" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A24" s="17" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="B24" s="28">
-        <v>1094502</v>
+        <v>1112197</v>
       </c>
       <c r="C24" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D24" s="28" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="E24" s="18" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F24" s="24">
-        <v>2284947</v>
+        <v>9223921.6999999993</v>
       </c>
       <c r="G24" s="24">
-        <v>1088070</v>
+        <v>65885155</v>
       </c>
       <c r="H24" s="18" t="s">
-        <v>76</v>
+        <v>88</v>
       </c>
       <c r="J24" s="18" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="K24" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L24" s="18" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="M24" s="18">
-        <v>20070216</v>
+        <v>20080204</v>
+      </c>
+      <c r="T24" s="18" t="s">
+        <v>562</v>
       </c>
       <c r="X24" s="34">
-        <v>92314</v>
+        <v>1944618</v>
       </c>
       <c r="Y24" s="34">
-        <v>335162.5</v>
+        <v>344061</v>
       </c>
       <c r="Z24" s="20">
-        <v>427</v>
+        <v>597</v>
       </c>
       <c r="AA24" s="18">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A25" s="17" t="s">
-        <v>567</v>
+        <v>432</v>
       </c>
       <c r="B25" s="28">
-        <v>1112197</v>
+        <v>1021802</v>
       </c>
       <c r="C25" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D25" s="28" t="s">
-        <v>568</v>
+        <v>433</v>
       </c>
       <c r="E25" s="18" t="s">
-        <v>569</v>
+        <v>434</v>
       </c>
       <c r="F25" s="24">
-        <v>8894495.9250000007</v>
+        <v>37386526.060000002</v>
       </c>
       <c r="G25" s="24">
-        <v>65885155</v>
+        <v>287588662</v>
       </c>
       <c r="H25" s="18" t="s">
-        <v>89</v>
+        <v>75</v>
       </c>
       <c r="J25" s="18" t="s">
         <v>53</v>
       </c>
       <c r="K25" s="32" t="s">
         <v>52</v>
       </c>
-      <c r="L25" s="18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X25" s="34">
-        <v>1827746</v>
+        <v>12741831</v>
       </c>
       <c r="Y25" s="34">
-        <v>329067</v>
+        <v>1669661.5</v>
       </c>
       <c r="Z25" s="20">
-        <v>532</v>
+        <v>3358</v>
       </c>
       <c r="AA25" s="18">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AF25" s="18" t="s">
+        <v>216</v>
+      </c>
+      <c r="AJ25" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="26" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A26" s="17" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="B26" s="28">
-        <v>1021802</v>
+        <v>1044709</v>
       </c>
       <c r="C26" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D26" s="28" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="E26" s="18" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="F26" s="24">
-        <v>43138299.299999997</v>
+        <v>3476287.08</v>
       </c>
       <c r="G26" s="24">
-        <v>287588662</v>
+        <v>16553748</v>
       </c>
       <c r="H26" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J26" s="18" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="K26" s="32" t="s">
         <v>52</v>
       </c>
       <c r="X26" s="34">
-        <v>11476107</v>
+        <v>435112</v>
       </c>
       <c r="Y26" s="34">
-        <v>1500203.5</v>
+        <v>60170</v>
       </c>
       <c r="Z26" s="20">
-        <v>3059</v>
+        <v>69</v>
       </c>
       <c r="AA26" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>7</v>
+      </c>
+      <c r="AE26" s="18" t="s">
+        <v>139</v>
       </c>
       <c r="AJ26" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="27" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A27" s="17" t="s">
-        <v>452</v>
+        <v>644</v>
       </c>
       <c r="B27" s="28">
-        <v>1044709</v>
+        <v>1186620</v>
       </c>
       <c r="C27" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D27" s="28" t="s">
-        <v>453</v>
+        <v>645</v>
       </c>
       <c r="E27" s="18" t="s">
-        <v>454</v>
+        <v>646</v>
       </c>
       <c r="F27" s="24">
-        <v>3476287.08</v>
+        <v>432106398.08999997</v>
       </c>
       <c r="G27" s="24">
-        <v>16553748</v>
+        <v>533464689</v>
       </c>
       <c r="H27" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J27" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="K27" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="L27" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="K27" s="32" t="s">
-        <v>52</v>
+      <c r="M27" s="18">
+        <v>20220620</v>
+      </c>
+      <c r="Q27" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="X27" s="34">
-        <v>435112</v>
+        <v>23878088</v>
       </c>
       <c r="Y27" s="34">
-        <v>60170</v>
+        <v>19976588</v>
       </c>
       <c r="Z27" s="20">
-        <v>69</v>
+        <v>3826</v>
       </c>
       <c r="AA27" s="18">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="AE27" s="18" t="s">
-        <v>140</v>
+        <v>61</v>
       </c>
       <c r="AJ27" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="28" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A28" s="17" t="s">
-        <v>655</v>
+        <v>515</v>
       </c>
       <c r="B28" s="28">
-        <v>1186620</v>
+        <v>1023775</v>
       </c>
       <c r="C28" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D28" s="28" t="s">
-        <v>656</v>
+        <v>516</v>
       </c>
       <c r="E28" s="18" t="s">
-        <v>657</v>
+        <v>517</v>
       </c>
       <c r="F28" s="24">
-        <v>453050000</v>
+        <v>10910018.720000001</v>
       </c>
       <c r="G28" s="24">
-        <v>533000000</v>
+        <v>136375234</v>
       </c>
       <c r="H28" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J28" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K28" s="32" t="s">
         <v>52</v>
       </c>
-      <c r="L28" s="18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X28" s="34">
-        <v>21312476</v>
+        <v>15710096</v>
       </c>
       <c r="Y28" s="34">
-        <v>17850137</v>
+        <v>1139652</v>
       </c>
       <c r="Z28" s="20">
-        <v>3325</v>
+        <v>898</v>
       </c>
       <c r="AA28" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>12</v>
+      </c>
+      <c r="AC28" s="18" t="s">
+        <v>450</v>
       </c>
       <c r="AJ28" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="29" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A29" s="17" t="s">
-        <v>523</v>
+        <v>447</v>
       </c>
       <c r="B29" s="28">
-        <v>1023775</v>
+        <v>13387</v>
       </c>
       <c r="C29" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D29" s="28" t="s">
-        <v>524</v>
+        <v>448</v>
       </c>
       <c r="E29" s="18" t="s">
-        <v>525</v>
+        <v>449</v>
       </c>
       <c r="F29" s="24">
-        <v>11591894.890000001</v>
+        <v>11299970.890000001</v>
       </c>
       <c r="G29" s="24">
-        <v>136375234</v>
+        <v>72903038</v>
       </c>
       <c r="H29" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J29" s="18" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="K29" s="32" t="s">
         <v>52</v>
       </c>
       <c r="X29" s="34">
-        <v>15125797</v>
+        <v>571102</v>
       </c>
       <c r="Y29" s="34">
-        <v>1090113.5</v>
+        <v>110828.5</v>
       </c>
       <c r="Z29" s="20">
-        <v>835</v>
+        <v>140</v>
       </c>
       <c r="AA29" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>458</v>
+        <v>9</v>
+      </c>
+      <c r="AF29" s="18" t="s">
+        <v>262</v>
       </c>
       <c r="AJ29" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="30" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A30" s="17" t="s">
-        <v>455</v>
+        <v>499</v>
       </c>
       <c r="B30" s="28">
-        <v>13387</v>
+        <v>1098639</v>
       </c>
       <c r="C30" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D30" s="28" t="s">
-        <v>456</v>
+        <v>700</v>
       </c>
       <c r="E30" s="18" t="s">
-        <v>457</v>
+        <v>701</v>
       </c>
       <c r="F30" s="24">
-        <v>16403183.550000001</v>
+        <v>2899916.5</v>
       </c>
       <c r="G30" s="24">
-        <v>72903038</v>
+        <v>44614100</v>
       </c>
       <c r="H30" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J30" s="18" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="K30" s="32" t="s">
         <v>52</v>
       </c>
+      <c r="L30" s="18" t="s">
+        <v>426</v>
+      </c>
+      <c r="M30" s="18">
+        <v>20060707</v>
+      </c>
+      <c r="P30" s="18" t="s">
+        <v>64</v>
+      </c>
       <c r="X30" s="34">
-        <v>493910</v>
+        <v>8317017</v>
       </c>
       <c r="Y30" s="34">
-        <v>95768</v>
+        <v>754998</v>
       </c>
       <c r="Z30" s="20">
-        <v>113</v>
+        <v>572</v>
       </c>
       <c r="AA30" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>267</v>
+        <v>12</v>
+      </c>
+      <c r="AE30" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="AJ30" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="31" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A31" s="17" t="s">
-        <v>507</v>
+        <v>563</v>
       </c>
       <c r="B31" s="28">
-        <v>1098639</v>
+        <v>1119830</v>
       </c>
       <c r="C31" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D31" s="28" t="s">
-        <v>711</v>
+        <v>564</v>
       </c>
       <c r="E31" s="18" t="s">
-        <v>712</v>
+        <v>565</v>
       </c>
       <c r="F31" s="24">
-        <v>3346057.5</v>
+        <v>19881791.370000001</v>
       </c>
       <c r="G31" s="24">
-        <v>44614100</v>
+        <v>94675197</v>
       </c>
       <c r="H31" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J31" s="18" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="K31" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L31" s="18" t="s">
-        <v>434</v>
+        <v>62</v>
       </c>
       <c r="M31" s="18">
-        <v>20060707</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>20081016</v>
+      </c>
+      <c r="O31" s="18" t="s">
+        <v>71</v>
       </c>
       <c r="X31" s="34">
-        <v>7790953</v>
+        <v>13652430</v>
       </c>
       <c r="Y31" s="34">
-        <v>719367</v>
+        <v>3653981.5</v>
       </c>
       <c r="Z31" s="20">
-        <v>508</v>
+        <v>6142</v>
       </c>
       <c r="AA31" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>12</v>
+      </c>
+      <c r="AI31" s="18" t="s">
+        <v>566</v>
       </c>
       <c r="AJ31" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
+      </c>
+      <c r="AR31" s="17" t="s">
+        <v>567</v>
       </c>
     </row>
     <row r="32" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A32" s="17" t="s">
-        <v>571</v>
+        <v>424</v>
       </c>
       <c r="B32" s="28">
-        <v>1119830</v>
+        <v>36493</v>
       </c>
       <c r="C32" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D32" s="28" t="s">
-        <v>572</v>
+        <v>699</v>
       </c>
       <c r="E32" s="18" t="s">
-        <v>573</v>
+        <v>425</v>
       </c>
       <c r="F32" s="24">
-        <v>28875935.085000001</v>
+        <v>1945441.69</v>
       </c>
       <c r="G32" s="24">
-        <v>94675197</v>
+        <v>9048566</v>
       </c>
       <c r="H32" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J32" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K32" s="32" t="s">
         <v>52</v>
       </c>
-      <c r="L32" s="18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X32" s="34">
-        <v>12133968</v>
+        <v>22926520</v>
       </c>
       <c r="Y32" s="34">
-        <v>3284722.5</v>
+        <v>1122890.5</v>
       </c>
       <c r="Z32" s="20">
-        <v>5685</v>
+        <v>2346</v>
       </c>
       <c r="AA32" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>574</v>
+        <v>12</v>
+      </c>
+      <c r="AD32" s="18" t="s">
+        <v>287</v>
+      </c>
+      <c r="AH32" s="18" t="s">
+        <v>196</v>
       </c>
       <c r="AJ32" s="18" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>575</v>
+        <v>64</v>
       </c>
     </row>
     <row r="33" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A33" s="17" t="s">
-        <v>432</v>
+        <v>555</v>
       </c>
       <c r="B33" s="28">
-        <v>36493</v>
+        <v>1114615</v>
       </c>
       <c r="C33" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D33" s="28" t="s">
-        <v>710</v>
+        <v>556</v>
       </c>
       <c r="E33" s="18" t="s">
-        <v>433</v>
+        <v>557</v>
       </c>
       <c r="F33" s="24">
-        <v>2081170.18</v>
+        <v>160768287.36000001</v>
       </c>
       <c r="G33" s="24">
-        <v>9048566</v>
+        <v>315231936</v>
       </c>
       <c r="H33" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J33" s="18" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="K33" s="32" t="s">
         <v>52</v>
       </c>
+      <c r="L33" s="18" t="s">
+        <v>431</v>
+      </c>
+      <c r="M33" s="18">
+        <v>20111129</v>
+      </c>
+      <c r="N33" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="P33" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="U33" s="18" t="s">
+        <v>64</v>
+      </c>
       <c r="X33" s="34">
-        <v>22608398</v>
+        <v>42502005</v>
       </c>
       <c r="Y33" s="34">
-        <v>1053190</v>
+        <v>9370393</v>
       </c>
       <c r="Z33" s="20">
-        <v>2219</v>
+        <v>5600</v>
       </c>
       <c r="AA33" s="18">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>201</v>
+        <v>12</v>
+      </c>
+      <c r="AB33" s="18" t="s">
+        <v>558</v>
+      </c>
+      <c r="AF33" s="18" t="s">
+        <v>216</v>
       </c>
       <c r="AJ33" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="34" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A34" s="17" t="s">
-        <v>563</v>
+        <v>464</v>
       </c>
       <c r="B34" s="28">
-        <v>1114615</v>
+        <v>37598</v>
       </c>
       <c r="C34" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D34" s="28" t="s">
-        <v>564</v>
+        <v>465</v>
       </c>
       <c r="E34" s="18" t="s">
-        <v>565</v>
+        <v>466</v>
       </c>
       <c r="F34" s="24">
-        <v>44132471.039999999</v>
+        <v>238465425.08000001</v>
       </c>
       <c r="G34" s="24">
-        <v>315231936</v>
+        <v>1109141512</v>
       </c>
       <c r="H34" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J34" s="18" t="s">
-        <v>53</v>
+        <v>256</v>
       </c>
       <c r="K34" s="32" t="s">
-        <v>52</v>
+        <v>179</v>
       </c>
       <c r="L34" s="18" t="s">
-        <v>439</v>
+        <v>431</v>
       </c>
       <c r="M34" s="18">
-        <v>20111129</v>
+        <v>20050413</v>
       </c>
       <c r="N34" s="18" t="s">
-        <v>83</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>82</v>
+      </c>
+      <c r="Q34" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="X34" s="34">
-        <v>24353611</v>
+        <v>89929184</v>
       </c>
       <c r="Y34" s="34">
-        <v>3886985.5</v>
+        <v>15718041.5</v>
       </c>
       <c r="Z34" s="20">
-        <v>3251</v>
+        <v>7272</v>
       </c>
       <c r="AA34" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AB34" s="18" t="s">
-        <v>566</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>180</v>
+      </c>
+      <c r="AD34" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="AH34" s="18" t="s">
+        <v>467</v>
       </c>
       <c r="AJ34" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="35" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A35" s="17" t="s">
-        <v>472</v>
+        <v>660</v>
       </c>
       <c r="B35" s="28">
-        <v>37598</v>
+        <v>1188325</v>
       </c>
       <c r="C35" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D35" s="28" t="s">
-        <v>473</v>
+        <v>661</v>
       </c>
       <c r="E35" s="18" t="s">
-        <v>474</v>
+        <v>662</v>
       </c>
       <c r="F35" s="24">
-        <v>216282594.84</v>
+        <v>3991252.86</v>
       </c>
       <c r="G35" s="24">
-        <v>1109141512</v>
+        <v>66520881</v>
       </c>
       <c r="H35" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J35" s="18" t="s">
-        <v>261</v>
+        <v>65</v>
       </c>
       <c r="K35" s="32" t="s">
-        <v>184</v>
+        <v>52</v>
       </c>
       <c r="L35" s="18" t="s">
-        <v>439</v>
+        <v>62</v>
       </c>
       <c r="M35" s="18">
-        <v>20050413</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>20240910</v>
       </c>
       <c r="X35" s="34">
-        <v>73867868</v>
+        <v>18010554</v>
       </c>
       <c r="Y35" s="34">
-        <v>12475997.5</v>
+        <v>1807697</v>
       </c>
       <c r="Z35" s="20">
-        <v>5489</v>
+        <v>1176</v>
       </c>
       <c r="AA35" s="18">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>475</v>
+        <v>12</v>
+      </c>
+      <c r="AE35" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="AJ35" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="36" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A36" s="17" t="s">
-        <v>671</v>
+        <v>634</v>
       </c>
       <c r="B36" s="28">
-        <v>1188325</v>
+        <v>1185211</v>
       </c>
       <c r="C36" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D36" s="28" t="s">
-        <v>672</v>
+        <v>635</v>
       </c>
       <c r="E36" s="18" t="s">
-        <v>673</v>
+        <v>636</v>
       </c>
       <c r="F36" s="24">
-        <v>5986879.29</v>
+        <v>6416970.7199999997</v>
       </c>
       <c r="G36" s="24">
-        <v>66520881</v>
+        <v>213899024</v>
       </c>
       <c r="H36" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J36" s="18" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="K36" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L36" s="18" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="M36" s="18">
-        <v>20240910</v>
+        <v>20210712</v>
+      </c>
+      <c r="O36" s="18" t="s">
+        <v>89</v>
       </c>
       <c r="X36" s="34">
-        <v>13192399</v>
+        <v>54700092</v>
       </c>
       <c r="Y36" s="34">
-        <v>1543725.5</v>
+        <v>2023108.5</v>
       </c>
       <c r="Z36" s="20">
-        <v>1007</v>
+        <v>3535</v>
       </c>
       <c r="AA36" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AE36" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AJ36" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
+      </c>
+      <c r="AR36" s="17" t="s">
+        <v>567</v>
       </c>
     </row>
     <row r="37" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A37" s="17" t="s">
-        <v>645</v>
+        <v>537</v>
       </c>
       <c r="B37" s="28">
-        <v>1185211</v>
+        <v>1107170</v>
       </c>
       <c r="C37" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D37" s="28" t="s">
-        <v>646</v>
+        <v>538</v>
       </c>
       <c r="E37" s="18" t="s">
-        <v>647</v>
+        <v>539</v>
       </c>
       <c r="F37" s="24">
-        <v>7486465.8399999999</v>
+        <v>24260731.879999999</v>
       </c>
       <c r="G37" s="24">
-        <v>213899024</v>
+        <v>110276054</v>
       </c>
       <c r="H37" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J37" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="K37" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="L37" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="K37" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M37" s="18">
-        <v>20210712</v>
+        <v>20060512</v>
       </c>
       <c r="O37" s="18" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="X37" s="34">
-        <v>52792445</v>
+        <v>3552324</v>
       </c>
       <c r="Y37" s="34">
-        <v>1954656</v>
+        <v>500687</v>
       </c>
       <c r="Z37" s="20">
-        <v>3364</v>
+        <v>539</v>
       </c>
       <c r="AA37" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AE37" s="18" t="s">
-        <v>66</v>
+        <v>412</v>
+      </c>
+      <c r="AI37" s="18" t="s">
+        <v>81</v>
       </c>
       <c r="AJ37" s="18" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>575</v>
+        <v>64</v>
       </c>
     </row>
     <row r="38" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A38" s="17" t="s">
-        <v>545</v>
+        <v>638</v>
       </c>
       <c r="B38" s="28">
-        <v>1107170</v>
+        <v>1186110</v>
       </c>
       <c r="C38" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D38" s="28" t="s">
-        <v>546</v>
+        <v>639</v>
       </c>
       <c r="E38" s="18" t="s">
-        <v>547</v>
+        <v>640</v>
       </c>
       <c r="F38" s="24">
-        <v>22606591.07</v>
+        <v>25267138.379999999</v>
       </c>
       <c r="G38" s="24">
-        <v>110276054</v>
+        <v>163013796</v>
       </c>
       <c r="H38" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J38" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K38" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L38" s="18" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="M38" s="18">
-        <v>20060512</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>20220330</v>
       </c>
       <c r="X38" s="34">
-        <v>3015332</v>
+        <v>16138683</v>
       </c>
       <c r="Y38" s="34">
-        <v>391988.5</v>
+        <v>2947078.5</v>
       </c>
       <c r="Z38" s="20">
-        <v>444</v>
+        <v>3232</v>
       </c>
       <c r="AA38" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AE38" s="18" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>139</v>
       </c>
       <c r="AJ38" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
+      </c>
+      <c r="AR38" s="17" t="s">
+        <v>567</v>
       </c>
     </row>
     <row r="39" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A39" s="17" t="s">
-        <v>649</v>
+        <v>500</v>
       </c>
       <c r="B39" s="28">
-        <v>1186110</v>
+        <v>22381</v>
       </c>
       <c r="C39" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D39" s="28" t="s">
-        <v>650</v>
+        <v>501</v>
       </c>
       <c r="E39" s="18" t="s">
-        <v>651</v>
+        <v>502</v>
       </c>
       <c r="F39" s="24">
-        <v>29342483.280000001</v>
+        <v>186128952.94</v>
       </c>
       <c r="G39" s="24">
-        <v>163013796</v>
+        <v>94481702</v>
       </c>
       <c r="H39" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J39" s="18" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="K39" s="32" t="s">
         <v>52</v>
       </c>
-      <c r="L39" s="18" t="s">
-[...3 lines deleted...]
-        <v>20220330</v>
+      <c r="O39" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q39" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="X39" s="34">
-        <v>14394086</v>
+        <v>23980599</v>
       </c>
       <c r="Y39" s="34">
-        <v>2680032</v>
+        <v>45727363</v>
       </c>
       <c r="Z39" s="20">
-        <v>2989</v>
+        <v>22941</v>
       </c>
       <c r="AA39" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AE39" s="18" t="s">
-        <v>140</v>
+        <v>65</v>
       </c>
       <c r="AJ39" s="18" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>575</v>
+        <v>64</v>
       </c>
     </row>
     <row r="40" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A40" s="17" t="s">
-        <v>508</v>
+        <v>657</v>
       </c>
       <c r="B40" s="28">
-        <v>22381</v>
+        <v>1188285</v>
       </c>
       <c r="C40" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D40" s="28" t="s">
-        <v>509</v>
+        <v>658</v>
       </c>
       <c r="E40" s="18" t="s">
-        <v>510</v>
+        <v>659</v>
       </c>
       <c r="F40" s="24">
-        <v>193984739.09999999</v>
+        <v>14422106</v>
       </c>
       <c r="G40" s="24">
-        <v>94626702</v>
+        <v>12432850</v>
       </c>
       <c r="H40" s="18" t="s">
-        <v>76</v>
+        <v>60</v>
+      </c>
+      <c r="I40" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="J40" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="K40" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="L40" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="K40" s="32" t="s">
-[...6 lines deleted...]
-        <v>65</v>
+      <c r="M40" s="18">
+        <v>20240816</v>
       </c>
       <c r="X40" s="34">
-        <v>22378787</v>
+        <v>1443909</v>
       </c>
       <c r="Y40" s="34">
-        <v>42467568.5</v>
+        <v>1639191.5</v>
       </c>
       <c r="Z40" s="20">
-        <v>20826</v>
+        <v>1434</v>
       </c>
       <c r="AA40" s="18">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A41" s="17" t="s">
-        <v>668</v>
+        <v>629</v>
       </c>
       <c r="B41" s="28">
-        <v>1188285</v>
+        <v>1181145</v>
       </c>
       <c r="C41" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D41" s="28" t="s">
-        <v>669</v>
+        <v>630</v>
       </c>
       <c r="E41" s="18" t="s">
-        <v>670</v>
+        <v>631</v>
       </c>
       <c r="F41" s="24">
-        <v>13319537.619999999</v>
+        <v>59926117.549999997</v>
       </c>
       <c r="G41" s="24">
-        <v>12448166</v>
+        <v>15171169</v>
       </c>
       <c r="H41" s="18" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="J41" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K41" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L41" s="18" t="s">
-        <v>63</v>
+        <v>426</v>
       </c>
       <c r="M41" s="18">
-        <v>20240816</v>
+        <v>20190130</v>
+      </c>
+      <c r="P41" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="X41" s="34">
-        <v>1373313</v>
+        <v>1207149</v>
       </c>
       <c r="Y41" s="34">
-        <v>1560490.5</v>
+        <v>5689256</v>
       </c>
       <c r="Z41" s="20">
-        <v>1316</v>
+        <v>1666</v>
       </c>
       <c r="AA41" s="18">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AE41" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="AJ41" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="42" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A42" s="17" t="s">
-        <v>640</v>
+        <v>468</v>
       </c>
       <c r="B42" s="28">
-        <v>1181145</v>
+        <v>1014690</v>
       </c>
       <c r="C42" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D42" s="28" t="s">
-        <v>641</v>
+        <v>469</v>
       </c>
       <c r="E42" s="18" t="s">
-        <v>642</v>
+        <v>470</v>
       </c>
       <c r="F42" s="24">
-        <v>68497828.034999996</v>
+        <v>4365520.5</v>
       </c>
       <c r="G42" s="24">
-        <v>15171169</v>
+        <v>58206940</v>
       </c>
       <c r="H42" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J42" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K42" s="32" t="s">
         <v>52</v>
       </c>
-      <c r="L42" s="18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X42" s="34">
-        <v>1124238</v>
+        <v>31588535</v>
       </c>
       <c r="Y42" s="34">
-        <v>5377271.5</v>
+        <v>4601846.5</v>
       </c>
       <c r="Z42" s="20">
-        <v>1488</v>
+        <v>2431</v>
       </c>
       <c r="AA42" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>12</v>
+      </c>
+      <c r="AH42" s="18" t="s">
+        <v>581</v>
       </c>
       <c r="AJ42" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="43" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A43" s="17" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="B43" s="28">
-        <v>1014690</v>
+        <v>1023177</v>
       </c>
       <c r="C43" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D43" s="28" t="s">
+        <v>476</v>
+      </c>
+      <c r="E43" s="18" t="s">
         <v>477</v>
       </c>
-      <c r="E43" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F43" s="24">
-        <v>4947589.9000000004</v>
+        <v>1332988.895</v>
       </c>
       <c r="G43" s="24">
-        <v>58206940</v>
+        <v>38085397</v>
       </c>
       <c r="H43" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J43" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K43" s="32" t="s">
         <v>52</v>
       </c>
       <c r="X43" s="34">
-        <v>30563181</v>
+        <v>1546051</v>
       </c>
       <c r="Y43" s="34">
-        <v>4522058</v>
+        <v>56798.5</v>
       </c>
       <c r="Z43" s="20">
-        <v>2354</v>
+        <v>333</v>
       </c>
       <c r="AA43" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>589</v>
+        <v>12</v>
+      </c>
+      <c r="AE43" s="18" t="s">
+        <v>208</v>
+      </c>
+      <c r="AF43" s="18" t="s">
+        <v>86</v>
       </c>
       <c r="AJ43" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="44" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A44" s="17" t="s">
-        <v>483</v>
+        <v>601</v>
       </c>
       <c r="B44" s="28">
-        <v>1023177</v>
+        <v>1154635</v>
       </c>
       <c r="C44" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D44" s="28" t="s">
-        <v>484</v>
+        <v>602</v>
       </c>
       <c r="E44" s="18" t="s">
-        <v>485</v>
+        <v>603</v>
       </c>
       <c r="F44" s="24">
-        <v>1523415.88</v>
+        <v>22802584.199999999</v>
       </c>
       <c r="G44" s="24">
-        <v>38085397</v>
+        <v>304034456</v>
       </c>
       <c r="H44" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J44" s="18" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="K44" s="32" t="s">
         <v>52</v>
       </c>
+      <c r="L44" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="M44" s="18">
+        <v>20120529</v>
+      </c>
       <c r="X44" s="34">
-        <v>1444712</v>
+        <v>14508685</v>
       </c>
       <c r="Y44" s="34">
-        <v>53057</v>
+        <v>1984376.5</v>
       </c>
       <c r="Z44" s="20">
-        <v>304</v>
+        <v>2451</v>
       </c>
       <c r="AA44" s="18">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>12</v>
+      </c>
+      <c r="AI44" s="18" t="s">
+        <v>261</v>
       </c>
       <c r="AJ44" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="45" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A45" s="17" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
       <c r="B45" s="28">
-        <v>1154635</v>
+        <v>1177910</v>
       </c>
       <c r="C45" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D45" s="28" t="s">
-        <v>610</v>
+        <v>617</v>
       </c>
       <c r="E45" s="18" t="s">
-        <v>611</v>
+        <v>618</v>
       </c>
       <c r="F45" s="24">
-        <v>31923617.879999999</v>
+        <v>2072289.84</v>
       </c>
       <c r="G45" s="24">
-        <v>304034456</v>
+        <v>69076328</v>
       </c>
       <c r="H45" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J45" s="18" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="K45" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L45" s="18" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="M45" s="18">
-        <v>20120529</v>
+        <v>20160901</v>
       </c>
       <c r="X45" s="34">
-        <v>12182818</v>
+        <v>465108</v>
       </c>
       <c r="Y45" s="34">
-        <v>1772745.5</v>
+        <v>14145</v>
       </c>
       <c r="Z45" s="20">
-        <v>2225</v>
+        <v>79</v>
       </c>
       <c r="AA45" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>266</v>
+        <v>12</v>
+      </c>
+      <c r="AC45" s="18" t="s">
+        <v>115</v>
       </c>
       <c r="AJ45" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="46" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A46" s="17" t="s">
-        <v>627</v>
+        <v>485</v>
       </c>
       <c r="B46" s="28">
-        <v>1177910</v>
+        <v>1023991</v>
       </c>
       <c r="C46" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D46" s="28" t="s">
-        <v>628</v>
+        <v>486</v>
       </c>
       <c r="E46" s="18" t="s">
-        <v>629</v>
+        <v>487</v>
       </c>
       <c r="F46" s="24">
-        <v>1726908.2</v>
+        <v>986885.76</v>
       </c>
       <c r="G46" s="24">
-        <v>69076328</v>
+        <v>24672144</v>
       </c>
       <c r="H46" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J46" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K46" s="32" t="s">
         <v>52</v>
       </c>
-      <c r="L46" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="X46" s="34">
-        <v>404266</v>
+        <v>1169568</v>
       </c>
       <c r="Y46" s="34">
-        <v>12369</v>
+        <v>42558.5</v>
       </c>
       <c r="Z46" s="20">
-        <v>74</v>
+        <v>177</v>
       </c>
       <c r="AA46" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>12</v>
+      </c>
+      <c r="AE46" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="AJ46" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="47" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A47" s="17" t="s">
-        <v>493</v>
+        <v>654</v>
       </c>
       <c r="B47" s="28">
-        <v>1023991</v>
+        <v>1187420</v>
       </c>
       <c r="C47" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D47" s="28" t="s">
-        <v>494</v>
+        <v>655</v>
       </c>
       <c r="E47" s="18" t="s">
-        <v>495</v>
+        <v>656</v>
       </c>
       <c r="F47" s="24">
-        <v>1480328.64</v>
+        <v>7776721.2999999998</v>
       </c>
       <c r="G47" s="24">
-        <v>24672144</v>
+        <v>155534426</v>
       </c>
       <c r="H47" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J47" s="18" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="K47" s="32" t="s">
         <v>52</v>
       </c>
+      <c r="L47" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="M47" s="18">
+        <v>20230912</v>
+      </c>
+      <c r="O47" s="18" t="s">
+        <v>89</v>
+      </c>
       <c r="X47" s="34">
-        <v>1119468</v>
+        <v>12101066</v>
       </c>
       <c r="Y47" s="34">
-        <v>40219</v>
+        <v>932426</v>
       </c>
       <c r="Z47" s="20">
-        <v>162</v>
+        <v>1616</v>
       </c>
       <c r="AA47" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>5</v>
+      </c>
+      <c r="AF47" s="18" t="s">
+        <v>103</v>
       </c>
       <c r="AJ47" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="48" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A48" s="17" t="s">
-        <v>665</v>
+        <v>648</v>
       </c>
       <c r="B48" s="28">
-        <v>1187420</v>
+        <v>1187405</v>
       </c>
       <c r="C48" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D48" s="28" t="s">
-        <v>666</v>
+        <v>649</v>
       </c>
       <c r="E48" s="18" t="s">
-        <v>667</v>
+        <v>650</v>
       </c>
       <c r="F48" s="24">
-        <v>5443704.9100000001</v>
+        <v>506323826.5</v>
       </c>
       <c r="G48" s="24">
-        <v>155534426</v>
+        <v>595675090</v>
       </c>
       <c r="H48" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J48" s="18" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="K48" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L48" s="18" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="M48" s="18">
-        <v>20230912</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>20230718</v>
+      </c>
+      <c r="Q48" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="X48" s="34">
-        <v>12101066</v>
+        <v>92419830</v>
       </c>
       <c r="Y48" s="34">
-        <v>932426</v>
+        <v>66279258</v>
       </c>
       <c r="Z48" s="20">
-        <v>1616</v>
+        <v>17353</v>
       </c>
       <c r="AA48" s="18">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>12</v>
+      </c>
+      <c r="AE48" s="18" t="s">
+        <v>102</v>
       </c>
       <c r="AJ48" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="49" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A49" s="17" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
       <c r="B49" s="28">
-        <v>1187405</v>
+        <v>1188635</v>
       </c>
       <c r="C49" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D49" s="28" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="E49" s="18" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="F49" s="24">
-        <v>494410324.69999999</v>
+        <v>71200000</v>
       </c>
       <c r="G49" s="24">
-        <v>595675090</v>
+        <v>40000000</v>
       </c>
       <c r="H49" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J49" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K49" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L49" s="18" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="M49" s="18">
-        <v>20230718</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>20250211</v>
       </c>
       <c r="X49" s="34">
-        <v>84919985</v>
+        <v>20402437</v>
       </c>
       <c r="Y49" s="34">
-        <v>60055738</v>
+        <v>26204865.5</v>
       </c>
       <c r="Z49" s="20">
-        <v>16403</v>
+        <v>15761</v>
       </c>
       <c r="AA49" s="18">
         <v>11</v>
       </c>
       <c r="AE49" s="18" t="s">
-        <v>103</v>
+        <v>120</v>
       </c>
       <c r="AJ49" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="50" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A50" s="17" t="s">
-        <v>677</v>
+        <v>543</v>
       </c>
       <c r="B50" s="28">
-        <v>1188635</v>
+        <v>1107427</v>
       </c>
       <c r="C50" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D50" s="28" t="s">
-        <v>678</v>
+        <v>544</v>
       </c>
       <c r="E50" s="18" t="s">
-        <v>679</v>
+        <v>545</v>
       </c>
       <c r="F50" s="24">
-        <v>61200000</v>
+        <v>32474892.079999998</v>
       </c>
       <c r="G50" s="24">
-        <v>40000000</v>
+        <v>53237528</v>
       </c>
       <c r="H50" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J50" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K50" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L50" s="18" t="s">
-        <v>63</v>
+        <v>426</v>
       </c>
       <c r="M50" s="18">
-        <v>20250211</v>
+        <v>20081106</v>
+      </c>
+      <c r="P50" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="X50" s="34">
-        <v>18530886</v>
+        <v>29562332</v>
       </c>
       <c r="Y50" s="34">
-        <v>23047628</v>
+        <v>39496074</v>
       </c>
       <c r="Z50" s="20">
-        <v>14051</v>
+        <v>10308</v>
       </c>
       <c r="AA50" s="18">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="AE50" s="18" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AJ50" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="51" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A51" s="17" t="s">
-        <v>551</v>
+        <v>492</v>
       </c>
       <c r="B51" s="28">
-        <v>1107427</v>
+        <v>1023218</v>
       </c>
       <c r="C51" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D51" s="28" t="s">
-        <v>552</v>
+        <v>493</v>
       </c>
       <c r="E51" s="18" t="s">
-        <v>553</v>
+        <v>494</v>
       </c>
       <c r="F51" s="24">
-        <v>78259166.159999996</v>
+        <v>1056991.8999999999</v>
       </c>
       <c r="G51" s="24">
-        <v>53237528</v>
+        <v>211398380</v>
       </c>
       <c r="H51" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J51" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K51" s="32" t="s">
         <v>52</v>
       </c>
-      <c r="L51" s="18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X51" s="34">
-        <v>21445304</v>
+        <v>15995282</v>
       </c>
       <c r="Y51" s="34">
-        <v>34878974</v>
+        <v>101694</v>
       </c>
       <c r="Z51" s="20">
-        <v>9167</v>
+        <v>419</v>
       </c>
       <c r="AA51" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>7</v>
+      </c>
+      <c r="AI51" s="18" t="s">
+        <v>495</v>
       </c>
       <c r="AJ51" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="52" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A52" s="17" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="B52" s="28">
-        <v>1023218</v>
+        <v>1057631</v>
       </c>
       <c r="C52" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D52" s="28" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="E52" s="18" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="F52" s="24">
-        <v>1056991.8999999999</v>
+        <v>10677879.52</v>
       </c>
       <c r="G52" s="24">
-        <v>211398380</v>
+        <v>5710096</v>
       </c>
       <c r="H52" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J52" s="18" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="K52" s="32" t="s">
         <v>52</v>
       </c>
       <c r="X52" s="34">
-        <v>13715202</v>
+        <v>566616</v>
       </c>
       <c r="Y52" s="34">
-        <v>90291.5</v>
+        <v>866749.5</v>
       </c>
       <c r="Z52" s="20">
-        <v>379</v>
+        <v>1160</v>
       </c>
       <c r="AA52" s="18">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>503</v>
+        <v>12</v>
+      </c>
+      <c r="AE52" s="18" t="s">
+        <v>139</v>
       </c>
       <c r="AJ52" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="53" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A53" s="17" t="s">
-        <v>504</v>
+        <v>622</v>
       </c>
       <c r="B53" s="28">
-        <v>1057631</v>
+        <v>1179405</v>
       </c>
       <c r="C53" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D53" s="28" t="s">
-        <v>505</v>
+        <v>623</v>
       </c>
       <c r="E53" s="18" t="s">
-        <v>506</v>
+        <v>624</v>
       </c>
       <c r="F53" s="24">
-        <v>9136153.5999999996</v>
+        <v>12315672.16</v>
       </c>
       <c r="G53" s="24">
-        <v>5710096</v>
+        <v>307891804</v>
       </c>
       <c r="H53" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J53" s="18" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="K53" s="32" t="s">
         <v>52</v>
       </c>
+      <c r="L53" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="M53" s="18">
+        <v>20170602</v>
+      </c>
+      <c r="O53" s="18" t="s">
+        <v>71</v>
+      </c>
       <c r="X53" s="34">
-        <v>516935</v>
+        <v>56970485</v>
       </c>
       <c r="Y53" s="34">
-        <v>777531.5</v>
+        <v>2980494.5</v>
       </c>
       <c r="Z53" s="20">
-        <v>1039</v>
+        <v>3631</v>
       </c>
       <c r="AA53" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>12</v>
+      </c>
+      <c r="AH53" s="18" t="s">
+        <v>625</v>
       </c>
       <c r="AJ53" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="54" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A54" s="17" t="s">
-        <v>633</v>
+        <v>619</v>
       </c>
       <c r="B54" s="28">
-        <v>1179405</v>
+        <v>1178355</v>
       </c>
       <c r="C54" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D54" s="28" t="s">
-        <v>634</v>
+        <v>620</v>
       </c>
       <c r="E54" s="18" t="s">
-        <v>635</v>
+        <v>621</v>
       </c>
       <c r="F54" s="24">
-        <v>10776213.140000001</v>
+        <v>3905077</v>
       </c>
       <c r="G54" s="24">
-        <v>307891804</v>
+        <v>1775035</v>
       </c>
       <c r="H54" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J54" s="18" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="K54" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L54" s="18" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="M54" s="18">
-        <v>20170602</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>20161114</v>
       </c>
       <c r="X54" s="34">
-        <v>52219884</v>
+        <v>65345</v>
       </c>
       <c r="Y54" s="34">
-        <v>2815572</v>
+        <v>151894</v>
       </c>
       <c r="Z54" s="20">
-        <v>3412</v>
+        <v>73</v>
       </c>
       <c r="AA54" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>636</v>
+        <v>12</v>
+      </c>
+      <c r="AE54" s="18" t="s">
+        <v>53</v>
       </c>
       <c r="AJ54" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
+      </c>
+      <c r="AK54" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="AL54" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="AM54" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="AN54" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="AO54" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="AP54" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="55" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A55" s="17" t="s">
-        <v>630</v>
+        <v>552</v>
       </c>
       <c r="B55" s="28">
-        <v>1178355</v>
+        <v>1111048</v>
       </c>
       <c r="C55" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D55" s="28" t="s">
-        <v>631</v>
+        <v>553</v>
       </c>
       <c r="E55" s="18" t="s">
-        <v>632</v>
+        <v>554</v>
       </c>
       <c r="F55" s="24">
-        <v>3993828.75</v>
+        <v>58387208.145000003</v>
       </c>
       <c r="G55" s="24">
-        <v>1775035</v>
+        <v>134223467</v>
       </c>
       <c r="H55" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J55" s="18" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="K55" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L55" s="18" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="M55" s="18">
-        <v>20161114</v>
+        <v>20070717</v>
       </c>
       <c r="X55" s="34">
-        <v>52340</v>
+        <v>70373528</v>
       </c>
       <c r="Y55" s="34">
-        <v>122970</v>
+        <v>29978050</v>
       </c>
       <c r="Z55" s="20">
-        <v>64</v>
+        <v>11376</v>
       </c>
       <c r="AA55" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>12</v>
+      </c>
+      <c r="AF55" s="18" t="s">
+        <v>86</v>
       </c>
       <c r="AJ55" s="18" t="s">
-        <v>65</v>
-[...17 lines deleted...]
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="56" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A56" s="17" t="s">
-        <v>560</v>
+        <v>592</v>
       </c>
       <c r="B56" s="28">
-        <v>1111048</v>
+        <v>1145031</v>
       </c>
       <c r="C56" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D56" s="28" t="s">
-        <v>561</v>
+        <v>593</v>
       </c>
       <c r="E56" s="18" t="s">
-        <v>562</v>
+        <v>594</v>
       </c>
       <c r="F56" s="24">
-        <v>56373856.140000001</v>
+        <v>8633291.8499999996</v>
       </c>
       <c r="G56" s="24">
-        <v>134223467</v>
+        <v>38370186</v>
       </c>
       <c r="H56" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J56" s="18" t="s">
-        <v>66</v>
+        <v>287</v>
       </c>
       <c r="K56" s="32" t="s">
-        <v>52</v>
+        <v>168</v>
       </c>
       <c r="L56" s="18" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="M56" s="18">
-        <v>20070717</v>
+        <v>20110804</v>
       </c>
       <c r="X56" s="34">
-        <v>66105729</v>
+        <v>4586204</v>
       </c>
       <c r="Y56" s="34">
-        <v>28124970</v>
+        <v>1484318.5</v>
       </c>
       <c r="Z56" s="20">
-        <v>10597</v>
+        <v>851</v>
       </c>
       <c r="AA56" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>12</v>
+      </c>
+      <c r="AD56" s="18" t="s">
+        <v>287</v>
       </c>
       <c r="AJ56" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="57" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A57" s="17" t="s">
-        <v>600</v>
+        <v>455</v>
       </c>
       <c r="B57" s="28">
-        <v>1145031</v>
+        <v>1023225</v>
       </c>
       <c r="C57" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D57" s="28" t="s">
-        <v>601</v>
+        <v>456</v>
       </c>
       <c r="E57" s="18" t="s">
-        <v>602</v>
+        <v>457</v>
       </c>
       <c r="F57" s="24">
-        <v>7674037.2000000002</v>
+        <v>1698841.23</v>
       </c>
       <c r="G57" s="24">
-        <v>38370186</v>
+        <v>169884123</v>
       </c>
       <c r="H57" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J57" s="18" t="s">
-        <v>292</v>
+        <v>65</v>
       </c>
       <c r="K57" s="32" t="s">
-        <v>173</v>
-[...5 lines deleted...]
-        <v>20110804</v>
+        <v>52</v>
       </c>
       <c r="X57" s="34">
-        <v>3851427</v>
+        <v>4502306</v>
       </c>
       <c r="Y57" s="34">
-        <v>1327575</v>
+        <v>63764.5</v>
       </c>
       <c r="Z57" s="20">
-        <v>728</v>
+        <v>280</v>
       </c>
       <c r="AA57" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>292</v>
+        <v>8</v>
+      </c>
+      <c r="AI57" s="18" t="s">
+        <v>121</v>
       </c>
       <c r="AJ57" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="58" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A58" s="17" t="s">
-        <v>463</v>
+        <v>531</v>
       </c>
       <c r="B58" s="28">
-        <v>1023225</v>
+        <v>1023275</v>
       </c>
       <c r="C58" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D58" s="28" t="s">
-        <v>464</v>
+        <v>532</v>
       </c>
       <c r="E58" s="18" t="s">
-        <v>465</v>
+        <v>533</v>
       </c>
       <c r="F58" s="24">
-        <v>1698841.23</v>
+        <v>291191700.80000001</v>
       </c>
       <c r="G58" s="24">
-        <v>169884123</v>
+        <v>259992590</v>
       </c>
       <c r="H58" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J58" s="18" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="K58" s="32" t="s">
         <v>52</v>
       </c>
+      <c r="L58" s="18" t="s">
+        <v>431</v>
+      </c>
+      <c r="M58" s="18">
+        <v>20100225</v>
+      </c>
+      <c r="O58" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q58" s="18" t="s">
+        <v>64</v>
+      </c>
       <c r="X58" s="34">
-        <v>4502306</v>
+        <v>47215390</v>
       </c>
       <c r="Y58" s="34">
-        <v>63764.5</v>
+        <v>48771207</v>
       </c>
       <c r="Z58" s="20">
-        <v>280</v>
+        <v>14593</v>
       </c>
       <c r="AA58" s="18">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>12</v>
+      </c>
+      <c r="AF58" s="18" t="s">
+        <v>103</v>
       </c>
       <c r="AJ58" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="59" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A59" s="17" t="s">
-        <v>539</v>
+        <v>451</v>
       </c>
       <c r="B59" s="28">
-        <v>1023275</v>
+        <v>1095034</v>
       </c>
       <c r="C59" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D59" s="28" t="s">
-        <v>540</v>
+        <v>452</v>
       </c>
       <c r="E59" s="18" t="s">
-        <v>541</v>
+        <v>453</v>
       </c>
       <c r="F59" s="24">
-        <v>259992590</v>
+        <v>71031179.75</v>
       </c>
       <c r="G59" s="24">
-        <v>259992590</v>
+        <v>19764909</v>
       </c>
       <c r="H59" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J59" s="18" t="s">
-        <v>62</v>
+        <v>454</v>
       </c>
       <c r="K59" s="32" t="s">
-        <v>52</v>
-[...11 lines deleted...]
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="X59" s="34">
-        <v>43447872</v>
+        <v>1378716</v>
       </c>
       <c r="Y59" s="34">
-        <v>44989094</v>
+        <v>4684005</v>
       </c>
       <c r="Z59" s="20">
-        <v>13420</v>
+        <v>2182</v>
       </c>
       <c r="AA59" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>12</v>
+      </c>
+      <c r="AB59" s="18" t="s">
+        <v>403</v>
       </c>
       <c r="AJ59" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="60" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A60" s="17" t="s">
-        <v>459</v>
+        <v>582</v>
       </c>
       <c r="B60" s="28">
-        <v>1095034</v>
+        <v>1133355</v>
       </c>
       <c r="C60" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D60" s="28" t="s">
-        <v>460</v>
+        <v>583</v>
       </c>
       <c r="E60" s="18" t="s">
-        <v>461</v>
+        <v>584</v>
       </c>
       <c r="F60" s="24">
-        <v>66247443.049999997</v>
+        <v>4673702.24</v>
       </c>
       <c r="G60" s="24">
-        <v>19764909</v>
+        <v>233685112</v>
       </c>
       <c r="H60" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J60" s="18" t="s">
-        <v>462</v>
+        <v>65</v>
       </c>
       <c r="K60" s="32" t="s">
-        <v>67</v>
+        <v>52</v>
+      </c>
+      <c r="L60" s="18" t="s">
+        <v>426</v>
+      </c>
+      <c r="M60" s="18">
+        <v>20110113</v>
+      </c>
+      <c r="P60" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="X60" s="34">
-        <v>1280108</v>
+        <v>5830946</v>
       </c>
       <c r="Y60" s="34">
-        <v>4336369</v>
+        <v>111041.5</v>
       </c>
       <c r="Z60" s="20">
-        <v>2057</v>
+        <v>326</v>
       </c>
       <c r="AA60" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>411</v>
+        <v>7</v>
+      </c>
+      <c r="AE60" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="AJ60" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="61" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A61" s="17" t="s">
-        <v>590</v>
+        <v>540</v>
       </c>
       <c r="B61" s="28">
-        <v>1133355</v>
+        <v>1108046</v>
       </c>
       <c r="C61" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D61" s="28" t="s">
-        <v>591</v>
+        <v>541</v>
       </c>
       <c r="E61" s="18" t="s">
-        <v>592</v>
+        <v>542</v>
       </c>
       <c r="F61" s="24">
-        <v>4673702.24</v>
+        <v>9932294.8900000006</v>
       </c>
       <c r="G61" s="24">
-        <v>233685112</v>
+        <v>141889927</v>
       </c>
       <c r="H61" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J61" s="18" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="K61" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L61" s="18" t="s">
-        <v>434</v>
+        <v>426</v>
       </c>
       <c r="M61" s="18">
-        <v>20110113</v>
+        <v>20080103</v>
       </c>
       <c r="P61" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="X61" s="34">
-        <v>5830946</v>
+        <v>12482984</v>
       </c>
       <c r="Y61" s="34">
-        <v>111041.5</v>
+        <v>556703</v>
       </c>
       <c r="Z61" s="20">
-        <v>326</v>
+        <v>659</v>
       </c>
       <c r="AA61" s="18">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="AE61" s="18" t="s">
-        <v>66</v>
+        <v>197</v>
       </c>
       <c r="AJ61" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
+      </c>
+      <c r="AK61" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="AP61" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="62" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A62" s="17" t="s">
-        <v>548</v>
+        <v>610</v>
       </c>
       <c r="B62" s="28">
-        <v>1108046</v>
+        <v>1170280</v>
       </c>
       <c r="C62" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D62" s="28" t="s">
-        <v>549</v>
+        <v>611</v>
       </c>
       <c r="E62" s="18" t="s">
-        <v>550</v>
+        <v>612</v>
       </c>
       <c r="F62" s="24">
-        <v>15607891.970000001</v>
+        <v>11459606.16</v>
       </c>
       <c r="G62" s="24">
-        <v>141889927</v>
+        <v>16852362</v>
       </c>
       <c r="H62" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J62" s="18" t="s">
-        <v>53</v>
+        <v>454</v>
       </c>
       <c r="K62" s="32" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="L62" s="18" t="s">
-        <v>434</v>
+        <v>54</v>
       </c>
       <c r="M62" s="18">
-        <v>20080103</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>20140724</v>
       </c>
       <c r="X62" s="34">
-        <v>12438647</v>
+        <v>458928</v>
       </c>
       <c r="Y62" s="34">
-        <v>552704</v>
+        <v>362038</v>
       </c>
       <c r="Z62" s="20">
-        <v>645</v>
+        <v>317</v>
       </c>
       <c r="AA62" s="18">
         <v>11</v>
       </c>
-      <c r="AE62" s="18" t="s">
-        <v>202</v>
+      <c r="AF62" s="18" t="s">
+        <v>122</v>
       </c>
       <c r="AJ62" s="18" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="63" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A63" s="17" t="s">
-        <v>618</v>
+        <v>598</v>
       </c>
       <c r="B63" s="28">
-        <v>1170280</v>
+        <v>1150335</v>
       </c>
       <c r="C63" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D63" s="28" t="s">
-        <v>619</v>
+        <v>599</v>
       </c>
       <c r="E63" s="18" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="F63" s="24">
-        <v>11291082.539999999</v>
+        <v>854550.03</v>
       </c>
       <c r="G63" s="24">
-        <v>16852362</v>
+        <v>5513226</v>
       </c>
       <c r="H63" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J63" s="18" t="s">
-        <v>462</v>
+        <v>65</v>
       </c>
       <c r="K63" s="32" t="s">
-        <v>67</v>
+        <v>52</v>
       </c>
       <c r="L63" s="18" t="s">
-        <v>54</v>
+        <v>426</v>
       </c>
       <c r="M63" s="18">
-        <v>20140724</v>
+        <v>20120608</v>
+      </c>
+      <c r="P63" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="X63" s="34">
-        <v>446431</v>
+        <v>2652412</v>
       </c>
       <c r="Y63" s="34">
-        <v>354257</v>
+        <v>56668</v>
       </c>
       <c r="Z63" s="20">
-        <v>302</v>
+        <v>208</v>
       </c>
       <c r="AA63" s="18">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>3</v>
+      </c>
+      <c r="AE63" s="18" t="s">
+        <v>120</v>
       </c>
       <c r="AJ63" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="64" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A64" s="17" t="s">
-        <v>606</v>
+        <v>506</v>
       </c>
       <c r="B64" s="28">
-        <v>1150335</v>
+        <v>1044821</v>
       </c>
       <c r="C64" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D64" s="28" t="s">
-        <v>607</v>
+        <v>507</v>
       </c>
       <c r="E64" s="18" t="s">
-        <v>608</v>
+        <v>508</v>
       </c>
       <c r="F64" s="24">
-        <v>1102645.1599999999</v>
+        <v>18500019.800000001</v>
       </c>
       <c r="G64" s="24">
-        <v>55132258</v>
+        <v>462500495</v>
       </c>
       <c r="H64" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J64" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K64" s="32" t="s">
         <v>52</v>
       </c>
-      <c r="L64" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M64" s="18">
-        <v>20120608</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>20050329</v>
       </c>
       <c r="X64" s="34">
-        <v>2066172</v>
+        <v>58811961</v>
       </c>
       <c r="Y64" s="34">
-        <v>30438</v>
+        <v>2292287</v>
       </c>
       <c r="Z64" s="20">
+        <v>2443</v>
+      </c>
+      <c r="AA64" s="18">
+        <v>12</v>
+      </c>
+      <c r="AE64" s="18" t="s">
         <v>120</v>
       </c>
-      <c r="AA64" s="18">
-[...4 lines deleted...]
-      </c>
       <c r="AJ64" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="65" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A65" s="17" t="s">
-        <v>514</v>
+        <v>651</v>
       </c>
       <c r="B65" s="28">
-        <v>1044821</v>
+        <v>1187641</v>
       </c>
       <c r="C65" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D65" s="28" t="s">
-        <v>515</v>
+        <v>652</v>
       </c>
       <c r="E65" s="18" t="s">
-        <v>516</v>
+        <v>653</v>
       </c>
       <c r="F65" s="24">
-        <v>23125024.75</v>
+        <v>147703525.19999999</v>
       </c>
       <c r="G65" s="24">
-        <v>462500495</v>
+        <v>167844915</v>
       </c>
       <c r="H65" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J65" s="18" t="s">
-        <v>66</v>
+        <v>105</v>
       </c>
       <c r="K65" s="32" t="s">
-        <v>52</v>
+        <v>179</v>
+      </c>
+      <c r="L65" s="18" t="s">
+        <v>54</v>
       </c>
       <c r="M65" s="18">
-        <v>20050329</v>
+        <v>20230815</v>
+      </c>
+      <c r="N65" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="O65" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="R65" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="X65" s="34">
-        <v>55885606</v>
+        <v>46484390</v>
       </c>
       <c r="Y65" s="34">
-        <v>2168517.5</v>
+        <v>29587888.5</v>
       </c>
       <c r="Z65" s="20">
-        <v>2271</v>
+        <v>19585</v>
       </c>
       <c r="AA65" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>12</v>
+      </c>
+      <c r="AH65" s="18" t="s">
+        <v>474</v>
+      </c>
+      <c r="AI65" s="18" t="s">
+        <v>164</v>
       </c>
       <c r="AJ65" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
+      </c>
+      <c r="AR65" s="17" t="s">
+        <v>567</v>
       </c>
     </row>
     <row r="66" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A66" s="17" t="s">
-        <v>662</v>
+        <v>604</v>
       </c>
       <c r="B66" s="28">
-        <v>1187641</v>
+        <v>1163650</v>
       </c>
       <c r="C66" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D66" s="28" t="s">
-        <v>663</v>
+        <v>605</v>
       </c>
       <c r="E66" s="18" t="s">
-        <v>664</v>
+        <v>606</v>
       </c>
       <c r="F66" s="24">
-        <v>108654894.40000001</v>
+        <v>6234656.5599999996</v>
       </c>
       <c r="G66" s="24">
-        <v>167161376</v>
+        <v>623465656</v>
       </c>
       <c r="H66" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J66" s="18" t="s">
-        <v>106</v>
+        <v>61</v>
       </c>
       <c r="K66" s="32" t="s">
-        <v>184</v>
+        <v>52</v>
       </c>
       <c r="L66" s="18" t="s">
-        <v>54</v>
+        <v>430</v>
       </c>
       <c r="M66" s="18">
-        <v>20230815</v>
-[...8 lines deleted...]
-        <v>65</v>
+        <v>20170307</v>
+      </c>
+      <c r="P66" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="X66" s="34">
-        <v>42122240</v>
+        <v>28903126</v>
       </c>
       <c r="Y66" s="34">
-        <v>26323181</v>
+        <v>451012</v>
       </c>
       <c r="Z66" s="20">
-        <v>17429</v>
+        <v>969</v>
       </c>
       <c r="AA66" s="18">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>169</v>
+        <v>12</v>
+      </c>
+      <c r="AE66" s="18" t="s">
+        <v>65</v>
       </c>
       <c r="AJ66" s="18" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>575</v>
+        <v>64</v>
       </c>
     </row>
     <row r="67" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A67" s="17" t="s">
-        <v>612</v>
+        <v>488</v>
       </c>
       <c r="B67" s="28">
-        <v>1163650</v>
+        <v>16802</v>
       </c>
       <c r="C67" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D67" s="28" t="s">
-        <v>613</v>
+        <v>489</v>
       </c>
       <c r="E67" s="18" t="s">
-        <v>614</v>
+        <v>490</v>
       </c>
       <c r="F67" s="24">
-        <v>9351984.8399999999</v>
+        <v>315398155.86000001</v>
       </c>
       <c r="G67" s="24">
-        <v>623465656</v>
+        <v>339137802</v>
       </c>
       <c r="H67" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J67" s="18" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="K67" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L67" s="18" t="s">
-        <v>438</v>
+        <v>431</v>
       </c>
       <c r="M67" s="18">
-        <v>20170307</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>20190906</v>
+      </c>
+      <c r="O67" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q67" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="X67" s="34">
-        <v>26231837</v>
+        <v>155374464</v>
       </c>
       <c r="Y67" s="34">
-        <v>420636.5</v>
+        <v>80523501.5</v>
       </c>
       <c r="Z67" s="20">
-        <v>892</v>
+        <v>49473</v>
       </c>
       <c r="AA67" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>12</v>
+      </c>
+      <c r="AB67" s="18" t="s">
+        <v>491</v>
       </c>
       <c r="AJ67" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="68" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A68" s="17" t="s">
-        <v>496</v>
+        <v>478</v>
       </c>
       <c r="B68" s="28">
-        <v>16802</v>
+        <v>25900</v>
       </c>
       <c r="C68" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D68" s="28" t="s">
-        <v>497</v>
+        <v>479</v>
       </c>
       <c r="E68" s="18" t="s">
-        <v>498</v>
+        <v>480</v>
       </c>
       <c r="F68" s="24">
-        <v>158722948</v>
+        <v>18162201.375</v>
       </c>
       <c r="G68" s="24">
-        <v>337708400</v>
+        <v>134534825</v>
       </c>
       <c r="H68" s="18" t="s">
-        <v>76</v>
+        <v>59</v>
+      </c>
+      <c r="I68" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="J68" s="18" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="K68" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L68" s="18" t="s">
-        <v>439</v>
+        <v>422</v>
       </c>
       <c r="M68" s="18">
-        <v>20190906</v>
+        <v>20110621</v>
       </c>
       <c r="O68" s="18" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>89</v>
+      </c>
+      <c r="V68" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="W68" s="18" t="s">
+        <v>135</v>
       </c>
       <c r="X68" s="34">
-        <v>115669885</v>
+        <v>16766224</v>
       </c>
       <c r="Y68" s="34">
-        <v>54235090.5</v>
+        <v>3670078</v>
       </c>
       <c r="Z68" s="20">
-        <v>36593</v>
+        <v>2960</v>
       </c>
       <c r="AA68" s="18">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A69" s="17" t="s">
-        <v>486</v>
+        <v>534</v>
       </c>
       <c r="B69" s="28">
-        <v>25900</v>
+        <v>1105042</v>
       </c>
       <c r="C69" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D69" s="28" t="s">
-        <v>487</v>
+        <v>535</v>
       </c>
       <c r="E69" s="18" t="s">
-        <v>488</v>
+        <v>536</v>
       </c>
       <c r="F69" s="24">
-        <v>21525572</v>
+        <v>50085677.450000003</v>
       </c>
       <c r="G69" s="24">
-        <v>134534825</v>
+        <v>217763815</v>
       </c>
       <c r="H69" s="18" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="J69" s="18" t="s">
-        <v>62</v>
+        <v>139</v>
       </c>
       <c r="K69" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L69" s="18" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="M69" s="18">
-        <v>20110621</v>
+        <v>20080404</v>
       </c>
       <c r="O69" s="18" t="s">
-        <v>90</v>
-[...5 lines deleted...]
-        <v>136</v>
+        <v>89</v>
+      </c>
+      <c r="P69" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="X69" s="34">
-        <v>14776018</v>
+        <v>70434865</v>
       </c>
       <c r="Y69" s="34">
-        <v>3380632.5</v>
+        <v>14218762</v>
       </c>
       <c r="Z69" s="20">
-        <v>2712</v>
+        <v>5844</v>
       </c>
       <c r="AA69" s="18">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AE69" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="AJ69" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="70" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A70" s="17" t="s">
-        <v>542</v>
+        <v>647</v>
       </c>
       <c r="B70" s="28">
-        <v>1105042</v>
+        <v>1186796</v>
       </c>
       <c r="C70" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D70" s="28" t="s">
-        <v>543</v>
+        <v>694</v>
       </c>
       <c r="E70" s="18" t="s">
-        <v>544</v>
+        <v>695</v>
       </c>
       <c r="F70" s="24">
-        <v>50085677.450000003</v>
+        <v>13938331.800000001</v>
       </c>
       <c r="G70" s="24">
-        <v>217763815</v>
+        <v>69691659</v>
       </c>
       <c r="H70" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J70" s="18" t="s">
-        <v>140</v>
+        <v>53</v>
       </c>
       <c r="K70" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L70" s="18" t="s">
-        <v>434</v>
+        <v>62</v>
       </c>
       <c r="M70" s="18">
-        <v>20080404</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>20230720</v>
       </c>
       <c r="X70" s="34">
-        <v>59831201</v>
+        <v>603683</v>
       </c>
       <c r="Y70" s="34">
-        <v>11816482</v>
+        <v>56057.5</v>
       </c>
       <c r="Z70" s="20">
-        <v>5369</v>
+        <v>79</v>
       </c>
       <c r="AA70" s="18">
-        <v>11</v>
+        <v>8</v>
+      </c>
+      <c r="AC70" s="18" t="s">
+        <v>450</v>
       </c>
       <c r="AE70" s="18" t="s">
-        <v>121</v>
+        <v>61</v>
+      </c>
+      <c r="AF70" s="18" t="s">
+        <v>670</v>
       </c>
       <c r="AJ70" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="71" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A71" s="17" t="s">
-        <v>658</v>
+        <v>481</v>
       </c>
       <c r="B71" s="28">
-        <v>1186796</v>
+        <v>13100</v>
       </c>
       <c r="C71" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D71" s="28" t="s">
-        <v>705</v>
+        <v>482</v>
       </c>
       <c r="E71" s="18" t="s">
-        <v>706</v>
+        <v>483</v>
       </c>
       <c r="F71" s="24">
-        <v>19165206.225000001</v>
+        <v>690107819.75999999</v>
       </c>
       <c r="G71" s="24">
-        <v>69691659</v>
+        <v>2875449249</v>
       </c>
       <c r="H71" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J71" s="18" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="K71" s="32" t="s">
         <v>52</v>
       </c>
-      <c r="L71" s="18" t="s">
-[...3 lines deleted...]
-        <v>20230720</v>
+      <c r="N71" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q71" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="X71" s="34">
-        <v>528835</v>
+        <v>53094422</v>
       </c>
       <c r="Y71" s="34">
-        <v>41606.5</v>
+        <v>10677704.5</v>
       </c>
       <c r="Z71" s="20">
-        <v>68</v>
+        <v>6475</v>
       </c>
       <c r="AA71" s="18">
-        <v>7</v>
-[...8 lines deleted...]
-        <v>681</v>
+        <v>12</v>
+      </c>
+      <c r="AG71" s="18" t="s">
+        <v>484</v>
       </c>
       <c r="AJ71" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="72" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A72" s="17" t="s">
-        <v>489</v>
+        <v>503</v>
       </c>
       <c r="B72" s="28">
-        <v>13100</v>
+        <v>1023612</v>
       </c>
       <c r="C72" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D72" s="28" t="s">
-        <v>490</v>
+        <v>504</v>
       </c>
       <c r="E72" s="18" t="s">
-        <v>491</v>
+        <v>505</v>
       </c>
       <c r="F72" s="24">
-        <v>690107819.75999999</v>
+        <v>235038760.41999999</v>
       </c>
       <c r="G72" s="24">
-        <v>2875449249</v>
+        <v>510953827</v>
       </c>
       <c r="H72" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J72" s="18" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="K72" s="32" t="s">
         <v>52</v>
       </c>
-      <c r="N72" s="18" t="s">
-        <v>79</v>
+      <c r="L72" s="18" t="s">
+        <v>422</v>
+      </c>
+      <c r="M72" s="18">
+        <v>20101006</v>
       </c>
       <c r="Q72" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
+      </c>
+      <c r="R72" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="X72" s="34">
-        <v>51260545</v>
+        <v>100263331</v>
       </c>
       <c r="Y72" s="34">
-        <v>10232446</v>
+        <v>62883845</v>
       </c>
       <c r="Z72" s="20">
-        <v>5856</v>
+        <v>32619</v>
       </c>
       <c r="AA72" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>492</v>
+        <v>12</v>
+      </c>
+      <c r="AF72" s="18" t="s">
+        <v>103</v>
       </c>
       <c r="AJ72" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="73" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A73" s="17" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="B73" s="28">
-        <v>1023612</v>
+        <v>1056223</v>
       </c>
       <c r="C73" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D73" s="28" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="E73" s="18" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="F73" s="24">
-        <v>197012683.91999999</v>
+        <v>9598104.0800000001</v>
       </c>
       <c r="G73" s="24">
-        <v>378870546</v>
+        <v>239952602</v>
       </c>
       <c r="H73" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J73" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K73" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L73" s="18" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="M73" s="18">
-        <v>20101006</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>20021217</v>
+      </c>
+      <c r="P73" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="X73" s="34">
-        <v>82808064</v>
+        <v>31471311</v>
       </c>
       <c r="Y73" s="34">
-        <v>55022814</v>
+        <v>2734089.5</v>
       </c>
       <c r="Z73" s="20">
-        <v>28927</v>
+        <v>2527</v>
       </c>
       <c r="AA73" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>12</v>
+      </c>
+      <c r="AE73" s="18" t="s">
+        <v>139</v>
       </c>
       <c r="AJ73" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="74" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A74" s="17" t="s">
-        <v>526</v>
+        <v>641</v>
       </c>
       <c r="B74" s="28">
-        <v>1056223</v>
+        <v>1186265</v>
       </c>
       <c r="C74" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D74" s="28" t="s">
-        <v>527</v>
+        <v>642</v>
       </c>
       <c r="E74" s="18" t="s">
-        <v>528</v>
+        <v>643</v>
       </c>
       <c r="F74" s="24">
-        <v>10797867.09</v>
+        <v>39803847.600000001</v>
       </c>
       <c r="G74" s="24">
-        <v>239952602</v>
+        <v>45231645</v>
       </c>
       <c r="H74" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J74" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K74" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L74" s="18" t="s">
-        <v>434</v>
+        <v>54</v>
       </c>
       <c r="M74" s="18">
-        <v>20021217</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>20220302</v>
       </c>
       <c r="X74" s="34">
-        <v>30275327</v>
+        <v>9809923</v>
       </c>
       <c r="Y74" s="34">
-        <v>2681264</v>
+        <v>8456426.5</v>
       </c>
       <c r="Z74" s="20">
-        <v>2420</v>
+        <v>4059</v>
       </c>
       <c r="AA74" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>12</v>
       </c>
       <c r="AJ74" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
+      </c>
+      <c r="AQ74" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="75" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A75" s="17" t="s">
-        <v>652</v>
+        <v>571</v>
       </c>
       <c r="B75" s="28">
-        <v>1186265</v>
+        <v>1120575</v>
       </c>
       <c r="C75" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D75" s="28" t="s">
-        <v>653</v>
+        <v>572</v>
       </c>
       <c r="E75" s="18" t="s">
-        <v>654</v>
+        <v>573</v>
       </c>
       <c r="F75" s="24">
-        <v>38899214.700000003</v>
+        <v>27125733.760000002</v>
       </c>
       <c r="G75" s="24">
-        <v>45231645</v>
+        <v>339071672</v>
       </c>
       <c r="H75" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J75" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K75" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L75" s="18" t="s">
-        <v>54</v>
+        <v>431</v>
       </c>
       <c r="M75" s="18">
-        <v>20220302</v>
+        <v>20190104</v>
+      </c>
+      <c r="N75" s="18" t="s">
+        <v>82</v>
       </c>
       <c r="X75" s="34">
-        <v>8824082</v>
+        <v>105363017</v>
       </c>
       <c r="Y75" s="34">
-        <v>7593377</v>
+        <v>6539163</v>
       </c>
       <c r="Z75" s="20">
-        <v>3639</v>
+        <v>5111</v>
       </c>
       <c r="AA75" s="18">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AI75" s="18" t="s">
+        <v>574</v>
       </c>
       <c r="AJ75" s="18" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="76" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A76" s="17" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="B76" s="28">
-        <v>1120575</v>
+        <v>1126275</v>
       </c>
       <c r="C76" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D76" s="28" t="s">
+        <v>579</v>
+      </c>
+      <c r="E76" s="18" t="s">
         <v>580</v>
       </c>
-      <c r="E76" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F76" s="24">
-        <v>25430375.399999999</v>
+        <v>24992699.375</v>
       </c>
       <c r="G76" s="24">
-        <v>339071672</v>
+        <v>199941595</v>
       </c>
       <c r="H76" s="18" t="s">
-        <v>76</v>
+        <v>60</v>
+      </c>
+      <c r="I76" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="J76" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K76" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L76" s="18" t="s">
-        <v>439</v>
+        <v>426</v>
       </c>
       <c r="M76" s="18">
-        <v>20190104</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>20110921</v>
+      </c>
+      <c r="P76" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="X76" s="34">
-        <v>88855748</v>
+        <v>22235219</v>
       </c>
       <c r="Y76" s="34">
-        <v>5281864.5</v>
+        <v>2893683.5</v>
       </c>
       <c r="Z76" s="20">
-        <v>4237</v>
+        <v>1602</v>
       </c>
       <c r="AA76" s="18">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A77" s="17" t="s">
-        <v>586</v>
+        <v>528</v>
       </c>
       <c r="B77" s="28">
-        <v>1126275</v>
+        <v>32904</v>
       </c>
       <c r="C77" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D77" s="28" t="s">
-        <v>587</v>
+        <v>529</v>
       </c>
       <c r="E77" s="18" t="s">
-        <v>588</v>
+        <v>530</v>
       </c>
       <c r="F77" s="24">
-        <v>26992115.324999999</v>
+        <v>11510452.4</v>
       </c>
       <c r="G77" s="24">
-        <v>199941595</v>
+        <v>115104524</v>
       </c>
       <c r="H77" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="J77" s="18" t="s">
         <v>61</v>
       </c>
-      <c r="I77" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K77" s="32" t="s">
         <v>52</v>
       </c>
-      <c r="L77" s="18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X77" s="34">
-        <v>13602488</v>
+        <v>14379644</v>
       </c>
       <c r="Y77" s="34">
-        <v>1994637.5</v>
+        <v>1758579.5</v>
       </c>
       <c r="Z77" s="20">
-        <v>1411</v>
+        <v>2690</v>
       </c>
       <c r="AA77" s="18">
-        <v>11</v>
+        <v>9</v>
+      </c>
+      <c r="AE77" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="AJ77" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="78" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A78" s="17" t="s">
-        <v>536</v>
+        <v>461</v>
       </c>
       <c r="B78" s="28">
-        <v>32904</v>
+        <v>35453</v>
       </c>
       <c r="C78" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D78" s="28" t="s">
-        <v>537</v>
+        <v>462</v>
       </c>
       <c r="E78" s="18" t="s">
-        <v>538</v>
+        <v>463</v>
       </c>
       <c r="F78" s="24">
-        <v>14388065.5</v>
+        <v>1035223.44</v>
       </c>
       <c r="G78" s="24">
-        <v>115104524</v>
+        <v>8626862</v>
       </c>
       <c r="H78" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J78" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K78" s="32" t="s">
         <v>52</v>
       </c>
       <c r="X78" s="34">
-        <v>12006013</v>
+        <v>75795</v>
       </c>
       <c r="Y78" s="34">
-        <v>1503216</v>
+        <v>9080</v>
       </c>
       <c r="Z78" s="20">
-        <v>2436</v>
+        <v>22</v>
       </c>
       <c r="AA78" s="18">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="AE78" s="18" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="AJ78" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="79" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A79" s="17" t="s">
-        <v>469</v>
+        <v>521</v>
       </c>
       <c r="B79" s="28">
-        <v>35453</v>
+        <v>1099695</v>
       </c>
       <c r="C79" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D79" s="28" t="s">
-        <v>470</v>
+        <v>522</v>
       </c>
       <c r="E79" s="18" t="s">
-        <v>471</v>
+        <v>523</v>
       </c>
       <c r="F79" s="24">
-        <v>1035223.44</v>
+        <v>19210568.82</v>
       </c>
       <c r="G79" s="24">
-        <v>8626862</v>
+        <v>226006692</v>
       </c>
       <c r="H79" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J79" s="18" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K79" s="32" t="s">
         <v>52</v>
       </c>
+      <c r="L79" s="18" t="s">
+        <v>57</v>
+      </c>
+      <c r="M79" s="18">
+        <v>20200629</v>
+      </c>
+      <c r="O79" s="18" t="s">
+        <v>71</v>
+      </c>
       <c r="X79" s="34">
-        <v>72795</v>
+        <v>91449815</v>
       </c>
       <c r="Y79" s="34">
-        <v>8720</v>
+        <v>10003340.5</v>
       </c>
       <c r="Z79" s="20">
-        <v>20</v>
+        <v>7608</v>
       </c>
       <c r="AA79" s="18">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>12</v>
+      </c>
+      <c r="AB79" s="18" t="s">
+        <v>524</v>
       </c>
       <c r="AJ79" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="80" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A80" s="17" t="s">
-        <v>529</v>
+        <v>626</v>
       </c>
       <c r="B80" s="28">
-        <v>1099695</v>
+        <v>1180601</v>
       </c>
       <c r="C80" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D80" s="28" t="s">
-        <v>530</v>
+        <v>627</v>
       </c>
       <c r="E80" s="18" t="s">
-        <v>531</v>
+        <v>628</v>
       </c>
       <c r="F80" s="24">
-        <v>18080535.359999999</v>
+        <v>144720132.47999999</v>
       </c>
       <c r="G80" s="24">
-        <v>226006692</v>
+        <v>114857248</v>
       </c>
       <c r="H80" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J80" s="18" t="s">
-        <v>62</v>
+        <v>158</v>
       </c>
       <c r="K80" s="32" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="L80" s="18" t="s">
         <v>57</v>
       </c>
       <c r="M80" s="18">
-        <v>20200629</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>20180326</v>
       </c>
       <c r="X80" s="34">
-        <v>76092058</v>
+        <v>1100691</v>
       </c>
       <c r="Y80" s="34">
-        <v>8811029.5</v>
+        <v>1521051</v>
       </c>
       <c r="Z80" s="20">
-        <v>7141</v>
+        <v>1016</v>
       </c>
       <c r="AA80" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>532</v>
+        <v>12</v>
+      </c>
+      <c r="AC80" s="18" t="s">
+        <v>140</v>
       </c>
       <c r="AJ80" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="81" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A81" s="17" t="s">
-        <v>637</v>
+        <v>525</v>
       </c>
       <c r="B81" s="28">
-        <v>1180601</v>
+        <v>39935</v>
       </c>
       <c r="C81" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D81" s="28" t="s">
-        <v>638</v>
+        <v>526</v>
       </c>
       <c r="E81" s="18" t="s">
-        <v>639</v>
+        <v>527</v>
       </c>
       <c r="F81" s="24">
-        <v>166543009.59999999</v>
+        <v>14868080.15</v>
       </c>
       <c r="G81" s="24">
-        <v>114857248</v>
+        <v>27032873</v>
       </c>
       <c r="H81" s="18" t="s">
-        <v>76</v>
+        <v>60</v>
+      </c>
+      <c r="I81" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="J81" s="18" t="s">
-        <v>163</v>
+        <v>65</v>
       </c>
       <c r="K81" s="32" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="M81" s="18">
-        <v>20180326</v>
+        <v>20020702</v>
       </c>
       <c r="X81" s="34">
-        <v>933899</v>
+        <v>5649538</v>
       </c>
       <c r="Y81" s="34">
-        <v>1284809</v>
+        <v>3347726.5</v>
       </c>
       <c r="Z81" s="20">
-        <v>899</v>
+        <v>1342</v>
       </c>
       <c r="AA81" s="18">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A82" s="17" t="s">
-        <v>533</v>
+        <v>589</v>
       </c>
       <c r="B82" s="28">
-        <v>39935</v>
+        <v>1121424</v>
       </c>
       <c r="C82" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D82" s="28" t="s">
-        <v>534</v>
+        <v>590</v>
       </c>
       <c r="E82" s="18" t="s">
-        <v>535</v>
+        <v>591</v>
       </c>
       <c r="F82" s="24">
-        <v>14243253.960000001</v>
+        <v>2308290.165</v>
       </c>
       <c r="G82" s="24">
-        <v>27390873</v>
+        <v>51295337</v>
       </c>
       <c r="H82" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="J82" s="18" t="s">
         <v>61</v>
       </c>
-      <c r="I82" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K82" s="32" t="s">
         <v>52</v>
       </c>
+      <c r="L82" s="18" t="s">
+        <v>62</v>
+      </c>
       <c r="M82" s="18">
-        <v>20020702</v>
+        <v>20110610</v>
+      </c>
+      <c r="O82" s="18" t="s">
+        <v>89</v>
       </c>
       <c r="X82" s="34">
-        <v>5063165</v>
+        <v>9295183</v>
       </c>
       <c r="Y82" s="34">
-        <v>3031782.5</v>
+        <v>359117</v>
       </c>
       <c r="Z82" s="20">
-        <v>1154</v>
+        <v>867</v>
       </c>
       <c r="AA82" s="18">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AE82" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="AJ82" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="83" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A83" s="17" t="s">
-        <v>624</v>
+        <v>613</v>
       </c>
       <c r="B83" s="28">
-        <v>1177740</v>
+        <v>1172465</v>
       </c>
       <c r="C83" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D83" s="28" t="s">
-        <v>625</v>
+        <v>614</v>
       </c>
       <c r="E83" s="18" t="s">
-        <v>626</v>
+        <v>615</v>
       </c>
       <c r="F83" s="24">
-        <v>263062427.09999999</v>
+        <v>21285109.100000001</v>
       </c>
       <c r="G83" s="24">
-        <v>138453909</v>
+        <v>112026890</v>
       </c>
       <c r="H83" s="18" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="I83" s="18" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J83" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K83" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L83" s="18" t="s">
-        <v>63</v>
+        <v>426</v>
       </c>
       <c r="M83" s="18">
-        <v>20160708</v>
-[...8 lines deleted...]
-        <v>65</v>
+        <v>20171018</v>
+      </c>
+      <c r="P83" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="X83" s="34">
-        <v>33160375</v>
+        <v>5647922</v>
       </c>
       <c r="Y83" s="34">
-        <v>50497103</v>
+        <v>1315250</v>
       </c>
       <c r="Z83" s="20">
-        <v>14110</v>
+        <v>953</v>
       </c>
       <c r="AA83" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A84" s="17" t="s">
-        <v>597</v>
+        <v>546</v>
       </c>
       <c r="B84" s="28">
-        <v>1121424</v>
+        <v>1110287</v>
       </c>
       <c r="C84" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D84" s="28" t="s">
-        <v>598</v>
+        <v>547</v>
       </c>
       <c r="E84" s="18" t="s">
-        <v>599</v>
+        <v>548</v>
       </c>
       <c r="F84" s="24">
-        <v>2308290.165</v>
+        <v>11164496.085000001</v>
       </c>
       <c r="G84" s="24">
-        <v>51295337</v>
+        <v>82699971</v>
       </c>
       <c r="H84" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J84" s="18" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="K84" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L84" s="18" t="s">
-        <v>63</v>
+        <v>431</v>
       </c>
       <c r="M84" s="18">
-        <v>20110610</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>20140623</v>
+      </c>
+      <c r="P84" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="X84" s="34">
-        <v>8970738</v>
+        <v>1977776</v>
       </c>
       <c r="Y84" s="34">
-        <v>344477</v>
+        <v>305261.5</v>
       </c>
       <c r="Z84" s="20">
-        <v>815</v>
+        <v>402</v>
       </c>
       <c r="AA84" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AE84" s="18" t="s">
-        <v>66</v>
+        <v>120</v>
       </c>
       <c r="AJ84" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="85" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A85" s="17" t="s">
-        <v>621</v>
+        <v>471</v>
       </c>
       <c r="B85" s="28">
-        <v>1172465</v>
+        <v>1023632</v>
       </c>
       <c r="C85" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D85" s="28" t="s">
-        <v>622</v>
+        <v>472</v>
       </c>
       <c r="E85" s="18" t="s">
-        <v>623</v>
+        <v>473</v>
       </c>
       <c r="F85" s="24">
-        <v>17924302.399999999</v>
+        <v>2454262.69</v>
       </c>
       <c r="G85" s="24">
-        <v>112026890</v>
+        <v>44622958</v>
       </c>
       <c r="H85" s="18" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="J85" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K85" s="32" t="s">
         <v>52</v>
       </c>
-      <c r="L85" s="18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X85" s="34">
-        <v>5075100</v>
+        <v>6777092</v>
       </c>
       <c r="Y85" s="34">
-        <v>1205997.5</v>
+        <v>399880.5</v>
       </c>
       <c r="Z85" s="20">
-        <v>862</v>
+        <v>423</v>
       </c>
       <c r="AA85" s="18">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="AE85" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="AJ85" s="18" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="86" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A86" s="17" t="s">
-        <v>554</v>
+        <v>568</v>
       </c>
       <c r="B86" s="28">
-        <v>1110287</v>
+        <v>1113827</v>
       </c>
       <c r="C86" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D86" s="28" t="s">
-        <v>555</v>
+        <v>569</v>
       </c>
       <c r="E86" s="18" t="s">
-        <v>556</v>
+        <v>570</v>
       </c>
       <c r="F86" s="24">
-        <v>8269997.0999999996</v>
+        <v>18158248.440000001</v>
       </c>
       <c r="G86" s="24">
-        <v>82699971</v>
+        <v>67252772</v>
       </c>
       <c r="H86" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J86" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K86" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L86" s="18" t="s">
-        <v>439</v>
+        <v>422</v>
       </c>
       <c r="M86" s="18">
-        <v>20140623</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>20240611</v>
       </c>
       <c r="X86" s="34">
-        <v>1826626</v>
+        <v>20211053</v>
       </c>
       <c r="Y86" s="34">
-        <v>288042.5</v>
+        <v>3970286.5</v>
       </c>
       <c r="Z86" s="20">
-        <v>368</v>
+        <v>3573</v>
       </c>
       <c r="AA86" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AE86" s="18" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AJ86" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="87" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A87" s="17" t="s">
-        <v>479</v>
+        <v>575</v>
       </c>
       <c r="B87" s="28">
-        <v>1023632</v>
+        <v>1122925</v>
       </c>
       <c r="C87" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D87" s="28" t="s">
-        <v>480</v>
+        <v>576</v>
       </c>
       <c r="E87" s="18" t="s">
-        <v>481</v>
+        <v>577</v>
       </c>
       <c r="F87" s="24">
-        <v>2677377.48</v>
+        <v>24691554.879999999</v>
       </c>
       <c r="G87" s="24">
-        <v>44622958</v>
+        <v>77161109</v>
       </c>
       <c r="H87" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J87" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K87" s="32" t="s">
         <v>52</v>
       </c>
+      <c r="L87" s="18" t="s">
+        <v>426</v>
+      </c>
+      <c r="M87" s="18">
+        <v>20111101</v>
+      </c>
+      <c r="P87" s="18" t="s">
+        <v>64</v>
+      </c>
       <c r="X87" s="34">
-        <v>6120319</v>
+        <v>12127935</v>
       </c>
       <c r="Y87" s="34">
-        <v>363555.5</v>
+        <v>6072006</v>
       </c>
       <c r="Z87" s="20">
-        <v>397</v>
+        <v>2721</v>
       </c>
       <c r="AA87" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AE87" s="18" t="s">
-        <v>121</v>
+        <v>65</v>
       </c>
       <c r="AJ87" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="88" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A88" s="17" t="s">
-        <v>576</v>
+        <v>458</v>
       </c>
       <c r="B88" s="28">
-        <v>1113827</v>
+        <v>20543</v>
       </c>
       <c r="C88" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D88" s="28" t="s">
-        <v>577</v>
+        <v>459</v>
       </c>
       <c r="E88" s="18" t="s">
-        <v>578</v>
+        <v>460</v>
       </c>
       <c r="F88" s="24">
-        <v>19831137.23</v>
+        <v>1233000.31</v>
       </c>
       <c r="G88" s="24">
-        <v>67224194</v>
+        <v>7252943</v>
       </c>
       <c r="H88" s="18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J88" s="18" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="K88" s="32" t="s">
         <v>52</v>
       </c>
-      <c r="L88" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="X88" s="34">
-        <v>18633005</v>
+        <v>228548</v>
       </c>
       <c r="Y88" s="34">
-        <v>3491653</v>
+        <v>41932.5</v>
       </c>
       <c r="Z88" s="20">
-        <v>3295</v>
+        <v>107</v>
       </c>
       <c r="AA88" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>12</v>
+      </c>
+      <c r="AI88" s="18" t="s">
+        <v>404</v>
       </c>
       <c r="AJ88" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="89" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A89" s="17" t="s">
-        <v>583</v>
+        <v>435</v>
       </c>
       <c r="B89" s="28">
-        <v>1122925</v>
+        <v>1087951</v>
       </c>
       <c r="C89" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D89" s="28" t="s">
-        <v>584</v>
+        <v>436</v>
       </c>
       <c r="E89" s="18" t="s">
-        <v>585</v>
+        <v>437</v>
       </c>
       <c r="F89" s="24">
-        <v>23148332.699999999</v>
+        <v>666032201.10000002</v>
       </c>
       <c r="G89" s="24">
-        <v>77161109</v>
+        <v>105719397</v>
       </c>
       <c r="H89" s="18" t="s">
-        <v>76</v>
+        <v>60</v>
+      </c>
+      <c r="I89" s="18" t="s">
+        <v>70</v>
       </c>
       <c r="J89" s="18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K89" s="32" t="s">
         <v>52</v>
       </c>
       <c r="L89" s="18" t="s">
-        <v>434</v>
+        <v>426</v>
       </c>
       <c r="M89" s="18">
-        <v>20111101</v>
+        <v>20050706</v>
       </c>
       <c r="P89" s="18" t="s">
-        <v>65</v>
+        <v>64</v>
+      </c>
+      <c r="Q89" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="R89" s="18" t="s">
+        <v>64</v>
       </c>
       <c r="X89" s="34">
-        <v>9267648</v>
+        <v>74842034</v>
       </c>
       <c r="Y89" s="34">
-        <v>5327998</v>
+        <v>364938969.5</v>
       </c>
       <c r="Z89" s="20">
-        <v>2283</v>
+        <v>99735</v>
       </c>
       <c r="AA89" s="18">
-        <v>11</v>
-[...117 lines deleted...]
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A10:AR91" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
+  <autoFilter ref="A10:AR89" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>TSX Energy Issuers Nov 2025</vt:lpstr>
-      <vt:lpstr>TSXV Energy Issuers Nov 2025</vt:lpstr>
+      <vt:lpstr>TSX Energy Issuers Dec 2025</vt:lpstr>
+      <vt:lpstr>TSXV Energy Issuers Dec 2025</vt:lpstr>
       <vt:lpstr>TSX_2012</vt:lpstr>
       <vt:lpstr>TSXV_2012</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>TSX Group Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>TSX Group Inc.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="{A44787D4-0540-4523-9961-78E4036D8C6D}">
     <vt:lpwstr>{F923EDEE-0537-42CE-BA9F-51E936965D43}</vt:lpwstr>